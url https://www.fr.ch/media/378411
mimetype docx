--- v0 (2025-12-05)
+++ v1 (2026-02-05)
@@ -11,487 +11,481 @@
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="369" w:type="dxa"/>
           <w:left w:w="340" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9639"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007A5B04" w:rsidRPr="007A5B04" w14:paraId="6CAA77BD" w14:textId="77777777" w:rsidTr="00534F4D">
+      <w:tr w:rsidR="007A5B04" w:rsidRPr="007A5B04" w14:paraId="760968FA" w14:textId="77777777" w:rsidTr="00534F4D">
         <w:trPr>
           <w:trHeight w:val="134"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="303E9A19" w14:textId="77777777" w:rsidR="007A5B04" w:rsidRPr="007A5B04" w:rsidRDefault="00F11A7E" w:rsidP="007D76E1">
+          <w:p w14:paraId="4B28C48E" w14:textId="77777777" w:rsidR="007A5B04" w:rsidRPr="007A5B04" w:rsidRDefault="00F11A7E" w:rsidP="007D76E1">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:i/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>Fribourg, le</w:t>
             </w:r>
             <w:r w:rsidR="00815A27">
               <w:rPr>
                 <w:i/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:i/>
                   <w:lang w:val="fr-FR"/>
                 </w:rPr>
                 <w:id w:val="-374773376"/>
                 <w:placeholder>
-                  <w:docPart w:val="D874F0D9790A438FAC111D699297A86A"/>
+                  <w:docPart w:val="D2FD95D189514899BB93022CEE640A37"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:date w:fullDate="2019-02-08T00:00:00Z">
                   <w:dateFormat w:val="dd.MM.yyyy"/>
                   <w:lid w:val="fr-CH"/>
                   <w:storeMappedDataAs w:val="dateTime"/>
                   <w:calendar w:val="gregorian"/>
                 </w:date>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidR="007D76E1" w:rsidRPr="007D76E1">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour entrer une date.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A5B04" w:rsidRPr="007A5B04" w14:paraId="24AA22B1" w14:textId="77777777" w:rsidTr="00534F4D">
+      <w:tr w:rsidR="007A5B04" w:rsidRPr="007A5B04" w14:paraId="0BB3E4E3" w14:textId="77777777" w:rsidTr="00534F4D">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="284" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="62C07283" w14:textId="77777777" w:rsidR="007A5B04" w:rsidRPr="00532564" w:rsidRDefault="00F11A7E" w:rsidP="007A5B04">
+          <w:p w14:paraId="620D4684" w14:textId="77777777" w:rsidR="007A5B04" w:rsidRPr="00532564" w:rsidRDefault="00F11A7E" w:rsidP="007A5B04">
             <w:pPr>
               <w:pStyle w:val="04titreprincipalouobjetnormal"/>
             </w:pPr>
             <w:r>
               <w:t>Transformation de poste</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0BF5F850" w14:textId="77777777" w:rsidR="007A5B04" w:rsidRDefault="007A5B04" w:rsidP="007A5B04">
+          <w:p w14:paraId="32570DFF" w14:textId="77777777" w:rsidR="007A5B04" w:rsidRDefault="007A5B04" w:rsidP="007A5B04">
             <w:pPr>
               <w:pStyle w:val="04titreprincipalouobjetnormal"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4020"/>
               </w:tabs>
             </w:pPr>
             <w:r>
               <w:t>—</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7643DE0A" w14:textId="77777777" w:rsidR="007A5B04" w:rsidRPr="007A5B04" w:rsidRDefault="00F11A7E" w:rsidP="00B006F8">
+          <w:p w14:paraId="50C0B385" w14:textId="77777777" w:rsidR="007A5B04" w:rsidRPr="007A5B04" w:rsidRDefault="00F11A7E" w:rsidP="00B006F8">
             <w:pPr>
               <w:pStyle w:val="05titreprincipalouobjetgras"/>
             </w:pPr>
             <w:r>
               <w:t>Formulaire de demande</w:t>
             </w:r>
             <w:r w:rsidR="00A26A28" w:rsidRPr="00A26A28">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2E0199EC" w14:textId="77777777" w:rsidR="00A26A28" w:rsidRDefault="00A26A28" w:rsidP="00A26A28">
+    <w:p w14:paraId="0F609DB4" w14:textId="77777777" w:rsidR="00A26A28" w:rsidRDefault="00A26A28" w:rsidP="00A26A28">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0E7AC05D" w14:textId="77777777" w:rsidR="00A26A28" w:rsidRDefault="00F11A7E" w:rsidP="0071500F">
+    <w:p w14:paraId="088EAF93" w14:textId="77777777" w:rsidR="00A26A28" w:rsidRDefault="00F11A7E" w:rsidP="0071500F">
       <w:pPr>
         <w:pStyle w:val="05titreprincipalouobjetgras"/>
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Partie A – à remplir par l’émetteur de la demande</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16326A28" w14:textId="77777777" w:rsidR="0071500F" w:rsidRPr="00A26A28" w:rsidRDefault="0071500F" w:rsidP="0071500F">
+    <w:p w14:paraId="64F2622F" w14:textId="77777777" w:rsidR="0071500F" w:rsidRPr="00A26A28" w:rsidRDefault="0071500F" w:rsidP="0071500F">
       <w:pPr>
         <w:pStyle w:val="05titreprincipalouobjetgras"/>
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="271F471E" w14:textId="77777777" w:rsidR="0071500F" w:rsidRDefault="00A26A28" w:rsidP="0071500F">
+    <w:p w14:paraId="41AD7F5D" w14:textId="77777777" w:rsidR="0071500F" w:rsidRDefault="00A26A28" w:rsidP="0071500F">
       <w:pPr>
         <w:pStyle w:val="Lgende"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="6" w:space="1" w:color="000000" w:themeColor="text1"/>
         </w:pBdr>
         <w:spacing w:before="0"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00A26A28">
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0071500F">
         <w:t>Emetteur de la demande</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:tblBorders>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4856"/>
         <w:gridCol w:w="4783"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0071500F" w14:paraId="3914B358" w14:textId="77777777" w:rsidTr="00E87E8F">
+      <w:tr w:rsidR="0071500F" w14:paraId="505F6763" w14:textId="77777777" w:rsidTr="00E87E8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4856" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="75F8016B" w14:textId="77777777" w:rsidR="0071500F" w:rsidRDefault="0071500F" w:rsidP="0071500F">
+          <w:p w14:paraId="37FBE7E8" w14:textId="77777777" w:rsidR="0071500F" w:rsidRDefault="0071500F" w:rsidP="0071500F">
             <w:pPr>
               <w:pStyle w:val="Titre5"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="497" w:hanging="567"/>
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Direction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:bCs/>
             </w:rPr>
             <w:id w:val="-1669778745"/>
             <w:placeholder>
-              <w:docPart w:val="59F1C95684B6414C9EA04531BFC685FD"/>
+              <w:docPart w:val="91895E38B4784B5FA899ABD65FB36DF1"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="4783" w:type="dxa"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               </w:tcPr>
-              <w:p w14:paraId="465B5690" w14:textId="77777777" w:rsidR="0071500F" w:rsidRPr="00FE2D37" w:rsidRDefault="007D76E1" w:rsidP="007D76E1">
+              <w:p w14:paraId="55FC6FF1" w14:textId="77777777" w:rsidR="0071500F" w:rsidRPr="00FE2D37" w:rsidRDefault="007D76E1" w:rsidP="007D76E1">
                 <w:pPr>
                   <w:spacing w:before="40" w:after="40"/>
                   <w:rPr>
                     <w:bCs/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007D76E1">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour taper du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="0071500F" w14:paraId="0ED623D5" w14:textId="77777777" w:rsidTr="00E87E8F">
+      <w:tr w:rsidR="0071500F" w14:paraId="56F10E06" w14:textId="77777777" w:rsidTr="00E87E8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4856" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6A31196C" w14:textId="77777777" w:rsidR="0071500F" w:rsidRDefault="0071500F" w:rsidP="0071500F">
+          <w:p w14:paraId="770E1DF3" w14:textId="77777777" w:rsidR="0071500F" w:rsidRDefault="0071500F" w:rsidP="0071500F">
             <w:pPr>
               <w:pStyle w:val="Titre5"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="497" w:hanging="567"/>
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Unité administrative (UA)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="1386302363"/>
             <w:placeholder>
-              <w:docPart w:val="12C585A128AF4E12BBCF8464932EF853"/>
+              <w:docPart w:val="554546EB519B48EDAF73A226E6D0D873"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="4783" w:type="dxa"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               </w:tcPr>
-              <w:p w14:paraId="78A937FF" w14:textId="77777777" w:rsidR="0071500F" w:rsidRPr="00FE2D37" w:rsidRDefault="0038740B" w:rsidP="0038740B">
+              <w:p w14:paraId="739FDD13" w14:textId="77777777" w:rsidR="0071500F" w:rsidRPr="00FE2D37" w:rsidRDefault="0038740B" w:rsidP="0038740B">
                 <w:pPr>
                   <w:spacing w:before="40" w:after="40"/>
                 </w:pPr>
                 <w:r w:rsidRPr="009528C6">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour taper du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="0071500F" w14:paraId="36C296E2" w14:textId="77777777" w:rsidTr="00E87E8F">
+      <w:tr w:rsidR="0071500F" w14:paraId="462B71D4" w14:textId="77777777" w:rsidTr="00E87E8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4856" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="48294EF6" w14:textId="77777777" w:rsidR="0071500F" w:rsidRDefault="0071500F" w:rsidP="0071500F">
+          <w:p w14:paraId="78B3DA36" w14:textId="77777777" w:rsidR="0071500F" w:rsidRDefault="0071500F" w:rsidP="0071500F">
             <w:pPr>
               <w:pStyle w:val="Titre5"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="497" w:hanging="567"/>
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Personne de contact</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-787729260"/>
             <w:placeholder>
-              <w:docPart w:val="54ABB31341B5495C984371E0822E363E"/>
+              <w:docPart w:val="BD90197A9B254878A01F215D098C4177"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="4783" w:type="dxa"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               </w:tcPr>
-              <w:p w14:paraId="73C71020" w14:textId="77777777" w:rsidR="0071500F" w:rsidRPr="00FE2D37" w:rsidRDefault="0038740B" w:rsidP="0038740B">
+              <w:p w14:paraId="26C7483F" w14:textId="77777777" w:rsidR="0071500F" w:rsidRPr="00FE2D37" w:rsidRDefault="0038740B" w:rsidP="0038740B">
                 <w:pPr>
                   <w:spacing w:before="40" w:after="40"/>
                 </w:pPr>
                 <w:r w:rsidRPr="009528C6">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour taper du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="62232E4C" w14:textId="77777777" w:rsidR="00F11A7E" w:rsidRPr="00D12D05" w:rsidRDefault="00F11A7E" w:rsidP="000B74A1">
+    <w:p w14:paraId="0BBA9CCC" w14:textId="77777777" w:rsidR="00F11A7E" w:rsidRPr="00D12D05" w:rsidRDefault="00F11A7E" w:rsidP="000B74A1">
       <w:pPr>
         <w:pStyle w:val="06lead"/>
         <w:spacing w:before="180" w:after="40"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7AB3FD69" w14:textId="77777777" w:rsidR="004C7036" w:rsidRDefault="0056240E" w:rsidP="004C7036">
+    <w:p w14:paraId="111DFC3A" w14:textId="77777777" w:rsidR="004C7036" w:rsidRDefault="0056240E" w:rsidP="004C7036">
       <w:pPr>
         <w:pStyle w:val="Lgende"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="6" w:space="1" w:color="000000" w:themeColor="text1"/>
         </w:pBdr>
         <w:spacing w:before="0"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t>Description de la transformation demandée</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9639"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0056240E" w:rsidRPr="001546FC" w14:paraId="343C9CB3" w14:textId="77777777" w:rsidTr="00E45155">
+      <w:tr w:rsidR="0056240E" w:rsidRPr="001546FC" w14:paraId="39ABB61F" w14:textId="77777777" w:rsidTr="00E45155">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="660DA33F" w14:textId="77777777" w:rsidR="0056240E" w:rsidRPr="001546FC" w:rsidRDefault="0056240E" w:rsidP="001546FC">
+          <w:p w14:paraId="466206CD" w14:textId="77777777" w:rsidR="0056240E" w:rsidRPr="001546FC" w:rsidRDefault="0056240E" w:rsidP="001546FC">
             <w:pPr>
               <w:pStyle w:val="06lead"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001546FC">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Expliquer ici la transformation souhaitée : nombre d’EPT, fonctions, </w:t>
             </w:r>
             <w:r w:rsidR="000939ED" w:rsidRPr="001546FC">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">rôles, </w:t>
             </w:r>
             <w:r w:rsidRPr="001546FC">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>incidence</w:t>
             </w:r>
@@ -566,580 +560,575 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">cahiers des charges, organigrammes, </w:t>
             </w:r>
             <w:r w:rsidRPr="001546FC">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">etc…) sont à fournir en annexe </w:t>
             </w:r>
             <w:r w:rsidR="00900671" w:rsidRPr="001546FC">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(svp utiliser les formulaires prévus à cet effet)</w:t>
             </w:r>
             <w:r w:rsidRPr="001546FC">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0056240E" w14:paraId="03E7A28E" w14:textId="77777777" w:rsidTr="00E87E8F">
+      <w:tr w:rsidR="0056240E" w14:paraId="60F15A8E" w14:textId="77777777" w:rsidTr="00E87E8F">
         <w:trPr>
           <w:trHeight w:val="471"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-1868059524"/>
             <w:placeholder>
-              <w:docPart w:val="155D92CD6442419C9F717C659A394B9A"/>
+              <w:docPart w:val="65630B9583DB4152A7B3CEE96D7C8418"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="9639" w:type="dxa"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               </w:tcPr>
-              <w:p w14:paraId="14545FB0" w14:textId="77777777" w:rsidR="0056240E" w:rsidRPr="004C7036" w:rsidRDefault="0038740B" w:rsidP="000B74A1">
+              <w:p w14:paraId="0B76A054" w14:textId="77777777" w:rsidR="0056240E" w:rsidRPr="004C7036" w:rsidRDefault="0038740B" w:rsidP="000B74A1">
                 <w:pPr>
                   <w:pStyle w:val="Sansinterligne"/>
                   <w:spacing w:after="120"/>
                 </w:pPr>
                 <w:r w:rsidRPr="009528C6">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour taper du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6853DD3A" w14:textId="77777777" w:rsidR="00BB70F1" w:rsidRPr="0056240E" w:rsidRDefault="00BB70F1" w:rsidP="000B74A1">
+    <w:p w14:paraId="262BE197" w14:textId="77777777" w:rsidR="00BB70F1" w:rsidRPr="0056240E" w:rsidRDefault="00BB70F1" w:rsidP="000B74A1">
       <w:pPr>
         <w:pStyle w:val="06lead"/>
         <w:spacing w:before="180" w:after="40"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="745AEA63" w14:textId="77777777" w:rsidR="0071500F" w:rsidRDefault="004C7036" w:rsidP="0071500F">
+    <w:p w14:paraId="7C7A15D3" w14:textId="77777777" w:rsidR="0071500F" w:rsidRDefault="004C7036" w:rsidP="0071500F">
       <w:pPr>
         <w:pStyle w:val="Lgende"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="6" w:space="1" w:color="000000" w:themeColor="text1"/>
         </w:pBdr>
         <w:spacing w:before="0"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t>Justification</w:t>
       </w:r>
       <w:r w:rsidR="0071500F">
         <w:t xml:space="preserve"> de la transformation</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9639"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0071500F" w14:paraId="21F30B2B" w14:textId="77777777" w:rsidTr="002F7611">
+      <w:tr w:rsidR="0071500F" w14:paraId="2063BB34" w14:textId="77777777" w:rsidTr="002F7611">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5EDEBC84" w14:textId="77777777" w:rsidR="0071500F" w:rsidRDefault="0071500F" w:rsidP="00E87E8F">
+          <w:p w14:paraId="72A433CA" w14:textId="77777777" w:rsidR="0071500F" w:rsidRDefault="0071500F" w:rsidP="00E87E8F">
             <w:pPr>
               <w:pStyle w:val="Titre5"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="42"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="180" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="425" w:hanging="425"/>
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Contexte</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C7036" w14:paraId="14674567" w14:textId="77777777" w:rsidTr="00E87E8F">
+      <w:tr w:rsidR="004C7036" w14:paraId="1457D5E3" w14:textId="77777777" w:rsidTr="00E87E8F">
         <w:trPr>
           <w:trHeight w:val="537"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-1370295000"/>
             <w:placeholder>
-              <w:docPart w:val="5A8EF9E18CE147CB91C8F94C3AFA94D5"/>
+              <w:docPart w:val="3973014750A5400881D98F31A0616B54"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="9639" w:type="dxa"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               </w:tcPr>
-              <w:p w14:paraId="040023BA" w14:textId="77777777" w:rsidR="004C7036" w:rsidRPr="004C7036" w:rsidRDefault="0038740B" w:rsidP="000B74A1">
+              <w:p w14:paraId="2D11863E" w14:textId="77777777" w:rsidR="004C7036" w:rsidRPr="004C7036" w:rsidRDefault="0038740B" w:rsidP="000B74A1">
                 <w:pPr>
                   <w:pStyle w:val="Sansinterligne"/>
                   <w:spacing w:after="120"/>
                 </w:pPr>
                 <w:r w:rsidRPr="009528C6">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour taper du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="004C7036" w14:paraId="627EE713" w14:textId="77777777" w:rsidTr="002F7611">
+      <w:tr w:rsidR="004C7036" w14:paraId="2867D1C2" w14:textId="77777777" w:rsidTr="002F7611">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="58DE480C" w14:textId="77777777" w:rsidR="004C7036" w:rsidRDefault="004C7036" w:rsidP="00E87E8F">
+          <w:p w14:paraId="08B52562" w14:textId="77777777" w:rsidR="004C7036" w:rsidRDefault="004C7036" w:rsidP="00E87E8F">
             <w:pPr>
               <w:pStyle w:val="Titre5"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="42"/>
               </w:numPr>
               <w:spacing w:before="360" w:after="180" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="425" w:hanging="425"/>
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Raisons pour lesquelles la transformation est nécessaire</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C7036" w14:paraId="23FE6D9E" w14:textId="77777777" w:rsidTr="00E87E8F">
+      <w:tr w:rsidR="004C7036" w14:paraId="7B5201F7" w14:textId="77777777" w:rsidTr="00E87E8F">
         <w:trPr>
           <w:trHeight w:val="534"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="2111467750"/>
             <w:placeholder>
-              <w:docPart w:val="6DE98205C589417090F2B0B76B9A145B"/>
+              <w:docPart w:val="0BBA8AA3321841EC91C90CB89A49FB44"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="9639" w:type="dxa"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               </w:tcPr>
-              <w:p w14:paraId="3973A144" w14:textId="77777777" w:rsidR="004C7036" w:rsidRDefault="0038740B" w:rsidP="000B74A1">
+              <w:p w14:paraId="31E6B8F3" w14:textId="77777777" w:rsidR="004C7036" w:rsidRDefault="0038740B" w:rsidP="000B74A1">
                 <w:pPr>
                   <w:pStyle w:val="Sansinterligne"/>
                   <w:spacing w:after="120"/>
                 </w:pPr>
                 <w:r w:rsidRPr="009528C6">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour taper du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="004C7036" w14:paraId="4F4879D7" w14:textId="77777777" w:rsidTr="002F7611">
+      <w:tr w:rsidR="004C7036" w14:paraId="02726AAB" w14:textId="77777777" w:rsidTr="002F7611">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="72C01DE9" w14:textId="77777777" w:rsidR="004C7036" w:rsidRDefault="004C7036" w:rsidP="00E87E8F">
+          <w:p w14:paraId="142249B5" w14:textId="77777777" w:rsidR="004C7036" w:rsidRDefault="004C7036" w:rsidP="00E87E8F">
             <w:pPr>
               <w:pStyle w:val="Titre5"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="42"/>
               </w:numPr>
               <w:spacing w:before="360" w:after="180" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="425" w:hanging="425"/>
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Comment l’UA va-t-elle se passer des anciennes ressources ?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C7036" w:rsidRPr="003B05B8" w14:paraId="3529AE61" w14:textId="77777777" w:rsidTr="00E87E8F">
+      <w:tr w:rsidR="004C7036" w:rsidRPr="003B05B8" w14:paraId="1F6E234E" w14:textId="77777777" w:rsidTr="00E87E8F">
         <w:trPr>
           <w:trHeight w:val="547"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="2078479101"/>
             <w:placeholder>
-              <w:docPart w:val="14BD3CB210A543AF872525D6260E1D7F"/>
+              <w:docPart w:val="456C8131521E43A3804528CF7338EF7B"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="9639" w:type="dxa"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               </w:tcPr>
-              <w:p w14:paraId="2A77133C" w14:textId="77777777" w:rsidR="004C7036" w:rsidRPr="003B05B8" w:rsidRDefault="00622B80" w:rsidP="000B74A1">
+              <w:p w14:paraId="7A72C14A" w14:textId="77777777" w:rsidR="004C7036" w:rsidRPr="003B05B8" w:rsidRDefault="00622B80" w:rsidP="000B74A1">
                 <w:pPr>
                   <w:pStyle w:val="Sansinterligne"/>
                   <w:spacing w:after="120"/>
                 </w:pPr>
                 <w:r w:rsidRPr="009528C6">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour taper du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1B1380F4" w14:textId="77777777" w:rsidR="007A5208" w:rsidRPr="0056240E" w:rsidRDefault="007A5208" w:rsidP="000B74A1">
+    <w:p w14:paraId="5F4D35A2" w14:textId="77777777" w:rsidR="007A5208" w:rsidRPr="0056240E" w:rsidRDefault="007A5208" w:rsidP="000B74A1">
       <w:pPr>
         <w:pStyle w:val="06lead"/>
         <w:spacing w:before="180" w:after="40"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5646CF94" w14:textId="77777777" w:rsidR="002F7611" w:rsidRDefault="0056240E" w:rsidP="002F7611">
+    <w:p w14:paraId="300F80F0" w14:textId="77777777" w:rsidR="002F7611" w:rsidRDefault="0056240E" w:rsidP="002F7611">
       <w:pPr>
         <w:pStyle w:val="Lgende"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="6" w:space="1" w:color="000000" w:themeColor="text1"/>
         </w:pBdr>
         <w:spacing w:before="0"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t>Approbation</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9639"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00900671" w14:paraId="0AE38DD8" w14:textId="77777777" w:rsidTr="00E87E8F">
+      <w:tr w:rsidR="00900671" w14:paraId="00645CCF" w14:textId="77777777" w:rsidTr="00E87E8F">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="759650C8" w14:textId="77777777" w:rsidR="00900671" w:rsidRDefault="00900671" w:rsidP="00900671">
+          <w:p w14:paraId="5DD23F0B" w14:textId="77777777" w:rsidR="00900671" w:rsidRDefault="00900671" w:rsidP="00900671">
             <w:pPr>
               <w:pStyle w:val="06btexteprincipalsansespacebloc"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5316"/>
               </w:tabs>
             </w:pPr>
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:t>La Direction approuve la présente demande de transformation(s) de poste</w:t>
             </w:r>
             <w:r w:rsidR="00355084">
               <w:t>(s)</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> et sollicite le préavis du SPO.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="22A5F7B4" w14:textId="77777777" w:rsidR="00900671" w:rsidRDefault="00900671" w:rsidP="00900671">
+          <w:p w14:paraId="65C96A40" w14:textId="77777777" w:rsidR="00900671" w:rsidRDefault="00900671" w:rsidP="00900671">
             <w:pPr>
               <w:pStyle w:val="06btexteprincipalsansespacebloc"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5316"/>
               </w:tabs>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="541C6F5C" w14:textId="77777777" w:rsidR="003C49FB" w:rsidRDefault="003C49FB" w:rsidP="00495888">
+          <w:p w14:paraId="7AFE109C" w14:textId="77777777" w:rsidR="003C49FB" w:rsidRDefault="003C49FB" w:rsidP="00495888">
             <w:pPr>
               <w:pStyle w:val="06btexteprincipalsansespacebloc"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="756"/>
                 <w:tab w:val="left" w:pos="2410"/>
               </w:tabs>
             </w:pPr>
             <w:r>
               <w:tab/>
               <w:t>Nom, prénom :</w:t>
             </w:r>
             <w:r w:rsidR="00495888">
               <w:tab/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1907989225"/>
                 <w:placeholder>
-                  <w:docPart w:val="2B872D0CD46743BD8FC89CF06275633E"/>
+                  <w:docPart w:val="F645021C1B2D4F13B26B0598130DCB67"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidR="0038740B" w:rsidRPr="009528C6">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour taper du texte.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="61E8F463" w14:textId="77777777" w:rsidR="003C49FB" w:rsidRDefault="003C49FB" w:rsidP="00495888">
+          <w:p w14:paraId="7FD01812" w14:textId="77777777" w:rsidR="003C49FB" w:rsidRDefault="003C49FB" w:rsidP="00495888">
             <w:pPr>
               <w:pStyle w:val="06btexteprincipalsansespacebloc"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="756"/>
                 <w:tab w:val="left" w:pos="2410"/>
               </w:tabs>
             </w:pPr>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00900671">
               <w:t>Date :</w:t>
             </w:r>
             <w:r w:rsidR="00495888">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00900671">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1081365662"/>
                 <w:placeholder>
-                  <w:docPart w:val="B9E156524B3A46E39477B7428A2A3E20"/>
+                  <w:docPart w:val="1E67B4D85E224053900BB51D42537DE2"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:date w:fullDate="2018-03-01T00:00:00Z">
                   <w:dateFormat w:val="dd.MM.yyyy"/>
                   <w:lid w:val="fr-CH"/>
                   <w:storeMappedDataAs w:val="dateTime"/>
                   <w:calendar w:val="gregorian"/>
                 </w:date>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidR="0038740B" w:rsidRPr="009528C6">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour entrer une date.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="40F45D3F" w14:textId="77777777" w:rsidR="00900671" w:rsidRDefault="00900671" w:rsidP="003C49FB">
+          <w:p w14:paraId="6D385DDA" w14:textId="77777777" w:rsidR="00900671" w:rsidRDefault="00900671" w:rsidP="003C49FB">
             <w:pPr>
               <w:pStyle w:val="06btexteprincipalsansespacebloc"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="79AA0736" w14:textId="77777777" w:rsidR="003C49FB" w:rsidRPr="003C49FB" w:rsidRDefault="003C49FB" w:rsidP="003C49FB">
+          <w:p w14:paraId="26756304" w14:textId="77777777" w:rsidR="003C49FB" w:rsidRPr="003C49FB" w:rsidRDefault="003C49FB" w:rsidP="003C49FB">
             <w:pPr>
               <w:pStyle w:val="06lead"/>
             </w:pPr>
             <w:r w:rsidRPr="003C49FB">
               <w:t>(document sans signature)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="56C5483F" w14:textId="77777777" w:rsidR="002F7611" w:rsidRDefault="002F7611">
+    <w:p w14:paraId="25492833" w14:textId="77777777" w:rsidR="002F7611" w:rsidRDefault="002F7611">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69717C3D" w14:textId="77777777" w:rsidR="00BE7730" w:rsidRDefault="00BE7730" w:rsidP="00BE7730">
+    <w:p w14:paraId="0297EC72" w14:textId="77777777" w:rsidR="00BE7730" w:rsidRDefault="00BE7730" w:rsidP="00BE7730">
       <w:pPr>
         <w:pStyle w:val="05titreprincipalouobjetgras"/>
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Partie B – à remplir par le SPO</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41B82AD1" w14:textId="77777777" w:rsidR="0071500F" w:rsidRDefault="0071500F" w:rsidP="0071500F">
+    <w:p w14:paraId="195690F5" w14:textId="77777777" w:rsidR="0071500F" w:rsidRDefault="0071500F" w:rsidP="0071500F">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="514F7B07" w14:textId="77777777" w:rsidR="00BE7730" w:rsidRDefault="00BE7730" w:rsidP="000C4545">
+    <w:p w14:paraId="2903BBAF" w14:textId="77777777" w:rsidR="00BE7730" w:rsidRDefault="00BE7730" w:rsidP="000C4545">
       <w:pPr>
         <w:pStyle w:val="Lgende"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="6" w:space="1" w:color="000000" w:themeColor="text1"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="center" w:pos="5387"/>
           <w:tab w:val="center" w:pos="6379"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t>Contrôles des données techniques</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4860"/>
         <w:gridCol w:w="4777"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BE7730" w:rsidRPr="001A7679" w14:paraId="6ACAF477" w14:textId="77777777" w:rsidTr="00952783">
+      <w:tr w:rsidR="00BE7730" w:rsidRPr="001A7679" w14:paraId="7786F7AD" w14:textId="77777777" w:rsidTr="00952783">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4890" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="712F92FB" w14:textId="77777777" w:rsidR="00BE7730" w:rsidRPr="00CA73C6" w:rsidRDefault="000C4545" w:rsidP="00355084">
+          <w:p w14:paraId="0F43E74B" w14:textId="77777777" w:rsidR="00BE7730" w:rsidRPr="00CA73C6" w:rsidRDefault="000C4545" w:rsidP="00355084">
             <w:pPr>
               <w:pStyle w:val="Titre5"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="37"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="426" w:hanging="426"/>
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidR="00BE7730">
@@ -1171,761 +1160,760 @@
             </w:r>
             <w:r w:rsidR="00351A4C">
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00AB7277">
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(aux dates indiquées)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4819" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4926A669" w14:textId="77777777" w:rsidR="00BE7730" w:rsidRPr="001A7679" w:rsidRDefault="00BE7730" w:rsidP="00AB7277">
+          <w:p w14:paraId="3B0CDCFF" w14:textId="77777777" w:rsidR="00BE7730" w:rsidRPr="001A7679" w:rsidRDefault="00BE7730" w:rsidP="00AB7277">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="497"/>
                 <w:tab w:val="left" w:pos="1064"/>
                 <w:tab w:val="right" w:pos="4679"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A7679">
               <w:tab/>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="688266697"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidR="0038740B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE7730" w:rsidRPr="007966A8" w14:paraId="7C8F3BDE" w14:textId="77777777" w:rsidTr="00952783">
+      <w:tr w:rsidR="00BE7730" w:rsidRPr="007966A8" w14:paraId="1E8F2CC0" w14:textId="77777777" w:rsidTr="00952783">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4890" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07116FC5" w14:textId="77777777" w:rsidR="00BE7730" w:rsidRPr="007966A8" w:rsidRDefault="00BE7730" w:rsidP="00355084">
+          <w:p w14:paraId="0FD8AE46" w14:textId="77777777" w:rsidR="00BE7730" w:rsidRPr="007966A8" w:rsidRDefault="00BE7730" w:rsidP="00355084">
             <w:pPr>
               <w:pStyle w:val="Titre5"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="37"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="426" w:hanging="426"/>
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Numéros des postes corrects</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4819" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="42F999D4" w14:textId="77777777" w:rsidR="00BE7730" w:rsidRPr="007966A8" w:rsidRDefault="00BE7730" w:rsidP="000C4545">
+          <w:p w14:paraId="06A261D0" w14:textId="77777777" w:rsidR="00BE7730" w:rsidRPr="007966A8" w:rsidRDefault="00BE7730" w:rsidP="000C4545">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="497"/>
                 <w:tab w:val="center" w:pos="1489"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="-356977631"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidR="0038740B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE7730" w14:paraId="07E5BC73" w14:textId="77777777" w:rsidTr="00952783">
+      <w:tr w:rsidR="00BE7730" w14:paraId="30987503" w14:textId="77777777" w:rsidTr="00952783">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4890" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1DF8BC65" w14:textId="77777777" w:rsidR="00BE7730" w:rsidRDefault="00BE7730" w:rsidP="00355084">
+          <w:p w14:paraId="75B48076" w14:textId="77777777" w:rsidR="00BE7730" w:rsidRDefault="00BE7730" w:rsidP="00355084">
             <w:pPr>
               <w:pStyle w:val="Titre5"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="37"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="426" w:hanging="426"/>
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Libellés et numéros de fonction corrects</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4819" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A603532" w14:textId="77777777" w:rsidR="00BE7730" w:rsidRDefault="00BE7730" w:rsidP="000C4545">
+          <w:p w14:paraId="28B13058" w14:textId="77777777" w:rsidR="00BE7730" w:rsidRDefault="00BE7730" w:rsidP="000C4545">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="497"/>
                 <w:tab w:val="center" w:pos="1489"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
             </w:pPr>
             <w:r>
               <w:tab/>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="-17544970"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidR="0038740B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE7730" w14:paraId="1D053088" w14:textId="77777777" w:rsidTr="00952783">
+      <w:tr w:rsidR="00BE7730" w14:paraId="2EDA47AB" w14:textId="77777777" w:rsidTr="00952783">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4890" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="137B2FDE" w14:textId="77777777" w:rsidR="00BE7730" w:rsidRDefault="00BE7730" w:rsidP="00355084">
+          <w:p w14:paraId="63CDD425" w14:textId="77777777" w:rsidR="00BE7730" w:rsidRDefault="00BE7730" w:rsidP="00355084">
             <w:pPr>
               <w:pStyle w:val="Titre5"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="37"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="426" w:hanging="426"/>
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Nombres d’EPT corrects</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4819" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="77E811F1" w14:textId="77777777" w:rsidR="00BE7730" w:rsidRDefault="00BE7730" w:rsidP="000C4545">
+          <w:p w14:paraId="6A508A65" w14:textId="77777777" w:rsidR="00BE7730" w:rsidRDefault="00BE7730" w:rsidP="000C4545">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="497"/>
                 <w:tab w:val="center" w:pos="1489"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
             </w:pPr>
             <w:r>
               <w:tab/>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="-1137487553"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidR="0038740B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE7730" w14:paraId="1EB23C4B" w14:textId="77777777" w:rsidTr="00952783">
+      <w:tr w:rsidR="00BE7730" w14:paraId="450A1393" w14:textId="77777777" w:rsidTr="00952783">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4890" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B238D1F" w14:textId="77777777" w:rsidR="00BE7730" w:rsidRDefault="00BE7730" w:rsidP="00355084">
+          <w:p w14:paraId="06FC3215" w14:textId="77777777" w:rsidR="00BE7730" w:rsidRDefault="00BE7730" w:rsidP="00355084">
             <w:pPr>
               <w:pStyle w:val="Titre5"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="37"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="426" w:hanging="426"/>
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Salaires (classe et palier moyen) corrects</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4819" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4DE9D58C" w14:textId="77777777" w:rsidR="00BE7730" w:rsidRDefault="00BE7730" w:rsidP="000C4545">
+          <w:p w14:paraId="141A03A2" w14:textId="77777777" w:rsidR="00BE7730" w:rsidRDefault="00BE7730" w:rsidP="000C4545">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="497"/>
                 <w:tab w:val="center" w:pos="1489"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
             </w:pPr>
             <w:r>
               <w:tab/>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="1640695884"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidR="0038740B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE7730" w14:paraId="7260B1F0" w14:textId="77777777" w:rsidTr="00952783">
+      <w:tr w:rsidR="00BE7730" w14:paraId="28169853" w14:textId="77777777" w:rsidTr="00952783">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4890" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36BFDA52" w14:textId="77777777" w:rsidR="00BE7730" w:rsidRPr="001A7679" w:rsidRDefault="00BE7730" w:rsidP="00355084">
+          <w:p w14:paraId="2E9DD14F" w14:textId="77777777" w:rsidR="00BE7730" w:rsidRPr="001A7679" w:rsidRDefault="00BE7730" w:rsidP="00355084">
             <w:pPr>
               <w:pStyle w:val="Titre5"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="37"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="426" w:hanging="426"/>
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Cahiers des charges joints à la demande</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4819" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="792743CB" w14:textId="77777777" w:rsidR="00BE7730" w:rsidRDefault="00BE7730" w:rsidP="000C4545">
+          <w:p w14:paraId="7773948B" w14:textId="77777777" w:rsidR="00BE7730" w:rsidRDefault="00BE7730" w:rsidP="000C4545">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="497"/>
                 <w:tab w:val="center" w:pos="1489"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
             </w:pPr>
             <w:r>
               <w:tab/>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="709535339"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidR="0038740B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE7730" w:rsidRPr="00060A9F" w14:paraId="4FFFA431" w14:textId="77777777" w:rsidTr="009B0BB6">
+      <w:tr w:rsidR="00BE7730" w:rsidRPr="00060A9F" w14:paraId="518251DD" w14:textId="77777777" w:rsidTr="009B0BB6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4890" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0297334F" w14:textId="77777777" w:rsidR="00BE7730" w:rsidRDefault="00BE7730" w:rsidP="00355084">
+          <w:p w14:paraId="05DE7D80" w14:textId="77777777" w:rsidR="00BE7730" w:rsidRDefault="00BE7730" w:rsidP="00355084">
             <w:pPr>
               <w:pStyle w:val="Titre5"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="37"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="426" w:hanging="426"/>
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Organigramme joint à la demande</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4819" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7D981F8F" w14:textId="77777777" w:rsidR="00BE7730" w:rsidRPr="00060A9F" w:rsidRDefault="00BE7730" w:rsidP="000C4545">
+          <w:p w14:paraId="438146B4" w14:textId="77777777" w:rsidR="00BE7730" w:rsidRPr="00060A9F" w:rsidRDefault="00BE7730" w:rsidP="000C4545">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="497"/>
                 <w:tab w:val="center" w:pos="1489"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
             </w:pPr>
             <w:r w:rsidRPr="00060A9F">
               <w:tab/>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1840574790"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidR="0038740B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C4545" w14:paraId="58593894" w14:textId="77777777" w:rsidTr="009B0BB6">
+      <w:tr w:rsidR="000C4545" w14:paraId="725726EC" w14:textId="77777777" w:rsidTr="009B0BB6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9709" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1D4AC44B" w14:textId="77777777" w:rsidR="000C4545" w:rsidRDefault="00AB7277" w:rsidP="00E87E8F">
+          <w:p w14:paraId="0F8B6966" w14:textId="77777777" w:rsidR="000C4545" w:rsidRDefault="00AB7277" w:rsidP="00E87E8F">
             <w:pPr>
               <w:pStyle w:val="Titre5"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="37"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="180" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="425" w:hanging="425"/>
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Remarques</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C4545" w14:paraId="2DD99428" w14:textId="77777777" w:rsidTr="00E87E8F">
+      <w:tr w:rsidR="000C4545" w14:paraId="204510EF" w14:textId="77777777" w:rsidTr="00E87E8F">
         <w:trPr>
           <w:trHeight w:val="511"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="189273751"/>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="9709" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="nil"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               </w:tcPr>
-              <w:p w14:paraId="71DC5C9B" w14:textId="77777777" w:rsidR="00996E8B" w:rsidRPr="004C7036" w:rsidRDefault="0038740B" w:rsidP="000B74A1">
+              <w:p w14:paraId="147D26C5" w14:textId="77777777" w:rsidR="00996E8B" w:rsidRPr="004C7036" w:rsidRDefault="0038740B" w:rsidP="000B74A1">
                 <w:pPr>
                   <w:pStyle w:val="Sansinterligne"/>
                   <w:spacing w:after="120"/>
                 </w:pPr>
                 <w:r w:rsidRPr="009528C6">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour taper du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0F15811A" w14:textId="77777777" w:rsidR="0071500F" w:rsidRPr="00AB7277" w:rsidRDefault="0071500F" w:rsidP="000B74A1">
+    <w:p w14:paraId="14A7719A" w14:textId="77777777" w:rsidR="0071500F" w:rsidRPr="00AB7277" w:rsidRDefault="0071500F" w:rsidP="000B74A1">
       <w:pPr>
         <w:pStyle w:val="06lead"/>
         <w:spacing w:before="180" w:after="40"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="47066942" w14:textId="77777777" w:rsidR="00235E26" w:rsidRDefault="00DB2EE2" w:rsidP="00235E26">
+    <w:p w14:paraId="76BDCD13" w14:textId="77777777" w:rsidR="00235E26" w:rsidRDefault="00DB2EE2" w:rsidP="00235E26">
       <w:pPr>
         <w:pStyle w:val="Lgende"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="6" w:space="1" w:color="000000" w:themeColor="text1"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="center" w:pos="5387"/>
           <w:tab w:val="center" w:pos="6379"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t>Evaluation</w:t>
       </w:r>
       <w:r w:rsidR="00355084">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003C49FB">
         <w:t>organisationnelle</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:tblBorders>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9639"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003C49FB" w14:paraId="298E77A6" w14:textId="77777777" w:rsidTr="009B0BB6">
+      <w:tr w:rsidR="003C49FB" w14:paraId="18538863" w14:textId="77777777" w:rsidTr="009B0BB6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5C00E643" w14:textId="77777777" w:rsidR="003C49FB" w:rsidRDefault="003C49FB" w:rsidP="003C49FB">
+          <w:p w14:paraId="6A715194" w14:textId="77777777" w:rsidR="003C49FB" w:rsidRDefault="003C49FB" w:rsidP="003C49FB">
             <w:pPr>
               <w:pStyle w:val="06lead"/>
             </w:pPr>
             <w:r>
               <w:t>Le SPO ne se prononce pas sur les motifs de la transformation de poste</w:t>
             </w:r>
             <w:r w:rsidR="00DB2EE2">
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00996E8B" w14:paraId="295E5B03" w14:textId="77777777" w:rsidTr="009B0BB6">
+      <w:tr w:rsidR="00996E8B" w14:paraId="4BB3BCB5" w14:textId="77777777" w:rsidTr="009B0BB6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5990F6F1" w14:textId="77777777" w:rsidR="00996E8B" w:rsidRDefault="00996E8B" w:rsidP="00355084">
+          <w:p w14:paraId="57A40DD6" w14:textId="77777777" w:rsidR="00996E8B" w:rsidRDefault="00996E8B" w:rsidP="00355084">
             <w:pPr>
               <w:pStyle w:val="Titre5"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="35"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="426" w:hanging="426"/>
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Le SPO a-t-il été intégré aux réflexions ayant mené à cette transformation</w:t>
             </w:r>
             <w:r w:rsidR="00DB2EE2">
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> de poste</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> ?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00996E8B" w14:paraId="6E2D7230" w14:textId="77777777" w:rsidTr="009B0BB6">
+      <w:tr w:rsidR="00996E8B" w14:paraId="4F1EF7A8" w14:textId="77777777" w:rsidTr="009B0BB6">
         <w:trPr>
           <w:trHeight w:val="384"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="23D6454D" w14:textId="77777777" w:rsidR="00996E8B" w:rsidRPr="004C7036" w:rsidRDefault="00996E8B" w:rsidP="00815A27">
+          <w:p w14:paraId="495B5028" w14:textId="77777777" w:rsidR="00996E8B" w:rsidRPr="004C7036" w:rsidRDefault="00996E8B" w:rsidP="00815A27">
             <w:pPr>
               <w:pStyle w:val="Sansinterligne"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="709"/>
                 <w:tab w:val="left" w:pos="2410"/>
                 <w:tab w:val="left" w:pos="2977"/>
                 <w:tab w:val="left" w:pos="4820"/>
                 <w:tab w:val="left" w:pos="5387"/>
               </w:tabs>
             </w:pPr>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="005D4EBD">
               <w:t>Oui</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-121309102"/>
@@ -1955,201 +1943,200 @@
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="717856984"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00996E8B" w14:paraId="0A525A17" w14:textId="77777777" w:rsidTr="009B0BB6">
+      <w:tr w:rsidR="00996E8B" w14:paraId="60A48428" w14:textId="77777777" w:rsidTr="009B0BB6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="608285C2" w14:textId="77777777" w:rsidR="00996E8B" w:rsidRDefault="00656434" w:rsidP="00E87E8F">
+          <w:p w14:paraId="720FBBCC" w14:textId="77777777" w:rsidR="00996E8B" w:rsidRDefault="00656434" w:rsidP="00E87E8F">
             <w:pPr>
               <w:pStyle w:val="Titre5"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="35"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="180" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="425" w:hanging="425"/>
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Commentaires</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00996E8B" w14:paraId="65B9547C" w14:textId="77777777" w:rsidTr="00E87E8F">
+      <w:tr w:rsidR="00996E8B" w14:paraId="139CBC68" w14:textId="77777777" w:rsidTr="00E87E8F">
         <w:trPr>
           <w:trHeight w:val="495"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-871847645"/>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="9639" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="nil"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               </w:tcPr>
-              <w:p w14:paraId="1456EC71" w14:textId="77777777" w:rsidR="00996E8B" w:rsidRDefault="0038740B" w:rsidP="000B74A1">
+              <w:p w14:paraId="226EE6E6" w14:textId="77777777" w:rsidR="00996E8B" w:rsidRDefault="0038740B" w:rsidP="000B74A1">
                 <w:pPr>
                   <w:pStyle w:val="Sansinterligne"/>
                   <w:spacing w:after="120"/>
                 </w:pPr>
                 <w:r w:rsidRPr="009528C6">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour taper du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="11EB040C" w14:textId="77777777" w:rsidR="00D24D97" w:rsidRDefault="00D24D97" w:rsidP="000B74A1">
+    <w:p w14:paraId="7EF493C1" w14:textId="77777777" w:rsidR="00D24D97" w:rsidRDefault="00D24D97" w:rsidP="000B74A1">
       <w:pPr>
         <w:pStyle w:val="06lead"/>
         <w:spacing w:before="180" w:after="40"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00070286" w14:textId="77777777" w:rsidR="004F1914" w:rsidRDefault="004F1914" w:rsidP="004F1914">
+    <w:p w14:paraId="07D5593D" w14:textId="77777777" w:rsidR="004F1914" w:rsidRDefault="004F1914" w:rsidP="004F1914">
       <w:pPr>
         <w:pStyle w:val="Lgende"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="6" w:space="1" w:color="000000" w:themeColor="text1"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="center" w:pos="5387"/>
           <w:tab w:val="center" w:pos="6379"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t>Compétence décisionnelle</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:tblBorders>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9639"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004F1914" w14:paraId="4C9EA429" w14:textId="77777777" w:rsidTr="00CF77B0">
+      <w:tr w:rsidR="004F1914" w14:paraId="7F4BB7FA" w14:textId="77777777" w:rsidTr="00CF77B0">
         <w:trPr>
           <w:trHeight w:val="523"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="27F89111" w14:textId="77777777" w:rsidR="004F1914" w:rsidRDefault="004F1914" w:rsidP="00CF77B0">
+          <w:p w14:paraId="1ECD3208" w14:textId="77777777" w:rsidR="004F1914" w:rsidRDefault="004F1914" w:rsidP="00CF77B0">
             <w:pPr>
               <w:pStyle w:val="Sansinterligne"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="709"/>
                 <w:tab w:val="left" w:pos="1418"/>
                 <w:tab w:val="left" w:pos="2127"/>
                 <w:tab w:val="left" w:pos="3402"/>
                 <w:tab w:val="left" w:pos="4111"/>
               </w:tabs>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Selon les règles en vigueur, la compétence décisionnelle pour cette transformation de poste revient </w:t>
             </w:r>
             <w:r w:rsidRPr="00D24D97">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>(cocher ce qui convient)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="05E21079" w14:textId="77777777" w:rsidR="004F1914" w:rsidRPr="004C7036" w:rsidRDefault="005D4EBD" w:rsidP="005D4EBD">
+          <w:p w14:paraId="41053193" w14:textId="77777777" w:rsidR="004F1914" w:rsidRPr="004C7036" w:rsidRDefault="005D4EBD" w:rsidP="005D4EBD">
             <w:pPr>
               <w:pStyle w:val="Sansinterligne"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="709"/>
                 <w:tab w:val="left" w:pos="1418"/>
                 <w:tab w:val="left" w:pos="2127"/>
                 <w:tab w:val="left" w:pos="2835"/>
                 <w:tab w:val="left" w:pos="3261"/>
                 <w:tab w:val="left" w:pos="6096"/>
                 <w:tab w:val="left" w:pos="6540"/>
               </w:tabs>
             </w:pPr>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="004F1914">
               <w:tab/>
             </w:r>
             <w:sdt>
@@ -2181,200 +2168,198 @@
               <w:sdtPr>
                 <w:id w:val="1580876088"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidR="0038740B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="004F1914">
               <w:tab/>
               <w:t>à la Direction</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7D0C8731" w14:textId="77777777" w:rsidR="00D24D97" w:rsidRDefault="00D24D97" w:rsidP="00622B80">
+    <w:p w14:paraId="16DE0163" w14:textId="77777777" w:rsidR="00D24D97" w:rsidRDefault="00D24D97" w:rsidP="00622B80">
       <w:pPr>
         <w:pStyle w:val="06lead"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="64AB5BE2" w14:textId="77777777" w:rsidR="00D24D97" w:rsidRDefault="00D24D97" w:rsidP="00D24D97">
+    <w:p w14:paraId="5DE7E757" w14:textId="77777777" w:rsidR="00D24D97" w:rsidRDefault="00D24D97" w:rsidP="00D24D97">
       <w:pPr>
         <w:pStyle w:val="Lgende"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="6" w:space="1" w:color="000000" w:themeColor="text1"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="center" w:pos="5387"/>
           <w:tab w:val="center" w:pos="6379"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t>Préavis</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9631" w:type="dxa"/>
         <w:tblBorders>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2338"/>
         <w:gridCol w:w="7293"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D24D97" w14:paraId="1F602F5C" w14:textId="77777777" w:rsidTr="00E87E8F">
+      <w:tr w:rsidR="00D24D97" w14:paraId="3A73C63E" w14:textId="77777777" w:rsidTr="00E87E8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2338" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1CF0DB53" w14:textId="77777777" w:rsidR="00D24D97" w:rsidRDefault="00D24D97" w:rsidP="00CF77B0">
+          <w:p w14:paraId="24A2CD2C" w14:textId="77777777" w:rsidR="00D24D97" w:rsidRDefault="00D24D97" w:rsidP="00CF77B0">
             <w:pPr>
               <w:pStyle w:val="Titre5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Date de la décision</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-1143963265"/>
             <w:showingPlcHdr/>
             <w:date>
               <w:dateFormat w:val="dd.MM.yyyy"/>
               <w:lid w:val="fr-CH"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7293" w:type="dxa"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               </w:tcPr>
-              <w:p w14:paraId="5F1ABA0B" w14:textId="77777777" w:rsidR="00D24D97" w:rsidRDefault="00B83FA5" w:rsidP="00B83FA5">
+              <w:p w14:paraId="14A5DF4A" w14:textId="77777777" w:rsidR="00D24D97" w:rsidRDefault="00B83FA5" w:rsidP="00B83FA5">
                 <w:pPr>
                   <w:spacing w:before="60" w:after="60"/>
                 </w:pPr>
                 <w:r w:rsidRPr="009528C6">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour entrer une date.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00D24D97" w14:paraId="4FD234AB" w14:textId="77777777" w:rsidTr="00D24D97">
+      <w:tr w:rsidR="00D24D97" w14:paraId="4C625B22" w14:textId="77777777" w:rsidTr="00D24D97">
         <w:trPr>
           <w:trHeight w:val="78"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2338" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48059D76" w14:textId="77777777" w:rsidR="00D24D97" w:rsidRPr="007645E1" w:rsidRDefault="00D24D97" w:rsidP="00CF77B0">
+          <w:p w14:paraId="06890062" w14:textId="77777777" w:rsidR="00D24D97" w:rsidRPr="007645E1" w:rsidRDefault="00D24D97" w:rsidP="00CF77B0">
             <w:pPr>
               <w:pStyle w:val="Titre5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="2375"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Préavis favorable</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7293" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A7684D2" w14:textId="77777777" w:rsidR="00D24D97" w:rsidRPr="00060A9F" w:rsidRDefault="00D24D97" w:rsidP="00023A1E">
+          <w:p w14:paraId="50E06A7F" w14:textId="77777777" w:rsidR="00D24D97" w:rsidRPr="00060A9F" w:rsidRDefault="00D24D97" w:rsidP="00023A1E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="center" w:pos="781"/>
                 <w:tab w:val="left" w:pos="2481"/>
                 <w:tab w:val="center" w:pos="3191"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
             <w:r>
               <w:t>Oui</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1627586932"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
@@ -2392,266 +2377,257 @@
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="221415225"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB2EE2" w14:paraId="4972D1AA" w14:textId="77777777" w:rsidTr="00D24D97">
+      <w:tr w:rsidR="00DB2EE2" w14:paraId="71011E20" w14:textId="77777777" w:rsidTr="00D24D97">
         <w:trPr>
           <w:trHeight w:val="78"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2338" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E3B6FCB" w14:textId="77777777" w:rsidR="00DB2EE2" w:rsidRDefault="00DB2EE2" w:rsidP="00CF77B0">
+          <w:p w14:paraId="744F0EC0" w14:textId="77777777" w:rsidR="00DB2EE2" w:rsidRDefault="00DB2EE2" w:rsidP="00CF77B0">
             <w:pPr>
               <w:pStyle w:val="Titre5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="2375"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Approuvé par</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7293" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="593C9942" w14:textId="77777777" w:rsidR="00DB2EE2" w:rsidRPr="00140BAE" w:rsidRDefault="003852DD" w:rsidP="00DB2EE2">
+          <w:p w14:paraId="17F5CF11" w14:textId="77777777" w:rsidR="00DB2EE2" w:rsidRPr="00140BAE" w:rsidRDefault="00070C2A" w:rsidP="00DB2EE2">
             <w:pPr>
               <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3191"/>
               </w:tabs>
             </w:pPr>
-            <w:r w:rsidRPr="00140BAE">
-[...9 lines deleted...]
-              <w:t>Turkmani</w:t>
+            <w:r>
+              <w:t>Mélanie Meyer</w:t>
             </w:r>
             <w:r w:rsidR="00DB2EE2" w:rsidRPr="00140BAE">
               <w:tab/>
               <w:t>Nicolas Gelmi</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="04D06301" w14:textId="77777777" w:rsidR="00DB2EE2" w:rsidRDefault="00DB2EE2" w:rsidP="00DB2EE2">
+          <w:p w14:paraId="4C1587A2" w14:textId="77777777" w:rsidR="00DB2EE2" w:rsidRDefault="00DB2EE2" w:rsidP="00DB2EE2">
             <w:pPr>
               <w:pStyle w:val="06btexteprincipalsansespacebloc"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3191"/>
               </w:tabs>
             </w:pPr>
             <w:r>
               <w:t>Chef</w:t>
             </w:r>
             <w:r w:rsidR="00BF4CF9">
               <w:t>fe</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> de service</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00DB2EE2">
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t>Responsable</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> organisation</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="54E2385B" w14:textId="77777777" w:rsidR="004F1914" w:rsidRDefault="004F1914" w:rsidP="000B74A1">
+    <w:p w14:paraId="52EDAE61" w14:textId="77777777" w:rsidR="004F1914" w:rsidRDefault="004F1914" w:rsidP="000B74A1">
       <w:pPr>
         <w:spacing w:before="180"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9637"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FD7A9A" w14:paraId="538C1005" w14:textId="77777777" w:rsidTr="00FD7A9A">
+      <w:tr w:rsidR="00FD7A9A" w14:paraId="4DD47D02" w14:textId="77777777" w:rsidTr="00FD7A9A">
         <w:trPr>
           <w:trHeight w:val="644"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9777" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0598CD7C" w14:textId="77777777" w:rsidR="00FD7A9A" w:rsidRDefault="00FD7A9A" w:rsidP="00FD7A9A">
+          <w:p w14:paraId="0347A9B7" w14:textId="77777777" w:rsidR="00FD7A9A" w:rsidRDefault="00FD7A9A" w:rsidP="00FD7A9A">
             <w:pPr>
               <w:pStyle w:val="08annexecontactrenseignementsetc"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Annexes</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="520FBA07" w14:textId="77777777" w:rsidR="00FD7A9A" w:rsidRPr="00345398" w:rsidRDefault="00FD7A9A" w:rsidP="00FD7A9A">
+          <w:p w14:paraId="6F468939" w14:textId="77777777" w:rsidR="00FD7A9A" w:rsidRPr="00345398" w:rsidRDefault="00FD7A9A" w:rsidP="00FD7A9A">
             <w:pPr>
               <w:pStyle w:val="08annexecontactrenseignementsetc"/>
             </w:pPr>
             <w:r w:rsidRPr="00345398">
               <w:t>—</w:t>
             </w:r>
           </w:p>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="-762604685"/>
               <w:showingPlcHdr/>
             </w:sdtPr>
             <w:sdtContent>
-              <w:p w14:paraId="40609049" w14:textId="77777777" w:rsidR="00FD7A9A" w:rsidRDefault="00FD7A9A" w:rsidP="00FD7A9A">
+              <w:p w14:paraId="000B5550" w14:textId="77777777" w:rsidR="00FD7A9A" w:rsidRDefault="00FD7A9A" w:rsidP="00FD7A9A">
                 <w:pPr>
                   <w:spacing w:after="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="00FD7A9A">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour taper du texte.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3F4F5EF1" w14:textId="77777777" w:rsidR="00A26A28" w:rsidRPr="00495888" w:rsidRDefault="00A26A28" w:rsidP="00FD7A9A">
+    <w:p w14:paraId="6BCC903D" w14:textId="77777777" w:rsidR="00A26A28" w:rsidRPr="00495888" w:rsidRDefault="00A26A28" w:rsidP="00FD7A9A">
       <w:pPr>
         <w:pStyle w:val="08puces"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00A26A28" w:rsidRPr="00495888" w:rsidSect="00B72BC8">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:headerReference w:type="first" r:id="rId9"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1985" w:right="851" w:bottom="993" w:left="1418" w:header="652" w:footer="510" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3FEF36FA" w14:textId="77777777" w:rsidR="00D73114" w:rsidRDefault="00D73114" w:rsidP="00822F08">
+    <w:p w14:paraId="355E544E" w14:textId="77777777" w:rsidR="00896127" w:rsidRDefault="00896127" w:rsidP="00822F08">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0B89A03E" w14:textId="77777777" w:rsidR="00D73114" w:rsidRDefault="00D73114" w:rsidP="00822F08">
+    <w:p w14:paraId="4CE9F8E7" w14:textId="77777777" w:rsidR="00896127" w:rsidRDefault="00896127" w:rsidP="00822F08">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -2662,163 +2638,163 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="04C35D16" w14:textId="77777777" w:rsidR="00D73114" w:rsidRDefault="00D73114" w:rsidP="00822F08">
+    <w:p w14:paraId="6615DE5A" w14:textId="77777777" w:rsidR="00896127" w:rsidRDefault="00896127" w:rsidP="00822F08">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2CC6EA67" w14:textId="77777777" w:rsidR="00D73114" w:rsidRDefault="00D73114" w:rsidP="00822F08">
+    <w:p w14:paraId="4AA4A426" w14:textId="77777777" w:rsidR="00896127" w:rsidRDefault="00896127" w:rsidP="00822F08">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9298" w:type="dxa"/>
       <w:tblInd w:w="341" w:type="dxa"/>
       <w:tblBorders>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="9298"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00635102" w14:paraId="1B3DE444" w14:textId="77777777">
+    <w:tr w:rsidR="00635102" w14:paraId="54463269" w14:textId="77777777">
       <w:trPr>
         <w:trHeight w:val="567"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="9298" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="671173B9" w14:textId="77777777" w:rsidR="00635102" w:rsidRDefault="005129BA" w:rsidP="00822F08">
+        <w:p w14:paraId="1C5735D7" w14:textId="77777777" w:rsidR="00635102" w:rsidRDefault="005129BA" w:rsidP="00822F08">
           <w:pPr>
             <w:pStyle w:val="09enttepage2"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve">Direction des finances </w:t>
           </w:r>
           <w:r w:rsidR="00635102" w:rsidRPr="00A74986">
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:b w:val="0"/>
             </w:rPr>
             <w:t>DFIN</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="239160DE" w14:textId="77777777" w:rsidR="00635102" w:rsidRPr="0064336A" w:rsidRDefault="00635102" w:rsidP="00822F08">
+        <w:p w14:paraId="58B9357F" w14:textId="77777777" w:rsidR="00635102" w:rsidRPr="0064336A" w:rsidRDefault="00635102" w:rsidP="00822F08">
           <w:pPr>
             <w:pStyle w:val="09enttepage2"/>
             <w:rPr>
               <w:rStyle w:val="Numrodepage"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="002935AC">
             <w:rPr>
               <w:b w:val="0"/>
               <w:lang w:val="fr-FR"/>
             </w:rPr>
             <w:t xml:space="preserve">Page </w:t>
           </w:r>
           <w:r w:rsidR="00F263C6" w:rsidRPr="0064336A">
             <w:rPr>
               <w:b w:val="0"/>
               <w:lang w:val="de-DE"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidRPr="002935AC">
             <w:rPr>
               <w:b w:val="0"/>
               <w:lang w:val="fr-FR"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> PAGE </w:instrText>
           </w:r>
           <w:r w:rsidR="00F263C6" w:rsidRPr="0064336A">
             <w:rPr>
               <w:b w:val="0"/>
               <w:lang w:val="de-DE"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="00353BEB">
+          <w:r w:rsidR="003A40B3">
             <w:rPr>
               <w:b w:val="0"/>
               <w:noProof/>
               <w:lang w:val="fr-FR"/>
             </w:rPr>
             <w:t>3</w:t>
           </w:r>
           <w:r w:rsidR="00F263C6" w:rsidRPr="0064336A">
             <w:rPr>
               <w:b w:val="0"/>
               <w:lang w:val="de-DE"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
           <w:r w:rsidRPr="002935AC">
             <w:rPr>
               <w:b w:val="0"/>
               <w:lang w:val="fr-FR"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidRPr="0064336A">
             <w:rPr>
               <w:b w:val="0"/>
             </w:rPr>
@@ -2830,72 +2806,72 @@
               <w:lang w:val="fr-FR"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidR="00F263C6" w:rsidRPr="0064336A">
             <w:rPr>
               <w:b w:val="0"/>
               <w:lang w:val="de-DE"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidRPr="002935AC">
             <w:rPr>
               <w:b w:val="0"/>
               <w:lang w:val="fr-FR"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
           </w:r>
           <w:r w:rsidR="00F263C6" w:rsidRPr="0064336A">
             <w:rPr>
               <w:b w:val="0"/>
               <w:lang w:val="de-DE"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="00353BEB">
+          <w:r w:rsidR="003A40B3">
             <w:rPr>
               <w:b w:val="0"/>
               <w:noProof/>
               <w:lang w:val="fr-FR"/>
             </w:rPr>
             <w:t>3</w:t>
           </w:r>
           <w:r w:rsidR="00F263C6" w:rsidRPr="0064336A">
             <w:rPr>
               <w:b w:val="0"/>
               <w:lang w:val="de-DE"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
           <w:r>
             <w:rPr>
               <w:noProof/>
               <w:lang w:eastAsia="fr-CH"/>
             </w:rPr>
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="755DBB01" wp14:editId="27DC036F">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="25B51F77" wp14:editId="3084E15D">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>-215265</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>25400</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="116205" cy="220980"/>
                 <wp:effectExtent l="19050" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="3" name="Picture 2" descr="ecusson_seite_2_300.jpg"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="Picture 2" descr="ecusson_seite_2_300.jpg"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
@@ -2908,91 +2884,91 @@
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="116205" cy="220980"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="9525">
                           <a:noFill/>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="306AC059" w14:textId="77777777" w:rsidR="00635102" w:rsidRDefault="00635102" w:rsidP="00822F08"/>
+  <w:p w14:paraId="2408C7DA" w14:textId="77777777" w:rsidR="00635102" w:rsidRDefault="00635102" w:rsidP="00822F08"/>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9639" w:type="dxa"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="57" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5500"/>
       <w:gridCol w:w="4139"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00635102" w:rsidRPr="004A0F2D" w14:paraId="2D62DB95" w14:textId="77777777">
+    <w:tr w:rsidR="00635102" w:rsidRPr="004A0F2D" w14:paraId="46E0999B" w14:textId="77777777">
       <w:trPr>
         <w:trHeight w:val="1701"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5500" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="67E63512" w14:textId="77777777" w:rsidR="00635102" w:rsidRPr="00AA545D" w:rsidRDefault="00635102" w:rsidP="00822F08">
+        <w:p w14:paraId="7A55C440" w14:textId="77777777" w:rsidR="00635102" w:rsidRPr="00AA545D" w:rsidRDefault="00635102" w:rsidP="00822F08">
           <w:pPr>
             <w:pStyle w:val="TM1"/>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
               <w:lang w:eastAsia="fr-CH"/>
             </w:rPr>
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3E7C8CB8" wp14:editId="4B2F4F0D">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="74C66B0C" wp14:editId="7B05A963">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>-3175</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>635</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="935990" cy="795655"/>
                 <wp:effectExtent l="19050" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="Image 2" descr="logo_fr_300.jpg"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="Picture 2" descr="logo_fr_300.jpg"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
@@ -3007,194 +2983,194 @@
                           <a:ext cx="935990" cy="795655"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="9525">
                           <a:noFill/>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4139" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="058EEA9B" w14:textId="77777777" w:rsidR="00A26A28" w:rsidRPr="004C04EB" w:rsidRDefault="00A26A28" w:rsidP="00A26A28">
+        <w:p w14:paraId="4756C0F6" w14:textId="77777777" w:rsidR="00A26A28" w:rsidRPr="004C04EB" w:rsidRDefault="00A26A28" w:rsidP="00A26A28">
           <w:pPr>
             <w:pStyle w:val="01entteetbasdepage"/>
             <w:rPr>
               <w:b/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:b/>
             </w:rPr>
             <w:t>Service du personnel et d’organisation</w:t>
           </w:r>
           <w:r w:rsidRPr="00BF50CB">
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r>
             <w:t>S</w:t>
           </w:r>
           <w:r w:rsidRPr="004C04EB">
             <w:t>PO</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="56CAE179" w14:textId="77777777" w:rsidR="00A26A28" w:rsidRPr="004C04EB" w:rsidRDefault="00A26A28" w:rsidP="00A26A28">
+        <w:p w14:paraId="663584FE" w14:textId="77777777" w:rsidR="00A26A28" w:rsidRPr="004C04EB" w:rsidRDefault="00A26A28" w:rsidP="00A26A28">
           <w:pPr>
             <w:pStyle w:val="01entteetbasdepage"/>
             <w:rPr>
               <w:lang w:val="de-CH"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004C04EB">
             <w:rPr>
               <w:b/>
               <w:lang w:val="de-CH"/>
             </w:rPr>
             <w:t xml:space="preserve">Amt für Personal und Organisation </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:lang w:val="de-DE"/>
             </w:rPr>
             <w:t>POA</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="4038BC65" w14:textId="77777777" w:rsidR="00A26A28" w:rsidRPr="004C04EB" w:rsidRDefault="00A26A28" w:rsidP="00A26A28">
+        <w:p w14:paraId="2E3BE622" w14:textId="77777777" w:rsidR="00A26A28" w:rsidRPr="004C04EB" w:rsidRDefault="00A26A28" w:rsidP="00A26A28">
           <w:pPr>
             <w:pStyle w:val="01entteetbasdepage"/>
             <w:rPr>
               <w:lang w:val="de-CH"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="5BA03592" w14:textId="77777777" w:rsidR="00A26A28" w:rsidRPr="004C04EB" w:rsidRDefault="00A26A28" w:rsidP="00A26A28">
+        <w:p w14:paraId="4AF8625E" w14:textId="77777777" w:rsidR="00A26A28" w:rsidRPr="004C04EB" w:rsidRDefault="00A26A28" w:rsidP="00A26A28">
           <w:pPr>
             <w:pStyle w:val="01entteetbasdepage"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:szCs w:val="12"/>
             </w:rPr>
             <w:t>Rue Joseph-Piller 13, 1700</w:t>
           </w:r>
           <w:r w:rsidRPr="004C04EB">
             <w:rPr>
               <w:szCs w:val="12"/>
             </w:rPr>
             <w:t xml:space="preserve"> Fribourg</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="2C341BCD" w14:textId="77777777" w:rsidR="00A26A28" w:rsidRPr="004C04EB" w:rsidRDefault="00A26A28" w:rsidP="00A26A28">
+        <w:p w14:paraId="35E29CF2" w14:textId="77777777" w:rsidR="00A26A28" w:rsidRPr="004C04EB" w:rsidRDefault="00A26A28" w:rsidP="00A26A28">
           <w:pPr>
             <w:pStyle w:val="01entteetbasdepage"/>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="661B4151" w14:textId="77777777" w:rsidR="00A26A28" w:rsidRPr="00920A79" w:rsidRDefault="00A26A28" w:rsidP="00A26A28">
+        <w:p w14:paraId="51ABBFDD" w14:textId="77777777" w:rsidR="00A26A28" w:rsidRPr="00920A79" w:rsidRDefault="00A26A28" w:rsidP="00A26A28">
           <w:pPr>
             <w:pStyle w:val="01entteetbasdepage"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve">T +41 </w:t>
           </w:r>
           <w:r w:rsidRPr="00920A79">
             <w:t xml:space="preserve">26 305 </w:t>
           </w:r>
           <w:r>
             <w:t xml:space="preserve">32 52, F +41 </w:t>
           </w:r>
           <w:r w:rsidRPr="00920A79">
             <w:t xml:space="preserve">26 305 </w:t>
           </w:r>
           <w:r>
             <w:t>32 49</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="3EA5A2F5" w14:textId="77777777" w:rsidR="00A26A28" w:rsidRDefault="00A26A28" w:rsidP="00A26A28">
+        <w:p w14:paraId="44EC53DB" w14:textId="77777777" w:rsidR="00A26A28" w:rsidRDefault="00A26A28" w:rsidP="00A26A28">
           <w:pPr>
             <w:pStyle w:val="01entteetbasdepage"/>
           </w:pPr>
           <w:r>
             <w:t>www.fr.ch/spo</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="7369655F" w14:textId="77777777" w:rsidR="00635102" w:rsidRPr="002935AC" w:rsidRDefault="00635102" w:rsidP="00822F08">
+        <w:p w14:paraId="3959D8D8" w14:textId="77777777" w:rsidR="00635102" w:rsidRPr="002935AC" w:rsidRDefault="00635102" w:rsidP="00822F08">
           <w:pPr>
             <w:pStyle w:val="01entteetbasdepage"/>
             <w:rPr>
               <w:rStyle w:val="Lienhypertexte"/>
               <w:color w:val="auto"/>
               <w:u w:val="none"/>
               <w:lang w:val="fr-FR"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="448EB686" w14:textId="77777777" w:rsidR="00635102" w:rsidRDefault="00635102" w:rsidP="00822F08"/>
+  <w:p w14:paraId="31719F8F" w14:textId="77777777" w:rsidR="00635102" w:rsidRDefault="00635102" w:rsidP="00822F08"/>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:numPicBullet w:numPicBulletId="0">
     <w:pict>
       <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
         <v:stroke joinstyle="miter"/>
         <v:formulas>
           <v:f eqn="if lineDrawn pixelLineWidth 0"/>
           <v:f eqn="sum @0 1 0"/>
           <v:f eqn="sum 0 0 @1"/>
           <v:f eqn="prod @2 1 2"/>
           <v:f eqn="prod @3 21600 pixelWidth"/>
           <v:f eqn="prod @3 21600 pixelHeight"/>
           <v:f eqn="sum @0 0 1"/>
           <v:f eqn="prod @6 1 2"/>
           <v:f eqn="prod @7 21600 pixelWidth"/>
           <v:f eqn="sum @8 21600 0"/>
           <v:f eqn="prod @7 21600 pixelHeight"/>
           <v:f eqn="sum @10 21600 0"/>
         </v:formulas>
         <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
         <o:lock v:ext="edit" aspectratio="t"/>
       </v:shapetype>
-      <v:shape id="_x0000_i1035" type="#_x0000_t75" style="width:10.5pt;height:10.5pt" o:bullet="t">
+      <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:10.5pt;height:10.5pt" o:bullet="t">
         <v:imagedata r:id="rId1" o:title="ecusson"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF80"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="297CE232"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
@@ -6464,292 +6440,294 @@
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="1080"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1994213414">
+  <w:num w:numId="1" w16cid:durableId="1958174164">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1832674066">
+  <w:num w:numId="2" w16cid:durableId="1995450305">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="266036746">
+  <w:num w:numId="3" w16cid:durableId="512837574">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1889367507">
+  <w:num w:numId="4" w16cid:durableId="388504975">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1925414006">
+  <w:num w:numId="5" w16cid:durableId="718286015">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="766386628">
+  <w:num w:numId="6" w16cid:durableId="1172991433">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1525705463">
+  <w:num w:numId="7" w16cid:durableId="1903127974">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="554854772">
+  <w:num w:numId="8" w16cid:durableId="1903980054">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="916938784">
+  <w:num w:numId="9" w16cid:durableId="174811553">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="1087917729">
+  <w:num w:numId="10" w16cid:durableId="2044017381">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="1951157571">
+  <w:num w:numId="11" w16cid:durableId="1329747473">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="1792170145">
+  <w:num w:numId="12" w16cid:durableId="1767924150">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="1405568368">
+  <w:num w:numId="13" w16cid:durableId="926692716">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="77679297">
+  <w:num w:numId="14" w16cid:durableId="1752963499">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="386685069">
+  <w:num w:numId="15" w16cid:durableId="844907216">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="1344671844">
+  <w:num w:numId="16" w16cid:durableId="137263806">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="2004501041">
+  <w:num w:numId="17" w16cid:durableId="968586707">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="1142962555">
+  <w:num w:numId="18" w16cid:durableId="228999371">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="1927490683">
+  <w:num w:numId="19" w16cid:durableId="1136332968">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="20" w16cid:durableId="1164317567">
+  <w:num w:numId="20" w16cid:durableId="1347248793">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="21" w16cid:durableId="1197158116">
+  <w:num w:numId="21" w16cid:durableId="1436247002">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="22" w16cid:durableId="458647561">
+  <w:num w:numId="22" w16cid:durableId="190414356">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="23" w16cid:durableId="1781416892">
+  <w:num w:numId="23" w16cid:durableId="652760877">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="24" w16cid:durableId="657072278">
+  <w:num w:numId="24" w16cid:durableId="2084258967">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="25" w16cid:durableId="1570654618">
+  <w:num w:numId="25" w16cid:durableId="1631519286">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="26" w16cid:durableId="385178227">
+  <w:num w:numId="26" w16cid:durableId="2049063735">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="27" w16cid:durableId="1182353661">
+  <w:num w:numId="27" w16cid:durableId="550191866">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="28" w16cid:durableId="925040986">
+  <w:num w:numId="28" w16cid:durableId="245920021">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="29" w16cid:durableId="914045572">
+  <w:num w:numId="29" w16cid:durableId="981495243">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="30" w16cid:durableId="1214662220">
+  <w:num w:numId="30" w16cid:durableId="756629910">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="31" w16cid:durableId="1154754907">
+  <w:num w:numId="31" w16cid:durableId="402485037">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="32" w16cid:durableId="822743216">
+  <w:num w:numId="32" w16cid:durableId="482085826">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="33" w16cid:durableId="96600997">
+  <w:num w:numId="33" w16cid:durableId="1057320240">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="34" w16cid:durableId="677999566">
+  <w:num w:numId="34" w16cid:durableId="1127162052">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="35" w16cid:durableId="1029379905">
+  <w:num w:numId="35" w16cid:durableId="1083181608">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="36" w16cid:durableId="1191844832">
+  <w:num w:numId="36" w16cid:durableId="216475688">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="37" w16cid:durableId="855004249">
+  <w:num w:numId="37" w16cid:durableId="185942877">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="38" w16cid:durableId="2038850442">
+  <w:num w:numId="38" w16cid:durableId="1951203950">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="39" w16cid:durableId="819003653">
+  <w:num w:numId="39" w16cid:durableId="342899766">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="40" w16cid:durableId="1466047381">
+  <w:num w:numId="40" w16cid:durableId="1266617110">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="41" w16cid:durableId="731271937">
+  <w:num w:numId="41" w16cid:durableId="2066877356">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="42" w16cid:durableId="1173423278">
+  <w:num w:numId="42" w16cid:durableId="1192842129">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="43" w16cid:durableId="1113135480">
+  <w:num w:numId="43" w16cid:durableId="1000622108">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="44" w16cid:durableId="1732994218">
+  <w:num w:numId="44" w16cid:durableId="1179002615">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="5"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="188"/>
+  <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="1021" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:documentProtection w:edit="forms" w:enforcement="1"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00DD4D00"/>
+    <w:rsidRoot w:val="00EE1C82"/>
     <w:rsid w:val="000121E8"/>
     <w:rsid w:val="00023286"/>
     <w:rsid w:val="00023A1E"/>
     <w:rsid w:val="0003640B"/>
     <w:rsid w:val="00036A2B"/>
     <w:rsid w:val="00037D06"/>
     <w:rsid w:val="000435ED"/>
     <w:rsid w:val="000527A7"/>
     <w:rsid w:val="00057097"/>
     <w:rsid w:val="000647F8"/>
+    <w:rsid w:val="00070C2A"/>
     <w:rsid w:val="0007491C"/>
     <w:rsid w:val="00090CFB"/>
     <w:rsid w:val="000939ED"/>
     <w:rsid w:val="0009687E"/>
     <w:rsid w:val="00097A55"/>
+    <w:rsid w:val="000B55F2"/>
     <w:rsid w:val="000B74A1"/>
     <w:rsid w:val="000C3893"/>
     <w:rsid w:val="000C4227"/>
     <w:rsid w:val="000C4545"/>
     <w:rsid w:val="000C717D"/>
     <w:rsid w:val="000D0AC2"/>
     <w:rsid w:val="000D199E"/>
     <w:rsid w:val="000D70F3"/>
     <w:rsid w:val="000E75BE"/>
     <w:rsid w:val="000F6086"/>
     <w:rsid w:val="001209A8"/>
     <w:rsid w:val="001213B2"/>
     <w:rsid w:val="00126750"/>
     <w:rsid w:val="00140BAE"/>
     <w:rsid w:val="00142131"/>
     <w:rsid w:val="001546FC"/>
     <w:rsid w:val="00164E0E"/>
     <w:rsid w:val="001707C0"/>
     <w:rsid w:val="001717CE"/>
     <w:rsid w:val="001806FD"/>
     <w:rsid w:val="0019170A"/>
     <w:rsid w:val="001B3BB1"/>
+    <w:rsid w:val="001B5F27"/>
     <w:rsid w:val="001D3257"/>
     <w:rsid w:val="001F2AD5"/>
     <w:rsid w:val="001F66C0"/>
     <w:rsid w:val="00200316"/>
     <w:rsid w:val="002024FB"/>
     <w:rsid w:val="0020539C"/>
     <w:rsid w:val="0021138F"/>
     <w:rsid w:val="00220F1C"/>
     <w:rsid w:val="00222D0D"/>
     <w:rsid w:val="002268DA"/>
     <w:rsid w:val="002322C5"/>
     <w:rsid w:val="00235E26"/>
     <w:rsid w:val="00237BC6"/>
     <w:rsid w:val="00240EBC"/>
     <w:rsid w:val="002526DD"/>
     <w:rsid w:val="002708DE"/>
     <w:rsid w:val="002815CF"/>
     <w:rsid w:val="00284BDA"/>
     <w:rsid w:val="002935AC"/>
     <w:rsid w:val="002A372A"/>
     <w:rsid w:val="002C3631"/>
     <w:rsid w:val="002E05B5"/>
     <w:rsid w:val="002E0C89"/>
     <w:rsid w:val="002E61CA"/>
     <w:rsid w:val="002F309B"/>
     <w:rsid w:val="002F3888"/>
     <w:rsid w:val="002F7611"/>
     <w:rsid w:val="002F7A28"/>
     <w:rsid w:val="00304C61"/>
     <w:rsid w:val="00311CE8"/>
     <w:rsid w:val="003161CA"/>
     <w:rsid w:val="0033677B"/>
     <w:rsid w:val="00351A4C"/>
-    <w:rsid w:val="00353BEB"/>
     <w:rsid w:val="00355084"/>
     <w:rsid w:val="003610A2"/>
     <w:rsid w:val="003621BF"/>
     <w:rsid w:val="003852DD"/>
     <w:rsid w:val="003861FD"/>
     <w:rsid w:val="0038740B"/>
     <w:rsid w:val="00396E9E"/>
     <w:rsid w:val="00397C9B"/>
     <w:rsid w:val="003A0242"/>
     <w:rsid w:val="003A1567"/>
     <w:rsid w:val="003A40B3"/>
     <w:rsid w:val="003A5DB1"/>
     <w:rsid w:val="003A6FEA"/>
     <w:rsid w:val="003B05B8"/>
     <w:rsid w:val="003C49FB"/>
     <w:rsid w:val="003C6FC8"/>
     <w:rsid w:val="003E718B"/>
     <w:rsid w:val="003F60B8"/>
     <w:rsid w:val="003F6291"/>
     <w:rsid w:val="004024F9"/>
     <w:rsid w:val="004034DA"/>
     <w:rsid w:val="00410377"/>
     <w:rsid w:val="00413F4A"/>
     <w:rsid w:val="00450169"/>
     <w:rsid w:val="0045663B"/>
@@ -6823,50 +6801,51 @@
     <w:rsid w:val="00792150"/>
     <w:rsid w:val="0079296C"/>
     <w:rsid w:val="00796D21"/>
     <w:rsid w:val="007A5208"/>
     <w:rsid w:val="007A5B04"/>
     <w:rsid w:val="007A693D"/>
     <w:rsid w:val="007B4BAE"/>
     <w:rsid w:val="007C2E75"/>
     <w:rsid w:val="007D7134"/>
     <w:rsid w:val="007D76E1"/>
     <w:rsid w:val="007D7836"/>
     <w:rsid w:val="007E76B5"/>
     <w:rsid w:val="007F2668"/>
     <w:rsid w:val="0080132D"/>
     <w:rsid w:val="00815A27"/>
     <w:rsid w:val="0082120F"/>
     <w:rsid w:val="00822F08"/>
     <w:rsid w:val="00825A77"/>
     <w:rsid w:val="00825FAD"/>
     <w:rsid w:val="00830D66"/>
     <w:rsid w:val="008464DC"/>
     <w:rsid w:val="0084683F"/>
     <w:rsid w:val="008605B1"/>
     <w:rsid w:val="00860E90"/>
     <w:rsid w:val="00885A72"/>
+    <w:rsid w:val="00896127"/>
     <w:rsid w:val="008A3C53"/>
     <w:rsid w:val="008B2CD3"/>
     <w:rsid w:val="008B6206"/>
     <w:rsid w:val="008C7806"/>
     <w:rsid w:val="008E16E7"/>
     <w:rsid w:val="008E598C"/>
     <w:rsid w:val="008E5CC1"/>
     <w:rsid w:val="008F48B3"/>
     <w:rsid w:val="00900671"/>
     <w:rsid w:val="009142C7"/>
     <w:rsid w:val="00924A45"/>
     <w:rsid w:val="00951A71"/>
     <w:rsid w:val="00952783"/>
     <w:rsid w:val="009528C6"/>
     <w:rsid w:val="00957906"/>
     <w:rsid w:val="00961742"/>
     <w:rsid w:val="009808EA"/>
     <w:rsid w:val="0098423B"/>
     <w:rsid w:val="00990F4F"/>
     <w:rsid w:val="00995D8A"/>
     <w:rsid w:val="00996E8B"/>
     <w:rsid w:val="009A4E82"/>
     <w:rsid w:val="009B0BB6"/>
     <w:rsid w:val="009B4094"/>
     <w:rsid w:val="009B545A"/>
@@ -6914,119 +6893,119 @@
     <w:rsid w:val="00BD42DB"/>
     <w:rsid w:val="00BE1339"/>
     <w:rsid w:val="00BE2943"/>
     <w:rsid w:val="00BE7730"/>
     <w:rsid w:val="00BF368B"/>
     <w:rsid w:val="00BF3C2A"/>
     <w:rsid w:val="00BF4CF9"/>
     <w:rsid w:val="00BF7BEE"/>
     <w:rsid w:val="00C03476"/>
     <w:rsid w:val="00C358AF"/>
     <w:rsid w:val="00C40316"/>
     <w:rsid w:val="00C56D53"/>
     <w:rsid w:val="00C574BD"/>
     <w:rsid w:val="00C72084"/>
     <w:rsid w:val="00C7471C"/>
     <w:rsid w:val="00C802F3"/>
     <w:rsid w:val="00C93436"/>
     <w:rsid w:val="00C9396A"/>
     <w:rsid w:val="00C95163"/>
     <w:rsid w:val="00CB5B30"/>
     <w:rsid w:val="00CB5D62"/>
     <w:rsid w:val="00CD26B6"/>
     <w:rsid w:val="00D00051"/>
     <w:rsid w:val="00D12D05"/>
     <w:rsid w:val="00D24D97"/>
-    <w:rsid w:val="00D36A81"/>
     <w:rsid w:val="00D42F15"/>
     <w:rsid w:val="00D44D42"/>
     <w:rsid w:val="00D502C7"/>
-    <w:rsid w:val="00D73114"/>
     <w:rsid w:val="00D9454B"/>
     <w:rsid w:val="00DB2EE2"/>
     <w:rsid w:val="00DB4112"/>
     <w:rsid w:val="00DC1335"/>
     <w:rsid w:val="00DD4D00"/>
     <w:rsid w:val="00DF0229"/>
     <w:rsid w:val="00DF69E0"/>
     <w:rsid w:val="00E15ECB"/>
     <w:rsid w:val="00E21BA0"/>
     <w:rsid w:val="00E35056"/>
     <w:rsid w:val="00E438E0"/>
     <w:rsid w:val="00E46BC2"/>
     <w:rsid w:val="00E6678C"/>
     <w:rsid w:val="00E87E8F"/>
     <w:rsid w:val="00E96849"/>
     <w:rsid w:val="00E96FC0"/>
     <w:rsid w:val="00E977E7"/>
     <w:rsid w:val="00EB69C1"/>
     <w:rsid w:val="00EE1C7D"/>
+    <w:rsid w:val="00EE1C82"/>
     <w:rsid w:val="00F03672"/>
     <w:rsid w:val="00F11A7E"/>
     <w:rsid w:val="00F263C6"/>
     <w:rsid w:val="00F4242B"/>
     <w:rsid w:val="00F54F17"/>
     <w:rsid w:val="00F569B1"/>
     <w:rsid w:val="00F73DBB"/>
     <w:rsid w:val="00F76BBE"/>
     <w:rsid w:val="00F86652"/>
     <w:rsid w:val="00FA75A4"/>
     <w:rsid w:val="00FC072E"/>
+    <w:rsid w:val="00FD1D6C"/>
     <w:rsid w:val="00FD7A9A"/>
     <w:rsid w:val="00FE2D37"/>
     <w:rsid w:val="00FE3639"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
+  <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="098FF9FC"/>
-  <w15:docId w15:val="{B13BA44D-837D-4A7B-84BA-3DAAB4BF98E9}"/>
+  <w14:docId w14:val="6F6D51EC"/>
+  <w15:docId w15:val="{CDE0DF9B-322A-4F3E-A781-AEFFEE4FBFFB}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
         <w:lang w:val="fr-CH" w:eastAsia="fr-CH" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8272,51 +8251,51 @@
     <w:pPr>
       <w:spacing w:line="220" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="06btexteprincipalsansespacebloc">
     <w:name w:val="06b_texte_principal_sans_espace_bloc"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00952783"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="271018347">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="465777187">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -8926,355 +8905,357 @@
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/numbering.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
+<file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\HedstroemJ\Desktop\DPO_fr_FORM_demande-transformation-transfert-postes_02.02.26.dotx" TargetMode="External"/></Relationships>
+</file>
+
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="155D92CD6442419C9F717C659A394B9A"/>
+        <w:name w:val="D2FD95D189514899BB93022CEE640A37"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{54B60A3F-5177-4303-A2E7-536EE83D9645}"/>
+        <w:guid w:val="{AE609750-BF77-4A1E-8A37-ABC0643F5CEB}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00D4152E" w:rsidRDefault="00D505E8" w:rsidP="00D505E8">
+        <w:p w:rsidR="00000000" w:rsidRDefault="00000000">
           <w:pPr>
-            <w:pStyle w:val="155D92CD6442419C9F717C659A394B9A1"/>
+            <w:pStyle w:val="D2FD95D189514899BB93022CEE640A37"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00DB591E">
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+            </w:rPr>
+            <w:t>Cliquez ici pour entrer une date.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="91895E38B4784B5FA899ABD65FB36DF1"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{36CB7545-600E-490B-BF85-6BB29F7C2A0E}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00000000">
+          <w:pPr>
+            <w:pStyle w:val="91895E38B4784B5FA899ABD65FB36DF1"/>
           </w:pPr>
           <w:r w:rsidRPr="00644F5E">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ici pour taper du texte.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="D874F0D9790A438FAC111D699297A86A"/>
+        <w:name w:val="554546EB519B48EDAF73A226E6D0D873"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{F4B91E79-3638-42BB-BD54-1D490942C092}"/>
+        <w:guid w:val="{1C1B40B0-E202-4ACE-A010-2779CE7E34DF}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00DC7F81" w:rsidRDefault="00D505E8" w:rsidP="00D505E8">
+        <w:p w:rsidR="00000000" w:rsidRDefault="00000000">
           <w:pPr>
-            <w:pStyle w:val="D874F0D9790A438FAC111D699297A86A"/>
-[...28 lines deleted...]
-            <w:pStyle w:val="59F1C95684B6414C9EA04531BFC685FD"/>
+            <w:pStyle w:val="554546EB519B48EDAF73A226E6D0D873"/>
           </w:pPr>
           <w:r w:rsidRPr="00644F5E">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ici pour taper du texte.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="12C585A128AF4E12BBCF8464932EF853"/>
+        <w:name w:val="BD90197A9B254878A01F215D098C4177"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{31389B17-7AF8-43D1-94CF-411CF2B23BFC}"/>
+        <w:guid w:val="{9DDA5085-F739-4714-BBDF-7059D2B32C4C}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00DC7F81" w:rsidRDefault="00D505E8" w:rsidP="00D505E8">
+        <w:p w:rsidR="00000000" w:rsidRDefault="00000000">
           <w:pPr>
-            <w:pStyle w:val="12C585A128AF4E12BBCF8464932EF853"/>
+            <w:pStyle w:val="BD90197A9B254878A01F215D098C4177"/>
           </w:pPr>
           <w:r w:rsidRPr="00644F5E">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ici pour taper du texte.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="54ABB31341B5495C984371E0822E363E"/>
+        <w:name w:val="65630B9583DB4152A7B3CEE96D7C8418"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{AF883F83-CAF4-47AA-96A4-1065B672CF36}"/>
+        <w:guid w:val="{997EEB1B-62D1-4F7A-B4D9-2C3F126D6DCD}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00DC7F81" w:rsidRDefault="00D505E8" w:rsidP="00D505E8">
+        <w:p w:rsidR="00000000" w:rsidRDefault="00000000">
           <w:pPr>
-            <w:pStyle w:val="54ABB31341B5495C984371E0822E363E"/>
+            <w:pStyle w:val="65630B9583DB4152A7B3CEE96D7C8418"/>
           </w:pPr>
           <w:r w:rsidRPr="00644F5E">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ici pour taper du texte.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="5A8EF9E18CE147CB91C8F94C3AFA94D5"/>
+        <w:name w:val="3973014750A5400881D98F31A0616B54"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{DE602079-FFE7-40E1-BBFF-FBA2757BF56E}"/>
+        <w:guid w:val="{5DAB41DD-7740-4DBE-8217-B8A94C620221}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00DC7F81" w:rsidRDefault="00D505E8" w:rsidP="00D505E8">
+        <w:p w:rsidR="00000000" w:rsidRDefault="00000000">
           <w:pPr>
-            <w:pStyle w:val="5A8EF9E18CE147CB91C8F94C3AFA94D5"/>
-[...30 lines deleted...]
-            <w:pStyle w:val="6DE98205C589417090F2B0B76B9A145B"/>
+            <w:pStyle w:val="3973014750A5400881D98F31A0616B54"/>
           </w:pPr>
           <w:r w:rsidRPr="00644F5E">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ici pour taper du texte.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="14BD3CB210A543AF872525D6260E1D7F"/>
+        <w:name w:val="0BBA8AA3321841EC91C90CB89A49FB44"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{2EA50162-7150-4949-BB9D-FBBED1C9D9F4}"/>
+        <w:guid w:val="{05303D33-0521-446D-A796-553848CA0F0C}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00DC7F81" w:rsidRDefault="00D505E8" w:rsidP="00D505E8">
+        <w:p w:rsidR="00000000" w:rsidRDefault="00000000">
           <w:pPr>
-            <w:pStyle w:val="14BD3CB210A543AF872525D6260E1D7F"/>
+            <w:pStyle w:val="0BBA8AA3321841EC91C90CB89A49FB44"/>
           </w:pPr>
           <w:r w:rsidRPr="00644F5E">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ici pour taper du texte.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="2B872D0CD46743BD8FC89CF06275633E"/>
+        <w:name w:val="456C8131521E43A3804528CF7338EF7B"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{EFAE7162-4158-4CD0-8359-AD4FF8E3EE52}"/>
+        <w:guid w:val="{647E1F7F-A5C3-44EC-8684-B7DE4B94FA99}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00DC7F81" w:rsidRDefault="00D505E8" w:rsidP="00D505E8">
+        <w:p w:rsidR="00000000" w:rsidRDefault="00000000">
           <w:pPr>
-            <w:pStyle w:val="2B872D0CD46743BD8FC89CF06275633E"/>
+            <w:pStyle w:val="456C8131521E43A3804528CF7338EF7B"/>
           </w:pPr>
           <w:r w:rsidRPr="00644F5E">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ici pour taper du texte.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="B9E156524B3A46E39477B7428A2A3E20"/>
+        <w:name w:val="F645021C1B2D4F13B26B0598130DCB67"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{6C24D282-C1DA-4D40-A070-44A3F28FA876}"/>
+        <w:guid w:val="{E48DC801-F433-4665-A9FF-8243934D71C8}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00DC7F81" w:rsidRDefault="00D505E8" w:rsidP="00D505E8">
+        <w:p w:rsidR="00000000" w:rsidRDefault="00000000">
           <w:pPr>
-            <w:pStyle w:val="B9E156524B3A46E39477B7428A2A3E20"/>
+            <w:pStyle w:val="F645021C1B2D4F13B26B0598130DCB67"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00644F5E">
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+            </w:rPr>
+            <w:t>Cliquez ici pour taper du texte.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="1E67B4D85E224053900BB51D42537DE2"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{F15DFA7F-2B41-4966-9560-688FEE27206B}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00000000">
+          <w:pPr>
+            <w:pStyle w:val="1E67B4D85E224053900BB51D42537DE2"/>
           </w:pPr>
           <w:r w:rsidRPr="00DB591E">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ici pour entrer une date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -9285,130 +9266,132 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="002F41D9"/>
-[...8 lines deleted...]
-    <w:rsid w:val="00DC7F81"/>
+    <w:rsidRoot w:val="004631B1"/>
+    <w:rsid w:val="001B5F27"/>
+    <w:rsid w:val="004631B1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:decimalSymbol w:val="."/>
+  <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-        <w:sz w:val="22"/>
-        <w:szCs w:val="22"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
         <w:lang w:val="fr-CH" w:eastAsia="fr-CH" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -9523,51 +9506,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -9782,191 +9765,91 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Aucuneliste">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Textedelespacerserv">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00D505E8"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D874F0D9790A438FAC111D699297A86A">
-[...10 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D2FD95D189514899BB93022CEE640A37">
+    <w:name w:val="D2FD95D189514899BB93022CEE640A37"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="59F1C95684B6414C9EA04531BFC685FD">
-[...10 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="91895E38B4784B5FA899ABD65FB36DF1">
+    <w:name w:val="91895E38B4784B5FA899ABD65FB36DF1"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="12C585A128AF4E12BBCF8464932EF853">
-[...10 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="554546EB519B48EDAF73A226E6D0D873">
+    <w:name w:val="554546EB519B48EDAF73A226E6D0D873"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="54ABB31341B5495C984371E0822E363E">
-[...10 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BD90197A9B254878A01F215D098C4177">
+    <w:name w:val="BD90197A9B254878A01F215D098C4177"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="155D92CD6442419C9F717C659A394B9A1">
-[...10 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="65630B9583DB4152A7B3CEE96D7C8418">
+    <w:name w:val="65630B9583DB4152A7B3CEE96D7C8418"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5A8EF9E18CE147CB91C8F94C3AFA94D5">
-[...10 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3973014750A5400881D98F31A0616B54">
+    <w:name w:val="3973014750A5400881D98F31A0616B54"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6DE98205C589417090F2B0B76B9A145B">
-[...10 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0BBA8AA3321841EC91C90CB89A49FB44">
+    <w:name w:val="0BBA8AA3321841EC91C90CB89A49FB44"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="14BD3CB210A543AF872525D6260E1D7F">
-[...10 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="456C8131521E43A3804528CF7338EF7B">
+    <w:name w:val="456C8131521E43A3804528CF7338EF7B"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2B872D0CD46743BD8FC89CF06275633E">
-[...10 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F645021C1B2D4F13B26B0598130DCB67">
+    <w:name w:val="F645021C1B2D4F13B26B0598130DCB67"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B9E156524B3A46E39477B7428A2A3E20">
-[...10 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1E67B4D85E224053900BB51D42537DE2">
+    <w:name w:val="1E67B4D85E224053900BB51D42537DE2"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -10218,80 +10101,80 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4F3AB62C-C774-4A1E-95B3-57F2117E1FAE}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A9375604-6FDA-4F92-B402-707C32AC1E68}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>DPO_fr_FORM_demande-transformation-transfert-postes_02.02.26</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>357</Words>
-  <Characters>1968</Characters>
+  <Words>368</Words>
+  <Characters>1922</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>16</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>82</Lines>
+  <Paragraphs>63</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Général_portrait</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>MACMAC Media SA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2321</CharactersWithSpaces>
+  <CharactersWithSpaces>2252</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Général_portrait</dc:title>
-  <dc:creator>Olivier Cohu</dc:creator>
+  <dc:creator>Hedström Julia</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>