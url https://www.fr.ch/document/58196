--- v0 (2025-12-05)
+++ v1 (2026-02-14)
@@ -7,58 +7,58 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/activeX/activeX1.xml" ContentType="application/vnd.ms-office.activeX+xml"/>
   <Override PartName="/xl/activeX/activeX1.bin" ContentType="application/vnd.ms-office.activeX"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28129"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://etatfr-my.sharepoint.com/personal/marion_bongard_fr_ch/Documents/Bureau/Site Internet - janvier 2025/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\bongardm\Desktop\Site Internet - janvier 2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="2" documentId="13_ncr:1_{48B58670-870B-446A-A32A-4C3A52C54675}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{5FBE1959-AA73-461F-AE19-248A717FF977}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A85589B5-CD3C-4E63-AF59-E783359E99A5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <workbookProtection lockStructure="1"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Paramètres" sheetId="1" state="hidden" r:id="rId1"/>
     <sheet name="INTRANET" sheetId="5" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="1">INTRANET!$A$1:$E$40</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
@@ -3186,55 +3186,55 @@
         <v>3</v>
       </c>
       <c r="B5" s="24" t="s">
         <v>44</v>
       </c>
       <c r="D5" s="24" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="6" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A6" s="4" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="24" t="s">
         <v>10</v>
       </c>
       <c r="D6" s="24" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="7" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A7" s="4" t="s">
         <v>6</v>
       </c>
       <c r="B7" s="76">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="D7" s="24">
         <f>B7</f>
-        <v>2024</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="8" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A8" s="4" t="s">
         <v>51</v>
       </c>
       <c r="B8" s="24" t="s">
         <v>52</v>
       </c>
       <c r="D8" s="24" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="9" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A9" s="25" t="s">
         <v>55</v>
       </c>
       <c r="B9" s="24" t="s">
         <v>57</v>
       </c>
       <c r="D9" s="24" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="10" spans="1:10" x14ac:dyDescent="0.2">
@@ -3439,117 +3439,117 @@
     </row>
     <row r="30" spans="1:4" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A30" s="25" t="s">
         <v>20</v>
       </c>
       <c r="B30" s="24" t="s">
         <v>84</v>
       </c>
       <c r="D30" s="24" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="33" spans="1:4" ht="18" x14ac:dyDescent="0.2">
       <c r="A33" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="34" spans="1:4" x14ac:dyDescent="0.2">
       <c r="B34" s="2"/>
     </row>
     <row r="35" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A35" s="25" t="s">
         <v>23</v>
       </c>
       <c r="B35" s="61">
-        <v>45658</v>
+        <v>46023</v>
       </c>
       <c r="C35" s="62">
-        <v>45747</v>
+        <v>46112</v>
       </c>
       <c r="D35" s="35">
         <v>30</v>
       </c>
     </row>
     <row r="36" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A36" s="25" t="s">
         <v>24</v>
       </c>
       <c r="B36" s="60">
         <f>C35+1</f>
-        <v>45748</v>
+        <v>46113</v>
       </c>
       <c r="C36" s="61">
-        <v>45838</v>
+        <v>46203</v>
       </c>
       <c r="D36" s="35">
         <f>$D$35</f>
         <v>30</v>
       </c>
     </row>
     <row r="37" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A37" s="25" t="s">
         <v>25</v>
       </c>
       <c r="B37" s="60">
         <f t="shared" ref="B37:B39" si="1">C36+1</f>
-        <v>45839</v>
+        <v>46204</v>
       </c>
       <c r="C37" s="61">
-        <v>45900</v>
+        <v>46265</v>
       </c>
       <c r="D37" s="35">
         <f t="shared" ref="D37:D39" si="2">$D$35</f>
         <v>30</v>
       </c>
     </row>
     <row r="38" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A38" s="25" t="s">
         <v>26</v>
       </c>
       <c r="B38" s="60">
         <f t="shared" si="1"/>
-        <v>45901</v>
+        <v>46266</v>
       </c>
       <c r="C38" s="61">
-        <v>45961</v>
+        <v>46326</v>
       </c>
       <c r="D38" s="35">
         <f t="shared" si="2"/>
         <v>30</v>
       </c>
     </row>
     <row r="39" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A39" s="25" t="s">
         <v>27</v>
       </c>
       <c r="B39" s="60">
         <f t="shared" si="1"/>
-        <v>45962</v>
+        <v>46327</v>
       </c>
       <c r="C39" s="61">
-        <v>46006</v>
+        <v>46371</v>
       </c>
       <c r="D39" s="35">
         <f t="shared" si="2"/>
         <v>30</v>
       </c>
     </row>
     <row r="40" spans="1:4" x14ac:dyDescent="0.2">
       <c r="B40" s="9"/>
     </row>
     <row r="41" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A41" s="25" t="s">
         <v>28</v>
       </c>
       <c r="B41" s="39">
         <v>20</v>
       </c>
     </row>
     <row r="43" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A43" s="10"/>
     </row>
     <row r="44" spans="1:4" ht="18" x14ac:dyDescent="0.2">
       <c r="A44" s="6" t="s">
         <v>5</v>
       </c>
     </row>
@@ -3607,80 +3607,80 @@
         <v>32</v>
       </c>
       <c r="D53" s="40" t="s">
         <v>33</v>
       </c>
       <c r="E53" s="40" t="s">
         <v>34</v>
       </c>
       <c r="F53" s="40" t="s">
         <v>35</v>
       </c>
       <c r="G53" s="40" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="54" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A54">
         <v>0</v>
       </c>
       <c r="B54" s="55">
         <f>INTRANET!E20</f>
         <v>20</v>
       </c>
       <c r="C54" s="56">
         <f>INTRANET!E18</f>
-        <v>45747</v>
+        <v>46112</v>
       </c>
       <c r="D54" s="57">
         <f>IF(B54&gt;=$B$41,IF(AND(C54&gt;=B35,C54&lt;=C35),D35,IF(AND(C54&gt;=B36,C54&lt;=C36),D36,IF(AND(C54&gt;=B37,C54&lt;=C37),D37,IF(AND(C54&gt;=B38,C54&lt;=C38),D38,IF(AND(C54&gt;=B39,C54&lt;=C39),D39))))),"")</f>
         <v>30</v>
       </c>
       <c r="E54" s="56">
         <f>IF(AND(C54=FALSE,D54=FALSE),FALSE,IF(B54&gt;=$B$41,C54+D54,""))</f>
-        <v>45777</v>
+        <v>46142</v>
       </c>
       <c r="F54" s="56">
         <f>IF(B54&gt;=$B$41,IF(AND(E54&gt;=B36,E54&lt;=C36),C36,IF(AND(E54&gt;=B37,E54&lt;=C37),C37,IF(AND(E54&gt;=B38,E54&lt;=C38),C38,IF(AND(E54&gt;=B39,E54&lt;=C39),C39)))),"")</f>
-        <v>45838</v>
+        <v>46203</v>
       </c>
       <c r="G54" s="55">
         <f>IF(B54&gt;=$B$41,B54-$B$41,B54)</f>
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A55">
         <v>1</v>
       </c>
       <c r="B55" s="58">
         <f>IF(AND(G54&gt;0,F54&lt;&gt;FALSE),G54,IF(AND(B54=$B$41,F54&lt;&gt;FALSE),0,B54))</f>
         <v>0</v>
       </c>
       <c r="C55" s="56">
         <f>F54</f>
-        <v>45838</v>
+        <v>46203</v>
       </c>
       <c r="D55" s="57" t="str">
         <f>IF(B55&gt;=$B$41,IF(AND(C55&gt;=B36,C55&lt;=C36),D36,IF(AND(C55&gt;=B37,C55&lt;=C37),D37,IF(AND(C55&gt;=B38,C55&lt;=C38),D38,IF(AND(C55&gt;=B39,C55&lt;=C39),D39)))),"")</f>
         <v/>
       </c>
       <c r="E55" s="56" t="str">
         <f>IF(AND(C55=FALSE,D55=FALSE),FALSE,IF(B55&gt;=$B$41,C55+D55,""))</f>
         <v/>
       </c>
       <c r="F55" s="56" t="str">
         <f>IF(B55&gt;=$B$41,IF(AND(E55&gt;=B37,E55&lt;=C37),C37,IF(AND(E55&gt;=B38,E55&lt;=C38),C38,IF(AND(E55&gt;=B39,E55&lt;=C39),C39))),"")</f>
         <v/>
       </c>
       <c r="G55" s="55">
         <f>IF(B55&gt;=$B$41,B55-$B$41,0)</f>
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A56">
         <v>2</v>
       </c>
       <c r="B56" s="58">
         <f t="shared" ref="B56:B58" si="3">IF(AND(G55&gt;0,F55&lt;&gt;FALSE),G55,IF(AND(B55=$B$41,F55&lt;&gt;FALSE),0,B55))</f>
         <v>0</v>
@@ -3776,51 +3776,51 @@
   </sheetPr>
   <dimension ref="A1:H53"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" showRuler="0" view="pageLayout" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <selection activeCell="E18" sqref="E18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="21.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="12.42578125" style="12" customWidth="1"/>
     <col min="2" max="5" width="20.42578125" style="12" customWidth="1"/>
     <col min="6" max="6" width="0.28515625" style="12" customWidth="1"/>
     <col min="7" max="16384" width="11.42578125" style="12"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="57.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="88" t="str">
         <f>IF(Paramètres!$E$1=TRUE,Paramètres!D5,Paramètres!B5)</f>
         <v>Prolongation du délai pour le dépôt de la déclaration d'impôt</v>
       </c>
       <c r="B1" s="88"/>
       <c r="C1" s="88"/>
       <c r="D1" s="88"/>
       <c r="E1" s="36">
         <f>IF(Paramètres!$E$1=TRUE,Paramètres!D7,Paramètres!B7)</f>
-        <v>2024</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="2" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="86" t="str">
         <f>IF(Paramètres!$E$1=TRUE,Paramètres!D6,Paramètres!B6)</f>
         <v>Personnes physiques</v>
       </c>
       <c r="B2" s="86"/>
       <c r="C2" s="79"/>
       <c r="D2" s="16"/>
       <c r="E2" s="71" t="str">
         <f>IF(Paramètres!$E$1=TRUE,Paramètres!D8,Paramètres!B8)</f>
         <v>Deutsch</v>
       </c>
     </row>
     <row r="3" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="52" t="s">
         <v>7</v>
       </c>
       <c r="B3" s="37"/>
       <c r="C3" s="37"/>
       <c r="D3" s="38"/>
       <c r="E3" s="38"/>
     </row>
     <row r="4" spans="1:8" s="42" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
@@ -3943,51 +3943,51 @@
       <c r="A16" s="44"/>
       <c r="B16" s="45"/>
       <c r="C16" s="45"/>
       <c r="D16" s="45"/>
       <c r="E16" s="45"/>
     </row>
     <row r="17" spans="1:5" s="43" customFormat="1" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A17" s="46" t="str">
         <f>IF(E18&lt;0,Paramètres!B46,"")</f>
         <v/>
       </c>
       <c r="B17" s="47"/>
       <c r="C17" s="47"/>
       <c r="D17" s="47"/>
     </row>
     <row r="18" spans="1:5" s="43" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A18" s="47" t="str">
         <f>IF(Paramètres!$E$1=TRUE,Paramètres!D22,Paramètres!B22)</f>
         <v>Votre délai actuel* (JJ.MM.AAAA)</v>
       </c>
       <c r="D18" s="82" t="str">
         <f>IF(OR(Paramètres!F54=FALSE,E18&gt;(Paramètres!C39-Paramètres!D39)),IF(Paramètres!$E$1=TRUE,Paramètres!D47,Paramètres!B47),"")</f>
         <v/>
       </c>
       <c r="E18" s="48">
-        <v>45747</v>
+        <v>46112</v>
       </c>
     </row>
     <row r="19" spans="1:5" s="43" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A19" s="49"/>
       <c r="E19" s="49"/>
     </row>
     <row r="20" spans="1:5" s="49" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A20" s="47" t="str">
         <f>IF(Paramètres!$E$1=TRUE,Paramètres!D23,Paramètres!B23)</f>
         <v>Montant du paiement (en fr.)</v>
       </c>
       <c r="B20" s="43"/>
       <c r="C20" s="43"/>
       <c r="D20" s="82" t="str">
         <f>IF(Paramètres!F54=FALSE,IF(Paramètres!B54&lt;Paramètres!B41,IF(Paramètres!$E$1=TRUE,Paramètres!D46,Paramètres!B46),""),IF(Paramètres!B54&lt;Paramètres!B41,IF(Paramètres!$E$1=TRUE,Paramètres!D46,Paramètres!B46),""))</f>
         <v/>
       </c>
       <c r="E20" s="50">
         <v>20</v>
       </c>
     </row>
     <row r="21" spans="1:5" s="43" customFormat="1" ht="15" x14ac:dyDescent="0.2">
       <c r="A21" s="46"/>
       <c r="B21" s="47"/>
       <c r="C21" s="47"/>
@@ -4003,51 +4003,51 @@
     </row>
     <row r="23" spans="1:5" ht="15" x14ac:dyDescent="0.2">
       <c r="A23" s="17"/>
       <c r="B23" s="18"/>
       <c r="C23" s="18"/>
       <c r="D23" s="18"/>
       <c r="E23" s="18"/>
     </row>
     <row r="24" spans="1:5" ht="15" x14ac:dyDescent="0.2">
       <c r="A24" s="28"/>
       <c r="B24" s="29"/>
       <c r="C24" s="29"/>
       <c r="D24" s="29"/>
       <c r="E24" s="29"/>
     </row>
     <row r="25" spans="1:5" ht="20.25" x14ac:dyDescent="0.2">
       <c r="A25" s="54" t="str">
         <f>IF(Paramètres!$E$1=TRUE,Paramètres!D24,Paramètres!B24)</f>
         <v>Nouveau délai</v>
       </c>
       <c r="B25" s="83"/>
       <c r="C25" s="83"/>
       <c r="D25" s="52"/>
       <c r="E25" s="80">
         <f>IF(AND(D20="",D18=""),MAX(Paramètres!F54:F58),"-")</f>
-        <v>45838</v>
+        <v>46203</v>
       </c>
     </row>
     <row r="26" spans="1:5" s="52" customFormat="1" ht="20.25" x14ac:dyDescent="0.2">
       <c r="A26" s="47" t="str">
         <f>IF(Paramètres!C39=E25,IF(Paramètres!$E$1=TRUE,Paramètres!D48,Paramètres!B48),"")</f>
         <v/>
       </c>
       <c r="B26" s="12"/>
       <c r="C26" s="12"/>
       <c r="D26" s="29"/>
       <c r="E26" s="12"/>
     </row>
     <row r="27" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A27" s="20"/>
       <c r="B27" s="21"/>
       <c r="C27" s="21"/>
       <c r="D27" s="22"/>
       <c r="E27" s="23"/>
     </row>
     <row r="28" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A28" s="30"/>
       <c r="B28" s="31"/>
       <c r="C28" s="31"/>
       <c r="D28" s="32"/>
       <c r="E28" s="33"/>