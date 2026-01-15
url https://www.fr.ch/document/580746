--- v0 (2025-12-23)
+++ v1 (2026-01-15)
@@ -1031,113 +1031,104 @@
       <w:r w:rsidRPr="000A6A3D">
         <w:t xml:space="preserve">« Par principe, toute mesure de contrainte à l’égard des patient-e-s est interdite. A titre exceptionnel, et après en avoir discuté avec le ou la patient-e ou ses proches, le ou la responsable d’une institution de santé peut, sur la proposition des professionnel-le-s de la santé rattachés à l’institution, imposer pour une durée limitée des mesures de contrainte strictement nécessaires à la prise </w:t>
       </w:r>
       <w:r w:rsidRPr="00D84FD9">
         <w:t>en charge d’un ou d’une patient-e » [1]. La mesure de contrainte revêt un caractère exceptionnel relevé aussi bien par la LSan que par le Code civil [2].</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D867BDF" w14:textId="77777777" w:rsidR="00D62E87" w:rsidRPr="000A6A3D" w:rsidRDefault="00D62E87" w:rsidP="00D62E87">
       <w:r w:rsidRPr="00D84FD9">
         <w:t>La MLLM, appliquée sans le consentement libre et éclairé du ou de la bénéficiaire de soins est une mesure de contrainte [3, 4,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 5, 6</w:t>
       </w:r>
       <w:r w:rsidRPr="00D84FD9">
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidRPr="00D84FD9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00D84FD9">
-        <w:t xml:space="preserve">Cette dernière nécessite la consultation de la personne représentante thérapeutique pour la prise de décision. Si le ou la bénéficiaire de soins </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> la capacité de discernement, l’EMS / l’ASAD</w:t>
+        <w:t>Cette dernière nécessite la consultation de la personne représentante thérapeutique pour la prise de décision. Si le ou la bénéficiaire de soins a la capacité de discernement, l’EMS / l’ASAD</w:t>
       </w:r>
       <w:r w:rsidRPr="000A6A3D">
         <w:t xml:space="preserve"> suivra en principe sa volonté dans le respect du principe de l’autonomie et du droit à l’auto-détermination et de l’exigence de son consentement [</w:t>
       </w:r>
       <w:r>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="000A6A3D">
         <w:t>]. Il est important de réévaluer régulièrement la capacité de discernement du ou de la bénéficiaire de soins, la pertinence de la mesure ainsi que l’ampleur du risque pour ce ou cette dernier-ère et de traçabiliser ces éléments.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B4B0A68" w14:textId="77777777" w:rsidR="00D62E87" w:rsidRDefault="00D62E87" w:rsidP="00D62E87">
       <w:r w:rsidRPr="000A6A3D">
         <w:t>En certaines circonstances, il peut s’avérer nécessaire d’instaurer une MLLM en cas de danger pour le ou la bénéficiaire de soins et / ou pour autrui et de perturbation de la vie</w:t>
       </w:r>
       <w:r w:rsidRPr="507202BA">
         <w:t xml:space="preserve"> communautaire. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48DAFCF1" w14:textId="77777777" w:rsidR="00D62E87" w:rsidRDefault="00D62E87" w:rsidP="00D62E87">
       <w:r>
         <w:t>Liste des situations rencontrées et représentant un danger pour le ou la bénéficiaire de soins et/ou perturbant gravement la vie communautaire (exemples : chutes, désorientation, errance, intrusion, mise en danger : auto et hétéro agressivité, addictions, environnement extra-muros, …) :</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rStyle w:val="Entryboxstyle"/>
         </w:rPr>
         <w:alias w:val="Objet"/>
         <w:tag w:val="Objet"/>
         <w:id w:val="-350407506"/>
         <w:placeholder>
           <w:docPart w:val="48029355CA274503AF2B964CD71C603A"/>
         </w:placeholder>
-        <w:showingPlcHdr/>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:rStyle w:val="Entryboxstyle"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
-        <w:p w14:paraId="14267621" w14:textId="77777777" w:rsidR="00D62E87" w:rsidRPr="004D6296" w:rsidRDefault="00D62E87" w:rsidP="00D62E87">
+        <w:p w14:paraId="1C75CFBF" w14:textId="7FC13091" w:rsidR="00255AF9" w:rsidRPr="004D6296" w:rsidRDefault="00314032" w:rsidP="00D62E87">
           <w:pPr>
             <w:rPr>
               <w:rStyle w:val="Entryboxstyle"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="004D6296">
+          <w:r>
             <w:rPr>
               <w:rStyle w:val="Entryboxstyle"/>
             </w:rPr>
-            <w:t xml:space="preserve">Liste des situations </w:t>
+            <w:t>Liste des situations</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="47F241BF" w14:textId="77777777" w:rsidR="00D62E87" w:rsidRPr="00E07E98" w:rsidRDefault="00D62E87" w:rsidP="00D62E87">
       <w:r w:rsidRPr="000A6A3D">
         <w:t>« Les professionnel-le-s ne sont toutefois pas tenus de protéger une personne qui leur est confiée envers et contre tout, y compris d’elle-même. Ce devoir est limité par le refus éclairé d’une personne capable de discernement. Les professionnel-le-s ne sont pas non plus tenus de devoir protéger une personne si cela implique de devoir lui faire du mal pour qu’elle soit en sécurité. Les MLLM doivent donc respecter le principe de proportionnalité » [</w:t>
       </w:r>
       <w:r>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="000A6A3D">
         <w:t>].</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33D1212B" w14:textId="77777777" w:rsidR="00D62E87" w:rsidRPr="00A22183" w:rsidRDefault="00D62E87" w:rsidP="00D62E87">
       <w:r w:rsidRPr="00023F5B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Une sensibilisation des bénéficiaires de soins et des personnes représentantes thérapeutiques à la problématique des mesures de contraintes et de la gestion du risque serait également indiquée [</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -1647,67 +1638,65 @@
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
     </w:p>
     <w:p w14:paraId="4502A9C3" w14:textId="77777777" w:rsidR="00D62E87" w:rsidRPr="000A6A3D" w:rsidRDefault="00D62E87" w:rsidP="00D62E87">
       <w:r w:rsidRPr="000A6A3D">
         <w:t xml:space="preserve">Les MLLM sont instaurées à partir des observations et des constats réalisés et documentés par le personnel soignant et l’entourage. La décision de mise en place d’une MLLM est prise par le personnel infirmier diplômé en accord avec le ou la bénéficiaire de soins (mesure de sécurité) et/ou après consultation de la personne représentante thérapeutique en cas d’incapacité de discernement (mesure de contrainte). La décision est validée par le ou la responsable des soins de l’institution ou de l’organisme d’aide et soins à domicile, ainsi que par le ou la médecin traitant-e s’il ou elle est impliqué-e dans la décision. En cas d’urgence, le personnel infirmier diplômé peut imposer une mesure de contrainte et requérir la signature par le ou la responsable des soins, voir du ou de la médecin, ultérieurement. [3, </w:t>
       </w:r>
       <w:r>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="000A6A3D">
         <w:t>].</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CC6CA33" w14:textId="20AD9383" w:rsidR="00B7774C" w:rsidRDefault="00D62E87" w:rsidP="00D62E87">
       <w:r w:rsidRPr="000A6A3D">
         <w:t>« La mesure choisie doit toujours être la moins intrusive et durer un laps de temps le plus court possible. Il importe ici que l’usage de la contrainte soit le plus faible possible et qu’il soit proportionnel au bénéfice attendu de l’intervention » [</w:t>
       </w:r>
       <w:r>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="000A6A3D">
         <w:t xml:space="preserve">]. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B86BB62" w14:textId="77777777" w:rsidR="00553D5C" w:rsidRDefault="00553D5C" w:rsidP="00D62E87"/>
-    <w:p w14:paraId="40BC8180" w14:textId="77777777" w:rsidR="00C0175E" w:rsidRDefault="00C0175E" w:rsidP="00D62E87"/>
     <w:p w14:paraId="6ECFEED6" w14:textId="77777777" w:rsidR="00D62E87" w:rsidRPr="00B7774C" w:rsidRDefault="00D62E87" w:rsidP="00B7774C">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
       </w:pPr>
       <w:bookmarkStart w:id="12" w:name="_Toc195265493"/>
       <w:bookmarkStart w:id="13" w:name="_Toc216857661"/>
       <w:r w:rsidRPr="00B7774C">
-        <w:lastRenderedPageBreak/>
         <w:t>Les mesures d’accompagnement</w:t>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
       <w:bookmarkEnd w:id="13"/>
     </w:p>
     <w:p w14:paraId="3A0A7045" w14:textId="77777777" w:rsidR="00D62E87" w:rsidRDefault="00D62E87" w:rsidP="00D62E87">
       <w:r w:rsidRPr="000A6A3D">
+        <w:lastRenderedPageBreak/>
         <w:t>Afin d’alléger la mesure de contrainte et d’aider le ou la bénéficiaire de soins à l’accepter, il est indispensable de penser à planifier des mesures d’accompagnement.</w:t>
       </w:r>
       <w:r w:rsidRPr="5BACBB9D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D81C987" w14:textId="77777777" w:rsidR="00D62E87" w:rsidRDefault="00D62E87" w:rsidP="00D62E87">
       <w:r w:rsidRPr="006302B6">
         <w:t xml:space="preserve">« La mesure de contrainte doit ainsi, dans la mesure du possible, être compensée par une activité individualisée (p. ex. promenade, lecture, partage d’un moment de relation d’aide, physiothérapie, …). Ces mesures, individuelles, sont bénéfiques pour le maintien de la santé des </w:t>
       </w:r>
       <w:r>
         <w:t>bénéficiaires de soins</w:t>
       </w:r>
       <w:r w:rsidRPr="006302B6">
         <w:t> » [</w:t>
       </w:r>
       <w:r>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="006302B6">
         <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49636F7C" w14:textId="1135E537" w:rsidR="00D62E87" w:rsidRDefault="00D62E87" w:rsidP="00D62E87">
       <w:pPr>
@@ -1830,72 +1819,67 @@
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="32D6163C" w14:textId="77777777" w:rsidR="00D62E87" w:rsidRPr="000A6A3D" w:rsidRDefault="00D62E87" w:rsidP="00D62E87">
       <w:r w:rsidRPr="002B5846">
         <w:t xml:space="preserve">En cas de refus d’une mesure de contrainte par la personne représentante thérapeutique, les réflexions selon un principe de proportionnalité ainsi que de balance bénéfice / risque à la mise en place de la MLLM doivent être expliquées </w:t>
       </w:r>
       <w:r>
         <w:t>à la personne r</w:t>
       </w:r>
       <w:r w:rsidRPr="002B5846">
         <w:t>eprésentant</w:t>
       </w:r>
       <w:r>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="002B5846">
         <w:t xml:space="preserve"> thérapeutique et traçabilisées. Des réflexions sur les différentes mesures possibles, moins contraignantes, peuvent être proposées. L’institution / </w:t>
       </w:r>
       <w:r w:rsidRPr="000A6A3D">
         <w:t>ASAD assure également la traçabilité : de la proposition de la mesure de contrainte faite par les soignants ; de la mesure d’accompagnement proposée ; des risques encourus par le ou la bénéficiaire de soins ; des motifs du refus de la personne représentante thérapeutique.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A1FC5FA" w14:textId="77777777" w:rsidR="00D62E87" w:rsidRPr="000A6A3D" w:rsidRDefault="00D62E87" w:rsidP="00D62E87">
       <w:r w:rsidRPr="000A6A3D">
-        <w:lastRenderedPageBreak/>
         <w:t>L’ensemble des informations sont contenues dans le dossier du ou de la bénéficiaire de soins.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FFADAEB" w14:textId="77777777" w:rsidR="00D62E87" w:rsidRDefault="00D62E87" w:rsidP="00D62E87">
       <w:r w:rsidRPr="000A6A3D">
+        <w:lastRenderedPageBreak/>
         <w:t>L’institution est responsable de la sécurité du ou de la bénéficiaire de soins [</w:t>
       </w:r>
       <w:r>
         <w:t>10</w:t>
       </w:r>
       <w:r w:rsidRPr="000A6A3D">
-        <w:t xml:space="preserve">]. La personne représentante thérapeutique est dans tous </w:t>
-[...3 lines deleted...]
-        <w:t>les cas informé</w:t>
+        <w:t>]. La personne représentante thérapeutique est dans tous les cas informé</w:t>
       </w:r>
       <w:r>
         <w:t>e</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="000A6A3D">
         <w:t xml:space="preserve"> du recours possible à la Justice de paix.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AE527CE" w14:textId="57E05A76" w:rsidR="00B7774C" w:rsidRDefault="00D62E87" w:rsidP="00D62E87">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00023F5B">
         <w:t>Il est conseillé aux institutions / ASAD, en complément du respect du processus et des réflexions recommandées ci-dessus, l’utilisation de ressources d’aide à la réflexion [</w:t>
       </w:r>
       <w:r>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="00023F5B">
         <w:t xml:space="preserve">]. </w:t>
       </w:r>
       <w:r w:rsidRPr="00023F5B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Parmi celles-ci, l’élaboration d’un guide de prévention des chutes permet une</w:t>
       </w:r>
@@ -2222,59 +2206,65 @@
         <w:t>Revue médicale Suisse, pr Samia Hurst, mesures limitant la liberté de mouvement : quelques clés éthiques, 2019</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C9A39F3" w14:textId="77777777" w:rsidR="00D62E87" w:rsidRPr="00750A8C" w:rsidRDefault="00D62E87" w:rsidP="00D62E87">
       <w:r w:rsidRPr="00750A8C">
         <w:t>[</w:t>
       </w:r>
       <w:r>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidRPr="00750A8C">
         <w:t>] Adapté ou cité selon les directives mesures de contraintes en médecine de l’Académie suisse des sciences médicales, 2015</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63ADD081" w14:textId="77777777" w:rsidR="00D62E87" w:rsidRDefault="00D62E87" w:rsidP="00D62E87">
       <w:r w:rsidRPr="00750A8C">
         <w:t>[</w:t>
       </w:r>
       <w:r>
         <w:t>10</w:t>
       </w:r>
       <w:r w:rsidRPr="00750A8C">
         <w:t>] Code pénal suisse, article 127</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E24CBAB" w14:textId="01898C29" w:rsidR="00D62E87" w:rsidRPr="00E0466E" w:rsidRDefault="00D62E87" w:rsidP="00D62E87">
+    <w:p w14:paraId="1E24CBAB" w14:textId="18124D74" w:rsidR="00D62E87" w:rsidRPr="00E0466E" w:rsidRDefault="00D62E87" w:rsidP="00D62E87">
       <w:r w:rsidRPr="00E0466E">
         <w:t>[</w:t>
       </w:r>
       <w:r>
         <w:t>11</w:t>
       </w:r>
       <w:r w:rsidRPr="00E0466E">
-        <w:t>] Guide de prévention des chutes</w:t>
+        <w:t xml:space="preserve">] </w:t>
+      </w:r>
+      <w:r w:rsidR="00255AF9">
+        <w:t>Modèle de g</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E0466E">
+        <w:t>uide de prévention des chutes</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> des établissements médicaux-sociaux et des services d’aide et de soins à domicile</w:t>
       </w:r>
       <w:r w:rsidRPr="00E0466E">
         <w:t xml:space="preserve"> (SMC- AFISA, </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">version du </w:t>
       </w:r>
       <w:r w:rsidR="00BA0A8C">
         <w:t>11.12</w:t>
       </w:r>
       <w:r>
         <w:t>.2025)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04A61AB1" w14:textId="77777777" w:rsidR="00D62E87" w:rsidRDefault="00D62E87" w:rsidP="00D62E87">
       <w:r w:rsidRPr="00A92A85">
         <w:t>[1</w:t>
       </w:r>
       <w:r>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00A92A85">
@@ -2312,59 +2302,51 @@
     <w:p w14:paraId="45D83C5F" w14:textId="77777777" w:rsidR="007C68B2" w:rsidRDefault="007C68B2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="42DC92B6" w14:textId="4F7DE52E" w:rsidR="00292CF2" w:rsidRDefault="00292CF2" w:rsidP="00292CF2">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
       </w:pPr>
       <w:bookmarkStart w:id="27" w:name="_Toc216857668"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Annexe</w:t>
       </w:r>
       <w:bookmarkEnd w:id="27"/>
     </w:p>
     <w:p w14:paraId="61DF4380" w14:textId="6A5F64A7" w:rsidR="00D62E87" w:rsidRDefault="007C68B2" w:rsidP="007C68B2">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
       </w:pPr>
       <w:bookmarkStart w:id="28" w:name="_Toc216857669"/>
       <w:r>
-        <w:t>Processus pour l’application d’une MLLM (</w:t>
-[...7 lines deleted...]
-        <w:t>4)</w:t>
+        <w:t>Processus pour l’application d’une MLLM (3;4)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="28"/>
     </w:p>
     <w:p w14:paraId="4D2D8254" w14:textId="04BEC185" w:rsidR="00D62E87" w:rsidRDefault="007C68B2" w:rsidP="00D62E87">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251675648" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0FC6D99C" wp14:editId="22825CAC">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>375920</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>193675</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="5181600" cy="6739890"/>
             <wp:effectExtent l="0" t="0" r="0" b="3810"/>
             <wp:wrapTopAndBottom/>
             <wp:docPr id="804188766" name="Image 2" descr="Une image contenant texte, capture d’écran, cercle, Police&#10;&#10;Le contenu généré par l’IA peut être incorrect."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -3067,67 +3049,57 @@
           <w:r w:rsidRPr="009F4D5B">
             <w:rPr>
               <w:b/>
               <w:bCs/>
             </w:rPr>
             <w:t>Service d</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:bCs/>
             </w:rPr>
             <w:t xml:space="preserve">u médecin cantonal </w:t>
           </w:r>
           <w:r>
             <w:t xml:space="preserve">SMC </w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="20E28A1E" w14:textId="77777777" w:rsidR="00EE68CF" w:rsidRPr="003C7C2F" w:rsidRDefault="00EE68CF" w:rsidP="00EE68CF">
           <w:pPr>
             <w:pStyle w:val="01entteetbasdepage"/>
             <w:rPr>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
           </w:pPr>
-          <w:proofErr w:type="spellStart"/>
           <w:r w:rsidRPr="003C7C2F">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
-            <w:t>Kantonsarztamt</w:t>
-[...8 lines deleted...]
-            <w:t xml:space="preserve"> </w:t>
+            <w:t xml:space="preserve">Kantonsarztamt </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
             <w:t>KAA</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="07A0405E" w14:textId="77777777" w:rsidR="00FB5C51" w:rsidRPr="002B4996" w:rsidRDefault="00FB5C51" w:rsidP="002B4996">
           <w:pPr>
             <w:pStyle w:val="01entteetbasdepage"/>
             <w:rPr>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="002B4996">
             <w:rPr>
               <w:szCs w:val="12"/>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
             <w:t>Route de</w:t>
           </w:r>
           <w:r w:rsidR="00EE68CF">
             <w:rPr>
               <w:szCs w:val="12"/>
@@ -3248,51 +3220,51 @@
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:numPicBullet w:numPicBulletId="0">
     <w:pict>
       <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
         <v:stroke joinstyle="miter"/>
         <v:formulas>
           <v:f eqn="if lineDrawn pixelLineWidth 0"/>
           <v:f eqn="sum @0 1 0"/>
           <v:f eqn="sum 0 0 @1"/>
           <v:f eqn="prod @2 1 2"/>
           <v:f eqn="prod @3 21600 pixelWidth"/>
           <v:f eqn="prod @3 21600 pixelHeight"/>
           <v:f eqn="sum @0 0 1"/>
           <v:f eqn="prod @6 1 2"/>
           <v:f eqn="prod @7 21600 pixelWidth"/>
           <v:f eqn="sum @8 21600 0"/>
           <v:f eqn="prod @7 21600 pixelHeight"/>
           <v:f eqn="sum @10 21600 0"/>
         </v:formulas>
         <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
         <o:lock v:ext="edit" aspectratio="t"/>
       </v:shapetype>
-      <v:shape id="Image 1200313293" o:spid="_x0000_i1026" type="#_x0000_t75" style="width:9.2pt;height:9.2pt;visibility:visible;mso-wrap-style:square" o:bullet="t">
+      <v:shape id="Image 1200313293" o:spid="_x0000_i1026" type="#_x0000_t75" style="width:9.5pt;height:9.5pt;visibility:visible;mso-wrap-style:square" o:bullet="t">
         <v:imagedata r:id="rId1" o:title=""/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="048645B7"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="589E2B9E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="227"/>
         </w:tabs>
         <w:ind w:left="227" w:hanging="227"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:caps w:val="0"/>
@@ -7981,110 +7953,114 @@
   </w:num>
   <w:num w:numId="30" w16cid:durableId="706494079">
     <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="610165384">
     <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="483280679">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="1390685810">
     <w:abstractNumId w:val="34"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="1797870534">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="117534094">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="5"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="90"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="110"/>
   <w:stylePaneFormatFilter w:val="1021" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="hatTY8wZXa7qsQRGIB7Ow6nwDIXOuOEr1szEojGUZZkxZP32oiNBwWNaP9TojyAwmd7RYmIGWJCV6Y65N1dtdQ==" w:salt="MHoDZ86IcQBUYwru0TJUAQ=="/>
+  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="pA+X+GKbGYsCNRAhCRUMyYK+33WBI/mMYJucDa0KZsK39KS/YyTEu7AXGbJAtuU3U4nClS5kX4siHKw+QLeXFg==" w:salt="1++NSaj+45gdIh1XPYoLRA=="/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="709"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:evenAndOddHeaders/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="18433"/>
+    <o:shapedefaults v:ext="edit" spidmax="20481"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000337CE"/>
     <w:rsid w:val="000337CE"/>
     <w:rsid w:val="000516C6"/>
     <w:rsid w:val="00092108"/>
     <w:rsid w:val="00092D1B"/>
     <w:rsid w:val="00096870"/>
     <w:rsid w:val="000A7029"/>
     <w:rsid w:val="000B26E0"/>
     <w:rsid w:val="00133E7B"/>
     <w:rsid w:val="0014014D"/>
     <w:rsid w:val="0014544B"/>
     <w:rsid w:val="00164469"/>
     <w:rsid w:val="00164C2E"/>
     <w:rsid w:val="001770D1"/>
+    <w:rsid w:val="001B7BE4"/>
     <w:rsid w:val="001D5039"/>
     <w:rsid w:val="00216573"/>
     <w:rsid w:val="002404C1"/>
+    <w:rsid w:val="00255AF9"/>
     <w:rsid w:val="00264B3F"/>
+    <w:rsid w:val="00270EBE"/>
     <w:rsid w:val="002863F0"/>
     <w:rsid w:val="002874C2"/>
     <w:rsid w:val="00292CF2"/>
     <w:rsid w:val="00293302"/>
     <w:rsid w:val="00293F50"/>
     <w:rsid w:val="002B4996"/>
     <w:rsid w:val="002D6283"/>
+    <w:rsid w:val="002F6816"/>
+    <w:rsid w:val="00314032"/>
     <w:rsid w:val="00393167"/>
     <w:rsid w:val="003E1E20"/>
     <w:rsid w:val="003E285D"/>
     <w:rsid w:val="003E3689"/>
     <w:rsid w:val="004114B6"/>
     <w:rsid w:val="00415DBA"/>
     <w:rsid w:val="00425F06"/>
     <w:rsid w:val="004405AB"/>
     <w:rsid w:val="00440CE5"/>
     <w:rsid w:val="0045221D"/>
     <w:rsid w:val="0046773B"/>
     <w:rsid w:val="00496127"/>
     <w:rsid w:val="004A09F6"/>
     <w:rsid w:val="004D5C7D"/>
     <w:rsid w:val="004E4E8A"/>
     <w:rsid w:val="004E782A"/>
     <w:rsid w:val="004F5083"/>
     <w:rsid w:val="00505A51"/>
     <w:rsid w:val="00505F92"/>
     <w:rsid w:val="0051087C"/>
     <w:rsid w:val="00510EDE"/>
     <w:rsid w:val="005427DE"/>
     <w:rsid w:val="00546422"/>
     <w:rsid w:val="00553D5C"/>
     <w:rsid w:val="00576A37"/>
@@ -8099,50 +8075,51 @@
     <w:rsid w:val="007009B3"/>
     <w:rsid w:val="00703783"/>
     <w:rsid w:val="0072031D"/>
     <w:rsid w:val="00741666"/>
     <w:rsid w:val="0076349D"/>
     <w:rsid w:val="007762D7"/>
     <w:rsid w:val="007C68B2"/>
     <w:rsid w:val="007C7B87"/>
     <w:rsid w:val="007F326E"/>
     <w:rsid w:val="00822159"/>
     <w:rsid w:val="00833C19"/>
     <w:rsid w:val="008559DB"/>
     <w:rsid w:val="00861F1A"/>
     <w:rsid w:val="008719AE"/>
     <w:rsid w:val="008822AB"/>
     <w:rsid w:val="00893BF2"/>
     <w:rsid w:val="008D4E35"/>
     <w:rsid w:val="008E1627"/>
     <w:rsid w:val="008E7D9E"/>
     <w:rsid w:val="00902A3E"/>
     <w:rsid w:val="00904277"/>
     <w:rsid w:val="00905A45"/>
     <w:rsid w:val="0091601B"/>
     <w:rsid w:val="00935A3B"/>
     <w:rsid w:val="00940066"/>
+    <w:rsid w:val="00946AF2"/>
     <w:rsid w:val="00954497"/>
     <w:rsid w:val="009556F8"/>
     <w:rsid w:val="009D1AD5"/>
     <w:rsid w:val="009F6BCE"/>
     <w:rsid w:val="00A07C3A"/>
     <w:rsid w:val="00A34C16"/>
     <w:rsid w:val="00A512AF"/>
     <w:rsid w:val="00A75708"/>
     <w:rsid w:val="00A848F0"/>
     <w:rsid w:val="00A871DB"/>
     <w:rsid w:val="00A87A0D"/>
     <w:rsid w:val="00A97A26"/>
     <w:rsid w:val="00AA07DB"/>
     <w:rsid w:val="00AB7EE4"/>
     <w:rsid w:val="00AC3D56"/>
     <w:rsid w:val="00AD0EC3"/>
     <w:rsid w:val="00AD75C8"/>
     <w:rsid w:val="00AE66F8"/>
     <w:rsid w:val="00AF0634"/>
     <w:rsid w:val="00B1162A"/>
     <w:rsid w:val="00B1195A"/>
     <w:rsid w:val="00B20A5A"/>
     <w:rsid w:val="00B510BF"/>
     <w:rsid w:val="00B60C3F"/>
     <w:rsid w:val="00B66003"/>
@@ -8197,51 +8174,51 @@
     <w:rsid w:val="00F762C3"/>
     <w:rsid w:val="00F91C7D"/>
     <w:rsid w:val="00F95A58"/>
     <w:rsid w:val="00FB5C51"/>
     <w:rsid w:val="00FC05F2"/>
     <w:rsid w:val="00FE7BF6"/>
     <w:rsid w:val="00FF20B7"/>
     <w:rsid w:val="00FF295A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef m:val="0"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapRight/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="subSup"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="18433"/>
+    <o:shapedefaults v:ext="edit" spidmax="20481"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="569DE55B"/>
   <w15:docId w15:val="{4064FA3C-3701-489D-9EEF-C4069ABABB8B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="de-DE" w:eastAsia="de-DE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
@@ -10180,50 +10157,52 @@
   <w:num w:numId="1" w16cid:durableId="1288005169">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D81509"/>
     <w:rsid w:val="001760BF"/>
     <w:rsid w:val="001D5039"/>
+    <w:rsid w:val="00270EBE"/>
+    <w:rsid w:val="002F6816"/>
     <w:rsid w:val="00352599"/>
     <w:rsid w:val="004E12B9"/>
     <w:rsid w:val="00644AD9"/>
     <w:rsid w:val="00662EB9"/>
     <w:rsid w:val="007009B3"/>
     <w:rsid w:val="007762D7"/>
     <w:rsid w:val="007F326E"/>
     <w:rsid w:val="009F6BCE"/>
     <w:rsid w:val="00A07C3A"/>
     <w:rsid w:val="00AD0EC3"/>
     <w:rsid w:val="00AD75C8"/>
     <w:rsid w:val="00AE66F8"/>
     <w:rsid w:val="00B510BF"/>
     <w:rsid w:val="00BD07B6"/>
     <w:rsid w:val="00D420B8"/>
     <w:rsid w:val="00D565A6"/>
     <w:rsid w:val="00D81509"/>
     <w:rsid w:val="00DC0D38"/>
     <w:rsid w:val="00E81423"/>
     <w:rsid w:val="00F3646F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
@@ -11036,73 +11015,73 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F8EF7823-BFBF-4797-AAE9-18B3D481AB0C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>9</Pages>
-  <Words>2698</Words>
-  <Characters>14622</Characters>
+  <Words>2782</Words>
+  <Characters>15053</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>243</Lines>
-  <Paragraphs>115</Paragraphs>
+  <Lines>250</Lines>
+  <Paragraphs>139</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Correspondance</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company>MACMAC Media SA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17230</CharactersWithSpaces>
+  <CharactersWithSpaces>17696</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Correspondance</dc:title>
   <dc:subject/>
   <dc:creator>Vojtasik Sabine</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
 </cp:coreProperties>
 </file>