--- v0 (2025-12-06)
+++ v1 (2026-03-13)
@@ -1489,154 +1489,178 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F6255">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00640008" w:rsidRPr="001F6255">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001F6255">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">... </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6595B685" w14:textId="7200671A" w:rsidR="00353CD8" w:rsidRPr="001F6255" w:rsidRDefault="00D171E5" w:rsidP="00C237E9">
+    <w:p w14:paraId="6595B685" w14:textId="36D20B8A" w:rsidR="00353CD8" w:rsidRPr="001F6255" w:rsidRDefault="00D171E5" w:rsidP="00C237E9">
       <w:pPr>
         <w:pStyle w:val="Artikel-nderung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="63.75pt"/>
           <w:tab w:val="clear" w:pos="77.95pt"/>
           <w:tab w:val="clear" w:pos="92.10pt"/>
           <w:tab w:val="clear" w:pos="106.30pt"/>
           <w:tab w:val="clear" w:pos="120.45pt"/>
           <w:tab w:val="clear" w:pos="134.65pt"/>
         </w:tabs>
         <w:spacing w:before="15pt"/>
         <w:ind w:start="49.65pt" w:hanging="49.65pt"/>
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F6255">
         <w:rPr>
           <w:rStyle w:val="AenderungTitelText"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Abrogation</w:t>
       </w:r>
+      <w:r w:rsidR="00FE222E">
+        <w:rPr>
+          <w:rStyle w:val="AenderungTitelText"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> *</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="0AC16DF8" w14:textId="1C833584" w:rsidR="00D171E5" w:rsidRPr="001F6255" w:rsidRDefault="00D171E5" w:rsidP="0074154B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="311.80pt"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F6255">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="001F6255">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> Le règlement du … relatif à … est abrogé</w:t>
       </w:r>
       <w:r w:rsidR="009F4C9A" w:rsidRPr="001F6255">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F92E57D" w14:textId="14803A52" w:rsidR="00D171E5" w:rsidRPr="001F6255" w:rsidRDefault="00D171E5" w:rsidP="00C237E9">
+    <w:p w14:paraId="1F92E57D" w14:textId="7AB1D523" w:rsidR="00D171E5" w:rsidRPr="001F6255" w:rsidRDefault="00D171E5" w:rsidP="00C237E9">
       <w:pPr>
         <w:pStyle w:val="Artikel-nderung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="63.75pt"/>
           <w:tab w:val="clear" w:pos="77.95pt"/>
           <w:tab w:val="clear" w:pos="92.10pt"/>
           <w:tab w:val="clear" w:pos="106.30pt"/>
           <w:tab w:val="clear" w:pos="120.45pt"/>
           <w:tab w:val="clear" w:pos="134.65pt"/>
         </w:tabs>
         <w:spacing w:before="15pt"/>
         <w:ind w:start="49.65pt" w:hanging="49.65pt"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F6255">
         <w:rPr>
           <w:rStyle w:val="AenderungTitelText"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Entrée en vigueur</w:t>
       </w:r>
+      <w:r w:rsidR="00FE222E">
+        <w:rPr>
+          <w:rStyle w:val="AenderungTitelText"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> *</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="617AAA4D" w14:textId="3A8B722B" w:rsidR="00D171E5" w:rsidRPr="001F6255" w:rsidRDefault="00D171E5" w:rsidP="0074154B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="311.80pt"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F6255">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="001F6255">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ce règlement entre en vigueur </w:t>
@@ -1675,72 +1699,79 @@
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="001F6255">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> La révision du … entre en vigueur </w:t>
       </w:r>
       <w:r w:rsidR="002106A4" w:rsidRPr="001F6255">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>le</w:t>
       </w:r>
       <w:r w:rsidRPr="001F6255">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> …, sous réserve de son approbation par la Direction …</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:p w14:paraId="7A9BDC61" w14:textId="0C8B11B9" w:rsidR="00521517" w:rsidRPr="001F6255" w:rsidRDefault="00521517" w:rsidP="00D91345">
+    <w:p w14:paraId="7A9BDC61" w14:textId="620BBE93" w:rsidR="00521517" w:rsidRPr="001F6255" w:rsidRDefault="00521517" w:rsidP="00D91345">
       <w:pPr>
         <w:pStyle w:val="Schluss"/>
         <w:spacing w:before="36pt" w:after="4pt"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F6255">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Adopté par l’Assemblée communale / le Conseil général </w:t>
       </w:r>
       <w:r w:rsidR="002106A4" w:rsidRPr="001F6255">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">le … </w:t>
+      </w:r>
+      <w:r w:rsidR="00770CCE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>*</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06589273" w14:textId="77777777" w:rsidR="00D91345" w:rsidRPr="001F6255" w:rsidRDefault="002106A4" w:rsidP="003154FF">
       <w:pPr>
         <w:pStyle w:val="Schluss"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="153.10pt"/>
           <w:tab w:val="start" w:pos="269.35pt"/>
         </w:tabs>
         <w:spacing w:after="4pt"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F6255">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Le Syndic / La Syndique</w:t>
       </w:r>
       <w:r w:rsidR="00BF2C02" w:rsidRPr="001F6255">
         <w:rPr>
           <w:sz w:val="22"/>
@@ -1791,86 +1822,93 @@
           <w:tab w:val="clear" w:pos="153.10pt"/>
           <w:tab w:val="start" w:pos="269.35pt"/>
         </w:tabs>
         <w:spacing w:before="18pt" w:after="4pt"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F6255">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Prénom Nom</w:t>
       </w:r>
       <w:r w:rsidRPr="001F6255">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Prénom Nom</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B1F37D1" w14:textId="44248260" w:rsidR="00521517" w:rsidRPr="001F6255" w:rsidRDefault="00521517" w:rsidP="00D91345">
+    <w:p w14:paraId="1B1F37D1" w14:textId="3732E310" w:rsidR="00521517" w:rsidRPr="001F6255" w:rsidRDefault="00521517" w:rsidP="00D91345">
       <w:pPr>
         <w:pStyle w:val="Schluss"/>
         <w:spacing w:before="36pt" w:after="4pt"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F6255">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Approuvé par la Direction </w:t>
       </w:r>
       <w:r w:rsidR="00A1240D" w:rsidRPr="001F6255">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>…</w:t>
       </w:r>
       <w:r w:rsidRPr="001F6255">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, le </w:t>
       </w:r>
       <w:r w:rsidR="00A1240D" w:rsidRPr="001F6255">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>…</w:t>
+      </w:r>
+      <w:r w:rsidR="00770CCE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> *</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55D1BA57" w14:textId="3282C67D" w:rsidR="002106A4" w:rsidRPr="001F6255" w:rsidRDefault="002106A4" w:rsidP="00D91345">
       <w:pPr>
         <w:pStyle w:val="Schluss"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="153.10pt"/>
           <w:tab w:val="start" w:pos="212.65pt"/>
         </w:tabs>
         <w:spacing w:after="4pt"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F6255">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Prénom Nom</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A1033AC" w14:textId="1B1BB420" w:rsidR="00521517" w:rsidRPr="001F6255" w:rsidRDefault="00521517" w:rsidP="00D91345">
       <w:pPr>
@@ -2384,133 +2422,289 @@
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="80.85pt" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:start w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:end w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="56185DB9" w14:textId="727AA0FC" w:rsidR="00CE13B5" w:rsidRPr="001F6255" w:rsidRDefault="00CE13B5" w:rsidP="00CE1DF2">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="0pt" w:line="12pt" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="001F6255">
               <w:t>00.00.0000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="6"/>
     </w:tbl>
-    <w:p w14:paraId="5BB6F4AD" w14:textId="77777777" w:rsidR="00233094" w:rsidRPr="00233094" w:rsidRDefault="00233094" w:rsidP="00233094">
+    <w:p w14:paraId="335D02AE" w14:textId="1619427D" w:rsidR="00FE222E" w:rsidRPr="00233094" w:rsidRDefault="0038635D" w:rsidP="00FE222E">
       <w:pPr>
         <w:pStyle w:val="Schluss"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="153.10pt"/>
           <w:tab w:val="start" w:pos="212.65pt"/>
         </w:tabs>
         <w:spacing w:before="30pt" w:after="9pt"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId10"/>
+      <w:bookmarkStart w:id="7" w:name="_Hlk219122135"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE222E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Modèle pour une révision totale. Pour </w:t>
+      </w:r>
+      <w:r w:rsidR="00C01094">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE222E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>es révisions partielles cf. les informations dans</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE222E" w:rsidRPr="00FE222E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD1DD0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>l’</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00FE222E" w:rsidRPr="00FE222E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00FE222E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:instrText>HYPERLINK "https://www.fr.ch/sites/default/files/2025-11/reglements-communaux-et-statuts-d-associations-de-communes.pdf?v=1762418105"</w:instrText>
+      </w:r>
+      <w:r w:rsidR="00FE222E" w:rsidRPr="00FE222E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00FE222E" w:rsidRPr="00FE222E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00FE222E">
+        <w:rPr>
+          <w:rStyle w:val="Lienhypertexte"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>info'SCom</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00FE222E">
+        <w:rPr>
+          <w:rStyle w:val="Lienhypertexte"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 23/2021 Règlements commun</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE222E">
+        <w:rPr>
+          <w:rStyle w:val="Lienhypertexte"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>aux et statuts</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE222E" w:rsidRPr="00FE222E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00FE222E" w:rsidRPr="00FE222E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, chiffre II, 3.2, et l’exemple </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE222E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">pour une révision partielle (lien direct : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidR="00FE222E" w:rsidRPr="00FE222E">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:b/>
+            <w:bCs/>
+          </w:rPr>
+          <w:t>revision-par</w:t>
+        </w:r>
+        <w:r w:rsidR="00FE222E" w:rsidRPr="00FE222E">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:b/>
+            <w:bCs/>
+          </w:rPr>
+          <w:t>tielle-d-un-reglement.pdf</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00FE222E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE222E" w:rsidRPr="00FE222E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="7"/>
+    </w:p>
+    <w:sectPr w:rsidR="00FE222E" w:rsidRPr="00233094" w:rsidSect="007B5011">
+      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:footerReference w:type="default" r:id="rId9"/>
+      <w:headerReference w:type="first" r:id="rId10"/>
+      <w:footerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="595.30pt" w:h="841.90pt" w:code="9"/>
       <w:pgMar w:top="70.90pt" w:right="85.05pt" w:bottom="70.90pt" w:left="73.70pt" w:header="31.20pt" w:footer="28.35pt" w:gutter="0pt"/>
       <w:cols w:space="36pt"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="272" w:charSpace="9215"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://purl.oclc.org/ooxml/officeDocument/relationships" xmlns:m="http://purl.oclc.org/ooxml/officeDocument/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://purl.oclc.org/ooxml/drawingml/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://purl.oclc.org/ooxml/wordprocessingml/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wne wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3DDBFC0B" w14:textId="77777777" w:rsidR="00875F58" w:rsidRDefault="00875F58">
+    <w:p w14:paraId="159FC75E" w14:textId="77777777" w:rsidR="007979D9" w:rsidRDefault="007979D9">
       <w:pPr>
         <w:spacing w:after="0pt" w:line="12pt" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="14C805A6" w14:textId="77777777" w:rsidR="00875F58" w:rsidRDefault="00875F58">
+    <w:p w14:paraId="59BA7146" w14:textId="77777777" w:rsidR="007979D9" w:rsidRDefault="007979D9">
       <w:pPr>
         <w:spacing w:after="0pt" w:line="12pt" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://purl.oclc.org/ooxml/officeDocument/relationships" xmlns:w="http://purl.oclc.org/ooxml/wordprocessingml/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:characterSet="iso-8859-1"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:characterSet="iso-8859-1"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Symbol">
-[...1 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Aptos">
+    <w:charset w:characterSet="iso-8859-1"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Mangal">
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:characterSet="iso-8859-1"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:characterSet="iso-8859-1"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:characterSet="iso-8859-1"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
@@ -2553,151 +2747,263 @@
       </w:tabs>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://purl.oclc.org/ooxml/officeDocument/relationships" xmlns:m="http://purl.oclc.org/ooxml/officeDocument/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://purl.oclc.org/ooxml/drawingml/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://purl.oclc.org/ooxml/wordprocessingml/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wne wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="473BEE55" w14:textId="77777777" w:rsidR="00875F58" w:rsidRDefault="00875F58">
+    <w:p w14:paraId="57F31CCC" w14:textId="77777777" w:rsidR="007979D9" w:rsidRDefault="007979D9">
       <w:pPr>
         <w:spacing w:after="0pt" w:line="12pt" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7CC1146E" w14:textId="77777777" w:rsidR="00875F58" w:rsidRDefault="00875F58">
+    <w:p w14:paraId="5CB8F0AB" w14:textId="77777777" w:rsidR="007979D9" w:rsidRDefault="007979D9">
       <w:pPr>
         <w:spacing w:after="0pt" w:line="12pt" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://purl.oclc.org/ooxml/officeDocument/relationships" xmlns:m="http://purl.oclc.org/ooxml/officeDocument/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://purl.oclc.org/ooxml/drawingml/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://purl.oclc.org/ooxml/wordprocessingml/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wne wp14">
   <w:p w14:paraId="114B8406" w14:textId="74663E31" w:rsidR="00021AFC" w:rsidRPr="00021AFC" w:rsidRDefault="00021AFC" w:rsidP="00C42450">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="end" w:pos="439.35pt"/>
       </w:tabs>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="007D39C1">
       <w:tab/>
     </w:r>
-    <w:bookmarkStart w:id="7" w:name="_Hlk209791300"/>
-    <w:bookmarkStart w:id="8" w:name="_Hlk209791301"/>
+    <w:bookmarkStart w:id="8" w:name="_Hlk209791300"/>
+    <w:bookmarkStart w:id="9" w:name="_Hlk209791301"/>
     <w:r w:rsidRPr="007D39C1">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>000.0</w:t>
     </w:r>
-    <w:bookmarkEnd w:id="7"/>
     <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkEnd w:id="9"/>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://purl.oclc.org/ooxml/officeDocument/relationships" xmlns:m="http://purl.oclc.org/ooxml/officeDocument/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://purl.oclc.org/ooxml/drawingml/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://purl.oclc.org/ooxml/wordprocessingml/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wne wp14">
   <w:p w14:paraId="08082CC2" w14:textId="7CA473CD" w:rsidR="00BF084B" w:rsidRPr="001D0ED4" w:rsidRDefault="00021AFC" w:rsidP="00C42450">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
       <w:tabs>
         <w:tab w:val="end" w:pos="487.60pt"/>
       </w:tabs>
       <w:spacing w:before="12pt"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="26"/>
         <w:szCs w:val="26"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="001D0ED4">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="26"/>
         <w:szCs w:val="26"/>
       </w:rPr>
       <w:t>000.0</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://purl.oclc.org/ooxml/officeDocument/relationships" xmlns:m="http://purl.oclc.org/ooxml/officeDocument/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://purl.oclc.org/ooxml/drawingml/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://purl.oclc.org/ooxml/wordprocessingml/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wne wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="023F6C98"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DA4E638C"/>
+    <w:lvl w:ilvl="0" w:tplc="100C0001">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="start"/>
+      <w:pPr>
+        <w:ind w:start="36pt" w:hanging="18pt"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="100C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="start"/>
+      <w:pPr>
+        <w:ind w:start="72pt" w:hanging="18pt"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="100C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="start"/>
+      <w:pPr>
+        <w:ind w:start="108pt" w:hanging="18pt"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="100C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="start"/>
+      <w:pPr>
+        <w:ind w:start="144pt" w:hanging="18pt"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="100C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="start"/>
+      <w:pPr>
+        <w:ind w:start="180pt" w:hanging="18pt"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="100C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="start"/>
+      <w:pPr>
+        <w:ind w:start="216pt" w:hanging="18pt"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="100C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="start"/>
+      <w:pPr>
+        <w:ind w:start="252pt" w:hanging="18pt"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="100C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="start"/>
+      <w:pPr>
+        <w:ind w:start="288pt" w:hanging="18pt"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="100C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="start"/>
+      <w:pPr>
+        <w:ind w:start="324pt" w:hanging="18pt"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="04CF2583"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="78329624"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:ind w:start="36pt" w:hanging="18pt"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:ind w:start="72pt" w:hanging="18pt"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
@@ -2742,51 +3048,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:ind w:start="252pt" w:hanging="18pt"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:ind w:start="288pt" w:hanging="18pt"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="end"/>
       <w:pPr>
         <w:ind w:start="324pt" w:hanging="9pt"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="10C933CF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5582EBD0"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:ind w:start="36pt" w:hanging="18pt"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:ind w:start="72pt" w:hanging="18pt"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
@@ -2831,51 +3137,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:ind w:start="252pt" w:hanging="18pt"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:ind w:start="288pt" w:hanging="18pt"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="end"/>
       <w:pPr>
         <w:ind w:start="324pt" w:hanging="9pt"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1621274F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="62BA12E2"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:ind w:start="36pt" w:hanging="18pt"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:ind w:start="72pt" w:hanging="18pt"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
@@ -2920,51 +3226,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:ind w:start="252pt" w:hanging="18pt"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:ind w:start="288pt" w:hanging="18pt"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="end"/>
       <w:pPr>
         <w:ind w:start="324pt" w:hanging="9pt"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="18687B97"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="17AEF154"/>
     <w:lvl w:ilvl="0" w:tplc="F15C1D98">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="Art. %1"/>
       <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:ind w:start="132.30pt" w:hanging="18pt"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="100C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:ind w:start="168.30pt" w:hanging="18pt"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="100C001B" w:tentative="1">
@@ -3009,51 +3315,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:ind w:start="348.30pt" w:hanging="18pt"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="100C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:ind w:start="384.30pt" w:hanging="18pt"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="100C001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="end"/>
       <w:pPr>
         <w:ind w:start="420.30pt" w:hanging="9pt"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3E9B06D6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5582EBD0"/>
     <w:lvl w:ilvl="0" w:tplc="100C0017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:ind w:start="36pt" w:hanging="18pt"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="100C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:ind w:start="72pt" w:hanging="18pt"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="100C001B" w:tentative="1">
@@ -3098,51 +3404,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:ind w:start="252pt" w:hanging="18pt"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="100C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:ind w:start="288pt" w:hanging="18pt"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="100C001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="end"/>
       <w:pPr>
         <w:ind w:start="324pt" w:hanging="9pt"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="41B85ED4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="63484F58"/>
     <w:lvl w:ilvl="0" w:tplc="54DE4DEA">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="Art. %1"/>
       <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:ind w:start="36pt" w:hanging="18pt"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="100C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:ind w:start="72pt" w:hanging="18pt"/>
       </w:pPr>
@@ -3189,51 +3495,164 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:ind w:start="252pt" w:hanging="18pt"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="100C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:ind w:start="288pt" w:hanging="18pt"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="100C001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="end"/>
       <w:pPr>
         <w:ind w:start="324pt" w:hanging="9pt"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="42091C32"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E6A044E0"/>
+    <w:lvl w:ilvl="0" w:tplc="990E3D94">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="start"/>
+      <w:pPr>
+        <w:ind w:start="36pt" w:hanging="18pt"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="100C0003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="start"/>
+      <w:pPr>
+        <w:ind w:start="72pt" w:hanging="18pt"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="100C0005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="start"/>
+      <w:pPr>
+        <w:ind w:start="108pt" w:hanging="18pt"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="100C0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="start"/>
+      <w:pPr>
+        <w:ind w:start="144pt" w:hanging="18pt"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="100C0003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="start"/>
+      <w:pPr>
+        <w:ind w:start="180pt" w:hanging="18pt"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="100C0005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="start"/>
+      <w:pPr>
+        <w:ind w:start="216pt" w:hanging="18pt"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="100C0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="start"/>
+      <w:pPr>
+        <w:ind w:start="252pt" w:hanging="18pt"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="100C0003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="start"/>
+      <w:pPr>
+        <w:ind w:start="288pt" w:hanging="18pt"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="100C0005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="start"/>
+      <w:pPr>
+        <w:ind w:start="324pt" w:hanging="18pt"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="55D632C9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="552AC70A"/>
     <w:lvl w:ilvl="0" w:tplc="BADE729C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:ind w:start="36pt" w:hanging="18pt"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:i/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="100C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:ind w:start="72pt" w:hanging="18pt"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3303,219 +3722,238 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:ind w:start="288pt" w:hanging="18pt"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="100C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:ind w:start="324pt" w:hanging="18pt"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1426998365">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="810252273">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="837963203">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1577549317">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1506742329">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1687557575">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1184516065">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="810252273">
-[...5 lines deleted...]
-  <w:num w:numId="4" w16cid:durableId="1577549317">
+  <w:num w:numId="8" w16cid:durableId="669868140">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1506742329">
-[...6 lines deleted...]
-    <w:abstractNumId w:val="5"/>
+  <w:num w:numId="9" w16cid:durableId="784930893">
+    <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://purl.oclc.org/ooxml/officeDocument/relationships" xmlns:m="http://purl.oclc.org/ooxml/officeDocument/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://purl.oclc.org/ooxml/wordprocessingml/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100%"/>
   <w:embedSystemFonts/>
   <w:mirrorMargins/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="0" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
+  <w:trackRevisions/>
   <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="35.45pt"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="21.25pt"/>
   <w:defaultTableStyle w:val="Normal"/>
   <w:drawingGridHorizontalSpacing w:val="0pt"/>
   <w:drawingGridVerticalSpacing w:val="0pt"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:drawingGridHorizontalOrigin w:val="0pt"/>
   <w:drawingGridVerticalOrigin w:val="0pt"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BF084B"/>
     <w:rsid w:val="00000951"/>
     <w:rsid w:val="0001023C"/>
     <w:rsid w:val="00021AFC"/>
+    <w:rsid w:val="00057BB5"/>
     <w:rsid w:val="000832B5"/>
     <w:rsid w:val="000B0383"/>
     <w:rsid w:val="000C6456"/>
+    <w:rsid w:val="000F0062"/>
     <w:rsid w:val="000F0D42"/>
     <w:rsid w:val="00101A31"/>
     <w:rsid w:val="001275DB"/>
     <w:rsid w:val="00160536"/>
     <w:rsid w:val="001D0ED4"/>
     <w:rsid w:val="001D5730"/>
     <w:rsid w:val="001F6255"/>
     <w:rsid w:val="002106A4"/>
     <w:rsid w:val="002150B5"/>
     <w:rsid w:val="00233094"/>
     <w:rsid w:val="00264B57"/>
+    <w:rsid w:val="002C5DAE"/>
     <w:rsid w:val="002F14EF"/>
     <w:rsid w:val="003154FF"/>
     <w:rsid w:val="00353CD8"/>
+    <w:rsid w:val="0038635D"/>
     <w:rsid w:val="00416D53"/>
     <w:rsid w:val="00421546"/>
     <w:rsid w:val="004556CE"/>
     <w:rsid w:val="004D1A46"/>
     <w:rsid w:val="00502EAD"/>
     <w:rsid w:val="00521517"/>
     <w:rsid w:val="00542BEF"/>
     <w:rsid w:val="00544C17"/>
     <w:rsid w:val="005549B2"/>
     <w:rsid w:val="005866A5"/>
     <w:rsid w:val="005D0B7A"/>
     <w:rsid w:val="005E039A"/>
     <w:rsid w:val="005F1780"/>
     <w:rsid w:val="00613AC6"/>
     <w:rsid w:val="00640008"/>
     <w:rsid w:val="006B2A66"/>
     <w:rsid w:val="006B7C25"/>
     <w:rsid w:val="00704482"/>
     <w:rsid w:val="00707C19"/>
     <w:rsid w:val="00712605"/>
     <w:rsid w:val="00724F2B"/>
     <w:rsid w:val="00737164"/>
     <w:rsid w:val="0074154B"/>
     <w:rsid w:val="007635C0"/>
+    <w:rsid w:val="00770CCE"/>
+    <w:rsid w:val="007979D9"/>
     <w:rsid w:val="007B5011"/>
     <w:rsid w:val="007C1DE3"/>
     <w:rsid w:val="007E0193"/>
     <w:rsid w:val="007F0007"/>
     <w:rsid w:val="00800CA4"/>
     <w:rsid w:val="008311B8"/>
+    <w:rsid w:val="00845636"/>
     <w:rsid w:val="00857129"/>
     <w:rsid w:val="00875F58"/>
     <w:rsid w:val="008B06BD"/>
     <w:rsid w:val="008B6AEC"/>
     <w:rsid w:val="008F4D15"/>
+    <w:rsid w:val="00903B81"/>
     <w:rsid w:val="00924371"/>
     <w:rsid w:val="00953B44"/>
     <w:rsid w:val="009A2457"/>
     <w:rsid w:val="009A3C22"/>
     <w:rsid w:val="009E4569"/>
     <w:rsid w:val="009F3B61"/>
     <w:rsid w:val="009F4C9A"/>
     <w:rsid w:val="00A1240D"/>
     <w:rsid w:val="00A15F07"/>
     <w:rsid w:val="00A266CC"/>
     <w:rsid w:val="00A46A30"/>
     <w:rsid w:val="00B969F3"/>
     <w:rsid w:val="00BE3D41"/>
     <w:rsid w:val="00BF084B"/>
     <w:rsid w:val="00BF2C02"/>
+    <w:rsid w:val="00C01094"/>
     <w:rsid w:val="00C237E9"/>
     <w:rsid w:val="00C42450"/>
     <w:rsid w:val="00CA00B7"/>
     <w:rsid w:val="00CD40EE"/>
     <w:rsid w:val="00CE13B5"/>
     <w:rsid w:val="00D0387D"/>
     <w:rsid w:val="00D10D96"/>
     <w:rsid w:val="00D15248"/>
+    <w:rsid w:val="00D165D0"/>
     <w:rsid w:val="00D171E5"/>
     <w:rsid w:val="00D412D5"/>
     <w:rsid w:val="00D546FA"/>
     <w:rsid w:val="00D606BF"/>
     <w:rsid w:val="00D65968"/>
     <w:rsid w:val="00D86018"/>
     <w:rsid w:val="00D91345"/>
     <w:rsid w:val="00DD4EEF"/>
     <w:rsid w:val="00E4190D"/>
     <w:rsid w:val="00E73A4D"/>
     <w:rsid w:val="00EB4D81"/>
     <w:rsid w:val="00EC0267"/>
     <w:rsid w:val="00EE1181"/>
     <w:rsid w:val="00F12C9F"/>
     <w:rsid w:val="00F328AA"/>
     <w:rsid w:val="00F8263A"/>
     <w:rsid w:val="00F90F67"/>
     <w:rsid w:val="00FA3351"/>
     <w:rsid w:val="00FB0013"/>
     <w:rsid w:val="00FB28A1"/>
     <w:rsid w:val="00FC1524"/>
     <w:rsid w:val="00FD09C6"/>
     <w:rsid w:val="00FD0A47"/>
+    <w:rsid w:val="00FD1DD0"/>
+    <w:rsid w:val="00FE222E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="28D13FB7"/>
   <w15:docId w15:val="{B7631DF5-496A-4181-BB67-1D3FE8DFDA29}"/>
 </w:settings>
 </file>
 
@@ -4715,75 +5153,111 @@
   <w:style w:type="character" w:styleId="Textedelespacerserv">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="000F0D42"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Paragraphedeliste">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00EC0267"/>
     <w:pPr>
       <w:ind w:start="36pt"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Mangal"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Rvision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FE222E"/>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:val="fr-CH" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Mentionnonrsolue">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00FE222E"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Lienhypertextesuivivisit">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00FE222E"/>
+    <w:rPr>
+      <w:color w:val="800080" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://purl.oclc.org/ooxml/officeDocument/relationships" xmlns:w="http://purl.oclc.org/ooxml/wordprocessingml/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1465928843">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0pt"/>
       <w:marRight w:val="0pt"/>
       <w:marTop w:val="0pt"/>
       <w:marBottom w:val="0pt"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://purl.oclc.org/ooxml/officeDocument/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://purl.oclc.org/ooxml/officeDocument/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://purl.oclc.org/ooxml/officeDocument/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://purl.oclc.org/ooxml/officeDocument/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://purl.oclc.org/ooxml/officeDocument/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://purl.oclc.org/ooxml/officeDocument/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://purl.oclc.org/ooxml/officeDocument/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://purl.oclc.org/ooxml/officeDocument/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://purl.oclc.org/ooxml/officeDocument/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://purl.oclc.org/ooxml/officeDocument/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://purl.oclc.org/ooxml/officeDocument/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://purl.oclc.org/ooxml/officeDocument/relationships/header" Target="header2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://purl.oclc.org/ooxml/officeDocument/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://purl.oclc.org/ooxml/officeDocument/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://purl.oclc.org/ooxml/officeDocument/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://purl.oclc.org/ooxml/officeDocument/relationships/hyperlink" Target="https://www.fr.ch/sites/default/files/2021-10/revision-partielle-d-un-reglement.pdf?v=1762335342" TargetMode="External"/><Relationship Id="rId12" Type="http://purl.oclc.org/ooxml/officeDocument/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://purl.oclc.org/ooxml/officeDocument/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://purl.oclc.org/ooxml/officeDocument/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://purl.oclc.org/ooxml/officeDocument/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://purl.oclc.org/ooxml/officeDocument/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://purl.oclc.org/ooxml/officeDocument/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://purl.oclc.org/ooxml/officeDocument/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://purl.oclc.org/ooxml/officeDocument/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://purl.oclc.org/ooxml/officeDocument/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://purl.oclc.org/ooxml/drawingml/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5027,75 +5501,75 @@
                 <a:tint val="80%"/>
                 <a:satMod val="300%"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100%">
               <a:schemeClr val="phClr">
                 <a:shade val="30%"/>
                 <a:satMod val="200%"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50%" t="50%" r="50%" b="50%"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://purl.oclc.org/ooxml/officeDocument/extendedProperties" xmlns:vt="http://purl.oclc.org/ooxml/officeDocument/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>320</Words>
-  <Characters>1357</Characters>
+  <Words>389</Words>
+  <Characters>1800</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>11</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>90</Lines>
+  <Paragraphs>99</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1674</CharactersWithSpaces>
+  <CharactersWithSpaces>2090</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Jauquier Stéphanie</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>