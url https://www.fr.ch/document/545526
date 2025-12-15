--- v0 (2025-12-05)
+++ v1 (2025-12-15)
@@ -1,121 +1,122 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="L:\00 Bases statistiques et produits généraux\01 Synthèses\03 Site Internet\06 Pages sous-produits\03 Economie\0602 Entreprises et emplois\2024-02\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\ad.net.fr.ch\dfs\DEE\SSD\WP\00 Bases statistiques et produits généraux\01 Synthèses\03 Site Internet\06 Pages sous-produits\03 Economie\0602 Entreprises et emplois\2025-02\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{772D8E05-2F2F-4E0F-A1E6-B26A60A650F9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A3ADCE28-43B1-4260-B00D-B0D241376F77}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="te641" sheetId="15" r:id="rId1"/>
-    <sheet name="Signes - Zeichen" sheetId="16" r:id="rId2"/>
+    <sheet name="te641" sheetId="18" r:id="rId1"/>
+    <sheet name="Signes - Zeichen" sheetId="17" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'te641'!$A$1:$R$42</definedName>
+    <definedName name="_AMO_UniqueIdentifier" localSheetId="1" hidden="1">"'7615af9c-4c39-45be-bde5-41d245b495e1'"</definedName>
+    <definedName name="_AMO_UniqueIdentifier" hidden="1">"'4ec6d868-249a-476c-be85-f60992101c48'"</definedName>
+    <definedName name="cube">#REF!</definedName>
+    <definedName name="cubr">#REF!</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'te641'!$A$1:$T$43</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="146" uniqueCount="76">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="112" uniqueCount="99">
   <si>
     <t>Activités immobilières</t>
   </si>
   <si>
     <t>Enseignement</t>
   </si>
   <si>
     <t>Erziehung und Unterricht</t>
   </si>
   <si>
     <t>Arts, spectacles et activités récréatives</t>
   </si>
   <si>
     <t>Autres activités de services</t>
   </si>
   <si>
     <t>Kunst, Unterhaltung und Erholung</t>
   </si>
   <si>
     <t>—</t>
   </si>
   <si>
     <t>Secteur secondaire</t>
   </si>
   <si>
     <t>Secteur tertiaire</t>
   </si>
   <si>
     <t>Sekundärer Sektor</t>
   </si>
   <si>
     <t>Tertiärer Sektor</t>
   </si>
   <si>
     <t>T06-02-05</t>
-  </si>
-[...1 lines deleted...]
-    <t>Source : Statistique de la démographie des entreprises (UDEMO) 2013-2022 - Office fédéral de la statistique, Neuchâtel</t>
   </si>
   <si>
     <t>Total des secteurs secondaire et tertiaire</t>
   </si>
   <si>
     <t>Sekundärer und tertiärer Sektor, Total</t>
   </si>
   <si>
     <t>Construction</t>
   </si>
   <si>
     <t>Baugewerbe</t>
   </si>
   <si>
     <t>Commerce, réparation d'automobiles et de motocycles</t>
   </si>
   <si>
     <t>Transports et entreposage</t>
   </si>
   <si>
     <t>Hébergement et restauration</t>
   </si>
   <si>
     <t>Information et communication</t>
   </si>
@@ -226,294 +227,257 @@
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="6"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>1</t>
     </r>
     <r>
       <rPr>
         <sz val="6"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Die Daten von Clavaleyres, einer ehemals bernischen Gemeinde, die am 1. Januar 2022 mit Murten fusionierte, sind rückwirkend für den gesamten Beobachtungszeitraum in die Daten des Kantons Freiburg integriert.</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve"> Les entreprises disparues à la suite d'une fusion, d'une reprise, d'une scission ou d'une restructuration ne sont pas prises en compte. Sont par contre incluses les entreprises «dormantes» si elles ne sont pas réactivées dans un délai de deux ans.</t>
   </si>
   <si>
     <t xml:space="preserve"> Unternehmen, die ihre Tätigkeit infolge Fusionen, Übernahmen, Spaltungen oder Restrukturierungen eingestellt haben, werden nicht berücksichtigt. Erfasst werden hingegen ruhende Einheiten, die ihre Tätigkeit innerhalb von zwei Jahren nicht wieder aufnehmen.</t>
   </si>
   <si>
-    <t>Entreprises fermées / Geschlossene Unternehmen</t>
-[...4 lines deleted...]
-  <si>
     <t>Activité économique de l'entreprise</t>
   </si>
   <si>
     <t>Taille de l'entreprise</t>
   </si>
   <si>
     <t>Wirtschaftszweig des Unternehmens</t>
   </si>
   <si>
     <t>Grösse des Unternehmens</t>
-  </si>
-[...59 lines deleted...]
-    </r>
   </si>
   <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="6"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>2</t>
     </r>
     <r>
       <rPr>
         <sz val="6"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Entreprises ayant définitivement cessé une activité économique marchande dans le secteur secondaire ou tertiaire durant l'année de référence.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="6"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>2</t>
     </r>
     <r>
       <rPr>
         <sz val="6"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Unternehmen, die im Berichtsjahr eine marktwirtschaftliche Tätigkeit im Sekundär- oder Tertiärsektor endgültig eingestellt haben.</t>
     </r>
   </si>
   <si>
-    <t>Actualisation / Aktualisiert am: 10.01.2025</t>
-[...1 lines deleted...]
-  <si>
     <t>…</t>
   </si>
   <si>
-    <t>Quelle: Statistik der Unternehmensdemografie (UDEMO) 2013-2022 - Bundesamt für Statistik, Neuenburg, te25-641</t>
+    <t>Source : Statistique de la démographie des entreprises (UDEMO) 2013-2023 - Office fédéral de la statistique, Neuchâtel</t>
+  </si>
+  <si>
+    <t>Quelle: Statistik der Unternehmensdemografie (UDEMO) 2013-2023 - Bundesamt für Statistik, Neuenburg, te25-641</t>
+  </si>
+  <si>
+    <t>Actualisation / Aktualisiert am: 02.12.2025</t>
+  </si>
+  <si>
+    <t>Légende des signes</t>
+  </si>
+  <si>
+    <t>Zeichenerklärung</t>
+  </si>
+  <si>
+    <t>Signes</t>
+  </si>
+  <si>
+    <t>Explication</t>
+  </si>
+  <si>
+    <t>Zeichen</t>
+  </si>
+  <si>
+    <t>Erklärung</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>Valeur rigoureusement nulle ou inexistante</t>
+  </si>
+  <si>
+    <t>Es kommt nichts vor (Wert genau Null)</t>
+  </si>
+  <si>
+    <t>0 ou 0,0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Valeur très faible, arrondie à zéro, mais non nulle </t>
+  </si>
+  <si>
+    <t>0 oder 0,0</t>
+  </si>
+  <si>
+    <t>Sehr kleiner Wert, auf Null gerundet, aber nicht genau null</t>
+  </si>
+  <si>
+    <t>(chiffre)</t>
+  </si>
+  <si>
+    <t>Résultat à interpréter avec prudence (trop peu d'observations)</t>
+  </si>
+  <si>
+    <t>(Zahl)</t>
+  </si>
+  <si>
+    <t>Resultat mit Vorsicht zu interpretieren (zu wenige Beobachtungen)</t>
+  </si>
+  <si>
+    <t>( )</t>
+  </si>
+  <si>
+    <t>Donnée confidentielle, non communiquée pour des raisons de protection des données</t>
+  </si>
+  <si>
+    <t>Zahlenangabe unterbleibt aus Gründen des Datenschutzes</t>
+  </si>
+  <si>
+    <t>...</t>
+  </si>
+  <si>
+    <t>Donnée inconnue, inconcevable ou non mentionnée pour des raisons statistiques</t>
+  </si>
+  <si>
+    <t>Zahl nicht bekannt, gegenstandslos oder aus statistischen Gründen nicht aufgeführt</t>
+  </si>
+  <si>
+    <t>r</t>
+  </si>
+  <si>
+    <t>Donnée revue et corrigée</t>
+  </si>
+  <si>
+    <t>Korrigierter Wert</t>
+  </si>
+  <si>
+    <t>p</t>
+  </si>
+  <si>
+    <t>Donnée provisoire</t>
+  </si>
+  <si>
+    <t>Provisorischer Wert</t>
+  </si>
+  <si>
+    <t>e</t>
+  </si>
+  <si>
+    <t>Donnée estimée</t>
+  </si>
+  <si>
+    <t>Geschätzter Wert</t>
+  </si>
+  <si>
+    <t>Entreprises / Unternehmen</t>
+  </si>
+  <si>
+    <t>Emplois / Stellen</t>
   </si>
   <si>
     <r>
-      <t>Création de nouvelles entreprises dans le canton de Fribourg</t>
+      <t>Canton de Fribourg</t>
     </r>
     <r>
       <rPr>
-        <b/>
         <vertAlign val="superscript"/>
-        <sz val="8"/>
+        <sz val="6"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>1</t>
     </r>
     <r>
       <rPr>
-        <b/>
-[...39 lines deleted...]
-        <vertAlign val="superscript"/>
         <sz val="6"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>2</t>
+      <t xml:space="preserve"> /  Kanton Freiburg</t>
     </r>
-  </si>
-[...6 lines deleted...]
-  <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="6"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>2</t>
+      <t>1</t>
     </r>
-    <r>
-[...28 lines deleted...]
-    <t>Quelle: Statistik der Unternehmensdemografie (UDEMO) 2013-2022 - Bundesamt für Statistik, Neuenburg, te25-640</t>
+  </si>
+  <si>
+    <t>Unternehmensschliessungen und verlorene Stellen nach Wirtschaftszweig und Unternehmensgrösse von 2013 bis 2021</t>
+  </si>
+  <si>
+    <t>Cessations d'entreprises et emplois perdus, selon l'activité économique et la taille de l'entreprise, de 2013 à 2021</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="2">
+  <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#\ ##0"/>
-    <numFmt numFmtId="165" formatCode="0.0%"/>
   </numFmts>
   <fonts count="23">
     <font>
       <sz val="10"/>
       <name val="Courier"/>
       <family val="3"/>
     </font>
     <font>
       <b/>
       <sz val="6.5"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="6.5"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
@@ -555,133 +519,142 @@
       <color rgb="FFFF0000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="FFFF0000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="6.5"/>
       <color rgb="FFFF0000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="6"/>
       <color rgb="FFFF0000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <b/>
-[...11 lines deleted...]
-      <vertAlign val="superscript"/>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="6"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <vertAlign val="superscript"/>
-[...5 lines deleted...]
-      <b/>
       <vertAlign val="superscript"/>
       <sz val="6"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="6.5"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="6.5"/>
       <color rgb="FFFF0000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="8"/>
+      <sz val="10"/>
       <name val="Helv"/>
     </font>
+    <font>
+      <sz val="8"/>
+      <color indexed="8"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
+      <name val="Aptos"/>
+      <family val="2"/>
+    </font>
   </fonts>
-  <fills count="5">
+  <fills count="7">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFF2F2F2"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0" tint="-4.9989318521683403E-2"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFFFF"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="10">
+  <borders count="13">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
@@ -732,148 +705,171 @@
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left/>
-      <right/>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
-  <cellStyleXfs count="4">
+  <cellStyleXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
-    <xf numFmtId="9" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="66">
+  <cellXfs count="78">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="2" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="10" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="10" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="4" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="2" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="2" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="2" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
@@ -883,105 +879,149 @@
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="2" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="164" fontId="21" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="18" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="164" fontId="21" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="18" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="49" fontId="20" fillId="0" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="17" fillId="0" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="1" applyFont="1"/>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="164" fontId="21" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="18" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="164" fontId="21" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="18" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="49" fontId="20" fillId="0" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="17" fillId="0" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="1" fillId="2" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="22" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1"/>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="4"/>
+    <xf numFmtId="0" fontId="20" fillId="4" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="4" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="9" xfId="4" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="10" xfId="4" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="11" xfId="4" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="6" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="11" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="4" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="6" borderId="11" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="6" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="6" borderId="12" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="4" applyFont="1"/>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="3" applyFont="1"/>
+    <xf numFmtId="3" fontId="10" fillId="0" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
   </cellXfs>
-  <cellStyles count="4">
+  <cellStyles count="5">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
+    <cellStyle name="Normal 2 2 2" xfId="3" xr:uid="{D815CE3E-C0DE-449F-A768-DC244338BB08}"/>
     <cellStyle name="Normal 3" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
-    <cellStyle name="Pourcentage" xfId="3" builtinId="5"/>
+    <cellStyle name="Normal 5 2" xfId="4" xr:uid="{BF3BFE2D-37FA-4E70-B46D-F520BFA80558}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00800000"/>
       <rgbColor rgb="00008000"/>
       <rgbColor rgb="00000080"/>
       <rgbColor rgb="00808000"/>
@@ -1313,4038 +1353,2155 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5D64149E-8961-482B-BB0E-8EC146FB1A61}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7604F918-57EB-475D-9216-2EAE30AFE6AA}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:R48"/>
+  <dimension ref="A1:T49"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="130" zoomScaleNormal="130" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="13.25" defaultRowHeight="10.5" customHeight="1"/>
   <cols>
-    <col min="1" max="1" width="28.4140625" style="3" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="19" max="16384" width="13.25" style="3"/>
+    <col min="1" max="1" width="28.375" style="3" customWidth="1"/>
+    <col min="2" max="19" width="5.625" style="3" customWidth="1"/>
+    <col min="20" max="20" width="34.375" style="3" customWidth="1"/>
+    <col min="21" max="16384" width="13.25" style="3"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:18" s="7" customFormat="1" ht="12" customHeight="1">
+    <row r="1" spans="1:20" s="7" customFormat="1" ht="12" customHeight="1">
       <c r="A1" s="1" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="2" spans="1:20" s="8" customFormat="1" ht="12" customHeight="1">
+      <c r="A2" s="19" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="3" spans="1:20" s="8" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A3" s="20" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="4" spans="1:20" s="8" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A4" s="77" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="5" spans="1:20" s="9" customFormat="1" ht="10.5" customHeight="1">
+      <c r="T5" s="10"/>
+    </row>
+    <row r="6" spans="1:20" ht="10.5" customHeight="1">
+      <c r="A6" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="B6" s="21" t="s">
+        <v>94</v>
+      </c>
+      <c r="C6" s="22"/>
+      <c r="D6" s="22"/>
+      <c r="E6" s="22"/>
+      <c r="F6" s="22"/>
+      <c r="G6" s="22"/>
+      <c r="H6" s="22"/>
+      <c r="I6" s="22"/>
+      <c r="J6" s="22"/>
+      <c r="K6" s="21" t="s">
+        <v>95</v>
+      </c>
+      <c r="L6" s="22"/>
+      <c r="M6" s="22"/>
+      <c r="N6" s="22"/>
+      <c r="O6" s="22"/>
+      <c r="P6" s="22"/>
+      <c r="Q6" s="22"/>
+      <c r="R6" s="22"/>
+      <c r="S6" s="22"/>
+      <c r="T6" s="23"/>
+    </row>
+    <row r="7" spans="1:20" s="9" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A7" s="24"/>
+      <c r="B7" s="76">
+        <v>2013</v>
+      </c>
+      <c r="C7" s="76">
+        <v>2014</v>
+      </c>
+      <c r="D7" s="76">
+        <v>2015</v>
+      </c>
+      <c r="E7" s="76">
+        <v>2016</v>
+      </c>
+      <c r="F7" s="76">
+        <v>2017</v>
+      </c>
+      <c r="G7" s="76">
+        <v>2018</v>
+      </c>
+      <c r="H7" s="76">
+        <v>2019</v>
+      </c>
+      <c r="I7" s="76">
+        <v>2020</v>
+      </c>
+      <c r="J7" s="76">
+        <v>2021</v>
+      </c>
+      <c r="K7" s="76">
+        <v>2013</v>
+      </c>
+      <c r="L7" s="76">
+        <v>2014</v>
+      </c>
+      <c r="M7" s="76">
+        <v>2015</v>
+      </c>
+      <c r="N7" s="76">
+        <v>2016</v>
+      </c>
+      <c r="O7" s="76">
+        <v>2017</v>
+      </c>
+      <c r="P7" s="76">
+        <v>2018</v>
+      </c>
+      <c r="Q7" s="76">
+        <v>2019</v>
+      </c>
+      <c r="R7" s="76">
+        <v>2020</v>
+      </c>
+      <c r="S7" s="76">
+        <v>2021</v>
+      </c>
+      <c r="T7" s="75"/>
+    </row>
+    <row r="8" spans="1:20" s="44" customFormat="1" ht="21" customHeight="1">
+      <c r="A8" s="40" t="s">
+        <v>52</v>
+      </c>
+      <c r="B8" s="41"/>
+      <c r="C8" s="42"/>
+      <c r="D8" s="42"/>
+      <c r="E8" s="42"/>
+      <c r="F8" s="42"/>
+      <c r="G8" s="42"/>
+      <c r="H8" s="42"/>
+      <c r="I8" s="42"/>
+      <c r="J8" s="42"/>
+      <c r="K8" s="41"/>
+      <c r="L8" s="42"/>
+      <c r="M8" s="42"/>
+      <c r="N8" s="42"/>
+      <c r="O8" s="42"/>
+      <c r="P8" s="42"/>
+      <c r="Q8" s="42"/>
+      <c r="R8" s="42"/>
+      <c r="S8" s="42"/>
+      <c r="T8" s="43" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="9" spans="1:20" s="9" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A9" s="31" t="s">
+        <v>12</v>
+      </c>
+      <c r="B9" s="49">
+        <v>1044</v>
+      </c>
+      <c r="C9" s="50">
+        <v>1084</v>
+      </c>
+      <c r="D9" s="50">
+        <v>1026</v>
+      </c>
+      <c r="E9" s="50">
+        <v>1118</v>
+      </c>
+      <c r="F9" s="50">
+        <v>1093</v>
+      </c>
+      <c r="G9" s="50">
+        <v>1104</v>
+      </c>
+      <c r="H9" s="50">
+        <v>1259</v>
+      </c>
+      <c r="I9" s="50">
+        <v>1118</v>
+      </c>
+      <c r="J9" s="50">
+        <v>1189</v>
+      </c>
+      <c r="K9" s="49">
+        <v>1532</v>
+      </c>
+      <c r="L9" s="50">
+        <v>1393</v>
+      </c>
+      <c r="M9" s="50">
+        <v>1371</v>
+      </c>
+      <c r="N9" s="50">
+        <v>1459</v>
+      </c>
+      <c r="O9" s="50">
+        <v>1467</v>
+      </c>
+      <c r="P9" s="50">
+        <v>1478</v>
+      </c>
+      <c r="Q9" s="50">
+        <v>1648</v>
+      </c>
+      <c r="R9" s="50">
+        <v>1491</v>
+      </c>
+      <c r="S9" s="50">
+        <v>1583</v>
+      </c>
+      <c r="T9" s="36" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="10" spans="1:20" s="11" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A10" s="25" t="s">
+        <v>7</v>
+      </c>
+      <c r="B10" s="27">
+        <v>200</v>
+      </c>
+      <c r="C10" s="28">
+        <v>203</v>
+      </c>
+      <c r="D10" s="28">
+        <v>209</v>
+      </c>
+      <c r="E10" s="28">
+        <v>183</v>
+      </c>
+      <c r="F10" s="28">
+        <v>193</v>
+      </c>
+      <c r="G10" s="28">
+        <v>212</v>
+      </c>
+      <c r="H10" s="28">
+        <v>193</v>
+      </c>
+      <c r="I10" s="28">
+        <v>199</v>
+      </c>
+      <c r="J10" s="28">
+        <v>211</v>
+      </c>
+      <c r="K10" s="27">
+        <v>309</v>
+      </c>
+      <c r="L10" s="28">
+        <v>284</v>
+      </c>
+      <c r="M10" s="28">
+        <v>354</v>
+      </c>
+      <c r="N10" s="28">
+        <v>278</v>
+      </c>
+      <c r="O10" s="28">
+        <v>318</v>
+      </c>
+      <c r="P10" s="28">
+        <v>373</v>
+      </c>
+      <c r="Q10" s="28">
+        <v>318</v>
+      </c>
+      <c r="R10" s="28">
+        <v>338</v>
+      </c>
+      <c r="S10" s="28">
+        <v>361</v>
+      </c>
+      <c r="T10" s="26" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="11" spans="1:20" s="9" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A11" s="29" t="s">
+        <v>24</v>
+      </c>
+      <c r="B11" s="51">
+        <v>66</v>
+      </c>
+      <c r="C11" s="52">
+        <v>77</v>
+      </c>
+      <c r="D11" s="52">
+        <v>74</v>
+      </c>
+      <c r="E11" s="52">
+        <v>80</v>
+      </c>
+      <c r="F11" s="52">
+        <v>79</v>
+      </c>
+      <c r="G11" s="52">
+        <v>76</v>
+      </c>
+      <c r="H11" s="52">
+        <v>79</v>
+      </c>
+      <c r="I11" s="52">
+        <v>74</v>
+      </c>
+      <c r="J11" s="52">
+        <v>77</v>
+      </c>
+      <c r="K11" s="51">
+        <v>84</v>
+      </c>
+      <c r="L11" s="52">
+        <v>101</v>
+      </c>
+      <c r="M11" s="52">
+        <v>111</v>
+      </c>
+      <c r="N11" s="52">
+        <v>118</v>
+      </c>
+      <c r="O11" s="52">
+        <v>117</v>
+      </c>
+      <c r="P11" s="52">
+        <v>109</v>
+      </c>
+      <c r="Q11" s="52">
+        <v>122</v>
+      </c>
+      <c r="R11" s="52">
+        <v>142</v>
+      </c>
+      <c r="S11" s="52">
+        <v>114</v>
+      </c>
+      <c r="T11" s="30" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="12" spans="1:20" s="11" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A12" s="29" t="s">
+        <v>14</v>
+      </c>
+      <c r="B12" s="51">
+        <v>134</v>
+      </c>
+      <c r="C12" s="52">
+        <v>126</v>
+      </c>
+      <c r="D12" s="52">
+        <v>135</v>
+      </c>
+      <c r="E12" s="52">
+        <v>103</v>
+      </c>
+      <c r="F12" s="52">
+        <v>114</v>
+      </c>
+      <c r="G12" s="52">
+        <v>136</v>
+      </c>
+      <c r="H12" s="52">
+        <v>114</v>
+      </c>
+      <c r="I12" s="52">
+        <v>125</v>
+      </c>
+      <c r="J12" s="52">
+        <v>134</v>
+      </c>
+      <c r="K12" s="51">
+        <v>225</v>
+      </c>
+      <c r="L12" s="52">
+        <v>183</v>
+      </c>
+      <c r="M12" s="52">
+        <v>243</v>
+      </c>
+      <c r="N12" s="52">
+        <v>160</v>
+      </c>
+      <c r="O12" s="52">
+        <v>201</v>
+      </c>
+      <c r="P12" s="52">
+        <v>264</v>
+      </c>
+      <c r="Q12" s="52">
+        <v>196</v>
+      </c>
+      <c r="R12" s="52">
+        <v>196</v>
+      </c>
+      <c r="S12" s="52">
+        <v>247</v>
+      </c>
+      <c r="T12" s="30" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="13" spans="1:20" ht="10.5" customHeight="1">
+      <c r="A13" s="25" t="s">
+        <v>8</v>
+      </c>
+      <c r="B13" s="27">
+        <v>844</v>
+      </c>
+      <c r="C13" s="28">
+        <v>881</v>
+      </c>
+      <c r="D13" s="28">
+        <v>817</v>
+      </c>
+      <c r="E13" s="28">
+        <v>935</v>
+      </c>
+      <c r="F13" s="28">
+        <v>900</v>
+      </c>
+      <c r="G13" s="28">
+        <v>892</v>
+      </c>
+      <c r="H13" s="28">
+        <v>1066</v>
+      </c>
+      <c r="I13" s="28">
+        <v>919</v>
+      </c>
+      <c r="J13" s="28">
+        <v>978</v>
+      </c>
+      <c r="K13" s="27">
+        <v>1223</v>
+      </c>
+      <c r="L13" s="28">
+        <v>1109</v>
+      </c>
+      <c r="M13" s="28">
+        <v>1017</v>
+      </c>
+      <c r="N13" s="28">
+        <v>1181</v>
+      </c>
+      <c r="O13" s="28">
+        <v>1149</v>
+      </c>
+      <c r="P13" s="28">
+        <v>1105</v>
+      </c>
+      <c r="Q13" s="28">
+        <v>1330</v>
+      </c>
+      <c r="R13" s="28">
+        <v>1153</v>
+      </c>
+      <c r="S13" s="28">
+        <v>1222</v>
+      </c>
+      <c r="T13" s="26" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="14" spans="1:20" s="11" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A14" s="29" t="s">
+        <v>16</v>
+      </c>
+      <c r="B14" s="51">
+        <v>161</v>
+      </c>
+      <c r="C14" s="52">
+        <v>167</v>
+      </c>
+      <c r="D14" s="52">
+        <v>148</v>
+      </c>
+      <c r="E14" s="52">
+        <v>159</v>
+      </c>
+      <c r="F14" s="52">
+        <v>155</v>
+      </c>
+      <c r="G14" s="52">
+        <v>157</v>
+      </c>
+      <c r="H14" s="52">
+        <v>168</v>
+      </c>
+      <c r="I14" s="52">
+        <v>166</v>
+      </c>
+      <c r="J14" s="52">
+        <v>183</v>
+      </c>
+      <c r="K14" s="51">
+        <v>230</v>
+      </c>
+      <c r="L14" s="52">
+        <v>234</v>
+      </c>
+      <c r="M14" s="52">
+        <v>187</v>
+      </c>
+      <c r="N14" s="52">
+        <v>234</v>
+      </c>
+      <c r="O14" s="52">
+        <v>204</v>
+      </c>
+      <c r="P14" s="52">
+        <v>207</v>
+      </c>
+      <c r="Q14" s="52">
+        <v>240</v>
+      </c>
+      <c r="R14" s="52">
+        <v>229</v>
+      </c>
+      <c r="S14" s="52">
+        <v>253</v>
+      </c>
+      <c r="T14" s="30" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="15" spans="1:20" s="9" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A15" s="29" t="s">
+        <v>17</v>
+      </c>
+      <c r="B15" s="51">
+        <v>27</v>
+      </c>
+      <c r="C15" s="52">
+        <v>27</v>
+      </c>
+      <c r="D15" s="52">
+        <v>20</v>
+      </c>
+      <c r="E15" s="52">
+        <v>17</v>
+      </c>
+      <c r="F15" s="52">
+        <v>18</v>
+      </c>
+      <c r="G15" s="52">
+        <v>16</v>
+      </c>
+      <c r="H15" s="52">
+        <v>26</v>
+      </c>
+      <c r="I15" s="52">
+        <v>21</v>
+      </c>
+      <c r="J15" s="52">
+        <v>24</v>
+      </c>
+      <c r="K15" s="51">
+        <v>37</v>
+      </c>
+      <c r="L15" s="52">
+        <v>38</v>
+      </c>
+      <c r="M15" s="52">
+        <v>30</v>
+      </c>
+      <c r="N15" s="52">
+        <v>26</v>
+      </c>
+      <c r="O15" s="52">
+        <v>26</v>
+      </c>
+      <c r="P15" s="52">
+        <v>20</v>
+      </c>
+      <c r="Q15" s="52">
+        <v>61</v>
+      </c>
+      <c r="R15" s="52">
+        <v>24</v>
+      </c>
+      <c r="S15" s="52">
+        <v>32</v>
+      </c>
+      <c r="T15" s="30" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="16" spans="1:20" s="9" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A16" s="29" t="s">
+        <v>18</v>
+      </c>
+      <c r="B16" s="51">
+        <v>44</v>
+      </c>
+      <c r="C16" s="52">
+        <v>60</v>
+      </c>
+      <c r="D16" s="52">
+        <v>49</v>
+      </c>
+      <c r="E16" s="52">
+        <v>53</v>
+      </c>
+      <c r="F16" s="52">
+        <v>49</v>
+      </c>
+      <c r="G16" s="52">
+        <v>43</v>
+      </c>
+      <c r="H16" s="52">
+        <v>61</v>
+      </c>
+      <c r="I16" s="52">
+        <v>54</v>
+      </c>
+      <c r="J16" s="52">
+        <v>49</v>
+      </c>
+      <c r="K16" s="51">
+        <v>83</v>
+      </c>
+      <c r="L16" s="52">
+        <v>106</v>
+      </c>
+      <c r="M16" s="52">
+        <v>83</v>
+      </c>
+      <c r="N16" s="52">
+        <v>83</v>
+      </c>
+      <c r="O16" s="52">
+        <v>124</v>
+      </c>
+      <c r="P16" s="52">
+        <v>75</v>
+      </c>
+      <c r="Q16" s="52">
+        <v>97</v>
+      </c>
+      <c r="R16" s="52">
+        <v>90</v>
+      </c>
+      <c r="S16" s="52">
+        <v>100</v>
+      </c>
+      <c r="T16" s="30" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="17" spans="1:20" s="11" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A17" s="29" t="s">
+        <v>19</v>
+      </c>
+      <c r="B17" s="51">
+        <v>45</v>
+      </c>
+      <c r="C17" s="52">
+        <v>46</v>
+      </c>
+      <c r="D17" s="52">
+        <v>42</v>
+      </c>
+      <c r="E17" s="52">
+        <v>52</v>
+      </c>
+      <c r="F17" s="52">
+        <v>46</v>
+      </c>
+      <c r="G17" s="52">
+        <v>54</v>
+      </c>
+      <c r="H17" s="52">
+        <v>45</v>
+      </c>
+      <c r="I17" s="52">
+        <v>54</v>
+      </c>
+      <c r="J17" s="52">
+        <v>47</v>
+      </c>
+      <c r="K17" s="51">
+        <v>52</v>
+      </c>
+      <c r="L17" s="52">
+        <v>54</v>
+      </c>
+      <c r="M17" s="52">
+        <v>47</v>
+      </c>
+      <c r="N17" s="52">
         <v>59</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A2" s="22" t="s">
+      <c r="O17" s="52">
+        <v>51</v>
+      </c>
+      <c r="P17" s="52">
+        <v>71</v>
+      </c>
+      <c r="Q17" s="52">
+        <v>52</v>
+      </c>
+      <c r="R17" s="52">
+        <v>56</v>
+      </c>
+      <c r="S17" s="52">
+        <v>55</v>
+      </c>
+      <c r="T17" s="30" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="18" spans="1:20" s="11" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A18" s="29" t="s">
+        <v>20</v>
+      </c>
+      <c r="B18" s="51">
+        <v>36</v>
+      </c>
+      <c r="C18" s="52">
+        <v>37</v>
+      </c>
+      <c r="D18" s="52">
+        <v>43</v>
+      </c>
+      <c r="E18" s="52">
+        <v>37</v>
+      </c>
+      <c r="F18" s="52">
+        <v>34</v>
+      </c>
+      <c r="G18" s="52">
+        <v>37</v>
+      </c>
+      <c r="H18" s="52">
+        <v>39</v>
+      </c>
+      <c r="I18" s="52">
+        <v>29</v>
+      </c>
+      <c r="J18" s="52">
+        <v>30</v>
+      </c>
+      <c r="K18" s="51">
+        <v>52</v>
+      </c>
+      <c r="L18" s="52">
+        <v>43</v>
+      </c>
+      <c r="M18" s="52">
+        <v>69</v>
+      </c>
+      <c r="N18" s="52">
+        <v>49</v>
+      </c>
+      <c r="O18" s="52">
+        <v>41</v>
+      </c>
+      <c r="P18" s="52">
+        <v>50</v>
+      </c>
+      <c r="Q18" s="52">
+        <v>46</v>
+      </c>
+      <c r="R18" s="52">
+        <v>33</v>
+      </c>
+      <c r="S18" s="52">
+        <v>37</v>
+      </c>
+      <c r="T18" s="30" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="19" spans="1:20" s="11" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A19" s="29" t="s">
+        <v>0</v>
+      </c>
+      <c r="B19" s="51">
+        <v>41</v>
+      </c>
+      <c r="C19" s="52">
+        <v>37</v>
+      </c>
+      <c r="D19" s="52">
+        <v>40</v>
+      </c>
+      <c r="E19" s="52">
+        <v>39</v>
+      </c>
+      <c r="F19" s="52">
+        <v>44</v>
+      </c>
+      <c r="G19" s="52">
+        <v>40</v>
+      </c>
+      <c r="H19" s="52">
+        <v>48</v>
+      </c>
+      <c r="I19" s="52">
+        <v>43</v>
+      </c>
+      <c r="J19" s="52">
+        <v>34</v>
+      </c>
+      <c r="K19" s="51">
+        <v>47</v>
+      </c>
+      <c r="L19" s="52">
+        <v>43</v>
+      </c>
+      <c r="M19" s="52">
+        <v>44</v>
+      </c>
+      <c r="N19" s="52">
+        <v>46</v>
+      </c>
+      <c r="O19" s="52">
+        <v>55</v>
+      </c>
+      <c r="P19" s="52">
+        <v>46</v>
+      </c>
+      <c r="Q19" s="52">
+        <v>59</v>
+      </c>
+      <c r="R19" s="52">
+        <v>47</v>
+      </c>
+      <c r="S19" s="52">
+        <v>39</v>
+      </c>
+      <c r="T19" s="30" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="20" spans="1:20" s="11" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A20" s="29" t="s">
+        <v>21</v>
+      </c>
+      <c r="B20" s="51">
+        <v>164</v>
+      </c>
+      <c r="C20" s="52">
+        <v>165</v>
+      </c>
+      <c r="D20" s="52">
+        <v>148</v>
+      </c>
+      <c r="E20" s="52">
+        <v>193</v>
+      </c>
+      <c r="F20" s="52">
+        <v>180</v>
+      </c>
+      <c r="G20" s="52">
+        <v>184</v>
+      </c>
+      <c r="H20" s="52">
+        <v>198</v>
+      </c>
+      <c r="I20" s="52">
+        <v>181</v>
+      </c>
+      <c r="J20" s="52">
+        <v>216</v>
+      </c>
+      <c r="K20" s="51">
+        <v>183</v>
+      </c>
+      <c r="L20" s="52">
+        <v>196</v>
+      </c>
+      <c r="M20" s="52">
+        <v>166</v>
+      </c>
+      <c r="N20" s="52">
+        <v>224</v>
+      </c>
+      <c r="O20" s="52">
+        <v>221</v>
+      </c>
+      <c r="P20" s="52">
+        <v>203</v>
+      </c>
+      <c r="Q20" s="52">
+        <v>221</v>
+      </c>
+      <c r="R20" s="52">
+        <v>210</v>
+      </c>
+      <c r="S20" s="52">
+        <v>245</v>
+      </c>
+      <c r="T20" s="30" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="21" spans="1:20" s="11" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A21" s="29" t="s">
+        <v>22</v>
+      </c>
+      <c r="B21" s="51">
+        <v>46</v>
+      </c>
+      <c r="C21" s="52">
+        <v>46</v>
+      </c>
+      <c r="D21" s="52">
+        <v>51</v>
+      </c>
+      <c r="E21" s="52">
+        <v>51</v>
+      </c>
+      <c r="F21" s="52">
+        <v>62</v>
+      </c>
+      <c r="G21" s="52">
+        <v>35</v>
+      </c>
+      <c r="H21" s="52">
+        <v>65</v>
+      </c>
+      <c r="I21" s="52">
+        <v>51</v>
+      </c>
+      <c r="J21" s="52">
+        <v>37</v>
+      </c>
+      <c r="K21" s="51">
+        <v>205</v>
+      </c>
+      <c r="L21" s="52">
+        <v>54</v>
+      </c>
+      <c r="M21" s="52">
+        <v>58</v>
+      </c>
+      <c r="N21" s="52">
+        <v>68</v>
+      </c>
+      <c r="O21" s="52">
+        <v>74</v>
+      </c>
+      <c r="P21" s="52">
+        <v>52</v>
+      </c>
+      <c r="Q21" s="52">
+        <v>92</v>
+      </c>
+      <c r="R21" s="52">
+        <v>82</v>
+      </c>
+      <c r="S21" s="52">
         <v>60</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A3" s="23" t="s">
+      <c r="T21" s="30" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="22" spans="1:20" s="11" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A22" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="B22" s="51">
+        <v>34</v>
+      </c>
+      <c r="C22" s="52">
+        <v>45</v>
+      </c>
+      <c r="D22" s="52">
+        <v>40</v>
+      </c>
+      <c r="E22" s="52">
+        <v>40</v>
+      </c>
+      <c r="F22" s="52">
+        <v>39</v>
+      </c>
+      <c r="G22" s="52">
+        <v>48</v>
+      </c>
+      <c r="H22" s="52">
+        <v>69</v>
+      </c>
+      <c r="I22" s="52">
+        <v>49</v>
+      </c>
+      <c r="J22" s="52">
+        <v>59</v>
+      </c>
+      <c r="K22" s="51">
+        <v>36</v>
+      </c>
+      <c r="L22" s="52">
+        <v>47</v>
+      </c>
+      <c r="M22" s="52">
+        <v>56</v>
+      </c>
+      <c r="N22" s="52">
+        <v>47</v>
+      </c>
+      <c r="O22" s="52">
+        <v>44</v>
+      </c>
+      <c r="P22" s="52">
+        <v>63</v>
+      </c>
+      <c r="Q22" s="52">
+        <v>74</v>
+      </c>
+      <c r="R22" s="52">
+        <v>49</v>
+      </c>
+      <c r="S22" s="52">
+        <v>63</v>
+      </c>
+      <c r="T22" s="30" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="23" spans="1:20" s="11" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A23" s="29" t="s">
+        <v>23</v>
+      </c>
+      <c r="B23" s="51">
+        <v>105</v>
+      </c>
+      <c r="C23" s="52">
+        <v>85</v>
+      </c>
+      <c r="D23" s="52">
+        <v>84</v>
+      </c>
+      <c r="E23" s="52">
+        <v>115</v>
+      </c>
+      <c r="F23" s="52">
+        <v>110</v>
+      </c>
+      <c r="G23" s="52">
+        <v>117</v>
+      </c>
+      <c r="H23" s="52">
+        <v>131</v>
+      </c>
+      <c r="I23" s="52">
+        <v>118</v>
+      </c>
+      <c r="J23" s="52">
+        <v>140</v>
+      </c>
+      <c r="K23" s="51">
+        <v>125</v>
+      </c>
+      <c r="L23" s="52">
+        <v>103</v>
+      </c>
+      <c r="M23" s="52">
+        <v>97</v>
+      </c>
+      <c r="N23" s="52">
+        <v>130</v>
+      </c>
+      <c r="O23" s="52">
+        <v>120</v>
+      </c>
+      <c r="P23" s="52">
+        <v>133</v>
+      </c>
+      <c r="Q23" s="52">
+        <v>147</v>
+      </c>
+      <c r="R23" s="52">
+        <v>132</v>
+      </c>
+      <c r="S23" s="52">
+        <v>157</v>
+      </c>
+      <c r="T23" s="30" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="24" spans="1:20" s="11" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A24" s="29" t="s">
+        <v>3</v>
+      </c>
+      <c r="B24" s="51">
+        <v>50</v>
+      </c>
+      <c r="C24" s="52">
+        <v>55</v>
+      </c>
+      <c r="D24" s="52">
+        <v>49</v>
+      </c>
+      <c r="E24" s="52">
+        <v>69</v>
+      </c>
+      <c r="F24" s="52">
+        <v>56</v>
+      </c>
+      <c r="G24" s="52">
+        <v>55</v>
+      </c>
+      <c r="H24" s="52">
+        <v>90</v>
+      </c>
+      <c r="I24" s="52">
+        <v>48</v>
+      </c>
+      <c r="J24" s="52">
+        <v>47</v>
+      </c>
+      <c r="K24" s="51">
+        <v>69</v>
+      </c>
+      <c r="L24" s="52">
+        <v>72</v>
+      </c>
+      <c r="M24" s="52">
+        <v>66</v>
+      </c>
+      <c r="N24" s="52">
+        <v>99</v>
+      </c>
+      <c r="O24" s="52">
+        <v>74</v>
+      </c>
+      <c r="P24" s="52">
+        <v>66</v>
+      </c>
+      <c r="Q24" s="52">
+        <v>103</v>
+      </c>
+      <c r="R24" s="52">
+        <v>70</v>
+      </c>
+      <c r="S24" s="52">
+        <v>50</v>
+      </c>
+      <c r="T24" s="30" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="25" spans="1:20" s="39" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A25" s="37" t="s">
+        <v>4</v>
+      </c>
+      <c r="B25" s="53">
+        <v>91</v>
+      </c>
+      <c r="C25" s="54">
+        <v>111</v>
+      </c>
+      <c r="D25" s="54">
+        <v>103</v>
+      </c>
+      <c r="E25" s="54">
+        <v>110</v>
+      </c>
+      <c r="F25" s="54">
+        <v>107</v>
+      </c>
+      <c r="G25" s="54">
+        <v>106</v>
+      </c>
+      <c r="H25" s="54">
+        <v>126</v>
+      </c>
+      <c r="I25" s="54">
+        <v>105</v>
+      </c>
+      <c r="J25" s="54">
+        <v>112</v>
+      </c>
+      <c r="K25" s="53">
+        <v>104</v>
+      </c>
+      <c r="L25" s="54">
+        <v>119</v>
+      </c>
+      <c r="M25" s="54">
+        <v>114</v>
+      </c>
+      <c r="N25" s="54">
+        <v>116</v>
+      </c>
+      <c r="O25" s="54">
+        <v>115</v>
+      </c>
+      <c r="P25" s="54">
+        <v>119</v>
+      </c>
+      <c r="Q25" s="54">
+        <v>138</v>
+      </c>
+      <c r="R25" s="54">
+        <v>131</v>
+      </c>
+      <c r="S25" s="54">
+        <v>131</v>
+      </c>
+      <c r="T25" s="38" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="26" spans="1:20" s="44" customFormat="1" ht="21.75" customHeight="1">
+      <c r="A26" s="45" t="s">
+        <v>53</v>
+      </c>
+      <c r="B26" s="46"/>
+      <c r="C26" s="47"/>
+      <c r="D26" s="47"/>
+      <c r="E26" s="47"/>
+      <c r="F26" s="47"/>
+      <c r="G26" s="47"/>
+      <c r="H26" s="47"/>
+      <c r="I26" s="47"/>
+      <c r="J26" s="47"/>
+      <c r="K26" s="46"/>
+      <c r="L26" s="47"/>
+      <c r="M26" s="47"/>
+      <c r="N26" s="47"/>
+      <c r="O26" s="47"/>
+      <c r="P26" s="47"/>
+      <c r="Q26" s="47"/>
+      <c r="R26" s="47"/>
+      <c r="S26" s="47"/>
+      <c r="T26" s="48" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="27" spans="1:20" s="9" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A27" s="31" t="s">
+        <v>12</v>
+      </c>
+      <c r="B27" s="49">
+        <v>1044</v>
+      </c>
+      <c r="C27" s="50">
+        <v>1084</v>
+      </c>
+      <c r="D27" s="50">
+        <v>1026</v>
+      </c>
+      <c r="E27" s="50">
+        <v>1118</v>
+      </c>
+      <c r="F27" s="50">
+        <v>1093</v>
+      </c>
+      <c r="G27" s="50">
+        <v>1104</v>
+      </c>
+      <c r="H27" s="50">
+        <v>1259</v>
+      </c>
+      <c r="I27" s="50">
+        <v>1118</v>
+      </c>
+      <c r="J27" s="50">
+        <v>1189</v>
+      </c>
+      <c r="K27" s="49">
+        <v>1532</v>
+      </c>
+      <c r="L27" s="50">
+        <v>1393</v>
+      </c>
+      <c r="M27" s="50">
+        <v>1371</v>
+      </c>
+      <c r="N27" s="50">
+        <v>1459</v>
+      </c>
+      <c r="O27" s="50">
+        <v>1467</v>
+      </c>
+      <c r="P27" s="50">
+        <v>1478</v>
+      </c>
+      <c r="Q27" s="50">
+        <v>1648</v>
+      </c>
+      <c r="R27" s="50">
+        <v>1491</v>
+      </c>
+      <c r="S27" s="50">
+        <v>1583</v>
+      </c>
+      <c r="T27" s="36" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="28" spans="1:20" s="11" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A28" s="25" t="s">
+        <v>25</v>
+      </c>
+      <c r="B28" s="27">
+        <v>1018</v>
+      </c>
+      <c r="C28" s="28">
+        <v>1072</v>
+      </c>
+      <c r="D28" s="28">
+        <v>1009</v>
+      </c>
+      <c r="E28" s="28">
+        <v>1100</v>
+      </c>
+      <c r="F28" s="28">
+        <v>1071</v>
+      </c>
+      <c r="G28" s="28">
+        <v>1082</v>
+      </c>
+      <c r="H28" s="28">
+        <v>1235</v>
+      </c>
+      <c r="I28" s="28">
+        <v>1107</v>
+      </c>
+      <c r="J28" s="28">
+        <v>1168</v>
+      </c>
+      <c r="K28" s="27">
+        <v>1228</v>
+      </c>
+      <c r="L28" s="28">
+        <v>1308</v>
+      </c>
+      <c r="M28" s="28">
+        <v>1202</v>
+      </c>
+      <c r="N28" s="28">
+        <v>1326</v>
+      </c>
+      <c r="O28" s="28">
+        <v>1279</v>
+      </c>
+      <c r="P28" s="28">
+        <v>1315</v>
+      </c>
+      <c r="Q28" s="28">
+        <v>1456</v>
+      </c>
+      <c r="R28" s="28">
+        <v>1353</v>
+      </c>
+      <c r="S28" s="28">
+        <v>1424</v>
+      </c>
+      <c r="T28" s="26" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="29" spans="1:20" s="9" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A29" s="29" t="s">
+        <v>26</v>
+      </c>
+      <c r="B29" s="51">
+        <v>879</v>
+      </c>
+      <c r="C29" s="52">
+        <v>913</v>
+      </c>
+      <c r="D29" s="52">
+        <v>874</v>
+      </c>
+      <c r="E29" s="52">
+        <v>942</v>
+      </c>
+      <c r="F29" s="52">
+        <v>936</v>
+      </c>
+      <c r="G29" s="52">
+        <v>928</v>
+      </c>
+      <c r="H29" s="52">
+        <v>1071</v>
+      </c>
+      <c r="I29" s="52">
+        <v>937</v>
+      </c>
+      <c r="J29" s="52">
+        <v>996</v>
+      </c>
+      <c r="K29" s="51">
+        <v>879</v>
+      </c>
+      <c r="L29" s="52">
+        <v>913</v>
+      </c>
+      <c r="M29" s="52">
+        <v>874</v>
+      </c>
+      <c r="N29" s="52">
+        <v>942</v>
+      </c>
+      <c r="O29" s="52">
+        <v>936</v>
+      </c>
+      <c r="P29" s="52">
+        <v>928</v>
+      </c>
+      <c r="Q29" s="52">
+        <v>1071</v>
+      </c>
+      <c r="R29" s="52">
+        <v>937</v>
+      </c>
+      <c r="S29" s="52">
+        <v>996</v>
+      </c>
+      <c r="T29" s="30" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="30" spans="1:20" s="11" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A30" s="29" t="s">
+        <v>27</v>
+      </c>
+      <c r="B30" s="51">
+        <v>139</v>
+      </c>
+      <c r="C30" s="52">
+        <v>159</v>
+      </c>
+      <c r="D30" s="52">
+        <v>135</v>
+      </c>
+      <c r="E30" s="52">
+        <v>158</v>
+      </c>
+      <c r="F30" s="52">
+        <v>135</v>
+      </c>
+      <c r="G30" s="52">
+        <v>154</v>
+      </c>
+      <c r="H30" s="52">
+        <v>164</v>
+      </c>
+      <c r="I30" s="52">
+        <v>170</v>
+      </c>
+      <c r="J30" s="52">
+        <v>172</v>
+      </c>
+      <c r="K30" s="51">
+        <v>349</v>
+      </c>
+      <c r="L30" s="52">
+        <v>395</v>
+      </c>
+      <c r="M30" s="52">
+        <v>328</v>
+      </c>
+      <c r="N30" s="52">
+        <v>384</v>
+      </c>
+      <c r="O30" s="52">
+        <v>343</v>
+      </c>
+      <c r="P30" s="52">
+        <v>387</v>
+      </c>
+      <c r="Q30" s="52">
+        <v>385</v>
+      </c>
+      <c r="R30" s="52">
+        <v>416</v>
+      </c>
+      <c r="S30" s="52">
+        <v>428</v>
+      </c>
+      <c r="T30" s="30" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="31" spans="1:20" ht="10.5" customHeight="1">
+      <c r="A31" s="25" t="s">
+        <v>28</v>
+      </c>
+      <c r="B31" s="27">
+        <v>26</v>
+      </c>
+      <c r="C31" s="28">
+        <v>12</v>
+      </c>
+      <c r="D31" s="28">
+        <v>17</v>
+      </c>
+      <c r="E31" s="28">
+        <v>18</v>
+      </c>
+      <c r="F31" s="28">
+        <v>22</v>
+      </c>
+      <c r="G31" s="28">
+        <v>22</v>
+      </c>
+      <c r="H31" s="28">
+        <v>24</v>
+      </c>
+      <c r="I31" s="28">
+        <v>11</v>
+      </c>
+      <c r="J31" s="28">
+        <v>21</v>
+      </c>
+      <c r="K31" s="27">
+        <v>304</v>
+      </c>
+      <c r="L31" s="28">
+        <v>85</v>
+      </c>
+      <c r="M31" s="28">
+        <v>169</v>
+      </c>
+      <c r="N31" s="28">
+        <v>133</v>
+      </c>
+      <c r="O31" s="28">
+        <v>188</v>
+      </c>
+      <c r="P31" s="28">
+        <v>163</v>
+      </c>
+      <c r="Q31" s="28">
+        <v>192</v>
+      </c>
+      <c r="R31" s="28">
+        <v>138</v>
+      </c>
+      <c r="S31" s="28">
+        <v>159</v>
+      </c>
+      <c r="T31" s="26" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="32" spans="1:20" s="11" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A32" s="29" t="s">
+        <v>29</v>
+      </c>
+      <c r="B32" s="51">
+        <v>20</v>
+      </c>
+      <c r="C32" s="52" t="s">
+        <v>58</v>
+      </c>
+      <c r="D32" s="52">
+        <v>11</v>
+      </c>
+      <c r="E32" s="52" t="s">
+        <v>58</v>
+      </c>
+      <c r="F32" s="52">
+        <v>16</v>
+      </c>
+      <c r="G32" s="52">
+        <v>16</v>
+      </c>
+      <c r="H32" s="52">
+        <v>20</v>
+      </c>
+      <c r="I32" s="52">
         <v>6</v>
       </c>
-      <c r="R3" s="10"/>
-[...5 lines deleted...]
-      <c r="B4" s="26" t="s">
+      <c r="J32" s="52">
+        <v>16</v>
+      </c>
+      <c r="K32" s="51">
+        <v>122</v>
+      </c>
+      <c r="L32" s="52">
         <v>61</v>
       </c>
-      <c r="C4" s="27"/>
-[...232 lines deleted...]
-      <c r="B10" s="56">
+      <c r="M32" s="52">
         <v>66</v>
       </c>
-      <c r="C10" s="57">
-[...61 lines deleted...]
-      <c r="E11" s="57">
+      <c r="N32" s="52">
+        <v>95</v>
+      </c>
+      <c r="O32" s="52">
+        <v>100</v>
+      </c>
+      <c r="P32" s="52">
+        <v>98</v>
+      </c>
+      <c r="Q32" s="52">
+        <v>123</v>
+      </c>
+      <c r="R32" s="52">
+        <v>36</v>
+      </c>
+      <c r="S32" s="52">
+        <v>97</v>
+      </c>
+      <c r="T32" s="30" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="33" spans="1:20" s="9" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A33" s="32" t="s">
+        <v>30</v>
+      </c>
+      <c r="B33" s="56">
+        <v>6</v>
+      </c>
+      <c r="C33" s="57" t="s">
+        <v>58</v>
+      </c>
+      <c r="D33" s="57">
+        <v>6</v>
+      </c>
+      <c r="E33" s="57" t="s">
+        <v>58</v>
+      </c>
+      <c r="F33" s="57">
+        <v>6</v>
+      </c>
+      <c r="G33" s="57">
+        <v>6</v>
+      </c>
+      <c r="H33" s="57">
+        <v>4</v>
+      </c>
+      <c r="I33" s="57">
+        <v>5</v>
+      </c>
+      <c r="J33" s="57">
+        <v>5</v>
+      </c>
+      <c r="K33" s="56">
+        <v>182</v>
+      </c>
+      <c r="L33" s="57">
+        <v>24</v>
+      </c>
+      <c r="M33" s="57">
         <v>103</v>
       </c>
-      <c r="F11" s="57">
-[...182 lines deleted...]
-      <c r="K14" s="57">
+      <c r="N33" s="57">
         <v>38</v>
       </c>
-      <c r="L14" s="57">
-[...111 lines deleted...]
-      <c r="L16" s="57">
+      <c r="O33" s="57">
+        <v>88</v>
+      </c>
+      <c r="P33" s="57">
+        <v>65</v>
+      </c>
+      <c r="Q33" s="57">
+        <v>69</v>
+      </c>
+      <c r="R33" s="57">
+        <v>102</v>
+      </c>
+      <c r="S33" s="57">
+        <v>62</v>
+      </c>
+      <c r="T33" s="33" t="s">
         <v>47</v>
       </c>
-      <c r="M16" s="57">
-[...96 lines deleted...]
-      <c r="H18" s="57">
+    </row>
+    <row r="34" spans="1:20" s="11" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A34" s="12"/>
+      <c r="B34" s="13"/>
+      <c r="C34" s="13"/>
+      <c r="D34" s="13"/>
+      <c r="E34" s="13"/>
+      <c r="F34" s="13"/>
+      <c r="G34" s="13"/>
+      <c r="H34" s="13"/>
+      <c r="I34" s="13"/>
+      <c r="J34" s="13"/>
+      <c r="K34" s="13"/>
+      <c r="L34" s="13"/>
+      <c r="M34" s="13"/>
+      <c r="N34" s="13"/>
+      <c r="O34" s="13"/>
+      <c r="P34" s="13"/>
+      <c r="Q34" s="13"/>
+      <c r="R34" s="13"/>
+      <c r="S34" s="13"/>
+      <c r="T34" s="9"/>
+    </row>
+    <row r="35" spans="1:20" s="2" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A35" s="34" t="s">
         <v>48</v>
-      </c>
-[...827 lines deleted...]
-        <v>50</v>
       </c>
       <c r="B35" s="4"/>
       <c r="C35" s="4"/>
       <c r="D35" s="4"/>
       <c r="E35" s="4"/>
       <c r="F35" s="4"/>
       <c r="G35" s="4"/>
       <c r="H35" s="4"/>
       <c r="I35" s="4"/>
       <c r="J35" s="4"/>
       <c r="K35" s="4"/>
       <c r="L35" s="4"/>
       <c r="M35" s="4"/>
       <c r="N35" s="4"/>
       <c r="O35" s="4"/>
       <c r="P35" s="4"/>
       <c r="Q35" s="4"/>
-      <c r="R35" s="3"/>
-[...7 lines deleted...]
-      <c r="A37" s="40" t="s">
+      <c r="R35" s="4"/>
+      <c r="S35" s="4"/>
+      <c r="T35" s="3"/>
+    </row>
+    <row r="36" spans="1:20" s="2" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A36" s="34" t="s">
+        <v>49</v>
+      </c>
+      <c r="B36" s="4"/>
+      <c r="C36" s="4"/>
+      <c r="D36" s="4"/>
+      <c r="E36" s="4"/>
+      <c r="F36" s="4"/>
+      <c r="G36" s="4"/>
+      <c r="H36" s="4"/>
+      <c r="I36" s="4"/>
+      <c r="J36" s="4"/>
+      <c r="K36" s="4"/>
+      <c r="L36" s="4"/>
+      <c r="M36" s="4"/>
+      <c r="N36" s="4"/>
+      <c r="O36" s="4"/>
+      <c r="P36" s="4"/>
+      <c r="Q36" s="4"/>
+      <c r="R36" s="4"/>
+      <c r="S36" s="4"/>
+      <c r="T36" s="3"/>
+    </row>
+    <row r="37" spans="1:20" s="2" customFormat="1" ht="9.75" customHeight="1">
+      <c r="A37" s="35" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="38" spans="1:20" s="2" customFormat="1" ht="9.75" customHeight="1">
+      <c r="A38" s="35" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="39" spans="1:20" s="2" customFormat="1" ht="9.75" customHeight="1">
+      <c r="A39" s="35" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="40" spans="1:20" s="2" customFormat="1" ht="9.75" customHeight="1">
+      <c r="A40" s="2" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="38" spans="1:18" s="2" customFormat="1" ht="9.75" customHeight="1">
-[...64 lines deleted...]
-      </c>
+    <row r="41" spans="1:20" s="14" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A41" s="16"/>
+      <c r="B41" s="15"/>
+      <c r="C41" s="15"/>
+      <c r="D41" s="15"/>
+      <c r="E41" s="15"/>
+      <c r="F41" s="15"/>
+      <c r="G41" s="15"/>
+      <c r="H41" s="15"/>
+      <c r="I41" s="15"/>
+      <c r="J41" s="15"/>
+      <c r="K41" s="15"/>
+      <c r="L41" s="15"/>
+      <c r="M41" s="15"/>
+      <c r="N41" s="15"/>
+      <c r="O41" s="15"/>
+      <c r="P41" s="15"/>
+      <c r="Q41" s="15"/>
+      <c r="R41" s="15"/>
+      <c r="S41" s="15"/>
+      <c r="T41" s="12"/>
+    </row>
+    <row r="42" spans="1:20" s="2" customFormat="1" ht="9.75" customHeight="1">
+      <c r="A42" s="17" t="s">
+        <v>59</v>
+      </c>
+      <c r="B42" s="18"/>
+      <c r="C42" s="18"/>
+    </row>
+    <row r="43" spans="1:20" s="2" customFormat="1" ht="9.75" customHeight="1">
+      <c r="A43" s="17" t="s">
+        <v>60</v>
+      </c>
+      <c r="B43" s="18"/>
+      <c r="C43" s="18"/>
+    </row>
+    <row r="44" spans="1:20" ht="10.5" customHeight="1">
       <c r="B44" s="4"/>
       <c r="C44" s="4"/>
       <c r="D44" s="4"/>
       <c r="E44" s="4"/>
       <c r="F44" s="4"/>
       <c r="G44" s="4"/>
       <c r="H44" s="4"/>
       <c r="I44" s="4"/>
       <c r="J44" s="4"/>
       <c r="K44" s="4"/>
       <c r="L44" s="4"/>
       <c r="M44" s="4"/>
       <c r="N44" s="4"/>
       <c r="O44" s="4"/>
       <c r="P44" s="4"/>
       <c r="Q44" s="4"/>
-    </row>
-[...52 lines deleted...]
-      <c r="Q48" s="60"/>
+      <c r="R44" s="4"/>
+      <c r="S44" s="4"/>
+    </row>
+    <row r="45" spans="1:20" ht="10.5" customHeight="1">
+      <c r="A45" s="5" t="s">
+        <v>61</v>
+      </c>
+      <c r="B45" s="4"/>
+      <c r="C45" s="4"/>
+      <c r="D45" s="4"/>
+      <c r="E45" s="4"/>
+      <c r="F45" s="4"/>
+      <c r="G45" s="4"/>
+      <c r="H45" s="4"/>
+      <c r="I45" s="4"/>
+      <c r="J45" s="4"/>
+      <c r="K45" s="4"/>
+      <c r="L45" s="4"/>
+      <c r="M45" s="4"/>
+      <c r="N45" s="4"/>
+      <c r="O45" s="4"/>
+      <c r="P45" s="4"/>
+      <c r="Q45" s="4"/>
+      <c r="R45" s="4"/>
+      <c r="S45" s="4"/>
+    </row>
+    <row r="47" spans="1:20" ht="10.5" customHeight="1">
+      <c r="B47" s="55"/>
+      <c r="C47" s="55"/>
+      <c r="D47" s="55"/>
+      <c r="E47" s="55"/>
+      <c r="F47" s="55"/>
+      <c r="G47" s="55"/>
+      <c r="H47" s="55"/>
+      <c r="I47" s="55"/>
+      <c r="J47" s="55"/>
+      <c r="K47" s="55"/>
+      <c r="L47" s="55"/>
+      <c r="M47" s="55"/>
+      <c r="N47" s="55"/>
+      <c r="O47" s="55"/>
+      <c r="P47" s="55"/>
+      <c r="Q47" s="55"/>
+      <c r="R47" s="55"/>
+      <c r="S47" s="55"/>
+    </row>
+    <row r="48" spans="1:20" ht="10.5" customHeight="1">
+      <c r="B48" s="55"/>
+      <c r="C48" s="55"/>
+      <c r="D48" s="55"/>
+      <c r="E48" s="55"/>
+      <c r="F48" s="55"/>
+      <c r="G48" s="55"/>
+      <c r="H48" s="55"/>
+      <c r="I48" s="55"/>
+      <c r="J48" s="55"/>
+      <c r="K48" s="55"/>
+      <c r="L48" s="55"/>
+      <c r="M48" s="55"/>
+      <c r="N48" s="55"/>
+      <c r="O48" s="55"/>
+      <c r="P48" s="55"/>
+      <c r="Q48" s="55"/>
+      <c r="R48" s="55"/>
+      <c r="S48" s="55"/>
+    </row>
+    <row r="49" spans="2:19" ht="10.5" customHeight="1">
+      <c r="B49" s="55"/>
+      <c r="C49" s="55"/>
+      <c r="D49" s="55"/>
+      <c r="E49" s="55"/>
+      <c r="F49" s="55"/>
+      <c r="G49" s="55"/>
+      <c r="H49" s="55"/>
+      <c r="I49" s="55"/>
+      <c r="J49" s="55"/>
+      <c r="K49" s="55"/>
+      <c r="L49" s="55"/>
+      <c r="M49" s="55"/>
+      <c r="N49" s="55"/>
+      <c r="O49" s="55"/>
+      <c r="P49" s="55"/>
+      <c r="Q49" s="55"/>
+      <c r="R49" s="55"/>
+      <c r="S49" s="55"/>
     </row>
   </sheetData>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.47244094488188981" bottom="0.82677165354330717" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="8" scale="66" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;"Arial Narrow,Normal"&amp;8Service de la statistique du canton de Fribourg-RM
 &amp;Z&amp;F-&amp;D-&amp;T&amp;R&amp;"Arial Narrow,Normal"&amp;8&amp;P/&amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1A7B5A50-6741-4697-BD7F-FAEA2BD9C9CB}">
-  <dimension ref="A1:V47"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{12F8FDC7-413C-4618-8DAF-A2C4D47FD089}">
+  <dimension ref="A1:E17"/>
   <sheetViews>
-    <sheetView showGridLines="0" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView showGridLines="0" zoomScale="130" zoomScaleNormal="130" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="8.25" defaultRowHeight="8.5"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="10.5" customHeight="1"/>
   <cols>
-    <col min="1" max="1" width="29.6640625" style="3" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="23" max="16384" width="8.25" style="3"/>
+    <col min="1" max="1" width="7.375" style="59" customWidth="1"/>
+    <col min="2" max="2" width="33" style="59" customWidth="1"/>
+    <col min="3" max="3" width="3" style="59" customWidth="1"/>
+    <col min="4" max="4" width="7.375" style="59" customWidth="1"/>
+    <col min="5" max="5" width="33" style="59" customWidth="1"/>
+    <col min="6" max="16384" width="11" style="59"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:22" s="7" customFormat="1" ht="12" customHeight="1">
-      <c r="A1" s="1" t="s">
+    <row r="1" spans="1:5" ht="10.5" customHeight="1">
+      <c r="A1" s="58" t="s">
+        <v>62</v>
+      </c>
+      <c r="D1" s="58" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="2" spans="1:5" s="61" customFormat="1" ht="15" customHeight="1">
+      <c r="A2" s="60" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2" s="60" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="3" spans="1:5" ht="10.5" customHeight="1">
+      <c r="A3" s="62" t="s">
+        <v>64</v>
+      </c>
+      <c r="B3" s="63" t="s">
+        <v>65</v>
+      </c>
+      <c r="C3" s="64"/>
+      <c r="D3" s="62" t="s">
+        <v>66</v>
+      </c>
+      <c r="E3" s="62" t="s">
         <v>67</v>
       </c>
-      <c r="B1"/>
-[...21 lines deleted...]
-      <c r="A2" s="22" t="s">
+    </row>
+    <row r="4" spans="1:5" ht="10.5" customHeight="1">
+      <c r="A4" s="65" t="s">
         <v>68</v>
       </c>
-      <c r="B2"/>
-[...47 lines deleted...]
-      <c r="A4" s="6" t="s">
+      <c r="B4" s="66" t="s">
         <v>69</v>
       </c>
-      <c r="B4" s="26" t="s">
+      <c r="C4" s="67"/>
+      <c r="D4" s="65" t="s">
+        <v>68</v>
+      </c>
+      <c r="E4" s="66" t="s">
         <v>70</v>
       </c>
-      <c r="C4" s="27"/>
-[...22 lines deleted...]
-      <c r="B5" s="26" t="s">
+    </row>
+    <row r="5" spans="1:5" ht="10.5" customHeight="1">
+      <c r="A5" s="68" t="s">
         <v>71</v>
       </c>
-      <c r="C5" s="27"/>
-[...8 lines deleted...]
-      <c r="L5" s="26" t="s">
+      <c r="B5" s="69" t="s">
         <v>72</v>
       </c>
-      <c r="M5" s="27"/>
-[...251 lines deleted...]
-      <c r="E10" s="57">
+      <c r="C5" s="67"/>
+      <c r="D5" s="68" t="s">
         <v>73</v>
       </c>
-      <c r="F10" s="57">
+      <c r="E5" s="69" t="s">
         <v>74</v>
       </c>
-      <c r="G10" s="57">
+    </row>
+    <row r="6" spans="1:5" ht="10.5" customHeight="1">
+      <c r="A6" s="70" t="s">
+        <v>75</v>
+      </c>
+      <c r="B6" s="66" t="s">
+        <v>76</v>
+      </c>
+      <c r="C6" s="67"/>
+      <c r="D6" s="70" t="s">
+        <v>77</v>
+      </c>
+      <c r="E6" s="66" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="7" spans="1:5" ht="21" customHeight="1">
+      <c r="A7" s="68" t="s">
+        <v>79</v>
+      </c>
+      <c r="B7" s="69" t="s">
+        <v>80</v>
+      </c>
+      <c r="C7" s="67"/>
+      <c r="D7" s="68" t="s">
+        <v>79</v>
+      </c>
+      <c r="E7" s="69" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5" ht="21" customHeight="1">
+      <c r="A8" s="65" t="s">
+        <v>82</v>
+      </c>
+      <c r="B8" s="66" t="s">
+        <v>83</v>
+      </c>
+      <c r="C8" s="67"/>
+      <c r="D8" s="65" t="s">
+        <v>82</v>
+      </c>
+      <c r="E8" s="66" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5" ht="10.5" customHeight="1">
+      <c r="A9" s="68" t="s">
+        <v>85</v>
+      </c>
+      <c r="B9" s="69" t="s">
         <v>86</v>
       </c>
-      <c r="H10" s="57">
-[...23 lines deleted...]
-      <c r="P10" s="57">
+      <c r="C9" s="67"/>
+      <c r="D9" s="68" t="s">
+        <v>85</v>
+      </c>
+      <c r="E9" s="69" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5" ht="10.5" customHeight="1">
+      <c r="A10" s="65" t="s">
+        <v>88</v>
+      </c>
+      <c r="B10" s="66" t="s">
+        <v>89</v>
+      </c>
+      <c r="C10" s="67"/>
+      <c r="D10" s="65" t="s">
+        <v>88</v>
+      </c>
+      <c r="E10" s="66" t="s">
         <v>90</v>
       </c>
-      <c r="Q10" s="57">
-[...555 lines deleted...]
-      <c r="U18" s="57">
+    </row>
+    <row r="11" spans="1:5" ht="10.5" customHeight="1">
+      <c r="A11" s="71" t="s">
         <v>91</v>
       </c>
-      <c r="V18" s="35" t="s">
-[...120 lines deleted...]
-      <c r="Q20" s="57">
+      <c r="B11" s="72" t="s">
+        <v>92</v>
+      </c>
+      <c r="C11" s="67"/>
+      <c r="D11" s="71" t="s">
+        <v>91</v>
+      </c>
+      <c r="E11" s="72" t="s">
         <v>93</v>
       </c>
-      <c r="R20" s="57">
-[...1128 lines deleted...]
-      <c r="V47" s="60"/>
+    </row>
+    <row r="12" spans="1:5" ht="10.5" customHeight="1">
+      <c r="A12" s="73"/>
+      <c r="D12" s="73"/>
+    </row>
+    <row r="13" spans="1:5" ht="10.5" customHeight="1">
+      <c r="A13" s="73"/>
+      <c r="D13" s="73"/>
+    </row>
+    <row r="14" spans="1:5" ht="10.5" customHeight="1">
+      <c r="A14" s="74"/>
+      <c r="D14" s="73"/>
+    </row>
+    <row r="15" spans="1:5" ht="10.5" customHeight="1">
+      <c r="A15" s="74"/>
+      <c r="D15" s="73"/>
+    </row>
+    <row r="16" spans="1:5" ht="10.5" customHeight="1">
+      <c r="A16" s="73"/>
+      <c r="D16" s="73"/>
+    </row>
+    <row r="17" spans="1:4" ht="10.5" customHeight="1">
+      <c r="A17" s="73"/>
+      <c r="D17" s="73"/>
     </row>
   </sheetData>
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <printOptions horizontalCentered="1"/>
+  <pageMargins left="0.23622047244094491" right="0.19685039370078741" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Plages nommées</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>