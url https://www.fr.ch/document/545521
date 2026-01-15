--- v0 (2025-12-05)
+++ v1 (2026-01-15)
@@ -1,112 +1,92 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="L:\00 Bases statistiques et produits généraux\01 Synthèses\03 Site Internet\06 Pages sous-produits\03 Economie\0602 Entreprises et emplois\2024-02\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\ad.net.fr.ch\dfs\DEE\SSD\WP\00 Bases statistiques et produits généraux\01 Synthèses\03 Site Internet\06 Pages sous-produits\03 Economie\0602 Entreprises et emplois\2025-02\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{316C69FE-3A6F-4E3D-81AD-3033A205DE5A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{91C445EF-9D11-4292-9A44-735AD3F40FB7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="te640" sheetId="7" r:id="rId1"/>
-    <sheet name="Signes - Zeichen" sheetId="8" r:id="rId2"/>
+    <sheet name="te640" sheetId="11" r:id="rId1"/>
+    <sheet name="Signes - Zeichen" sheetId="10" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'te640'!$A$1:$C$42</definedName>
+    <definedName name="_AMO_UniqueIdentifier" localSheetId="1" hidden="1">"'7615af9c-4c39-45be-bde5-41d245b495e1'"</definedName>
+    <definedName name="_AMO_UniqueIdentifier" hidden="1">"'4ec6d868-249a-476c-be85-f60992101c48'"</definedName>
+    <definedName name="cube">#REF!</definedName>
+    <definedName name="cubr">#REF!</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'te640'!$A$1:$C$43</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="124" uniqueCount="98">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="116" uniqueCount="97">
   <si>
     <t>—</t>
   </si>
   <si>
-    <t>Source : Statistique de la démographie des entreprises (UDEMO) 2013-2022 - Office fédéral de la statistique, Neuchâtel</t>
-[...1 lines deleted...]
-  <si>
     <t>T06-02-04</t>
-  </si>
-[...19 lines deleted...]
-    <t>Emplois créés / Geschaffene Stellen</t>
   </si>
   <si>
     <t>Activité économique de l'entreprise</t>
   </si>
   <si>
     <t>Wirtschaftszweig des Unternehmens</t>
   </si>
   <si>
     <t>Total des secteurs secondaire et tertiaire</t>
   </si>
   <si>
     <t>Sekundärer und tertiärer Sektor, Total</t>
   </si>
   <si>
     <t>Secteur secondaire</t>
   </si>
   <si>
     <t>Sekundärer Sektor</t>
   </si>
   <si>
     <t>Industrie et énergie</t>
   </si>
   <si>
     <t>Industrie und Energie</t>
   </si>
@@ -291,422 +271,212 @@
         <family val="2"/>
       </rPr>
       <t>Entreprises véritablement nouvelles (créées «ex nihilo») et exerçant une activité économique marchande dans le secteur secondaire ou tertiaire. Les entreprises issues d'une fusion, d'une dissolution ou d'une scission d'entreprises préexistantes ne sont pas prises en compte.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="6"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>2</t>
     </r>
     <r>
       <rPr>
         <sz val="6"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Effektiv («ex nihilo») neu entstandene, im Sekundär- oder Tertiärsektor marktwirtschaftlich aktive Unternehmen. Unternehmen, die aufgrund einer Fusion, Auflösung oder Spaltung bestehender Unternehmen entstanden sind, werden nicht berücksichtigt.</t>
     </r>
   </si>
   <si>
+    <t>…</t>
+  </si>
+  <si>
+    <t>Source : Statistique de la démographie des entreprises (UDEMO) 2013-2023 - Office fédéral de la statistique, Neuchâtel</t>
+  </si>
+  <si>
+    <t>Quelle: Statistik der Unternehmensdemografie (UDEMO) 2013-2023 - Bundesamt für Statistik, Neuenburg, te25-640</t>
+  </si>
+  <si>
+    <t>Actualisation / Aktualisiert am: 02.12.2025</t>
+  </si>
+  <si>
+    <t>Légende des signes</t>
+  </si>
+  <si>
+    <t>Zeichenerklärung</t>
+  </si>
+  <si>
+    <t>Signes</t>
+  </si>
+  <si>
+    <t>Explication</t>
+  </si>
+  <si>
+    <t>Zeichen</t>
+  </si>
+  <si>
+    <t>Erklärung</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>Valeur rigoureusement nulle ou inexistante</t>
+  </si>
+  <si>
+    <t>Es kommt nichts vor (Wert genau Null)</t>
+  </si>
+  <si>
+    <t>0 ou 0,0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Valeur très faible, arrondie à zéro, mais non nulle </t>
+  </si>
+  <si>
+    <t>0 oder 0,0</t>
+  </si>
+  <si>
+    <t>Sehr kleiner Wert, auf Null gerundet, aber nicht genau null</t>
+  </si>
+  <si>
+    <t>(chiffre)</t>
+  </si>
+  <si>
+    <t>Résultat à interpréter avec prudence (trop peu d'observations)</t>
+  </si>
+  <si>
+    <t>(Zahl)</t>
+  </si>
+  <si>
+    <t>Resultat mit Vorsicht zu interpretieren (zu wenige Beobachtungen)</t>
+  </si>
+  <si>
+    <t>( )</t>
+  </si>
+  <si>
+    <t>Donnée confidentielle, non communiquée pour des raisons de protection des données</t>
+  </si>
+  <si>
+    <t>Zahlenangabe unterbleibt aus Gründen des Datenschutzes</t>
+  </si>
+  <si>
+    <t>...</t>
+  </si>
+  <si>
+    <t>Donnée inconnue, inconcevable ou non mentionnée pour des raisons statistiques</t>
+  </si>
+  <si>
+    <t>Zahl nicht bekannt, gegenstandslos oder aus statistischen Gründen nicht aufgeführt</t>
+  </si>
+  <si>
+    <t>r</t>
+  </si>
+  <si>
+    <t>Donnée revue et corrigée</t>
+  </si>
+  <si>
+    <t>Korrigierter Wert</t>
+  </si>
+  <si>
+    <t>p</t>
+  </si>
+  <si>
+    <t>Donnée provisoire</t>
+  </si>
+  <si>
+    <t>Provisorischer Wert</t>
+  </si>
+  <si>
+    <t>e</t>
+  </si>
+  <si>
+    <t>Donnée estimée</t>
+  </si>
+  <si>
+    <t>Geschätzter Wert</t>
+  </si>
+  <si>
+    <t>Entreprises / Unternehmen</t>
+  </si>
+  <si>
+    <t>Emplois / Stellen</t>
+  </si>
+  <si>
+    <t>Unternehmensgründungen und neugeschaffene Stellen nach Wirtschaftszweig und Unternehmensgrösse von 2013 bis 2023</t>
+  </si>
+  <si>
     <r>
-      <t>Création de nouvelles entreprises dans le canton de Fribourg</t>
+      <t>Canton de Fribourg</t>
     </r>
-    <r>
-[...275 lines deleted...]
-  <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="6"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>1</t>
     </r>
     <r>
       <rPr>
         <sz val="6"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve"> Selon LAgg du 19.9.1995 et Statuts Agglo Fribourg-Freiburg 2008: Avry, Belfaux, Corminboeuf, Düdingen, Fribourg, Givisiez, Granges-Paccot, Marly, Matran, Villars-sur-Glâne  / Gemäss AggG vom 19.9.1995 und Statuten Agglo Fribourg-Freiburg 2008: Avry, Belfaux, Corminboeuf, Düdingen, Freiburg, Givisiez, Granges-Paccot, Marly, Matran, Villars-sur-Glâne</t>
+      <t xml:space="preserve"> /  Kanton Freiburg</t>
     </r>
-  </si>
-[...13 lines deleted...]
-  <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="6"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve">3 </t>
+      <t>1</t>
     </r>
-    <r>
-[...34 lines deleted...]
-    <t>Actualisation / Aktualisiert am: 02.04.2025</t>
+  </si>
+  <si>
+    <t>Création de nouvelles entreprises et emplois créés, selon l'activité économique et la taille de l'entreprise, de 2013 à 2023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="6">
+  <numFmts count="4">
     <numFmt numFmtId="164" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="165" formatCode="#\ ##0\,0"/>
     <numFmt numFmtId="166" formatCode="#\ ##0"/>
     <numFmt numFmtId="167" formatCode="0.0%"/>
-    <numFmt numFmtId="168" formatCode="#,##0;\-#,##0;&quot;-&quot;"/>
-    <numFmt numFmtId="169" formatCode="#,##0.0_ ;\-#,##0.0\ "/>
   </numFmts>
-  <fonts count="30">
+  <fonts count="27">
     <font>
       <sz val="10"/>
       <name val="Helv"/>
     </font>
     <font>
       <sz val="6.5"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="6.5"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Courier"/>
       <family val="3"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="MS Sans Serif"/>
       <family val="2"/>
@@ -755,171 +525,156 @@
       <color rgb="FFFF0000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color rgb="FFFF0000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="6.5"/>
       <color rgb="FFFF0000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <vertAlign val="superscript"/>
       <sz val="6"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
-      <vertAlign val="superscript"/>
-[...11 lines deleted...]
-      <b/>
       <sz val="8"/>
       <color rgb="FFFF0000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="6.5"/>
       <color rgb="FFFF0000"/>
-      <name val="Arial"/>
-[...5 lines deleted...]
-      <sz val="6"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="6.5"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="6.5"/>
       <color rgb="FFFF0000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="6"/>
       <color rgb="FFFF0000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Helv"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Helv"/>
     </font>
     <font>
-      <b/>
-[...12 lines deleted...]
-      <sz val="6.5"/>
+      <sz val="8"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <i/>
-      <sz val="6.5"/>
+      <sz val="10"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
+      <name val="Aptos"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="8"/>
+      <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
-  <fills count="6">
+  <fills count="7">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFF2F2F2"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFF0F0F0"/>
+        <fgColor theme="0" tint="-4.9989318521683403E-2"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFFFF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="16">
+  <borders count="13">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
@@ -950,502 +705,345 @@
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...9 lines deleted...]
-    <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
-      <bottom style="thin">
-[...11 lines deleted...]
-      </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
-      <top style="thin">
-[...9 lines deleted...]
-      </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="8">
+  <cellStyleXfs count="10">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="165" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
-    <xf numFmtId="9" fontId="24" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="21" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="115">
+  <cellXfs count="77">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...9 lines deleted...]
-    <xf numFmtId="166" fontId="22" fillId="0" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="166" fontId="19" fillId="0" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="166" fontId="22" fillId="0" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="19" fillId="0" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="49" fontId="21" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="1" applyFont="1"/>
+    <xf numFmtId="49" fontId="18" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="3" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="3" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="3" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="166" fontId="1" fillId="3" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="1" fillId="3" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="1" fillId="3" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="166" fontId="22" fillId="0" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="166" fontId="19" fillId="0" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="166" fontId="22" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="19" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="49" fontId="21" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="18" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="1" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="3" fontId="11" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="166" fontId="2" fillId="3" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="2" fillId="3" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="2" fillId="3" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
+    <xf numFmtId="166" fontId="1" fillId="0" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="1" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="1" fillId="0" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="166" fontId="1" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="166" fontId="1" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="166" fontId="1" fillId="0" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="166" fontId="1" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...13 lines deleted...]
-    </xf>
     <xf numFmtId="166" fontId="1" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="167" fontId="25" fillId="0" borderId="0" xfId="6" applyNumberFormat="1" applyFont="1"/>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="167" fontId="22" fillId="0" borderId="0" xfId="6" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="8" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="9"/>
+    <xf numFmtId="0" fontId="23" fillId="2" borderId="0" xfId="8" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="9" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="10" xfId="9" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="9" xfId="9" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="11" xfId="9" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="3" xfId="9" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="11" xfId="9" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="9" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="6" borderId="11" xfId="9" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="3" xfId="9" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="9" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="6" borderId="12" xfId="9" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="9" applyFont="1"/>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="8" applyFont="1"/>
+    <xf numFmtId="3" fontId="11" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="10" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top"/>
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...121 lines deleted...]
-    </xf>
   </cellXfs>
-  <cellStyles count="8">
+  <cellStyles count="10">
     <cellStyle name="Milliers 2" xfId="4" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
+    <cellStyle name="Normal 2 2 2" xfId="8" xr:uid="{FB005B66-D188-453A-B7FB-9B6FC775EACA}"/>
     <cellStyle name="Normal 2 7" xfId="7" xr:uid="{69786FAA-5635-4878-B3B2-5E13A59296D7}"/>
     <cellStyle name="Normal 3" xfId="5" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
+    <cellStyle name="Normal 5 2" xfId="9" xr:uid="{2190C2D8-CF0E-4AEA-B436-3B95DE84F691}"/>
     <cellStyle name="Pourcentage" xfId="6" builtinId="5"/>
     <cellStyle name="Standard_Tabelle1" xfId="2" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="virgule" xfId="3" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
@@ -1712,5667 +1310,2713 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="A1:V47"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F1D6F63A-AFA6-4779-BF56-8B722D1C9F48}">
+  <dimension ref="A1:X48"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="130" zoomScaleNormal="130" zoomScaleSheetLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="9" defaultRowHeight="10.5" customHeight="1"/>
   <cols>
-    <col min="1" max="1" width="32.36328125" style="2" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="23" max="16384" width="9" style="2"/>
+    <col min="1" max="1" width="32.42578125" style="2" customWidth="1"/>
+    <col min="2" max="23" width="5.5703125" style="2" customWidth="1"/>
+    <col min="24" max="24" width="40" style="2" bestFit="1" customWidth="1"/>
+    <col min="25" max="16384" width="9" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:22" s="8" customFormat="1" ht="12" customHeight="1">
-[...1 lines deleted...]
-        <v>60</v>
+    <row r="1" spans="1:24" s="7" customFormat="1" ht="12" customHeight="1">
+      <c r="A1" s="76" t="s">
+        <v>96</v>
       </c>
       <c r="B1"/>
       <c r="C1"/>
       <c r="D1"/>
       <c r="E1"/>
       <c r="F1"/>
       <c r="G1"/>
       <c r="H1"/>
       <c r="I1"/>
       <c r="J1"/>
       <c r="K1"/>
       <c r="L1"/>
       <c r="M1"/>
       <c r="N1"/>
       <c r="O1"/>
       <c r="P1"/>
       <c r="Q1"/>
       <c r="R1"/>
       <c r="S1"/>
       <c r="T1"/>
       <c r="U1"/>
-    </row>
-    <row r="2" spans="1:22" s="9" customFormat="1" ht="12" customHeight="1">
+      <c r="V1"/>
+      <c r="W1"/>
+    </row>
+    <row r="2" spans="1:24" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A2" s="1" t="s">
-        <v>61</v>
+        <v>94</v>
       </c>
       <c r="B2"/>
       <c r="C2"/>
       <c r="D2"/>
       <c r="E2"/>
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2"/>
       <c r="K2"/>
       <c r="L2"/>
       <c r="M2"/>
       <c r="N2"/>
       <c r="O2"/>
       <c r="P2"/>
       <c r="Q2"/>
       <c r="R2"/>
       <c r="S2"/>
       <c r="T2"/>
       <c r="U2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="A3" s="10" t="s">
+      <c r="V2"/>
+      <c r="W2"/>
+    </row>
+    <row r="3" spans="1:24" s="8" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A3" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
       <c r="E3"/>
       <c r="F3"/>
       <c r="G3"/>
       <c r="H3"/>
       <c r="I3"/>
       <c r="J3"/>
       <c r="K3"/>
       <c r="L3"/>
       <c r="M3"/>
       <c r="N3"/>
       <c r="O3"/>
       <c r="P3"/>
       <c r="Q3"/>
       <c r="R3"/>
       <c r="S3"/>
       <c r="T3"/>
       <c r="U3"/>
-      <c r="V3" s="12"/>
-[...2 lines deleted...]
-      <c r="A4" s="13" t="s">
+      <c r="V3"/>
+      <c r="W3"/>
+    </row>
+    <row r="4" spans="1:24" s="8" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A4" s="74" t="s">
+        <v>95</v>
+      </c>
+      <c r="B4"/>
+      <c r="C4"/>
+      <c r="D4"/>
+      <c r="E4"/>
+      <c r="F4"/>
+      <c r="G4"/>
+      <c r="H4"/>
+      <c r="I4"/>
+      <c r="J4"/>
+      <c r="K4"/>
+      <c r="L4"/>
+      <c r="M4"/>
+      <c r="N4"/>
+      <c r="O4"/>
+      <c r="P4"/>
+      <c r="Q4"/>
+      <c r="R4"/>
+      <c r="S4"/>
+      <c r="T4"/>
+      <c r="U4"/>
+      <c r="V4"/>
+      <c r="W4"/>
+    </row>
+    <row r="5" spans="1:24" s="10" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A5" s="9"/>
+      <c r="B5"/>
+      <c r="C5"/>
+      <c r="D5"/>
+      <c r="E5"/>
+      <c r="F5"/>
+      <c r="G5"/>
+      <c r="H5"/>
+      <c r="I5"/>
+      <c r="J5"/>
+      <c r="K5"/>
+      <c r="L5"/>
+      <c r="M5"/>
+      <c r="N5"/>
+      <c r="O5"/>
+      <c r="P5"/>
+      <c r="Q5"/>
+      <c r="R5"/>
+      <c r="S5"/>
+      <c r="T5"/>
+      <c r="U5"/>
+      <c r="V5"/>
+      <c r="W5"/>
+      <c r="X5" s="11"/>
+    </row>
+    <row r="6" spans="1:24" ht="10.5" customHeight="1">
+      <c r="A6" s="12" t="s">
+        <v>1</v>
+      </c>
+      <c r="B6" s="13" t="s">
+        <v>92</v>
+      </c>
+      <c r="C6" s="14"/>
+      <c r="D6" s="14"/>
+      <c r="E6" s="14"/>
+      <c r="F6" s="14"/>
+      <c r="G6" s="14"/>
+      <c r="H6" s="14"/>
+      <c r="I6" s="14"/>
+      <c r="J6" s="14"/>
+      <c r="K6" s="14"/>
+      <c r="L6" s="14"/>
+      <c r="M6" s="13" t="s">
+        <v>93</v>
+      </c>
+      <c r="N6" s="14"/>
+      <c r="O6" s="14"/>
+      <c r="P6" s="14"/>
+      <c r="Q6" s="14"/>
+      <c r="R6" s="14"/>
+      <c r="S6" s="14"/>
+      <c r="T6" s="14"/>
+      <c r="U6" s="14"/>
+      <c r="V6" s="14"/>
+      <c r="W6" s="14"/>
+      <c r="X6" s="15"/>
+    </row>
+    <row r="7" spans="1:24" s="10" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A7" s="16"/>
+      <c r="B7" s="75">
+        <v>2013</v>
+      </c>
+      <c r="C7" s="75">
+        <v>2014</v>
+      </c>
+      <c r="D7" s="75">
+        <v>2015</v>
+      </c>
+      <c r="E7" s="75">
+        <v>2016</v>
+      </c>
+      <c r="F7" s="75">
+        <v>2017</v>
+      </c>
+      <c r="G7" s="75">
+        <v>2018</v>
+      </c>
+      <c r="H7" s="75">
+        <v>2019</v>
+      </c>
+      <c r="I7" s="75">
+        <v>2020</v>
+      </c>
+      <c r="J7" s="75">
+        <v>2021</v>
+      </c>
+      <c r="K7" s="75">
+        <v>2022</v>
+      </c>
+      <c r="L7" s="75">
+        <v>2023</v>
+      </c>
+      <c r="M7" s="75">
+        <v>2013</v>
+      </c>
+      <c r="N7" s="75">
+        <v>2014</v>
+      </c>
+      <c r="O7" s="75">
+        <v>2015</v>
+      </c>
+      <c r="P7" s="75">
+        <v>2016</v>
+      </c>
+      <c r="Q7" s="75">
+        <v>2017</v>
+      </c>
+      <c r="R7" s="75">
+        <v>2018</v>
+      </c>
+      <c r="S7" s="75">
+        <v>2019</v>
+      </c>
+      <c r="T7" s="75">
+        <v>2020</v>
+      </c>
+      <c r="U7" s="75">
+        <v>2021</v>
+      </c>
+      <c r="V7" s="75">
+        <v>2022</v>
+      </c>
+      <c r="W7" s="75">
+        <v>2023</v>
+      </c>
+      <c r="X7" s="73"/>
+    </row>
+    <row r="8" spans="1:24" s="21" customFormat="1" ht="21" customHeight="1">
+      <c r="A8" s="17" t="s">
         <v>2</v>
       </c>
-      <c r="B4" s="14" t="s">
+      <c r="B8" s="18"/>
+      <c r="C8" s="19"/>
+      <c r="D8" s="19"/>
+      <c r="E8" s="19"/>
+      <c r="F8" s="19"/>
+      <c r="G8" s="19"/>
+      <c r="H8" s="19"/>
+      <c r="I8" s="19"/>
+      <c r="J8" s="19"/>
+      <c r="K8" s="19"/>
+      <c r="L8" s="19"/>
+      <c r="M8" s="18"/>
+      <c r="N8" s="19"/>
+      <c r="O8" s="19"/>
+      <c r="P8" s="19"/>
+      <c r="Q8" s="19"/>
+      <c r="R8" s="19"/>
+      <c r="S8" s="19"/>
+      <c r="T8" s="19"/>
+      <c r="U8" s="19"/>
+      <c r="V8" s="19"/>
+      <c r="W8" s="19"/>
+      <c r="X8" s="20" t="s">
         <v>3</v>
       </c>
-      <c r="C4" s="15"/>
-[...22 lines deleted...]
-      <c r="B5" s="14" t="s">
+    </row>
+    <row r="9" spans="1:24" s="10" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A9" s="22" t="s">
         <v>4</v>
       </c>
-      <c r="C5" s="15"/>
-[...8 lines deleted...]
-      <c r="L5" s="14" t="s">
+      <c r="B9" s="46">
+        <v>1051</v>
+      </c>
+      <c r="C9" s="47">
+        <v>1240</v>
+      </c>
+      <c r="D9" s="47">
+        <v>1214</v>
+      </c>
+      <c r="E9" s="47">
+        <v>1249</v>
+      </c>
+      <c r="F9" s="47">
+        <v>1239</v>
+      </c>
+      <c r="G9" s="47">
+        <v>1300</v>
+      </c>
+      <c r="H9" s="47">
+        <v>1470</v>
+      </c>
+      <c r="I9" s="47">
+        <v>1449</v>
+      </c>
+      <c r="J9" s="47">
+        <v>1580</v>
+      </c>
+      <c r="K9" s="47">
+        <v>1677</v>
+      </c>
+      <c r="L9" s="47">
+        <v>1663</v>
+      </c>
+      <c r="M9" s="46">
+        <v>1432</v>
+      </c>
+      <c r="N9" s="47">
+        <v>1643</v>
+      </c>
+      <c r="O9" s="47">
+        <v>1585</v>
+      </c>
+      <c r="P9" s="47">
+        <v>1698</v>
+      </c>
+      <c r="Q9" s="47">
+        <v>1570</v>
+      </c>
+      <c r="R9" s="47">
+        <v>1750</v>
+      </c>
+      <c r="S9" s="47">
+        <v>2041</v>
+      </c>
+      <c r="T9" s="47">
+        <v>1950</v>
+      </c>
+      <c r="U9" s="47">
+        <v>2045</v>
+      </c>
+      <c r="V9" s="47">
+        <v>2266</v>
+      </c>
+      <c r="W9" s="47">
+        <v>2152</v>
+      </c>
+      <c r="X9" s="23" t="s">
         <v>5</v>
       </c>
-      <c r="M5" s="15"/>
-[...75 lines deleted...]
-      <c r="A7" s="24" t="s">
+    </row>
+    <row r="10" spans="1:24" s="26" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A10" s="24" t="s">
         <v>6</v>
       </c>
-      <c r="B7" s="25"/>
-[...19 lines deleted...]
-      <c r="V7" s="27" t="s">
+      <c r="B10" s="29">
+        <v>162</v>
+      </c>
+      <c r="C10" s="30">
+        <v>171</v>
+      </c>
+      <c r="D10" s="30">
+        <v>171</v>
+      </c>
+      <c r="E10" s="30">
+        <v>196</v>
+      </c>
+      <c r="F10" s="30">
+        <v>202</v>
+      </c>
+      <c r="G10" s="30">
+        <v>239</v>
+      </c>
+      <c r="H10" s="30">
+        <v>238</v>
+      </c>
+      <c r="I10" s="30">
+        <v>231</v>
+      </c>
+      <c r="J10" s="30">
+        <v>285</v>
+      </c>
+      <c r="K10" s="30">
+        <v>266</v>
+      </c>
+      <c r="L10" s="30">
+        <v>277</v>
+      </c>
+      <c r="M10" s="29">
+        <v>284</v>
+      </c>
+      <c r="N10" s="30">
+        <v>283</v>
+      </c>
+      <c r="O10" s="30">
+        <v>243</v>
+      </c>
+      <c r="P10" s="30">
+        <v>341</v>
+      </c>
+      <c r="Q10" s="30">
+        <v>294</v>
+      </c>
+      <c r="R10" s="30">
+        <v>399</v>
+      </c>
+      <c r="S10" s="30">
+        <v>430</v>
+      </c>
+      <c r="T10" s="30">
+        <v>360</v>
+      </c>
+      <c r="U10" s="30">
+        <v>432</v>
+      </c>
+      <c r="V10" s="30">
+        <v>424</v>
+      </c>
+      <c r="W10" s="30">
+        <v>397</v>
+      </c>
+      <c r="X10" s="25" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="8" spans="1:22" s="11" customFormat="1" ht="10.5" customHeight="1">
-      <c r="A8" s="29" t="s">
+    <row r="11" spans="1:24" s="10" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A11" s="27" t="s">
         <v>8</v>
       </c>
-      <c r="B8" s="53">
+      <c r="B11" s="48">
+        <v>50</v>
+      </c>
+      <c r="C11" s="49">
+        <v>63</v>
+      </c>
+      <c r="D11" s="49">
+        <v>65</v>
+      </c>
+      <c r="E11" s="49">
+        <v>73</v>
+      </c>
+      <c r="F11" s="49">
+        <v>74</v>
+      </c>
+      <c r="G11" s="49">
+        <v>86</v>
+      </c>
+      <c r="H11" s="49">
+        <v>83</v>
+      </c>
+      <c r="I11" s="49">
+        <v>84</v>
+      </c>
+      <c r="J11" s="49">
+        <v>111</v>
+      </c>
+      <c r="K11" s="49">
+        <v>95</v>
+      </c>
+      <c r="L11" s="49">
+        <v>94</v>
+      </c>
+      <c r="M11" s="48">
+        <v>72</v>
+      </c>
+      <c r="N11" s="49">
+        <v>73</v>
+      </c>
+      <c r="O11" s="49">
+        <v>86</v>
+      </c>
+      <c r="P11" s="49">
+        <v>102</v>
+      </c>
+      <c r="Q11" s="49">
+        <v>90</v>
+      </c>
+      <c r="R11" s="49">
+        <v>102</v>
+      </c>
+      <c r="S11" s="49">
+        <v>118</v>
+      </c>
+      <c r="T11" s="49">
+        <v>107</v>
+      </c>
+      <c r="U11" s="49">
+        <v>152</v>
+      </c>
+      <c r="V11" s="49">
+        <v>147</v>
+      </c>
+      <c r="W11" s="49">
+        <v>122</v>
+      </c>
+      <c r="X11" s="28" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="12" spans="1:24" s="26" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A12" s="27" t="s">
+        <v>10</v>
+      </c>
+      <c r="B12" s="48">
+        <v>112</v>
+      </c>
+      <c r="C12" s="49">
+        <v>108</v>
+      </c>
+      <c r="D12" s="49">
+        <v>106</v>
+      </c>
+      <c r="E12" s="49">
+        <v>123</v>
+      </c>
+      <c r="F12" s="49">
+        <v>128</v>
+      </c>
+      <c r="G12" s="49">
+        <v>153</v>
+      </c>
+      <c r="H12" s="49">
+        <v>155</v>
+      </c>
+      <c r="I12" s="49">
+        <v>147</v>
+      </c>
+      <c r="J12" s="49">
+        <v>174</v>
+      </c>
+      <c r="K12" s="49">
+        <v>171</v>
+      </c>
+      <c r="L12" s="49">
+        <v>183</v>
+      </c>
+      <c r="M12" s="48">
+        <v>212</v>
+      </c>
+      <c r="N12" s="49">
+        <v>210</v>
+      </c>
+      <c r="O12" s="49">
+        <v>157</v>
+      </c>
+      <c r="P12" s="49">
+        <v>239</v>
+      </c>
+      <c r="Q12" s="49">
+        <v>204</v>
+      </c>
+      <c r="R12" s="49">
+        <v>297</v>
+      </c>
+      <c r="S12" s="49">
+        <v>312</v>
+      </c>
+      <c r="T12" s="49">
+        <v>253</v>
+      </c>
+      <c r="U12" s="49">
+        <v>280</v>
+      </c>
+      <c r="V12" s="49">
+        <v>277</v>
+      </c>
+      <c r="W12" s="49">
+        <v>275</v>
+      </c>
+      <c r="X12" s="28" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="13" spans="1:24" ht="10.5" customHeight="1">
+      <c r="A13" s="24" t="s">
+        <v>12</v>
+      </c>
+      <c r="B13" s="29">
+        <v>889</v>
+      </c>
+      <c r="C13" s="30">
+        <v>1069</v>
+      </c>
+      <c r="D13" s="30">
+        <v>1043</v>
+      </c>
+      <c r="E13" s="30">
+        <v>1053</v>
+      </c>
+      <c r="F13" s="30">
+        <v>1037</v>
+      </c>
+      <c r="G13" s="30">
+        <v>1061</v>
+      </c>
+      <c r="H13" s="30">
+        <v>1232</v>
+      </c>
+      <c r="I13" s="30">
+        <v>1218</v>
+      </c>
+      <c r="J13" s="30">
+        <v>1295</v>
+      </c>
+      <c r="K13" s="30">
+        <v>1411</v>
+      </c>
+      <c r="L13" s="30">
+        <v>1386</v>
+      </c>
+      <c r="M13" s="29">
+        <v>1148</v>
+      </c>
+      <c r="N13" s="30">
+        <v>1360</v>
+      </c>
+      <c r="O13" s="30">
+        <v>1342</v>
+      </c>
+      <c r="P13" s="30">
+        <v>1357</v>
+      </c>
+      <c r="Q13" s="30">
+        <v>1276</v>
+      </c>
+      <c r="R13" s="30">
+        <v>1351</v>
+      </c>
+      <c r="S13" s="30">
+        <v>1611</v>
+      </c>
+      <c r="T13" s="30">
+        <v>1590</v>
+      </c>
+      <c r="U13" s="30">
+        <v>1613</v>
+      </c>
+      <c r="V13" s="30">
+        <v>1842</v>
+      </c>
+      <c r="W13" s="30">
+        <v>1755</v>
+      </c>
+      <c r="X13" s="25" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="14" spans="1:24" s="26" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A14" s="27" t="s">
+        <v>14</v>
+      </c>
+      <c r="B14" s="48">
+        <v>133</v>
+      </c>
+      <c r="C14" s="49">
+        <v>147</v>
+      </c>
+      <c r="D14" s="49">
+        <v>151</v>
+      </c>
+      <c r="E14" s="49">
+        <v>141</v>
+      </c>
+      <c r="F14" s="49">
+        <v>156</v>
+      </c>
+      <c r="G14" s="49">
+        <v>135</v>
+      </c>
+      <c r="H14" s="49">
+        <v>164</v>
+      </c>
+      <c r="I14" s="49">
+        <v>177</v>
+      </c>
+      <c r="J14" s="49">
+        <v>167</v>
+      </c>
+      <c r="K14" s="49">
+        <v>174</v>
+      </c>
+      <c r="L14" s="49">
+        <v>142</v>
+      </c>
+      <c r="M14" s="48">
+        <v>169</v>
+      </c>
+      <c r="N14" s="49">
+        <v>187</v>
+      </c>
+      <c r="O14" s="49">
+        <v>214</v>
+      </c>
+      <c r="P14" s="49">
+        <v>194</v>
+      </c>
+      <c r="Q14" s="49">
+        <v>215</v>
+      </c>
+      <c r="R14" s="49">
+        <v>173</v>
+      </c>
+      <c r="S14" s="49">
+        <v>205</v>
+      </c>
+      <c r="T14" s="49">
+        <v>228</v>
+      </c>
+      <c r="U14" s="49">
+        <v>237</v>
+      </c>
+      <c r="V14" s="49">
+        <v>237</v>
+      </c>
+      <c r="W14" s="49">
+        <v>190</v>
+      </c>
+      <c r="X14" s="28" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="15" spans="1:24" s="10" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A15" s="27" t="s">
+        <v>16</v>
+      </c>
+      <c r="B15" s="48">
+        <v>14</v>
+      </c>
+      <c r="C15" s="49">
+        <v>14</v>
+      </c>
+      <c r="D15" s="49">
+        <v>14</v>
+      </c>
+      <c r="E15" s="49">
+        <v>16</v>
+      </c>
+      <c r="F15" s="49">
+        <v>17</v>
+      </c>
+      <c r="G15" s="49">
+        <v>15</v>
+      </c>
+      <c r="H15" s="49">
+        <v>21</v>
+      </c>
+      <c r="I15" s="49">
+        <v>22</v>
+      </c>
+      <c r="J15" s="49">
+        <v>21</v>
+      </c>
+      <c r="K15" s="49">
+        <v>31</v>
+      </c>
+      <c r="L15" s="49">
+        <v>26</v>
+      </c>
+      <c r="M15" s="48">
+        <v>19</v>
+      </c>
+      <c r="N15" s="49">
+        <v>24</v>
+      </c>
+      <c r="O15" s="49">
+        <v>16</v>
+      </c>
+      <c r="P15" s="49">
+        <v>19</v>
+      </c>
+      <c r="Q15" s="49">
+        <v>20</v>
+      </c>
+      <c r="R15" s="49">
+        <v>17</v>
+      </c>
+      <c r="S15" s="49">
+        <v>30</v>
+      </c>
+      <c r="T15" s="49">
+        <v>23</v>
+      </c>
+      <c r="U15" s="49">
+        <v>28</v>
+      </c>
+      <c r="V15" s="49">
+        <v>37</v>
+      </c>
+      <c r="W15" s="49">
+        <v>35</v>
+      </c>
+      <c r="X15" s="28" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="16" spans="1:24" s="10" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A16" s="27" t="s">
+        <v>18</v>
+      </c>
+      <c r="B16" s="48">
+        <v>29</v>
+      </c>
+      <c r="C16" s="49">
+        <v>37</v>
+      </c>
+      <c r="D16" s="49">
+        <v>45</v>
+      </c>
+      <c r="E16" s="49">
+        <v>40</v>
+      </c>
+      <c r="F16" s="49">
+        <v>26</v>
+      </c>
+      <c r="G16" s="49">
+        <v>41</v>
+      </c>
+      <c r="H16" s="49">
+        <v>47</v>
+      </c>
+      <c r="I16" s="49">
+        <v>44</v>
+      </c>
+      <c r="J16" s="49">
+        <v>46</v>
+      </c>
+      <c r="K16" s="49">
+        <v>63</v>
+      </c>
+      <c r="L16" s="49">
+        <v>54</v>
+      </c>
+      <c r="M16" s="48">
+        <v>59</v>
+      </c>
+      <c r="N16" s="49">
+        <v>79</v>
+      </c>
+      <c r="O16" s="49">
+        <v>83</v>
+      </c>
+      <c r="P16" s="49">
+        <v>68</v>
+      </c>
+      <c r="Q16" s="49">
+        <v>52</v>
+      </c>
+      <c r="R16" s="49">
+        <v>105</v>
+      </c>
+      <c r="S16" s="49">
+        <v>117</v>
+      </c>
+      <c r="T16" s="49">
+        <v>120</v>
+      </c>
+      <c r="U16" s="49">
+        <v>71</v>
+      </c>
+      <c r="V16" s="49">
+        <v>128</v>
+      </c>
+      <c r="W16" s="49">
+        <v>113</v>
+      </c>
+      <c r="X16" s="28" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="17" spans="1:24" s="26" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A17" s="27" t="s">
+        <v>20</v>
+      </c>
+      <c r="B17" s="48">
+        <v>44</v>
+      </c>
+      <c r="C17" s="49">
+        <v>45</v>
+      </c>
+      <c r="D17" s="49">
+        <v>58</v>
+      </c>
+      <c r="E17" s="49">
+        <v>55</v>
+      </c>
+      <c r="F17" s="49">
+        <v>57</v>
+      </c>
+      <c r="G17" s="49">
+        <v>59</v>
+      </c>
+      <c r="H17" s="49">
+        <v>58</v>
+      </c>
+      <c r="I17" s="49">
+        <v>64</v>
+      </c>
+      <c r="J17" s="49">
+        <v>67</v>
+      </c>
+      <c r="K17" s="49">
+        <v>69</v>
+      </c>
+      <c r="L17" s="49">
+        <v>56</v>
+      </c>
+      <c r="M17" s="48">
+        <v>80</v>
+      </c>
+      <c r="N17" s="49">
+        <v>69</v>
+      </c>
+      <c r="O17" s="49">
+        <v>64</v>
+      </c>
+      <c r="P17" s="49">
+        <v>69</v>
+      </c>
+      <c r="Q17" s="49">
+        <v>63</v>
+      </c>
+      <c r="R17" s="49">
+        <v>85</v>
+      </c>
+      <c r="S17" s="49">
+        <v>64</v>
+      </c>
+      <c r="T17" s="49">
+        <v>87</v>
+      </c>
+      <c r="U17" s="49">
+        <v>94</v>
+      </c>
+      <c r="V17" s="49">
+        <v>103</v>
+      </c>
+      <c r="W17" s="49">
+        <v>69</v>
+      </c>
+      <c r="X17" s="28" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="18" spans="1:24" s="26" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A18" s="27" t="s">
+        <v>22</v>
+      </c>
+      <c r="B18" s="48">
+        <v>36</v>
+      </c>
+      <c r="C18" s="49">
+        <v>36</v>
+      </c>
+      <c r="D18" s="49">
+        <v>36</v>
+      </c>
+      <c r="E18" s="49">
+        <v>28</v>
+      </c>
+      <c r="F18" s="49">
+        <v>39</v>
+      </c>
+      <c r="G18" s="49">
+        <v>26</v>
+      </c>
+      <c r="H18" s="49">
+        <v>34</v>
+      </c>
+      <c r="I18" s="49">
+        <v>35</v>
+      </c>
+      <c r="J18" s="49">
+        <v>36</v>
+      </c>
+      <c r="K18" s="49">
+        <v>33</v>
+      </c>
+      <c r="L18" s="49">
+        <v>30</v>
+      </c>
+      <c r="M18" s="48">
+        <v>47</v>
+      </c>
+      <c r="N18" s="49">
+        <v>51</v>
+      </c>
+      <c r="O18" s="49">
+        <v>53</v>
+      </c>
+      <c r="P18" s="49">
+        <v>41</v>
+      </c>
+      <c r="Q18" s="49">
+        <v>46</v>
+      </c>
+      <c r="R18" s="49">
+        <v>31</v>
+      </c>
+      <c r="S18" s="49">
+        <v>44</v>
+      </c>
+      <c r="T18" s="49">
+        <v>41</v>
+      </c>
+      <c r="U18" s="49">
+        <v>47</v>
+      </c>
+      <c r="V18" s="49">
+        <v>49</v>
+      </c>
+      <c r="W18" s="49">
+        <v>46</v>
+      </c>
+      <c r="X18" s="28" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="19" spans="1:24" s="26" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A19" s="27" t="s">
+        <v>24</v>
+      </c>
+      <c r="B19" s="48">
+        <v>39</v>
+      </c>
+      <c r="C19" s="49">
+        <v>33</v>
+      </c>
+      <c r="D19" s="49">
+        <v>55</v>
+      </c>
+      <c r="E19" s="49">
+        <v>45</v>
+      </c>
+      <c r="F19" s="49">
+        <v>45</v>
+      </c>
+      <c r="G19" s="49">
+        <v>52</v>
+      </c>
+      <c r="H19" s="49">
+        <v>55</v>
+      </c>
+      <c r="I19" s="49">
+        <v>54</v>
+      </c>
+      <c r="J19" s="49">
+        <v>55</v>
+      </c>
+      <c r="K19" s="49">
+        <v>64</v>
+      </c>
+      <c r="L19" s="49">
+        <v>69</v>
+      </c>
+      <c r="M19" s="48">
+        <v>56</v>
+      </c>
+      <c r="N19" s="49">
+        <v>53</v>
+      </c>
+      <c r="O19" s="49">
+        <v>66</v>
+      </c>
+      <c r="P19" s="49">
+        <v>59</v>
+      </c>
+      <c r="Q19" s="49">
+        <v>58</v>
+      </c>
+      <c r="R19" s="49">
+        <v>64</v>
+      </c>
+      <c r="S19" s="49">
+        <v>69</v>
+      </c>
+      <c r="T19" s="49">
+        <v>76</v>
+      </c>
+      <c r="U19" s="49">
+        <v>69</v>
+      </c>
+      <c r="V19" s="49">
+        <v>91</v>
+      </c>
+      <c r="W19" s="49">
+        <v>89</v>
+      </c>
+      <c r="X19" s="28" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="20" spans="1:24" s="26" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A20" s="27" t="s">
+        <v>26</v>
+      </c>
+      <c r="B20" s="48">
+        <v>178</v>
+      </c>
+      <c r="C20" s="49">
+        <v>229</v>
+      </c>
+      <c r="D20" s="49">
+        <v>217</v>
+      </c>
+      <c r="E20" s="49">
+        <v>220</v>
+      </c>
+      <c r="F20" s="49">
+        <v>219</v>
+      </c>
+      <c r="G20" s="49">
+        <v>208</v>
+      </c>
+      <c r="H20" s="49">
+        <v>238</v>
+      </c>
+      <c r="I20" s="49">
+        <v>261</v>
+      </c>
+      <c r="J20" s="49">
+        <v>250</v>
+      </c>
+      <c r="K20" s="49">
+        <v>267</v>
+      </c>
+      <c r="L20" s="49">
+        <v>277</v>
+      </c>
+      <c r="M20" s="48">
+        <v>208</v>
+      </c>
+      <c r="N20" s="49">
+        <v>270</v>
+      </c>
+      <c r="O20" s="49">
+        <v>292</v>
+      </c>
+      <c r="P20" s="49">
+        <v>258</v>
+      </c>
+      <c r="Q20" s="49">
+        <v>257</v>
+      </c>
+      <c r="R20" s="49">
+        <v>265</v>
+      </c>
+      <c r="S20" s="49">
+        <v>310</v>
+      </c>
+      <c r="T20" s="49">
+        <v>322</v>
+      </c>
+      <c r="U20" s="49">
+        <v>290</v>
+      </c>
+      <c r="V20" s="49">
+        <v>320</v>
+      </c>
+      <c r="W20" s="49">
+        <v>320</v>
+      </c>
+      <c r="X20" s="28" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="21" spans="1:24" s="26" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A21" s="27" t="s">
+        <v>28</v>
+      </c>
+      <c r="B21" s="48">
+        <v>55</v>
+      </c>
+      <c r="C21" s="49">
+        <v>71</v>
+      </c>
+      <c r="D21" s="49">
+        <v>50</v>
+      </c>
+      <c r="E21" s="49">
+        <v>48</v>
+      </c>
+      <c r="F21" s="49">
+        <v>60</v>
+      </c>
+      <c r="G21" s="49">
+        <v>54</v>
+      </c>
+      <c r="H21" s="49">
+        <v>69</v>
+      </c>
+      <c r="I21" s="49">
+        <v>57</v>
+      </c>
+      <c r="J21" s="49">
+        <v>70</v>
+      </c>
+      <c r="K21" s="49">
+        <v>65</v>
+      </c>
+      <c r="L21" s="49">
+        <v>75</v>
+      </c>
+      <c r="M21" s="48">
+        <v>94</v>
+      </c>
+      <c r="N21" s="49">
+        <v>95</v>
+      </c>
+      <c r="O21" s="49">
+        <v>57</v>
+      </c>
+      <c r="P21" s="49">
+        <v>117</v>
+      </c>
+      <c r="Q21" s="49">
+        <v>72</v>
+      </c>
+      <c r="R21" s="49">
+        <v>93</v>
+      </c>
+      <c r="S21" s="49">
+        <v>157</v>
+      </c>
+      <c r="T21" s="49">
+        <v>142</v>
+      </c>
+      <c r="U21" s="49">
+        <v>116</v>
+      </c>
+      <c r="V21" s="49">
+        <v>111</v>
+      </c>
+      <c r="W21" s="49">
+        <v>109</v>
+      </c>
+      <c r="X21" s="28" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="22" spans="1:24" s="26" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A22" s="27" t="s">
+        <v>30</v>
+      </c>
+      <c r="B22" s="48">
+        <v>50</v>
+      </c>
+      <c r="C22" s="49">
+        <v>64</v>
+      </c>
+      <c r="D22" s="49">
+        <v>46</v>
+      </c>
+      <c r="E22" s="49">
+        <v>69</v>
+      </c>
+      <c r="F22" s="49">
+        <v>70</v>
+      </c>
+      <c r="G22" s="49">
+        <v>56</v>
+      </c>
+      <c r="H22" s="49">
+        <v>74</v>
+      </c>
+      <c r="I22" s="49">
+        <v>61</v>
+      </c>
+      <c r="J22" s="49">
+        <v>69</v>
+      </c>
+      <c r="K22" s="49">
+        <v>81</v>
+      </c>
+      <c r="L22" s="49">
+        <v>83</v>
+      </c>
+      <c r="M22" s="48">
+        <v>53</v>
+      </c>
+      <c r="N22" s="49">
+        <v>66</v>
+      </c>
+      <c r="O22" s="49">
+        <v>49</v>
+      </c>
+      <c r="P22" s="49">
+        <v>76</v>
+      </c>
+      <c r="Q22" s="49">
+        <v>73</v>
+      </c>
+      <c r="R22" s="49">
+        <v>64</v>
+      </c>
+      <c r="S22" s="49">
+        <v>77</v>
+      </c>
+      <c r="T22" s="49">
+        <v>64</v>
+      </c>
+      <c r="U22" s="49">
+        <v>74</v>
+      </c>
+      <c r="V22" s="49">
+        <v>88</v>
+      </c>
+      <c r="W22" s="49">
+        <v>95</v>
+      </c>
+      <c r="X22" s="28" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="23" spans="1:24" s="26" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A23" s="27" t="s">
+        <v>32</v>
+      </c>
+      <c r="B23" s="48">
+        <v>142</v>
+      </c>
+      <c r="C23" s="49">
+        <v>176</v>
+      </c>
+      <c r="D23" s="49">
+        <v>183</v>
+      </c>
+      <c r="E23" s="49">
+        <v>171</v>
+      </c>
+      <c r="F23" s="49">
+        <v>179</v>
+      </c>
+      <c r="G23" s="49">
+        <v>224</v>
+      </c>
+      <c r="H23" s="49">
+        <v>247</v>
+      </c>
+      <c r="I23" s="49">
+        <v>239</v>
+      </c>
+      <c r="J23" s="49">
+        <v>274</v>
+      </c>
+      <c r="K23" s="49">
+        <v>280</v>
+      </c>
+      <c r="L23" s="49">
+        <v>286</v>
+      </c>
+      <c r="M23" s="48">
+        <v>171</v>
+      </c>
+      <c r="N23" s="49">
+        <v>213</v>
+      </c>
+      <c r="O23" s="49">
+        <v>237</v>
+      </c>
+      <c r="P23" s="49">
+        <v>205</v>
+      </c>
+      <c r="Q23" s="49">
+        <v>229</v>
+      </c>
+      <c r="R23" s="49">
+        <v>240</v>
+      </c>
+      <c r="S23" s="49">
+        <v>282</v>
+      </c>
+      <c r="T23" s="49">
+        <v>271</v>
+      </c>
+      <c r="U23" s="49">
+        <v>310</v>
+      </c>
+      <c r="V23" s="49">
+        <v>344</v>
+      </c>
+      <c r="W23" s="49">
+        <v>332</v>
+      </c>
+      <c r="X23" s="28" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="24" spans="1:24" s="26" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A24" s="27" t="s">
+        <v>34</v>
+      </c>
+      <c r="B24" s="48">
+        <v>58</v>
+      </c>
+      <c r="C24" s="49">
+        <v>67</v>
+      </c>
+      <c r="D24" s="49">
+        <v>62</v>
+      </c>
+      <c r="E24" s="49">
+        <v>85</v>
+      </c>
+      <c r="F24" s="49">
+        <v>58</v>
+      </c>
+      <c r="G24" s="49">
+        <v>56</v>
+      </c>
+      <c r="H24" s="49">
+        <v>82</v>
+      </c>
+      <c r="I24" s="49">
+        <v>51</v>
+      </c>
+      <c r="J24" s="49">
+        <v>70</v>
+      </c>
+      <c r="K24" s="49">
+        <v>89</v>
+      </c>
+      <c r="L24" s="49">
+        <v>88</v>
+      </c>
+      <c r="M24" s="48">
+        <v>74</v>
+      </c>
+      <c r="N24" s="49">
+        <v>97</v>
+      </c>
+      <c r="O24" s="49">
+        <v>76</v>
+      </c>
+      <c r="P24" s="49">
+        <v>106</v>
+      </c>
+      <c r="Q24" s="49">
+        <v>73</v>
+      </c>
+      <c r="R24" s="49">
+        <v>73</v>
+      </c>
+      <c r="S24" s="49">
+        <v>103</v>
+      </c>
+      <c r="T24" s="49">
+        <v>60</v>
+      </c>
+      <c r="U24" s="49">
+        <v>97</v>
+      </c>
+      <c r="V24" s="49">
+        <v>130</v>
+      </c>
+      <c r="W24" s="49">
+        <v>142</v>
+      </c>
+      <c r="X24" s="28" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="25" spans="1:24" s="33" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A25" s="31" t="s">
+        <v>36</v>
+      </c>
+      <c r="B25" s="50">
+        <v>111</v>
+      </c>
+      <c r="C25" s="51">
+        <v>150</v>
+      </c>
+      <c r="D25" s="51">
+        <v>126</v>
+      </c>
+      <c r="E25" s="51">
+        <v>135</v>
+      </c>
+      <c r="F25" s="51">
+        <v>111</v>
+      </c>
+      <c r="G25" s="51">
+        <v>135</v>
+      </c>
+      <c r="H25" s="51">
+        <v>143</v>
+      </c>
+      <c r="I25" s="51">
+        <v>153</v>
+      </c>
+      <c r="J25" s="51">
+        <v>170</v>
+      </c>
+      <c r="K25" s="51">
+        <v>195</v>
+      </c>
+      <c r="L25" s="51">
+        <v>200</v>
+      </c>
+      <c r="M25" s="50">
+        <v>118</v>
+      </c>
+      <c r="N25" s="51">
+        <v>156</v>
+      </c>
+      <c r="O25" s="51">
+        <v>135</v>
+      </c>
+      <c r="P25" s="51">
+        <v>145</v>
+      </c>
+      <c r="Q25" s="51">
+        <v>118</v>
+      </c>
+      <c r="R25" s="51">
+        <v>141</v>
+      </c>
+      <c r="S25" s="51">
+        <v>153</v>
+      </c>
+      <c r="T25" s="51">
+        <v>156</v>
+      </c>
+      <c r="U25" s="51">
+        <v>180</v>
+      </c>
+      <c r="V25" s="51">
+        <v>204</v>
+      </c>
+      <c r="W25" s="51">
+        <v>215</v>
+      </c>
+      <c r="X25" s="32" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="26" spans="1:24" s="21" customFormat="1" ht="21.75" customHeight="1">
+      <c r="A26" s="34" t="s">
+        <v>38</v>
+      </c>
+      <c r="B26" s="35"/>
+      <c r="C26" s="36"/>
+      <c r="D26" s="36"/>
+      <c r="E26" s="36"/>
+      <c r="F26" s="36"/>
+      <c r="G26" s="36"/>
+      <c r="H26" s="36"/>
+      <c r="I26" s="36"/>
+      <c r="J26" s="36"/>
+      <c r="K26" s="36"/>
+      <c r="L26" s="36"/>
+      <c r="M26" s="35"/>
+      <c r="N26" s="36"/>
+      <c r="O26" s="36"/>
+      <c r="P26" s="36"/>
+      <c r="Q26" s="36"/>
+      <c r="R26" s="36"/>
+      <c r="S26" s="36"/>
+      <c r="T26" s="36"/>
+      <c r="U26" s="36"/>
+      <c r="V26" s="36"/>
+      <c r="W26" s="36"/>
+      <c r="X26" s="37" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="27" spans="1:24" s="10" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A27" s="22" t="s">
+        <v>4</v>
+      </c>
+      <c r="B27" s="46">
         <v>1051</v>
       </c>
-      <c r="C8" s="54">
+      <c r="C27" s="47">
         <v>1240</v>
       </c>
-      <c r="D8" s="54">
+      <c r="D27" s="47">
         <v>1214</v>
       </c>
-      <c r="E8" s="54">
+      <c r="E27" s="47">
         <v>1249</v>
       </c>
-      <c r="F8" s="54">
+      <c r="F27" s="47">
         <v>1239</v>
       </c>
-      <c r="G8" s="54">
+      <c r="G27" s="47">
         <v>1300</v>
       </c>
-      <c r="H8" s="54">
+      <c r="H27" s="47">
         <v>1470</v>
       </c>
-      <c r="I8" s="54">
+      <c r="I27" s="47">
         <v>1449</v>
       </c>
-      <c r="J8" s="54">
+      <c r="J27" s="47">
         <v>1580</v>
       </c>
-      <c r="K8" s="54">
+      <c r="K27" s="47">
         <v>1677</v>
       </c>
-      <c r="L8" s="53">
+      <c r="L27" s="47">
+        <v>1663</v>
+      </c>
+      <c r="M27" s="46">
         <v>1432</v>
       </c>
-      <c r="M8" s="54">
+      <c r="N27" s="47">
         <v>1643</v>
       </c>
-      <c r="N8" s="54">
+      <c r="O27" s="47">
         <v>1585</v>
       </c>
-      <c r="O8" s="54">
+      <c r="P27" s="47">
         <v>1698</v>
       </c>
-      <c r="P8" s="54">
+      <c r="Q27" s="47">
         <v>1570</v>
       </c>
-      <c r="Q8" s="54">
+      <c r="R27" s="47">
         <v>1750</v>
       </c>
-      <c r="R8" s="54">
+      <c r="S27" s="47">
         <v>2041</v>
       </c>
-      <c r="S8" s="54">
+      <c r="T27" s="47">
         <v>1950</v>
       </c>
-      <c r="T8" s="54">
+      <c r="U27" s="47">
         <v>2045</v>
       </c>
-      <c r="U8" s="54">
+      <c r="V27" s="47">
         <v>2266</v>
       </c>
-      <c r="V8" s="30" t="s">
-[...16 lines deleted...]
-      <c r="E9" s="37">
+      <c r="W27" s="47">
+        <v>2152</v>
+      </c>
+      <c r="X27" s="23" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="28" spans="1:24" s="26" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A28" s="24" t="s">
+        <v>40</v>
+      </c>
+      <c r="B28" s="29">
+        <v>1028</v>
+      </c>
+      <c r="C28" s="30">
+        <v>1215</v>
+      </c>
+      <c r="D28" s="30">
+        <v>1195</v>
+      </c>
+      <c r="E28" s="30">
+        <v>1224</v>
+      </c>
+      <c r="F28" s="30">
+        <v>1225</v>
+      </c>
+      <c r="G28" s="30">
+        <v>1278</v>
+      </c>
+      <c r="H28" s="30">
+        <v>1445</v>
+      </c>
+      <c r="I28" s="30">
+        <v>1422</v>
+      </c>
+      <c r="J28" s="30">
+        <v>1558</v>
+      </c>
+      <c r="K28" s="30">
+        <v>1639</v>
+      </c>
+      <c r="L28" s="30">
+        <v>1632</v>
+      </c>
+      <c r="M28" s="29">
+        <v>1242</v>
+      </c>
+      <c r="N28" s="30">
+        <v>1459</v>
+      </c>
+      <c r="O28" s="30">
+        <v>1420</v>
+      </c>
+      <c r="P28" s="30">
+        <v>1463</v>
+      </c>
+      <c r="Q28" s="30">
+        <v>1465</v>
+      </c>
+      <c r="R28" s="30">
+        <v>1554</v>
+      </c>
+      <c r="S28" s="30">
+        <v>1777</v>
+      </c>
+      <c r="T28" s="30">
+        <v>1719</v>
+      </c>
+      <c r="U28" s="30">
+        <v>1887</v>
+      </c>
+      <c r="V28" s="30">
+        <v>1994</v>
+      </c>
+      <c r="W28" s="30">
+        <v>1955</v>
+      </c>
+      <c r="X28" s="25" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="29" spans="1:24" s="10" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A29" s="27" t="s">
+        <v>42</v>
+      </c>
+      <c r="B29" s="48">
+        <v>874</v>
+      </c>
+      <c r="C29" s="49">
+        <v>1035</v>
+      </c>
+      <c r="D29" s="49">
+        <v>1034</v>
+      </c>
+      <c r="E29" s="49">
+        <v>1058</v>
+      </c>
+      <c r="F29" s="49">
+        <v>1053</v>
+      </c>
+      <c r="G29" s="49">
+        <v>1097</v>
+      </c>
+      <c r="H29" s="49">
+        <v>1225</v>
+      </c>
+      <c r="I29" s="49">
+        <v>1212</v>
+      </c>
+      <c r="J29" s="49">
+        <v>1328</v>
+      </c>
+      <c r="K29" s="49">
+        <v>1401</v>
+      </c>
+      <c r="L29" s="49">
+        <v>1411</v>
+      </c>
+      <c r="M29" s="48">
+        <v>874</v>
+      </c>
+      <c r="N29" s="49">
+        <v>1035</v>
+      </c>
+      <c r="O29" s="49">
+        <v>1034</v>
+      </c>
+      <c r="P29" s="49">
+        <v>1058</v>
+      </c>
+      <c r="Q29" s="49">
+        <v>1053</v>
+      </c>
+      <c r="R29" s="49">
+        <v>1097</v>
+      </c>
+      <c r="S29" s="49">
+        <v>1225</v>
+      </c>
+      <c r="T29" s="49">
+        <v>1212</v>
+      </c>
+      <c r="U29" s="49">
+        <v>1328</v>
+      </c>
+      <c r="V29" s="49">
+        <v>1401</v>
+      </c>
+      <c r="W29" s="49">
+        <v>1411</v>
+      </c>
+      <c r="X29" s="28" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="30" spans="1:24" s="26" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A30" s="27" t="s">
+        <v>44</v>
+      </c>
+      <c r="B30" s="48">
+        <v>154</v>
+      </c>
+      <c r="C30" s="49">
+        <v>180</v>
+      </c>
+      <c r="D30" s="49">
+        <v>161</v>
+      </c>
+      <c r="E30" s="49">
+        <v>166</v>
+      </c>
+      <c r="F30" s="49">
+        <v>172</v>
+      </c>
+      <c r="G30" s="49">
+        <v>181</v>
+      </c>
+      <c r="H30" s="49">
+        <v>220</v>
+      </c>
+      <c r="I30" s="49">
+        <v>210</v>
+      </c>
+      <c r="J30" s="49">
+        <v>230</v>
+      </c>
+      <c r="K30" s="49">
+        <v>238</v>
+      </c>
+      <c r="L30" s="49">
+        <v>221</v>
+      </c>
+      <c r="M30" s="48">
+        <v>368</v>
+      </c>
+      <c r="N30" s="49">
+        <v>424</v>
+      </c>
+      <c r="O30" s="49">
+        <v>386</v>
+      </c>
+      <c r="P30" s="49">
+        <v>405</v>
+      </c>
+      <c r="Q30" s="49">
+        <v>412</v>
+      </c>
+      <c r="R30" s="49">
+        <v>457</v>
+      </c>
+      <c r="S30" s="49">
+        <v>552</v>
+      </c>
+      <c r="T30" s="49">
+        <v>507</v>
+      </c>
+      <c r="U30" s="49">
+        <v>559</v>
+      </c>
+      <c r="V30" s="49">
+        <v>593</v>
+      </c>
+      <c r="W30" s="49">
+        <v>544</v>
+      </c>
+      <c r="X30" s="28" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="31" spans="1:24" ht="10.5" customHeight="1">
+      <c r="A31" s="24" t="s">
+        <v>46</v>
+      </c>
+      <c r="B31" s="29">
+        <v>23</v>
+      </c>
+      <c r="C31" s="30">
+        <v>25</v>
+      </c>
+      <c r="D31" s="30">
+        <v>19</v>
+      </c>
+      <c r="E31" s="30">
+        <v>25</v>
+      </c>
+      <c r="F31" s="30">
+        <v>14</v>
+      </c>
+      <c r="G31" s="30">
+        <v>22</v>
+      </c>
+      <c r="H31" s="30">
+        <v>25</v>
+      </c>
+      <c r="I31" s="30">
+        <v>27</v>
+      </c>
+      <c r="J31" s="30">
+        <v>22</v>
+      </c>
+      <c r="K31" s="30">
+        <v>38</v>
+      </c>
+      <c r="L31" s="30">
+        <v>31</v>
+      </c>
+      <c r="M31" s="29">
+        <v>190</v>
+      </c>
+      <c r="N31" s="30">
+        <v>184</v>
+      </c>
+      <c r="O31" s="30">
+        <v>165</v>
+      </c>
+      <c r="P31" s="30">
+        <v>235</v>
+      </c>
+      <c r="Q31" s="30">
+        <v>105</v>
+      </c>
+      <c r="R31" s="30">
         <v>196</v>
       </c>
-      <c r="F9" s="37">
-[...8 lines deleted...]
-      <c r="I9" s="37">
+      <c r="S31" s="30">
+        <v>264</v>
+      </c>
+      <c r="T31" s="30">
         <v>231</v>
       </c>
-      <c r="J9" s="37">
-[...43 lines deleted...]
-      <c r="B10" s="55">
+      <c r="U31" s="30">
+        <v>158</v>
+      </c>
+      <c r="V31" s="30">
+        <v>272</v>
+      </c>
+      <c r="W31" s="30">
+        <v>197</v>
+      </c>
+      <c r="X31" s="25" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="32" spans="1:24" s="26" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A32" s="27" t="s">
+        <v>48</v>
+      </c>
+      <c r="B32" s="48">
+        <v>18</v>
+      </c>
+      <c r="C32" s="49">
+        <v>19</v>
+      </c>
+      <c r="D32" s="49" t="s">
+        <v>56</v>
+      </c>
+      <c r="E32" s="49">
+        <v>20</v>
+      </c>
+      <c r="F32" s="49" t="s">
+        <v>56</v>
+      </c>
+      <c r="G32" s="49" t="s">
+        <v>56</v>
+      </c>
+      <c r="H32" s="49">
+        <v>18</v>
+      </c>
+      <c r="I32" s="49">
+        <v>23</v>
+      </c>
+      <c r="J32" s="49" t="s">
+        <v>56</v>
+      </c>
+      <c r="K32" s="49">
+        <v>31</v>
+      </c>
+      <c r="L32" s="49" t="s">
+        <v>56</v>
+      </c>
+      <c r="M32" s="48">
+        <v>114</v>
+      </c>
+      <c r="N32" s="49">
+        <v>113</v>
+      </c>
+      <c r="O32" s="49">
+        <v>93</v>
+      </c>
+      <c r="P32" s="49">
+        <v>123</v>
+      </c>
+      <c r="Q32" s="49">
+        <v>65</v>
+      </c>
+      <c r="R32" s="49">
+        <v>122</v>
+      </c>
+      <c r="S32" s="49">
+        <v>94</v>
+      </c>
+      <c r="T32" s="49">
+        <v>139</v>
+      </c>
+      <c r="U32" s="49">
+        <v>120</v>
+      </c>
+      <c r="V32" s="49">
+        <v>181</v>
+      </c>
+      <c r="W32" s="49">
+        <v>172</v>
+      </c>
+      <c r="X32" s="28" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="33" spans="1:24" s="10" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A33" s="38" t="s">
         <v>50</v>
       </c>
-      <c r="C10" s="56">
-[...8 lines deleted...]
-      <c r="F10" s="56">
+      <c r="B33" s="53">
+        <v>5</v>
+      </c>
+      <c r="C33" s="54">
+        <v>6</v>
+      </c>
+      <c r="D33" s="54" t="s">
+        <v>56</v>
+      </c>
+      <c r="E33" s="54">
+        <v>5</v>
+      </c>
+      <c r="F33" s="54" t="s">
+        <v>56</v>
+      </c>
+      <c r="G33" s="54" t="s">
+        <v>56</v>
+      </c>
+      <c r="H33" s="54">
+        <v>7</v>
+      </c>
+      <c r="I33" s="54">
+        <v>4</v>
+      </c>
+      <c r="J33" s="54" t="s">
+        <v>56</v>
+      </c>
+      <c r="K33" s="54">
+        <v>7</v>
+      </c>
+      <c r="L33" s="54" t="s">
+        <v>56</v>
+      </c>
+      <c r="M33" s="53">
+        <v>76</v>
+      </c>
+      <c r="N33" s="54">
+        <v>71</v>
+      </c>
+      <c r="O33" s="54">
+        <v>72</v>
+      </c>
+      <c r="P33" s="54">
+        <v>112</v>
+      </c>
+      <c r="Q33" s="54">
+        <v>40</v>
+      </c>
+      <c r="R33" s="54">
         <v>74</v>
       </c>
-      <c r="G10" s="56">
-[...366 lines deleted...]
-      <c r="P15" s="56">
+      <c r="S33" s="54">
+        <v>170</v>
+      </c>
+      <c r="T33" s="54">
+        <v>92</v>
+      </c>
+      <c r="U33" s="54">
+        <v>38</v>
+      </c>
+      <c r="V33" s="54">
+        <v>91</v>
+      </c>
+      <c r="W33" s="54">
+        <v>25</v>
+      </c>
+      <c r="X33" s="39" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="34" spans="1:24" s="26" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A34" s="40"/>
+      <c r="B34"/>
+      <c r="C34"/>
+      <c r="D34"/>
+      <c r="E34"/>
+      <c r="F34"/>
+      <c r="G34"/>
+      <c r="H34"/>
+      <c r="I34"/>
+      <c r="J34"/>
+      <c r="K34"/>
+      <c r="L34" s="55"/>
+      <c r="M34"/>
+      <c r="N34"/>
+      <c r="O34"/>
+      <c r="P34"/>
+      <c r="Q34"/>
+      <c r="R34"/>
+      <c r="S34"/>
+      <c r="T34"/>
+      <c r="U34"/>
+      <c r="V34"/>
+      <c r="W34"/>
+      <c r="X34" s="10"/>
+    </row>
+    <row r="35" spans="1:24" s="3" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A35" s="41" t="s">
         <v>52</v>
       </c>
-      <c r="Q15" s="56">
-[...126 lines deleted...]
-      <c r="N17" s="56">
+      <c r="B35" s="42"/>
+      <c r="C35" s="42"/>
+      <c r="D35" s="42"/>
+      <c r="E35" s="42"/>
+      <c r="F35" s="42"/>
+      <c r="G35" s="42"/>
+      <c r="H35" s="42"/>
+      <c r="I35" s="42"/>
+      <c r="J35" s="42"/>
+      <c r="K35" s="42"/>
+      <c r="L35" s="42"/>
+      <c r="M35" s="42"/>
+      <c r="N35" s="42"/>
+      <c r="O35" s="42"/>
+      <c r="P35" s="42"/>
+      <c r="Q35" s="42"/>
+      <c r="R35" s="42"/>
+      <c r="S35" s="42"/>
+      <c r="T35" s="42"/>
+      <c r="U35" s="42"/>
+      <c r="V35" s="42"/>
+      <c r="W35" s="42"/>
+      <c r="X35" s="2"/>
+    </row>
+    <row r="36" spans="1:24" s="3" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A36" s="41" t="s">
         <v>53</v>
       </c>
-      <c r="O17" s="56">
-[...49 lines deleted...]
-      <c r="I18" s="56">
+      <c r="B36" s="42"/>
+      <c r="C36" s="42"/>
+      <c r="D36" s="42"/>
+      <c r="E36" s="42"/>
+      <c r="F36" s="42"/>
+      <c r="G36" s="42"/>
+      <c r="H36" s="42"/>
+      <c r="I36" s="42"/>
+      <c r="J36" s="42"/>
+      <c r="K36" s="42"/>
+      <c r="L36" s="42"/>
+      <c r="M36" s="42"/>
+      <c r="N36" s="42"/>
+      <c r="O36" s="42"/>
+      <c r="P36" s="42"/>
+      <c r="Q36" s="42"/>
+      <c r="R36" s="42"/>
+      <c r="S36" s="42"/>
+      <c r="T36" s="42"/>
+      <c r="U36" s="42"/>
+      <c r="V36" s="42"/>
+      <c r="W36" s="42"/>
+      <c r="X36" s="2"/>
+    </row>
+    <row r="37" spans="1:24" s="6" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A37" s="5" t="s">
         <v>54</v>
-      </c>
-[...1056 lines deleted...]
-        <v>59</v>
       </c>
       <c r="B37"/>
       <c r="C37"/>
       <c r="D37"/>
       <c r="E37"/>
       <c r="F37"/>
       <c r="G37"/>
       <c r="H37"/>
       <c r="I37"/>
       <c r="J37"/>
       <c r="K37"/>
       <c r="L37"/>
       <c r="M37"/>
       <c r="N37"/>
       <c r="O37"/>
       <c r="P37"/>
       <c r="Q37"/>
       <c r="R37"/>
       <c r="S37"/>
       <c r="T37"/>
       <c r="U37"/>
-      <c r="V37" s="50"/>
-[...2 lines deleted...]
-      <c r="A38" s="51"/>
+      <c r="V37"/>
+      <c r="W37"/>
+      <c r="X37" s="43"/>
+    </row>
+    <row r="38" spans="1:24" s="10" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A38" s="5" t="s">
+        <v>55</v>
+      </c>
       <c r="B38"/>
       <c r="C38"/>
       <c r="D38"/>
       <c r="E38"/>
       <c r="F38"/>
       <c r="G38"/>
       <c r="H38"/>
       <c r="I38"/>
       <c r="J38"/>
       <c r="K38"/>
       <c r="L38"/>
       <c r="M38"/>
       <c r="N38"/>
       <c r="O38"/>
       <c r="P38"/>
       <c r="Q38"/>
       <c r="R38"/>
       <c r="S38"/>
       <c r="T38"/>
       <c r="U38"/>
-      <c r="V38" s="47"/>
-[...4 lines deleted...]
-      </c>
+      <c r="V38"/>
+      <c r="W38"/>
+      <c r="X38" s="43"/>
+    </row>
+    <row r="39" spans="1:24" s="6" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A39" s="44"/>
       <c r="B39"/>
       <c r="C39"/>
       <c r="D39"/>
       <c r="E39"/>
       <c r="F39"/>
       <c r="G39"/>
       <c r="H39"/>
       <c r="I39"/>
       <c r="J39"/>
       <c r="K39"/>
       <c r="L39"/>
       <c r="M39"/>
       <c r="N39"/>
       <c r="O39"/>
       <c r="P39"/>
       <c r="Q39"/>
       <c r="R39"/>
       <c r="S39"/>
       <c r="T39"/>
       <c r="U39"/>
-    </row>
-    <row r="40" spans="1:22" s="3" customFormat="1" ht="9.75" customHeight="1">
+      <c r="V39"/>
+      <c r="W39"/>
+      <c r="X39" s="40"/>
+    </row>
+    <row r="40" spans="1:24" s="3" customFormat="1" ht="9.75" customHeight="1">
       <c r="A40" s="4" t="s">
-        <v>64</v>
+        <v>57</v>
       </c>
       <c r="B40"/>
       <c r="C40"/>
       <c r="D40"/>
       <c r="E40"/>
       <c r="F40"/>
       <c r="G40"/>
       <c r="H40"/>
       <c r="I40"/>
       <c r="J40"/>
+      <c r="K40"/>
       <c r="L40"/>
       <c r="M40"/>
       <c r="N40"/>
       <c r="O40"/>
       <c r="P40"/>
       <c r="Q40"/>
       <c r="R40"/>
       <c r="S40"/>
       <c r="T40"/>
       <c r="U40"/>
-    </row>
-    <row r="41" spans="1:22" ht="10.5" customHeight="1">
+      <c r="V40"/>
+      <c r="W40"/>
+    </row>
+    <row r="41" spans="1:24" s="3" customFormat="1" ht="9.75" customHeight="1">
+      <c r="A41" s="4" t="s">
+        <v>58</v>
+      </c>
       <c r="B41"/>
       <c r="C41"/>
       <c r="D41"/>
       <c r="E41"/>
       <c r="F41"/>
       <c r="G41"/>
       <c r="H41"/>
       <c r="I41"/>
       <c r="J41"/>
       <c r="K41"/>
-      <c r="L41"/>
       <c r="M41"/>
       <c r="N41"/>
       <c r="O41"/>
       <c r="P41"/>
       <c r="Q41"/>
       <c r="R41"/>
       <c r="S41"/>
       <c r="T41"/>
       <c r="U41"/>
-    </row>
-[...3 lines deleted...]
-      </c>
+      <c r="V41"/>
+      <c r="W41"/>
+    </row>
+    <row r="42" spans="1:24" ht="10.5" customHeight="1">
       <c r="B42"/>
       <c r="C42"/>
       <c r="D42"/>
       <c r="E42"/>
       <c r="F42"/>
       <c r="G42"/>
       <c r="H42"/>
       <c r="I42"/>
       <c r="J42"/>
       <c r="K42"/>
       <c r="L42"/>
       <c r="M42"/>
       <c r="N42"/>
       <c r="O42"/>
       <c r="P42"/>
       <c r="Q42"/>
       <c r="R42"/>
       <c r="S42"/>
       <c r="T42"/>
       <c r="U42"/>
-    </row>
-[...89 lines deleted...]
-      <c r="V47" s="59"/>
+      <c r="V42"/>
+      <c r="W42"/>
+    </row>
+    <row r="43" spans="1:24" ht="10.5" customHeight="1">
+      <c r="A43" s="45" t="s">
+        <v>59</v>
+      </c>
+      <c r="B43"/>
+      <c r="C43"/>
+      <c r="D43"/>
+      <c r="E43"/>
+      <c r="F43"/>
+      <c r="G43"/>
+      <c r="H43"/>
+      <c r="I43"/>
+      <c r="J43"/>
+      <c r="K43"/>
+      <c r="L43"/>
+      <c r="M43"/>
+      <c r="N43"/>
+      <c r="O43"/>
+      <c r="P43"/>
+      <c r="Q43"/>
+      <c r="R43"/>
+      <c r="S43"/>
+      <c r="T43"/>
+      <c r="U43"/>
+      <c r="V43"/>
+      <c r="W43"/>
+    </row>
+    <row r="45" spans="1:24" ht="10.5" customHeight="1">
+      <c r="B45" s="52"/>
+      <c r="C45" s="52"/>
+      <c r="D45" s="52"/>
+      <c r="E45" s="52"/>
+      <c r="F45" s="52"/>
+      <c r="G45" s="52"/>
+      <c r="H45" s="52"/>
+      <c r="I45" s="52"/>
+      <c r="J45" s="52"/>
+      <c r="K45" s="52"/>
+      <c r="L45" s="52"/>
+      <c r="M45" s="52"/>
+      <c r="N45" s="52"/>
+      <c r="O45" s="52"/>
+      <c r="P45" s="52"/>
+      <c r="Q45" s="52"/>
+      <c r="R45" s="52"/>
+      <c r="S45" s="52"/>
+      <c r="T45" s="52"/>
+      <c r="U45" s="52"/>
+      <c r="V45" s="52"/>
+      <c r="W45" s="52"/>
+    </row>
+    <row r="46" spans="1:24" ht="10.5" customHeight="1">
+      <c r="B46" s="52"/>
+      <c r="C46" s="52"/>
+      <c r="D46" s="52"/>
+      <c r="E46" s="52"/>
+      <c r="F46" s="52"/>
+      <c r="G46" s="52"/>
+      <c r="H46" s="52"/>
+      <c r="I46" s="52"/>
+      <c r="J46" s="52"/>
+      <c r="K46" s="52"/>
+      <c r="L46" s="52"/>
+      <c r="M46" s="52"/>
+      <c r="N46" s="52"/>
+      <c r="O46" s="52"/>
+      <c r="P46" s="52"/>
+      <c r="Q46" s="52"/>
+      <c r="R46" s="52"/>
+      <c r="S46" s="52"/>
+      <c r="T46" s="52"/>
+      <c r="U46" s="52"/>
+      <c r="V46" s="52"/>
+      <c r="W46" s="52"/>
+      <c r="X46" s="52"/>
+    </row>
+    <row r="47" spans="1:24" ht="10.5" customHeight="1">
+      <c r="B47" s="52"/>
+      <c r="C47" s="52"/>
+      <c r="D47" s="52"/>
+      <c r="E47" s="52"/>
+      <c r="F47" s="52"/>
+      <c r="G47" s="52"/>
+      <c r="H47" s="52"/>
+      <c r="I47" s="52"/>
+      <c r="J47" s="52"/>
+      <c r="K47" s="52"/>
+      <c r="L47" s="52"/>
+      <c r="M47" s="52"/>
+      <c r="N47" s="52"/>
+      <c r="O47" s="52"/>
+      <c r="P47" s="52"/>
+      <c r="Q47" s="52"/>
+      <c r="R47" s="52"/>
+      <c r="S47" s="52"/>
+      <c r="T47" s="52"/>
+      <c r="U47" s="52"/>
+      <c r="V47" s="52"/>
+      <c r="W47" s="52"/>
+      <c r="X47" s="52"/>
+    </row>
+    <row r="48" spans="1:24" ht="10.5" customHeight="1">
+      <c r="B48" s="52"/>
+      <c r="C48" s="52"/>
+      <c r="D48" s="52"/>
+      <c r="E48" s="52"/>
+      <c r="F48" s="52"/>
+      <c r="G48" s="52"/>
+      <c r="H48" s="52"/>
+      <c r="I48" s="52"/>
+      <c r="J48" s="52"/>
+      <c r="K48" s="52"/>
+      <c r="L48" s="52"/>
+      <c r="M48" s="52"/>
+      <c r="N48" s="52"/>
+      <c r="O48" s="52"/>
+      <c r="P48" s="52"/>
+      <c r="Q48" s="52"/>
+      <c r="R48" s="52"/>
+      <c r="S48" s="52"/>
+      <c r="T48" s="52"/>
+      <c r="U48" s="52"/>
+      <c r="V48" s="52"/>
+      <c r="W48" s="52"/>
+      <c r="X48" s="52"/>
     </row>
   </sheetData>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.47244094488188981" bottom="0.55118110236220474" header="0.51181102362204722" footer="0.23622047244094491"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;"Arial,Normal"&amp;7Service de statistique du canton de Fribourg-RM
 &amp;Z&amp;F-&amp;D-&amp;T&amp;R&amp;"Arial,Normal"&amp;7&amp;P/&amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{572B745C-86B1-46B2-BDC8-6944EF3DD497}">
-  <dimension ref="A1:BR83"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EABD0150-A972-496F-8E3E-3D49CA960CBC}">
+  <dimension ref="A1:E17"/>
   <sheetViews>
-    <sheetView showGridLines="0" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView showGridLines="0" zoomScale="130" zoomScaleNormal="130" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="9" defaultRowHeight="8.5"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="10.5" customHeight="1"/>
   <cols>
-    <col min="1" max="1" width="12.7265625" style="2" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="12" max="16384" width="9" style="2"/>
+    <col min="1" max="1" width="8.42578125" style="57" customWidth="1"/>
+    <col min="2" max="2" width="37.7109375" style="57" customWidth="1"/>
+    <col min="3" max="3" width="3.42578125" style="57" customWidth="1"/>
+    <col min="4" max="4" width="8.42578125" style="57" customWidth="1"/>
+    <col min="5" max="5" width="37.7109375" style="57" customWidth="1"/>
+    <col min="6" max="16384" width="11.42578125" style="57"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" ht="12" customHeight="1">
-      <c r="A1" s="63" t="s">
+    <row r="1" spans="1:5" ht="10.5" customHeight="1">
+      <c r="A1" s="56" t="s">
+        <v>60</v>
+      </c>
+      <c r="D1" s="56" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="2" spans="1:5" s="59" customFormat="1" ht="15" customHeight="1">
+      <c r="A2" s="58" t="s">
+        <v>0</v>
+      </c>
+      <c r="D2" s="58" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="3" spans="1:5" ht="10.5" customHeight="1">
+      <c r="A3" s="60" t="s">
+        <v>62</v>
+      </c>
+      <c r="B3" s="61" t="s">
+        <v>63</v>
+      </c>
+      <c r="C3" s="62"/>
+      <c r="D3" s="60" t="s">
+        <v>64</v>
+      </c>
+      <c r="E3" s="60" t="s">
         <v>65</v>
       </c>
     </row>
-    <row r="2" spans="1:13" ht="12" customHeight="1">
-      <c r="A2" s="64" t="s">
+    <row r="4" spans="1:5" ht="10.5" customHeight="1">
+      <c r="A4" s="63" t="s">
         <v>66</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="A4" s="66" t="s">
+      <c r="B4" s="64" t="s">
         <v>67</v>
       </c>
-      <c r="B4" s="67" t="s">
+      <c r="C4" s="65"/>
+      <c r="D4" s="63" t="s">
+        <v>66</v>
+      </c>
+      <c r="E4" s="64" t="s">
         <v>68</v>
       </c>
-      <c r="C4" s="68" t="s">
+    </row>
+    <row r="5" spans="1:5" ht="10.5" customHeight="1">
+      <c r="A5" s="66" t="s">
         <v>69</v>
       </c>
-      <c r="D4" s="69"/>
-[...5 lines deleted...]
-      <c r="J4" s="71" t="s">
+      <c r="B5" s="67" t="s">
         <v>70</v>
       </c>
-      <c r="K4" s="72"/>
-[...4 lines deleted...]
-      <c r="C5" s="75" t="s">
+      <c r="C5" s="65"/>
+      <c r="D5" s="66" t="s">
         <v>71</v>
       </c>
-      <c r="D5" s="75" t="s">
+      <c r="E5" s="67" t="s">
         <v>72</v>
       </c>
-      <c r="E5" s="75" t="s">
+    </row>
+    <row r="6" spans="1:5" ht="10.5" customHeight="1">
+      <c r="A6" s="68" t="s">
         <v>73</v>
       </c>
-      <c r="F5" s="75" t="s">
+      <c r="B6" s="64" t="s">
         <v>74</v>
       </c>
-      <c r="G5" s="75" t="s">
+      <c r="C6" s="65"/>
+      <c r="D6" s="68" t="s">
         <v>75</v>
       </c>
-      <c r="H5" s="75" t="s">
+      <c r="E6" s="64" t="s">
         <v>76</v>
       </c>
-      <c r="I5" s="75" t="s">
+    </row>
+    <row r="7" spans="1:5" ht="21" customHeight="1">
+      <c r="A7" s="66" t="s">
         <v>77</v>
       </c>
-      <c r="J5" s="75" t="s">
+      <c r="B7" s="67" t="s">
         <v>78</v>
       </c>
-      <c r="K5" s="75" t="s">
+      <c r="C7" s="65"/>
+      <c r="D7" s="66" t="s">
+        <v>77</v>
+      </c>
+      <c r="E7" s="67" t="s">
         <v>79</v>
       </c>
     </row>
-    <row r="6" spans="1:13" s="80" customFormat="1" ht="10.5" customHeight="1">
-      <c r="A6" s="76" t="s">
+    <row r="8" spans="1:5" ht="21" customHeight="1">
+      <c r="A8" s="63" t="s">
         <v>80</v>
       </c>
-      <c r="B6" s="77"/>
-[...641 lines deleted...]
-      <c r="A25" s="85" t="s">
+      <c r="B8" s="64" t="s">
         <v>81</v>
       </c>
-      <c r="B25" s="86"/>
-[...11 lines deleted...]
-      <c r="A26" s="89" t="s">
+      <c r="C8" s="65"/>
+      <c r="D8" s="63" t="s">
+        <v>80</v>
+      </c>
+      <c r="E8" s="64" t="s">
         <v>82</v>
       </c>
-      <c r="B26" s="90"/>
-[...151 lines deleted...]
-      <c r="A31" s="19" t="s">
+    </row>
+    <row r="9" spans="1:5" ht="10.5" customHeight="1">
+      <c r="A9" s="66" t="s">
         <v>83</v>
       </c>
-      <c r="B31" s="93">
-[...31 lines deleted...]
-      <c r="A32" s="19" t="s">
+      <c r="B9" s="67" t="s">
         <v>84</v>
       </c>
-      <c r="B32" s="93">
-[...31 lines deleted...]
-      <c r="A33" s="19" t="s">
+      <c r="C9" s="65"/>
+      <c r="D9" s="66" t="s">
+        <v>83</v>
+      </c>
+      <c r="E9" s="67" t="s">
         <v>85</v>
       </c>
-      <c r="B33" s="93">
-[...31 lines deleted...]
-      <c r="A34" s="19" t="s">
+    </row>
+    <row r="10" spans="1:5" ht="10.5" customHeight="1">
+      <c r="A10" s="63" t="s">
         <v>86</v>
       </c>
-      <c r="B34" s="93">
-[...31 lines deleted...]
-      <c r="A35" s="89" t="s">
+      <c r="B10" s="64" t="s">
         <v>87</v>
       </c>
-      <c r="B35" s="90"/>
-[...257 lines deleted...]
-      <c r="A43" s="19" t="s">
+      <c r="C10" s="65"/>
+      <c r="D10" s="63" t="s">
         <v>86</v>
       </c>
-      <c r="B43" s="93">
-[...31 lines deleted...]
-      <c r="A44" s="19" t="s">
+      <c r="E10" s="64" t="s">
         <v>88</v>
       </c>
-      <c r="B44" s="82"/>
-[...795 lines deleted...]
-      <c r="A53" s="19" t="s">
+    </row>
+    <row r="11" spans="1:5" ht="10.5" customHeight="1">
+      <c r="A11" s="69" t="s">
         <v>89</v>
       </c>
-      <c r="B53" s="82"/>
-[...795 lines deleted...]
-      <c r="A62" s="89" t="s">
+      <c r="B11" s="70" t="s">
         <v>90</v>
       </c>
-      <c r="B62" s="90"/>
-[...308 lines deleted...]
-      <c r="A72" s="103" t="s">
+      <c r="C11" s="65"/>
+      <c r="D11" s="69" t="s">
+        <v>89</v>
+      </c>
+      <c r="E11" s="70" t="s">
         <v>91</v>
       </c>
-      <c r="B72" s="104"/>
-[...109 lines deleted...]
-      <c r="A83" s="114"/>
+    </row>
+    <row r="12" spans="1:5" ht="10.5" customHeight="1">
+      <c r="A12" s="71"/>
+      <c r="D12" s="71"/>
+    </row>
+    <row r="13" spans="1:5" ht="10.5" customHeight="1">
+      <c r="A13" s="71"/>
+      <c r="D13" s="71"/>
+    </row>
+    <row r="14" spans="1:5" ht="10.5" customHeight="1">
+      <c r="A14" s="72"/>
+      <c r="D14" s="71"/>
+    </row>
+    <row r="15" spans="1:5" ht="10.5" customHeight="1">
+      <c r="A15" s="72"/>
+      <c r="D15" s="71"/>
+    </row>
+    <row r="16" spans="1:5" ht="10.5" customHeight="1">
+      <c r="A16" s="71"/>
+      <c r="D16" s="71"/>
+    </row>
+    <row r="17" spans="1:4" ht="10.5" customHeight="1">
+      <c r="A17" s="71"/>
+      <c r="D17" s="71"/>
     </row>
   </sheetData>
-  <mergeCells count="5">
-[...6 lines deleted...]
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <printOptions horizontalCentered="1"/>
+  <pageMargins left="0.23622047244094491" right="0.19685039370078741" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Plages nommées</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>