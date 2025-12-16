--- v0 (2025-12-05)
+++ v1 (2025-12-16)
@@ -1,83 +1,83 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="L:\00 Bases statistiques et produits généraux\01 Synthèses\03 Site Internet\06 Pages sous-produits\03 Economie\0602 Entreprises et emplois\2024-02\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\ad.net.fr.ch\dfs\DEE\SSD\WP\00 Bases statistiques et produits généraux\01 Synthèses\03 Site Internet\06 Pages sous-produits\03 Economie\0602 Entreprises et emplois\2025-02\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BBED6080-909C-47FD-B97B-E1EAB777BEAC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5C9E9362-5D11-4834-8615-C084C7C421ED}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="te639" sheetId="8" r:id="rId1"/>
     <sheet name="Signes - Zeichen" sheetId="9" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'te639'!$A$1:$G$75</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'te639'!$A$1:$G$77</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="119" uniqueCount="106">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="120" uniqueCount="107">
   <si>
     <t>ZH</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>SO</t>
   </si>
   <si>
@@ -140,53 +140,50 @@
   <si>
     <t>Broye / Broye</t>
   </si>
   <si>
     <t>Glâne / Glane</t>
   </si>
   <si>
     <t>Gruyère / Greyerz</t>
   </si>
   <si>
     <t>Sarine / Saane</t>
   </si>
   <si>
     <t>See / Lac</t>
   </si>
   <si>
     <t>Singine / Sense</t>
   </si>
   <si>
     <t>Veveyse / Vivisbach</t>
   </si>
   <si>
     <t>T06-02-03</t>
   </si>
   <si>
-    <t>Source : Statistique de la démographie des entreprises (UDEMO) 2013-2022 - Office fédéral de la statistique, Neuchâtel</t>
-[...1 lines deleted...]
-  <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="6"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>1</t>
     </r>
     <r>
       <rPr>
         <sz val="6"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Comprend toutes les entreprises ayant exercé une activité économique marchande dans le secteur secondaire ou tertiaire à un moment donné au cours de l'année de référence, y compris les entreprises créées et disparues cette année-là. Nombre moyen d'emplois sur la période d'activité effective.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="6"/>
         <rFont val="Arial"/>
         <family val="2"/>
@@ -247,151 +244,57 @@
     <t>Unternehmen</t>
   </si>
   <si>
     <t>Emplois</t>
   </si>
   <si>
     <t>Beschäftigte</t>
   </si>
   <si>
     <t>Emplois créés</t>
   </si>
   <si>
     <t>Geschaffene Stellen</t>
   </si>
   <si>
     <t>Neue Unternehmen</t>
   </si>
   <si>
     <t>Verlorene Stellen</t>
   </si>
   <si>
     <t>Entreprises créées</t>
   </si>
   <si>
     <t>Emplois perdus</t>
-  </si>
-[...86 lines deleted...]
-    </r>
   </si>
   <si>
     <t>Suisse / Schweiz</t>
   </si>
   <si>
     <t>Geschlossene
 Unternehmen</t>
-  </si>
-[...4 lines deleted...]
-    <t>Bestand aktiver Unternehmen, Unternehmensgründungen und Unternehmensschliessungen nach Kanton, Bezirk und Agglomeration von 2013 bis 2022</t>
   </si>
   <si>
     <t>Agglomération</t>
   </si>
   <si>
     <t>Agglomeration</t>
   </si>
   <si>
     <r>
       <t>Kanton Freiburg</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="6.5"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>4</t>
     </r>
   </si>
   <si>
     <r>
       <t>Canton de Fribourg</t>
@@ -401,363 +304,479 @@
         <b/>
         <vertAlign val="superscript"/>
         <sz val="6.5"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>4</t>
     </r>
   </si>
   <si>
     <r>
       <t>Fribourg / Freiburg</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="6.5"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>5</t>
     </r>
   </si>
   <si>
     <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="6"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>4</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="6"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Les données de Clavaleyres, commune anciennement bernoise fusionnée avec Morat au 1</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="6"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>er</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="6"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> janvier 2022, sont incluses à celles du canton de Fribourg rétroactivement pour toute la période d'observation.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="6"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>4</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="6"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Die Daten von Clavaleyres, einer ehemals bernischen Gemeinde, die am 1. Januar 2022 mit Murten fusionierte, sind rückwirkend für den gesamten Beobachtungszeitraum in die Daten des Kantons Freiburg integriert.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="6"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>5</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="6"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Selon LAgg du 19.9.1995 et Statuts Agglo Fribourg-Freiburg 2008: Avry, Belfaux, Corminboeuf, Düdingen, Fribourg, Givisiez, Granges-Paccot, Marly, Matran, Villars-sur-Glâne</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="6"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>5</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="6"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Gemäss AggG vom 19.9.1995 und Statuten Agglo Fribourg-Freiburg 2008: Avry, Belfaux, Corminboeuf, Düdingen, Freiburg, Givisiez, Granges-Paccot, Marly, Matran, Villars-sur-Glâne</t>
+    </r>
+  </si>
+  <si>
+    <t>Entreprises fermées</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="6"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>3</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="6"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Entreprises ayant définitivement cessé une activité économique marchande dans le secteur secondaire ou tertiaire durant l'année de référence. Les entreprises disparues à la suite d'une fusion, d'une reprise, d'une scission ou d'une restructuration ne sont pas prises en compte. Sont par contre incluses les entreprises «dormantes» si elles ne sont pas réactivées dans un délai de deux ans.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="6"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>3</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="6"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Unternehmen, die im Berichtsjahr eine marktwirtschaftliche Tätigkeit im Sekundär- oder Tertiärsektor endgültig eingestellt haben.Unternehmen, die ihre Tätigkeit infolge Fusionen, Übernahmen, Spaltungen oder Restrukturierungen eingestellt haben, werden nicht berücksichtigt. Erfasst werden hingegen ruhende Einheiten, die ihre Tätigkeit innerhalb von zwei Jahren nicht wieder aufnehmen.</t>
+    </r>
+  </si>
+  <si>
+    <t>…</t>
+  </si>
+  <si>
+    <t>Légende des signes</t>
+  </si>
+  <si>
+    <t>Zeichenerklärung</t>
+  </si>
+  <si>
+    <t>Signes</t>
+  </si>
+  <si>
+    <t>Explication</t>
+  </si>
+  <si>
+    <t>Zeichen</t>
+  </si>
+  <si>
+    <t>Erklärung</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>Valeur rigoureusement nulle ou inexistante</t>
+  </si>
+  <si>
+    <t>Es kommt nichts vor (Wert genau Null)</t>
+  </si>
+  <si>
+    <t>0 ou 0,0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Valeur très faible, arrondie à zéro, mais non nulle </t>
+  </si>
+  <si>
+    <t>0 oder 0,0</t>
+  </si>
+  <si>
+    <t>Sehr kleiner Wert, auf Null gerundet, aber nicht genau null</t>
+  </si>
+  <si>
+    <t>(chiffre)</t>
+  </si>
+  <si>
+    <t>Résultat à interpréter avec prudence (trop peu d'observations)</t>
+  </si>
+  <si>
+    <t>(Zahl)</t>
+  </si>
+  <si>
+    <t>Resultat mit Vorsicht zu interpretieren (zu wenige Beobachtungen)</t>
+  </si>
+  <si>
+    <t>( )</t>
+  </si>
+  <si>
+    <t>Donnée confidentielle, non communiquée pour des raisons de protection des données</t>
+  </si>
+  <si>
+    <t>Zahlenangabe unterbleibt aus Gründen des Datenschutzes</t>
+  </si>
+  <si>
+    <t>...</t>
+  </si>
+  <si>
+    <t>Donnée inconnue, inconcevable ou non mentionnée pour des raisons statistiques</t>
+  </si>
+  <si>
+    <t>Zahl nicht bekannt, gegenstandslos oder aus statistischen Gründen nicht aufgeführt</t>
+  </si>
+  <si>
+    <t>r</t>
+  </si>
+  <si>
+    <t>Donnée revue et corrigée</t>
+  </si>
+  <si>
+    <t>Korrigierter Wert</t>
+  </si>
+  <si>
+    <t>p</t>
+  </si>
+  <si>
+    <t>Donnée provisoire</t>
+  </si>
+  <si>
+    <t>Provisorischer Wert</t>
+  </si>
+  <si>
+    <t>e</t>
+  </si>
+  <si>
+    <t>Donnée estimée</t>
+  </si>
+  <si>
+    <t>Geschätzter Wert</t>
+  </si>
+  <si>
+    <t>Population des entreprises actives, création de nouvelles entreprises et cessations d'entreprises, par canton, district et agglomération, de 2013 à 2023</t>
+  </si>
+  <si>
+    <t>Bestand aktiver Unternehmen, Unternehmensgründungen und Unternehmensschliessungen nach Kanton, Bezirk und Agglomeration von 2013 bis 2023</t>
+  </si>
+  <si>
+    <r>
+      <t>Population des entreprises actives</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="6"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>1</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="6"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>, en 2023
+Bestand aktiver Unternehmen</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="6"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">1 </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="6"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>2023</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Création d'entreprises</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="6"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>2</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="6"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>, en 2023
+Unternehmensgründungen</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="6"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>2</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="6"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> 2023</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Cessations d'entreprises</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="6"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>3</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="6"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>, en 2021
+Unternehmensschliessungen</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="6"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>3</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="6"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> 2021</t>
+    </r>
+  </si>
+  <si>
+    <t>Source : Statistique de la démographie des entreprises (UDEMO) 2013-2023 - Office fédéral de la statistique, Neuchâtel</t>
+  </si>
+  <si>
+    <t>Quelle: Statistik der Unternehmensdemografie (UDEMO) 2013-2023 - Bundesamt für Statistik, Neuenburg, te25-639</t>
+  </si>
+  <si>
+    <t>Actualisation / Aktualisiert am: 02.12.2025</t>
+  </si>
+  <si>
+    <r>
       <t>Bulle</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="6.5"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>6</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="6"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>4</t>
-[...8 lines deleted...]
-    </r>
+      <t>6</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="6"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Selon les statuts de l'association de communes Mobul 2024: Broc, Bulle, Echarlens, Gruyères, Le Pâquier, Marsens, Morlon,  Riaz, Vuadens</t>
+    </r>
+  </si>
+  <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="6"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>er</t>
-[...74 lines deleted...]
-      </rPr>
       <t>6</t>
     </r>
     <r>
       <rPr>
         <sz val="6"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>Selon le projet d'agglomération Mobul: Bulle, Morlon, Le Pâquier, Riaz, Vuadens / Gemäss Mobul-Agglomerationsprojekt: Bulle, Morlon, Le Pâquier, Riaz, Vuadens</t>
-[...190 lines deleted...]
-    <t>Geschätzter Wert</t>
+      <t>Gemäss Statuten des Gemeindeverbands Mobul 2024: Broc, Bulle, Echarlens, Gruyères, Le Pâquier, Marsens, Morlon,  Riaz, Vuadens</t>
+    </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="165" formatCode="#\ ##0\,0"/>
   </numFmts>
   <fonts count="26">
     <font>
       <sz val="10"/>
       <name val="Helv"/>
     </font>
     <font>
       <sz val="6.5"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="6.5"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -1193,110 +1212,110 @@
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="13" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="3" fontId="1" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="3" fontId="1" fillId="2" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="3" fontId="1" fillId="2" borderId="10" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="1" fillId="2" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
-    </xf>
-[...7 lines deleted...]
-      <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="6"/>
     <xf numFmtId="0" fontId="23" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="6" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="11" xfId="6" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="8" xfId="6" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="6" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="5" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="2" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="6" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="6" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="2" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="5" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="6" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="3" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="6" applyFont="1"/>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
   </cellXfs>
   <cellStyles count="7">
     <cellStyle name="Milliers 2" xfId="4" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Normal 3" xfId="5" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Normal 5" xfId="6" xr:uid="{8FA45A95-0B67-4069-8484-1CE4B872C90D}"/>
     <cellStyle name="Standard_Tabelle1" xfId="2" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="virgule" xfId="3" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
@@ -1571,1063 +1590,1063 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{869ED46A-CFE3-4CD1-8E81-4915312597E2}">
-  <dimension ref="A1:G77"/>
+  <dimension ref="A1:G79"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="130" zoomScaleNormal="130" zoomScaleSheetLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="9" defaultRowHeight="10.5" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="16" style="2" customWidth="1"/>
-    <col min="2" max="7" width="15.453125" style="2" customWidth="1"/>
+    <col min="2" max="7" width="15.42578125" style="2" customWidth="1"/>
     <col min="8" max="16384" width="9" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" s="1" customFormat="1" ht="12" customHeight="1">
       <c r="A1" s="5" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="B1" s="13"/>
       <c r="C1" s="14"/>
       <c r="D1" s="13"/>
       <c r="E1" s="13"/>
       <c r="F1" s="13"/>
       <c r="G1" s="14"/>
     </row>
     <row r="2" spans="1:7" s="1" customFormat="1" ht="12" customHeight="1">
       <c r="A2" s="6" t="s">
-        <v>55</v>
+        <v>97</v>
       </c>
       <c r="B2" s="13"/>
       <c r="C2" s="15"/>
       <c r="D2" s="13"/>
       <c r="E2" s="13"/>
       <c r="F2" s="13"/>
       <c r="G2" s="15"/>
     </row>
     <row r="3" spans="1:7" ht="15" customHeight="1">
       <c r="A3" s="43" t="s">
         <v>26</v>
       </c>
       <c r="B3" s="45"/>
       <c r="C3" s="45"/>
       <c r="D3" s="45"/>
       <c r="E3" s="45"/>
       <c r="F3" s="45"/>
       <c r="G3" s="45"/>
     </row>
     <row r="4" spans="1:7" s="36" customFormat="1" ht="21" customHeight="1">
       <c r="A4" s="35" t="s">
         <v>34</v>
       </c>
-      <c r="B4" s="52" t="s">
-[...10 lines deleted...]
-      <c r="G4" s="53"/>
+      <c r="B4" s="66" t="s">
+        <v>98</v>
+      </c>
+      <c r="C4" s="67"/>
+      <c r="D4" s="66" t="s">
+        <v>99</v>
+      </c>
+      <c r="E4" s="67"/>
+      <c r="F4" s="66" t="s">
+        <v>100</v>
+      </c>
+      <c r="G4" s="67"/>
     </row>
     <row r="5" spans="1:7" s="36" customFormat="1" ht="10.5" customHeight="1">
       <c r="A5" s="37"/>
       <c r="B5" s="38" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C5" s="39" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="D5" s="38" t="s">
+        <v>47</v>
+      </c>
+      <c r="E5" s="39" t="s">
+        <v>43</v>
+      </c>
+      <c r="F5" s="38" t="s">
+        <v>60</v>
+      </c>
+      <c r="G5" s="39" t="s">
         <v>48</v>
-      </c>
-[...7 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="6" spans="1:7" s="36" customFormat="1" ht="18" customHeight="1">
       <c r="A6" s="40"/>
       <c r="B6" s="41" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="C6" s="42" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="D6" s="41" t="s">
+        <v>45</v>
+      </c>
+      <c r="E6" s="42" t="s">
+        <v>44</v>
+      </c>
+      <c r="F6" s="44" t="s">
+        <v>50</v>
+      </c>
+      <c r="G6" s="42" t="s">
         <v>46</v>
-      </c>
-[...7 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="7" spans="1:7" s="3" customFormat="1" ht="10.5" customHeight="1">
       <c r="A7" s="9" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="B7" s="20">
-        <v>587137</v>
+        <v>594098</v>
       </c>
       <c r="C7" s="21">
-        <v>4626338</v>
+        <v>4705127</v>
       </c>
       <c r="D7" s="20">
-        <v>46987</v>
+        <v>46931</v>
       </c>
       <c r="E7" s="21">
-        <v>64806</v>
+        <v>63662</v>
       </c>
       <c r="F7" s="20">
-        <v>35771</v>
+        <v>37247</v>
       </c>
       <c r="G7" s="21">
-        <v>48592</v>
+        <v>49504</v>
       </c>
     </row>
     <row r="8" spans="1:7" ht="10.5" customHeight="1">
       <c r="A8" s="10" t="s">
         <v>25</v>
       </c>
       <c r="B8" s="22">
-        <v>38278</v>
+        <v>38890</v>
       </c>
       <c r="C8" s="23">
-        <v>283667</v>
+        <v>285492</v>
       </c>
       <c r="D8" s="22">
-        <v>2865</v>
+        <v>3096</v>
       </c>
       <c r="E8" s="23">
-        <v>3744</v>
+        <v>4172</v>
       </c>
       <c r="F8" s="22">
-        <v>2134</v>
+        <v>2229</v>
       </c>
       <c r="G8" s="23">
-        <v>2985</v>
+        <v>2871</v>
       </c>
     </row>
     <row r="9" spans="1:7" ht="10.5" customHeight="1">
       <c r="A9" s="10" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="22">
-        <v>3984</v>
+        <v>3931</v>
       </c>
       <c r="C9" s="23">
-        <v>21714</v>
+        <v>21821</v>
       </c>
       <c r="D9" s="22">
-        <v>326</v>
+        <v>284</v>
       </c>
       <c r="E9" s="23">
-        <v>429</v>
+        <v>505</v>
       </c>
       <c r="F9" s="22">
-        <v>310</v>
+        <v>307</v>
       </c>
       <c r="G9" s="23">
-        <v>445</v>
+        <v>437</v>
       </c>
     </row>
     <row r="10" spans="1:7" ht="10.5" customHeight="1">
       <c r="A10" s="10" t="s">
         <v>23</v>
       </c>
       <c r="B10" s="22">
-        <v>1284</v>
+        <v>1281</v>
       </c>
       <c r="C10" s="23">
-        <v>7453</v>
+        <v>7624</v>
       </c>
       <c r="D10" s="22">
-        <v>118</v>
+        <v>76</v>
       </c>
       <c r="E10" s="23">
-        <v>168</v>
+        <v>122</v>
       </c>
       <c r="F10" s="22">
-        <v>92</v>
+        <v>83</v>
       </c>
       <c r="G10" s="23">
-        <v>111</v>
+        <v>110</v>
       </c>
     </row>
     <row r="11" spans="1:7" ht="10.5" customHeight="1">
       <c r="A11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="B11" s="22">
-        <v>16845</v>
+        <v>16811</v>
       </c>
       <c r="C11" s="23">
-        <v>121105</v>
+        <v>122772</v>
       </c>
       <c r="D11" s="22">
-        <v>1204</v>
+        <v>1184</v>
       </c>
       <c r="E11" s="23">
-        <v>1621</v>
+        <v>1528</v>
       </c>
       <c r="F11" s="22">
-        <v>1080</v>
+        <v>1065</v>
       </c>
       <c r="G11" s="23">
-        <v>1605</v>
+        <v>1426</v>
       </c>
     </row>
     <row r="12" spans="1:7" ht="10.5" customHeight="1">
       <c r="A12" s="10" t="s">
         <v>21</v>
       </c>
       <c r="B12" s="22">
-        <v>15728</v>
+        <v>16005</v>
       </c>
       <c r="C12" s="23">
-        <v>238328</v>
+        <v>240641</v>
       </c>
       <c r="D12" s="22">
-        <v>1407</v>
+        <v>1389</v>
       </c>
       <c r="E12" s="23">
-        <v>1964</v>
+        <v>1959</v>
       </c>
       <c r="F12" s="22">
-        <v>957</v>
+        <v>925</v>
       </c>
       <c r="G12" s="23">
-        <v>1291</v>
+        <v>1242</v>
       </c>
     </row>
     <row r="13" spans="1:7" ht="10.5" customHeight="1">
       <c r="A13" s="10" t="s">
         <v>20</v>
       </c>
       <c r="B13" s="22">
-        <v>60170</v>
+        <v>60166</v>
       </c>
       <c r="C13" s="23">
-        <v>570622</v>
+        <v>578715</v>
       </c>
       <c r="D13" s="22">
-        <v>4070</v>
+        <v>4050</v>
       </c>
       <c r="E13" s="23">
-        <v>5447</v>
+        <v>5270</v>
       </c>
       <c r="F13" s="22">
-        <v>3638</v>
+        <v>3582</v>
       </c>
       <c r="G13" s="23">
-        <v>4799</v>
+        <v>4691</v>
       </c>
     </row>
     <row r="14" spans="1:7" ht="10.5" customHeight="1">
       <c r="A14" s="10" t="s">
         <v>19</v>
       </c>
       <c r="B14" s="22">
-        <v>18530</v>
+        <v>18890</v>
       </c>
       <c r="C14" s="23">
-        <v>128977</v>
+        <v>130381</v>
       </c>
       <c r="D14" s="22">
-        <v>1677</v>
+        <v>1663</v>
       </c>
       <c r="E14" s="23">
-        <v>2266</v>
+        <v>2152</v>
       </c>
       <c r="F14" s="22">
-        <v>1118</v>
+        <v>1189</v>
       </c>
       <c r="G14" s="23">
-        <v>1491</v>
+        <v>1583</v>
       </c>
     </row>
     <row r="15" spans="1:7" ht="10.5" customHeight="1">
       <c r="A15" s="10" t="s">
         <v>18</v>
       </c>
       <c r="B15" s="22">
-        <v>39184</v>
+        <v>39978</v>
       </c>
       <c r="C15" s="23">
-        <v>295998</v>
+        <v>302012</v>
       </c>
       <c r="D15" s="22">
-        <v>3585</v>
+        <v>3520</v>
       </c>
       <c r="E15" s="23">
-        <v>5306</v>
+        <v>4771</v>
       </c>
       <c r="F15" s="22">
-        <v>2551</v>
+        <v>2628</v>
       </c>
       <c r="G15" s="23">
-        <v>3522</v>
+        <v>3569</v>
       </c>
     </row>
     <row r="16" spans="1:7" ht="10.5" customHeight="1">
       <c r="A16" s="10" t="s">
         <v>17</v>
       </c>
       <c r="B16" s="22">
-        <v>2692</v>
+        <v>2683</v>
       </c>
       <c r="C16" s="23">
-        <v>18562</v>
+        <v>18729</v>
       </c>
       <c r="D16" s="22">
-        <v>202</v>
+        <v>162</v>
       </c>
       <c r="E16" s="23">
-        <v>263</v>
+        <v>210</v>
       </c>
       <c r="F16" s="22">
-        <v>160</v>
+        <v>174</v>
       </c>
       <c r="G16" s="23">
-        <v>226</v>
+        <v>336</v>
       </c>
     </row>
     <row r="17" spans="1:7" ht="10.5" customHeight="1">
       <c r="A17" s="10" t="s">
         <v>16</v>
       </c>
       <c r="B17" s="22">
-        <v>15795</v>
+        <v>15839</v>
       </c>
       <c r="C17" s="23">
-        <v>100914</v>
+        <v>103091</v>
       </c>
       <c r="D17" s="22">
-        <v>1023</v>
+        <v>1038</v>
       </c>
       <c r="E17" s="23">
-        <v>1362</v>
+        <v>1396</v>
       </c>
       <c r="F17" s="22">
-        <v>953</v>
+        <v>928</v>
       </c>
       <c r="G17" s="23">
-        <v>1262</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="18" spans="1:7" ht="10.5" customHeight="1">
       <c r="A18" s="10" t="s">
         <v>15</v>
       </c>
       <c r="B18" s="22">
-        <v>4823</v>
+        <v>4974</v>
       </c>
       <c r="C18" s="23">
-        <v>32578</v>
+        <v>33804</v>
       </c>
       <c r="D18" s="22">
-        <v>339</v>
+        <v>360</v>
       </c>
       <c r="E18" s="23">
-        <v>468</v>
+        <v>459</v>
       </c>
       <c r="F18" s="22">
-        <v>235</v>
+        <v>285</v>
       </c>
       <c r="G18" s="23">
-        <v>310</v>
+        <v>382</v>
       </c>
     </row>
     <row r="19" spans="1:7" ht="10.5" customHeight="1">
       <c r="A19" s="10" t="s">
         <v>14</v>
       </c>
       <c r="B19" s="22">
-        <v>25856</v>
+        <v>26205</v>
       </c>
       <c r="C19" s="23">
-        <v>222509</v>
+        <v>225375</v>
       </c>
       <c r="D19" s="22">
-        <v>1939</v>
+        <v>2038</v>
       </c>
       <c r="E19" s="23">
-        <v>2745</v>
+        <v>2850</v>
       </c>
       <c r="F19" s="22">
-        <v>1470</v>
+        <v>1463</v>
       </c>
       <c r="G19" s="23">
-        <v>1927</v>
+        <v>2046</v>
       </c>
     </row>
     <row r="20" spans="1:7" ht="10.5" customHeight="1">
       <c r="A20" s="10" t="s">
         <v>13</v>
       </c>
       <c r="B20" s="22">
-        <v>11746</v>
+        <v>11832</v>
       </c>
       <c r="C20" s="23">
-        <v>86611</v>
+        <v>87579</v>
       </c>
       <c r="D20" s="22">
-        <v>935</v>
+        <v>969</v>
       </c>
       <c r="E20" s="23">
-        <v>1235</v>
+        <v>1282</v>
       </c>
       <c r="F20" s="22">
-        <v>718</v>
+        <v>812</v>
       </c>
       <c r="G20" s="23">
-        <v>934</v>
+        <v>1034</v>
       </c>
     </row>
     <row r="21" spans="1:7" ht="10.5" customHeight="1">
       <c r="A21" s="10" t="s">
         <v>12</v>
       </c>
       <c r="B21" s="22">
-        <v>3439</v>
+        <v>3494</v>
       </c>
       <c r="C21" s="23">
-        <v>21481</v>
+        <v>21882</v>
       </c>
       <c r="D21" s="22">
-        <v>273</v>
+        <v>258</v>
       </c>
       <c r="E21" s="23">
-        <v>375</v>
+        <v>334</v>
       </c>
       <c r="F21" s="22">
-        <v>199</v>
+        <v>214</v>
       </c>
       <c r="G21" s="23">
-        <v>253</v>
+        <v>310</v>
       </c>
     </row>
     <row r="22" spans="1:7" ht="10.5" customHeight="1">
       <c r="A22" s="10" t="s">
         <v>11</v>
       </c>
       <c r="B22" s="22">
-        <v>2841</v>
+        <v>2829</v>
       </c>
       <c r="C22" s="23">
-        <v>18294</v>
+        <v>18371</v>
       </c>
       <c r="D22" s="22">
-        <v>208</v>
+        <v>175</v>
       </c>
       <c r="E22" s="23">
-        <v>291</v>
+        <v>231</v>
       </c>
       <c r="F22" s="22">
-        <v>178</v>
+        <v>169</v>
       </c>
       <c r="G22" s="23">
-        <v>230</v>
+        <v>286</v>
       </c>
     </row>
     <row r="23" spans="1:7" ht="10.5" customHeight="1">
       <c r="A23" s="10" t="s">
         <v>10</v>
       </c>
       <c r="B23" s="22">
-        <v>30896</v>
+        <v>31019</v>
       </c>
       <c r="C23" s="23">
-        <v>263878</v>
+        <v>266247</v>
       </c>
       <c r="D23" s="22">
-        <v>2330</v>
+        <v>2262</v>
       </c>
       <c r="E23" s="23">
-        <v>3197</v>
+        <v>2910</v>
       </c>
       <c r="F23" s="22">
-        <v>1869</v>
+        <v>1917</v>
       </c>
       <c r="G23" s="23">
-        <v>2486</v>
+        <v>2552</v>
       </c>
     </row>
     <row r="24" spans="1:7" ht="10.5" customHeight="1">
       <c r="A24" s="10" t="s">
         <v>9</v>
       </c>
       <c r="B24" s="22">
-        <v>5379</v>
+        <v>5395</v>
       </c>
       <c r="C24" s="23">
-        <v>36832</v>
+        <v>37233</v>
       </c>
       <c r="D24" s="22">
-        <v>412</v>
+        <v>377</v>
       </c>
       <c r="E24" s="23">
-        <v>525</v>
+        <v>477</v>
       </c>
       <c r="F24" s="22">
-        <v>312</v>
+        <v>324</v>
       </c>
       <c r="G24" s="23">
-        <v>385</v>
+        <v>411</v>
       </c>
     </row>
     <row r="25" spans="1:7" ht="10.5" customHeight="1">
       <c r="A25" s="10" t="s">
         <v>8</v>
       </c>
       <c r="B25" s="22">
-        <v>13995</v>
+        <v>14128</v>
       </c>
       <c r="C25" s="23">
-        <v>80286</v>
+        <v>82246</v>
       </c>
       <c r="D25" s="22">
-        <v>1114</v>
+        <v>1064</v>
       </c>
       <c r="E25" s="23">
-        <v>1649</v>
+        <v>1429</v>
       </c>
       <c r="F25" s="22">
-        <v>893</v>
+        <v>937</v>
       </c>
       <c r="G25" s="23">
-        <v>1257</v>
+        <v>1204</v>
       </c>
     </row>
     <row r="26" spans="1:7" ht="10.5" customHeight="1">
       <c r="A26" s="10" t="s">
         <v>7</v>
       </c>
       <c r="B26" s="22">
-        <v>14855</v>
+        <v>15147</v>
       </c>
       <c r="C26" s="23">
-        <v>112934</v>
+        <v>114957</v>
       </c>
       <c r="D26" s="22">
-        <v>1061</v>
+        <v>1106</v>
       </c>
       <c r="E26" s="23">
-        <v>1357</v>
+        <v>1480</v>
       </c>
       <c r="F26" s="22">
-        <v>913</v>
+        <v>1001</v>
       </c>
       <c r="G26" s="23">
-        <v>1223</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="27" spans="1:7" ht="10.5" customHeight="1">
       <c r="A27" s="10" t="s">
         <v>6</v>
       </c>
       <c r="B27" s="22">
-        <v>17065</v>
+        <v>17402</v>
       </c>
       <c r="C27" s="23">
-        <v>117258</v>
+        <v>119445</v>
       </c>
       <c r="D27" s="22">
-        <v>1265</v>
+        <v>1277</v>
       </c>
       <c r="E27" s="23">
-        <v>1626</v>
+        <v>1850</v>
       </c>
       <c r="F27" s="22">
-        <v>1027</v>
+        <v>1118</v>
       </c>
       <c r="G27" s="23">
-        <v>1303</v>
+        <v>1412</v>
       </c>
     </row>
     <row r="28" spans="1:7" ht="10.5" customHeight="1">
       <c r="A28" s="10" t="s">
         <v>5</v>
       </c>
       <c r="B28" s="22">
-        <v>35959</v>
+        <v>36078</v>
       </c>
       <c r="C28" s="23">
-        <v>189649</v>
+        <v>191987</v>
       </c>
       <c r="D28" s="22">
-        <v>2784</v>
+        <v>2737</v>
       </c>
       <c r="E28" s="23">
-        <v>3794</v>
+        <v>3807</v>
       </c>
       <c r="F28" s="22">
-        <v>2168</v>
+        <v>2380</v>
       </c>
       <c r="G28" s="23">
-        <v>3013</v>
+        <v>3176</v>
       </c>
     </row>
     <row r="29" spans="1:7" ht="10.5" customHeight="1">
       <c r="A29" s="10" t="s">
         <v>4</v>
       </c>
       <c r="B29" s="22">
-        <v>1898</v>
+        <v>1895</v>
       </c>
       <c r="C29" s="23">
-        <v>13947</v>
+        <v>13940</v>
       </c>
       <c r="D29" s="22">
-        <v>136</v>
+        <v>100</v>
       </c>
       <c r="E29" s="23">
-        <v>198</v>
+        <v>143</v>
       </c>
       <c r="F29" s="22">
-        <v>110</v>
+        <v>93</v>
       </c>
       <c r="G29" s="23">
-        <v>206</v>
+        <v>135</v>
       </c>
     </row>
     <row r="30" spans="1:7" ht="10.5" customHeight="1">
       <c r="A30" s="10" t="s">
         <v>3</v>
       </c>
       <c r="B30" s="22">
-        <v>25550</v>
+        <v>26223</v>
       </c>
       <c r="C30" s="23">
-        <v>142392</v>
+        <v>145897</v>
       </c>
       <c r="D30" s="22">
-        <v>2163</v>
+        <v>2092</v>
       </c>
       <c r="E30" s="23">
-        <v>3107</v>
+        <v>2735</v>
       </c>
       <c r="F30" s="22">
-        <v>1414</v>
+        <v>1549</v>
       </c>
       <c r="G30" s="23">
-        <v>1935</v>
+        <v>2065</v>
       </c>
     </row>
     <row r="31" spans="1:7" ht="10.5" customHeight="1">
       <c r="A31" s="10" t="s">
         <v>2</v>
       </c>
       <c r="B31" s="22">
-        <v>54145</v>
+        <v>55022</v>
       </c>
       <c r="C31" s="23">
-        <v>380306</v>
+        <v>389082</v>
       </c>
       <c r="D31" s="22">
-        <v>5269</v>
+        <v>5177</v>
       </c>
       <c r="E31" s="23">
-        <v>6747</v>
+        <v>6701</v>
       </c>
       <c r="F31" s="22">
-        <v>3461</v>
+        <v>3690</v>
       </c>
       <c r="G31" s="23">
-        <v>4507</v>
+        <v>4688</v>
       </c>
     </row>
     <row r="32" spans="1:7" ht="10.5" customHeight="1">
       <c r="A32" s="10" t="s">
         <v>1</v>
       </c>
       <c r="B32" s="22">
-        <v>18846</v>
+        <v>19080</v>
       </c>
       <c r="C32" s="23">
-        <v>136187</v>
+        <v>139719</v>
       </c>
       <c r="D32" s="22">
-        <v>1932</v>
+        <v>1812</v>
       </c>
       <c r="E32" s="23">
-        <v>3126</v>
+        <v>2782</v>
       </c>
       <c r="F32" s="22">
-        <v>1308</v>
+        <v>1375</v>
       </c>
       <c r="G32" s="23">
-        <v>1894</v>
+        <v>1879</v>
       </c>
     </row>
     <row r="33" spans="1:7" ht="10.5" customHeight="1">
       <c r="A33" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B33" s="22">
-        <v>107354</v>
+        <v>108901</v>
       </c>
       <c r="C33" s="23">
-        <v>983856</v>
+        <v>1006085</v>
       </c>
       <c r="D33" s="22">
-        <v>8350</v>
+        <v>8665</v>
       </c>
       <c r="E33" s="23">
-        <v>11796</v>
+        <v>12107</v>
       </c>
       <c r="F33" s="22">
-        <v>6503</v>
+        <v>6810</v>
       </c>
       <c r="G33" s="23">
-        <v>8992</v>
+        <v>9208</v>
       </c>
     </row>
     <row r="34" spans="1:7" ht="10.5" customHeight="1">
       <c r="A34" s="11" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="B34" s="24"/>
       <c r="C34" s="25"/>
       <c r="D34" s="24"/>
       <c r="E34" s="25"/>
       <c r="F34" s="24"/>
       <c r="G34" s="25"/>
     </row>
     <row r="35" spans="1:7" ht="10.5" customHeight="1">
       <c r="A35" s="11" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="B35" s="26">
-        <v>18530</v>
+        <v>18890</v>
       </c>
       <c r="C35" s="27">
-        <v>128977</v>
+        <v>130381</v>
       </c>
       <c r="D35" s="26">
-        <v>1677</v>
+        <v>1663</v>
       </c>
       <c r="E35" s="27">
-        <v>2266</v>
+        <v>2152</v>
       </c>
       <c r="F35" s="26">
-        <v>1118</v>
+        <v>1189</v>
       </c>
       <c r="G35" s="27">
-        <v>1491</v>
+        <v>1583</v>
       </c>
     </row>
     <row r="36" spans="1:7" ht="10.5" customHeight="1">
       <c r="A36" s="10" t="s">
         <v>27</v>
       </c>
       <c r="B36" s="22">
-        <v>1781</v>
+        <v>1800</v>
       </c>
       <c r="C36" s="23">
-        <v>8454</v>
+        <v>8335</v>
       </c>
       <c r="D36" s="22">
-        <v>171</v>
+        <v>161</v>
       </c>
       <c r="E36" s="23">
-        <v>226</v>
+        <v>221</v>
       </c>
       <c r="F36" s="22">
-        <v>99</v>
+        <v>127</v>
       </c>
       <c r="G36" s="23">
-        <v>125</v>
+        <v>175</v>
       </c>
     </row>
     <row r="37" spans="1:7" ht="10.5" customHeight="1">
       <c r="A37" s="10" t="s">
         <v>28</v>
       </c>
       <c r="B37" s="22">
-        <v>1267</v>
+        <v>1331</v>
       </c>
       <c r="C37" s="23">
-        <v>6001</v>
+        <v>6217</v>
       </c>
       <c r="D37" s="22">
-        <v>99</v>
+        <v>141</v>
       </c>
       <c r="E37" s="23">
-        <v>144</v>
+        <v>182</v>
       </c>
       <c r="F37" s="22">
-        <v>97</v>
+        <v>90</v>
       </c>
       <c r="G37" s="23">
-        <v>125</v>
+        <v>121</v>
       </c>
     </row>
     <row r="38" spans="1:7" ht="10.5" customHeight="1">
       <c r="A38" s="10" t="s">
         <v>29</v>
       </c>
       <c r="B38" s="22">
-        <v>3349</v>
+        <v>3440</v>
       </c>
       <c r="C38" s="23">
-        <v>22610</v>
+        <v>22607</v>
       </c>
       <c r="D38" s="22">
-        <v>335</v>
+        <v>330</v>
       </c>
       <c r="E38" s="23">
-        <v>466</v>
+        <v>441</v>
       </c>
       <c r="F38" s="22">
-        <v>202</v>
+        <v>189</v>
       </c>
       <c r="G38" s="23">
-        <v>265</v>
+        <v>244</v>
       </c>
     </row>
     <row r="39" spans="1:7" ht="10.5" customHeight="1">
       <c r="A39" s="10" t="s">
         <v>30</v>
       </c>
       <c r="B39" s="22">
-        <v>6666</v>
+        <v>6772</v>
       </c>
       <c r="C39" s="23">
-        <v>61827</v>
+        <v>63270</v>
       </c>
       <c r="D39" s="22">
-        <v>622</v>
+        <v>590</v>
       </c>
       <c r="E39" s="23">
-        <v>843</v>
+        <v>775</v>
       </c>
       <c r="F39" s="22">
-        <v>409</v>
+        <v>451</v>
       </c>
       <c r="G39" s="23">
-        <v>595</v>
+        <v>634</v>
       </c>
     </row>
     <row r="40" spans="1:7" ht="10.5" customHeight="1">
       <c r="A40" s="10" t="s">
         <v>31</v>
       </c>
       <c r="B40" s="22">
-        <v>2009</v>
+        <v>2060</v>
       </c>
       <c r="C40" s="23">
-        <v>12990</v>
+        <v>12671</v>
       </c>
       <c r="D40" s="22">
-        <v>190</v>
+        <v>177</v>
       </c>
       <c r="E40" s="23">
-        <v>245</v>
+        <v>213</v>
       </c>
       <c r="F40" s="22">
-        <v>121</v>
+        <v>132</v>
       </c>
       <c r="G40" s="23">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="41" spans="1:7" ht="10.5" customHeight="1">
       <c r="A41" s="10" t="s">
         <v>32</v>
       </c>
       <c r="B41" s="22">
-        <v>2234</v>
+        <v>2241</v>
       </c>
       <c r="C41" s="23">
-        <v>11800</v>
+        <v>11862</v>
       </c>
       <c r="D41" s="22">
-        <v>165</v>
+        <v>152</v>
       </c>
       <c r="E41" s="23">
-        <v>219</v>
+        <v>195</v>
       </c>
       <c r="F41" s="22">
-        <v>130</v>
+        <v>120</v>
       </c>
       <c r="G41" s="23">
-        <v>171</v>
+        <v>144</v>
       </c>
     </row>
     <row r="42" spans="1:7" ht="10.5" customHeight="1">
       <c r="A42" s="10" t="s">
         <v>33</v>
       </c>
       <c r="B42" s="22">
-        <v>1224</v>
+        <v>1246</v>
       </c>
       <c r="C42" s="23">
-        <v>5295</v>
+        <v>5419</v>
       </c>
       <c r="D42" s="22">
+        <v>112</v>
+      </c>
+      <c r="E42" s="23">
+        <v>125</v>
+      </c>
+      <c r="F42" s="22">
+        <v>80</v>
+      </c>
+      <c r="G42" s="23">
         <v>95</v>
-      </c>
-[...7 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="43" spans="1:7" s="3" customFormat="1" ht="10.5" customHeight="1">
       <c r="A43" s="11" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="B43" s="28"/>
       <c r="C43" s="29"/>
       <c r="D43" s="28"/>
       <c r="E43" s="29"/>
       <c r="F43" s="28"/>
       <c r="G43" s="29"/>
     </row>
     <row r="44" spans="1:7" s="3" customFormat="1" ht="10.5" customHeight="1">
       <c r="A44" s="11" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="B44" s="26">
-        <v>7633</v>
+        <v>8181</v>
       </c>
       <c r="C44" s="27">
-        <v>74393</v>
+        <v>78371</v>
       </c>
       <c r="D44" s="26">
-        <v>729</v>
+        <v>726</v>
       </c>
       <c r="E44" s="27">
-        <v>1045</v>
+        <v>967</v>
       </c>
       <c r="F44" s="26">
-        <v>469</v>
+        <v>527</v>
       </c>
       <c r="G44" s="27">
-        <v>643</v>
+        <v>727</v>
       </c>
     </row>
     <row r="45" spans="1:7" ht="10.5" customHeight="1">
       <c r="A45" s="10" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="B45" s="22">
-        <v>5671</v>
+        <v>5761</v>
       </c>
       <c r="C45" s="30">
-        <v>59069</v>
+        <v>60260</v>
       </c>
       <c r="D45" s="22">
-        <v>521</v>
+        <v>493</v>
       </c>
       <c r="E45" s="30">
-        <v>744</v>
+        <v>651</v>
       </c>
       <c r="F45" s="22">
-        <v>359</v>
+        <v>396</v>
       </c>
       <c r="G45" s="30">
-        <v>495</v>
-[...22 lines deleted...]
-        <v>148</v>
+        <v>556</v>
+      </c>
+    </row>
+    <row r="46" spans="1:7" ht="9">
+      <c r="A46" s="69" t="s">
+        <v>104</v>
+      </c>
+      <c r="B46" s="46">
+        <v>2420</v>
+      </c>
+      <c r="C46" s="47">
+        <v>18111</v>
+      </c>
+      <c r="D46" s="46">
+        <v>233</v>
+      </c>
+      <c r="E46" s="47">
+        <v>316</v>
+      </c>
+      <c r="F46" s="46">
+        <v>131</v>
+      </c>
+      <c r="G46" s="47">
+        <v>171</v>
       </c>
     </row>
     <row r="47" spans="1:7" ht="10.5" customHeight="1">
       <c r="A47" s="11" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="B47" s="31"/>
       <c r="C47" s="32"/>
       <c r="D47" s="31"/>
       <c r="E47" s="32"/>
       <c r="F47" s="31"/>
       <c r="G47" s="32"/>
     </row>
     <row r="48" spans="1:7" ht="10.5" customHeight="1">
       <c r="A48" s="11" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="B48" s="20"/>
       <c r="C48" s="21"/>
       <c r="D48" s="20"/>
       <c r="E48" s="21"/>
       <c r="F48" s="20"/>
       <c r="G48" s="21"/>
     </row>
     <row r="49" spans="1:7" ht="10.5" customHeight="1">
       <c r="A49" s="10">
         <v>2013</v>
       </c>
       <c r="B49" s="22">
         <v>15398</v>
       </c>
       <c r="C49" s="23">
         <v>113329</v>
       </c>
       <c r="D49" s="22">
         <v>1051</v>
       </c>
       <c r="E49" s="23">
         <v>1432</v>
       </c>
       <c r="F49" s="22">
@@ -2792,481 +2811,514 @@
         <v>1950</v>
       </c>
       <c r="F56" s="22">
         <v>1118</v>
       </c>
       <c r="G56" s="23">
         <v>1491</v>
       </c>
     </row>
     <row r="57" spans="1:7" ht="10.5" customHeight="1">
       <c r="A57" s="10">
         <v>2021</v>
       </c>
       <c r="B57" s="22">
         <v>17870</v>
       </c>
       <c r="C57" s="23">
         <v>123768</v>
       </c>
       <c r="D57" s="22">
         <v>1580</v>
       </c>
       <c r="E57" s="23">
         <v>2045</v>
       </c>
-      <c r="F57" s="22" t="s">
-[...3 lines deleted...]
-        <v>72</v>
+      <c r="F57" s="22">
+        <v>1189</v>
+      </c>
+      <c r="G57" s="23">
+        <v>1583</v>
       </c>
     </row>
     <row r="58" spans="1:7" ht="10.5" customHeight="1">
-      <c r="A58" s="8">
+      <c r="A58" s="10">
         <v>2022</v>
       </c>
-      <c r="B58" s="33">
+      <c r="B58" s="22">
         <v>18530</v>
       </c>
-      <c r="C58" s="34">
+      <c r="C58" s="23">
         <v>128977</v>
       </c>
-      <c r="D58" s="33">
+      <c r="D58" s="22">
         <v>1677</v>
       </c>
-      <c r="E58" s="34">
+      <c r="E58" s="23">
         <v>2266</v>
       </c>
-      <c r="F58" s="49" t="s">
-[...16 lines deleted...]
-      <c r="A60" s="51" t="s">
+      <c r="F58" s="22" t="s">
+        <v>63</v>
+      </c>
+      <c r="G58" s="23" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="59" spans="1:7" ht="10.5" customHeight="1">
+      <c r="A59" s="8">
+        <v>2023</v>
+      </c>
+      <c r="B59" s="33">
+        <v>18890</v>
+      </c>
+      <c r="C59" s="34">
+        <v>130381</v>
+      </c>
+      <c r="D59" s="33">
+        <v>1663</v>
+      </c>
+      <c r="E59" s="34">
+        <v>2152</v>
+      </c>
+      <c r="F59" s="48" t="s">
+        <v>63</v>
+      </c>
+      <c r="G59" s="49" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="60" spans="1:7" s="4" customFormat="1" ht="9.75" customHeight="1">
+      <c r="A60" s="16"/>
+      <c r="B60" s="17"/>
+      <c r="C60" s="17"/>
+      <c r="D60" s="17"/>
+      <c r="E60" s="17"/>
+      <c r="F60" s="17"/>
+      <c r="G60" s="17"/>
+    </row>
+    <row r="61" spans="1:7" s="4" customFormat="1" ht="18" customHeight="1">
+      <c r="A61" s="68" t="s">
+        <v>35</v>
+      </c>
+      <c r="B61" s="68"/>
+      <c r="C61" s="68"/>
+      <c r="D61" s="68"/>
+      <c r="E61" s="68"/>
+      <c r="F61" s="68"/>
+      <c r="G61" s="68"/>
+    </row>
+    <row r="62" spans="1:7" s="4" customFormat="1" ht="18" customHeight="1">
+      <c r="A62" s="68" t="s">
         <v>36</v>
       </c>
-      <c r="B60" s="51"/>
-[...7 lines deleted...]
-      <c r="A61" s="51" t="s">
+      <c r="B62" s="68"/>
+      <c r="C62" s="68"/>
+      <c r="D62" s="68"/>
+      <c r="E62" s="68"/>
+      <c r="F62" s="68"/>
+      <c r="G62" s="68"/>
+    </row>
+    <row r="63" spans="1:7" s="4" customFormat="1" ht="18" customHeight="1">
+      <c r="A63" s="68" t="s">
         <v>37</v>
       </c>
-      <c r="B61" s="51"/>
-[...7 lines deleted...]
-      <c r="A62" s="51" t="s">
+      <c r="B63" s="68"/>
+      <c r="C63" s="68"/>
+      <c r="D63" s="68"/>
+      <c r="E63" s="68"/>
+      <c r="F63" s="68"/>
+      <c r="G63" s="68"/>
+    </row>
+    <row r="64" spans="1:7" s="4" customFormat="1" ht="18" customHeight="1">
+      <c r="A64" s="68" t="s">
         <v>38</v>
       </c>
-      <c r="B62" s="51"/>
-[...26 lines deleted...]
-      <c r="G64" s="51"/>
+      <c r="B64" s="68"/>
+      <c r="C64" s="68"/>
+      <c r="D64" s="68"/>
+      <c r="E64" s="68"/>
+      <c r="F64" s="68"/>
+      <c r="G64" s="68"/>
     </row>
     <row r="65" spans="1:7" s="4" customFormat="1" ht="18" customHeight="1">
-      <c r="A65" s="51" t="s">
-[...10 lines deleted...]
-      <c r="A66" s="51" t="s">
+      <c r="A65" s="68" t="s">
+        <v>61</v>
+      </c>
+      <c r="B65" s="68"/>
+      <c r="C65" s="68"/>
+      <c r="D65" s="68"/>
+      <c r="E65" s="68"/>
+      <c r="F65" s="68"/>
+      <c r="G65" s="68"/>
+    </row>
+    <row r="66" spans="1:7" s="4" customFormat="1" ht="18" customHeight="1">
+      <c r="A66" s="68" t="s">
         <v>62</v>
       </c>
-      <c r="B66" s="51"/>
-[...4 lines deleted...]
-      <c r="G66" s="51"/>
+      <c r="B66" s="68"/>
+      <c r="C66" s="68"/>
+      <c r="D66" s="68"/>
+      <c r="E66" s="68"/>
+      <c r="F66" s="68"/>
+      <c r="G66" s="68"/>
     </row>
     <row r="67" spans="1:7" s="4" customFormat="1" ht="10.5" customHeight="1">
-      <c r="A67" s="51" t="s">
-[...7 lines deleted...]
-      <c r="G67" s="51"/>
+      <c r="A67" s="68" t="s">
+        <v>56</v>
+      </c>
+      <c r="B67" s="68"/>
+      <c r="C67" s="68"/>
+      <c r="D67" s="68"/>
+      <c r="E67" s="68"/>
+      <c r="F67" s="68"/>
+      <c r="G67" s="68"/>
     </row>
     <row r="68" spans="1:7" s="4" customFormat="1" ht="10.5" customHeight="1">
-      <c r="A68" s="51" t="s">
-[...7 lines deleted...]
-      <c r="G68" s="51"/>
+      <c r="A68" s="68" t="s">
+        <v>57</v>
+      </c>
+      <c r="B68" s="68"/>
+      <c r="C68" s="68"/>
+      <c r="D68" s="68"/>
+      <c r="E68" s="68"/>
+      <c r="F68" s="68"/>
+      <c r="G68" s="68"/>
     </row>
     <row r="69" spans="1:7" s="4" customFormat="1" ht="10.5" customHeight="1">
-      <c r="A69" s="51" t="s">
-[...7 lines deleted...]
-      <c r="G69" s="51"/>
+      <c r="A69" s="68" t="s">
+        <v>58</v>
+      </c>
+      <c r="B69" s="68"/>
+      <c r="C69" s="68"/>
+      <c r="D69" s="68"/>
+      <c r="E69" s="68"/>
+      <c r="F69" s="68"/>
+      <c r="G69" s="68"/>
     </row>
     <row r="70" spans="1:7" s="4" customFormat="1" ht="10.5" customHeight="1">
-      <c r="A70" s="51" t="s">
-[...7 lines deleted...]
-      <c r="G70" s="51"/>
+      <c r="A70" s="68" t="s">
+        <v>59</v>
+      </c>
+      <c r="B70" s="68"/>
+      <c r="C70" s="68"/>
+      <c r="D70" s="68"/>
+      <c r="E70" s="68"/>
+      <c r="F70" s="68"/>
+      <c r="G70" s="68"/>
     </row>
     <row r="71" spans="1:7" s="4" customFormat="1" ht="10.5" customHeight="1">
-      <c r="A71" s="12"/>
-[...21 lines deleted...]
-      </c>
+      <c r="A71" s="68" t="s">
+        <v>105</v>
+      </c>
+      <c r="B71" s="68"/>
+      <c r="C71" s="68"/>
+      <c r="D71" s="68"/>
+      <c r="E71" s="68"/>
+      <c r="F71" s="68"/>
+      <c r="G71" s="68"/>
+    </row>
+    <row r="72" spans="1:7" s="4" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A72" s="68" t="s">
+        <v>106</v>
+      </c>
+      <c r="B72" s="68"/>
+      <c r="C72" s="68"/>
+      <c r="D72" s="68"/>
+      <c r="E72" s="68"/>
+      <c r="F72" s="68"/>
+      <c r="G72" s="68"/>
+    </row>
+    <row r="73" spans="1:7" s="4" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A73" s="12"/>
       <c r="B73" s="12"/>
       <c r="C73" s="12"/>
       <c r="D73" s="12"/>
       <c r="E73" s="12"/>
       <c r="F73" s="12"/>
       <c r="G73" s="12"/>
     </row>
-    <row r="74" spans="1:7" s="4" customFormat="1" ht="10.5" customHeight="1">
-[...20 lines deleted...]
-    <row r="77" spans="1:7" s="4" customFormat="1" ht="10.5" customHeight="1"/>
+    <row r="74" spans="1:7" s="4" customFormat="1" ht="9.75" customHeight="1">
+      <c r="A74" s="7" t="s">
+        <v>101</v>
+      </c>
+      <c r="B74" s="12"/>
+      <c r="C74" s="12"/>
+      <c r="D74" s="12"/>
+      <c r="E74" s="12"/>
+      <c r="F74" s="12"/>
+      <c r="G74" s="12"/>
+    </row>
+    <row r="75" spans="1:7" s="4" customFormat="1" ht="9.75" customHeight="1">
+      <c r="A75" s="7" t="s">
+        <v>102</v>
+      </c>
+      <c r="B75" s="12"/>
+      <c r="C75" s="12"/>
+      <c r="D75" s="12"/>
+      <c r="E75" s="12"/>
+      <c r="F75" s="12"/>
+      <c r="G75" s="12"/>
+    </row>
+    <row r="76" spans="1:7" s="4" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A76" s="18"/>
+      <c r="B76" s="18"/>
+      <c r="C76" s="18"/>
+      <c r="D76" s="18"/>
+      <c r="E76" s="18"/>
+      <c r="F76" s="18"/>
+      <c r="G76" s="18"/>
+    </row>
+    <row r="77" spans="1:7" s="4" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A77" s="4" t="s">
+        <v>103</v>
+      </c>
+      <c r="B77" s="19"/>
+      <c r="C77" s="19"/>
+      <c r="D77" s="18"/>
+      <c r="E77" s="18"/>
+      <c r="F77" s="19"/>
+      <c r="G77" s="19"/>
+    </row>
+    <row r="78" spans="1:7" s="4" customFormat="1" ht="10.5" customHeight="1"/>
+    <row r="79" spans="1:7" s="4" customFormat="1" ht="10.5" customHeight="1"/>
   </sheetData>
-  <mergeCells count="14">
-    <mergeCell ref="A62:G62"/>
+  <mergeCells count="15">
+    <mergeCell ref="A72:G72"/>
+    <mergeCell ref="A70:G70"/>
+    <mergeCell ref="A71:G71"/>
+    <mergeCell ref="A67:G67"/>
+    <mergeCell ref="A68:G68"/>
+    <mergeCell ref="A64:G64"/>
+    <mergeCell ref="A69:G69"/>
+    <mergeCell ref="A65:G65"/>
+    <mergeCell ref="A66:G66"/>
+    <mergeCell ref="A63:G63"/>
     <mergeCell ref="D4:E4"/>
     <mergeCell ref="F4:G4"/>
     <mergeCell ref="B4:C4"/>
-    <mergeCell ref="A60:G60"/>
     <mergeCell ref="A61:G61"/>
-    <mergeCell ref="A69:G69"/>
-[...6 lines deleted...]
-    <mergeCell ref="A65:G65"/>
+    <mergeCell ref="A62:G62"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.22" bottom="0.23" header="0.51181102362204722" footer="0.19685039370078741"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;R&amp;"Arial,Normal"&amp;7&amp;P/&amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5E1EC859-7935-47ED-96DB-43D2CA957939}">
   <dimension ref="A1:E17"/>
   <sheetViews>
-    <sheetView showGridLines="0" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.453125" defaultRowHeight="12.5"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="12.75"/>
   <cols>
-    <col min="1" max="1" width="8.453125" style="54" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="16384" width="11.453125" style="54"/>
+    <col min="1" max="1" width="8.42578125" style="50" customWidth="1"/>
+    <col min="2" max="2" width="37.7109375" style="50" customWidth="1"/>
+    <col min="3" max="3" width="3.42578125" style="50" customWidth="1"/>
+    <col min="4" max="4" width="8.42578125" style="50" customWidth="1"/>
+    <col min="5" max="5" width="37.7109375" style="50" customWidth="1"/>
+    <col min="6" max="16384" width="11.42578125" style="50"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="D1" s="5" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="2" spans="1:5" s="52" customFormat="1">
+      <c r="A2" s="51" t="s">
+        <v>26</v>
+      </c>
+      <c r="D2" s="51" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="3" spans="1:5">
+      <c r="A3" s="53" t="s">
+        <v>66</v>
+      </c>
+      <c r="B3" s="54" t="s">
+        <v>67</v>
+      </c>
+      <c r="C3" s="55"/>
+      <c r="D3" s="53" t="s">
+        <v>68</v>
+      </c>
+      <c r="E3" s="53" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5">
+      <c r="A4" s="56" t="s">
+        <v>70</v>
+      </c>
+      <c r="B4" s="57" t="s">
+        <v>71</v>
+      </c>
+      <c r="C4" s="58"/>
+      <c r="D4" s="56" t="s">
+        <v>70</v>
+      </c>
+      <c r="E4" s="57" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="5" spans="1:5">
+      <c r="A5" s="59" t="s">
+        <v>73</v>
+      </c>
+      <c r="B5" s="60" t="s">
         <v>74</v>
       </c>
-      <c r="D1" s="5" t="s">
+      <c r="C5" s="58"/>
+      <c r="D5" s="59" t="s">
         <v>75</v>
       </c>
-    </row>
-[...9 lines deleted...]
-      <c r="A3" s="57" t="s">
+      <c r="E5" s="60" t="s">
         <v>76</v>
       </c>
-      <c r="B3" s="58" t="s">
+    </row>
+    <row r="6" spans="1:5" ht="18">
+      <c r="A6" s="61" t="s">
         <v>77</v>
       </c>
-      <c r="C3" s="59"/>
-      <c r="D3" s="57" t="s">
+      <c r="B6" s="57" t="s">
         <v>78</v>
       </c>
-      <c r="E3" s="57" t="s">
+      <c r="C6" s="58"/>
+      <c r="D6" s="61" t="s">
         <v>79</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" s="60" t="s">
+      <c r="E6" s="57" t="s">
         <v>80</v>
       </c>
-      <c r="B4" s="61" t="s">
+    </row>
+    <row r="7" spans="1:5" ht="18">
+      <c r="A7" s="59" t="s">
         <v>81</v>
       </c>
-      <c r="C4" s="62"/>
-[...3 lines deleted...]
-      <c r="E4" s="61" t="s">
+      <c r="B7" s="60" t="s">
         <v>82</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="63" t="s">
+      <c r="C7" s="58"/>
+      <c r="D7" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="E7" s="60" t="s">
         <v>83</v>
       </c>
-      <c r="B5" s="64" t="s">
+    </row>
+    <row r="8" spans="1:5" ht="18">
+      <c r="A8" s="56" t="s">
         <v>84</v>
       </c>
-      <c r="C5" s="62"/>
-      <c r="D5" s="63" t="s">
+      <c r="B8" s="57" t="s">
         <v>85</v>
       </c>
-      <c r="E5" s="64" t="s">
+      <c r="C8" s="58"/>
+      <c r="D8" s="56" t="s">
+        <v>84</v>
+      </c>
+      <c r="E8" s="57" t="s">
         <v>86</v>
       </c>
     </row>
-    <row r="6" spans="1:5">
-      <c r="A6" s="65" t="s">
+    <row r="9" spans="1:5">
+      <c r="A9" s="59" t="s">
         <v>87</v>
       </c>
-      <c r="B6" s="61" t="s">
+      <c r="B9" s="60" t="s">
         <v>88</v>
       </c>
-      <c r="C6" s="62"/>
-      <c r="D6" s="65" t="s">
+      <c r="C9" s="58"/>
+      <c r="D9" s="59" t="s">
+        <v>87</v>
+      </c>
+      <c r="E9" s="60" t="s">
         <v>89</v>
       </c>
-      <c r="E6" s="61" t="s">
+    </row>
+    <row r="10" spans="1:5">
+      <c r="A10" s="56" t="s">
         <v>90</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A7" s="63" t="s">
+      <c r="B10" s="57" t="s">
         <v>91</v>
       </c>
-      <c r="B7" s="64" t="s">
+      <c r="C10" s="58"/>
+      <c r="D10" s="56" t="s">
+        <v>90</v>
+      </c>
+      <c r="E10" s="57" t="s">
         <v>92</v>
       </c>
-      <c r="C7" s="62"/>
-[...3 lines deleted...]
-      <c r="E7" s="64" t="s">
+    </row>
+    <row r="11" spans="1:5">
+      <c r="A11" s="62" t="s">
         <v>93</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A8" s="60" t="s">
+      <c r="B11" s="63" t="s">
         <v>94</v>
       </c>
-      <c r="B8" s="61" t="s">
+      <c r="C11" s="58"/>
+      <c r="D11" s="62" t="s">
+        <v>93</v>
+      </c>
+      <c r="E11" s="63" t="s">
         <v>95</v>
       </c>
-      <c r="C8" s="62"/>
-[...50 lines deleted...]
-      </c>
     </row>
     <row r="12" spans="1:5">
-      <c r="A12" s="68"/>
-      <c r="D12" s="68"/>
+      <c r="A12" s="64"/>
+      <c r="D12" s="64"/>
     </row>
     <row r="13" spans="1:5">
-      <c r="A13" s="68"/>
-[...8 lines deleted...]
-      <c r="D15" s="68"/>
+      <c r="A13" s="64"/>
+      <c r="D13" s="64"/>
+    </row>
+    <row r="14" spans="1:5" ht="15">
+      <c r="A14" s="65"/>
+      <c r="D14" s="64"/>
+    </row>
+    <row r="15" spans="1:5" ht="15">
+      <c r="A15" s="65"/>
+      <c r="D15" s="64"/>
     </row>
     <row r="16" spans="1:5">
-      <c r="A16" s="68"/>
-      <c r="D16" s="68"/>
+      <c r="A16" s="64"/>
+      <c r="D16" s="64"/>
     </row>
     <row r="17" spans="1:4">
-      <c r="A17" s="68"/>
-      <c r="D17" s="68"/>
+      <c r="A17" s="64"/>
+      <c r="D17" s="64"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Plages nommées</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>