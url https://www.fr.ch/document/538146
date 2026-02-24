--- v0 (2025-12-05)
+++ v1 (2026-02-24)
@@ -1,173 +1,168 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10086" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10086"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005D4A39" w:rsidRPr="006018C4" w14:paraId="3984CC97" w14:textId="77777777" w:rsidTr="00D37C43">
+      <w:tr w:rsidR="005D4A39" w:rsidRPr="006018C4" w14:paraId="3984CC97" w14:textId="77777777" w:rsidTr="00152831">
         <w:trPr>
           <w:trHeight w:val="14462"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10036" w:type="dxa"/>
-[...3 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="10086" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="10065" w:type="dxa"/>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="10065"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00AF1581" w:rsidRPr="005F2FF7" w14:paraId="5C8F6B6B" w14:textId="77777777" w:rsidTr="00CC71FC">
+            <w:tr w:rsidR="00AF1581" w:rsidRPr="005F2FF7" w14:paraId="5C8F6B6B" w14:textId="77777777" w:rsidTr="00E11EB3">
               <w:trPr>
-                <w:trHeight w:hRule="exact" w:val="1348"/>
+                <w:trHeight w:hRule="exact" w:val="1418"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="10065" w:type="dxa"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:tcMar>
                     <w:left w:w="0" w:type="dxa"/>
                     <w:right w:w="0" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="2C07981C" w14:textId="77777777" w:rsidR="00AF1581" w:rsidRPr="001C04B3" w:rsidRDefault="00AF1581" w:rsidP="00502402">
+                <w:p w14:paraId="2C07981C" w14:textId="77777777" w:rsidR="00AF1581" w:rsidRPr="00657D63" w:rsidRDefault="00AF1581" w:rsidP="00502402">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="5387"/>
                       <w:tab w:val="left" w:pos="7125"/>
                     </w:tabs>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
-                      <w:sz w:val="20"/>
-                      <w:szCs w:val="20"/>
+                      <w:sz w:val="40"/>
+                      <w:szCs w:val="40"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:bookmarkStart w:id="0" w:name="OLE_LINK1"/>
-                  <w:bookmarkStart w:id="1" w:name="OLE_LINK2"/>
+                  <w:bookmarkStart w:id="0" w:name="OLE_LINK2"/>
+                  <w:bookmarkStart w:id="1" w:name="OLE_LINK1"/>
                 </w:p>
-                <w:p w14:paraId="5EB4EFBA" w14:textId="19CBA89B" w:rsidR="006018C4" w:rsidRPr="001C04B3" w:rsidRDefault="006018C4" w:rsidP="006018C4">
+                <w:p w14:paraId="5EB4EFBA" w14:textId="5A5121C3" w:rsidR="006018C4" w:rsidRPr="001C04B3" w:rsidRDefault="006018C4" w:rsidP="006018C4">
                   <w:pPr>
                     <w:spacing w:after="40"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:val="fr-FR"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="001C04B3">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:val="fr-FR"/>
                     </w:rPr>
                     <w:t>Carte des communes du canton de Fribourg 202</w:t>
                   </w:r>
-                  <w:r w:rsidR="001832E9" w:rsidRPr="001C04B3">
+                  <w:r w:rsidR="00657D63">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:val="fr-FR"/>
                     </w:rPr>
-                    <w:t>5</w:t>
+                    <w:t>6</w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="5E5DAD9A" w14:textId="40DC0B9D" w:rsidR="006018C4" w:rsidRPr="001C04B3" w:rsidRDefault="006018C4" w:rsidP="006018C4">
+                <w:p w14:paraId="5E5DAD9A" w14:textId="27284C81" w:rsidR="006018C4" w:rsidRPr="001C04B3" w:rsidRDefault="006018C4" w:rsidP="006018C4">
                   <w:pPr>
                     <w:spacing w:after="30"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:val="de-DE"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="001C04B3">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:val="de-DE"/>
                     </w:rPr>
                     <w:t>Karte der Gemeinden des Kantons Freiburg 202</w:t>
                   </w:r>
-                  <w:r w:rsidR="001832E9" w:rsidRPr="001C04B3">
+                  <w:r w:rsidR="00657D63">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:val="de-DE"/>
                     </w:rPr>
-                    <w:t>5</w:t>
+                    <w:t>6</w:t>
                   </w:r>
                 </w:p>
                 <w:p w14:paraId="17579F21" w14:textId="77777777" w:rsidR="001C04B3" w:rsidRDefault="001C04B3" w:rsidP="001C04B3">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:eastAsia="fr-CH"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>—</w:t>
                   </w:r>
                 </w:p>
                 <w:p w14:paraId="49D082CE" w14:textId="77777777" w:rsidR="00374FFA" w:rsidRPr="006018C4" w:rsidRDefault="00374FFA" w:rsidP="00F42FDE">
                   <w:pPr>
                     <w:tabs>
@@ -193,137 +188,170 @@
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00703ACA">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="13"/>
                       <w:szCs w:val="13"/>
                       <w:lang w:val="de-CH"/>
                     </w:rPr>
                     <w:t>C02-0</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="13"/>
                       <w:szCs w:val="13"/>
                       <w:lang w:val="de-CH"/>
                     </w:rPr>
                     <w:t>2-01</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00FB6BB9" w:rsidRPr="006018C4" w14:paraId="304AA5BE" w14:textId="77777777" w:rsidTr="000C6F43">
+            <w:tr w:rsidR="00FB6BB9" w:rsidRPr="006018C4" w14:paraId="304AA5BE" w14:textId="77777777" w:rsidTr="00FD41AB">
               <w:trPr>
-                <w:trHeight w:val="12600"/>
+                <w:trHeight w:val="14451"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="10065" w:type="dxa"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:tcMar>
                     <w:left w:w="0" w:type="dxa"/>
                     <w:right w:w="0" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="1F683145" w14:textId="4F63723E" w:rsidR="006018C4" w:rsidRPr="008A56A8" w:rsidRDefault="004738C6" w:rsidP="008A56A8">
+                <w:p w14:paraId="605D7CAA" w14:textId="77777777" w:rsidR="00152831" w:rsidRPr="00152831" w:rsidRDefault="00152831" w:rsidP="008A56A8">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="6652"/>
                     </w:tabs>
                     <w:rPr>
                       <w:noProof/>
+                      <w:sz w:val="12"/>
+                      <w:szCs w:val="12"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="256D7436" w14:textId="7D847FBD" w:rsidR="006018C4" w:rsidRPr="00152831" w:rsidRDefault="00152831" w:rsidP="00152831">
+                  <w:pPr>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="6652"/>
+                    </w:tabs>
+                    <w:rPr>
+                      <w:noProof/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:noProof/>
                     </w:rPr>
                     <w:drawing>
-                      <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7F235914" wp14:editId="35229422">
-                        <wp:extent cx="6388100" cy="8159750"/>
+                      <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6906A63C" wp14:editId="5A5087D1">
+                        <wp:extent cx="6391082" cy="8461039"/>
                         <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                        <wp:docPr id="3" name="Image 1"/>
+                        <wp:docPr id="1258261671" name="Image 2" descr="Une image contenant carte, texte&#10;&#10;Le contenu généré par l’IA peut être incorrect."/>
                         <wp:cNvGraphicFramePr>
                           <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                         </wp:cNvGraphicFramePr>
                         <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                             <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                               <pic:nvPicPr>
-                                <pic:cNvPr id="0" name="Picture 3"/>
-[...2 lines deleted...]
-                                </pic:cNvPicPr>
+                                <pic:cNvPr id="1258261671" name="Image 2" descr="Une image contenant carte, texte&#10;&#10;Le contenu généré par l’IA peut être incorrect."/>
+                                <pic:cNvPicPr/>
                               </pic:nvPicPr>
-                              <pic:blipFill>
+                              <pic:blipFill rotWithShape="1">
                                 <a:blip r:embed="rId6" cstate="print">
                                   <a:extLst>
                                     <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                       <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                     </a:ext>
                                   </a:extLst>
                                 </a:blip>
-                                <a:srcRect t="4709" b="4993"/>
+                                <a:srcRect t="2975" b="3432"/>
                                 <a:stretch>
                                   <a:fillRect/>
                                 </a:stretch>
                               </pic:blipFill>
                               <pic:spPr bwMode="auto">
                                 <a:xfrm>
                                   <a:off x="0" y="0"/>
-                                  <a:ext cx="6388100" cy="8159750"/>
+                                  <a:ext cx="6391275" cy="8461295"/>
                                 </a:xfrm>
                                 <a:prstGeom prst="rect">
                                   <a:avLst/>
                                 </a:prstGeom>
-                                <a:noFill/>
                                 <a:ln>
                                   <a:noFill/>
                                 </a:ln>
+                                <a:extLst>
+                                  <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                                    <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                                  </a:ext>
+                                </a:extLst>
                               </pic:spPr>
                             </pic:pic>
                           </a:graphicData>
                         </a:graphic>
                       </wp:inline>
                     </w:drawing>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="256D7436" w14:textId="77777777" w:rsidR="006018C4" w:rsidRDefault="006018C4" w:rsidP="00140E55">
+                <w:p w14:paraId="0C5FD7ED" w14:textId="77777777" w:rsidR="00E11EB3" w:rsidRPr="00E11EB3" w:rsidRDefault="00E11EB3" w:rsidP="00140E55">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                      <w:sz w:val="12"/>
-                      <w:szCs w:val="12"/>
+                      <w:sz w:val="6"/>
+                      <w:szCs w:val="6"/>
                       <w:lang w:val="fr-FR"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w14:paraId="13C929AE" w14:textId="77777777" w:rsidR="006018C4" w:rsidRPr="00703ACA" w:rsidRDefault="006018C4" w:rsidP="006018C4">
+                <w:p w14:paraId="47C8C28C" w14:textId="77777777" w:rsidR="003D4017" w:rsidRDefault="003D4017" w:rsidP="006018C4">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="12"/>
+                      <w:szCs w:val="12"/>
+                      <w:lang w:val="fr-FR"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="4F566898" w14:textId="77777777" w:rsidR="003D4017" w:rsidRDefault="003D4017" w:rsidP="006018C4">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="12"/>
+                      <w:szCs w:val="12"/>
+                      <w:lang w:val="fr-FR"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="13C929AE" w14:textId="7BDC592F" w:rsidR="006018C4" w:rsidRPr="00703ACA" w:rsidRDefault="006018C4" w:rsidP="006018C4">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="12"/>
                       <w:szCs w:val="12"/>
                       <w:lang w:val="fr-FR"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="12"/>
                       <w:szCs w:val="12"/>
                       <w:lang w:val="fr-FR"/>
                     </w:rPr>
                     <w:t>So</w:t>
                   </w:r>
                   <w:r w:rsidRPr="00703ACA">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="12"/>
                       <w:szCs w:val="12"/>
                       <w:lang w:val="fr-FR"/>
                     </w:rPr>
                     <w:t>urce</w:t>
@@ -353,319 +381,386 @@
                       <w:szCs w:val="12"/>
                       <w:lang w:val="fr-FR"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00703ACA">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="12"/>
                       <w:szCs w:val="12"/>
                       <w:lang w:val="fr-FR"/>
                     </w:rPr>
                     <w:t>: GEOSTAT, Neuchâtel / Service de la statistique du canton de Fribourg</w:t>
                   </w:r>
                 </w:p>
                 <w:p w14:paraId="2750BB93" w14:textId="77777777" w:rsidR="006018C4" w:rsidRPr="00703ACA" w:rsidRDefault="006018C4" w:rsidP="006018C4">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="4"/>
                       <w:szCs w:val="4"/>
                       <w:lang w:val="fr-FR"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w14:paraId="1D8BFAE2" w14:textId="468CDDA2" w:rsidR="006018C4" w:rsidRDefault="006018C4" w:rsidP="006018C4">
+                <w:p w14:paraId="1D8BFAE2" w14:textId="13EF17E5" w:rsidR="006018C4" w:rsidRDefault="006018C4" w:rsidP="006018C4">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="6652"/>
                     </w:tabs>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="12"/>
                       <w:szCs w:val="12"/>
                       <w:lang w:val="de-CH"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00703ACA">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="12"/>
                       <w:szCs w:val="12"/>
                       <w:lang w:val="de-CH"/>
                     </w:rPr>
-                    <w:t>Quelle: Bundesamt für Landestopographie, Bern, Bundesamt für Statistik: GEOSTAT, Neuenburg / Amt für Statistik des Kantons Freiburg, c</w:t>
+                    <w:t xml:space="preserve">Quelle: Bundesamt für </w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramStart"/>
+                  <w:r w:rsidRPr="00703ACA">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="12"/>
+                      <w:szCs w:val="12"/>
+                      <w:lang w:val="de-CH"/>
+                    </w:rPr>
+                    <w:t>Landestopographie</w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramEnd"/>
+                  <w:r w:rsidRPr="00703ACA">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="12"/>
+                      <w:szCs w:val="12"/>
+                      <w:lang w:val="de-CH"/>
+                    </w:rPr>
+                    <w:t>, Bern, Bundesamt für Statistik: GEOSTAT, Neuenburg / Amt für Statistik des Kantons Freiburg, c</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="12"/>
                       <w:szCs w:val="12"/>
                       <w:lang w:val="de-CH"/>
                     </w:rPr>
                     <w:t>e</w:t>
                   </w:r>
                   <w:r w:rsidRPr="00703ACA">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="12"/>
                       <w:szCs w:val="12"/>
                       <w:lang w:val="de-CH"/>
                     </w:rPr>
                     <w:t>2</w:t>
                   </w:r>
-                  <w:r w:rsidR="001832E9">
+                  <w:r w:rsidR="00657D63">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="12"/>
                       <w:szCs w:val="12"/>
                       <w:lang w:val="de-CH"/>
                     </w:rPr>
-                    <w:t>5</w:t>
+                    <w:t>6</w:t>
                   </w:r>
                   <w:r w:rsidRPr="00703ACA">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="12"/>
                       <w:szCs w:val="12"/>
                       <w:lang w:val="de-CH"/>
                     </w:rPr>
                     <w:t>-001</w:t>
                   </w:r>
                 </w:p>
                 <w:p w14:paraId="60D8C98C" w14:textId="3D50BAE7" w:rsidR="008A56A8" w:rsidRPr="008A56A8" w:rsidRDefault="008A56A8" w:rsidP="006018C4">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="6652"/>
                     </w:tabs>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="12"/>
                       <w:szCs w:val="12"/>
                       <w:lang w:val="de-CH"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w14:paraId="4860452D" w14:textId="5D1F11C6" w:rsidR="009A795E" w:rsidRPr="008A56A8" w:rsidRDefault="006018C4" w:rsidP="008A56A8">
+                <w:p w14:paraId="4860452D" w14:textId="4B7E697C" w:rsidR="009A795E" w:rsidRPr="008A56A8" w:rsidRDefault="006018C4" w:rsidP="008A56A8">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="12"/>
                       <w:szCs w:val="12"/>
                       <w:lang w:eastAsia="fr-CH"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="12"/>
                       <w:szCs w:val="12"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">Actualisation / Aktualisiert am: </w:t>
-[...1 lines deleted...]
-                  <w:r w:rsidR="001C04B3">
+                    <w:t xml:space="preserve">Actualisation / </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="12"/>
                       <w:szCs w:val="12"/>
                     </w:rPr>
-                    <w:t>14</w:t>
-                  </w:r>
+                    <w:t>Aktualisiert</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="12"/>
                       <w:szCs w:val="12"/>
                     </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:proofErr w:type="gramStart"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="12"/>
+                      <w:szCs w:val="12"/>
+                    </w:rPr>
+                    <w:t>am</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="12"/>
+                      <w:szCs w:val="12"/>
+                    </w:rPr>
+                    <w:t>:</w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramEnd"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="12"/>
+                      <w:szCs w:val="12"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r w:rsidR="00657D63">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="12"/>
+                      <w:szCs w:val="12"/>
+                    </w:rPr>
+                    <w:t>05</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="12"/>
+                      <w:szCs w:val="12"/>
+                    </w:rPr>
                     <w:t>.</w:t>
                   </w:r>
                   <w:r w:rsidR="00573FC1">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="12"/>
                       <w:szCs w:val="12"/>
                     </w:rPr>
                     <w:t>01</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="12"/>
                       <w:szCs w:val="12"/>
                     </w:rPr>
                     <w:t>.202</w:t>
                   </w:r>
-                  <w:r w:rsidR="008A56A8">
+                  <w:r w:rsidR="00657D63">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="12"/>
                       <w:szCs w:val="12"/>
                     </w:rPr>
-                    <w:t>5</w:t>
+                    <w:t>6</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:bookmarkEnd w:id="0"/>
+            <w:bookmarkEnd w:id="1"/>
           </w:tbl>
           <w:p w14:paraId="3AC52E0F" w14:textId="77777777" w:rsidR="005D4A39" w:rsidRPr="00374FFA" w:rsidRDefault="005D4A39" w:rsidP="00E822DD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="9953"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:tbl>
-    <w:p w14:paraId="36A9A036" w14:textId="77777777" w:rsidR="006C3491" w:rsidRPr="00374FFA" w:rsidRDefault="006C3491" w:rsidP="00AB2D15">
+    <w:p w14:paraId="36A9A036" w14:textId="77777777" w:rsidR="006C3491" w:rsidRPr="00374FFA" w:rsidRDefault="006C3491" w:rsidP="00FD41AB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="700"/>
           <w:tab w:val="right" w:pos="8819"/>
           <w:tab w:val="right" w:pos="9967"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="006C3491" w:rsidRPr="00374FFA" w:rsidSect="00374FFA">
+    <w:sectPr w:rsidR="006C3491" w:rsidRPr="00374FFA" w:rsidSect="00657D63">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
-      <w:pgMar w:top="794" w:right="794" w:bottom="1021" w:left="794" w:header="709" w:footer="709" w:gutter="340"/>
+      <w:pgMar w:top="0" w:right="794" w:bottom="851" w:left="794" w:header="709" w:footer="709" w:gutter="340"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="1CB1A799" w14:textId="77777777" w:rsidR="000E5943" w:rsidRDefault="000E5943" w:rsidP="00661BCD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="0E42785C" w14:textId="77777777" w:rsidR="000E5943" w:rsidRDefault="000E5943" w:rsidP="00661BCD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="1C59D05F" w14:textId="77777777" w:rsidR="000E5943" w:rsidRDefault="000E5943" w:rsidP="00661BCD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="34C35BFF" w14:textId="77777777" w:rsidR="000E5943" w:rsidRDefault="000E5943" w:rsidP="00661BCD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="156"/>
   <w:displayBackgroundShape/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2051"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:adjustLineHeightInTable/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="_AMO_ReportControlsVisible" w:val="Empty"/>
     <w:docVar w:name="_AMO_UniqueIdentifier" w:val="446f61cc-078b-4f06-a4c1-04bb98da89e3"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00B61F67"/>
     <w:rsid w:val="00003DC1"/>
@@ -675,50 +770,51 @@
     <w:rsid w:val="00024656"/>
     <w:rsid w:val="0003076E"/>
     <w:rsid w:val="0003765B"/>
     <w:rsid w:val="0005582F"/>
     <w:rsid w:val="000613E3"/>
     <w:rsid w:val="000704A1"/>
     <w:rsid w:val="00083794"/>
     <w:rsid w:val="00084C6B"/>
     <w:rsid w:val="00092617"/>
     <w:rsid w:val="000960C5"/>
     <w:rsid w:val="000A5746"/>
     <w:rsid w:val="000B3FFD"/>
     <w:rsid w:val="000B759D"/>
     <w:rsid w:val="000C4C26"/>
     <w:rsid w:val="000C6F43"/>
     <w:rsid w:val="000E4E58"/>
     <w:rsid w:val="000E5943"/>
     <w:rsid w:val="000E5D2A"/>
     <w:rsid w:val="001022F0"/>
     <w:rsid w:val="00103A8D"/>
     <w:rsid w:val="001122DA"/>
     <w:rsid w:val="00116DBB"/>
     <w:rsid w:val="00126EBF"/>
     <w:rsid w:val="0014088E"/>
     <w:rsid w:val="00140E55"/>
+    <w:rsid w:val="00152831"/>
     <w:rsid w:val="0015368F"/>
     <w:rsid w:val="001629E4"/>
     <w:rsid w:val="0016465E"/>
     <w:rsid w:val="00164AE9"/>
     <w:rsid w:val="00171BD7"/>
     <w:rsid w:val="001832E9"/>
     <w:rsid w:val="00195558"/>
     <w:rsid w:val="00197933"/>
     <w:rsid w:val="001B25AD"/>
     <w:rsid w:val="001C04B3"/>
     <w:rsid w:val="001D0D16"/>
     <w:rsid w:val="001D17C2"/>
     <w:rsid w:val="001E727A"/>
     <w:rsid w:val="001F1606"/>
     <w:rsid w:val="001F204E"/>
     <w:rsid w:val="002101EB"/>
     <w:rsid w:val="002448D9"/>
     <w:rsid w:val="00245D63"/>
     <w:rsid w:val="00247923"/>
     <w:rsid w:val="002659C4"/>
     <w:rsid w:val="00273D81"/>
     <w:rsid w:val="00274200"/>
     <w:rsid w:val="00280394"/>
     <w:rsid w:val="002804D3"/>
     <w:rsid w:val="00281123"/>
@@ -730,100 +826,104 @@
     <w:rsid w:val="002B07E0"/>
     <w:rsid w:val="002B72A8"/>
     <w:rsid w:val="002D0AC1"/>
     <w:rsid w:val="002D2BCB"/>
     <w:rsid w:val="002E33AC"/>
     <w:rsid w:val="002F0414"/>
     <w:rsid w:val="002F62D3"/>
     <w:rsid w:val="00307F0E"/>
     <w:rsid w:val="003206EE"/>
     <w:rsid w:val="003210E7"/>
     <w:rsid w:val="003279CF"/>
     <w:rsid w:val="00334A2D"/>
     <w:rsid w:val="00334DC4"/>
     <w:rsid w:val="003414ED"/>
     <w:rsid w:val="0034605C"/>
     <w:rsid w:val="00355637"/>
     <w:rsid w:val="003611ED"/>
     <w:rsid w:val="0036149A"/>
     <w:rsid w:val="003709FB"/>
     <w:rsid w:val="00374FFA"/>
     <w:rsid w:val="003A2560"/>
     <w:rsid w:val="003A27E7"/>
     <w:rsid w:val="003A36E4"/>
     <w:rsid w:val="003A789C"/>
     <w:rsid w:val="003C3308"/>
+    <w:rsid w:val="003D4017"/>
     <w:rsid w:val="003E21FA"/>
     <w:rsid w:val="003E2496"/>
     <w:rsid w:val="003E5DE9"/>
     <w:rsid w:val="003E69FA"/>
     <w:rsid w:val="003F6A33"/>
     <w:rsid w:val="004058C7"/>
     <w:rsid w:val="004162C5"/>
     <w:rsid w:val="00416B58"/>
     <w:rsid w:val="00420365"/>
     <w:rsid w:val="00432941"/>
     <w:rsid w:val="00455C91"/>
     <w:rsid w:val="004738C6"/>
     <w:rsid w:val="004919AD"/>
     <w:rsid w:val="004A2BBD"/>
     <w:rsid w:val="004A776E"/>
     <w:rsid w:val="004C2F80"/>
     <w:rsid w:val="004C3735"/>
     <w:rsid w:val="004C75A7"/>
     <w:rsid w:val="004D2BE0"/>
     <w:rsid w:val="004F6D57"/>
     <w:rsid w:val="00502402"/>
     <w:rsid w:val="00503108"/>
     <w:rsid w:val="00504B11"/>
     <w:rsid w:val="0051541B"/>
     <w:rsid w:val="00522964"/>
     <w:rsid w:val="005301C6"/>
     <w:rsid w:val="005308C0"/>
     <w:rsid w:val="00534BBF"/>
     <w:rsid w:val="00554576"/>
     <w:rsid w:val="00556D8A"/>
     <w:rsid w:val="005622FE"/>
     <w:rsid w:val="00562BE5"/>
     <w:rsid w:val="00572A00"/>
     <w:rsid w:val="00572B1A"/>
     <w:rsid w:val="00572B5B"/>
     <w:rsid w:val="00573FC1"/>
     <w:rsid w:val="00580E59"/>
     <w:rsid w:val="005830DC"/>
+    <w:rsid w:val="00584170"/>
     <w:rsid w:val="005A0C1A"/>
     <w:rsid w:val="005A1907"/>
     <w:rsid w:val="005B4A41"/>
     <w:rsid w:val="005B4FD0"/>
     <w:rsid w:val="005C5781"/>
     <w:rsid w:val="005D4A39"/>
     <w:rsid w:val="005D6901"/>
     <w:rsid w:val="005D6F82"/>
     <w:rsid w:val="005E37E6"/>
     <w:rsid w:val="005F2FF7"/>
     <w:rsid w:val="005F7601"/>
     <w:rsid w:val="006018C4"/>
+    <w:rsid w:val="00630596"/>
+    <w:rsid w:val="00657D63"/>
     <w:rsid w:val="00661BCD"/>
     <w:rsid w:val="0068030A"/>
     <w:rsid w:val="00693380"/>
     <w:rsid w:val="006B53BB"/>
     <w:rsid w:val="006C217A"/>
     <w:rsid w:val="006C3491"/>
     <w:rsid w:val="006C44B6"/>
     <w:rsid w:val="006D0A99"/>
     <w:rsid w:val="006D18A2"/>
     <w:rsid w:val="006D340E"/>
     <w:rsid w:val="006D4667"/>
     <w:rsid w:val="006D5CA7"/>
     <w:rsid w:val="006D7744"/>
     <w:rsid w:val="006E5E2F"/>
     <w:rsid w:val="007117B1"/>
     <w:rsid w:val="00711B19"/>
     <w:rsid w:val="0072449A"/>
     <w:rsid w:val="00725242"/>
     <w:rsid w:val="00733294"/>
     <w:rsid w:val="00735331"/>
     <w:rsid w:val="00740B8D"/>
     <w:rsid w:val="00746165"/>
     <w:rsid w:val="00763070"/>
     <w:rsid w:val="00787982"/>
     <w:rsid w:val="0079345A"/>
@@ -836,50 +936,51 @@
     <w:rsid w:val="007E6E97"/>
     <w:rsid w:val="007F69C8"/>
     <w:rsid w:val="007F78F6"/>
     <w:rsid w:val="008011B7"/>
     <w:rsid w:val="00806BE7"/>
     <w:rsid w:val="00816DE5"/>
     <w:rsid w:val="00844F20"/>
     <w:rsid w:val="00850C09"/>
     <w:rsid w:val="008533CD"/>
     <w:rsid w:val="008733E4"/>
     <w:rsid w:val="00881457"/>
     <w:rsid w:val="00886FDB"/>
     <w:rsid w:val="00890276"/>
     <w:rsid w:val="008A2F2F"/>
     <w:rsid w:val="008A3175"/>
     <w:rsid w:val="008A56A8"/>
     <w:rsid w:val="008A579E"/>
     <w:rsid w:val="008D114C"/>
     <w:rsid w:val="008D1533"/>
     <w:rsid w:val="008D196E"/>
     <w:rsid w:val="008D3526"/>
     <w:rsid w:val="008D7E8C"/>
     <w:rsid w:val="008E0D1C"/>
     <w:rsid w:val="008E5FCB"/>
     <w:rsid w:val="008E66A7"/>
+    <w:rsid w:val="008F746E"/>
     <w:rsid w:val="00901CA6"/>
     <w:rsid w:val="00911D3F"/>
     <w:rsid w:val="009162EA"/>
     <w:rsid w:val="00923F7F"/>
     <w:rsid w:val="009253E5"/>
     <w:rsid w:val="00926547"/>
     <w:rsid w:val="00926AAE"/>
     <w:rsid w:val="00927380"/>
     <w:rsid w:val="00960D62"/>
     <w:rsid w:val="009751ED"/>
     <w:rsid w:val="00984477"/>
     <w:rsid w:val="009A795E"/>
     <w:rsid w:val="009B3559"/>
     <w:rsid w:val="009B5ECE"/>
     <w:rsid w:val="009D4B58"/>
     <w:rsid w:val="009D676B"/>
     <w:rsid w:val="009F58EE"/>
     <w:rsid w:val="00A06657"/>
     <w:rsid w:val="00A21DFB"/>
     <w:rsid w:val="00A32C65"/>
     <w:rsid w:val="00A40A76"/>
     <w:rsid w:val="00A43CED"/>
     <w:rsid w:val="00A467C7"/>
     <w:rsid w:val="00A47621"/>
     <w:rsid w:val="00A53170"/>
@@ -890,161 +991,165 @@
     <w:rsid w:val="00AB2D15"/>
     <w:rsid w:val="00AB717E"/>
     <w:rsid w:val="00AD2FFF"/>
     <w:rsid w:val="00AD3E61"/>
     <w:rsid w:val="00AE1640"/>
     <w:rsid w:val="00AF097C"/>
     <w:rsid w:val="00AF1581"/>
     <w:rsid w:val="00B00963"/>
     <w:rsid w:val="00B17F64"/>
     <w:rsid w:val="00B470BE"/>
     <w:rsid w:val="00B54289"/>
     <w:rsid w:val="00B61F67"/>
     <w:rsid w:val="00B6209F"/>
     <w:rsid w:val="00B6509D"/>
     <w:rsid w:val="00B731DA"/>
     <w:rsid w:val="00B80220"/>
     <w:rsid w:val="00B835AA"/>
     <w:rsid w:val="00B91B84"/>
     <w:rsid w:val="00B9359D"/>
     <w:rsid w:val="00BA5685"/>
     <w:rsid w:val="00BC7112"/>
     <w:rsid w:val="00BD696A"/>
     <w:rsid w:val="00BE5EDC"/>
     <w:rsid w:val="00BF1A45"/>
     <w:rsid w:val="00BF26CB"/>
+    <w:rsid w:val="00BF6A58"/>
     <w:rsid w:val="00C05ED8"/>
     <w:rsid w:val="00C07FED"/>
     <w:rsid w:val="00C17B37"/>
     <w:rsid w:val="00C35173"/>
     <w:rsid w:val="00C378B2"/>
     <w:rsid w:val="00C42A63"/>
     <w:rsid w:val="00C538D5"/>
     <w:rsid w:val="00C60273"/>
     <w:rsid w:val="00C67A2F"/>
     <w:rsid w:val="00C70672"/>
     <w:rsid w:val="00C71200"/>
     <w:rsid w:val="00C75184"/>
     <w:rsid w:val="00C84802"/>
     <w:rsid w:val="00C851C3"/>
     <w:rsid w:val="00C901C9"/>
     <w:rsid w:val="00CA1DF2"/>
     <w:rsid w:val="00CA3528"/>
     <w:rsid w:val="00CB0475"/>
     <w:rsid w:val="00CC71FC"/>
     <w:rsid w:val="00CE0325"/>
     <w:rsid w:val="00CE6A98"/>
     <w:rsid w:val="00CE7B0A"/>
     <w:rsid w:val="00CF2CEC"/>
     <w:rsid w:val="00D002F7"/>
     <w:rsid w:val="00D008F3"/>
     <w:rsid w:val="00D034A3"/>
     <w:rsid w:val="00D052DD"/>
     <w:rsid w:val="00D176C7"/>
     <w:rsid w:val="00D25FBC"/>
     <w:rsid w:val="00D3427B"/>
     <w:rsid w:val="00D37C43"/>
     <w:rsid w:val="00D47CFC"/>
     <w:rsid w:val="00D85AFA"/>
     <w:rsid w:val="00D869C6"/>
     <w:rsid w:val="00DB6300"/>
     <w:rsid w:val="00DC2F13"/>
     <w:rsid w:val="00DD5FD8"/>
     <w:rsid w:val="00DD7511"/>
     <w:rsid w:val="00DE08C6"/>
     <w:rsid w:val="00DF0925"/>
     <w:rsid w:val="00DF193A"/>
     <w:rsid w:val="00DF2A68"/>
     <w:rsid w:val="00DF2F21"/>
     <w:rsid w:val="00E0307F"/>
     <w:rsid w:val="00E1165A"/>
+    <w:rsid w:val="00E11EB3"/>
     <w:rsid w:val="00E17AB1"/>
     <w:rsid w:val="00E17F89"/>
     <w:rsid w:val="00E3159B"/>
     <w:rsid w:val="00E37598"/>
     <w:rsid w:val="00E42F7A"/>
     <w:rsid w:val="00E468B5"/>
     <w:rsid w:val="00E57A09"/>
     <w:rsid w:val="00E6353C"/>
     <w:rsid w:val="00E7011C"/>
     <w:rsid w:val="00E7159D"/>
     <w:rsid w:val="00E822DD"/>
     <w:rsid w:val="00E85260"/>
     <w:rsid w:val="00E8544E"/>
     <w:rsid w:val="00EB7678"/>
     <w:rsid w:val="00EF1178"/>
     <w:rsid w:val="00F10974"/>
     <w:rsid w:val="00F11298"/>
     <w:rsid w:val="00F16987"/>
     <w:rsid w:val="00F20F41"/>
     <w:rsid w:val="00F3078B"/>
+    <w:rsid w:val="00F33C35"/>
     <w:rsid w:val="00F42FDE"/>
     <w:rsid w:val="00F47CC2"/>
     <w:rsid w:val="00F56831"/>
     <w:rsid w:val="00F853E1"/>
     <w:rsid w:val="00F93D71"/>
     <w:rsid w:val="00F94481"/>
     <w:rsid w:val="00F948D1"/>
     <w:rsid w:val="00FA0EA2"/>
     <w:rsid w:val="00FA13A9"/>
     <w:rsid w:val="00FB267A"/>
     <w:rsid w:val="00FB4542"/>
     <w:rsid w:val="00FB6BB9"/>
     <w:rsid w:val="00FC530A"/>
+    <w:rsid w:val="00FD41AB"/>
     <w:rsid w:val="00FE025E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2051"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="6CF441CD"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{59412300-0411-4691-98B3-04CD64620348}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="fr-CH" w:eastAsia="fr-CH" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -1523,51 +1628,51 @@
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="bfssubtitle">
     <w:name w:val="bfssubtitle"/>
     <w:rsid w:val="00AF097C"/>
     <w:rPr>
       <w:vanish w:val="0"/>
       <w:webHidden w:val="0"/>
       <w:color w:val="555555"/>
       <w:specVanish w:val="0"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="117914750">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1269503684">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -1870,73 +1975,73 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>70</Words>
-  <Characters>386</Characters>
+  <Words>72</Words>
+  <Characters>387</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>3</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>20</Lines>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Sitel</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>455</CharactersWithSpaces>
+  <CharactersWithSpaces>451</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sitel</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>