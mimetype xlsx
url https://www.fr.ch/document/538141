--- v0 (2025-12-06)
+++ v1 (2026-02-25)
@@ -3,203 +3,272 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/externalLinks/externalLink2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/externalLinks/externalLink3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28623"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr hidePivotFieldList="1" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="L:\00 Bases statistiques et produits généraux\01 Synthèses\03 Site Internet\06 Pages sous-produits\02 Infrastructure et environnement\0202 Utilisation du territoire et paysage\Excel\2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\ad.net.fr.ch\dfs\DEE\SSD\WP\00 Bases statistiques et produits généraux\01 Synthèses\03 Site Internet\06 Pages sous-produits\02 Infrastructure et environnement\0202 Utilisation du territoire et paysage\Excel\2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F6CA33B3-6113-4FF2-BA24-F678D9151090}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C3C31274-8839-4366-A088-277B7DEAB6B7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-300" windowWidth="29040" windowHeight="15720" tabRatio="810" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-2400" windowWidth="29040" windowHeight="15720" tabRatio="810" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="te353" sheetId="25" r:id="rId1"/>
     <sheet name="Signes - Zeichen" sheetId="26" r:id="rId2"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId3"/>
     <externalReference r:id="rId4"/>
     <externalReference r:id="rId5"/>
   </externalReferences>
   <definedNames>
     <definedName name="_AMO_UniqueIdentifier" hidden="1">"'3d5a85b5-449d-46b2-9fdc-1be749b08c4c'"</definedName>
     <definedName name="AS_Bereich" localSheetId="0">#REF!</definedName>
     <definedName name="AS_Bereich">#REF!</definedName>
     <definedName name="o">'[1]Kantone SfproE 2004-09'!$A$22:$M$47</definedName>
     <definedName name="OLE_LINK1" localSheetId="0">'te353'!$A$1</definedName>
     <definedName name="ooo" localSheetId="0">'[2]Kantone SfproE 2004-09'!$A$22:$M$47</definedName>
     <definedName name="ooo">'[3]Kantone SfproE 2004-09'!$A$22:$M$47</definedName>
     <definedName name="sfproe_csv" localSheetId="0">#REF!</definedName>
     <definedName name="sfproe_csv">#REF!</definedName>
     <definedName name="Sortierbereich" localSheetId="0">#REF!</definedName>
     <definedName name="Sortierbereich">#REF!</definedName>
     <definedName name="Sortierbereichtemp" localSheetId="0">#REF!</definedName>
     <definedName name="Sortierbereichtemp">#REF!</definedName>
     <definedName name="SortierungLC" localSheetId="0">#REF!</definedName>
     <definedName name="SortierungLC">#REF!</definedName>
     <definedName name="SortierungLD" localSheetId="0">#REF!</definedName>
     <definedName name="SortierungLD">#REF!</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'te353'!$A$1:$H$77</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'te353'!$A$1:$H$112</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="H60" i="25" l="1"/>
-  <c r="F60" i="25"/>
+  <c r="H54" i="25" l="1"/>
+  <c r="F54" i="25"/>
+  <c r="H87" i="25"/>
+  <c r="F87" i="25"/>
+  <c r="H86" i="25"/>
+  <c r="F86" i="25"/>
+  <c r="H85" i="25"/>
+  <c r="F85" i="25"/>
+  <c r="H84" i="25"/>
+  <c r="F84" i="25"/>
+  <c r="H83" i="25"/>
+  <c r="F83" i="25"/>
+  <c r="H82" i="25"/>
+  <c r="F82" i="25"/>
+  <c r="H81" i="25"/>
+  <c r="F81" i="25"/>
+  <c r="H80" i="25"/>
+  <c r="F80" i="25"/>
+  <c r="H79" i="25"/>
+  <c r="F79" i="25"/>
+  <c r="H78" i="25"/>
+  <c r="F78" i="25"/>
+  <c r="H77" i="25"/>
+  <c r="F77" i="25"/>
+  <c r="H76" i="25"/>
+  <c r="F76" i="25"/>
+  <c r="H75" i="25"/>
+  <c r="F75" i="25"/>
+  <c r="H74" i="25"/>
+  <c r="F74" i="25"/>
+  <c r="H73" i="25"/>
+  <c r="F73" i="25"/>
+  <c r="H72" i="25"/>
+  <c r="F72" i="25"/>
+  <c r="H71" i="25"/>
+  <c r="F71" i="25"/>
+  <c r="H70" i="25"/>
+  <c r="F70" i="25"/>
+  <c r="H69" i="25"/>
+  <c r="F69" i="25"/>
+  <c r="H68" i="25"/>
+  <c r="F68" i="25"/>
+  <c r="H67" i="25"/>
+  <c r="F67" i="25"/>
+  <c r="H66" i="25"/>
+  <c r="F66" i="25"/>
+  <c r="H65" i="25"/>
+  <c r="F65" i="25"/>
+  <c r="H64" i="25"/>
+  <c r="F64" i="25"/>
+  <c r="H63" i="25"/>
+  <c r="F63" i="25"/>
+  <c r="H62" i="25"/>
+  <c r="F62" i="25"/>
   <c r="H61" i="25"/>
   <c r="F61" i="25"/>
+  <c r="H60" i="25"/>
+  <c r="F60" i="25"/>
   <c r="H59" i="25"/>
+  <c r="F59" i="25"/>
   <c r="H58" i="25"/>
   <c r="F58" i="25"/>
   <c r="H57" i="25"/>
   <c r="F57" i="25"/>
   <c r="H56" i="25"/>
   <c r="F56" i="25"/>
   <c r="H55" i="25"/>
   <c r="F55" i="25"/>
-  <c r="H54" i="25"/>
-[...6 lines deleted...]
-  <c r="F49" i="25"/>
+  <c r="F20" i="25" l="1"/>
+  <c r="F98" i="25"/>
+  <c r="H97" i="25"/>
+  <c r="H12" i="25"/>
+  <c r="F12" i="25"/>
+  <c r="H96" i="25"/>
+  <c r="F96" i="25"/>
+  <c r="F97" i="25"/>
+  <c r="H95" i="25"/>
+  <c r="H94" i="25"/>
+  <c r="F94" i="25"/>
+  <c r="H93" i="25"/>
+  <c r="F93" i="25"/>
+  <c r="H92" i="25"/>
+  <c r="F92" i="25"/>
+  <c r="H91" i="25"/>
+  <c r="F91" i="25"/>
+  <c r="H90" i="25"/>
+  <c r="F90" i="25"/>
+  <c r="H89" i="25"/>
+  <c r="F89" i="25"/>
+  <c r="H88" i="25"/>
+  <c r="F88" i="25"/>
+  <c r="H51" i="25"/>
+  <c r="F51" i="25"/>
+  <c r="H47" i="25"/>
+  <c r="F47" i="25"/>
+  <c r="H46" i="25"/>
+  <c r="F46" i="25"/>
   <c r="H45" i="25"/>
   <c r="F45" i="25"/>
   <c r="H44" i="25"/>
   <c r="F44" i="25"/>
   <c r="H43" i="25"/>
   <c r="F43" i="25"/>
   <c r="H42" i="25"/>
   <c r="F42" i="25"/>
   <c r="H41" i="25"/>
   <c r="F41" i="25"/>
   <c r="H40" i="25"/>
   <c r="F40" i="25"/>
-  <c r="H39" i="25"/>
-  <c r="F39" i="25"/>
   <c r="H38" i="25"/>
   <c r="F38" i="25"/>
+  <c r="H37" i="25"/>
+  <c r="F37" i="25"/>
   <c r="H36" i="25"/>
   <c r="F36" i="25"/>
   <c r="H35" i="25"/>
   <c r="F35" i="25"/>
   <c r="H34" i="25"/>
   <c r="F34" i="25"/>
   <c r="H33" i="25"/>
   <c r="F33" i="25"/>
   <c r="H32" i="25"/>
   <c r="F32" i="25"/>
   <c r="H31" i="25"/>
   <c r="F31" i="25"/>
   <c r="H30" i="25"/>
   <c r="F30" i="25"/>
   <c r="H29" i="25"/>
   <c r="F29" i="25"/>
   <c r="H28" i="25"/>
   <c r="F28" i="25"/>
   <c r="H27" i="25"/>
   <c r="F27" i="25"/>
   <c r="H26" i="25"/>
   <c r="F26" i="25"/>
   <c r="H25" i="25"/>
   <c r="F25" i="25"/>
   <c r="H24" i="25"/>
   <c r="F24" i="25"/>
   <c r="H23" i="25"/>
   <c r="F23" i="25"/>
   <c r="H22" i="25"/>
   <c r="F22" i="25"/>
   <c r="H21" i="25"/>
   <c r="F21" i="25"/>
   <c r="H20" i="25"/>
-  <c r="F20" i="25"/>
   <c r="H19" i="25"/>
   <c r="F19" i="25"/>
   <c r="H18" i="25"/>
   <c r="F18" i="25"/>
   <c r="H17" i="25"/>
   <c r="F17" i="25"/>
   <c r="H16" i="25"/>
   <c r="F16" i="25"/>
   <c r="H15" i="25"/>
   <c r="F15" i="25"/>
   <c r="H14" i="25"/>
   <c r="F14" i="25"/>
   <c r="H13" i="25"/>
   <c r="F13" i="25"/>
-  <c r="H12" i="25"/>
-[...4 lines deleted...]
-  <c r="F10" i="25"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="184" uniqueCount="132">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="219" uniqueCount="129">
   <si>
     <t>ZH</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>LU</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>OW</t>
   </si>
   <si>
     <t>NW</t>
   </si>
   <si>
     <t>GL</t>
   </si>
   <si>
@@ -551,71 +620,50 @@
     <t>2013/17</t>
   </si>
   <si>
     <t>2012/14</t>
   </si>
   <si>
     <t>2013/18</t>
   </si>
   <si>
     <t>T02-02-01</t>
   </si>
   <si>
     <r>
       <t>1</t>
     </r>
     <r>
       <rPr>
         <sz val="6"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Densité de population = population résidante permanente divisée par superficie. Superficie avec lacs pour la Suisse et les cantons, sans les lacs de plus de 500 ha ainsi que sans Staats-</t>
     </r>
   </si>
   <si>
-    <r>
-[...19 lines deleted...]
-  <si>
     <t>Source : Office fédéral de la statistique : Section Démographie et migration, Section Recensement de la population, Section Géo-information, Neuchâtel</t>
   </si>
   <si>
     <r>
       <t>te au 1</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="6"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>er</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="6"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> janvier</t>
     </r>
@@ -623,213 +671,229 @@
   <si>
     <t>2020/25</t>
   </si>
   <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="6"/>
         <color indexed="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>3</t>
     </r>
     <r>
       <rPr>
         <sz val="6"/>
         <color indexed="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Selon LAgg du 19.9.1995 et Statuts Agglo Fribourg-Freiburg 2008: Avry, Belfaux, Corminboeuf, Düdingen, Fribourg, Givisiez, Granges-Paccot, Marly, Matran, Villars-sur-Glâne</t>
     </r>
   </si>
   <si>
+    <t>Légende des signes</t>
+  </si>
+  <si>
+    <t>Zeichenerklärung</t>
+  </si>
+  <si>
+    <t>Signes</t>
+  </si>
+  <si>
+    <t>Explication</t>
+  </si>
+  <si>
+    <t>Zeichen</t>
+  </si>
+  <si>
+    <t>Erklärung</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>Valeur rigoureusement nulle ou inexistante</t>
+  </si>
+  <si>
+    <t>Es kommt nichts vor (Wert genau Null)</t>
+  </si>
+  <si>
+    <t>0 ou 0,0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Valeur très faible, arrondie à zéro, mais non nulle </t>
+  </si>
+  <si>
+    <t>0 oder 0,0</t>
+  </si>
+  <si>
+    <t>Sehr kleiner Wert, auf Null gerundet, aber nicht genau null</t>
+  </si>
+  <si>
+    <t>(chiffre)</t>
+  </si>
+  <si>
+    <t>Résultat à interpréter avec prudence (trop peu d'observations)</t>
+  </si>
+  <si>
+    <t>(Zahl)</t>
+  </si>
+  <si>
+    <t>Resultat mit Vorsicht zu interpretieren (zu wenige Beobachtungen)</t>
+  </si>
+  <si>
+    <t>( )</t>
+  </si>
+  <si>
+    <t>Donnée confidentielle, non communiquée pour des raisons de protection des données</t>
+  </si>
+  <si>
+    <t>Zahlenangabe unterbleibt aus Gründen des Datenschutzes</t>
+  </si>
+  <si>
+    <t>Donnée inconnue, inconcevable ou non mentionnée pour des raisons statistiques</t>
+  </si>
+  <si>
+    <t>Zahl nicht bekannt, gegenstandslos oder aus statistischen Gründen nicht aufgeführt</t>
+  </si>
+  <si>
+    <t>r</t>
+  </si>
+  <si>
+    <t>Donnée revue et corrigée</t>
+  </si>
+  <si>
+    <t>Korrigierter Wert</t>
+  </si>
+  <si>
+    <t>p</t>
+  </si>
+  <si>
+    <t>Donnée provisoire</t>
+  </si>
+  <si>
+    <t>Provisorischer Wert</t>
+  </si>
+  <si>
+    <t>e</t>
+  </si>
+  <si>
+    <t>Donnée estimée</t>
+  </si>
+  <si>
+    <t>Geschätzter Wert</t>
+  </si>
+  <si>
+    <t>Suisse / Schweiz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanton Freiburg           </t>
+  </si>
+  <si>
+    <t>Actualisation / Aktualisiert am: 15.01.2026</t>
+  </si>
+  <si>
+    <r>
+      <t>Les niveaux institutionnels, la superficie et la densité de la population</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>1</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>, par canton, district et agglomération, de 2016 à 2026</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Institutionelle Ebenen, Fläche und Bevölkerungsdichte</t>
+    </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
-        <sz val="6"/>
-        <color rgb="FF000000"/>
+        <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>4</t>
+      <t>1</t>
     </r>
     <r>
       <rPr>
-        <sz val="6"/>
-        <color indexed="8"/>
+        <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>Selon LAgg du 19.9.1995 et Statuts Agglo Fribourg-Freiburg 2008: Avry, Belfaux, Corminboeuf, Düdingen, Fribourg, Givisiez, Granges-Paccot, Marly, Matran, Villars-sur-Glâne</t>
+      <t xml:space="preserve"> nach Kanton, Bezirk und Agglomeration von 2016 bis 2026</t>
     </r>
   </si>
   <si>
-    <t>Quelle: Bundesamt für Statistik: Sektion Demografie und Migration, Sektion Bevölkerungs- und Haushaltsstruktur, Sektion Geoinformation, Neuenburg, te24-353</t>
-[...17 lines deleted...]
-    <t>Actualisation / Aktualisiert am: 16.01.2025</t>
+    <t>Quelle: Bundesamt für Statistik: Sektion Demografie und Migration, Sektion Bevölkerungs- und Haushaltsstruktur, Sektion Geoinformation, Neuenburg, te26-353</t>
   </si>
   <si>
     <r>
-      <t>Agglo Fribourg (2025)</t>
+      <t>Agglo Fribourg</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="6.5"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>3</t>
     </r>
   </si>
   <si>
     <r>
-      <t>Agglo Freiburg (2025)</t>
+      <t>Agglo Freiburg</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="6.5"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>3</t>
     </r>
-  </si>
-[...91 lines deleted...]
-    <t>Geschätzter Wert</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="6">
     <numFmt numFmtId="164" formatCode="#\ ###\ ###"/>
     <numFmt numFmtId="165" formatCode="#\ ###"/>
     <numFmt numFmtId="166" formatCode="#,##0;\-#,##0;&quot;-&quot;"/>
     <numFmt numFmtId="167" formatCode="#,##0.0"/>
     <numFmt numFmtId="168" formatCode="#\ ##0\,0"/>
     <numFmt numFmtId="169" formatCode="yyyy\/yy"/>
   </numFmts>
   <fonts count="33">
     <font>
       <sz val="10"/>
       <name val="Courier"/>
       <family val="3"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -945,101 +1009,102 @@
       <sz val="10"/>
       <name val="Courier"/>
       <family val="3"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="MS Sans Serif"/>
     </font>
     <font>
-      <vertAlign val="superscript"/>
-[...5 lines deleted...]
-    <font>
       <sz val="8.5"/>
       <name val="Helvetica-Narrow"/>
       <family val="3"/>
-    </font>
-[...3 lines deleted...]
-      <name val="MS Sans Serif"/>
     </font>
     <font>
       <sz val="6.5"/>
       <color rgb="FFFF0000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FFFF0000"/>
       <name val="Courier"/>
       <family val="3"/>
     </font>
     <font>
       <sz val="6.5"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="6.5"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Aptos"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <vertAlign val="superscript"/>
+      <sz val="8"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <vertAlign val="superscript"/>
+      <sz val="8"/>
+      <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="9">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFF2F2F2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFF0F0F0"/>
@@ -1049,101 +1114,90 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFF2F2F2"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-4.9989318521683403E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="13">
+  <borders count="12">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color auto="1"/>
       </right>
-      <top/>
-[...9 lines deleted...]
-      <right/>
       <top/>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
@@ -1207,55 +1261,55 @@
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="13">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0"/>
-    <xf numFmtId="168" fontId="25" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+    <xf numFmtId="168" fontId="24" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="99">
+  <cellXfs count="96">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="8" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
@@ -1264,276 +1318,269 @@
     </xf>
     <xf numFmtId="166" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="11" fillId="0" borderId="0" xfId="4" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="10" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="12" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="12" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="12" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="12" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="17" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="7" fillId="2" borderId="3" xfId="8" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="6" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="6" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="6" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="4" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="8" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="6" fillId="0" borderId="3" xfId="8" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="7" fillId="2" borderId="5" xfId="8" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="7" fillId="2" borderId="0" xfId="8" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="7" fillId="2" borderId="0" xfId="8" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="11" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="169" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="2" borderId="0" xfId="8" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="27" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="7" fillId="4" borderId="0" xfId="8" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="28" fillId="2" borderId="0" xfId="8" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="7" fillId="5" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="8" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="6" borderId="0" xfId="8" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="7"/>
+    <xf numFmtId="0" fontId="29" fillId="6" borderId="0" xfId="8" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="7" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="10" xfId="7" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="11" xfId="7" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="3" xfId="7" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="7" borderId="5" xfId="7" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="7" borderId="3" xfId="7" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="7" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="7" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="8" borderId="3" xfId="7" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="7" borderId="5" xfId="7" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="7" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="8" borderId="4" xfId="7" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="7" applyFont="1"/>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="7" fillId="2" borderId="6" xfId="8" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="6" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="6" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
     <xf numFmtId="165" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...91 lines deleted...]
-    </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...113 lines deleted...]
-    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="167" fontId="11" fillId="0" borderId="0" xfId="4" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...4 lines deleted...]
-      <alignment vertical="top" wrapText="1"/>
+    <xf numFmtId="166" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="13">
     <cellStyle name="Lien hypertexte 2" xfId="10" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Normal 2 2" xfId="5" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Normal 2 3" xfId="8" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="Normal 3" xfId="3" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="Normal 4" xfId="4" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="Normal 5" xfId="7" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
     <cellStyle name="Normal 6" xfId="9" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="Normal 7" xfId="11" xr:uid="{CFDC5385-2152-4CFF-AC88-4339AAD68CCA}"/>
     <cellStyle name="Standard 3" xfId="6" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
     <cellStyle name="Standard_01.01.2007" xfId="1" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
     <cellStyle name="virgule" xfId="12" xr:uid="{85EF85EB-E575-436D-AC51-61F93EC9D718}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="1" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16">
     <tableStyle name="Invisible" pivot="0" table="0" count="0" xr9:uid="{6355D77C-47BF-4B60-92C2-BC9348E3DC69}"/>
   </tableStyles>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
@@ -1602,51 +1649,51 @@
     </indexedColors>
     <mruColors>
       <color rgb="FFF0F0F0"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink2.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///C:\ASCH\Daten_neu\Tabellen_zur_Kontrolle\SfproE\SfproE_nach_Kantonen_mit_Formeln-20091110..xls" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///\\ad.net.fr.ch\dfs\Bfs003san\GEO_DATA_M\Pfister\Datenauswertung2006ff\Auswertungen10\SfproE10\Berechnungen_10\SfproE_nach_Kantonen_mit_Formeln-20091110..xls" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/Bfs003san/GEO_DATA_M/Pfister/Datenauswertung2006ff/Auswertungen10/SfproE10/Berechnungen_10/SfproE_nach_Kantonen_mit_Formeln-20091110..xls" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///\\Bfs003san\GEO_DATA_M\Pfister\Datenauswertung2006ff\Auswertungen10\SfproE10\Berechnungen_10\SfproE_nach_Kantonen_mit_Formeln-20091110..xls" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <sheetNames>
       <sheetName val="Kennwerte_Release"/>
       <sheetName val="Kantone SfproE 2004-09"/>
       <sheetName val="Kantone SfproE 1992-97"/>
       <sheetName val="Kantone SfproE 1979-85"/>
       <sheetName val="Differenzen"/>
       <sheetName val="SiedProEinw09_Kt_091110"/>
       <sheetName val="Perimeter"/>
       <sheetName val="NOAS04-Siedlung-d"/>
       <sheetName val="NOAS04-habitat-f"/>
     </sheetNames>
     <sheetDataSet>
       <sheetData sheetId="0" refreshError="1"/>
       <sheetData sheetId="1">
         <row r="22">
           <cell r="A22">
@@ -2665,51 +2712,53 @@
           </cell>
           <cell r="D22" t="str">
             <v>...</v>
           </cell>
           <cell r="E22" t="str">
             <v>...</v>
           </cell>
           <cell r="F22" t="str">
             <v>...</v>
           </cell>
           <cell r="G22" t="str">
             <v>...</v>
           </cell>
           <cell r="H22" t="str">
             <v>...</v>
           </cell>
           <cell r="I22" t="str">
             <v>...</v>
           </cell>
           <cell r="J22" t="str">
             <v>...</v>
           </cell>
           <cell r="L22" t="str">
             <v>...</v>
           </cell>
-          <cell r="M22"/>
+          <cell r="M22" t="str">
+            <v/>
+          </cell>
         </row>
         <row r="23">
           <cell r="A23">
             <v>2</v>
           </cell>
           <cell r="B23" t="str">
             <v>Bern</v>
           </cell>
           <cell r="C23" t="str">
             <v>2004/07</v>
           </cell>
           <cell r="D23">
             <v>427.92</v>
           </cell>
           <cell r="E23">
             <v>30.57</v>
           </cell>
           <cell r="F23">
             <v>216.53</v>
           </cell>
           <cell r="G23">
             <v>137.81</v>
           </cell>
           <cell r="H23">
             <v>18.95</v>
@@ -2777,87 +2826,91 @@
           </cell>
           <cell r="D25" t="str">
             <v>...</v>
           </cell>
           <cell r="E25" t="str">
             <v>...</v>
           </cell>
           <cell r="F25" t="str">
             <v>...</v>
           </cell>
           <cell r="G25" t="str">
             <v>...</v>
           </cell>
           <cell r="H25" t="str">
             <v>...</v>
           </cell>
           <cell r="I25" t="str">
             <v>...</v>
           </cell>
           <cell r="J25" t="str">
             <v>...</v>
           </cell>
           <cell r="L25" t="str">
             <v>...</v>
           </cell>
-          <cell r="M25"/>
+          <cell r="M25" t="str">
+            <v/>
+          </cell>
         </row>
         <row r="26">
           <cell r="A26">
             <v>5</v>
           </cell>
           <cell r="B26" t="str">
             <v>Schwyz</v>
           </cell>
           <cell r="C26" t="str">
             <v>...</v>
           </cell>
           <cell r="D26" t="str">
             <v>...</v>
           </cell>
           <cell r="E26" t="str">
             <v>...</v>
           </cell>
           <cell r="F26" t="str">
             <v>...</v>
           </cell>
           <cell r="G26" t="str">
             <v>...</v>
           </cell>
           <cell r="H26" t="str">
             <v>...</v>
           </cell>
           <cell r="I26" t="str">
             <v>...</v>
           </cell>
           <cell r="J26" t="str">
             <v>...</v>
           </cell>
           <cell r="L26" t="str">
             <v>...</v>
           </cell>
-          <cell r="M26"/>
+          <cell r="M26" t="str">
+            <v/>
+          </cell>
         </row>
         <row r="27">
           <cell r="A27">
             <v>6</v>
           </cell>
           <cell r="B27" t="str">
             <v>Obwalden</v>
           </cell>
           <cell r="C27" t="str">
             <v>2006/07</v>
           </cell>
           <cell r="D27">
             <v>556.89</v>
           </cell>
           <cell r="E27">
             <v>32.01</v>
           </cell>
           <cell r="F27">
             <v>258.74</v>
           </cell>
           <cell r="G27">
             <v>196.2</v>
           </cell>
           <cell r="H27">
             <v>38.53</v>
@@ -2925,87 +2978,91 @@
           </cell>
           <cell r="D29" t="str">
             <v>...</v>
           </cell>
           <cell r="E29" t="str">
             <v>...</v>
           </cell>
           <cell r="F29" t="str">
             <v>...</v>
           </cell>
           <cell r="G29" t="str">
             <v>...</v>
           </cell>
           <cell r="H29" t="str">
             <v>...</v>
           </cell>
           <cell r="I29" t="str">
             <v>...</v>
           </cell>
           <cell r="J29" t="str">
             <v>...</v>
           </cell>
           <cell r="L29" t="str">
             <v>...</v>
           </cell>
-          <cell r="M29"/>
+          <cell r="M29" t="str">
+            <v/>
+          </cell>
         </row>
         <row r="30">
           <cell r="A30">
             <v>9</v>
           </cell>
           <cell r="B30" t="str">
             <v>Zug</v>
           </cell>
           <cell r="C30" t="str">
             <v>...</v>
           </cell>
           <cell r="D30" t="str">
             <v>...</v>
           </cell>
           <cell r="E30" t="str">
             <v>...</v>
           </cell>
           <cell r="F30" t="str">
             <v>...</v>
           </cell>
           <cell r="G30" t="str">
             <v>...</v>
           </cell>
           <cell r="H30" t="str">
             <v>...</v>
           </cell>
           <cell r="I30" t="str">
             <v>...</v>
           </cell>
           <cell r="J30" t="str">
             <v>...</v>
           </cell>
           <cell r="L30" t="str">
             <v>...</v>
           </cell>
-          <cell r="M30"/>
+          <cell r="M30" t="str">
+            <v/>
+          </cell>
         </row>
         <row r="31">
           <cell r="A31">
             <v>10</v>
           </cell>
           <cell r="B31" t="str">
             <v>Fribourg</v>
           </cell>
           <cell r="C31" t="str">
             <v>2004/05</v>
           </cell>
           <cell r="D31">
             <v>555.5</v>
           </cell>
           <cell r="E31">
             <v>35.880000000000003</v>
           </cell>
           <cell r="F31">
             <v>278.17</v>
           </cell>
           <cell r="G31">
             <v>180.64</v>
           </cell>
           <cell r="H31">
             <v>31.08</v>
@@ -3149,195 +3206,205 @@
           </cell>
           <cell r="D35" t="str">
             <v>...</v>
           </cell>
           <cell r="E35" t="str">
             <v>...</v>
           </cell>
           <cell r="F35" t="str">
             <v>...</v>
           </cell>
           <cell r="G35" t="str">
             <v>...</v>
           </cell>
           <cell r="H35" t="str">
             <v>...</v>
           </cell>
           <cell r="I35" t="str">
             <v>...</v>
           </cell>
           <cell r="J35" t="str">
             <v>...</v>
           </cell>
           <cell r="L35" t="str">
             <v>...</v>
           </cell>
-          <cell r="M35"/>
+          <cell r="M35" t="str">
+            <v/>
+          </cell>
         </row>
         <row r="36">
           <cell r="A36">
             <v>15</v>
           </cell>
           <cell r="B36" t="str">
             <v>Appenzell Ausserrhoden</v>
           </cell>
           <cell r="C36" t="str">
             <v>...</v>
           </cell>
           <cell r="D36" t="str">
             <v>...</v>
           </cell>
           <cell r="E36" t="str">
             <v>...</v>
           </cell>
           <cell r="F36" t="str">
             <v>...</v>
           </cell>
           <cell r="G36" t="str">
             <v>...</v>
           </cell>
           <cell r="H36" t="str">
             <v>...</v>
           </cell>
           <cell r="I36" t="str">
             <v>...</v>
           </cell>
           <cell r="J36" t="str">
             <v>...</v>
           </cell>
           <cell r="L36" t="str">
             <v>...</v>
           </cell>
-          <cell r="M36"/>
+          <cell r="M36" t="str">
+            <v/>
+          </cell>
         </row>
         <row r="37">
           <cell r="A37">
             <v>16</v>
           </cell>
           <cell r="B37" t="str">
             <v>Appenzell Innerrhoden</v>
           </cell>
           <cell r="C37" t="str">
             <v>...</v>
           </cell>
           <cell r="D37" t="str">
             <v>...</v>
           </cell>
           <cell r="E37" t="str">
             <v>...</v>
           </cell>
           <cell r="F37" t="str">
             <v>...</v>
           </cell>
           <cell r="G37" t="str">
             <v>...</v>
           </cell>
           <cell r="H37" t="str">
             <v>...</v>
           </cell>
           <cell r="I37" t="str">
             <v>...</v>
           </cell>
           <cell r="J37" t="str">
             <v>...</v>
           </cell>
           <cell r="L37" t="str">
             <v>...</v>
           </cell>
-          <cell r="M37"/>
+          <cell r="M37" t="str">
+            <v/>
+          </cell>
         </row>
         <row r="38">
           <cell r="A38">
             <v>17</v>
           </cell>
           <cell r="B38" t="str">
             <v>St. Gallen</v>
           </cell>
           <cell r="C38" t="str">
             <v>...</v>
           </cell>
           <cell r="D38" t="str">
             <v>...</v>
           </cell>
           <cell r="E38" t="str">
             <v>...</v>
           </cell>
           <cell r="F38" t="str">
             <v>...</v>
           </cell>
           <cell r="G38" t="str">
             <v>...</v>
           </cell>
           <cell r="H38" t="str">
             <v>...</v>
           </cell>
           <cell r="I38" t="str">
             <v>...</v>
           </cell>
           <cell r="J38" t="str">
             <v>...</v>
           </cell>
           <cell r="L38" t="str">
             <v>...</v>
           </cell>
-          <cell r="M38"/>
+          <cell r="M38" t="str">
+            <v/>
+          </cell>
         </row>
         <row r="39">
           <cell r="A39">
             <v>18</v>
           </cell>
           <cell r="B39" t="str">
             <v>Graubünden</v>
           </cell>
           <cell r="C39" t="str">
             <v>...</v>
           </cell>
           <cell r="D39" t="str">
             <v>...</v>
           </cell>
           <cell r="E39" t="str">
             <v>...</v>
           </cell>
           <cell r="F39" t="str">
             <v>...</v>
           </cell>
           <cell r="G39" t="str">
             <v>...</v>
           </cell>
           <cell r="H39" t="str">
             <v>...</v>
           </cell>
           <cell r="I39" t="str">
             <v>...</v>
           </cell>
           <cell r="J39" t="str">
             <v>...</v>
           </cell>
           <cell r="L39" t="str">
             <v>...</v>
           </cell>
-          <cell r="M39"/>
+          <cell r="M39" t="str">
+            <v/>
+          </cell>
         </row>
         <row r="40">
           <cell r="A40">
             <v>19</v>
           </cell>
           <cell r="B40" t="str">
             <v>Aargau</v>
           </cell>
           <cell r="C40" t="str">
             <v>2006/07</v>
           </cell>
           <cell r="D40">
             <v>413.82</v>
           </cell>
           <cell r="E40">
             <v>42.07</v>
           </cell>
           <cell r="F40">
             <v>208.93</v>
           </cell>
           <cell r="G40">
             <v>117.37</v>
           </cell>
           <cell r="H40">
             <v>25.55</v>
@@ -3367,87 +3434,91 @@
           </cell>
           <cell r="D41" t="str">
             <v>...</v>
           </cell>
           <cell r="E41" t="str">
             <v>...</v>
           </cell>
           <cell r="F41" t="str">
             <v>...</v>
           </cell>
           <cell r="G41" t="str">
             <v>...</v>
           </cell>
           <cell r="H41" t="str">
             <v>...</v>
           </cell>
           <cell r="I41" t="str">
             <v>...</v>
           </cell>
           <cell r="J41" t="str">
             <v>...</v>
           </cell>
           <cell r="L41" t="str">
             <v>...</v>
           </cell>
-          <cell r="M41"/>
+          <cell r="M41" t="str">
+            <v/>
+          </cell>
         </row>
         <row r="42">
           <cell r="A42">
             <v>21</v>
           </cell>
           <cell r="B42" t="str">
             <v>Ticino</v>
           </cell>
           <cell r="C42" t="str">
             <v>...</v>
           </cell>
           <cell r="D42" t="str">
             <v>...</v>
           </cell>
           <cell r="E42" t="str">
             <v>...</v>
           </cell>
           <cell r="F42" t="str">
             <v>...</v>
           </cell>
           <cell r="G42" t="str">
             <v>...</v>
           </cell>
           <cell r="H42" t="str">
             <v>...</v>
           </cell>
           <cell r="I42" t="str">
             <v>...</v>
           </cell>
           <cell r="J42" t="str">
             <v>...</v>
           </cell>
           <cell r="L42" t="str">
             <v>...</v>
           </cell>
-          <cell r="M42"/>
+          <cell r="M42" t="str">
+            <v/>
+          </cell>
         </row>
         <row r="43">
           <cell r="A43">
             <v>22</v>
           </cell>
           <cell r="B43" t="str">
             <v>Vaud</v>
           </cell>
           <cell r="C43" t="str">
             <v>2004/05</v>
           </cell>
           <cell r="D43">
             <v>454.97</v>
           </cell>
           <cell r="E43">
             <v>28.08</v>
           </cell>
           <cell r="F43">
             <v>218.5</v>
           </cell>
           <cell r="G43">
             <v>153.69</v>
           </cell>
           <cell r="H43">
             <v>21.99</v>
@@ -3477,51 +3548,53 @@
           </cell>
           <cell r="D44" t="str">
             <v>...</v>
           </cell>
           <cell r="E44" t="str">
             <v>...</v>
           </cell>
           <cell r="F44" t="str">
             <v>...</v>
           </cell>
           <cell r="G44" t="str">
             <v>...</v>
           </cell>
           <cell r="H44" t="str">
             <v>...</v>
           </cell>
           <cell r="I44" t="str">
             <v>...</v>
           </cell>
           <cell r="J44" t="str">
             <v>...</v>
           </cell>
           <cell r="L44" t="str">
             <v>...</v>
           </cell>
-          <cell r="M44"/>
+          <cell r="M44" t="str">
+            <v/>
+          </cell>
         </row>
         <row r="45">
           <cell r="A45">
             <v>24</v>
           </cell>
           <cell r="B45" t="str">
             <v>Neuchâtel</v>
           </cell>
           <cell r="C45" t="str">
             <v>2004/05</v>
           </cell>
           <cell r="D45">
             <v>397.33</v>
           </cell>
           <cell r="E45">
             <v>32.549999999999997</v>
           </cell>
           <cell r="F45">
             <v>188.32</v>
           </cell>
           <cell r="G45">
             <v>124.4</v>
           </cell>
           <cell r="H45">
             <v>22.59</v>
@@ -3897,2246 +3970,3263 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EFE3A03C-934A-4C8D-BD36-66AF39C2C819}">
-  <dimension ref="A1:Q87"/>
+  <dimension ref="A1:Q122"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="130" zoomScaleNormal="130" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11" defaultRowHeight="10.5" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="15" style="3" customWidth="1"/>
-    <col min="2" max="3" width="8.83203125" style="3" customWidth="1"/>
+    <col min="2" max="3" width="8.875" style="3" customWidth="1"/>
     <col min="4" max="4" width="14" style="3" customWidth="1"/>
     <col min="5" max="5" width="11" style="3" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="11.08203125" style="3" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="11.125" style="3" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="11" style="3" customWidth="1"/>
-    <col min="8" max="8" width="11.58203125" style="3" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="11.625" style="3" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="11" style="3"/>
     <col min="10" max="13" width="11" style="2"/>
     <col min="14" max="16384" width="11" style="3"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" s="14" customFormat="1" ht="10.5" customHeight="1">
-[...1 lines deleted...]
-        <v>95</v>
+    <row r="1" spans="1:13" s="14" customFormat="1" ht="12" customHeight="1">
+      <c r="A1" s="52" t="s">
+        <v>124</v>
       </c>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
     </row>
-    <row r="2" spans="1:13" s="15" customFormat="1" ht="10.5" customHeight="1">
+    <row r="2" spans="1:13" s="15" customFormat="1" ht="12" customHeight="1">
       <c r="A2" s="8" t="s">
-        <v>96</v>
+        <v>125</v>
       </c>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
     </row>
-    <row r="3" spans="1:13" s="75" customFormat="1" ht="15" customHeight="1">
-      <c r="A3" s="74" t="s">
+    <row r="3" spans="1:13" s="61" customFormat="1" ht="15" customHeight="1">
+      <c r="A3" s="60" t="s">
         <v>36</v>
       </c>
-      <c r="I3" s="95"/>
-      <c r="J3" s="96"/>
+      <c r="I3" s="93"/>
+      <c r="J3" s="53"/>
       <c r="K3" s="2"/>
       <c r="L3" s="2"/>
       <c r="M3" s="2"/>
     </row>
     <row r="4" spans="1:13" s="2" customFormat="1" ht="10.5" customHeight="1">
-      <c r="A4" s="41" t="s">
+      <c r="A4" s="37" t="s">
         <v>84</v>
       </c>
-      <c r="B4" s="51" t="s">
+      <c r="B4" s="43" t="s">
         <v>39</v>
       </c>
-      <c r="C4" s="31" t="s">
+      <c r="C4" s="82" t="s">
         <v>40</v>
       </c>
-      <c r="D4" s="34" t="s">
+      <c r="D4" s="32" t="s">
         <v>72</v>
       </c>
-      <c r="E4" s="35"/>
-      <c r="F4" s="31" t="s">
+      <c r="E4" s="33"/>
+      <c r="F4" s="29" t="s">
         <v>41</v>
       </c>
-      <c r="G4" s="31" t="s">
+      <c r="G4" s="29" t="s">
         <v>42</v>
       </c>
-      <c r="H4" s="31" t="s">
+      <c r="H4" s="29" t="s">
         <v>43</v>
       </c>
-      <c r="I4" s="96"/>
-      <c r="J4" s="96"/>
+      <c r="I4" s="53"/>
+      <c r="J4" s="53"/>
     </row>
     <row r="5" spans="1:13" s="2" customFormat="1" ht="10.5" customHeight="1">
-      <c r="A5" s="42"/>
-      <c r="B5" s="29" t="s">
+      <c r="A5" s="38"/>
+      <c r="B5" s="27" t="s">
         <v>44</v>
       </c>
-      <c r="C5" s="32" t="s">
+      <c r="C5" s="81" t="s">
         <v>45</v>
       </c>
-      <c r="D5" s="36" t="s">
+      <c r="D5" s="34" t="s">
         <v>73</v>
       </c>
-      <c r="E5" s="37"/>
-      <c r="F5" s="32" t="s">
+      <c r="E5" s="35"/>
+      <c r="F5" s="27" t="s">
         <v>46</v>
       </c>
-      <c r="G5" s="32" t="s">
+      <c r="G5" s="30" t="s">
         <v>47</v>
       </c>
-      <c r="H5" s="32" t="s">
+      <c r="H5" s="30" t="s">
         <v>48</v>
       </c>
-      <c r="I5" s="96"/>
-      <c r="J5" s="96"/>
+      <c r="I5" s="53"/>
+      <c r="J5" s="53"/>
     </row>
     <row r="6" spans="1:13" s="2" customFormat="1" ht="10.5" customHeight="1">
-      <c r="A6" s="42"/>
-      <c r="B6" s="29" t="s">
+      <c r="A6" s="38"/>
+      <c r="B6" s="27" t="s">
         <v>48</v>
       </c>
-      <c r="C6" s="32" t="s">
+      <c r="C6" s="81" t="s">
         <v>48</v>
       </c>
-      <c r="D6" s="39"/>
-[...1 lines deleted...]
-      <c r="F6" s="32" t="s">
+      <c r="D6" s="34"/>
+      <c r="E6" s="80"/>
+      <c r="F6" s="27" t="s">
         <v>70</v>
       </c>
-      <c r="G6" s="32" t="s">
-[...2 lines deleted...]
-      <c r="H6" s="32"/>
+      <c r="G6" s="30" t="s">
+        <v>87</v>
+      </c>
+      <c r="H6" s="30">
+        <v>2025</v>
+      </c>
     </row>
     <row r="7" spans="1:13" s="2" customFormat="1" ht="10.5" customHeight="1">
-      <c r="A7" s="43"/>
-      <c r="B7" s="29" t="s">
+      <c r="A7" s="38"/>
+      <c r="B7" s="27">
+        <v>2026</v>
+      </c>
+      <c r="C7" s="27">
+        <v>2026</v>
+      </c>
+      <c r="D7" s="34"/>
+      <c r="E7" s="80"/>
+      <c r="F7" s="30">
+        <v>2026</v>
+      </c>
+      <c r="G7" s="30">
+        <v>2025</v>
+      </c>
+      <c r="H7" s="30"/>
+    </row>
+    <row r="8" spans="1:13" s="2" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A8" s="39"/>
+      <c r="B8" s="27" t="s">
         <v>49</v>
       </c>
-      <c r="C7" s="32" t="s">
+      <c r="C8" s="30" t="s">
         <v>49</v>
       </c>
-      <c r="D7" s="31" t="s">
+      <c r="D8" s="29" t="s">
         <v>50</v>
       </c>
-      <c r="E7" s="29" t="s">
+      <c r="E8" s="29" t="s">
         <v>51</v>
       </c>
-      <c r="F7" s="32" t="s">
+      <c r="F8" s="30" t="s">
         <v>52</v>
       </c>
-      <c r="G7" s="32" t="s">
+      <c r="G8" s="30" t="s">
         <v>53</v>
       </c>
-      <c r="H7" s="32" t="s">
+      <c r="H8" s="30" t="s">
         <v>54</v>
       </c>
     </row>
-    <row r="8" spans="1:13" s="2" customFormat="1" ht="10.5" customHeight="1">
-[...1 lines deleted...]
-      <c r="B8" s="29" t="s">
+    <row r="9" spans="1:13" s="2" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A9" s="30"/>
+      <c r="B9" s="27" t="s">
         <v>55</v>
       </c>
-      <c r="C8" s="32" t="s">
+      <c r="C9" s="30" t="s">
         <v>35</v>
       </c>
-      <c r="D8" s="32" t="s">
+      <c r="D9" s="30" t="s">
         <v>56</v>
       </c>
-      <c r="E8" s="29" t="s">
+      <c r="E9" s="30" t="s">
         <v>57</v>
       </c>
-      <c r="F8" s="32" t="s">
+      <c r="F9" s="30" t="s">
         <v>58</v>
       </c>
-      <c r="G8" s="32" t="s">
+      <c r="G9" s="30" t="s">
         <v>59</v>
       </c>
-      <c r="H8" s="32" t="s">
+      <c r="H9" s="27" t="s">
         <v>60</v>
       </c>
     </row>
-    <row r="9" spans="1:13" s="2" customFormat="1" ht="10.5" customHeight="1">
-[...1 lines deleted...]
-      <c r="B9" s="38" t="s">
+    <row r="10" spans="1:13" s="2" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A10" s="27"/>
+      <c r="B10" s="30" t="s">
         <v>60</v>
       </c>
-      <c r="C9" s="33" t="s">
+      <c r="C10" s="27" t="s">
         <v>60</v>
       </c>
-      <c r="D9" s="33"/>
-[...1 lines deleted...]
-      <c r="F9" s="33" t="s">
+      <c r="D10" s="27"/>
+      <c r="E10" s="27"/>
+      <c r="F10" s="27" t="s">
         <v>71</v>
       </c>
-      <c r="G9" s="33" t="s">
+      <c r="G10" s="27" t="s">
         <v>60</v>
       </c>
-      <c r="H9" s="33"/>
-[...5 lines deleted...]
-      <c r="B10" s="56">
+      <c r="H10" s="30">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" s="2" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A11" s="36"/>
+      <c r="B11" s="31">
+        <v>2026</v>
+      </c>
+      <c r="C11" s="36">
+        <v>2026</v>
+      </c>
+      <c r="D11" s="36"/>
+      <c r="E11" s="36"/>
+      <c r="F11" s="36">
+        <v>2026</v>
+      </c>
+      <c r="G11" s="36">
+        <v>2025</v>
+      </c>
+      <c r="H11" s="31"/>
+    </row>
+    <row r="12" spans="1:13" s="1" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A12" s="46" t="s">
+        <v>121</v>
+      </c>
+      <c r="B12" s="47">
         <v>143</v>
       </c>
-      <c r="C10" s="56">
-[...2 lines deleted...]
-      <c r="D10" s="57" t="s">
+      <c r="C12" s="47">
+        <v>2110</v>
+      </c>
+      <c r="D12" s="48" t="s">
         <v>83</v>
       </c>
-      <c r="E10" s="56">
+      <c r="E12" s="47">
         <v>4129071</v>
       </c>
-      <c r="F10" s="56">
-[...16 lines deleted...]
-      <c r="A11" s="59" t="s">
+      <c r="F12" s="47">
+        <f>E12/C12</f>
+        <v>1956.9056872037916</v>
+      </c>
+      <c r="G12" s="47">
+        <v>9051029</v>
+      </c>
+      <c r="H12" s="83">
+        <f>G12/E12*100</f>
+        <v>219.20255185730642</v>
+      </c>
+      <c r="K12" s="2"/>
+      <c r="L12" s="2"/>
+      <c r="M12" s="2"/>
+    </row>
+    <row r="13" spans="1:13" ht="10.5" customHeight="1">
+      <c r="A13" s="50" t="s">
         <v>17</v>
       </c>
-      <c r="B11" s="10">
+      <c r="B13" s="10">
         <v>11</v>
       </c>
-      <c r="C11" s="10">
-[...2 lines deleted...]
-      <c r="D11" s="9" t="s">
+      <c r="C13" s="10">
+        <v>196</v>
+      </c>
+      <c r="D13" s="9" t="s">
         <v>74</v>
       </c>
-      <c r="E11" s="10">
+      <c r="E13" s="10">
         <v>140385</v>
       </c>
-      <c r="F11" s="10">
-[...13 lines deleted...]
-      <c r="A12" s="59" t="s">
+      <c r="F13" s="10">
+        <f t="shared" ref="F13:F38" si="0">E13/C13</f>
+        <v>716.25</v>
+      </c>
+      <c r="G13" s="10">
+        <v>735808</v>
+      </c>
+      <c r="H13" s="28">
+        <f t="shared" ref="H13:H38" si="1">G13/E13*100</f>
+        <v>524.13576949104254</v>
+      </c>
+      <c r="I13" s="1"/>
+    </row>
+    <row r="14" spans="1:13" ht="10.5" customHeight="1">
+      <c r="A14" s="50" t="s">
         <v>14</v>
       </c>
-      <c r="B12" s="10">
+      <c r="B14" s="10">
         <v>3</v>
       </c>
-      <c r="C12" s="10">
+      <c r="C14" s="10">
         <v>20</v>
       </c>
-      <c r="D12" s="9">
+      <c r="D14" s="9">
         <v>2017</v>
       </c>
-      <c r="E12" s="10">
+      <c r="E14" s="10">
         <v>24291</v>
       </c>
-      <c r="F12" s="10">
+      <c r="F14" s="10">
         <f t="shared" si="0"/>
         <v>1214.55</v>
       </c>
-      <c r="G12" s="10">
-[...2 lines deleted...]
-      <c r="H12" s="30">
+      <c r="G14" s="10">
+        <v>56705</v>
+      </c>
+      <c r="H14" s="28">
         <f t="shared" si="1"/>
-        <v>232.57585113828165</v>
-[...4 lines deleted...]
-      <c r="A13" s="59" t="s">
+        <v>233.44036886089498</v>
+      </c>
+      <c r="I14" s="42"/>
+    </row>
+    <row r="15" spans="1:13" ht="10.5" customHeight="1">
+      <c r="A15" s="50" t="s">
         <v>15</v>
       </c>
-      <c r="B13" s="10">
+      <c r="B15" s="10">
         <v>1</v>
       </c>
-      <c r="C13" s="10">
+      <c r="C15" s="10">
         <v>5</v>
       </c>
-      <c r="D13" s="9">
+      <c r="D15" s="9">
         <v>2017</v>
       </c>
-      <c r="E13" s="10">
+      <c r="E15" s="10">
         <v>17236</v>
       </c>
-      <c r="F13" s="10">
+      <c r="F15" s="10">
         <f t="shared" si="0"/>
         <v>3447.2</v>
       </c>
-      <c r="G13" s="10">
-[...2 lines deleted...]
-      <c r="H13" s="30">
+      <c r="G15" s="10">
+        <v>16733</v>
+      </c>
+      <c r="H15" s="28">
         <f t="shared" si="1"/>
-        <v>96.223021582733821</v>
-[...4 lines deleted...]
-      <c r="A14" s="59" t="s">
+        <v>97.081689487119988</v>
+      </c>
+      <c r="I15" s="42"/>
+    </row>
+    <row r="16" spans="1:13" ht="10.5" customHeight="1">
+      <c r="A16" s="50" t="s">
         <v>12</v>
       </c>
-      <c r="B14" s="10">
+      <c r="B16" s="10">
         <v>5</v>
       </c>
-      <c r="C14" s="10">
+      <c r="C16" s="10">
         <v>86</v>
       </c>
-      <c r="D14" s="9" t="s">
+      <c r="D16" s="9" t="s">
         <v>75</v>
       </c>
-      <c r="E14" s="10">
+      <c r="E16" s="10">
         <v>51775</v>
       </c>
-      <c r="F14" s="10">
+      <c r="F16" s="10">
         <f t="shared" si="0"/>
         <v>602.03488372093022</v>
       </c>
-      <c r="G14" s="10">
-[...2 lines deleted...]
-      <c r="H14" s="30">
+      <c r="G16" s="10">
+        <v>301323</v>
+      </c>
+      <c r="H16" s="28">
         <f t="shared" si="1"/>
-        <v>577.18396909705461</v>
-[...4 lines deleted...]
-      <c r="A15" s="59" t="s">
+        <v>581.9855142443264</v>
+      </c>
+      <c r="I16" s="42"/>
+    </row>
+    <row r="17" spans="1:10" ht="10.5" customHeight="1">
+      <c r="A17" s="50" t="s">
         <v>11</v>
       </c>
-      <c r="B15" s="10">
+      <c r="B17" s="10">
         <v>1</v>
       </c>
-      <c r="C15" s="10">
+      <c r="C17" s="10">
         <v>3</v>
       </c>
-      <c r="D15" s="9">
+      <c r="D17" s="9">
         <v>2014</v>
       </c>
-      <c r="E15" s="10">
+      <c r="E17" s="10">
         <v>3697</v>
       </c>
-      <c r="F15" s="10">
+      <c r="F17" s="10">
         <f t="shared" si="0"/>
         <v>1232.3333333333333</v>
       </c>
-      <c r="G15" s="10">
-[...2 lines deleted...]
-      <c r="H15" s="30">
+      <c r="G17" s="10">
+        <v>201384</v>
+      </c>
+      <c r="H17" s="28">
         <f t="shared" si="1"/>
-        <v>5410.6302407357316</v>
-[...5 lines deleted...]
-      <c r="A16" s="59" t="s">
+        <v>5447.2274817419529</v>
+      </c>
+      <c r="I17" s="42"/>
+    </row>
+    <row r="18" spans="1:10" ht="10.5" customHeight="1">
+      <c r="A18" s="50" t="s">
         <v>1</v>
       </c>
-      <c r="B16" s="10">
+      <c r="B18" s="10">
         <v>10</v>
       </c>
-      <c r="C16" s="10">
-[...2 lines deleted...]
-      <c r="D16" s="9" t="s">
+      <c r="C18" s="10">
+        <v>334</v>
+      </c>
+      <c r="D18" s="9" t="s">
         <v>76</v>
       </c>
-      <c r="E16" s="10">
+      <c r="E18" s="10">
         <v>595852</v>
-      </c>
-[...56 lines deleted...]
-        <v>28237</v>
       </c>
       <c r="F18" s="10">
         <f t="shared" si="0"/>
-        <v>627.48888888888894</v>
+        <v>1783.9880239520958</v>
       </c>
       <c r="G18" s="10">
-        <v>524410</v>
-[...1 lines deleted...]
-      <c r="H18" s="30">
+        <v>1071216</v>
+      </c>
+      <c r="H18" s="28">
         <f t="shared" si="1"/>
-        <v>1857.1732124517478</v>
-[...4 lines deleted...]
-      <c r="A19" s="59" t="s">
+        <v>179.77887126333385</v>
+      </c>
+      <c r="I18" s="42"/>
+      <c r="J18" s="89"/>
+    </row>
+    <row r="19" spans="1:10" ht="10.5" customHeight="1">
+      <c r="A19" s="50" t="s">
+        <v>9</v>
+      </c>
+      <c r="B19" s="10">
         <v>7</v>
       </c>
-      <c r="B19" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="C19" s="10">
-        <v>3</v>
+        <v>119</v>
       </c>
       <c r="D19" s="9" t="s">
-        <v>77</v>
+        <v>38</v>
       </c>
       <c r="E19" s="10">
-        <v>68534</v>
+        <v>167244</v>
       </c>
       <c r="F19" s="10">
         <f t="shared" si="0"/>
-        <v>22844.666666666668</v>
+        <v>1405.4117647058824</v>
       </c>
       <c r="G19" s="10">
-        <v>42056</v>
-[...1 lines deleted...]
-      <c r="H19" s="30">
+        <v>346674</v>
+      </c>
+      <c r="H19" s="28">
         <f t="shared" si="1"/>
-        <v>61.365161817492051</v>
-[...5 lines deleted...]
-        <v>16</v>
+        <v>207.28636004879098</v>
+      </c>
+      <c r="I19" s="42"/>
+    </row>
+    <row r="20" spans="1:10" ht="10.5" customHeight="1">
+      <c r="A20" s="50" t="s">
+        <v>23</v>
       </c>
       <c r="B20" s="10">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="C20" s="10">
-        <v>100</v>
-[...2 lines deleted...]
-        <v>78</v>
+        <v>45</v>
+      </c>
+      <c r="D20" s="9">
+        <v>2012</v>
       </c>
       <c r="E20" s="10">
-        <v>710517</v>
+        <v>28237</v>
       </c>
       <c r="F20" s="10">
         <f t="shared" si="0"/>
-        <v>7105.17</v>
+        <v>627.48888888888894</v>
       </c>
       <c r="G20" s="10">
-        <v>204888</v>
-[...1 lines deleted...]
-      <c r="H20" s="30">
+        <v>531102</v>
+      </c>
+      <c r="H20" s="28">
         <f t="shared" si="1"/>
-        <v>28.836466967011344</v>
-[...5 lines deleted...]
-        <v>24</v>
+        <v>1880.8726139462408</v>
+      </c>
+      <c r="I20" s="42"/>
+    </row>
+    <row r="21" spans="1:10" ht="10.5" customHeight="1">
+      <c r="A21" s="50" t="s">
+        <v>7</v>
       </c>
       <c r="B21" s="10">
+        <v>1</v>
+      </c>
+      <c r="C21" s="10">
         <v>3</v>
       </c>
-      <c r="C21" s="10">
-[...3 lines deleted...]
-        <v>2014</v>
+      <c r="D21" s="9" t="s">
+        <v>77</v>
       </c>
       <c r="E21" s="10">
-        <v>83857</v>
+        <v>68534</v>
       </c>
       <c r="F21" s="10">
         <f t="shared" si="0"/>
-        <v>1677.14</v>
+        <v>22844.666666666668</v>
       </c>
       <c r="G21" s="10">
-        <v>74548</v>
-[...1 lines deleted...]
-      <c r="H21" s="30">
+        <v>42371</v>
+      </c>
+      <c r="H21" s="28">
         <f t="shared" si="1"/>
-        <v>88.89895894200842</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>61.824787696617733</v>
+      </c>
+      <c r="I21" s="42"/>
+    </row>
+    <row r="22" spans="1:10" ht="10.5" customHeight="1">
+      <c r="A22" s="50" t="s">
+        <v>16</v>
       </c>
       <c r="B22" s="10">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="C22" s="10">
-        <v>79</v>
+        <v>100</v>
       </c>
       <c r="D22" s="9" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="E22" s="10">
-        <v>149330</v>
+        <v>710517</v>
       </c>
       <c r="F22" s="10">
         <f t="shared" si="0"/>
-        <v>1890.253164556962</v>
+        <v>7105.17</v>
       </c>
       <c r="G22" s="10">
-        <v>432744</v>
-[...1 lines deleted...]
-      <c r="H22" s="30">
+        <v>206138</v>
+      </c>
+      <c r="H22" s="28">
         <f t="shared" si="1"/>
-        <v>289.79039710707826</v>
-[...5 lines deleted...]
-        <v>22</v>
+        <v>29.012395199551875</v>
+      </c>
+      <c r="I22" s="42"/>
+    </row>
+    <row r="23" spans="1:10" ht="10.5" customHeight="1">
+      <c r="A23" s="50" t="s">
+        <v>24</v>
       </c>
       <c r="B23" s="10">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="C23" s="10">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>51</v>
+      </c>
+      <c r="D23" s="9">
+        <v>2014</v>
       </c>
       <c r="E23" s="10">
-        <v>80214</v>
+        <v>83857</v>
       </c>
       <c r="F23" s="10">
         <f t="shared" si="0"/>
-        <v>3342.25</v>
+        <v>1644.2549019607843</v>
       </c>
       <c r="G23" s="10">
-        <v>178291</v>
-[...1 lines deleted...]
-      <c r="H23" s="30">
+        <v>74840</v>
+      </c>
+      <c r="H23" s="28">
         <f t="shared" si="1"/>
-        <v>222.26917994365073</v>
-[...4 lines deleted...]
-      <c r="A24" s="59" t="s">
+        <v>89.247170778825861</v>
+      </c>
+      <c r="I23" s="42"/>
+    </row>
+    <row r="24" spans="1:10" ht="10.5" customHeight="1">
+      <c r="A24" s="50" t="s">
+        <v>2</v>
+      </c>
+      <c r="B24" s="10">
         <v>6</v>
       </c>
-      <c r="B24" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="C24" s="10">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>2016</v>
+        <v>79</v>
+      </c>
+      <c r="D24" s="9" t="s">
+        <v>74</v>
       </c>
       <c r="E24" s="10">
-        <v>27597</v>
+        <v>149330</v>
       </c>
       <c r="F24" s="10">
         <f t="shared" si="0"/>
-        <v>2508.818181818182</v>
+        <v>1890.253164556962</v>
       </c>
       <c r="G24" s="10">
-        <v>45016</v>
-[...1 lines deleted...]
-      <c r="H24" s="30">
+        <v>437944</v>
+      </c>
+      <c r="H24" s="28">
         <f t="shared" si="1"/>
-        <v>163.11917962097328</v>
-[...5 lines deleted...]
-        <v>5</v>
+        <v>293.27261769235918</v>
+      </c>
+      <c r="I24" s="42"/>
+    </row>
+    <row r="25" spans="1:10" ht="10.5" customHeight="1">
+      <c r="A25" s="50" t="s">
+        <v>22</v>
       </c>
       <c r="B25" s="10">
         <v>1</v>
       </c>
       <c r="C25" s="10">
-        <v>7</v>
+        <v>24</v>
       </c>
       <c r="D25" s="9" t="s">
-        <v>74</v>
+        <v>38</v>
       </c>
       <c r="E25" s="10">
-        <v>49063</v>
+        <v>80214</v>
       </c>
       <c r="F25" s="10">
         <f t="shared" si="0"/>
-        <v>7009</v>
+        <v>3342.25</v>
       </c>
       <c r="G25" s="10">
-        <v>39272</v>
-[...1 lines deleted...]
-      <c r="H25" s="30">
+        <v>179518</v>
+      </c>
+      <c r="H25" s="28">
         <f t="shared" si="1"/>
-        <v>80.044025029044292</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>223.79883810806095</v>
+      </c>
+      <c r="I25" s="42"/>
+    </row>
+    <row r="26" spans="1:10" ht="10.5" customHeight="1">
+      <c r="A26" s="50" t="s">
+        <v>6</v>
       </c>
       <c r="B26" s="10">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="C26" s="10">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>77</v>
+        <v>11</v>
+      </c>
+      <c r="D26" s="9">
+        <v>2016</v>
       </c>
       <c r="E26" s="10">
-        <v>202822</v>
+        <v>27597</v>
       </c>
       <c r="F26" s="10">
         <f t="shared" si="0"/>
-        <v>2704.2933333333335</v>
+        <v>2508.818181818182</v>
       </c>
       <c r="G26" s="10">
-        <v>535114</v>
-[...1 lines deleted...]
-      <c r="H26" s="30">
+        <v>45345</v>
+      </c>
+      <c r="H26" s="28">
         <f t="shared" si="1"/>
-        <v>263.83429805445166</v>
-[...5 lines deleted...]
-        <v>13</v>
+        <v>164.31133818893358</v>
+      </c>
+      <c r="I26" s="42"/>
+    </row>
+    <row r="27" spans="1:10" ht="10.5" customHeight="1">
+      <c r="A27" s="50" t="s">
+        <v>5</v>
       </c>
       <c r="B27" s="10">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="C27" s="10">
-        <v>26</v>
+        <v>7</v>
       </c>
       <c r="D27" s="9" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
       <c r="E27" s="10">
-        <v>29843</v>
+        <v>49063</v>
       </c>
       <c r="F27" s="10">
         <f t="shared" si="0"/>
-        <v>1147.8076923076924</v>
+        <v>7009</v>
       </c>
       <c r="G27" s="10">
-        <v>87111</v>
-[...1 lines deleted...]
-      <c r="H27" s="30">
+        <v>39662</v>
+      </c>
+      <c r="H27" s="28">
         <f t="shared" si="1"/>
-        <v>291.89759742653217</v>
-[...5 lines deleted...]
-        <v>4</v>
+        <v>80.838921386788414</v>
+      </c>
+      <c r="I27" s="42"/>
+    </row>
+    <row r="28" spans="1:10" ht="10.5" customHeight="1">
+      <c r="A28" s="50" t="s">
+        <v>61</v>
       </c>
       <c r="B28" s="10">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="C28" s="10">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>2016</v>
+        <v>75</v>
+      </c>
+      <c r="D28" s="9" t="s">
+        <v>77</v>
       </c>
       <c r="E28" s="10">
-        <v>90804</v>
+        <v>202822</v>
       </c>
       <c r="F28" s="10">
         <f t="shared" si="0"/>
-        <v>3026.8</v>
+        <v>2704.2933333333335</v>
       </c>
       <c r="G28" s="10">
-        <v>167403</v>
-[...1 lines deleted...]
-      <c r="H28" s="30">
+        <v>540036</v>
+      </c>
+      <c r="H28" s="28">
         <f t="shared" si="1"/>
-        <v>184.35641601691555</v>
-[...5 lines deleted...]
-        <v>10</v>
+        <v>266.26105649288536</v>
+      </c>
+      <c r="I28" s="42"/>
+    </row>
+    <row r="29" spans="1:10" ht="10.5" customHeight="1">
+      <c r="A29" s="50" t="s">
+        <v>13</v>
       </c>
       <c r="B29" s="10">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="C29" s="10">
-        <v>106</v>
+        <v>26</v>
       </c>
       <c r="D29" s="9" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="E29" s="10">
-        <v>79039</v>
+        <v>29843</v>
       </c>
       <c r="F29" s="10">
         <f t="shared" si="0"/>
-        <v>745.65094339622647</v>
+        <v>1147.8076923076924</v>
       </c>
       <c r="G29" s="10">
-        <v>286844</v>
-[...1 lines deleted...]
-      <c r="H29" s="30">
+        <v>88667</v>
+      </c>
+      <c r="H29" s="28">
         <f t="shared" si="1"/>
-        <v>362.91451055807892</v>
-[...5 lines deleted...]
-        <v>18</v>
+        <v>297.11155044734107</v>
+      </c>
+      <c r="I29" s="42"/>
+    </row>
+    <row r="30" spans="1:10" ht="10.5" customHeight="1">
+      <c r="A30" s="50" t="s">
+        <v>4</v>
       </c>
       <c r="B30" s="10">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C30" s="10">
-        <v>80</v>
-[...2 lines deleted...]
-        <v>79</v>
+        <v>30</v>
+      </c>
+      <c r="D30" s="9">
+        <v>2016</v>
       </c>
       <c r="E30" s="10">
-        <v>99400</v>
+        <v>90804</v>
       </c>
       <c r="F30" s="10">
         <f t="shared" si="0"/>
-        <v>1242.5</v>
+        <v>3026.8</v>
       </c>
       <c r="G30" s="10">
-        <v>295220</v>
-[...1 lines deleted...]
-      <c r="H30" s="30">
+        <v>168931</v>
+      </c>
+      <c r="H30" s="28">
         <f t="shared" si="1"/>
-        <v>297.00201207243458</v>
-[...5 lines deleted...]
-        <v>19</v>
+        <v>186.03916127042862</v>
+      </c>
+      <c r="I30" s="42"/>
+    </row>
+    <row r="31" spans="1:10" ht="10.5" customHeight="1">
+      <c r="A31" s="50" t="s">
+        <v>10</v>
       </c>
       <c r="B31" s="10">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="C31" s="10">
-        <v>106</v>
-[...2 lines deleted...]
-        <v>80</v>
+        <v>104</v>
+      </c>
+      <c r="D31" s="9" t="s">
+        <v>75</v>
       </c>
       <c r="E31" s="10">
-        <v>281230</v>
+        <v>79039</v>
       </c>
       <c r="F31" s="10">
         <f t="shared" si="0"/>
-        <v>2653.1132075471696</v>
+        <v>759.99038461538464</v>
       </c>
       <c r="G31" s="10">
-        <v>357720</v>
-[...1 lines deleted...]
-      <c r="H31" s="30">
+        <v>289792</v>
+      </c>
+      <c r="H31" s="28">
         <f t="shared" si="1"/>
-        <v>127.19837855136365</v>
-[...5 lines deleted...]
-        <v>3</v>
+        <v>366.64431483191839</v>
+      </c>
+      <c r="I31" s="42"/>
+    </row>
+    <row r="32" spans="1:10" ht="10.5" customHeight="1">
+      <c r="A32" s="50" t="s">
+        <v>18</v>
       </c>
       <c r="B32" s="10">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="C32" s="10">
-        <v>19</v>
+        <v>80</v>
       </c>
       <c r="D32" s="9" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="E32" s="10">
-        <v>107639</v>
+        <v>99400</v>
       </c>
       <c r="F32" s="10">
         <f t="shared" si="0"/>
-        <v>5665.2105263157891</v>
+        <v>1242.5</v>
       </c>
       <c r="G32" s="10">
-        <v>37931</v>
-[...1 lines deleted...]
-      <c r="H32" s="30">
+        <v>299509</v>
+      </c>
+      <c r="H32" s="28">
         <f t="shared" si="1"/>
-        <v>35.239086204814242</v>
-[...1 lines deleted...]
-      <c r="I32" s="48"/>
+        <v>301.31690140845069</v>
+      </c>
+      <c r="I32" s="42"/>
     </row>
     <row r="33" spans="1:13" ht="10.5" customHeight="1">
-      <c r="A33" s="59" t="s">
-        <v>21</v>
+      <c r="A33" s="50" t="s">
+        <v>19</v>
       </c>
       <c r="B33" s="10">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="C33" s="10">
-        <v>122</v>
-[...2 lines deleted...]
-        <v>81</v>
+        <v>100</v>
+      </c>
+      <c r="D33" s="54" t="s">
+        <v>80</v>
       </c>
       <c r="E33" s="10">
-        <v>522482</v>
+        <v>281230</v>
       </c>
       <c r="F33" s="10">
         <f t="shared" si="0"/>
-        <v>4282.6393442622948</v>
+        <v>2812.3</v>
       </c>
       <c r="G33" s="10">
-        <v>365844</v>
-[...1 lines deleted...]
-      <c r="H33" s="30">
+        <v>358903</v>
+      </c>
+      <c r="H33" s="28">
         <f t="shared" si="1"/>
-        <v>70.020402616740867</v>
-[...1 lines deleted...]
-      <c r="I33" s="48"/>
+        <v>127.61903068662662</v>
+      </c>
+      <c r="I33" s="42"/>
     </row>
     <row r="34" spans="1:13" ht="10.5" customHeight="1">
-      <c r="A34" s="59" t="s">
-        <v>20</v>
+      <c r="A34" s="50" t="s">
+        <v>3</v>
       </c>
       <c r="B34" s="10">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="C34" s="10">
-        <v>300</v>
+        <v>19</v>
       </c>
       <c r="D34" s="9" t="s">
-        <v>82</v>
+        <v>74</v>
       </c>
       <c r="E34" s="10">
-        <v>321223</v>
+        <v>107639</v>
       </c>
       <c r="F34" s="10">
         <f t="shared" si="0"/>
-        <v>1070.7433333333333</v>
+        <v>5665.2105263157891</v>
       </c>
       <c r="G34" s="10">
-        <v>845870</v>
-[...1 lines deleted...]
-      <c r="H34" s="30">
+        <v>38275</v>
+      </c>
+      <c r="H34" s="28">
         <f t="shared" si="1"/>
-        <v>263.32796842069217</v>
-[...1 lines deleted...]
-      <c r="I34" s="48"/>
+        <v>35.558672971692417</v>
+      </c>
+      <c r="I34" s="42"/>
     </row>
     <row r="35" spans="1:13" ht="10.5" customHeight="1">
-      <c r="A35" s="59" t="s">
-        <v>8</v>
+      <c r="A35" s="50" t="s">
+        <v>21</v>
       </c>
       <c r="B35" s="10">
-        <v>1</v>
+        <v>13</v>
       </c>
       <c r="C35" s="10">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>2016</v>
+        <v>122</v>
+      </c>
+      <c r="D35" s="9" t="s">
+        <v>81</v>
       </c>
       <c r="E35" s="10">
-        <v>23874</v>
+        <v>522482</v>
       </c>
       <c r="F35" s="10">
         <f t="shared" si="0"/>
-        <v>2170.3636363636365</v>
+        <v>4282.6393442622948</v>
       </c>
       <c r="G35" s="10">
-        <v>132556</v>
-[...1 lines deleted...]
-      <c r="H35" s="30">
+        <v>371288</v>
+      </c>
+      <c r="H35" s="28">
         <f t="shared" si="1"/>
-        <v>555.23163273854402</v>
-[...1 lines deleted...]
-      <c r="I35" s="48"/>
+        <v>71.062352387259281</v>
+      </c>
+      <c r="I35" s="42"/>
     </row>
     <row r="36" spans="1:13" ht="10.5" customHeight="1">
-      <c r="A36" s="59" t="s">
-        <v>0</v>
+      <c r="A36" s="50" t="s">
+        <v>20</v>
       </c>
       <c r="B36" s="10">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="C36" s="10">
-        <v>160</v>
+        <v>300</v>
       </c>
       <c r="D36" s="9" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="E36" s="10">
-        <v>172886</v>
+        <v>321223</v>
       </c>
       <c r="F36" s="10">
         <f t="shared" si="0"/>
+        <v>1070.7433333333333</v>
+      </c>
+      <c r="G36" s="10">
+        <v>855106</v>
+      </c>
+      <c r="H36" s="28">
+        <f t="shared" si="1"/>
+        <v>266.2032295321319</v>
+      </c>
+      <c r="I36" s="42"/>
+    </row>
+    <row r="37" spans="1:13" ht="10.5" customHeight="1">
+      <c r="A37" s="50" t="s">
+        <v>8</v>
+      </c>
+      <c r="B37" s="10">
+        <v>1</v>
+      </c>
+      <c r="C37" s="10">
+        <v>11</v>
+      </c>
+      <c r="D37" s="9">
+        <v>2016</v>
+      </c>
+      <c r="E37" s="10">
+        <v>23874</v>
+      </c>
+      <c r="F37" s="10">
+        <f t="shared" si="0"/>
+        <v>2170.3636363636365</v>
+      </c>
+      <c r="G37" s="10">
+        <v>133739</v>
+      </c>
+      <c r="H37" s="28">
+        <f t="shared" si="1"/>
+        <v>560.18681410739714</v>
+      </c>
+      <c r="I37" s="42"/>
+    </row>
+    <row r="38" spans="1:13" ht="10.5" customHeight="1">
+      <c r="A38" s="50" t="s">
+        <v>0</v>
+      </c>
+      <c r="B38" s="10">
+        <v>12</v>
+      </c>
+      <c r="C38" s="10">
+        <v>160</v>
+      </c>
+      <c r="D38" s="9" t="s">
+        <v>79</v>
+      </c>
+      <c r="E38" s="10">
+        <v>172886</v>
+      </c>
+      <c r="F38" s="10">
+        <f t="shared" si="0"/>
         <v>1080.5374999999999</v>
       </c>
-      <c r="G36" s="10">
-[...2 lines deleted...]
-      <c r="H36" s="30">
+      <c r="G38" s="10">
+        <v>1620020</v>
+      </c>
+      <c r="H38" s="28">
         <f t="shared" si="1"/>
-        <v>928.65124995661881</v>
-[...24 lines deleted...]
-      <c r="B38" s="57">
+        <v>937.04522054995789</v>
+      </c>
+      <c r="I38" s="42"/>
+    </row>
+    <row r="39" spans="1:13" s="1" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A39" s="46" t="s">
+        <v>32</v>
+      </c>
+      <c r="B39" s="48"/>
+      <c r="C39" s="48"/>
+      <c r="D39" s="48"/>
+      <c r="E39" s="48"/>
+      <c r="F39" s="48"/>
+      <c r="G39" s="48"/>
+      <c r="H39" s="26"/>
+      <c r="I39" s="42"/>
+      <c r="J39" s="2"/>
+      <c r="K39" s="2"/>
+      <c r="L39" s="2"/>
+      <c r="M39" s="2"/>
+    </row>
+    <row r="40" spans="1:13" s="1" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A40" s="46" t="s">
+        <v>122</v>
+      </c>
+      <c r="B40" s="48">
         <v>7</v>
       </c>
-      <c r="C38" s="57">
+      <c r="C40" s="48">
         <v>121</v>
       </c>
-      <c r="D38" s="69" t="s">
-[...2 lines deleted...]
-      <c r="E38" s="57">
+      <c r="D40" s="55" t="s">
+        <v>88</v>
+      </c>
+      <c r="E40" s="48">
         <v>167244</v>
       </c>
-      <c r="F38" s="57">
-        <f t="shared" ref="F38:F45" si="2">E38/C38</f>
+      <c r="F40" s="48">
+        <f t="shared" ref="F40:F47" si="2">E40/C40</f>
         <v>1382.1818181818182</v>
       </c>
-      <c r="G38" s="57">
-[...12 lines deleted...]
-      <c r="A39" s="59" t="s">
+      <c r="G40" s="48">
+        <v>346674</v>
+      </c>
+      <c r="H40" s="26">
+        <f t="shared" ref="H40:H47" si="3">G40/E40*100</f>
+        <v>207.28636004879098</v>
+      </c>
+      <c r="J40" s="2"/>
+      <c r="K40" s="2"/>
+      <c r="L40" s="2"/>
+      <c r="M40" s="2"/>
+    </row>
+    <row r="41" spans="1:13" ht="10.5" customHeight="1">
+      <c r="A41" s="50" t="s">
         <v>29</v>
       </c>
-      <c r="B39" s="10">
+      <c r="B41" s="10">
         <v>1</v>
       </c>
-      <c r="C39" s="10">
+      <c r="C41" s="10">
         <v>18</v>
       </c>
-      <c r="D39" s="16" t="s">
-[...2 lines deleted...]
-      <c r="E39" s="10">
+      <c r="D41" s="16" t="s">
+        <v>88</v>
+      </c>
+      <c r="E41" s="10">
         <v>17354</v>
       </c>
-      <c r="F39" s="10">
+      <c r="F41" s="10">
         <f t="shared" si="2"/>
         <v>964.11111111111109</v>
       </c>
-      <c r="G39" s="58">
-[...2 lines deleted...]
-      <c r="H39" s="53">
+      <c r="G41" s="49">
+        <v>36573</v>
+      </c>
+      <c r="H41" s="45">
         <f t="shared" si="3"/>
-        <v>206.66705082401751</v>
-[...4 lines deleted...]
-      <c r="A40" s="59" t="s">
+        <v>210.74680189005414</v>
+      </c>
+      <c r="I41" s="53"/>
+    </row>
+    <row r="42" spans="1:13" ht="10.5" customHeight="1">
+      <c r="A42" s="50" t="s">
         <v>28</v>
       </c>
-      <c r="B40" s="10">
+      <c r="B42" s="10">
         <v>1</v>
       </c>
-      <c r="C40" s="10">
+      <c r="C42" s="10">
         <v>14</v>
       </c>
-      <c r="D40" s="16" t="s">
-[...2 lines deleted...]
-      <c r="E40" s="10">
+      <c r="D42" s="16" t="s">
+        <v>88</v>
+      </c>
+      <c r="E42" s="10">
         <v>16878</v>
       </c>
-      <c r="F40" s="10">
+      <c r="F42" s="10">
         <f t="shared" si="2"/>
         <v>1205.5714285714287</v>
       </c>
-      <c r="G40" s="58">
-[...2 lines deleted...]
-      <c r="H40" s="53">
+      <c r="G42" s="49">
+        <v>27024</v>
+      </c>
+      <c r="H42" s="45">
         <f t="shared" si="3"/>
-        <v>157.07429790259508</v>
-[...5 lines deleted...]
-      <c r="A41" s="59" t="s">
+        <v>160.11375755421258</v>
+      </c>
+      <c r="I42"/>
+      <c r="M42" s="56"/>
+    </row>
+    <row r="43" spans="1:13" ht="10.5" customHeight="1">
+      <c r="A43" s="50" t="s">
         <v>27</v>
       </c>
-      <c r="B41" s="10">
+      <c r="B43" s="10">
         <v>1</v>
       </c>
-      <c r="C41" s="10">
+      <c r="C43" s="10">
         <v>25</v>
       </c>
-      <c r="D41" s="16" t="s">
-[...2 lines deleted...]
-      <c r="E41" s="10">
+      <c r="D43" s="16" t="s">
+        <v>88</v>
+      </c>
+      <c r="E43" s="10">
         <v>48983</v>
       </c>
-      <c r="F41" s="10">
+      <c r="F43" s="10">
         <f t="shared" si="2"/>
         <v>1959.32</v>
       </c>
-      <c r="G41" s="58">
-[...2 lines deleted...]
-      <c r="H41" s="53">
+      <c r="G43" s="49">
+        <v>62413</v>
+      </c>
+      <c r="H43" s="45">
         <f t="shared" si="3"/>
-        <v>125.43331359859545</v>
-[...5 lines deleted...]
-      <c r="A42" s="59" t="s">
+        <v>127.41767552007839</v>
+      </c>
+      <c r="I43"/>
+      <c r="M43" s="56"/>
+    </row>
+    <row r="44" spans="1:13" ht="10.5" customHeight="1">
+      <c r="A44" s="50" t="s">
         <v>25</v>
       </c>
-      <c r="B42" s="10">
+      <c r="B44" s="10">
         <v>1</v>
       </c>
-      <c r="C42" s="10">
+      <c r="C44" s="10">
         <v>25</v>
       </c>
-      <c r="D42" s="16" t="s">
-[...2 lines deleted...]
-      <c r="E42" s="10">
+      <c r="D44" s="16" t="s">
+        <v>88</v>
+      </c>
+      <c r="E44" s="10">
         <v>21773</v>
       </c>
-      <c r="F42" s="10">
+      <c r="F44" s="10">
         <f t="shared" si="2"/>
         <v>870.92</v>
       </c>
-      <c r="G42" s="58">
-[...2 lines deleted...]
-      <c r="H42" s="53">
+      <c r="G44" s="49">
+        <v>112804</v>
+      </c>
+      <c r="H44" s="45">
         <f t="shared" si="3"/>
-        <v>510.49924218068253</v>
-[...5 lines deleted...]
-      <c r="A43" s="59" t="s">
+        <v>518.09121388876122</v>
+      </c>
+      <c r="I44"/>
+      <c r="M44" s="56"/>
+    </row>
+    <row r="45" spans="1:13" ht="10.5" customHeight="1">
+      <c r="A45" s="50" t="s">
         <v>37</v>
       </c>
-      <c r="B43" s="10">
+      <c r="B45" s="10">
         <v>1</v>
       </c>
-      <c r="C43" s="10">
+      <c r="C45" s="10">
         <v>15</v>
       </c>
-      <c r="D43" s="16" t="s">
-[...2 lines deleted...]
-      <c r="E43" s="10">
+      <c r="D45" s="16" t="s">
+        <v>88</v>
+      </c>
+      <c r="E45" s="10">
         <v>14314</v>
       </c>
-      <c r="F43" s="10">
+      <c r="F45" s="10">
         <f t="shared" si="2"/>
         <v>954.26666666666665</v>
       </c>
-      <c r="G43" s="58">
-[...2 lines deleted...]
-      <c r="H43" s="53">
+      <c r="G45" s="49">
+        <v>39536</v>
+      </c>
+      <c r="H45" s="45">
         <f t="shared" si="3"/>
-        <v>274.54939220343721</v>
-[...5 lines deleted...]
-      <c r="A44" s="59" t="s">
+        <v>276.20511387452842</v>
+      </c>
+      <c r="I45"/>
+      <c r="M45" s="56"/>
+    </row>
+    <row r="46" spans="1:13" ht="10.5" customHeight="1">
+      <c r="A46" s="50" t="s">
         <v>26</v>
       </c>
-      <c r="B44" s="10">
+      <c r="B46" s="10">
         <v>1</v>
       </c>
-      <c r="C44" s="10">
+      <c r="C46" s="10">
         <v>15</v>
       </c>
-      <c r="D44" s="16" t="s">
-[...2 lines deleted...]
-      <c r="E44" s="10">
+      <c r="D46" s="16" t="s">
+        <v>88</v>
+      </c>
+      <c r="E46" s="10">
         <v>26544</v>
       </c>
-      <c r="F44" s="10">
+      <c r="F46" s="10">
         <f t="shared" si="2"/>
         <v>1769.6</v>
       </c>
-      <c r="G44" s="58">
-[...2 lines deleted...]
-      <c r="H44" s="53">
+      <c r="G46" s="49">
+        <v>46676</v>
+      </c>
+      <c r="H46" s="45">
         <f t="shared" si="3"/>
-        <v>173.60232067510549</v>
-[...5 lines deleted...]
-      <c r="A45" s="59" t="s">
+        <v>175.84388185654007</v>
+      </c>
+      <c r="I46"/>
+      <c r="M46" s="56"/>
+    </row>
+    <row r="47" spans="1:13" ht="10.5" customHeight="1">
+      <c r="A47" s="50" t="s">
         <v>30</v>
       </c>
-      <c r="B45" s="10">
+      <c r="B47" s="10">
         <v>1</v>
       </c>
-      <c r="C45" s="10">
+      <c r="C47" s="10">
         <v>9</v>
       </c>
-      <c r="D45" s="16" t="s">
-[...2 lines deleted...]
-      <c r="E45" s="10">
+      <c r="D47" s="16" t="s">
+        <v>88</v>
+      </c>
+      <c r="E47" s="10">
         <v>13436</v>
       </c>
-      <c r="F45" s="10">
+      <c r="F47" s="10">
         <f t="shared" si="2"/>
         <v>1492.8888888888889</v>
       </c>
-      <c r="G45" s="58">
-[...2 lines deleted...]
-      <c r="H45" s="53">
+      <c r="G47" s="49">
+        <v>21648</v>
+      </c>
+      <c r="H47" s="45">
         <f t="shared" si="3"/>
-        <v>157.70318547186665</v>
-[...5 lines deleted...]
-      <c r="A46" s="60" t="s">
+        <v>161.11938076808573</v>
+      </c>
+      <c r="I47"/>
+      <c r="M47" s="56"/>
+    </row>
+    <row r="48" spans="1:13" s="4" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A48" s="51" t="s">
         <v>31</v>
       </c>
-      <c r="B46" s="17" t="s">
+      <c r="B48" s="17" t="s">
         <v>63</v>
       </c>
-      <c r="C46" s="17" t="s">
+      <c r="C48" s="17" t="s">
         <v>63</v>
       </c>
-      <c r="D46" s="16" t="s">
-[...2 lines deleted...]
-      <c r="E46" s="17">
+      <c r="D48" s="16" t="s">
+        <v>88</v>
+      </c>
+      <c r="E48" s="17">
         <v>7703</v>
       </c>
-      <c r="F46" s="17" t="s">
+      <c r="F48" s="17" t="s">
         <v>62</v>
       </c>
-      <c r="G46" s="17" t="s">
+      <c r="G48" s="17" t="s">
         <v>62</v>
       </c>
-      <c r="H46" s="53" t="s">
+      <c r="H48" s="45" t="s">
         <v>63</v>
       </c>
-      <c r="J46" s="2"/>
-[...44 lines deleted...]
-      <c r="H48" s="28"/>
       <c r="J48" s="2"/>
       <c r="K48" s="2"/>
       <c r="L48" s="2"/>
-      <c r="M48" s="2"/>
-[...5 lines deleted...]
-      <c r="B49" s="57" t="s">
+      <c r="M48" s="56"/>
+    </row>
+    <row r="49" spans="1:13" s="4" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A49" s="51" t="s">
+        <v>34</v>
+      </c>
+      <c r="B49" s="17" t="s">
+        <v>63</v>
+      </c>
+      <c r="C49" s="17" t="s">
+        <v>63</v>
+      </c>
+      <c r="D49" s="16" t="s">
+        <v>88</v>
+      </c>
+      <c r="E49" s="17">
+        <v>259</v>
+      </c>
+      <c r="F49" s="17" t="s">
         <v>62</v>
       </c>
-      <c r="C49" s="71">
-[...17 lines deleted...]
-        <v>1009.3987157034443</v>
+      <c r="G49" s="17" t="s">
+        <v>62</v>
+      </c>
+      <c r="H49" s="45" t="s">
+        <v>63</v>
       </c>
       <c r="J49" s="2"/>
       <c r="K49" s="2"/>
       <c r="L49" s="2"/>
       <c r="M49" s="2"/>
     </row>
-    <row r="50" spans="1:13" ht="10.5" customHeight="1">
-      <c r="A50" s="55" t="s">
+    <row r="50" spans="1:13" s="1" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A50" s="46" t="s">
+        <v>127</v>
+      </c>
+      <c r="B50" s="48"/>
+      <c r="C50" s="48"/>
+      <c r="D50" s="48"/>
+      <c r="E50" s="48"/>
+      <c r="F50" s="48"/>
+      <c r="G50" s="48"/>
+      <c r="H50" s="26"/>
+      <c r="J50" s="2"/>
+      <c r="K50" s="2"/>
+      <c r="L50" s="2"/>
+      <c r="M50" s="2"/>
+    </row>
+    <row r="51" spans="1:13" s="1" customFormat="1" ht="12" customHeight="1">
+      <c r="A51" s="46" t="s">
+        <v>128</v>
+      </c>
+      <c r="B51" s="48" t="s">
+        <v>62</v>
+      </c>
+      <c r="C51" s="57">
+        <v>10</v>
+      </c>
+      <c r="D51" s="57" t="s">
+        <v>88</v>
+      </c>
+      <c r="E51" s="58">
+        <v>8565</v>
+      </c>
+      <c r="F51" s="48">
+        <f>E51/C51</f>
+        <v>856.5</v>
+      </c>
+      <c r="G51" s="59">
+        <v>86455</v>
+      </c>
+      <c r="H51" s="26">
+        <f>G51/E51*100</f>
+        <v>1009.3987157034443</v>
+      </c>
+      <c r="J51" s="2"/>
+      <c r="K51" s="2"/>
+      <c r="L51" s="2"/>
+      <c r="M51" s="2"/>
+    </row>
+    <row r="52" spans="1:13" ht="10.5" customHeight="1">
+      <c r="A52" s="46" t="s">
         <v>32</v>
       </c>
-      <c r="B50" s="57"/>
-[...8 lines deleted...]
-      <c r="A51" s="55" t="s">
+      <c r="B52" s="48"/>
+      <c r="C52" s="48"/>
+      <c r="D52" s="48"/>
+      <c r="E52" s="48"/>
+      <c r="F52" s="48"/>
+      <c r="G52" s="48"/>
+      <c r="H52" s="26"/>
+    </row>
+    <row r="53" spans="1:13" ht="10.5" customHeight="1">
+      <c r="A53" s="46" t="s">
         <v>33</v>
       </c>
-      <c r="B51" s="57"/>
-[...61 lines deleted...]
-      </c>
+      <c r="B53" s="48"/>
+      <c r="C53" s="48"/>
+      <c r="D53" s="48"/>
+      <c r="E53" s="48"/>
+      <c r="F53" s="48"/>
+      <c r="G53" s="48"/>
+      <c r="H53" s="26"/>
     </row>
     <row r="54" spans="1:13" ht="10.5" customHeight="1">
-      <c r="A54" s="76">
-        <v>2018</v>
+      <c r="A54" s="62">
+        <v>1982</v>
       </c>
       <c r="B54" s="10">
         <v>7</v>
       </c>
       <c r="C54" s="10">
-        <v>136</v>
+        <v>261</v>
       </c>
       <c r="D54" s="16" t="s">
-        <v>89</v>
+        <v>38</v>
       </c>
       <c r="E54" s="10">
-        <v>167244</v>
+        <v>167144</v>
       </c>
       <c r="F54" s="10">
-        <f t="shared" si="4"/>
-        <v>1229.7352941176471</v>
+        <f>E54/C54</f>
+        <v>640.39846743295016</v>
       </c>
       <c r="G54" s="13">
-        <v>315120</v>
-[...8 lines deleted...]
-        <v>2019</v>
+        <v>185901</v>
+      </c>
+      <c r="H54" s="28">
+        <f>G54/E54*100</f>
+        <v>111.22206002010242</v>
+      </c>
+      <c r="K54" s="95"/>
+    </row>
+    <row r="55" spans="1:13" ht="9.6" customHeight="1">
+      <c r="A55" s="62">
+        <v>1983</v>
       </c>
       <c r="B55" s="10">
         <v>7</v>
       </c>
       <c r="C55" s="10">
-        <v>136</v>
+        <v>260</v>
       </c>
       <c r="D55" s="16" t="s">
-        <v>89</v>
+        <v>38</v>
       </c>
       <c r="E55" s="10">
-        <v>167244</v>
+        <v>167144</v>
       </c>
       <c r="F55" s="10">
-        <f t="shared" si="4"/>
-        <v>1229.7352941176471</v>
+        <f t="shared" ref="F55:F87" si="4">E55/C55</f>
+        <v>642.86153846153843</v>
       </c>
       <c r="G55" s="13">
-        <v>318760</v>
-[...4 lines deleted...]
-      </c>
+        <v>187597</v>
+      </c>
+      <c r="H55" s="28">
+        <f t="shared" ref="H55:H87" si="5">G55/E55*100</f>
+        <v>112.23675393672521</v>
+      </c>
+      <c r="K55" s="95"/>
     </row>
     <row r="56" spans="1:13" ht="10.5" customHeight="1">
-      <c r="A56" s="76">
-        <v>2020</v>
+      <c r="A56" s="62">
+        <v>1984</v>
       </c>
       <c r="B56" s="10">
         <v>7</v>
       </c>
       <c r="C56" s="10">
-        <v>133</v>
+        <v>260</v>
       </c>
       <c r="D56" s="16" t="s">
-        <v>89</v>
+        <v>38</v>
       </c>
       <c r="E56" s="10">
-        <v>167244</v>
+        <v>167144</v>
       </c>
       <c r="F56" s="10">
         <f t="shared" si="4"/>
-        <v>1257.4736842105262</v>
-[...4 lines deleted...]
-      <c r="H56" s="30">
+        <v>642.86153846153843</v>
+      </c>
+      <c r="G56" s="94">
+        <v>188882</v>
+      </c>
+      <c r="H56" s="28">
         <f t="shared" si="5"/>
-        <v>192.43201549831383</v>
-      </c>
+        <v>113.00555209878907</v>
+      </c>
+      <c r="K56" s="95"/>
     </row>
     <row r="57" spans="1:13" ht="10.5" customHeight="1">
-      <c r="A57" s="76">
-        <v>2021</v>
+      <c r="A57" s="62">
+        <v>1985</v>
       </c>
       <c r="B57" s="10">
         <v>7</v>
       </c>
       <c r="C57" s="10">
-        <v>128</v>
+        <v>260</v>
       </c>
       <c r="D57" s="16" t="s">
-        <v>89</v>
+        <v>38</v>
       </c>
       <c r="E57" s="10">
-        <v>167244</v>
+        <v>167144</v>
       </c>
       <c r="F57" s="10">
         <f t="shared" si="4"/>
-        <v>1306.59375</v>
-[...4 lines deleted...]
-      <c r="H57" s="30">
+        <v>642.86153846153843</v>
+      </c>
+      <c r="G57" s="94">
+        <v>190394</v>
+      </c>
+      <c r="H57" s="28">
         <f t="shared" si="5"/>
-        <v>194.65391882518955</v>
-      </c>
+        <v>113.91016129804241</v>
+      </c>
+      <c r="K57" s="95"/>
     </row>
     <row r="58" spans="1:13" ht="10.5" customHeight="1">
-      <c r="A58" s="76">
-        <v>2022</v>
+      <c r="A58" s="62">
+        <v>1986</v>
       </c>
       <c r="B58" s="10">
         <v>7</v>
       </c>
       <c r="C58" s="10">
-        <v>126</v>
+        <v>260</v>
       </c>
       <c r="D58" s="16" t="s">
-        <v>89</v>
+        <v>38</v>
       </c>
       <c r="E58" s="10">
-        <v>167244</v>
+        <v>167144</v>
       </c>
       <c r="F58" s="10">
         <f t="shared" si="4"/>
-        <v>1327.3333333333333</v>
-[...4 lines deleted...]
-      <c r="H58" s="30">
+        <v>642.86153846153843</v>
+      </c>
+      <c r="G58" s="94">
+        <v>192440</v>
+      </c>
+      <c r="H58" s="28">
         <f t="shared" si="5"/>
-        <v>197.23278563057568</v>
-      </c>
+        <v>115.13425549227014</v>
+      </c>
+      <c r="K58" s="95"/>
     </row>
     <row r="59" spans="1:13" ht="10.5" customHeight="1">
-      <c r="A59" s="76">
-        <v>2023</v>
+      <c r="A59" s="62">
+        <v>1987</v>
       </c>
       <c r="B59" s="10">
         <v>7</v>
       </c>
       <c r="C59" s="10">
-        <v>126</v>
+        <v>260</v>
       </c>
       <c r="D59" s="16" t="s">
-        <v>89</v>
+        <v>38</v>
       </c>
       <c r="E59" s="10">
-        <v>167244</v>
+        <v>167144</v>
       </c>
       <c r="F59" s="10">
-        <v>1327.3571428571429</v>
-[...4 lines deleted...]
-      <c r="H59" s="30">
+        <f t="shared" si="4"/>
+        <v>642.86153846153843</v>
+      </c>
+      <c r="G59" s="94">
+        <v>194645</v>
+      </c>
+      <c r="H59" s="28">
         <f t="shared" si="5"/>
-        <v>199.98624763818134</v>
-      </c>
+        <v>116.45347724118125</v>
+      </c>
+      <c r="K59" s="95"/>
     </row>
     <row r="60" spans="1:13" ht="10.5" customHeight="1">
-      <c r="A60" s="76">
-        <v>2024</v>
+      <c r="A60" s="62">
+        <v>1988</v>
       </c>
       <c r="B60" s="10">
         <v>7</v>
       </c>
       <c r="C60" s="10">
+        <v>260</v>
+      </c>
+      <c r="D60" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="E60" s="10">
+        <v>167144</v>
+      </c>
+      <c r="F60" s="10">
+        <f t="shared" si="4"/>
+        <v>642.86153846153843</v>
+      </c>
+      <c r="G60" s="94">
+        <v>197175</v>
+      </c>
+      <c r="H60" s="28">
+        <f t="shared" si="5"/>
+        <v>117.96714210501125</v>
+      </c>
+      <c r="K60" s="95"/>
+    </row>
+    <row r="61" spans="1:13" ht="10.5" customHeight="1">
+      <c r="A61" s="62">
+        <v>1989</v>
+      </c>
+      <c r="B61" s="10">
+        <v>7</v>
+      </c>
+      <c r="C61" s="10">
+        <v>259</v>
+      </c>
+      <c r="D61" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="E61" s="10">
+        <v>167144</v>
+      </c>
+      <c r="F61" s="10">
+        <f t="shared" si="4"/>
+        <v>645.34362934362935</v>
+      </c>
+      <c r="G61" s="94">
+        <v>200166</v>
+      </c>
+      <c r="H61" s="28">
+        <f t="shared" si="5"/>
+        <v>119.75661704877231</v>
+      </c>
+      <c r="K61" s="95"/>
+    </row>
+    <row r="62" spans="1:13" ht="10.5" customHeight="1">
+      <c r="A62" s="62">
+        <v>1990</v>
+      </c>
+      <c r="B62" s="10">
+        <v>7</v>
+      </c>
+      <c r="C62" s="10">
+        <v>259</v>
+      </c>
+      <c r="D62" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="E62" s="10">
+        <v>167144</v>
+      </c>
+      <c r="F62" s="10">
+        <f t="shared" si="4"/>
+        <v>645.34362934362935</v>
+      </c>
+      <c r="G62" s="94">
+        <v>204328</v>
+      </c>
+      <c r="H62" s="28">
+        <f t="shared" si="5"/>
+        <v>122.24668549274878</v>
+      </c>
+      <c r="K62" s="95"/>
+    </row>
+    <row r="63" spans="1:13" ht="10.5" customHeight="1">
+      <c r="A63" s="62">
+        <v>1991</v>
+      </c>
+      <c r="B63" s="10">
+        <v>7</v>
+      </c>
+      <c r="C63" s="10">
+        <v>256</v>
+      </c>
+      <c r="D63" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="E63" s="10">
+        <v>167144</v>
+      </c>
+      <c r="F63" s="10">
+        <f t="shared" si="4"/>
+        <v>652.90625</v>
+      </c>
+      <c r="G63" s="94">
+        <v>206674</v>
+      </c>
+      <c r="H63" s="28">
+        <f t="shared" si="5"/>
+        <v>123.65026563920931</v>
+      </c>
+      <c r="K63" s="95"/>
+    </row>
+    <row r="64" spans="1:13" ht="10.5" customHeight="1">
+      <c r="A64" s="62">
+        <v>1992</v>
+      </c>
+      <c r="B64" s="10">
+        <v>7</v>
+      </c>
+      <c r="C64" s="3">
+        <v>255</v>
+      </c>
+      <c r="D64" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="E64" s="10">
+        <v>167144</v>
+      </c>
+      <c r="F64" s="10">
+        <f t="shared" si="4"/>
+        <v>655.4666666666667</v>
+      </c>
+      <c r="G64" s="94">
+        <v>210783</v>
+      </c>
+      <c r="H64" s="28">
+        <f t="shared" si="5"/>
+        <v>126.10862489829128</v>
+      </c>
+      <c r="K64" s="95"/>
+    </row>
+    <row r="65" spans="1:11" ht="10.5" customHeight="1">
+      <c r="A65" s="62">
+        <v>1993</v>
+      </c>
+      <c r="B65" s="10">
+        <v>7</v>
+      </c>
+      <c r="C65" s="10">
+        <v>254</v>
+      </c>
+      <c r="D65" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="E65" s="10">
+        <v>167144</v>
+      </c>
+      <c r="F65" s="10">
+        <f t="shared" si="4"/>
+        <v>658.04724409448818</v>
+      </c>
+      <c r="G65" s="94">
+        <v>214555</v>
+      </c>
+      <c r="H65" s="28">
+        <f t="shared" si="5"/>
+        <v>128.36536160436509</v>
+      </c>
+      <c r="K65" s="95"/>
+    </row>
+    <row r="66" spans="1:11" ht="10.5" customHeight="1">
+      <c r="A66" s="62">
+        <v>1994</v>
+      </c>
+      <c r="B66" s="10">
+        <v>7</v>
+      </c>
+      <c r="C66" s="10">
+        <v>254</v>
+      </c>
+      <c r="D66" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="E66" s="10">
+        <v>167144</v>
+      </c>
+      <c r="F66" s="10">
+        <f t="shared" si="4"/>
+        <v>658.04724409448818</v>
+      </c>
+      <c r="G66" s="94">
+        <v>218704</v>
+      </c>
+      <c r="H66" s="28">
+        <f t="shared" si="5"/>
+        <v>130.8476523237448</v>
+      </c>
+      <c r="K66" s="95"/>
+    </row>
+    <row r="67" spans="1:11" ht="10.5" customHeight="1">
+      <c r="A67" s="62">
+        <v>1995</v>
+      </c>
+      <c r="B67" s="10">
+        <v>7</v>
+      </c>
+      <c r="C67" s="10">
+        <v>253</v>
+      </c>
+      <c r="D67" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="E67" s="10">
+        <v>167144</v>
+      </c>
+      <c r="F67" s="10">
+        <f t="shared" si="4"/>
+        <v>660.6482213438735</v>
+      </c>
+      <c r="G67" s="94">
+        <v>222227</v>
+      </c>
+      <c r="H67" s="28">
+        <f t="shared" si="5"/>
+        <v>132.95541568946535</v>
+      </c>
+      <c r="K67" s="95"/>
+    </row>
+    <row r="68" spans="1:11" ht="10.5" customHeight="1">
+      <c r="A68" s="62">
+        <v>1996</v>
+      </c>
+      <c r="B68" s="10">
+        <v>7</v>
+      </c>
+      <c r="C68" s="10">
+        <v>250</v>
+      </c>
+      <c r="D68" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="E68" s="10">
+        <v>167144</v>
+      </c>
+      <c r="F68" s="10">
+        <f t="shared" si="4"/>
+        <v>668.57600000000002</v>
+      </c>
+      <c r="G68" s="94">
+        <v>224552</v>
+      </c>
+      <c r="H68" s="28">
+        <f t="shared" si="5"/>
+        <v>134.34643181926961</v>
+      </c>
+      <c r="K68" s="95"/>
+    </row>
+    <row r="69" spans="1:11" ht="10.5" customHeight="1">
+      <c r="A69" s="62">
+        <v>1997</v>
+      </c>
+      <c r="B69" s="10">
+        <v>7</v>
+      </c>
+      <c r="C69" s="10">
+        <v>247</v>
+      </c>
+      <c r="D69" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="E69" s="10">
+        <v>167144</v>
+      </c>
+      <c r="F69" s="10">
+        <f t="shared" si="4"/>
+        <v>676.69635627530363</v>
+      </c>
+      <c r="G69" s="94">
+        <v>227866</v>
+      </c>
+      <c r="H69" s="28">
+        <f t="shared" si="5"/>
+        <v>136.32915330493466</v>
+      </c>
+      <c r="K69" s="95"/>
+    </row>
+    <row r="70" spans="1:11" ht="10.5" customHeight="1">
+      <c r="A70" s="62">
+        <v>1998</v>
+      </c>
+      <c r="B70" s="10">
+        <v>7</v>
+      </c>
+      <c r="C70" s="10">
+        <v>246</v>
+      </c>
+      <c r="D70" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="E70" s="10">
+        <v>167144</v>
+      </c>
+      <c r="F70" s="10">
+        <f t="shared" si="4"/>
+        <v>679.44715447154476</v>
+      </c>
+      <c r="G70" s="94">
+        <v>229947</v>
+      </c>
+      <c r="H70" s="28">
+        <f t="shared" si="5"/>
+        <v>137.57418752692288</v>
+      </c>
+      <c r="K70" s="95"/>
+    </row>
+    <row r="71" spans="1:11" ht="10.5" customHeight="1">
+      <c r="A71" s="62">
+        <v>1999</v>
+      </c>
+      <c r="B71" s="10">
+        <v>7</v>
+      </c>
+      <c r="C71" s="10">
+        <v>245</v>
+      </c>
+      <c r="D71" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="E71" s="10">
+        <v>167144</v>
+      </c>
+      <c r="F71" s="10">
+        <f t="shared" si="4"/>
+        <v>682.22040816326535</v>
+      </c>
+      <c r="G71" s="94">
+        <v>232086</v>
+      </c>
+      <c r="H71" s="28">
+        <f t="shared" si="5"/>
+        <v>138.8539223663428</v>
+      </c>
+      <c r="K71" s="95"/>
+    </row>
+    <row r="72" spans="1:11" ht="10.5" customHeight="1">
+      <c r="A72" s="62">
+        <v>2000</v>
+      </c>
+      <c r="B72" s="10">
+        <v>7</v>
+      </c>
+      <c r="C72" s="10">
+        <v>242</v>
+      </c>
+      <c r="D72" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="E72" s="10">
+        <v>167144</v>
+      </c>
+      <c r="F72" s="10">
+        <f t="shared" si="4"/>
+        <v>690.67768595041321</v>
+      </c>
+      <c r="G72" s="94">
+        <v>234307</v>
+      </c>
+      <c r="H72" s="28">
+        <f t="shared" si="5"/>
+        <v>140.18271669937297</v>
+      </c>
+      <c r="K72" s="95"/>
+    </row>
+    <row r="73" spans="1:11" ht="10.5" customHeight="1">
+      <c r="A73" s="62">
+        <v>2001</v>
+      </c>
+      <c r="B73" s="10">
+        <v>7</v>
+      </c>
+      <c r="C73" s="10">
+        <v>226</v>
+      </c>
+      <c r="D73" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="E73" s="10">
+        <v>167144</v>
+      </c>
+      <c r="F73" s="10">
+        <f t="shared" si="4"/>
+        <v>739.57522123893807</v>
+      </c>
+      <c r="G73" s="94">
+        <v>237044</v>
+      </c>
+      <c r="H73" s="28">
+        <f t="shared" si="5"/>
+        <v>141.82022687024363</v>
+      </c>
+      <c r="K73" s="95"/>
+    </row>
+    <row r="74" spans="1:11" ht="10.5" customHeight="1">
+      <c r="A74" s="62">
+        <v>2002</v>
+      </c>
+      <c r="B74" s="10">
+        <v>7</v>
+      </c>
+      <c r="C74" s="3">
+        <v>223</v>
+      </c>
+      <c r="D74" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="E74" s="10">
+        <v>167144</v>
+      </c>
+      <c r="F74" s="10">
+        <f t="shared" si="4"/>
+        <v>749.52466367713009</v>
+      </c>
+      <c r="G74" s="94">
+        <v>240339</v>
+      </c>
+      <c r="H74" s="28">
+        <f t="shared" si="5"/>
+        <v>143.79158091226728</v>
+      </c>
+      <c r="K74" s="95"/>
+    </row>
+    <row r="75" spans="1:11" ht="10.5" customHeight="1">
+      <c r="A75" s="62">
+        <v>2003</v>
+      </c>
+      <c r="B75" s="10">
+        <v>7</v>
+      </c>
+      <c r="C75" s="10">
+        <v>202</v>
+      </c>
+      <c r="D75" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="E75" s="10">
+        <v>167144</v>
+      </c>
+      <c r="F75" s="10">
+        <f t="shared" si="4"/>
+        <v>827.44554455445541</v>
+      </c>
+      <c r="G75" s="94">
+        <v>243400</v>
+      </c>
+      <c r="H75" s="28">
+        <f t="shared" si="5"/>
+        <v>145.62293591154935</v>
+      </c>
+      <c r="K75" s="95"/>
+    </row>
+    <row r="76" spans="1:11" ht="10.5" customHeight="1">
+      <c r="A76" s="62">
+        <v>2004</v>
+      </c>
+      <c r="B76" s="10">
+        <v>7</v>
+      </c>
+      <c r="C76" s="10">
+        <v>182</v>
+      </c>
+      <c r="D76" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="E76" s="10">
+        <v>167144</v>
+      </c>
+      <c r="F76" s="10">
+        <f t="shared" si="4"/>
+        <v>918.37362637362639</v>
+      </c>
+      <c r="G76" s="94">
+        <v>246656</v>
+      </c>
+      <c r="H76" s="28">
+        <f t="shared" si="5"/>
+        <v>147.5709567797827</v>
+      </c>
+      <c r="K76" s="95"/>
+    </row>
+    <row r="77" spans="1:11" ht="10.5" customHeight="1">
+      <c r="A77" s="62">
+        <v>2005</v>
+      </c>
+      <c r="B77" s="10">
+        <v>7</v>
+      </c>
+      <c r="C77" s="10">
+        <v>176</v>
+      </c>
+      <c r="D77" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="E77" s="10">
+        <v>167144</v>
+      </c>
+      <c r="F77" s="10">
+        <f t="shared" si="4"/>
+        <v>949.68181818181813</v>
+      </c>
+      <c r="G77" s="94">
+        <v>250377</v>
+      </c>
+      <c r="H77" s="28">
+        <f t="shared" si="5"/>
+        <v>149.79718087397694</v>
+      </c>
+      <c r="K77" s="95"/>
+    </row>
+    <row r="78" spans="1:11" ht="10.5" customHeight="1">
+      <c r="A78" s="62">
+        <v>2006</v>
+      </c>
+      <c r="B78" s="10">
+        <v>7</v>
+      </c>
+      <c r="C78" s="10">
+        <v>168</v>
+      </c>
+      <c r="D78" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="E78" s="10">
+        <v>167144</v>
+      </c>
+      <c r="F78" s="10">
+        <f t="shared" si="4"/>
+        <v>994.90476190476193</v>
+      </c>
+      <c r="G78" s="94">
+        <v>253954</v>
+      </c>
+      <c r="H78" s="28">
+        <f t="shared" si="5"/>
+        <v>151.93725171109941</v>
+      </c>
+      <c r="K78" s="95"/>
+    </row>
+    <row r="79" spans="1:11" ht="10.5" customHeight="1">
+      <c r="A79" s="62">
+        <v>2007</v>
+      </c>
+      <c r="B79" s="10">
+        <v>7</v>
+      </c>
+      <c r="C79" s="10">
+        <v>168</v>
+      </c>
+      <c r="D79" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="E79" s="10">
+        <v>167144</v>
+      </c>
+      <c r="F79" s="10">
+        <f t="shared" si="4"/>
+        <v>994.90476190476193</v>
+      </c>
+      <c r="G79" s="94">
+        <v>258252</v>
+      </c>
+      <c r="H79" s="28">
+        <f t="shared" si="5"/>
+        <v>154.50868712008807</v>
+      </c>
+      <c r="K79" s="95"/>
+    </row>
+    <row r="80" spans="1:11" ht="10.5" customHeight="1">
+      <c r="A80" s="62">
+        <v>2008</v>
+      </c>
+      <c r="B80" s="10">
+        <v>7</v>
+      </c>
+      <c r="C80" s="10">
+        <v>168</v>
+      </c>
+      <c r="D80" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="E80" s="10">
+        <v>167144</v>
+      </c>
+      <c r="F80" s="10">
+        <f t="shared" si="4"/>
+        <v>994.90476190476193</v>
+      </c>
+      <c r="G80" s="94">
+        <v>263241</v>
+      </c>
+      <c r="H80" s="28">
+        <f t="shared" si="5"/>
+        <v>157.49353850571961</v>
+      </c>
+      <c r="K80" s="95"/>
+    </row>
+    <row r="81" spans="1:11" ht="10.5" customHeight="1">
+      <c r="A81" s="62">
+        <v>2009</v>
+      </c>
+      <c r="B81" s="10">
+        <v>7</v>
+      </c>
+      <c r="C81" s="10">
+        <v>168</v>
+      </c>
+      <c r="D81" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="E81" s="10">
+        <v>167144</v>
+      </c>
+      <c r="F81" s="10">
+        <f t="shared" si="4"/>
+        <v>994.90476190476193</v>
+      </c>
+      <c r="G81" s="94">
+        <v>268537</v>
+      </c>
+      <c r="H81" s="28">
+        <f t="shared" si="5"/>
+        <v>160.66206384913608</v>
+      </c>
+      <c r="K81" s="95"/>
+    </row>
+    <row r="82" spans="1:11" ht="11.1" customHeight="1">
+      <c r="A82" s="62">
+        <v>2010</v>
+      </c>
+      <c r="B82" s="10">
+        <v>7</v>
+      </c>
+      <c r="C82" s="10">
+        <v>168</v>
+      </c>
+      <c r="D82" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="E82" s="10">
+        <v>167144</v>
+      </c>
+      <c r="F82" s="10">
+        <f t="shared" si="4"/>
+        <v>994.90476190476193</v>
+      </c>
+      <c r="G82" s="94">
+        <v>273159</v>
+      </c>
+      <c r="H82" s="28">
+        <f t="shared" si="5"/>
+        <v>163.42734408653615</v>
+      </c>
+      <c r="K82" s="95"/>
+    </row>
+    <row r="83" spans="1:11" ht="10.5" customHeight="1">
+      <c r="A83" s="62">
+        <v>2011</v>
+      </c>
+      <c r="B83" s="10">
+        <v>7</v>
+      </c>
+      <c r="C83" s="10">
+        <v>167</v>
+      </c>
+      <c r="D83" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="E83" s="10">
+        <v>167144</v>
+      </c>
+      <c r="F83" s="10">
+        <f t="shared" si="4"/>
+        <v>1000.8622754491018</v>
+      </c>
+      <c r="G83" s="94">
+        <v>278493</v>
+      </c>
+      <c r="H83" s="28">
+        <f t="shared" si="5"/>
+        <v>166.61860431723542</v>
+      </c>
+      <c r="K83" s="95"/>
+    </row>
+    <row r="84" spans="1:11" ht="10.5" customHeight="1">
+      <c r="A84" s="62">
+        <v>2012</v>
+      </c>
+      <c r="B84" s="10">
+        <v>7</v>
+      </c>
+      <c r="C84" s="10">
+        <v>165</v>
+      </c>
+      <c r="D84" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="E84" s="10">
+        <v>167144</v>
+      </c>
+      <c r="F84" s="10">
+        <f t="shared" si="4"/>
+        <v>1012.9939393939394</v>
+      </c>
+      <c r="G84" s="94">
+        <v>284668</v>
+      </c>
+      <c r="H84" s="28">
+        <f t="shared" si="5"/>
+        <v>170.31302350069402</v>
+      </c>
+      <c r="K84" s="95"/>
+    </row>
+    <row r="85" spans="1:11" ht="10.5" customHeight="1">
+      <c r="A85" s="62">
+        <v>2013</v>
+      </c>
+      <c r="B85" s="10">
+        <v>7</v>
+      </c>
+      <c r="C85" s="10">
+        <v>164</v>
+      </c>
+      <c r="D85" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="E85" s="10">
+        <v>167144</v>
+      </c>
+      <c r="F85" s="10">
+        <f t="shared" si="4"/>
+        <v>1019.170731707317</v>
+      </c>
+      <c r="G85" s="94">
+        <v>291395</v>
+      </c>
+      <c r="H85" s="28">
+        <f t="shared" si="5"/>
+        <v>174.33769683626096</v>
+      </c>
+      <c r="K85" s="95"/>
+    </row>
+    <row r="86" spans="1:11" ht="10.5" customHeight="1">
+      <c r="A86" s="62">
+        <v>2014</v>
+      </c>
+      <c r="B86" s="10">
+        <v>7</v>
+      </c>
+      <c r="C86" s="10">
+        <v>163</v>
+      </c>
+      <c r="D86" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="E86" s="10">
+        <v>167144</v>
+      </c>
+      <c r="F86" s="10">
+        <f t="shared" si="4"/>
+        <v>1025.4233128834355</v>
+      </c>
+      <c r="G86" s="94">
+        <v>297622</v>
+      </c>
+      <c r="H86" s="28">
+        <f t="shared" si="5"/>
+        <v>178.06322691810655</v>
+      </c>
+      <c r="K86" s="95"/>
+    </row>
+    <row r="87" spans="1:11" ht="10.5" customHeight="1">
+      <c r="A87" s="62">
+        <v>2015</v>
+      </c>
+      <c r="B87" s="10">
+        <v>7</v>
+      </c>
+      <c r="C87" s="10">
+        <v>163</v>
+      </c>
+      <c r="D87" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="E87" s="10">
+        <v>167144</v>
+      </c>
+      <c r="F87" s="10">
+        <f t="shared" si="4"/>
+        <v>1025.4233128834355</v>
+      </c>
+      <c r="G87" s="94">
+        <v>303377</v>
+      </c>
+      <c r="H87" s="28">
+        <f t="shared" si="5"/>
+        <v>181.5063657684392</v>
+      </c>
+      <c r="K87" s="95"/>
+    </row>
+    <row r="88" spans="1:11" ht="10.5" customHeight="1">
+      <c r="A88" s="62">
+        <v>2016</v>
+      </c>
+      <c r="B88" s="10">
+        <v>7</v>
+      </c>
+      <c r="C88" s="10">
+        <v>150</v>
+      </c>
+      <c r="D88" s="16" t="s">
+        <v>88</v>
+      </c>
+      <c r="E88" s="10">
+        <v>167144</v>
+      </c>
+      <c r="F88" s="10">
+        <f t="shared" ref="F88:F94" si="6">E88/C88</f>
+        <v>1114.2933333333333</v>
+      </c>
+      <c r="G88" s="13">
+        <v>307461</v>
+      </c>
+      <c r="H88" s="28">
+        <f t="shared" ref="H88:H95" si="7">G88/E88*100</f>
+        <v>183.94976786483511</v>
+      </c>
+      <c r="K88" s="95"/>
+    </row>
+    <row r="89" spans="1:11" ht="10.5" customHeight="1">
+      <c r="A89" s="62">
+        <v>2017</v>
+      </c>
+      <c r="B89" s="10">
+        <v>7</v>
+      </c>
+      <c r="C89" s="10">
+        <v>136</v>
+      </c>
+      <c r="D89" s="16" t="s">
+        <v>88</v>
+      </c>
+      <c r="E89" s="10">
+        <v>167144</v>
+      </c>
+      <c r="F89" s="10">
+        <f t="shared" si="6"/>
+        <v>1229</v>
+      </c>
+      <c r="G89" s="13">
+        <v>311914</v>
+      </c>
+      <c r="H89" s="28">
+        <f t="shared" si="7"/>
+        <v>186.61393768247737</v>
+      </c>
+      <c r="K89" s="95"/>
+    </row>
+    <row r="90" spans="1:11" ht="10.5" customHeight="1">
+      <c r="A90" s="62">
+        <v>2018</v>
+      </c>
+      <c r="B90" s="10">
+        <v>7</v>
+      </c>
+      <c r="C90" s="10">
+        <v>136</v>
+      </c>
+      <c r="D90" s="16" t="s">
+        <v>88</v>
+      </c>
+      <c r="E90" s="10">
+        <v>167144</v>
+      </c>
+      <c r="F90" s="10">
+        <f t="shared" si="6"/>
+        <v>1229</v>
+      </c>
+      <c r="G90" s="13">
+        <v>315074</v>
+      </c>
+      <c r="H90" s="28">
+        <f t="shared" si="7"/>
+        <v>188.50452304599628</v>
+      </c>
+      <c r="K90" s="95"/>
+    </row>
+    <row r="91" spans="1:11" ht="10.5" customHeight="1">
+      <c r="A91" s="62">
+        <v>2019</v>
+      </c>
+      <c r="B91" s="10">
+        <v>7</v>
+      </c>
+      <c r="C91" s="10">
+        <v>136</v>
+      </c>
+      <c r="D91" s="16" t="s">
+        <v>88</v>
+      </c>
+      <c r="E91" s="10">
+        <v>167144</v>
+      </c>
+      <c r="F91" s="10">
+        <f t="shared" si="6"/>
+        <v>1229</v>
+      </c>
+      <c r="G91" s="13">
+        <v>318714</v>
+      </c>
+      <c r="H91" s="28">
+        <f t="shared" si="7"/>
+        <v>190.68228593308766</v>
+      </c>
+      <c r="K91" s="95"/>
+    </row>
+    <row r="92" spans="1:11" ht="10.5" customHeight="1">
+      <c r="A92" s="62">
+        <v>2020</v>
+      </c>
+      <c r="B92" s="10">
+        <v>7</v>
+      </c>
+      <c r="C92" s="10">
+        <v>133</v>
+      </c>
+      <c r="D92" s="16" t="s">
+        <v>88</v>
+      </c>
+      <c r="E92" s="10">
+        <v>167144</v>
+      </c>
+      <c r="F92" s="10">
+        <f t="shared" si="6"/>
+        <v>1256.7218045112782</v>
+      </c>
+      <c r="G92" s="13">
+        <v>321783</v>
+      </c>
+      <c r="H92" s="28">
+        <f t="shared" si="7"/>
+        <v>192.51842722442925</v>
+      </c>
+      <c r="K92" s="95"/>
+    </row>
+    <row r="93" spans="1:11" ht="10.5" customHeight="1">
+      <c r="A93" s="62">
+        <v>2021</v>
+      </c>
+      <c r="B93" s="10">
+        <v>7</v>
+      </c>
+      <c r="C93" s="10">
+        <v>128</v>
+      </c>
+      <c r="D93" s="16" t="s">
+        <v>88</v>
+      </c>
+      <c r="E93" s="10">
+        <v>167144</v>
+      </c>
+      <c r="F93" s="10">
+        <f t="shared" si="6"/>
+        <v>1305.8125</v>
+      </c>
+      <c r="G93" s="13">
+        <v>325496</v>
+      </c>
+      <c r="H93" s="28">
+        <f t="shared" si="7"/>
+        <v>194.73986502656393</v>
+      </c>
+      <c r="K93" s="95"/>
+    </row>
+    <row r="94" spans="1:11" ht="10.5" customHeight="1">
+      <c r="A94" s="62">
+        <v>2022</v>
+      </c>
+      <c r="B94" s="10">
+        <v>7</v>
+      </c>
+      <c r="C94" s="10">
         <v>126</v>
       </c>
-      <c r="D60" s="16" t="s">
+      <c r="D94" s="16" t="s">
+        <v>88</v>
+      </c>
+      <c r="E94" s="10">
+        <v>167244</v>
+      </c>
+      <c r="F94" s="10">
+        <f t="shared" si="6"/>
+        <v>1327.3333333333333</v>
+      </c>
+      <c r="G94" s="13">
+        <v>329860</v>
+      </c>
+      <c r="H94" s="28">
+        <f t="shared" si="7"/>
+        <v>197.23278563057568</v>
+      </c>
+      <c r="K94" s="95"/>
+    </row>
+    <row r="95" spans="1:11" ht="10.5" customHeight="1">
+      <c r="A95" s="62">
+        <v>2023</v>
+      </c>
+      <c r="B95" s="10">
+        <v>7</v>
+      </c>
+      <c r="C95" s="10">
+        <v>126</v>
+      </c>
+      <c r="D95" s="16" t="s">
+        <v>88</v>
+      </c>
+      <c r="E95" s="10">
+        <v>167244</v>
+      </c>
+      <c r="F95" s="10">
+        <v>1327.3571428571429</v>
+      </c>
+      <c r="G95" s="13">
+        <v>334465</v>
+      </c>
+      <c r="H95" s="28">
+        <f t="shared" si="7"/>
+        <v>199.98624763818134</v>
+      </c>
+      <c r="K95" s="95"/>
+    </row>
+    <row r="96" spans="1:11" ht="10.5" customHeight="1">
+      <c r="A96" s="62">
+        <v>2024</v>
+      </c>
+      <c r="B96" s="10">
+        <v>7</v>
+      </c>
+      <c r="C96" s="10">
+        <v>126</v>
+      </c>
+      <c r="D96" s="16" t="s">
+        <v>88</v>
+      </c>
+      <c r="E96" s="10">
+        <v>167244</v>
+      </c>
+      <c r="F96" s="10">
+        <f>E96/C96</f>
+        <v>1327.3333333333333</v>
+      </c>
+      <c r="G96" s="13">
+        <v>341537</v>
+      </c>
+      <c r="H96" s="28">
+        <f t="shared" ref="H96:H97" si="8">G96/E96*100</f>
+        <v>204.21479993303197</v>
+      </c>
+      <c r="K96" s="95"/>
+    </row>
+    <row r="97" spans="1:17" ht="9">
+      <c r="A97" s="62">
+        <v>2025</v>
+      </c>
+      <c r="B97" s="10">
+        <v>7</v>
+      </c>
+      <c r="C97" s="10">
+        <v>121</v>
+      </c>
+      <c r="D97" s="16" t="s">
+        <v>88</v>
+      </c>
+      <c r="E97" s="10">
+        <v>167244</v>
+      </c>
+      <c r="F97" s="10">
+        <f>E97/C97</f>
+        <v>1382.1818181818182</v>
+      </c>
+      <c r="G97" s="13">
+        <v>346674</v>
+      </c>
+      <c r="H97" s="86">
+        <f t="shared" si="8"/>
+        <v>207.28636004879098</v>
+      </c>
+      <c r="K97" s="95"/>
+    </row>
+    <row r="98" spans="1:17" ht="10.5" customHeight="1">
+      <c r="A98" s="88">
+        <v>2026</v>
+      </c>
+      <c r="B98" s="84">
+        <v>7</v>
+      </c>
+      <c r="C98" s="84">
+        <v>119</v>
+      </c>
+      <c r="D98" s="40" t="s">
+        <v>88</v>
+      </c>
+      <c r="E98" s="41">
+        <v>167244</v>
+      </c>
+      <c r="F98" s="84">
+        <f>E98/C98</f>
+        <v>1405.4117647058824</v>
+      </c>
+      <c r="G98" s="85" t="s">
+        <v>62</v>
+      </c>
+      <c r="H98" s="87" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="99" spans="1:17" ht="10.5" customHeight="1">
+      <c r="A99" s="2"/>
+      <c r="B99" s="90"/>
+      <c r="C99" s="90"/>
+      <c r="D99" s="16"/>
+      <c r="E99" s="10"/>
+      <c r="F99" s="90"/>
+      <c r="G99" s="9"/>
+      <c r="H99" s="91"/>
+    </row>
+    <row r="100" spans="1:17" ht="10.5" customHeight="1">
+      <c r="A100" s="18" t="s">
+        <v>85</v>
+      </c>
+      <c r="B100" s="19"/>
+      <c r="C100" s="19"/>
+      <c r="D100" s="20"/>
+      <c r="E100" s="19"/>
+      <c r="F100" s="19"/>
+      <c r="G100" s="21"/>
+      <c r="H100" s="22"/>
+    </row>
+    <row r="101" spans="1:17" ht="10.5" customHeight="1">
+      <c r="A101" s="12" t="s">
+        <v>64</v>
+      </c>
+      <c r="B101" s="19"/>
+      <c r="C101" s="19"/>
+      <c r="D101" s="20"/>
+      <c r="E101" s="19"/>
+      <c r="F101" s="19"/>
+      <c r="G101" s="21"/>
+      <c r="H101" s="22"/>
+    </row>
+    <row r="102" spans="1:17" ht="10.5" customHeight="1">
+      <c r="A102" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="B102" s="19"/>
+      <c r="C102" s="19"/>
+      <c r="D102" s="20"/>
+      <c r="E102" s="19"/>
+      <c r="F102" s="19"/>
+      <c r="G102" s="21"/>
+      <c r="H102" s="22"/>
+    </row>
+    <row r="103" spans="1:17" ht="10.5" customHeight="1">
+      <c r="A103" s="12" t="s">
+        <v>66</v>
+      </c>
+      <c r="B103" s="19"/>
+      <c r="C103" s="19"/>
+      <c r="D103" s="20"/>
+      <c r="E103" s="19"/>
+      <c r="F103" s="19"/>
+      <c r="G103" s="21"/>
+      <c r="H103" s="22"/>
+    </row>
+    <row r="104" spans="1:17" ht="10.5" customHeight="1">
+      <c r="A104" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="B104" s="19"/>
+      <c r="C104" s="19"/>
+      <c r="D104" s="20"/>
+      <c r="E104" s="19"/>
+      <c r="F104" s="19"/>
+      <c r="G104" s="21"/>
+      <c r="H104" s="22"/>
+    </row>
+    <row r="105" spans="1:17" ht="14.1" customHeight="1">
+      <c r="A105" s="18" t="s">
+        <v>68</v>
+      </c>
+      <c r="B105" s="19"/>
+      <c r="C105" s="19"/>
+      <c r="D105" s="20"/>
+      <c r="E105" s="19"/>
+      <c r="F105" s="19"/>
+      <c r="G105" s="21"/>
+      <c r="H105" s="22"/>
+    </row>
+    <row r="106" spans="1:17" ht="11.1" customHeight="1">
+      <c r="A106" s="11" t="s">
         <v>89</v>
       </c>
-      <c r="E60" s="10">
-[...136 lines deleted...]
-      <c r="A70" s="11" t="s">
+      <c r="B106" s="23"/>
+      <c r="C106" s="23"/>
+      <c r="D106" s="23"/>
+      <c r="E106" s="23"/>
+      <c r="F106" s="23"/>
+      <c r="G106" s="23"/>
+      <c r="H106" s="23"/>
+    </row>
+    <row r="107" spans="1:17" ht="10.5" customHeight="1">
+      <c r="A107" s="11" t="s">
         <v>69</v>
       </c>
-      <c r="B70" s="22"/>
-[...20 lines deleted...]
-      <c r="A72" s="64" t="s">
+      <c r="B107" s="21"/>
+      <c r="C107" s="21"/>
+      <c r="D107" s="21"/>
+      <c r="E107" s="21"/>
+      <c r="F107" s="19"/>
+      <c r="G107" s="21"/>
+      <c r="H107" s="21"/>
+    </row>
+    <row r="108" spans="1:17" ht="10.5" customHeight="1">
+      <c r="A108" s="44"/>
+      <c r="B108" s="6"/>
+      <c r="C108" s="6"/>
+      <c r="D108" s="6"/>
+      <c r="E108" s="6"/>
+      <c r="F108" s="6"/>
+      <c r="G108" s="6"/>
+      <c r="H108" s="6"/>
+      <c r="I108" s="13"/>
+      <c r="N108" s="92"/>
+      <c r="O108" s="92"/>
+      <c r="P108" s="92"/>
+      <c r="Q108" s="92"/>
+    </row>
+    <row r="109" spans="1:17" s="1" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A109" s="12" t="s">
         <v>86</v>
       </c>
-      <c r="B72" s="62"/>
-[...217 lines deleted...]
-      <c r="A87" s="1"/>
+      <c r="B109" s="24"/>
+      <c r="C109" s="24"/>
+      <c r="D109" s="24"/>
+      <c r="E109" s="24"/>
+      <c r="F109" s="24"/>
+      <c r="G109" s="24"/>
+      <c r="H109" s="6"/>
+      <c r="I109" s="13"/>
+      <c r="J109" s="2"/>
+      <c r="K109" s="2"/>
+      <c r="L109" s="2"/>
+      <c r="M109" s="2"/>
+      <c r="N109" s="92"/>
+      <c r="O109" s="92"/>
+      <c r="P109" s="92"/>
+      <c r="Q109" s="92"/>
+    </row>
+    <row r="110" spans="1:17" ht="10.5" customHeight="1">
+      <c r="A110" s="12" t="s">
+        <v>126</v>
+      </c>
+      <c r="B110" s="24"/>
+      <c r="C110" s="24"/>
+      <c r="D110" s="24"/>
+      <c r="E110" s="24"/>
+      <c r="F110" s="24"/>
+      <c r="G110" s="24"/>
+      <c r="H110" s="6"/>
+      <c r="I110" s="13"/>
+      <c r="N110" s="92"/>
+      <c r="O110" s="92"/>
+      <c r="P110" s="92"/>
+      <c r="Q110" s="92"/>
+    </row>
+    <row r="111" spans="1:17" ht="10.5" customHeight="1">
+      <c r="A111" s="2"/>
+      <c r="B111" s="24"/>
+      <c r="C111" s="24"/>
+      <c r="D111" s="24"/>
+      <c r="E111" s="24"/>
+      <c r="F111" s="24"/>
+      <c r="G111" s="24"/>
+      <c r="H111" s="6"/>
+      <c r="I111" s="13"/>
+      <c r="N111" s="92"/>
+      <c r="O111" s="92"/>
+      <c r="P111" s="92"/>
+      <c r="Q111" s="92"/>
+    </row>
+    <row r="112" spans="1:17" ht="10.5" customHeight="1">
+      <c r="A112" s="7" t="s">
+        <v>123</v>
+      </c>
+      <c r="B112" s="24"/>
+      <c r="C112" s="24"/>
+      <c r="D112" s="24"/>
+      <c r="E112" s="24"/>
+      <c r="F112" s="24"/>
+      <c r="G112" s="24"/>
+      <c r="H112" s="6"/>
+      <c r="I112" s="13"/>
+      <c r="N112" s="92"/>
+      <c r="O112" s="92"/>
+      <c r="P112" s="92"/>
+      <c r="Q112" s="92"/>
+    </row>
+    <row r="113" spans="1:17" ht="10.5" customHeight="1">
+      <c r="A113" s="1"/>
+      <c r="C113" s="6"/>
+      <c r="D113" s="6"/>
+      <c r="E113" s="6"/>
+      <c r="F113" s="6"/>
+      <c r="G113" s="6"/>
+      <c r="H113" s="6"/>
+      <c r="I113" s="13"/>
+      <c r="N113" s="92"/>
+      <c r="O113" s="92"/>
+      <c r="P113" s="92"/>
+      <c r="Q113" s="92"/>
+    </row>
+    <row r="114" spans="1:17" ht="10.5" customHeight="1">
+      <c r="A114" s="5"/>
+      <c r="B114" s="6"/>
+      <c r="C114" s="6"/>
+      <c r="D114" s="6"/>
+      <c r="E114" s="6"/>
+      <c r="F114" s="6"/>
+      <c r="G114" s="6"/>
+      <c r="H114" s="6"/>
+      <c r="I114" s="13"/>
+      <c r="N114" s="92"/>
+      <c r="O114" s="92"/>
+      <c r="P114" s="92"/>
+      <c r="Q114" s="92"/>
+    </row>
+    <row r="115" spans="1:17" ht="10.5" customHeight="1">
+      <c r="A115" s="1"/>
+      <c r="B115" s="6"/>
+      <c r="C115" s="6"/>
+      <c r="D115" s="6"/>
+      <c r="E115" s="6"/>
+      <c r="F115" s="6"/>
+      <c r="G115" s="6"/>
+      <c r="H115" s="6"/>
+      <c r="I115" s="13"/>
+      <c r="N115" s="92"/>
+      <c r="O115" s="92"/>
+      <c r="P115" s="92"/>
+      <c r="Q115" s="92"/>
+    </row>
+    <row r="116" spans="1:17" s="1" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A116" s="3"/>
+      <c r="B116" s="6"/>
+      <c r="C116" s="25"/>
+      <c r="D116" s="25"/>
+      <c r="E116" s="25"/>
+      <c r="F116" s="25"/>
+      <c r="G116" s="25"/>
+      <c r="H116" s="25"/>
+      <c r="I116" s="13"/>
+      <c r="J116" s="2"/>
+      <c r="K116" s="2"/>
+      <c r="L116" s="2"/>
+      <c r="M116" s="2"/>
+      <c r="N116" s="92"/>
+      <c r="O116" s="92"/>
+      <c r="P116" s="92"/>
+      <c r="Q116" s="92"/>
+    </row>
+    <row r="117" spans="1:17" ht="10.5" customHeight="1">
+      <c r="B117" s="6"/>
+      <c r="C117" s="6"/>
+      <c r="D117" s="6"/>
+      <c r="E117" s="6"/>
+      <c r="F117" s="6"/>
+      <c r="G117" s="6"/>
+      <c r="H117" s="6"/>
+      <c r="I117" s="13"/>
+      <c r="N117" s="92"/>
+      <c r="O117" s="92"/>
+      <c r="P117" s="92"/>
+      <c r="Q117" s="92"/>
+    </row>
+    <row r="118" spans="1:17" ht="10.5" customHeight="1">
+      <c r="B118" s="6"/>
+      <c r="C118" s="6"/>
+      <c r="D118" s="6"/>
+      <c r="E118" s="6"/>
+      <c r="F118" s="6"/>
+      <c r="G118" s="6"/>
+      <c r="H118" s="6"/>
+      <c r="I118" s="13"/>
+      <c r="N118" s="92"/>
+      <c r="O118" s="92"/>
+      <c r="P118" s="92"/>
+      <c r="Q118" s="92"/>
+    </row>
+    <row r="119" spans="1:17" ht="10.5" customHeight="1">
+      <c r="B119" s="6"/>
+      <c r="C119" s="6"/>
+      <c r="D119" s="6"/>
+      <c r="E119" s="6"/>
+      <c r="F119" s="6"/>
+      <c r="G119" s="6"/>
+      <c r="H119" s="6"/>
+      <c r="I119" s="13"/>
+      <c r="N119" s="92"/>
+      <c r="O119" s="92"/>
+      <c r="P119" s="92"/>
+      <c r="Q119" s="92"/>
+    </row>
+    <row r="120" spans="1:17" ht="10.5" customHeight="1">
+      <c r="I120" s="13"/>
+      <c r="N120" s="92"/>
+      <c r="O120" s="92"/>
+      <c r="P120" s="92"/>
+      <c r="Q120" s="92"/>
+    </row>
+    <row r="121" spans="1:17" ht="10.5" customHeight="1">
+      <c r="A121" s="5"/>
+      <c r="I121" s="13"/>
+      <c r="N121" s="92"/>
+      <c r="O121" s="92"/>
+      <c r="P121" s="92"/>
+      <c r="Q121" s="92"/>
+    </row>
+    <row r="122" spans="1:17" ht="10.5" customHeight="1">
+      <c r="A122" s="1"/>
     </row>
   </sheetData>
-  <mergeCells count="16">
-[...16 lines deleted...]
-  </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.51181102362204722" bottom="0.59055118110236227" header="0.51181102362204722" footer="0.19685039370078741"/>
   <pageSetup paperSize="9" scale="97" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;"Arial,Normal"&amp;6Service de la statistique du canton de Fribourg-RM
 &amp;Z&amp;F-&amp;D-&amp;T&amp;R&amp;"Arial,Normal"&amp;6&amp;P/&amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7C183480-51F5-47A1-962D-A3E7D0199620}">
   <dimension ref="A1:E17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11" defaultRowHeight="10.5" customHeight="1"/>
   <cols>
-    <col min="1" max="1" width="7.33203125" style="78" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="16384" width="11" style="78"/>
+    <col min="1" max="1" width="7.375" style="64" customWidth="1"/>
+    <col min="2" max="2" width="33" style="64" customWidth="1"/>
+    <col min="3" max="3" width="3" style="64" customWidth="1"/>
+    <col min="4" max="4" width="7.375" style="64" customWidth="1"/>
+    <col min="5" max="5" width="33" style="64" customWidth="1"/>
+    <col min="6" max="16384" width="11" style="64"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" ht="14.5">
-      <c r="A1" s="77" t="s">
+    <row r="1" spans="1:5" ht="15">
+      <c r="A1" s="63" t="s">
+        <v>90</v>
+      </c>
+      <c r="D1" s="63" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="2" spans="1:5" s="66" customFormat="1" ht="15">
+      <c r="A2" s="65" t="s">
+        <v>36</v>
+      </c>
+      <c r="D2" s="65" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="3" spans="1:5" ht="15">
+      <c r="A3" s="67" t="s">
+        <v>92</v>
+      </c>
+      <c r="B3" s="68" t="s">
+        <v>93</v>
+      </c>
+      <c r="C3" s="69"/>
+      <c r="D3" s="67" t="s">
+        <v>94</v>
+      </c>
+      <c r="E3" s="67" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5" ht="15">
+      <c r="A4" s="70" t="s">
+        <v>96</v>
+      </c>
+      <c r="B4" s="71" t="s">
+        <v>97</v>
+      </c>
+      <c r="C4" s="72"/>
+      <c r="D4" s="70" t="s">
+        <v>96</v>
+      </c>
+      <c r="E4" s="71" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="5" spans="1:5" ht="15">
+      <c r="A5" s="73" t="s">
+        <v>99</v>
+      </c>
+      <c r="B5" s="74" t="s">
+        <v>100</v>
+      </c>
+      <c r="C5" s="72"/>
+      <c r="D5" s="73" t="s">
         <v>101</v>
       </c>
-      <c r="D1" s="77" t="s">
+      <c r="E5" s="74" t="s">
         <v>102</v>
       </c>
     </row>
-    <row r="2" spans="1:5" s="80" customFormat="1" ht="14.5">
-[...8 lines deleted...]
-      <c r="A3" s="81" t="s">
+    <row r="6" spans="1:5" ht="18">
+      <c r="A6" s="75" t="s">
         <v>103</v>
       </c>
-      <c r="B3" s="82" t="s">
+      <c r="B6" s="71" t="s">
         <v>104</v>
       </c>
-      <c r="C3" s="83"/>
-      <c r="D3" s="81" t="s">
+      <c r="C6" s="72"/>
+      <c r="D6" s="75" t="s">
         <v>105</v>
       </c>
-      <c r="E3" s="81" t="s">
+      <c r="E6" s="71" t="s">
         <v>106</v>
       </c>
     </row>
-    <row r="4" spans="1:5" ht="14.5">
-      <c r="A4" s="84" t="s">
+    <row r="7" spans="1:5" ht="18">
+      <c r="A7" s="73" t="s">
         <v>107</v>
       </c>
-      <c r="B4" s="85" t="s">
+      <c r="B7" s="74" t="s">
         <v>108</v>
       </c>
-      <c r="C4" s="86"/>
-      <c r="D4" s="84" t="s">
+      <c r="C7" s="72"/>
+      <c r="D7" s="73" t="s">
         <v>107</v>
       </c>
-      <c r="E4" s="85" t="s">
+      <c r="E7" s="74" t="s">
         <v>109</v>
       </c>
     </row>
-    <row r="5" spans="1:5" ht="14.5">
-      <c r="A5" s="87" t="s">
+    <row r="8" spans="1:5" ht="18">
+      <c r="A8" s="70" t="s">
+        <v>62</v>
+      </c>
+      <c r="B8" s="71" t="s">
         <v>110</v>
       </c>
-      <c r="B5" s="88" t="s">
+      <c r="C8" s="72"/>
+      <c r="D8" s="70" t="s">
+        <v>62</v>
+      </c>
+      <c r="E8" s="71" t="s">
         <v>111</v>
       </c>
-      <c r="C5" s="86"/>
-      <c r="D5" s="87" t="s">
+    </row>
+    <row r="9" spans="1:5" ht="15">
+      <c r="A9" s="73" t="s">
         <v>112</v>
       </c>
-      <c r="E5" s="88" t="s">
+      <c r="B9" s="74" t="s">
         <v>113</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A6" s="89" t="s">
+      <c r="C9" s="72"/>
+      <c r="D9" s="73" t="s">
+        <v>112</v>
+      </c>
+      <c r="E9" s="74" t="s">
         <v>114</v>
       </c>
-      <c r="B6" s="85" t="s">
+    </row>
+    <row r="10" spans="1:5" ht="15">
+      <c r="A10" s="70" t="s">
         <v>115</v>
       </c>
-      <c r="C6" s="86"/>
-      <c r="D6" s="89" t="s">
+      <c r="B10" s="71" t="s">
         <v>116</v>
       </c>
-      <c r="E6" s="85" t="s">
+      <c r="C10" s="72"/>
+      <c r="D10" s="70" t="s">
+        <v>115</v>
+      </c>
+      <c r="E10" s="71" t="s">
         <v>117</v>
       </c>
     </row>
-    <row r="7" spans="1:5" ht="17">
-      <c r="A7" s="87" t="s">
+    <row r="11" spans="1:5" ht="15">
+      <c r="A11" s="76" t="s">
         <v>118</v>
       </c>
-      <c r="B7" s="88" t="s">
+      <c r="B11" s="77" t="s">
         <v>119</v>
       </c>
-      <c r="C7" s="86"/>
-      <c r="D7" s="87" t="s">
+      <c r="C11" s="72"/>
+      <c r="D11" s="76" t="s">
         <v>118</v>
       </c>
-      <c r="E7" s="88" t="s">
+      <c r="E11" s="77" t="s">
         <v>120</v>
       </c>
     </row>
-    <row r="8" spans="1:5" ht="17">
-[...81 lines deleted...]
-      <c r="D17" s="92"/>
+    <row r="12" spans="1:5" ht="15">
+      <c r="A12" s="78"/>
+      <c r="D12" s="78"/>
+    </row>
+    <row r="13" spans="1:5" ht="15">
+      <c r="A13" s="78"/>
+      <c r="D13" s="78"/>
+    </row>
+    <row r="14" spans="1:5" ht="15">
+      <c r="A14" s="79"/>
+      <c r="D14" s="78"/>
+    </row>
+    <row r="15" spans="1:5" ht="15">
+      <c r="A15" s="79"/>
+      <c r="D15" s="78"/>
+    </row>
+    <row r="16" spans="1:5" ht="15">
+      <c r="A16" s="78"/>
+      <c r="D16" s="78"/>
+    </row>
+    <row r="17" spans="1:4" ht="15">
+      <c r="A17" s="78"/>
+      <c r="D17" s="78"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Plages nommées</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>