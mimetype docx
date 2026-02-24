--- v0 (2025-12-18)
+++ v1 (2026-02-24)
@@ -1,29 +1,30 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/intelligence2.xml" ContentType="application/vnd.ms-office.intelligence2+xml"/>
 </Types>
 </file>
@@ -135,161 +136,152 @@
         <w:t xml:space="preserve"> de l’élève.</w:t>
       </w:r>
       <w:r w:rsidR="3FA9B838">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Il résulte d</w:t>
       </w:r>
       <w:r w:rsidR="57EFB432">
         <w:t>’une discussion ayant pour objectif</w:t>
       </w:r>
       <w:r w:rsidR="3FA9B838">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="6A34D5F1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="57EFB432">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D2FB55B" w14:textId="045A8D51" w:rsidR="00DC6F7E" w:rsidRDefault="00564852" w:rsidP="00952517">
       <w:pPr>
         <w:pStyle w:val="07puces"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>de</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">de </w:t>
       </w:r>
       <w:r w:rsidR="00DC6F7E">
         <w:t>valider le besoin d’un MTA pour l</w:t>
       </w:r>
       <w:r w:rsidR="004976AC">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00DC6F7E">
         <w:t>élève</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7843A48B" w14:textId="1CF82C9C" w:rsidR="004976AC" w:rsidRDefault="00564852" w:rsidP="00952517">
       <w:pPr>
         <w:pStyle w:val="07puces"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>de</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">de </w:t>
       </w:r>
       <w:r w:rsidR="004976AC">
         <w:t>discuter de la mise en place d’un MTA et des conséquences pour les différents acteurs</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49716A8B" w14:textId="2E6708C6" w:rsidR="004976AC" w:rsidRDefault="00564852" w:rsidP="00952517">
       <w:pPr>
         <w:pStyle w:val="07puces"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>de</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">de </w:t>
       </w:r>
       <w:r w:rsidR="004976AC">
         <w:t>définir l’équipement nécessaire</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="565C1604" w14:textId="3D36FDA2" w:rsidR="004976AC" w:rsidRDefault="00564852" w:rsidP="00952517">
       <w:pPr>
         <w:pStyle w:val="07puces"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>d’i</w:t>
       </w:r>
       <w:r w:rsidR="004976AC">
-        <w:t>dentifier</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> les responsabilités, en particulier pour la formation de l’élève</w:t>
+        <w:t>dentifier les responsabilités, en particulier pour la formation de l’élève</w:t>
       </w:r>
       <w:r w:rsidR="00477CBF">
         <w:t xml:space="preserve"> à l’utilisation du MTA</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D0D649E" w14:textId="64965146" w:rsidR="004976AC" w:rsidRDefault="00564852" w:rsidP="00952517">
       <w:pPr>
         <w:pStyle w:val="07puces"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>de</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> réunir les documents nécessaires à la demande.</w:t>
+        <w:t>de réunir les documents nécessaires à la demande.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0335FD4F" w14:textId="2E369BAB" w:rsidR="00DA212C" w:rsidRDefault="00634A74" w:rsidP="003E5B18">
       <w:pPr>
         <w:pStyle w:val="07puces"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:line="320" w:lineRule="exact"/>
       </w:pPr>
       <w:r>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="00F7308E">
         <w:t>nformations</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> nécessaires</w:t>
       </w:r>
       <w:r w:rsidR="00F7308E">
         <w:t xml:space="preserve"> sous « </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidR="00F7308E" w:rsidRPr="0085437B">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:color w:val="0070C0"/>
             <w:u w:val="none"/>
           </w:rPr>
-          <w:t>fr.ch MTA</w:t>
+          <w:t>fr.ch M</w:t>
+        </w:r>
+        <w:r w:rsidR="00F7308E" w:rsidRPr="0085437B">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:color w:val="0070C0"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>T</w:t>
+        </w:r>
+        <w:r w:rsidR="00F7308E" w:rsidRPr="0085437B">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:color w:val="0070C0"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>A</w:t>
         </w:r>
         <w:r w:rsidR="00CE440A" w:rsidRPr="00643973">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:color w:val="0070C0"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t> </w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00CE440A" w:rsidRPr="00643973">
         <w:t>»</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17A4B1A3" w14:textId="40B994B7" w:rsidR="00A81414" w:rsidRPr="00C77487" w:rsidRDefault="00A81414" w:rsidP="009E71A8"/>
     <w:p w14:paraId="32550D60" w14:textId="3C7EBF1D" w:rsidR="00C77487" w:rsidRDefault="2212E3F3" w:rsidP="005C2327">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
       </w:pPr>
       <w:r w:rsidRPr="36B5FFEE">
         <w:t xml:space="preserve">Identité de </w:t>
       </w:r>
       <w:r w:rsidR="5B6670E9" w:rsidRPr="795948CF">
         <w:t>l’élève</w:t>
       </w:r>
@@ -312,141 +304,136 @@
       </w:r>
       <w:r w:rsidRPr="00043D4D">
         <w:tab/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8642"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F65124" w14:paraId="2E86618D" w14:textId="77777777" w:rsidTr="00682616">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8755" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5AACB41B" w14:textId="4733FBA9" w:rsidR="00F65124" w:rsidRDefault="00F65124" w:rsidP="00F65124">
+          <w:p w14:paraId="5AACB41B" w14:textId="4A7D9848" w:rsidR="00F65124" w:rsidRDefault="00F65124" w:rsidP="00BA2F5E">
             <w:pPr>
               <w:pStyle w:val="Liste"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5040"/>
               </w:tabs>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00043D4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00043D4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00043D4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00043D4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00043D4D">
-[...38 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidR="00BA2F5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BA2F5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BA2F5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BA2F5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BA2F5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00043D4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1303B677" w14:textId="77777777" w:rsidR="00671081" w:rsidRDefault="00671081" w:rsidP="00FA17AA">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="851" w:hanging="851"/>
@@ -2685,60 +2672,58 @@
                 <w:bCs/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00416192">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="1"/>
           </w:p>
           <w:p w14:paraId="313CD12E" w14:textId="217FDD03" w:rsidR="00594F8D" w:rsidRPr="00416192" w:rsidRDefault="00C13472" w:rsidP="00594F8D">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00416192">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Email</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="00594F8D" w:rsidRPr="00416192">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r w:rsidR="00594F8D" w:rsidRPr="00416192">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00594F8D" w:rsidRPr="00416192">
               <w:rPr>
@@ -5743,71 +5728,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00043D4D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="131A31C7" w14:textId="4A254F0A" w:rsidR="00EE6FF5" w:rsidRPr="00682616" w:rsidRDefault="00EE6FF5" w:rsidP="23A36401">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="767878"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="767878"/>
         </w:rPr>
-        <w:t xml:space="preserve">Quelles améliorations sont espérées </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> l’introduction du MTA ?</w:t>
+        <w:t>Quelles améliorations sont espérées suite à l’introduction du MTA ?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27417C27" w14:textId="400F2F39" w:rsidR="000B734A" w:rsidRDefault="00EB1EB3" w:rsidP="009E71A8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00043D4D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00043D4D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
@@ -5844,85 +5809,204 @@
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00043D4D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00043D4D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00043D4D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1754896F" w14:textId="0DAF69DD" w:rsidR="00AC7C9F" w:rsidRPr="00682616" w:rsidRDefault="00AC7C9F" w:rsidP="005C2327">
+    <w:p w14:paraId="1754896F" w14:textId="03219A12" w:rsidR="00AC7C9F" w:rsidRPr="00682616" w:rsidRDefault="00AC7C9F" w:rsidP="005C2327">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00682616">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>Composition du</w:t>
       </w:r>
       <w:r w:rsidR="008B4E54" w:rsidRPr="00682616">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> dispositif demandé</w:t>
       </w:r>
       <w:r w:rsidR="00F40D2F">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t> :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="150017D6" w14:textId="148FD1B5" w:rsidR="00305DA3" w:rsidRPr="005C2327" w:rsidRDefault="0056423D" w:rsidP="005C2327">
+    <w:p w14:paraId="42CA7E82" w14:textId="476BC469" w:rsidR="00AA3BD5" w:rsidRDefault="00E575C2" w:rsidP="005C2327">
       <w:pPr>
         <w:pStyle w:val="06atexteprincipal"/>
       </w:pPr>
-      <w:r w:rsidRPr="005C2327">
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="36C1630B" wp14:editId="5375AFBF">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>2065254</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>406400</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="526716" cy="526716"/>
+            <wp:effectExtent l="0" t="0" r="6985" b="6985"/>
+            <wp:wrapNone/>
+            <wp:docPr id="376686980" name="Image 1" descr="Une image contenant motif, Symétrie, carré, art&#10;&#10;Le contenu généré par l’IA peut être incorrect.">
+              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId12"/>
+            </wp:docPr>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="376686980" name="Image 1" descr="Une image contenant motif, Symétrie, carré, art&#10;&#10;Le contenu généré par l’IA peut être incorrect.">
+                      <a:hlinkClick r:id="rId12"/>
+                    </pic:cNvPr>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId13" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="526716" cy="526716"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="page">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="page">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="0056423D" w:rsidRPr="005C2327">
         <w:t xml:space="preserve">Cocher uniquement ce qui est nécessaire en lien avec le trouble de l’enfant. </w:t>
       </w:r>
       <w:r w:rsidR="003E020E" w:rsidRPr="005C2327">
         <w:t>Demander l’aide d’une personne ressource EdNum au besoin.</w:t>
+      </w:r>
+      <w:r w:rsidR="000D1CA8" w:rsidRPr="000D1CA8">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="355242A2" w14:textId="77777777" w:rsidR="00AA3BD5" w:rsidRDefault="00AA3BD5" w:rsidP="005C2327">
+      <w:pPr>
+        <w:pStyle w:val="06atexteprincipal"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3CBEFBDC" w14:textId="155234F0" w:rsidR="00604309" w:rsidRPr="005C2327" w:rsidRDefault="00604309" w:rsidP="003D5957">
+      <w:pPr>
+        <w:pStyle w:val="06atexteprincipal"/>
+        <w:ind w:left="851"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidRPr="0011538C">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+          </w:rPr>
+          <w:t>Visualiser</w:t>
+        </w:r>
+        <w:r w:rsidRPr="0011538C">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidRPr="0011538C">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+          </w:rPr>
+          <w:t xml:space="preserve">les </w:t>
+        </w:r>
+        <w:r w:rsidR="00E6158C" w:rsidRPr="0011538C">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+          </w:rPr>
+          <w:t>modèles</w:t>
+        </w:r>
+        <w:r w:rsidR="007F4E29" w:rsidRPr="0011538C">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+          </w:rPr>
+          <w:t> </w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="007F4E29">
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00E6158C">
+        <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53AC45D0" w14:textId="44247859" w:rsidR="006D4CE0" w:rsidRPr="003D75BE" w:rsidRDefault="00FD18B2" w:rsidP="003D75BE">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="57"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:color w:val="767878"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D75BE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:color w:val="767878"/>
@@ -5997,139 +6081,126 @@
         </w:rPr>
         <w:t>ac</w:t>
       </w:r>
       <w:r w:rsidR="2C8AD126" w:rsidRPr="000F7AD3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="767878"/>
         </w:rPr>
         <w:t xml:space="preserve"> avec</w:t>
       </w:r>
       <w:r w:rsidR="728D5312" w:rsidRPr="000F7AD3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="767878"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="5EF3990B" w:rsidRPr="000F7AD3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="767878"/>
         </w:rPr>
         <w:t>PDF Expert</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D65A2BF" w14:textId="31F5BFCD" w:rsidR="00FD18B2" w:rsidRPr="00B85018" w:rsidRDefault="00EB1EB3" w:rsidP="003C13B1">
+    <w:p w14:paraId="3D65A2BF" w14:textId="31F5BFCD" w:rsidR="00FD18B2" w:rsidRPr="005670EF" w:rsidRDefault="00EB1EB3" w:rsidP="003C13B1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="767878"/>
-          <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F7AD3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher21"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00B85018">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="005670EF">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r w:rsidRPr="000F7AD3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="000F7AD3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00B85018">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="005670EF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FD18B2" w:rsidRPr="00B85018">
+      <w:r w:rsidR="00FD18B2" w:rsidRPr="005670EF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="767878"/>
-          <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">PC </w:t>
       </w:r>
-      <w:r w:rsidR="00B85594" w:rsidRPr="00B85018">
+      <w:r w:rsidR="00B85594" w:rsidRPr="005670EF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="767878"/>
-          <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">Windows avec : </w:t>
       </w:r>
-      <w:r w:rsidR="00FD18B2" w:rsidRPr="00B85018">
+      <w:r w:rsidR="00FD18B2" w:rsidRPr="005670EF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="767878"/>
-          <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>écran tactile</w:t>
       </w:r>
-      <w:r w:rsidR="00B85594" w:rsidRPr="00B85018">
+      <w:r w:rsidR="00B85594" w:rsidRPr="005670EF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="767878"/>
-          <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00FD18B2" w:rsidRPr="00B85018">
+      <w:r w:rsidR="00FD18B2" w:rsidRPr="005670EF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="767878"/>
-          <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>stylet</w:t>
       </w:r>
-      <w:r w:rsidR="697DF68D" w:rsidRPr="00B85018">
+      <w:r w:rsidR="697DF68D" w:rsidRPr="005670EF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="767878"/>
-          <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>, PDF Xchange Editor</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A8EAD32" w14:textId="43C04A03" w:rsidR="00407243" w:rsidRPr="000F7AD3" w:rsidRDefault="00EB1EB3" w:rsidP="003C13B1">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="767878"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F7AD3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher21"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
@@ -6814,223 +6885,189 @@
       <w:r w:rsidRPr="00704708">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="767878"/>
         </w:rPr>
         <w:t>Pas nécessaire, utilisation du m</w:t>
       </w:r>
       <w:r w:rsidRPr="000F7AD3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="767878"/>
         </w:rPr>
         <w:t>atériel privé</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78B13FEF" w14:textId="77777777" w:rsidR="00A91226" w:rsidRDefault="00A91226">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:color w:val="767878"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="33BE7833" w14:textId="77777777" w:rsidR="00934D28" w:rsidRDefault="00934D28">
-[...18 lines deleted...]
-    </w:p>
     <w:p w14:paraId="1C44AF0D" w14:textId="70B3D153" w:rsidR="00AF2699" w:rsidRPr="000F7AD3" w:rsidRDefault="001F5403" w:rsidP="003D75BE">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="57"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:color w:val="767878"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F7AD3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:color w:val="767878"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Logiciels </w:t>
       </w:r>
       <w:r w:rsidR="00597C95">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:color w:val="767878"/>
         </w:rPr>
         <w:t xml:space="preserve">(uniquement ce qui est nécessaire) </w:t>
       </w:r>
       <w:r w:rsidRPr="000F7AD3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:color w:val="767878"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72F64FB8" w14:textId="355B91C1" w:rsidR="004031DD" w:rsidRPr="000F7AD3" w:rsidRDefault="004031DD" w:rsidP="003C13B1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:color w:val="767878"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F7AD3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:color w:val="767878"/>
         </w:rPr>
         <w:t xml:space="preserve">Prédicteur de mots : </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A3F7C98" w14:textId="31126297" w:rsidR="00AF2699" w:rsidRPr="00DA4C16" w:rsidRDefault="00EB1EB3" w:rsidP="003C13B1">
+    <w:p w14:paraId="0A3F7C98" w14:textId="31126297" w:rsidR="00AF2699" w:rsidRPr="002B41CE" w:rsidRDefault="00EB1EB3" w:rsidP="003C13B1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="767878"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F7AD3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher21"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00DA4C16">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="002B41CE">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r w:rsidRPr="000F7AD3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="000F7AD3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00DA4C16">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="002B41CE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AF2699" w:rsidRPr="00DA4C16">
+      <w:r w:rsidR="00AF2699" w:rsidRPr="002B41CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="767878"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Lexibar (</w:t>
       </w:r>
-      <w:r w:rsidR="00E16B34" w:rsidRPr="00DA4C16">
+      <w:r w:rsidR="00E16B34" w:rsidRPr="002B41CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="767878"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>PC Windows</w:t>
       </w:r>
-      <w:r w:rsidR="00271F1D" w:rsidRPr="00DA4C16">
+      <w:r w:rsidR="00271F1D" w:rsidRPr="002B41CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="767878"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>, Mac</w:t>
       </w:r>
-      <w:r w:rsidR="00AF2699" w:rsidRPr="00DA4C16">
+      <w:r w:rsidR="00AF2699" w:rsidRPr="002B41CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="767878"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> et </w:t>
       </w:r>
-      <w:r w:rsidR="00E16B34" w:rsidRPr="00DA4C16">
+      <w:r w:rsidR="00E16B34" w:rsidRPr="002B41CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="767878"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>iPad</w:t>
       </w:r>
-      <w:r w:rsidR="00AF2699" w:rsidRPr="00DA4C16">
+      <w:r w:rsidR="00AF2699" w:rsidRPr="002B41CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="767878"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B004885" w14:textId="6FF6049B" w:rsidR="00FD18B2" w:rsidRPr="00170134" w:rsidRDefault="00EB1EB3" w:rsidP="003C13B1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="767878"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F7AD3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher21"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
@@ -7112,130 +7149,118 @@
         </w:tabs>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:color w:val="767878"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F7AD3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:color w:val="767878"/>
         </w:rPr>
         <w:t>Dictionnaires</w:t>
       </w:r>
       <w:r w:rsidR="00751373">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:color w:val="767878"/>
         </w:rPr>
         <w:t> :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24147BD2" w14:textId="59E0AD58" w:rsidR="008B4467" w:rsidRPr="00DA4C16" w:rsidRDefault="00EB1EB3" w:rsidP="003C13B1">
+    <w:p w14:paraId="24147BD2" w14:textId="59E0AD58" w:rsidR="008B4467" w:rsidRPr="002B41CE" w:rsidRDefault="00EB1EB3" w:rsidP="003C13B1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="767878"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F7AD3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher21"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00DA4C16">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="002B41CE">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r w:rsidRPr="000F7AD3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="000F7AD3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00DA4C16">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="002B41CE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008B4467" w:rsidRPr="00DA4C16">
+      <w:r w:rsidR="008B4467" w:rsidRPr="002B41CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="767878"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Antidote (</w:t>
       </w:r>
-      <w:r w:rsidR="00741FF4" w:rsidRPr="00DA4C16">
+      <w:r w:rsidR="00741FF4" w:rsidRPr="002B41CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="767878"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Mac et</w:t>
       </w:r>
-      <w:r w:rsidR="008B4467" w:rsidRPr="00DA4C16">
+      <w:r w:rsidR="008B4467" w:rsidRPr="002B41CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="767878"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00741FF4" w:rsidRPr="00DA4C16">
+      <w:r w:rsidR="00741FF4" w:rsidRPr="002B41CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="767878"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>PC Windows</w:t>
       </w:r>
-      <w:r w:rsidR="008B4467" w:rsidRPr="00DA4C16">
+      <w:r w:rsidR="008B4467" w:rsidRPr="002B41CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="767878"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41974CB2" w14:textId="54DB9396" w:rsidR="008B4467" w:rsidRPr="00DD7D11" w:rsidRDefault="00EB1EB3" w:rsidP="003C13B1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="767878"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F7AD3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher21"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
@@ -7567,51 +7592,51 @@
       <w:r w:rsidR="007304CC" w:rsidRPr="23A36401">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="767878"/>
         </w:rPr>
         <w:t>indicatives.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3859"/>
         <w:gridCol w:w="773"/>
         <w:gridCol w:w="773"/>
         <w:gridCol w:w="773"/>
         <w:gridCol w:w="1142"/>
         <w:gridCol w:w="773"/>
         <w:gridCol w:w="773"/>
         <w:gridCol w:w="773"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00393AE3" w:rsidRPr="00393AE3" w14:paraId="4CCF638E" w14:textId="77777777" w:rsidTr="00D70A66">
+      <w:tr w:rsidR="004A7FB6" w:rsidRPr="00393AE3" w14:paraId="4CCF638E" w14:textId="77777777" w:rsidTr="00D70A66">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1821"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3859" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="52711E07" w14:textId="77777777" w:rsidR="00112FC6" w:rsidRPr="00682616" w:rsidRDefault="1D1F7BA9" w:rsidP="64A31D34">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="767878"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="64A31D34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
@@ -7792,62 +7817,60 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="773" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1F4D76E6" w14:textId="21427E5C" w:rsidR="00112FC6" w:rsidRPr="00682616" w:rsidRDefault="00112FC6" w:rsidP="000E4C68">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:color w:val="767878"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00682616">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:color w:val="767878"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Personne ressource</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="773" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="48C28CB7" w14:textId="667C6371" w:rsidR="00AD7B80" w:rsidRPr="00682616" w:rsidRDefault="00AD7B80" w:rsidP="000E4C68">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:color w:val="767878"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00682616">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:color w:val="767878"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -7865,51 +7888,51 @@
           </w:tcPr>
           <w:p w14:paraId="79D71F0E" w14:textId="59CFDACF" w:rsidR="00112FC6" w:rsidRPr="00682616" w:rsidRDefault="00AD7B80" w:rsidP="000E4C68">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:color w:val="767878"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:color w:val="767878"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Autre-s (préciser)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FA48CC" w:rsidRPr="00FA48CC" w14:paraId="581A378A" w14:textId="77777777" w:rsidTr="009B0F2D">
+      <w:tr w:rsidR="004A7FB6" w:rsidRPr="00FA48CC" w14:paraId="581A378A" w14:textId="77777777" w:rsidTr="009B0F2D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3859" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="41771058" w14:textId="62214C17" w:rsidR="00112FC6" w:rsidRPr="00880033" w:rsidRDefault="1D1F7BA9" w:rsidP="64A31D34">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00880033">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
@@ -8610,51 +8633,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00550DB6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="674B8AD7" w14:textId="3362CBA4" w:rsidR="00112FC6" w:rsidRPr="00550DB6" w:rsidRDefault="00112FC6" w:rsidP="00682616">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00393AE3" w:rsidRPr="00393AE3" w14:paraId="0E13693C" w14:textId="77777777" w:rsidTr="009B0F2D">
+      <w:tr w:rsidR="004A7FB6" w:rsidRPr="00393AE3" w14:paraId="0E13693C" w14:textId="77777777" w:rsidTr="009B0F2D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3859" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="40F5BAE5" w14:textId="7DB3231B" w:rsidR="00112FC6" w:rsidRPr="00880033" w:rsidRDefault="007E7FCF" w:rsidP="007E7FCF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00880033">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Récupération du</w:t>
             </w:r>
@@ -9329,51 +9352,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00550DB6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="440850E0" w14:textId="179FAC1A" w:rsidR="00112FC6" w:rsidRPr="00550DB6" w:rsidRDefault="00112FC6" w:rsidP="00682616">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D70A66" w:rsidRPr="00393AE3" w14:paraId="1228776D" w14:textId="77777777" w:rsidTr="009B0F2D">
+      <w:tr w:rsidR="004A7FB6" w:rsidRPr="00393AE3" w14:paraId="1228776D" w14:textId="77777777" w:rsidTr="009B0F2D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3859" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5E6B2C57" w14:textId="173607AE" w:rsidR="00D70A66" w:rsidRPr="00880033" w:rsidRDefault="00D70A66" w:rsidP="00D70A66">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00880033">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Préparation du matériel pour l’utilisation dans la classe (wifi, connexion au compte studentfr etc</w:t>
             </w:r>
@@ -9974,51 +9997,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00550DB6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00550DB6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00550DB6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D70A66" w:rsidRPr="00393AE3" w14:paraId="29509FE3" w14:textId="77777777" w:rsidTr="009B0F2D">
+      <w:tr w:rsidR="004A7FB6" w:rsidRPr="00393AE3" w14:paraId="29509FE3" w14:textId="77777777" w:rsidTr="009B0F2D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3859" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="494706D3" w14:textId="0539ED76" w:rsidR="00D70A66" w:rsidRPr="00880033" w:rsidRDefault="00D70A66" w:rsidP="00D70A66">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00880033">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Formation de l’élève à l’utilisation du MTA</w:t>
             </w:r>
@@ -10606,51 +10629,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00550DB6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00550DB6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00550DB6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D70A66" w:rsidRPr="00393AE3" w14:paraId="4FA7D7F8" w14:textId="77777777" w:rsidTr="009B0F2D">
+      <w:tr w:rsidR="004A7FB6" w:rsidRPr="00393AE3" w14:paraId="4FA7D7F8" w14:textId="77777777" w:rsidTr="009B0F2D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3859" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2C0B525C" w14:textId="2F897D16" w:rsidR="00D70A66" w:rsidRPr="00880033" w:rsidRDefault="00D70A66" w:rsidP="00D70A66">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00880033">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Information / formation du-des enseignant-e-s</w:t>
             </w:r>
@@ -11237,51 +11260,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00550DB6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00550DB6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00550DB6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D70A66" w:rsidRPr="007E7FCF" w14:paraId="4552B6E6" w14:textId="77777777" w:rsidTr="009B0F2D">
+      <w:tr w:rsidR="004A7FB6" w:rsidRPr="007E7FCF" w14:paraId="4552B6E6" w14:textId="77777777" w:rsidTr="009B0F2D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3859" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0611B10F" w14:textId="73F2D034" w:rsidR="00D70A66" w:rsidRPr="00880033" w:rsidRDefault="00D70A66" w:rsidP="00D70A66">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00880033">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Information des parents sur le matériel et les logiciels</w:t>
             </w:r>
@@ -11870,51 +11893,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00550DB6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00550DB6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00550DB6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D70A66" w:rsidRPr="006F72BA" w14:paraId="047D1B66" w14:textId="77777777" w:rsidTr="009B0F2D">
+      <w:tr w:rsidR="004A7FB6" w:rsidRPr="006F72BA" w14:paraId="047D1B66" w14:textId="77777777" w:rsidTr="009B0F2D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3859" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3134256D" w14:textId="1691F6AE" w:rsidR="00D70A66" w:rsidRPr="00880033" w:rsidRDefault="00D70A66" w:rsidP="00D70A66">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00880033">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Mise à jour des logiciels, du système d’exploitation</w:t>
             </w:r>
@@ -12500,51 +12523,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00550DB6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00550DB6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00550DB6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00393AE3" w:rsidRPr="00393AE3" w14:paraId="08A613A3" w14:textId="77777777" w:rsidTr="0076021D">
+      <w:tr w:rsidR="004A7FB6" w:rsidRPr="00393AE3" w14:paraId="08A613A3" w14:textId="77777777" w:rsidTr="0076021D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3859" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="34084633" w14:textId="6920A8C6" w:rsidR="00112FC6" w:rsidRPr="00880033" w:rsidRDefault="00455BE5" w:rsidP="007E7FCF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00880033">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Organis</w:t>
             </w:r>
@@ -12665,60 +12688,58 @@
             <w:r w:rsidRPr="00550DB6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00550DB6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="3C79D8A9" w14:textId="15E79C39" w:rsidR="00112FC6" w:rsidRPr="00BA4AB1" w:rsidRDefault="00BA4AB1" w:rsidP="00682616">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00BA4AB1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="773" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2979A5D6" w14:textId="77777777" w:rsidR="00112FC6" w:rsidRPr="00550DB6" w:rsidRDefault="00112FC6" w:rsidP="00682616">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="773" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12784,51 +12805,51 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="773" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="497AD765" w14:textId="53CD13DB" w:rsidR="00112FC6" w:rsidRPr="00550DB6" w:rsidRDefault="00112FC6" w:rsidP="00682616">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D70A66" w:rsidRPr="007E7FCF" w14:paraId="54946DAA" w14:textId="77777777" w:rsidTr="009B0F2D">
+      <w:tr w:rsidR="004A7FB6" w:rsidRPr="007E7FCF" w14:paraId="54946DAA" w14:textId="77777777" w:rsidTr="009B0F2D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1170"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3859" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="11D0C0D5" w14:textId="7772A3BA" w:rsidR="00D70A66" w:rsidRPr="00880033" w:rsidRDefault="00D70A66" w:rsidP="00626632">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00880033">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -14497,219 +14518,190 @@
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="007560DE">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r w:rsidRPr="000F7AD3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="000F7AD3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00E00CE4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="002F3E82" w:rsidRPr="29A0D13E">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
-        <w:t>la</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> prise de connaissance de la demande</w:t>
+        <w:t>la prise de connaissance de la demande</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A257EFD" w14:textId="7CA5F952" w:rsidR="00E00CE4" w:rsidRPr="00E00CE4" w:rsidRDefault="00E00CE4" w:rsidP="00E00CE4">
       <w:pPr>
         <w:pStyle w:val="07puces"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="227" w:hanging="227"/>
       </w:pPr>
       <w:r w:rsidRPr="000F7AD3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher21"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00E00CE4">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r w:rsidRPr="000F7AD3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="000F7AD3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E00CE4">
-        <w:t>l’exactitude</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> du statut de l’élève</w:t>
+        <w:t>l’exactitude du statut de l’élève</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53778FAA" w14:textId="4DCECD03" w:rsidR="00185BE7" w:rsidRPr="00DA3206" w:rsidRDefault="00B71112" w:rsidP="00B71112">
       <w:pPr>
         <w:pStyle w:val="07puces"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="227" w:hanging="227"/>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F7AD3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher21"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="007560DE">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r w:rsidRPr="000F7AD3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="000F7AD3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00E00CE4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="009C4396">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
-        <w:t>être</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> en possession des documents diagnostics mentionnés dans la demande</w:t>
+        <w:t>être en possession des documents diagnostics mentionnés dans la demande</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6756DB8A" w14:textId="235DA699" w:rsidR="00E0595B" w:rsidRDefault="00B71112" w:rsidP="00B71112">
       <w:pPr>
         <w:pStyle w:val="07puces"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="227" w:hanging="227"/>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F7AD3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher21"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="007560DE">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r w:rsidRPr="000F7AD3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="000F7AD3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00E00CE4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00E0595B">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
-        <w:t>avoir</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> mis la coche MTA dans Primeo</w:t>
+        <w:t>avoir mis la coche MTA dans Primeo</w:t>
       </w:r>
       <w:r w:rsidR="001739BF">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> (pour les élèves des cycles 1 et 2)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="415D74D4" w14:textId="77777777" w:rsidR="00B71112" w:rsidRPr="00DA3206" w:rsidRDefault="00B71112" w:rsidP="00B71112">
       <w:pPr>
         <w:pStyle w:val="07puces"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="227" w:hanging="227"/>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="47A6D5A3" w14:textId="77777777" w:rsidR="00DA3206" w:rsidRPr="00043D4D" w:rsidRDefault="00DA3206" w:rsidP="00DA3206">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:numPr>
@@ -15090,83 +15082,83 @@
         </w:rPr>
         <w:t>Rue de l’Hôpital 3</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="7647FBF3">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>1701 Fribourg</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4AA8C0A6" w14:textId="0327490D" w:rsidR="002C346E" w:rsidRPr="00573CAB" w:rsidRDefault="202CB409" w:rsidP="00C77487">
       <w:r>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="20404AFE">
         <w:t>esam@fr.</w:t>
       </w:r>
       <w:r w:rsidR="00A15E86">
         <w:t>ch</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="002C346E" w:rsidRPr="00573CAB" w:rsidSect="00CE04CC">
-      <w:headerReference w:type="default" r:id="rId12"/>
-[...2 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId15"/>
+      <w:headerReference w:type="default" r:id="rId15"/>
+      <w:footerReference w:type="default" r:id="rId16"/>
+      <w:headerReference w:type="first" r:id="rId17"/>
+      <w:footerReference w:type="first" r:id="rId18"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1675" w:right="1841" w:bottom="1701" w:left="1418" w:header="652" w:footer="510" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="414F7137" w14:textId="77777777" w:rsidR="008559E0" w:rsidRDefault="008559E0">
+    <w:p w14:paraId="2664003A" w14:textId="77777777" w:rsidR="00F26BF9" w:rsidRDefault="00F26BF9">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5120518B" w14:textId="77777777" w:rsidR="008559E0" w:rsidRDefault="008559E0">
+    <w:p w14:paraId="1800D800" w14:textId="77777777" w:rsidR="00F26BF9" w:rsidRDefault="00F26BF9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7739172A" w14:textId="77777777" w:rsidR="008559E0" w:rsidRDefault="008559E0">
+    <w:p w14:paraId="70DA3FB7" w14:textId="77777777" w:rsidR="00F26BF9" w:rsidRDefault="00F26BF9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -15399,153 +15391,160 @@
     <w:r w:rsidR="0020287C" w:rsidRPr="000B0059">
       <w:rPr>
         <w:sz w:val="14"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-CH"/>
       </w:rPr>
       <w:t>S-002A-FR_Demande</w:t>
     </w:r>
     <w:r w:rsidR="00A974B3">
       <w:rPr>
         <w:sz w:val="14"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-CH"/>
       </w:rPr>
       <w:t>_de_pret_</w:t>
     </w:r>
     <w:r w:rsidR="00DD7D11">
       <w:rPr>
         <w:sz w:val="14"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-CH"/>
       </w:rPr>
       <w:t>MTA</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="7AEFE37F" w14:textId="7BD808CE" w:rsidR="000B4FA9" w:rsidRPr="006529B8" w:rsidRDefault="000B0059" w:rsidP="000B4FA9">
+  <w:p w14:paraId="7AEFE37F" w14:textId="66C2CD42" w:rsidR="000B4FA9" w:rsidRPr="006529B8" w:rsidRDefault="000B0059" w:rsidP="000B4FA9">
     <w:pPr>
       <w:pStyle w:val="01entteetbasdepage"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="9072"/>
         <w:tab w:val="right" w:pos="9637"/>
       </w:tabs>
       <w:rPr>
         <w:bCs/>
         <w:lang w:val="de-CH"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="000B0059">
       <w:rPr>
         <w:bCs/>
         <w:lang w:val="de-CH"/>
       </w:rPr>
       <w:t>Direktion für Bildung und kulturelle Angelegenheiten</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:lang w:val="de-CH"/>
       </w:rPr>
       <w:t xml:space="preserve"> BKAD</w:t>
     </w:r>
     <w:r w:rsidR="000B4FA9">
       <w:rPr>
         <w:b/>
         <w:lang w:val="de-CH"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="000B4FA9" w:rsidRPr="005C7959">
       <w:rPr>
         <w:bCs/>
         <w:lang w:val="de-CH"/>
       </w:rPr>
       <w:t xml:space="preserve">Version </w:t>
     </w:r>
-    <w:r w:rsidR="005F0CE6">
+    <w:r w:rsidR="005F7A41">
       <w:rPr>
         <w:bCs/>
         <w:lang w:val="de-CH"/>
       </w:rPr>
-      <w:t>11</w:t>
+      <w:t>02</w:t>
     </w:r>
     <w:r w:rsidR="007B5B6A">
       <w:rPr>
         <w:bCs/>
         <w:lang w:val="de-CH"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
     <w:r w:rsidR="00800F0E">
       <w:rPr>
         <w:bCs/>
         <w:lang w:val="de-CH"/>
       </w:rPr>
       <w:t>20</w:t>
     </w:r>
     <w:r w:rsidR="007B5B6A">
       <w:rPr>
         <w:bCs/>
         <w:lang w:val="de-CH"/>
       </w:rPr>
-      <w:t>25</w:t>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r w:rsidR="005F7A41">
+      <w:rPr>
+        <w:bCs/>
+        <w:lang w:val="de-CH"/>
+      </w:rPr>
+      <w:t>6</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="14A6EF67" w14:textId="5FF7766C" w:rsidR="003D703B" w:rsidRPr="00B85018" w:rsidRDefault="003D703B" w:rsidP="000B4FA9">
     <w:pPr>
       <w:pStyle w:val="01entteetbasdepage"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="8931"/>
       </w:tabs>
       <w:rPr>
         <w:sz w:val="14"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="de-CH"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1E2E2DFA" w14:textId="77777777" w:rsidR="008559E0" w:rsidRDefault="008559E0">
+    <w:p w14:paraId="70A93355" w14:textId="77777777" w:rsidR="00F26BF9" w:rsidRDefault="00F26BF9">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4A97B153" w14:textId="77777777" w:rsidR="008559E0" w:rsidRDefault="008559E0">
+    <w:p w14:paraId="303CFF4B" w14:textId="77777777" w:rsidR="00F26BF9" w:rsidRDefault="00F26BF9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5307D40C" w14:textId="77777777" w:rsidR="008559E0" w:rsidRDefault="008559E0">
+    <w:p w14:paraId="2DBB22AD" w14:textId="77777777" w:rsidR="00F26BF9" w:rsidRDefault="00F26BF9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9298" w:type="dxa"/>
       <w:tblInd w:w="341" w:type="dxa"/>
       <w:tblBorders>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
@@ -15744,53 +15743,53 @@
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="525B3A68" w14:textId="77777777" w:rsidR="003D703B" w:rsidRDefault="003D703B" w:rsidP="00E03DF0"/>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9639" w:type="dxa"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="57" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5500"/>
       <w:gridCol w:w="4139"/>
     </w:tblGrid>
-    <w:tr w:rsidR="007B21BA" w:rsidRPr="004A0F2D" w14:paraId="50A01017" w14:textId="77777777" w:rsidTr="3DA0160A">
+    <w:tr w:rsidR="007B21BA" w:rsidRPr="004A0F2D" w14:paraId="50A01017" w14:textId="77777777" w:rsidTr="000A28EE">
       <w:trPr>
-        <w:trHeight w:val="1701"/>
+        <w:trHeight w:val="88"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5500" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="7A1FD77F" w14:textId="77777777" w:rsidR="003D703B" w:rsidRPr="00AA545D" w:rsidRDefault="00EB6284">
           <w:pPr>
             <w:pStyle w:val="TM1"/>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00AA545D">
             <w:rPr>
               <w:noProof/>
               <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
             </w:rPr>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0BEA36A2" wp14:editId="333EAB36">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>-2963</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>847</wp:posOffset>
@@ -15844,65 +15843,56 @@
               <w:lang w:val="fr-CH"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00804CA6">
             <w:rPr>
               <w:b/>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
             <w:t>Service de l´enseignement</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
             <w:t xml:space="preserve"> spécialisé</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="7C8EFEA5" w14:textId="43687025" w:rsidR="00BE2927" w:rsidRDefault="00FD4C0B" w:rsidP="0043343F">
           <w:pPr>
             <w:pStyle w:val="01entteetbasdepage"/>
             <w:rPr>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
           </w:pPr>
-          <w:proofErr w:type="gramStart"/>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
-            <w:t>et</w:t>
-[...7 lines deleted...]
-            <w:t xml:space="preserve"> des mesures d’aides </w:t>
+            <w:t xml:space="preserve">et des mesures d’aides </w:t>
           </w:r>
           <w:r w:rsidRPr="0091232F">
             <w:rPr>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
             <w:t>SE</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
             <w:t>SAM</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="3E264696" w14:textId="0DC8A580" w:rsidR="00754FD8" w:rsidRDefault="00754FD8" w:rsidP="0043343F">
           <w:pPr>
             <w:pStyle w:val="01entteetbasdepage"/>
             <w:rPr>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00754FD8">
             <w:rPr>
               <w:b/>
               <w:bCs/>
@@ -23327,51 +23317,51 @@
   </w:num>
   <w:num w:numId="53" w16cid:durableId="227884880">
     <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="54" w16cid:durableId="149173638">
     <w:abstractNumId w:val="43"/>
   </w:num>
   <w:num w:numId="55" w16cid:durableId="611934018">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="56" w16cid:durableId="111284708">
     <w:abstractNumId w:val="36"/>
   </w:num>
   <w:num w:numId="57" w16cid:durableId="1166703898">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="58" w16cid:durableId="521166740">
     <w:abstractNumId w:val="44"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="52"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="80"/>
+  <w:zoom w:percent="70"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1021" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:documentProtection w:edit="forms" w:enforcement="1"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -23411,185 +23401,206 @@
     <w:rsid w:val="0004558A"/>
     <w:rsid w:val="000462FB"/>
     <w:rsid w:val="000468F9"/>
     <w:rsid w:val="00050B44"/>
     <w:rsid w:val="000553A8"/>
     <w:rsid w:val="000556CE"/>
     <w:rsid w:val="00067CED"/>
     <w:rsid w:val="0007040C"/>
     <w:rsid w:val="00070A51"/>
     <w:rsid w:val="0007236D"/>
     <w:rsid w:val="0007269B"/>
     <w:rsid w:val="000745AB"/>
     <w:rsid w:val="00076C9A"/>
     <w:rsid w:val="00081AEE"/>
     <w:rsid w:val="00082182"/>
     <w:rsid w:val="00082F4F"/>
     <w:rsid w:val="000841A3"/>
     <w:rsid w:val="00084D9F"/>
     <w:rsid w:val="00085E2C"/>
     <w:rsid w:val="0009086E"/>
     <w:rsid w:val="00090DE5"/>
     <w:rsid w:val="00093481"/>
     <w:rsid w:val="000951D8"/>
     <w:rsid w:val="00096F0D"/>
     <w:rsid w:val="000A10E7"/>
+    <w:rsid w:val="000A28EE"/>
     <w:rsid w:val="000A3810"/>
     <w:rsid w:val="000A3DCD"/>
     <w:rsid w:val="000A41AC"/>
     <w:rsid w:val="000A4763"/>
     <w:rsid w:val="000A5373"/>
     <w:rsid w:val="000A598E"/>
     <w:rsid w:val="000A5F2B"/>
     <w:rsid w:val="000A606B"/>
     <w:rsid w:val="000B0059"/>
     <w:rsid w:val="000B179E"/>
     <w:rsid w:val="000B1A24"/>
+    <w:rsid w:val="000B2375"/>
     <w:rsid w:val="000B3309"/>
     <w:rsid w:val="000B38A4"/>
     <w:rsid w:val="000B3E5B"/>
     <w:rsid w:val="000B4FA9"/>
     <w:rsid w:val="000B5463"/>
     <w:rsid w:val="000B5865"/>
     <w:rsid w:val="000B6D67"/>
     <w:rsid w:val="000B734A"/>
+    <w:rsid w:val="000B7729"/>
     <w:rsid w:val="000C63D8"/>
     <w:rsid w:val="000D0167"/>
+    <w:rsid w:val="000D1CA8"/>
     <w:rsid w:val="000D1CE5"/>
     <w:rsid w:val="000D1E71"/>
     <w:rsid w:val="000D29E1"/>
     <w:rsid w:val="000D2F88"/>
     <w:rsid w:val="000D3255"/>
     <w:rsid w:val="000D4B37"/>
     <w:rsid w:val="000D5BFE"/>
     <w:rsid w:val="000E0364"/>
+    <w:rsid w:val="000E2E94"/>
     <w:rsid w:val="000E4214"/>
     <w:rsid w:val="000E4C68"/>
     <w:rsid w:val="000E553C"/>
     <w:rsid w:val="000E6A91"/>
     <w:rsid w:val="000F41DD"/>
     <w:rsid w:val="000F4234"/>
     <w:rsid w:val="000F5E4A"/>
     <w:rsid w:val="000F6236"/>
     <w:rsid w:val="000F6C90"/>
     <w:rsid w:val="000F6E34"/>
     <w:rsid w:val="000F72B8"/>
     <w:rsid w:val="000F77C6"/>
     <w:rsid w:val="000F7AD3"/>
     <w:rsid w:val="001001E2"/>
     <w:rsid w:val="00100C43"/>
     <w:rsid w:val="00101222"/>
     <w:rsid w:val="00101D2F"/>
     <w:rsid w:val="00102359"/>
     <w:rsid w:val="00102D05"/>
     <w:rsid w:val="00103CC4"/>
     <w:rsid w:val="00104172"/>
     <w:rsid w:val="001055FE"/>
     <w:rsid w:val="00105603"/>
     <w:rsid w:val="00105FDD"/>
     <w:rsid w:val="00106B97"/>
     <w:rsid w:val="00107473"/>
     <w:rsid w:val="001129EC"/>
     <w:rsid w:val="00112A04"/>
     <w:rsid w:val="00112FC6"/>
     <w:rsid w:val="001133B2"/>
+    <w:rsid w:val="0011538C"/>
     <w:rsid w:val="00115744"/>
     <w:rsid w:val="001173A6"/>
     <w:rsid w:val="001203E6"/>
     <w:rsid w:val="001226EB"/>
     <w:rsid w:val="00122E6C"/>
+    <w:rsid w:val="00124ACF"/>
     <w:rsid w:val="001255AE"/>
     <w:rsid w:val="00125700"/>
+    <w:rsid w:val="00125FC5"/>
     <w:rsid w:val="00126176"/>
     <w:rsid w:val="0012666A"/>
     <w:rsid w:val="00126913"/>
     <w:rsid w:val="001277DC"/>
+    <w:rsid w:val="00131909"/>
     <w:rsid w:val="0013221A"/>
     <w:rsid w:val="0013588F"/>
     <w:rsid w:val="00135D51"/>
     <w:rsid w:val="00135F5B"/>
+    <w:rsid w:val="00136638"/>
+    <w:rsid w:val="00137516"/>
     <w:rsid w:val="00137958"/>
     <w:rsid w:val="001401B5"/>
     <w:rsid w:val="00140533"/>
     <w:rsid w:val="00142A74"/>
     <w:rsid w:val="00142B1E"/>
     <w:rsid w:val="00142E79"/>
     <w:rsid w:val="0014443A"/>
     <w:rsid w:val="00145D91"/>
     <w:rsid w:val="001467F6"/>
     <w:rsid w:val="0014687F"/>
+    <w:rsid w:val="00150197"/>
     <w:rsid w:val="00153E14"/>
     <w:rsid w:val="00154F8A"/>
+    <w:rsid w:val="00155BBD"/>
     <w:rsid w:val="0015618C"/>
     <w:rsid w:val="00156F4E"/>
     <w:rsid w:val="00157C34"/>
     <w:rsid w:val="00162A11"/>
     <w:rsid w:val="00162D56"/>
     <w:rsid w:val="0016364B"/>
+    <w:rsid w:val="00163FCD"/>
     <w:rsid w:val="00164C2E"/>
     <w:rsid w:val="00170134"/>
     <w:rsid w:val="00171A28"/>
     <w:rsid w:val="001739BF"/>
     <w:rsid w:val="00173B5B"/>
     <w:rsid w:val="00173D64"/>
     <w:rsid w:val="001740C6"/>
     <w:rsid w:val="00174B05"/>
     <w:rsid w:val="001757F7"/>
     <w:rsid w:val="0018058A"/>
     <w:rsid w:val="0018132A"/>
+    <w:rsid w:val="00182659"/>
     <w:rsid w:val="00185576"/>
     <w:rsid w:val="00185BE7"/>
     <w:rsid w:val="00187C57"/>
     <w:rsid w:val="00191500"/>
     <w:rsid w:val="001924BA"/>
     <w:rsid w:val="00193D41"/>
+    <w:rsid w:val="001944AA"/>
     <w:rsid w:val="00195C73"/>
     <w:rsid w:val="00195ECD"/>
+    <w:rsid w:val="00196488"/>
     <w:rsid w:val="001A0C13"/>
     <w:rsid w:val="001A11FE"/>
     <w:rsid w:val="001A42CD"/>
     <w:rsid w:val="001B1035"/>
     <w:rsid w:val="001B1C38"/>
     <w:rsid w:val="001B1F42"/>
     <w:rsid w:val="001B5723"/>
     <w:rsid w:val="001B65AB"/>
     <w:rsid w:val="001B66C7"/>
+    <w:rsid w:val="001B75DF"/>
     <w:rsid w:val="001B7ACC"/>
     <w:rsid w:val="001B7E85"/>
     <w:rsid w:val="001C0A51"/>
+    <w:rsid w:val="001C16E3"/>
     <w:rsid w:val="001C2EA1"/>
     <w:rsid w:val="001C5B70"/>
     <w:rsid w:val="001C6CE8"/>
     <w:rsid w:val="001D06D0"/>
     <w:rsid w:val="001D0E5F"/>
     <w:rsid w:val="001D2F65"/>
+    <w:rsid w:val="001D59D2"/>
     <w:rsid w:val="001D6350"/>
     <w:rsid w:val="001E0006"/>
     <w:rsid w:val="001E077D"/>
     <w:rsid w:val="001E3820"/>
     <w:rsid w:val="001E498E"/>
     <w:rsid w:val="001E696A"/>
+    <w:rsid w:val="001E7711"/>
     <w:rsid w:val="001E79BB"/>
     <w:rsid w:val="001E7B3C"/>
     <w:rsid w:val="001E7C92"/>
     <w:rsid w:val="001F130A"/>
     <w:rsid w:val="001F1D70"/>
     <w:rsid w:val="001F1F9C"/>
     <w:rsid w:val="001F5403"/>
     <w:rsid w:val="001F5EEA"/>
     <w:rsid w:val="001F6441"/>
     <w:rsid w:val="0020066D"/>
     <w:rsid w:val="0020287C"/>
     <w:rsid w:val="00202D8F"/>
     <w:rsid w:val="00203F84"/>
     <w:rsid w:val="002047B0"/>
     <w:rsid w:val="00204934"/>
     <w:rsid w:val="00207BE1"/>
     <w:rsid w:val="0021001D"/>
     <w:rsid w:val="00211D5F"/>
     <w:rsid w:val="00214638"/>
     <w:rsid w:val="00215B41"/>
     <w:rsid w:val="0021681F"/>
     <w:rsid w:val="00221C58"/>
     <w:rsid w:val="00221D4D"/>
     <w:rsid w:val="00223D0C"/>
     <w:rsid w:val="002248D8"/>
@@ -23606,1242 +23617,1354 @@
     <w:rsid w:val="0023472E"/>
     <w:rsid w:val="00234943"/>
     <w:rsid w:val="002357D1"/>
     <w:rsid w:val="00237D01"/>
     <w:rsid w:val="00240F12"/>
     <w:rsid w:val="00241536"/>
     <w:rsid w:val="002443B2"/>
     <w:rsid w:val="0024766E"/>
     <w:rsid w:val="00253435"/>
     <w:rsid w:val="00254EBE"/>
     <w:rsid w:val="0025597A"/>
     <w:rsid w:val="00255B12"/>
     <w:rsid w:val="00256795"/>
     <w:rsid w:val="0026064A"/>
     <w:rsid w:val="00260796"/>
     <w:rsid w:val="002607EC"/>
     <w:rsid w:val="002617D2"/>
     <w:rsid w:val="00261EE0"/>
     <w:rsid w:val="0026262C"/>
     <w:rsid w:val="002628DC"/>
     <w:rsid w:val="00263092"/>
     <w:rsid w:val="0026372B"/>
     <w:rsid w:val="00263C84"/>
     <w:rsid w:val="0026533E"/>
     <w:rsid w:val="002679FC"/>
+    <w:rsid w:val="002714F9"/>
     <w:rsid w:val="00271DF6"/>
     <w:rsid w:val="00271F1D"/>
     <w:rsid w:val="0027281C"/>
     <w:rsid w:val="00275F3F"/>
     <w:rsid w:val="002769C7"/>
     <w:rsid w:val="00277B98"/>
     <w:rsid w:val="0028179B"/>
     <w:rsid w:val="00281A15"/>
     <w:rsid w:val="00281B01"/>
     <w:rsid w:val="002837AA"/>
     <w:rsid w:val="002858BE"/>
     <w:rsid w:val="00286B55"/>
     <w:rsid w:val="00287F3D"/>
     <w:rsid w:val="00290BC2"/>
     <w:rsid w:val="00291606"/>
     <w:rsid w:val="0029166B"/>
+    <w:rsid w:val="00292472"/>
     <w:rsid w:val="0029394D"/>
     <w:rsid w:val="00293EA5"/>
+    <w:rsid w:val="00294491"/>
     <w:rsid w:val="00295C3B"/>
     <w:rsid w:val="002A146E"/>
     <w:rsid w:val="002A25AE"/>
     <w:rsid w:val="002A2A30"/>
     <w:rsid w:val="002A336A"/>
+    <w:rsid w:val="002A42B6"/>
     <w:rsid w:val="002A7AE5"/>
     <w:rsid w:val="002B030C"/>
     <w:rsid w:val="002B09A6"/>
     <w:rsid w:val="002B0AFB"/>
     <w:rsid w:val="002B1CD6"/>
     <w:rsid w:val="002B306C"/>
     <w:rsid w:val="002B31CF"/>
     <w:rsid w:val="002B3641"/>
     <w:rsid w:val="002B4006"/>
+    <w:rsid w:val="002B41CE"/>
     <w:rsid w:val="002B5D34"/>
+    <w:rsid w:val="002B6EBB"/>
     <w:rsid w:val="002C10A0"/>
     <w:rsid w:val="002C1B9E"/>
     <w:rsid w:val="002C346E"/>
     <w:rsid w:val="002C4CC2"/>
     <w:rsid w:val="002C612E"/>
     <w:rsid w:val="002C6685"/>
     <w:rsid w:val="002C7318"/>
     <w:rsid w:val="002C748F"/>
     <w:rsid w:val="002C7A7B"/>
     <w:rsid w:val="002D3378"/>
     <w:rsid w:val="002D5865"/>
     <w:rsid w:val="002D6613"/>
     <w:rsid w:val="002D69AB"/>
     <w:rsid w:val="002E00CD"/>
     <w:rsid w:val="002E07E3"/>
     <w:rsid w:val="002E1FE3"/>
     <w:rsid w:val="002E26AD"/>
     <w:rsid w:val="002E4412"/>
     <w:rsid w:val="002E4445"/>
+    <w:rsid w:val="002E5DC0"/>
     <w:rsid w:val="002E6712"/>
     <w:rsid w:val="002E6D87"/>
     <w:rsid w:val="002F11C8"/>
     <w:rsid w:val="002F2AFA"/>
     <w:rsid w:val="002F2E2F"/>
     <w:rsid w:val="002F3E82"/>
     <w:rsid w:val="002F4D17"/>
     <w:rsid w:val="002F622B"/>
     <w:rsid w:val="002F65DC"/>
     <w:rsid w:val="00300FCF"/>
     <w:rsid w:val="0030323C"/>
     <w:rsid w:val="00305DA3"/>
     <w:rsid w:val="00317F8D"/>
     <w:rsid w:val="00320499"/>
     <w:rsid w:val="00320A6B"/>
     <w:rsid w:val="00320F4F"/>
     <w:rsid w:val="00321D8B"/>
     <w:rsid w:val="00323193"/>
     <w:rsid w:val="00323EAA"/>
     <w:rsid w:val="00324277"/>
+    <w:rsid w:val="00324573"/>
     <w:rsid w:val="0032532A"/>
     <w:rsid w:val="00325958"/>
+    <w:rsid w:val="003319DA"/>
     <w:rsid w:val="00332E0A"/>
     <w:rsid w:val="00333CF1"/>
     <w:rsid w:val="0033542E"/>
     <w:rsid w:val="003357B0"/>
     <w:rsid w:val="00335844"/>
     <w:rsid w:val="00337BA0"/>
     <w:rsid w:val="00341859"/>
     <w:rsid w:val="00341DA6"/>
     <w:rsid w:val="00344B1D"/>
     <w:rsid w:val="00344E85"/>
     <w:rsid w:val="0034610C"/>
     <w:rsid w:val="0034757B"/>
     <w:rsid w:val="00347B15"/>
     <w:rsid w:val="00353BBC"/>
     <w:rsid w:val="0035432E"/>
     <w:rsid w:val="00354794"/>
     <w:rsid w:val="00366E63"/>
     <w:rsid w:val="00370195"/>
     <w:rsid w:val="00373102"/>
     <w:rsid w:val="00373F43"/>
     <w:rsid w:val="00374E6E"/>
     <w:rsid w:val="00375B24"/>
     <w:rsid w:val="003765D8"/>
     <w:rsid w:val="00380F64"/>
     <w:rsid w:val="0038503D"/>
     <w:rsid w:val="00386ED0"/>
     <w:rsid w:val="00387514"/>
     <w:rsid w:val="00387AF3"/>
     <w:rsid w:val="00387D14"/>
     <w:rsid w:val="00387FF9"/>
+    <w:rsid w:val="003904B6"/>
     <w:rsid w:val="003916EA"/>
     <w:rsid w:val="00392F9F"/>
     <w:rsid w:val="00393300"/>
     <w:rsid w:val="00393AE3"/>
     <w:rsid w:val="0039446B"/>
     <w:rsid w:val="00394958"/>
     <w:rsid w:val="00394ADA"/>
     <w:rsid w:val="00395436"/>
     <w:rsid w:val="0039544B"/>
     <w:rsid w:val="003969EE"/>
     <w:rsid w:val="00396F3B"/>
     <w:rsid w:val="003A0872"/>
     <w:rsid w:val="003A0CA8"/>
+    <w:rsid w:val="003A11E6"/>
     <w:rsid w:val="003A1E18"/>
     <w:rsid w:val="003A29D2"/>
     <w:rsid w:val="003A3874"/>
     <w:rsid w:val="003A3E02"/>
     <w:rsid w:val="003A47EB"/>
     <w:rsid w:val="003A5546"/>
     <w:rsid w:val="003A5D2F"/>
     <w:rsid w:val="003A7119"/>
     <w:rsid w:val="003A7FD2"/>
     <w:rsid w:val="003B215A"/>
     <w:rsid w:val="003B42B6"/>
     <w:rsid w:val="003B6AC7"/>
     <w:rsid w:val="003B6F89"/>
     <w:rsid w:val="003C06CF"/>
     <w:rsid w:val="003C13B1"/>
     <w:rsid w:val="003C1DAA"/>
     <w:rsid w:val="003C2514"/>
     <w:rsid w:val="003C3ED8"/>
     <w:rsid w:val="003C40F5"/>
     <w:rsid w:val="003C455F"/>
     <w:rsid w:val="003C5907"/>
     <w:rsid w:val="003C6B7F"/>
     <w:rsid w:val="003C708D"/>
     <w:rsid w:val="003D00DD"/>
     <w:rsid w:val="003D0B66"/>
     <w:rsid w:val="003D16D1"/>
     <w:rsid w:val="003D1EEE"/>
     <w:rsid w:val="003D24CF"/>
     <w:rsid w:val="003D3EB8"/>
     <w:rsid w:val="003D4D3A"/>
+    <w:rsid w:val="003D5957"/>
     <w:rsid w:val="003D5FC6"/>
     <w:rsid w:val="003D679B"/>
     <w:rsid w:val="003D703B"/>
     <w:rsid w:val="003D70A9"/>
     <w:rsid w:val="003D75BE"/>
     <w:rsid w:val="003E020E"/>
     <w:rsid w:val="003E0D43"/>
     <w:rsid w:val="003E1066"/>
     <w:rsid w:val="003E289C"/>
     <w:rsid w:val="003E28E6"/>
     <w:rsid w:val="003E5B18"/>
     <w:rsid w:val="003E7269"/>
     <w:rsid w:val="003E72AE"/>
     <w:rsid w:val="003E76FA"/>
     <w:rsid w:val="003E79EA"/>
     <w:rsid w:val="003F0706"/>
     <w:rsid w:val="003F1063"/>
     <w:rsid w:val="003F3BDB"/>
     <w:rsid w:val="003F4FB8"/>
     <w:rsid w:val="003F6913"/>
     <w:rsid w:val="004000DF"/>
     <w:rsid w:val="00401FB9"/>
     <w:rsid w:val="004020DB"/>
     <w:rsid w:val="00403189"/>
     <w:rsid w:val="004031DD"/>
     <w:rsid w:val="004039D7"/>
     <w:rsid w:val="00403B08"/>
     <w:rsid w:val="00404BDA"/>
     <w:rsid w:val="0040547F"/>
     <w:rsid w:val="00405775"/>
     <w:rsid w:val="00405C59"/>
     <w:rsid w:val="00406BC5"/>
     <w:rsid w:val="00407243"/>
     <w:rsid w:val="00407F47"/>
     <w:rsid w:val="004111D7"/>
     <w:rsid w:val="004123B3"/>
     <w:rsid w:val="0041285B"/>
     <w:rsid w:val="004145B8"/>
     <w:rsid w:val="00415448"/>
     <w:rsid w:val="00415D63"/>
+    <w:rsid w:val="0041614F"/>
     <w:rsid w:val="00416192"/>
     <w:rsid w:val="00416F97"/>
     <w:rsid w:val="00417703"/>
     <w:rsid w:val="004206C0"/>
     <w:rsid w:val="004206E8"/>
     <w:rsid w:val="00422E98"/>
     <w:rsid w:val="00423057"/>
     <w:rsid w:val="0042306F"/>
     <w:rsid w:val="00423B5C"/>
     <w:rsid w:val="00423EDC"/>
     <w:rsid w:val="0043343F"/>
     <w:rsid w:val="00435148"/>
+    <w:rsid w:val="0043535A"/>
     <w:rsid w:val="004373F7"/>
+    <w:rsid w:val="004414D8"/>
     <w:rsid w:val="004417D3"/>
     <w:rsid w:val="0044323E"/>
     <w:rsid w:val="00444633"/>
     <w:rsid w:val="00444A65"/>
     <w:rsid w:val="00444EF3"/>
     <w:rsid w:val="00445022"/>
     <w:rsid w:val="00446C7F"/>
     <w:rsid w:val="004503BA"/>
+    <w:rsid w:val="004514A6"/>
+    <w:rsid w:val="004520E0"/>
     <w:rsid w:val="004526E2"/>
     <w:rsid w:val="004529DE"/>
     <w:rsid w:val="00453981"/>
     <w:rsid w:val="00454564"/>
     <w:rsid w:val="00455BCA"/>
     <w:rsid w:val="00455BE5"/>
+    <w:rsid w:val="00456589"/>
+    <w:rsid w:val="004601AE"/>
     <w:rsid w:val="0046158B"/>
     <w:rsid w:val="004619E1"/>
     <w:rsid w:val="00462039"/>
     <w:rsid w:val="00462321"/>
     <w:rsid w:val="004626F9"/>
     <w:rsid w:val="00463011"/>
     <w:rsid w:val="00463B13"/>
+    <w:rsid w:val="004641A1"/>
     <w:rsid w:val="004715AD"/>
     <w:rsid w:val="00472166"/>
     <w:rsid w:val="004722A1"/>
     <w:rsid w:val="00472659"/>
     <w:rsid w:val="0047337B"/>
     <w:rsid w:val="0047344E"/>
     <w:rsid w:val="00473943"/>
     <w:rsid w:val="00475680"/>
     <w:rsid w:val="00475715"/>
     <w:rsid w:val="00475E73"/>
     <w:rsid w:val="004765EC"/>
     <w:rsid w:val="004766B8"/>
     <w:rsid w:val="0047734E"/>
     <w:rsid w:val="00477CBF"/>
+    <w:rsid w:val="004818F8"/>
     <w:rsid w:val="00482FFB"/>
     <w:rsid w:val="00483AD7"/>
     <w:rsid w:val="0048510A"/>
     <w:rsid w:val="00487041"/>
     <w:rsid w:val="004906D7"/>
     <w:rsid w:val="00490807"/>
     <w:rsid w:val="00492A3A"/>
     <w:rsid w:val="00493A04"/>
     <w:rsid w:val="004949F9"/>
+    <w:rsid w:val="00494DF7"/>
     <w:rsid w:val="00495967"/>
     <w:rsid w:val="00495FC4"/>
     <w:rsid w:val="00496C0E"/>
     <w:rsid w:val="004976AC"/>
     <w:rsid w:val="004A4CE7"/>
     <w:rsid w:val="004A69AB"/>
+    <w:rsid w:val="004A7FB6"/>
     <w:rsid w:val="004B0852"/>
     <w:rsid w:val="004B1F20"/>
     <w:rsid w:val="004B20E3"/>
     <w:rsid w:val="004B2760"/>
     <w:rsid w:val="004B4B28"/>
     <w:rsid w:val="004B5D6D"/>
     <w:rsid w:val="004B5D70"/>
     <w:rsid w:val="004B6C9C"/>
     <w:rsid w:val="004B7335"/>
+    <w:rsid w:val="004C382C"/>
     <w:rsid w:val="004C39E1"/>
     <w:rsid w:val="004C63DE"/>
     <w:rsid w:val="004C686E"/>
     <w:rsid w:val="004C704B"/>
     <w:rsid w:val="004D0AE3"/>
     <w:rsid w:val="004D0B6F"/>
     <w:rsid w:val="004D492E"/>
     <w:rsid w:val="004D4F92"/>
     <w:rsid w:val="004D4FC1"/>
     <w:rsid w:val="004D5C7D"/>
     <w:rsid w:val="004D5F45"/>
     <w:rsid w:val="004D6CC2"/>
     <w:rsid w:val="004D6D9B"/>
     <w:rsid w:val="004D76EB"/>
     <w:rsid w:val="004D7DCD"/>
     <w:rsid w:val="004D7FEB"/>
     <w:rsid w:val="004E2B45"/>
     <w:rsid w:val="004E3BCD"/>
     <w:rsid w:val="004E4E8A"/>
     <w:rsid w:val="004E6362"/>
     <w:rsid w:val="004F0D6A"/>
     <w:rsid w:val="004F28D4"/>
     <w:rsid w:val="004F374C"/>
     <w:rsid w:val="004F3762"/>
     <w:rsid w:val="004F4A9F"/>
     <w:rsid w:val="004F4E1C"/>
     <w:rsid w:val="004F6A38"/>
     <w:rsid w:val="004F75B1"/>
+    <w:rsid w:val="004F7F17"/>
     <w:rsid w:val="00502144"/>
     <w:rsid w:val="005025C2"/>
     <w:rsid w:val="00502B1A"/>
     <w:rsid w:val="00505315"/>
     <w:rsid w:val="00505948"/>
     <w:rsid w:val="00505FA1"/>
+    <w:rsid w:val="00506456"/>
     <w:rsid w:val="005073B1"/>
     <w:rsid w:val="00511D3F"/>
     <w:rsid w:val="00512EA0"/>
     <w:rsid w:val="00513F6E"/>
     <w:rsid w:val="00515988"/>
     <w:rsid w:val="00515A09"/>
     <w:rsid w:val="00516065"/>
     <w:rsid w:val="005169BC"/>
     <w:rsid w:val="005218E4"/>
     <w:rsid w:val="00521D65"/>
     <w:rsid w:val="00522A83"/>
     <w:rsid w:val="00523BD8"/>
     <w:rsid w:val="00525557"/>
     <w:rsid w:val="00525A1E"/>
+    <w:rsid w:val="00525EC5"/>
     <w:rsid w:val="00526FCC"/>
     <w:rsid w:val="005278DA"/>
     <w:rsid w:val="00530D14"/>
     <w:rsid w:val="00530E9F"/>
     <w:rsid w:val="0053118F"/>
     <w:rsid w:val="00532AB0"/>
     <w:rsid w:val="00533402"/>
     <w:rsid w:val="00534290"/>
     <w:rsid w:val="00536681"/>
     <w:rsid w:val="00537F07"/>
     <w:rsid w:val="0054065E"/>
     <w:rsid w:val="005427F4"/>
     <w:rsid w:val="005440D2"/>
     <w:rsid w:val="005447C5"/>
     <w:rsid w:val="00545FDC"/>
     <w:rsid w:val="00550DB6"/>
     <w:rsid w:val="00552572"/>
     <w:rsid w:val="00555ED7"/>
     <w:rsid w:val="005563D4"/>
     <w:rsid w:val="005571BC"/>
     <w:rsid w:val="00560A18"/>
     <w:rsid w:val="00561124"/>
     <w:rsid w:val="00561D7A"/>
     <w:rsid w:val="00561E8B"/>
     <w:rsid w:val="005627BA"/>
     <w:rsid w:val="0056296C"/>
     <w:rsid w:val="00562A3B"/>
     <w:rsid w:val="005630D9"/>
+    <w:rsid w:val="00563503"/>
     <w:rsid w:val="005638B6"/>
     <w:rsid w:val="0056423D"/>
+    <w:rsid w:val="00564620"/>
     <w:rsid w:val="00564852"/>
     <w:rsid w:val="00564CF9"/>
     <w:rsid w:val="005650D4"/>
+    <w:rsid w:val="005670EF"/>
     <w:rsid w:val="00567835"/>
     <w:rsid w:val="0056797D"/>
     <w:rsid w:val="00570393"/>
     <w:rsid w:val="005712B9"/>
     <w:rsid w:val="00571FFC"/>
     <w:rsid w:val="00572BA6"/>
     <w:rsid w:val="00573CAB"/>
     <w:rsid w:val="00575BB9"/>
     <w:rsid w:val="00575ECC"/>
     <w:rsid w:val="0057657D"/>
     <w:rsid w:val="0058065A"/>
     <w:rsid w:val="005842E7"/>
     <w:rsid w:val="00584AD1"/>
     <w:rsid w:val="00587397"/>
     <w:rsid w:val="00587EFF"/>
     <w:rsid w:val="0059152B"/>
     <w:rsid w:val="005920A8"/>
     <w:rsid w:val="005939AD"/>
     <w:rsid w:val="005942FD"/>
     <w:rsid w:val="00594F8D"/>
     <w:rsid w:val="00597405"/>
     <w:rsid w:val="00597C95"/>
     <w:rsid w:val="005A01E8"/>
     <w:rsid w:val="005A2ECE"/>
     <w:rsid w:val="005A2FFD"/>
     <w:rsid w:val="005A396C"/>
     <w:rsid w:val="005A53BA"/>
     <w:rsid w:val="005A5E51"/>
     <w:rsid w:val="005B013C"/>
     <w:rsid w:val="005B1DF4"/>
     <w:rsid w:val="005B27E0"/>
+    <w:rsid w:val="005B44FE"/>
     <w:rsid w:val="005B49D8"/>
     <w:rsid w:val="005B5043"/>
     <w:rsid w:val="005B6530"/>
+    <w:rsid w:val="005B7B3A"/>
     <w:rsid w:val="005B7E85"/>
     <w:rsid w:val="005C119C"/>
     <w:rsid w:val="005C16A9"/>
     <w:rsid w:val="005C2327"/>
     <w:rsid w:val="005C3634"/>
+    <w:rsid w:val="005C3E9B"/>
     <w:rsid w:val="005C40A0"/>
     <w:rsid w:val="005C6284"/>
     <w:rsid w:val="005C7A6E"/>
     <w:rsid w:val="005C7C58"/>
     <w:rsid w:val="005D06F3"/>
     <w:rsid w:val="005D0D31"/>
     <w:rsid w:val="005D1973"/>
     <w:rsid w:val="005D1FC2"/>
     <w:rsid w:val="005D34B2"/>
     <w:rsid w:val="005D3B6C"/>
     <w:rsid w:val="005D6368"/>
     <w:rsid w:val="005D69DC"/>
     <w:rsid w:val="005E0FFA"/>
     <w:rsid w:val="005E262C"/>
+    <w:rsid w:val="005E2A70"/>
     <w:rsid w:val="005E5D01"/>
     <w:rsid w:val="005E5DBD"/>
     <w:rsid w:val="005F0CE6"/>
     <w:rsid w:val="005F122B"/>
     <w:rsid w:val="005F1905"/>
     <w:rsid w:val="005F1D12"/>
     <w:rsid w:val="005F27A8"/>
     <w:rsid w:val="005F29D5"/>
     <w:rsid w:val="005F2CEF"/>
+    <w:rsid w:val="005F42F2"/>
+    <w:rsid w:val="005F4737"/>
     <w:rsid w:val="005F478B"/>
     <w:rsid w:val="005F4831"/>
     <w:rsid w:val="005F5C0C"/>
     <w:rsid w:val="005F6CD9"/>
+    <w:rsid w:val="005F7A41"/>
     <w:rsid w:val="005F7EA9"/>
     <w:rsid w:val="00602328"/>
+    <w:rsid w:val="00604309"/>
     <w:rsid w:val="00604545"/>
     <w:rsid w:val="0060468A"/>
     <w:rsid w:val="00605E02"/>
     <w:rsid w:val="00606AC6"/>
     <w:rsid w:val="00606C8B"/>
     <w:rsid w:val="00607DCA"/>
     <w:rsid w:val="00610961"/>
     <w:rsid w:val="00610B4D"/>
+    <w:rsid w:val="00611856"/>
     <w:rsid w:val="006135ED"/>
     <w:rsid w:val="006158D9"/>
     <w:rsid w:val="00615B39"/>
     <w:rsid w:val="0062109C"/>
     <w:rsid w:val="0062222F"/>
     <w:rsid w:val="00623049"/>
     <w:rsid w:val="00623291"/>
+    <w:rsid w:val="00623A2E"/>
     <w:rsid w:val="00623DF5"/>
     <w:rsid w:val="00624F94"/>
     <w:rsid w:val="00625F65"/>
     <w:rsid w:val="006264CC"/>
     <w:rsid w:val="00626632"/>
+    <w:rsid w:val="00630946"/>
     <w:rsid w:val="00631AB7"/>
     <w:rsid w:val="00632C7F"/>
     <w:rsid w:val="00633AFD"/>
     <w:rsid w:val="0063496B"/>
     <w:rsid w:val="00634A74"/>
+    <w:rsid w:val="00634AC0"/>
     <w:rsid w:val="006350D2"/>
     <w:rsid w:val="00635CBB"/>
     <w:rsid w:val="0063637D"/>
     <w:rsid w:val="00636B37"/>
     <w:rsid w:val="00636F07"/>
     <w:rsid w:val="00637050"/>
     <w:rsid w:val="006372D2"/>
     <w:rsid w:val="006407BE"/>
     <w:rsid w:val="006407D2"/>
     <w:rsid w:val="00642D3D"/>
     <w:rsid w:val="00643575"/>
     <w:rsid w:val="00643973"/>
     <w:rsid w:val="00644913"/>
     <w:rsid w:val="00644C39"/>
     <w:rsid w:val="00644CB4"/>
     <w:rsid w:val="00646E3A"/>
     <w:rsid w:val="00646E74"/>
     <w:rsid w:val="0065051C"/>
     <w:rsid w:val="006519C0"/>
     <w:rsid w:val="00652ABC"/>
     <w:rsid w:val="00652E5F"/>
     <w:rsid w:val="006534EE"/>
     <w:rsid w:val="00653E3E"/>
     <w:rsid w:val="006549B0"/>
     <w:rsid w:val="00654A84"/>
     <w:rsid w:val="00655A5B"/>
     <w:rsid w:val="00655B48"/>
     <w:rsid w:val="00655E6E"/>
     <w:rsid w:val="00656D54"/>
     <w:rsid w:val="0066041F"/>
     <w:rsid w:val="0066106A"/>
     <w:rsid w:val="00661245"/>
     <w:rsid w:val="0066167D"/>
     <w:rsid w:val="00664B71"/>
     <w:rsid w:val="006652AA"/>
     <w:rsid w:val="00665950"/>
     <w:rsid w:val="00671081"/>
     <w:rsid w:val="00671445"/>
     <w:rsid w:val="006761B4"/>
     <w:rsid w:val="00676A8F"/>
     <w:rsid w:val="006773EB"/>
     <w:rsid w:val="00680239"/>
+    <w:rsid w:val="006804C0"/>
     <w:rsid w:val="00682616"/>
     <w:rsid w:val="0068263E"/>
+    <w:rsid w:val="00682C3E"/>
+    <w:rsid w:val="006854A9"/>
     <w:rsid w:val="00686452"/>
     <w:rsid w:val="00690470"/>
     <w:rsid w:val="00692A21"/>
     <w:rsid w:val="00692DA8"/>
     <w:rsid w:val="00692F34"/>
     <w:rsid w:val="006936FC"/>
     <w:rsid w:val="006941B6"/>
     <w:rsid w:val="00694F21"/>
     <w:rsid w:val="00696D7B"/>
     <w:rsid w:val="006970AD"/>
     <w:rsid w:val="006A4441"/>
     <w:rsid w:val="006A4BEE"/>
+    <w:rsid w:val="006A4E93"/>
     <w:rsid w:val="006A5F99"/>
     <w:rsid w:val="006B2491"/>
     <w:rsid w:val="006B3065"/>
+    <w:rsid w:val="006B3B41"/>
     <w:rsid w:val="006B49B8"/>
     <w:rsid w:val="006B4F6C"/>
     <w:rsid w:val="006B5B05"/>
     <w:rsid w:val="006C164D"/>
     <w:rsid w:val="006C16D8"/>
     <w:rsid w:val="006C23BB"/>
     <w:rsid w:val="006C3089"/>
     <w:rsid w:val="006C318D"/>
     <w:rsid w:val="006C452E"/>
     <w:rsid w:val="006C4829"/>
     <w:rsid w:val="006C50A4"/>
     <w:rsid w:val="006C65BF"/>
     <w:rsid w:val="006C7935"/>
     <w:rsid w:val="006D1917"/>
     <w:rsid w:val="006D1BEC"/>
     <w:rsid w:val="006D2EA7"/>
     <w:rsid w:val="006D4CE0"/>
     <w:rsid w:val="006D52E7"/>
     <w:rsid w:val="006D576B"/>
     <w:rsid w:val="006D700F"/>
     <w:rsid w:val="006E09DE"/>
     <w:rsid w:val="006E2368"/>
     <w:rsid w:val="006E4CA6"/>
     <w:rsid w:val="006E65AD"/>
     <w:rsid w:val="006E7117"/>
     <w:rsid w:val="006F059F"/>
     <w:rsid w:val="006F06F3"/>
     <w:rsid w:val="006F075D"/>
     <w:rsid w:val="006F0A7E"/>
     <w:rsid w:val="006F14B1"/>
     <w:rsid w:val="006F21D0"/>
     <w:rsid w:val="006F325A"/>
     <w:rsid w:val="006F4F8F"/>
+    <w:rsid w:val="006F59C8"/>
     <w:rsid w:val="006F6D4F"/>
+    <w:rsid w:val="006F7B6D"/>
     <w:rsid w:val="00700209"/>
+    <w:rsid w:val="00700DB3"/>
     <w:rsid w:val="00701D75"/>
     <w:rsid w:val="00702295"/>
     <w:rsid w:val="00704708"/>
     <w:rsid w:val="007109DC"/>
     <w:rsid w:val="00712058"/>
     <w:rsid w:val="00713527"/>
     <w:rsid w:val="00713639"/>
     <w:rsid w:val="00714036"/>
     <w:rsid w:val="00714CB4"/>
     <w:rsid w:val="00715770"/>
+    <w:rsid w:val="00715F39"/>
     <w:rsid w:val="00717D55"/>
     <w:rsid w:val="0072116E"/>
     <w:rsid w:val="00722FBD"/>
     <w:rsid w:val="00724048"/>
     <w:rsid w:val="0072413A"/>
     <w:rsid w:val="007248DC"/>
     <w:rsid w:val="007304CC"/>
     <w:rsid w:val="00730ACA"/>
     <w:rsid w:val="00732C8E"/>
     <w:rsid w:val="00733F5C"/>
     <w:rsid w:val="00734709"/>
     <w:rsid w:val="00736EC3"/>
+    <w:rsid w:val="00737EA3"/>
     <w:rsid w:val="00741FF4"/>
     <w:rsid w:val="00742240"/>
     <w:rsid w:val="00743F41"/>
     <w:rsid w:val="0074403D"/>
     <w:rsid w:val="00746456"/>
     <w:rsid w:val="00746B71"/>
     <w:rsid w:val="00747E17"/>
     <w:rsid w:val="00750B09"/>
     <w:rsid w:val="0075107A"/>
     <w:rsid w:val="00751373"/>
+    <w:rsid w:val="00751FC7"/>
     <w:rsid w:val="00754FD8"/>
     <w:rsid w:val="007560DE"/>
     <w:rsid w:val="00757C6B"/>
     <w:rsid w:val="0076021D"/>
     <w:rsid w:val="007602EF"/>
     <w:rsid w:val="0076090F"/>
     <w:rsid w:val="0076144D"/>
     <w:rsid w:val="0076431E"/>
     <w:rsid w:val="00765A5C"/>
     <w:rsid w:val="00767E40"/>
     <w:rsid w:val="00770360"/>
     <w:rsid w:val="00771002"/>
     <w:rsid w:val="0077409D"/>
     <w:rsid w:val="00776BDD"/>
     <w:rsid w:val="00776F39"/>
     <w:rsid w:val="00777739"/>
     <w:rsid w:val="00777ED8"/>
     <w:rsid w:val="00781057"/>
     <w:rsid w:val="00781813"/>
     <w:rsid w:val="00783576"/>
     <w:rsid w:val="007845BA"/>
     <w:rsid w:val="007912E4"/>
     <w:rsid w:val="007926C0"/>
     <w:rsid w:val="00792ABD"/>
+    <w:rsid w:val="00792F89"/>
     <w:rsid w:val="00795384"/>
     <w:rsid w:val="00795F35"/>
     <w:rsid w:val="00796B8F"/>
     <w:rsid w:val="007A22D6"/>
     <w:rsid w:val="007A3297"/>
     <w:rsid w:val="007A7935"/>
     <w:rsid w:val="007B0F41"/>
     <w:rsid w:val="007B11B3"/>
+    <w:rsid w:val="007B148A"/>
     <w:rsid w:val="007B21BA"/>
     <w:rsid w:val="007B26ED"/>
     <w:rsid w:val="007B2EA1"/>
     <w:rsid w:val="007B401A"/>
     <w:rsid w:val="007B4A01"/>
     <w:rsid w:val="007B5392"/>
     <w:rsid w:val="007B5B6A"/>
     <w:rsid w:val="007C1A9B"/>
     <w:rsid w:val="007C3BFC"/>
     <w:rsid w:val="007C4C51"/>
     <w:rsid w:val="007C6FB0"/>
     <w:rsid w:val="007C7D70"/>
     <w:rsid w:val="007C7EF5"/>
     <w:rsid w:val="007D0EBB"/>
     <w:rsid w:val="007D15E3"/>
     <w:rsid w:val="007D1D6D"/>
     <w:rsid w:val="007D2CB9"/>
     <w:rsid w:val="007D365C"/>
     <w:rsid w:val="007D422F"/>
     <w:rsid w:val="007D67EC"/>
     <w:rsid w:val="007D6DB5"/>
     <w:rsid w:val="007D6F3A"/>
     <w:rsid w:val="007E1E62"/>
     <w:rsid w:val="007E667A"/>
     <w:rsid w:val="007E6A06"/>
     <w:rsid w:val="007E711B"/>
     <w:rsid w:val="007E7FCF"/>
     <w:rsid w:val="007F2C26"/>
     <w:rsid w:val="007F3126"/>
     <w:rsid w:val="007F3ED3"/>
     <w:rsid w:val="007F476E"/>
+    <w:rsid w:val="007F4E29"/>
     <w:rsid w:val="00800F0E"/>
     <w:rsid w:val="00801279"/>
     <w:rsid w:val="00806D4B"/>
     <w:rsid w:val="00810612"/>
+    <w:rsid w:val="00812334"/>
     <w:rsid w:val="008136AA"/>
+    <w:rsid w:val="0081375F"/>
     <w:rsid w:val="00814040"/>
     <w:rsid w:val="008162FC"/>
     <w:rsid w:val="008169F7"/>
     <w:rsid w:val="00816E34"/>
     <w:rsid w:val="00821434"/>
     <w:rsid w:val="0082396C"/>
     <w:rsid w:val="008247F3"/>
+    <w:rsid w:val="00824C74"/>
     <w:rsid w:val="008272A0"/>
     <w:rsid w:val="00827A22"/>
     <w:rsid w:val="00830985"/>
     <w:rsid w:val="00830E7D"/>
     <w:rsid w:val="00833104"/>
     <w:rsid w:val="00833D30"/>
     <w:rsid w:val="00837A5A"/>
     <w:rsid w:val="0084039F"/>
     <w:rsid w:val="00840818"/>
     <w:rsid w:val="00840EDF"/>
     <w:rsid w:val="0084153A"/>
     <w:rsid w:val="00842478"/>
     <w:rsid w:val="00842DA1"/>
     <w:rsid w:val="00843031"/>
     <w:rsid w:val="008433BB"/>
     <w:rsid w:val="008433BD"/>
+    <w:rsid w:val="0084383E"/>
     <w:rsid w:val="008440F2"/>
     <w:rsid w:val="00846F39"/>
     <w:rsid w:val="00847282"/>
     <w:rsid w:val="00850F7E"/>
     <w:rsid w:val="00852758"/>
     <w:rsid w:val="00852FDC"/>
     <w:rsid w:val="00853DCD"/>
     <w:rsid w:val="00853DF8"/>
     <w:rsid w:val="008542D8"/>
     <w:rsid w:val="0085437B"/>
     <w:rsid w:val="008559E0"/>
     <w:rsid w:val="008576CA"/>
     <w:rsid w:val="00857EDC"/>
     <w:rsid w:val="00861A21"/>
     <w:rsid w:val="00864720"/>
     <w:rsid w:val="00864E2E"/>
     <w:rsid w:val="00864FC5"/>
     <w:rsid w:val="00870777"/>
     <w:rsid w:val="008724EA"/>
     <w:rsid w:val="00874298"/>
     <w:rsid w:val="00874552"/>
     <w:rsid w:val="00876855"/>
     <w:rsid w:val="0087703F"/>
+    <w:rsid w:val="00877066"/>
     <w:rsid w:val="00880033"/>
     <w:rsid w:val="00880A84"/>
     <w:rsid w:val="008836EC"/>
     <w:rsid w:val="008861BF"/>
     <w:rsid w:val="0088721C"/>
     <w:rsid w:val="0089070E"/>
     <w:rsid w:val="00890AE6"/>
+    <w:rsid w:val="00893628"/>
     <w:rsid w:val="00894927"/>
     <w:rsid w:val="00895165"/>
     <w:rsid w:val="0089542C"/>
+    <w:rsid w:val="008956F2"/>
     <w:rsid w:val="00895935"/>
     <w:rsid w:val="00897F91"/>
     <w:rsid w:val="008A0E86"/>
     <w:rsid w:val="008A1456"/>
     <w:rsid w:val="008A2B95"/>
     <w:rsid w:val="008A4F94"/>
     <w:rsid w:val="008A7E59"/>
     <w:rsid w:val="008B0D97"/>
     <w:rsid w:val="008B0ED9"/>
     <w:rsid w:val="008B1522"/>
     <w:rsid w:val="008B2EEC"/>
     <w:rsid w:val="008B4467"/>
     <w:rsid w:val="008B455A"/>
     <w:rsid w:val="008B4E54"/>
+    <w:rsid w:val="008B5088"/>
+    <w:rsid w:val="008B7453"/>
     <w:rsid w:val="008B7FF3"/>
     <w:rsid w:val="008C18A1"/>
     <w:rsid w:val="008C2ECF"/>
     <w:rsid w:val="008C4DA9"/>
     <w:rsid w:val="008C5330"/>
     <w:rsid w:val="008C540C"/>
     <w:rsid w:val="008D0009"/>
     <w:rsid w:val="008D1B04"/>
     <w:rsid w:val="008D22DA"/>
     <w:rsid w:val="008D264A"/>
     <w:rsid w:val="008D3238"/>
     <w:rsid w:val="008D4203"/>
     <w:rsid w:val="008D62F2"/>
     <w:rsid w:val="008D6C7E"/>
     <w:rsid w:val="008D70A7"/>
     <w:rsid w:val="008E0091"/>
     <w:rsid w:val="008E16CF"/>
     <w:rsid w:val="008E2078"/>
     <w:rsid w:val="008E3000"/>
     <w:rsid w:val="008E45C2"/>
     <w:rsid w:val="008E4A6D"/>
     <w:rsid w:val="008E5A4D"/>
+    <w:rsid w:val="008E64A3"/>
     <w:rsid w:val="008F073E"/>
     <w:rsid w:val="008F0E3D"/>
     <w:rsid w:val="008F1E3B"/>
     <w:rsid w:val="008F2F50"/>
     <w:rsid w:val="008F3C15"/>
     <w:rsid w:val="008F4E72"/>
     <w:rsid w:val="008F5462"/>
     <w:rsid w:val="008F691E"/>
     <w:rsid w:val="008F693B"/>
     <w:rsid w:val="009016E7"/>
     <w:rsid w:val="00902EF3"/>
     <w:rsid w:val="00903E6E"/>
     <w:rsid w:val="00904277"/>
     <w:rsid w:val="00904519"/>
     <w:rsid w:val="009053AB"/>
     <w:rsid w:val="00906124"/>
     <w:rsid w:val="0090631A"/>
     <w:rsid w:val="0090680B"/>
     <w:rsid w:val="00910DBE"/>
     <w:rsid w:val="00911A3D"/>
     <w:rsid w:val="00911A50"/>
     <w:rsid w:val="00913B4B"/>
     <w:rsid w:val="00915351"/>
     <w:rsid w:val="00920937"/>
+    <w:rsid w:val="00920B45"/>
     <w:rsid w:val="00920E0D"/>
     <w:rsid w:val="00922A23"/>
     <w:rsid w:val="009268AE"/>
     <w:rsid w:val="00934D28"/>
     <w:rsid w:val="009357F7"/>
     <w:rsid w:val="00936BEE"/>
     <w:rsid w:val="00936E9E"/>
     <w:rsid w:val="00937EE0"/>
     <w:rsid w:val="00940100"/>
     <w:rsid w:val="00943AFA"/>
+    <w:rsid w:val="009467CB"/>
     <w:rsid w:val="00951907"/>
     <w:rsid w:val="00952517"/>
     <w:rsid w:val="00952BF0"/>
     <w:rsid w:val="00953FA9"/>
     <w:rsid w:val="00954540"/>
     <w:rsid w:val="00955134"/>
     <w:rsid w:val="0095557D"/>
     <w:rsid w:val="0096096B"/>
     <w:rsid w:val="009641F0"/>
     <w:rsid w:val="009676F5"/>
     <w:rsid w:val="00967B73"/>
     <w:rsid w:val="009709BC"/>
+    <w:rsid w:val="0097139D"/>
+    <w:rsid w:val="009720FE"/>
     <w:rsid w:val="00981C92"/>
     <w:rsid w:val="009823B0"/>
     <w:rsid w:val="00986DEA"/>
     <w:rsid w:val="009872D7"/>
     <w:rsid w:val="00987E99"/>
     <w:rsid w:val="00987FE0"/>
+    <w:rsid w:val="00990D65"/>
     <w:rsid w:val="00993024"/>
     <w:rsid w:val="009937C5"/>
     <w:rsid w:val="00995593"/>
     <w:rsid w:val="0099748B"/>
     <w:rsid w:val="00997BEA"/>
     <w:rsid w:val="009A0576"/>
     <w:rsid w:val="009A0B67"/>
     <w:rsid w:val="009A17A9"/>
     <w:rsid w:val="009A2D86"/>
+    <w:rsid w:val="009A34CE"/>
+    <w:rsid w:val="009A51C7"/>
     <w:rsid w:val="009A5483"/>
     <w:rsid w:val="009A700D"/>
     <w:rsid w:val="009B093F"/>
     <w:rsid w:val="009B0DCF"/>
     <w:rsid w:val="009B0F2D"/>
     <w:rsid w:val="009B2C15"/>
     <w:rsid w:val="009B35B2"/>
+    <w:rsid w:val="009B5D46"/>
     <w:rsid w:val="009B666C"/>
     <w:rsid w:val="009B7A65"/>
     <w:rsid w:val="009C0F78"/>
     <w:rsid w:val="009C23EA"/>
     <w:rsid w:val="009C3878"/>
     <w:rsid w:val="009C3AE4"/>
     <w:rsid w:val="009C3CFD"/>
     <w:rsid w:val="009C4396"/>
     <w:rsid w:val="009C4E04"/>
     <w:rsid w:val="009C7F3D"/>
     <w:rsid w:val="009D03A5"/>
     <w:rsid w:val="009D1481"/>
     <w:rsid w:val="009D1CB4"/>
     <w:rsid w:val="009D405F"/>
     <w:rsid w:val="009D5CBF"/>
     <w:rsid w:val="009D5EB5"/>
     <w:rsid w:val="009D6C3E"/>
     <w:rsid w:val="009E0794"/>
     <w:rsid w:val="009E0CFF"/>
     <w:rsid w:val="009E2C96"/>
     <w:rsid w:val="009E2FAF"/>
     <w:rsid w:val="009E33D2"/>
     <w:rsid w:val="009E3A84"/>
+    <w:rsid w:val="009E5628"/>
     <w:rsid w:val="009E71A8"/>
     <w:rsid w:val="009F0956"/>
     <w:rsid w:val="009F0A26"/>
     <w:rsid w:val="009F0AEF"/>
     <w:rsid w:val="009F1304"/>
     <w:rsid w:val="009F1AFF"/>
     <w:rsid w:val="009F26D3"/>
     <w:rsid w:val="009F2CC6"/>
     <w:rsid w:val="009F2DAA"/>
     <w:rsid w:val="009F55ED"/>
     <w:rsid w:val="009F5BA0"/>
     <w:rsid w:val="009F65A7"/>
     <w:rsid w:val="00A013A3"/>
     <w:rsid w:val="00A018D1"/>
     <w:rsid w:val="00A023F0"/>
     <w:rsid w:val="00A02826"/>
     <w:rsid w:val="00A049D3"/>
     <w:rsid w:val="00A050F5"/>
     <w:rsid w:val="00A059EB"/>
     <w:rsid w:val="00A05DCE"/>
     <w:rsid w:val="00A0691A"/>
     <w:rsid w:val="00A06A41"/>
     <w:rsid w:val="00A06DA0"/>
     <w:rsid w:val="00A077E1"/>
     <w:rsid w:val="00A1088C"/>
     <w:rsid w:val="00A12FB5"/>
     <w:rsid w:val="00A14499"/>
     <w:rsid w:val="00A1571A"/>
     <w:rsid w:val="00A15B9C"/>
     <w:rsid w:val="00A15E86"/>
     <w:rsid w:val="00A17079"/>
     <w:rsid w:val="00A171FC"/>
     <w:rsid w:val="00A21035"/>
     <w:rsid w:val="00A21769"/>
     <w:rsid w:val="00A25D0A"/>
     <w:rsid w:val="00A25F37"/>
     <w:rsid w:val="00A269A4"/>
+    <w:rsid w:val="00A32CC6"/>
     <w:rsid w:val="00A3470B"/>
     <w:rsid w:val="00A3474F"/>
     <w:rsid w:val="00A404EC"/>
     <w:rsid w:val="00A42923"/>
     <w:rsid w:val="00A42BC1"/>
     <w:rsid w:val="00A4362D"/>
     <w:rsid w:val="00A442C1"/>
     <w:rsid w:val="00A5069D"/>
     <w:rsid w:val="00A52211"/>
     <w:rsid w:val="00A54AB6"/>
     <w:rsid w:val="00A60064"/>
     <w:rsid w:val="00A623ED"/>
     <w:rsid w:val="00A63627"/>
     <w:rsid w:val="00A64104"/>
     <w:rsid w:val="00A64149"/>
     <w:rsid w:val="00A678D2"/>
     <w:rsid w:val="00A706BD"/>
     <w:rsid w:val="00A71665"/>
+    <w:rsid w:val="00A73D77"/>
     <w:rsid w:val="00A76486"/>
     <w:rsid w:val="00A76BC8"/>
     <w:rsid w:val="00A76C8F"/>
     <w:rsid w:val="00A81414"/>
     <w:rsid w:val="00A83898"/>
     <w:rsid w:val="00A84F47"/>
     <w:rsid w:val="00A8577F"/>
     <w:rsid w:val="00A871DB"/>
     <w:rsid w:val="00A87E39"/>
     <w:rsid w:val="00A911C0"/>
     <w:rsid w:val="00A91226"/>
     <w:rsid w:val="00A91658"/>
     <w:rsid w:val="00A91747"/>
     <w:rsid w:val="00A917F6"/>
+    <w:rsid w:val="00A93A1A"/>
     <w:rsid w:val="00A95032"/>
     <w:rsid w:val="00A9624B"/>
     <w:rsid w:val="00A974B3"/>
     <w:rsid w:val="00A97E38"/>
+    <w:rsid w:val="00AA1CC1"/>
     <w:rsid w:val="00AA37B1"/>
+    <w:rsid w:val="00AA3BD5"/>
     <w:rsid w:val="00AA413B"/>
     <w:rsid w:val="00AA422E"/>
     <w:rsid w:val="00AA5E38"/>
     <w:rsid w:val="00AA66E8"/>
     <w:rsid w:val="00AA7BDB"/>
     <w:rsid w:val="00AB02AE"/>
     <w:rsid w:val="00AB7ABA"/>
     <w:rsid w:val="00AC153A"/>
     <w:rsid w:val="00AC16E5"/>
     <w:rsid w:val="00AC2E4D"/>
     <w:rsid w:val="00AC43A4"/>
     <w:rsid w:val="00AC4F94"/>
     <w:rsid w:val="00AC5014"/>
     <w:rsid w:val="00AC7C9F"/>
     <w:rsid w:val="00AD07AC"/>
     <w:rsid w:val="00AD16D0"/>
     <w:rsid w:val="00AD2D5E"/>
     <w:rsid w:val="00AD541B"/>
     <w:rsid w:val="00AD58D1"/>
     <w:rsid w:val="00AD5956"/>
     <w:rsid w:val="00AD621C"/>
     <w:rsid w:val="00AD6BCB"/>
     <w:rsid w:val="00AD7B80"/>
     <w:rsid w:val="00AE17A8"/>
     <w:rsid w:val="00AE1E8F"/>
+    <w:rsid w:val="00AE347E"/>
     <w:rsid w:val="00AE42F9"/>
     <w:rsid w:val="00AE5414"/>
     <w:rsid w:val="00AE585A"/>
     <w:rsid w:val="00AE5B69"/>
     <w:rsid w:val="00AE7D3D"/>
     <w:rsid w:val="00AE7D63"/>
     <w:rsid w:val="00AF114D"/>
     <w:rsid w:val="00AF2699"/>
     <w:rsid w:val="00AF35CF"/>
     <w:rsid w:val="00AF40DF"/>
     <w:rsid w:val="00AF4284"/>
     <w:rsid w:val="00AF5D25"/>
     <w:rsid w:val="00AF787C"/>
     <w:rsid w:val="00B002BC"/>
     <w:rsid w:val="00B018EC"/>
     <w:rsid w:val="00B01919"/>
     <w:rsid w:val="00B02BEE"/>
     <w:rsid w:val="00B03CB0"/>
     <w:rsid w:val="00B05793"/>
+    <w:rsid w:val="00B06C65"/>
     <w:rsid w:val="00B071D1"/>
     <w:rsid w:val="00B111BC"/>
     <w:rsid w:val="00B1195A"/>
     <w:rsid w:val="00B12417"/>
     <w:rsid w:val="00B1411D"/>
     <w:rsid w:val="00B15959"/>
     <w:rsid w:val="00B1741E"/>
     <w:rsid w:val="00B17853"/>
     <w:rsid w:val="00B17A2C"/>
     <w:rsid w:val="00B17A94"/>
     <w:rsid w:val="00B21A15"/>
     <w:rsid w:val="00B2231A"/>
     <w:rsid w:val="00B23BD0"/>
     <w:rsid w:val="00B30E1D"/>
     <w:rsid w:val="00B32432"/>
     <w:rsid w:val="00B3356C"/>
     <w:rsid w:val="00B357A3"/>
     <w:rsid w:val="00B36155"/>
+    <w:rsid w:val="00B3681D"/>
     <w:rsid w:val="00B37473"/>
     <w:rsid w:val="00B37B6B"/>
     <w:rsid w:val="00B37D0C"/>
     <w:rsid w:val="00B41D85"/>
+    <w:rsid w:val="00B449EF"/>
     <w:rsid w:val="00B452DC"/>
     <w:rsid w:val="00B45705"/>
     <w:rsid w:val="00B511F0"/>
     <w:rsid w:val="00B51FB0"/>
     <w:rsid w:val="00B524DA"/>
     <w:rsid w:val="00B53255"/>
     <w:rsid w:val="00B53DD0"/>
     <w:rsid w:val="00B54406"/>
     <w:rsid w:val="00B558CE"/>
     <w:rsid w:val="00B56836"/>
     <w:rsid w:val="00B57AA6"/>
     <w:rsid w:val="00B608E8"/>
     <w:rsid w:val="00B61128"/>
     <w:rsid w:val="00B619BE"/>
     <w:rsid w:val="00B64E3E"/>
     <w:rsid w:val="00B6585A"/>
     <w:rsid w:val="00B65DD3"/>
+    <w:rsid w:val="00B6607F"/>
     <w:rsid w:val="00B662A6"/>
     <w:rsid w:val="00B71112"/>
+    <w:rsid w:val="00B72F22"/>
+    <w:rsid w:val="00B738C0"/>
     <w:rsid w:val="00B75640"/>
     <w:rsid w:val="00B7706C"/>
     <w:rsid w:val="00B7766A"/>
     <w:rsid w:val="00B80DC9"/>
     <w:rsid w:val="00B80EE9"/>
     <w:rsid w:val="00B81964"/>
     <w:rsid w:val="00B85018"/>
+    <w:rsid w:val="00B854FC"/>
     <w:rsid w:val="00B85594"/>
     <w:rsid w:val="00B85DC7"/>
+    <w:rsid w:val="00B86130"/>
     <w:rsid w:val="00B86862"/>
     <w:rsid w:val="00B86C58"/>
+    <w:rsid w:val="00B873F7"/>
     <w:rsid w:val="00B8754A"/>
     <w:rsid w:val="00B87791"/>
     <w:rsid w:val="00B93450"/>
+    <w:rsid w:val="00B9385E"/>
     <w:rsid w:val="00B94945"/>
     <w:rsid w:val="00B95BF5"/>
     <w:rsid w:val="00B95FA4"/>
     <w:rsid w:val="00B96AEF"/>
     <w:rsid w:val="00BA1A6F"/>
+    <w:rsid w:val="00BA2F5E"/>
     <w:rsid w:val="00BA35E1"/>
     <w:rsid w:val="00BA4AB1"/>
+    <w:rsid w:val="00BA5197"/>
     <w:rsid w:val="00BB0CCD"/>
     <w:rsid w:val="00BB1378"/>
     <w:rsid w:val="00BB1855"/>
     <w:rsid w:val="00BB3139"/>
     <w:rsid w:val="00BB3987"/>
+    <w:rsid w:val="00BB5062"/>
     <w:rsid w:val="00BB646D"/>
     <w:rsid w:val="00BB75F6"/>
     <w:rsid w:val="00BB776C"/>
     <w:rsid w:val="00BC2E3A"/>
     <w:rsid w:val="00BC4371"/>
     <w:rsid w:val="00BC57B9"/>
+    <w:rsid w:val="00BC6BA8"/>
     <w:rsid w:val="00BC70F3"/>
     <w:rsid w:val="00BD0299"/>
     <w:rsid w:val="00BD03DD"/>
     <w:rsid w:val="00BD0914"/>
     <w:rsid w:val="00BD0AE1"/>
+    <w:rsid w:val="00BD57C7"/>
+    <w:rsid w:val="00BD76F4"/>
     <w:rsid w:val="00BE1441"/>
     <w:rsid w:val="00BE2927"/>
     <w:rsid w:val="00BE36B1"/>
     <w:rsid w:val="00BF03DE"/>
     <w:rsid w:val="00BF1047"/>
     <w:rsid w:val="00BF50CB"/>
+    <w:rsid w:val="00BF7204"/>
     <w:rsid w:val="00BF7A4A"/>
     <w:rsid w:val="00C03DE0"/>
     <w:rsid w:val="00C04BE0"/>
     <w:rsid w:val="00C06F8C"/>
+    <w:rsid w:val="00C074A2"/>
     <w:rsid w:val="00C13472"/>
     <w:rsid w:val="00C14B1F"/>
     <w:rsid w:val="00C15B00"/>
+    <w:rsid w:val="00C212A9"/>
     <w:rsid w:val="00C24EE4"/>
+    <w:rsid w:val="00C258E9"/>
     <w:rsid w:val="00C25B06"/>
     <w:rsid w:val="00C261B7"/>
     <w:rsid w:val="00C266FD"/>
     <w:rsid w:val="00C26CD9"/>
     <w:rsid w:val="00C27476"/>
     <w:rsid w:val="00C30181"/>
+    <w:rsid w:val="00C305BD"/>
     <w:rsid w:val="00C31E23"/>
     <w:rsid w:val="00C31EE5"/>
     <w:rsid w:val="00C34B14"/>
     <w:rsid w:val="00C37FFC"/>
     <w:rsid w:val="00C41A97"/>
     <w:rsid w:val="00C44E33"/>
     <w:rsid w:val="00C46634"/>
     <w:rsid w:val="00C505BA"/>
     <w:rsid w:val="00C50699"/>
+    <w:rsid w:val="00C53229"/>
     <w:rsid w:val="00C53BD6"/>
     <w:rsid w:val="00C53F7A"/>
     <w:rsid w:val="00C54270"/>
     <w:rsid w:val="00C55B4D"/>
     <w:rsid w:val="00C561A8"/>
     <w:rsid w:val="00C60ECF"/>
     <w:rsid w:val="00C61596"/>
     <w:rsid w:val="00C638AB"/>
     <w:rsid w:val="00C642DD"/>
     <w:rsid w:val="00C64B02"/>
+    <w:rsid w:val="00C6556B"/>
     <w:rsid w:val="00C67A01"/>
     <w:rsid w:val="00C70F94"/>
     <w:rsid w:val="00C71053"/>
     <w:rsid w:val="00C72EEE"/>
     <w:rsid w:val="00C74FFB"/>
     <w:rsid w:val="00C760EE"/>
     <w:rsid w:val="00C77487"/>
     <w:rsid w:val="00C77FD7"/>
     <w:rsid w:val="00C81E75"/>
     <w:rsid w:val="00C81FA9"/>
     <w:rsid w:val="00C82188"/>
     <w:rsid w:val="00C8266D"/>
     <w:rsid w:val="00C8370D"/>
     <w:rsid w:val="00C839EB"/>
     <w:rsid w:val="00C83F1E"/>
     <w:rsid w:val="00C847B6"/>
     <w:rsid w:val="00C85368"/>
     <w:rsid w:val="00C864C2"/>
     <w:rsid w:val="00C8682D"/>
     <w:rsid w:val="00C87E4B"/>
     <w:rsid w:val="00C920E1"/>
     <w:rsid w:val="00C92367"/>
     <w:rsid w:val="00C9236D"/>
     <w:rsid w:val="00C93106"/>
     <w:rsid w:val="00C9571B"/>
     <w:rsid w:val="00C9632D"/>
     <w:rsid w:val="00C974EB"/>
     <w:rsid w:val="00CA0B70"/>
     <w:rsid w:val="00CA2938"/>
     <w:rsid w:val="00CA3FB4"/>
     <w:rsid w:val="00CA540C"/>
     <w:rsid w:val="00CB0BF2"/>
     <w:rsid w:val="00CB1847"/>
     <w:rsid w:val="00CB36ED"/>
     <w:rsid w:val="00CB6BEB"/>
     <w:rsid w:val="00CB7CBB"/>
     <w:rsid w:val="00CC251A"/>
     <w:rsid w:val="00CC6586"/>
     <w:rsid w:val="00CC7236"/>
     <w:rsid w:val="00CC756E"/>
     <w:rsid w:val="00CD061A"/>
     <w:rsid w:val="00CD11CA"/>
+    <w:rsid w:val="00CD36F5"/>
     <w:rsid w:val="00CD7721"/>
     <w:rsid w:val="00CE04CC"/>
     <w:rsid w:val="00CE3481"/>
     <w:rsid w:val="00CE359D"/>
     <w:rsid w:val="00CE440A"/>
     <w:rsid w:val="00CE5015"/>
+    <w:rsid w:val="00CE5FFE"/>
     <w:rsid w:val="00CF3684"/>
     <w:rsid w:val="00CF4D8A"/>
     <w:rsid w:val="00CF5655"/>
     <w:rsid w:val="00CF5C5C"/>
+    <w:rsid w:val="00CF634E"/>
     <w:rsid w:val="00CF6D9F"/>
+    <w:rsid w:val="00CF7108"/>
     <w:rsid w:val="00D00D16"/>
     <w:rsid w:val="00D00FF5"/>
     <w:rsid w:val="00D013B3"/>
     <w:rsid w:val="00D01911"/>
     <w:rsid w:val="00D02F14"/>
     <w:rsid w:val="00D03003"/>
     <w:rsid w:val="00D04330"/>
+    <w:rsid w:val="00D05351"/>
     <w:rsid w:val="00D0753E"/>
     <w:rsid w:val="00D11B05"/>
     <w:rsid w:val="00D12DD0"/>
     <w:rsid w:val="00D12E6F"/>
     <w:rsid w:val="00D1759D"/>
     <w:rsid w:val="00D208E3"/>
     <w:rsid w:val="00D20BE0"/>
     <w:rsid w:val="00D21674"/>
     <w:rsid w:val="00D22A47"/>
     <w:rsid w:val="00D2364B"/>
     <w:rsid w:val="00D26388"/>
+    <w:rsid w:val="00D30EC6"/>
     <w:rsid w:val="00D31417"/>
     <w:rsid w:val="00D3281E"/>
     <w:rsid w:val="00D3407A"/>
     <w:rsid w:val="00D35457"/>
     <w:rsid w:val="00D36CEF"/>
     <w:rsid w:val="00D374BA"/>
     <w:rsid w:val="00D4157C"/>
     <w:rsid w:val="00D434BA"/>
     <w:rsid w:val="00D4364B"/>
     <w:rsid w:val="00D437B0"/>
     <w:rsid w:val="00D45C8A"/>
     <w:rsid w:val="00D4681E"/>
     <w:rsid w:val="00D50E61"/>
     <w:rsid w:val="00D51972"/>
     <w:rsid w:val="00D53A1C"/>
     <w:rsid w:val="00D54132"/>
     <w:rsid w:val="00D57381"/>
     <w:rsid w:val="00D57D1B"/>
     <w:rsid w:val="00D605FB"/>
     <w:rsid w:val="00D62FA7"/>
     <w:rsid w:val="00D6429E"/>
     <w:rsid w:val="00D644B9"/>
     <w:rsid w:val="00D65B30"/>
     <w:rsid w:val="00D66B2F"/>
     <w:rsid w:val="00D67CBD"/>
     <w:rsid w:val="00D70A66"/>
     <w:rsid w:val="00D7364E"/>
     <w:rsid w:val="00D73679"/>
     <w:rsid w:val="00D74666"/>
     <w:rsid w:val="00D74E4F"/>
     <w:rsid w:val="00D752BD"/>
     <w:rsid w:val="00D76915"/>
     <w:rsid w:val="00D85771"/>
     <w:rsid w:val="00D8780D"/>
     <w:rsid w:val="00D90601"/>
     <w:rsid w:val="00D9145D"/>
     <w:rsid w:val="00D9285E"/>
     <w:rsid w:val="00D9296F"/>
     <w:rsid w:val="00D93A6C"/>
     <w:rsid w:val="00D93D84"/>
     <w:rsid w:val="00D93FD2"/>
     <w:rsid w:val="00D977DA"/>
     <w:rsid w:val="00D977E9"/>
     <w:rsid w:val="00DA20AF"/>
     <w:rsid w:val="00DA212C"/>
     <w:rsid w:val="00DA3206"/>
     <w:rsid w:val="00DA3B88"/>
     <w:rsid w:val="00DA41B0"/>
     <w:rsid w:val="00DA44EE"/>
+    <w:rsid w:val="00DA48E3"/>
     <w:rsid w:val="00DA49AD"/>
     <w:rsid w:val="00DA4C16"/>
     <w:rsid w:val="00DA4ECF"/>
     <w:rsid w:val="00DA51C5"/>
     <w:rsid w:val="00DA53BE"/>
     <w:rsid w:val="00DA63F9"/>
     <w:rsid w:val="00DA656E"/>
     <w:rsid w:val="00DB04FF"/>
     <w:rsid w:val="00DB1566"/>
     <w:rsid w:val="00DB308C"/>
     <w:rsid w:val="00DB3975"/>
     <w:rsid w:val="00DB3A4F"/>
     <w:rsid w:val="00DB5237"/>
     <w:rsid w:val="00DB5238"/>
     <w:rsid w:val="00DB54A7"/>
     <w:rsid w:val="00DB56E2"/>
     <w:rsid w:val="00DB6A16"/>
     <w:rsid w:val="00DC1E72"/>
     <w:rsid w:val="00DC58D1"/>
     <w:rsid w:val="00DC669C"/>
     <w:rsid w:val="00DC6F7E"/>
     <w:rsid w:val="00DC76D4"/>
     <w:rsid w:val="00DD06E7"/>
     <w:rsid w:val="00DD0AD4"/>
     <w:rsid w:val="00DD1174"/>
     <w:rsid w:val="00DD1B31"/>
     <w:rsid w:val="00DD2F39"/>
+    <w:rsid w:val="00DD3BB9"/>
     <w:rsid w:val="00DD51D5"/>
     <w:rsid w:val="00DD5A0C"/>
     <w:rsid w:val="00DD5A7E"/>
     <w:rsid w:val="00DD6356"/>
     <w:rsid w:val="00DD7774"/>
     <w:rsid w:val="00DD77B0"/>
     <w:rsid w:val="00DD7D11"/>
     <w:rsid w:val="00DE18B4"/>
     <w:rsid w:val="00DE215F"/>
     <w:rsid w:val="00DE4684"/>
     <w:rsid w:val="00DE570A"/>
     <w:rsid w:val="00DE5AA5"/>
     <w:rsid w:val="00DF156E"/>
     <w:rsid w:val="00DF1CEA"/>
     <w:rsid w:val="00DF2CAE"/>
     <w:rsid w:val="00DF442E"/>
     <w:rsid w:val="00DF521C"/>
     <w:rsid w:val="00E0012E"/>
     <w:rsid w:val="00E00191"/>
     <w:rsid w:val="00E00CE4"/>
     <w:rsid w:val="00E00ED8"/>
     <w:rsid w:val="00E02159"/>
     <w:rsid w:val="00E0295F"/>
     <w:rsid w:val="00E03289"/>
     <w:rsid w:val="00E03DF0"/>
@@ -24851,201 +24974,224 @@
     <w:rsid w:val="00E07200"/>
     <w:rsid w:val="00E1016C"/>
     <w:rsid w:val="00E12693"/>
     <w:rsid w:val="00E12EF2"/>
     <w:rsid w:val="00E13699"/>
     <w:rsid w:val="00E13707"/>
     <w:rsid w:val="00E16254"/>
     <w:rsid w:val="00E16719"/>
     <w:rsid w:val="00E16B34"/>
     <w:rsid w:val="00E16D9A"/>
     <w:rsid w:val="00E16F47"/>
     <w:rsid w:val="00E214DC"/>
     <w:rsid w:val="00E25146"/>
     <w:rsid w:val="00E253C1"/>
     <w:rsid w:val="00E25585"/>
     <w:rsid w:val="00E33416"/>
     <w:rsid w:val="00E378BA"/>
     <w:rsid w:val="00E41CD1"/>
     <w:rsid w:val="00E4470C"/>
     <w:rsid w:val="00E50AEC"/>
     <w:rsid w:val="00E5116F"/>
     <w:rsid w:val="00E516DB"/>
     <w:rsid w:val="00E5247F"/>
     <w:rsid w:val="00E5268A"/>
     <w:rsid w:val="00E54AFD"/>
+    <w:rsid w:val="00E54E45"/>
     <w:rsid w:val="00E56BAD"/>
     <w:rsid w:val="00E57200"/>
     <w:rsid w:val="00E573F9"/>
+    <w:rsid w:val="00E575C2"/>
     <w:rsid w:val="00E607F2"/>
     <w:rsid w:val="00E6081D"/>
     <w:rsid w:val="00E6133B"/>
+    <w:rsid w:val="00E6158C"/>
     <w:rsid w:val="00E61AEC"/>
     <w:rsid w:val="00E62092"/>
     <w:rsid w:val="00E636F6"/>
     <w:rsid w:val="00E64B73"/>
     <w:rsid w:val="00E6560B"/>
     <w:rsid w:val="00E663F3"/>
     <w:rsid w:val="00E679DE"/>
     <w:rsid w:val="00E70BB7"/>
     <w:rsid w:val="00E71BDA"/>
     <w:rsid w:val="00E724A4"/>
     <w:rsid w:val="00E73F69"/>
     <w:rsid w:val="00E74420"/>
+    <w:rsid w:val="00E74A51"/>
     <w:rsid w:val="00E76832"/>
     <w:rsid w:val="00E7737E"/>
     <w:rsid w:val="00E8116B"/>
     <w:rsid w:val="00E831AE"/>
     <w:rsid w:val="00E853DC"/>
     <w:rsid w:val="00E85B6E"/>
     <w:rsid w:val="00E85D65"/>
     <w:rsid w:val="00E86243"/>
+    <w:rsid w:val="00E8689D"/>
     <w:rsid w:val="00E874B6"/>
+    <w:rsid w:val="00E90EEF"/>
     <w:rsid w:val="00E9132E"/>
     <w:rsid w:val="00E9186C"/>
     <w:rsid w:val="00E91E72"/>
+    <w:rsid w:val="00E93167"/>
     <w:rsid w:val="00E97223"/>
     <w:rsid w:val="00E97ABF"/>
     <w:rsid w:val="00E97DC5"/>
     <w:rsid w:val="00EA1A69"/>
     <w:rsid w:val="00EA38B8"/>
     <w:rsid w:val="00EA4BD5"/>
     <w:rsid w:val="00EA6DFF"/>
     <w:rsid w:val="00EB0CE2"/>
     <w:rsid w:val="00EB1EB3"/>
+    <w:rsid w:val="00EB3063"/>
     <w:rsid w:val="00EB3871"/>
     <w:rsid w:val="00EB3EC8"/>
     <w:rsid w:val="00EB6284"/>
     <w:rsid w:val="00EB650B"/>
     <w:rsid w:val="00EB72C3"/>
     <w:rsid w:val="00EC122D"/>
     <w:rsid w:val="00EC28EE"/>
+    <w:rsid w:val="00EC3AEA"/>
     <w:rsid w:val="00EC3D6D"/>
     <w:rsid w:val="00EC3DA6"/>
     <w:rsid w:val="00EC4085"/>
+    <w:rsid w:val="00EC4577"/>
     <w:rsid w:val="00EC6D4E"/>
     <w:rsid w:val="00EC7859"/>
     <w:rsid w:val="00ED10C3"/>
     <w:rsid w:val="00ED1C45"/>
     <w:rsid w:val="00ED511E"/>
     <w:rsid w:val="00ED56B8"/>
     <w:rsid w:val="00ED6C87"/>
     <w:rsid w:val="00ED73DC"/>
     <w:rsid w:val="00EE1DB9"/>
     <w:rsid w:val="00EE6854"/>
     <w:rsid w:val="00EE6FF5"/>
     <w:rsid w:val="00EF0B41"/>
     <w:rsid w:val="00EF114F"/>
     <w:rsid w:val="00EF3B52"/>
     <w:rsid w:val="00EF51DB"/>
     <w:rsid w:val="00EF718D"/>
     <w:rsid w:val="00F01E22"/>
     <w:rsid w:val="00F03FE6"/>
     <w:rsid w:val="00F044DF"/>
     <w:rsid w:val="00F04E33"/>
     <w:rsid w:val="00F071CE"/>
     <w:rsid w:val="00F10281"/>
     <w:rsid w:val="00F11547"/>
     <w:rsid w:val="00F12CB6"/>
     <w:rsid w:val="00F149B7"/>
     <w:rsid w:val="00F15482"/>
+    <w:rsid w:val="00F15BE2"/>
     <w:rsid w:val="00F160C8"/>
     <w:rsid w:val="00F17F4E"/>
     <w:rsid w:val="00F21626"/>
+    <w:rsid w:val="00F23EC0"/>
     <w:rsid w:val="00F240A1"/>
+    <w:rsid w:val="00F2570B"/>
     <w:rsid w:val="00F25B8C"/>
+    <w:rsid w:val="00F26BF9"/>
     <w:rsid w:val="00F27A2C"/>
+    <w:rsid w:val="00F27B8B"/>
     <w:rsid w:val="00F3033A"/>
+    <w:rsid w:val="00F32164"/>
     <w:rsid w:val="00F32C92"/>
+    <w:rsid w:val="00F347F8"/>
     <w:rsid w:val="00F35264"/>
     <w:rsid w:val="00F35C9E"/>
     <w:rsid w:val="00F4059F"/>
     <w:rsid w:val="00F40BF5"/>
     <w:rsid w:val="00F40D2F"/>
     <w:rsid w:val="00F43B83"/>
     <w:rsid w:val="00F44DF7"/>
     <w:rsid w:val="00F45CD0"/>
     <w:rsid w:val="00F46167"/>
     <w:rsid w:val="00F50C4A"/>
     <w:rsid w:val="00F52FC5"/>
     <w:rsid w:val="00F54DEE"/>
     <w:rsid w:val="00F55150"/>
     <w:rsid w:val="00F56DBE"/>
+    <w:rsid w:val="00F572F4"/>
     <w:rsid w:val="00F57D5F"/>
     <w:rsid w:val="00F6029F"/>
     <w:rsid w:val="00F63A10"/>
     <w:rsid w:val="00F6428A"/>
     <w:rsid w:val="00F64E77"/>
     <w:rsid w:val="00F65124"/>
     <w:rsid w:val="00F66405"/>
     <w:rsid w:val="00F66E68"/>
     <w:rsid w:val="00F67259"/>
     <w:rsid w:val="00F70D3C"/>
     <w:rsid w:val="00F712B0"/>
     <w:rsid w:val="00F712F2"/>
     <w:rsid w:val="00F718C7"/>
     <w:rsid w:val="00F7308E"/>
     <w:rsid w:val="00F75107"/>
     <w:rsid w:val="00F7733E"/>
     <w:rsid w:val="00F7750C"/>
     <w:rsid w:val="00F83649"/>
     <w:rsid w:val="00F851D5"/>
     <w:rsid w:val="00F85F76"/>
     <w:rsid w:val="00F87386"/>
     <w:rsid w:val="00F91E6B"/>
     <w:rsid w:val="00F928CF"/>
     <w:rsid w:val="00F93D19"/>
     <w:rsid w:val="00F946C1"/>
     <w:rsid w:val="00F95332"/>
     <w:rsid w:val="00F95D7A"/>
     <w:rsid w:val="00F95FDC"/>
     <w:rsid w:val="00F969CD"/>
     <w:rsid w:val="00FA17AA"/>
     <w:rsid w:val="00FA23B0"/>
     <w:rsid w:val="00FA3201"/>
     <w:rsid w:val="00FA48CC"/>
     <w:rsid w:val="00FA5EC3"/>
     <w:rsid w:val="00FB20E2"/>
     <w:rsid w:val="00FB304B"/>
+    <w:rsid w:val="00FB4606"/>
     <w:rsid w:val="00FB4F52"/>
     <w:rsid w:val="00FB7564"/>
     <w:rsid w:val="00FB7C69"/>
     <w:rsid w:val="00FC28BB"/>
     <w:rsid w:val="00FC2B7A"/>
+    <w:rsid w:val="00FC48A8"/>
     <w:rsid w:val="00FC599A"/>
     <w:rsid w:val="00FC7074"/>
     <w:rsid w:val="00FD0AA8"/>
+    <w:rsid w:val="00FD0ED6"/>
     <w:rsid w:val="00FD18B2"/>
     <w:rsid w:val="00FD1DCB"/>
     <w:rsid w:val="00FD31CA"/>
     <w:rsid w:val="00FD4AB4"/>
     <w:rsid w:val="00FD4C0B"/>
     <w:rsid w:val="00FD588B"/>
     <w:rsid w:val="00FD5C3B"/>
     <w:rsid w:val="00FD7030"/>
+    <w:rsid w:val="00FE3DF5"/>
     <w:rsid w:val="00FE3E21"/>
     <w:rsid w:val="00FE4A04"/>
+    <w:rsid w:val="00FE4FB0"/>
     <w:rsid w:val="00FE5C70"/>
     <w:rsid w:val="00FE6339"/>
     <w:rsid w:val="00FE6514"/>
     <w:rsid w:val="00FE6824"/>
     <w:rsid w:val="00FE77C6"/>
     <w:rsid w:val="00FF028D"/>
     <w:rsid w:val="00FF0DF8"/>
     <w:rsid w:val="00FF0FCF"/>
     <w:rsid w:val="00FF29CF"/>
     <w:rsid w:val="00FF66CD"/>
     <w:rsid w:val="00FF6B61"/>
     <w:rsid w:val="01441C8D"/>
     <w:rsid w:val="0296B0E6"/>
     <w:rsid w:val="031E5C7F"/>
     <w:rsid w:val="0331E000"/>
     <w:rsid w:val="06117D0E"/>
     <w:rsid w:val="061CE125"/>
     <w:rsid w:val="063C5FBC"/>
     <w:rsid w:val="06A598A5"/>
     <w:rsid w:val="0752513D"/>
     <w:rsid w:val="0791CE57"/>
     <w:rsid w:val="07AC6AD0"/>
     <w:rsid w:val="07E1C612"/>
     <w:rsid w:val="08C396BF"/>
     <w:rsid w:val="094BFDF1"/>
@@ -25242,54 +25388,54 @@
     <w:rsid w:val="7E400699"/>
     <w:rsid w:val="7EDD4ECE"/>
     <w:rsid w:val="7EF72E21"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef m:val="0"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapRight/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="subSup"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-CH" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="206C6747"/>
-  <w15:docId w15:val="{21AE9FBB-66CD-4FD5-94F6-26959BA3748F}"/>
+  <w15:docId w15:val="{4D449F0C-D790-4B22-9FE6-1EFD60BC5333}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="de-DE" w:eastAsia="de-DE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -27464,59 +27610,59 @@
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1953825658">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fr.ch/formation-et-ecoles/scolarite-obligatoire/pret-dun-moyen-technique-auxiliaire-mta-pour-un-e-eleve" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digipad.app/p/1587617/3363c8eac332e" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fr.ch/formation-et-ecoles/scolarite-obligatoire/pret-dun-moyen-technique-auxiliaire-mta-pour-un-e-eleve" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digipad.app/p/1587617/3363c8eac332e" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -27810,52 +27956,52 @@
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BEB5A15FC9BE7641AC70640FF80988AD" ma:contentTypeVersion="15" ma:contentTypeDescription="Crée un document." ma:contentTypeScope="" ma:versionID="02ee2ebf98853e0785175348eee557ab">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="2571d677-18f0-43d7-86d0-4d7c1a826418" xmlns:ns3="bc22259d-bd83-43f3-9467-5f1c7d608c47" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3e8f21eda1baaeadbb497c8a5f282c7b" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BEB5A15FC9BE7641AC70640FF80988AD" ma:contentTypeVersion="15" ma:contentTypeDescription="Crée un document." ma:contentTypeScope="" ma:versionID="aec85facfc3bc7808b522c8796d216e9">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="2571d677-18f0-43d7-86d0-4d7c1a826418" xmlns:ns3="bc22259d-bd83-43f3-9467-5f1c7d608c47" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ed8dca04b20f9ec4e411936ada586ff9" ns2:_="" ns3:_="">
     <xsd:import namespace="2571d677-18f0-43d7-86d0-4d7c1a826418"/>
     <xsd:import namespace="bc22259d-bd83-43f3-9467-5f1c7d608c47"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -28045,151 +28191,197 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
-[...2 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="bc22259d-bd83-43f3-9467-5f1c7d608c47" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="2571d677-18f0-43d7-86d0-4d7c1a826418">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9E40D0A7-A841-4E51-8261-B7CAC980E160}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A4C48330-F55C-4AB9-B775-57B12735040C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="2571d677-18f0-43d7-86d0-4d7c1a826418"/>
     <ds:schemaRef ds:uri="bc22259d-bd83-43f3-9467-5f1c7d608c47"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{17DCE1AF-9232-41C1-BB60-5B0DAE1A0F53}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D0E9352B-2E43-48F6-B440-15C2106BBAE8}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="2571d677-18f0-43d7-86d0-4d7c1a826418"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="bc22259d-bd83-43f3-9467-5f1c7d608c47"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D0E9352B-2E43-48F6-B440-15C2106BBAE8}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{17DCE1AF-9232-41C1-BB60-5B0DAE1A0F53}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="2571d677-18f0-43d7-86d0-4d7c1a826418"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6997BC86-FBE6-4C60-8F3B-F9D1CB6A9870}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>1383</Words>
-  <Characters>7304</Characters>
+  <Words>1397</Words>
+  <Characters>7377</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>321</Paragraphs>
+  <DocSecurity>4</DocSecurity>
+  <Lines>409</Lines>
+  <Paragraphs>324</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Correspondance</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>MACMAC Media SA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8366</CharactersWithSpaces>
+  <CharactersWithSpaces>8450</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
+  <HLinks>
+    <vt:vector size="12" baseType="variant">
+      <vt:variant>
+        <vt:i4>6946925</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>150</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://digipad.app/p/1587617/3363c8eac332e</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>7405670</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.fr.ch/formation-et-ecoles/scolarite-obligatoire/pret-dun-moyen-technique-auxiliaire-mta-pour-un-e-eleve</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+    </vt:vector>
+  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Correspondance</dc:title>
   <dc:subject/>
   <dc:creator>Guillaume Jeanne</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100BEB5A15FC9BE7641AC70640FF80988AD</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">