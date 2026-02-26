--- v0 (2025-12-05)
+++ v1 (2026-02-26)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/connections.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.connections+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="27830"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="L:\00 Bases statistiques et produits généraux\01 Synthèses\03 Site Internet\06 Pages sous-produits\02 Infrastructure et environnement\0803 Consommation\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="L:\00 Bases statistiques et produits généraux\01 Synthèses\03 Site Internet\06 Pages sous-produits\02 Infrastructure et environnement\0803 Consommation\2024\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4727C2B8-2EB8-4982-9EDA-034E326986EC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BDB3F5D6-6666-46AA-ACEB-95185310EBA6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="679" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="679" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="te584" sheetId="8" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_AMO_UniqueIdentifier" hidden="1">"'f4a3c8da-ff5c-441c-bafe-1470008681ed'"</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'te584'!$A$1:$E$51</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
 <connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16">
   <connection id="1" xr16:uid="{00000000-0015-0000-FFFF-FFFF00000000}" name="Cosvegaz-2014-20151" type="6" refreshedVersion="4" background="1" saveData="1">
     <textPr sourceFile="M:\Temp\Cosvegaz-2014-2015.txt" decimal="," thousands=" " tab="0" space="1" consecutive="1">
       <textFields count="3">
         <textField/>
         <textField/>
         <textField/>
       </textFields>
     </textPr>
   </connection>
 </connections>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="30">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="33" uniqueCount="31">
   <si>
     <t>Cosvegaz</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>CICG</t>
   </si>
   <si>
     <t>—</t>
   </si>
   <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="6"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>1</t>
     </r>
     <r>
       <rPr>
         <sz val="6"/>
@@ -224,50 +224,64 @@
         <family val="2"/>
       </rPr>
       <t>Réseau de distribution au 31.12.2023 / Versorgungsnetz am 31.12.2023: Avry, Bas-Intyamon, Belfaux, Belmont-Broye, Billens-Hennens, Bois-d'Amont, La Brillaz, Broc, Bulle, Chénens,</t>
     </r>
   </si>
   <si>
     <t>CICG (Compagnie industrielle et commerciale du gaz SA):</t>
   </si>
   <si>
     <t>&gt; Réseau de distribution au 31.12.2023 / Versorgungsnetz am 31.12.2023: Attalens, Bossonnens, Châtel-St-Denis, Granges, Remaufens</t>
   </si>
   <si>
     <t>Cosvegaz (Cossonay-Venoge-Gaz):</t>
   </si>
   <si>
     <t>&gt; Réseau de distribution au 31.12.2023 / Versorgungsnetz am 31.12.2023: Auboranges, Châtonnaye, Cheiry, Cheyres-Châbles, Ecublens, Estavayer, Ménières, Prévondavaux,</t>
   </si>
   <si>
     <t>Source: Groupe E Celsius SA, Granges-Paccot, Energiapro, Vevey</t>
   </si>
   <si>
     <t>Quelle: Groupe E Celsius AG, Granges-Paccot, Energiapro, Vevey, te24-584</t>
   </si>
   <si>
     <t>Actualisation / Aktualisiert am: 30.09.2024</t>
+  </si>
+  <si>
+    <r>
+      <t>2023</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="6"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>r</t>
+    </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
   </numFmts>
   <fonts count="16">
     <font>
       <sz val="10"/>
       <name val="Helvetica-Narrow"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="6.5"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -330,108 +344,121 @@
     </font>
     <font>
       <sz val="6.5"/>
       <color theme="0" tint="-0.499984740745262"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Helvetica-Narrow"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="4">
+  <borders count="5">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="33">
+  <cellXfs count="35">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
@@ -455,79 +482,85 @@
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="7" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="11" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="3" fontId="2" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="3" fontId="8" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="3" fontId="8" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="8" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
-    </xf>
-[...19 lines deleted...]
-      <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="7">
     <cellStyle name="Milliers 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="Normal 2 3" xfId="3" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="Normal 3" xfId="4" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="Normal 4" xfId="5" xr:uid="{9FC763EB-65C3-4CC0-B8A6-5B4A403A00CE}"/>
     <cellStyle name="Normal 5" xfId="6" xr:uid="{1D6B4720-8982-49E8-B71B-D8754BDEF1A9}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -839,386 +872,386 @@
     <row r="1" spans="1:5" ht="11.25">
       <c r="A1" s="2" t="s">
         <v>17</v>
       </c>
       <c r="B1" s="3"/>
     </row>
     <row r="2" spans="1:5" ht="11.25">
       <c r="A2" s="4" t="s">
         <v>18</v>
       </c>
       <c r="B2" s="3"/>
     </row>
     <row r="3" spans="1:5" ht="10.5" customHeight="1">
       <c r="A3" s="4" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="5"/>
     </row>
     <row r="4" spans="1:5" ht="10.5" customHeight="1">
       <c r="A4" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3"/>
     </row>
     <row r="5" spans="1:5" ht="10.5" customHeight="1">
-      <c r="A5" s="24"/>
+      <c r="A5" s="23"/>
       <c r="B5" s="22"/>
       <c r="C5" s="22"/>
       <c r="D5" s="22"/>
       <c r="E5" s="22"/>
     </row>
     <row r="6" spans="1:5" s="7" customFormat="1" ht="10.5" customHeight="1">
       <c r="A6" s="21" t="s">
         <v>16</v>
       </c>
-      <c r="B6" s="25" t="s">
+      <c r="B6" s="24" t="s">
         <v>1</v>
       </c>
-      <c r="C6" s="25" t="s">
+      <c r="C6" s="24" t="s">
         <v>8</v>
       </c>
-      <c r="D6" s="25" t="s">
+      <c r="D6" s="24" t="s">
         <v>2</v>
       </c>
-      <c r="E6" s="25" t="s">
+      <c r="E6" s="24" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:5" s="7" customFormat="1" ht="10.5" customHeight="1">
-      <c r="A7" s="26">
+      <c r="A7" s="33">
         <v>2006</v>
       </c>
-      <c r="B7" s="27">
+      <c r="B7" s="34">
         <v>566206.10800000001</v>
       </c>
-      <c r="C7" s="27">
+      <c r="C7" s="34">
         <v>566172</v>
       </c>
-      <c r="D7" s="27">
+      <c r="D7" s="34">
         <v>34.107999999999997</v>
       </c>
-      <c r="E7" s="27" t="s">
+      <c r="E7" s="34" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:5" s="7" customFormat="1" ht="10.5" customHeight="1">
-      <c r="A8" s="26">
+      <c r="A8" s="25">
         <v>2007</v>
       </c>
-      <c r="B8" s="27">
+      <c r="B8" s="26">
         <v>620277.54500000004</v>
       </c>
-      <c r="C8" s="27">
+      <c r="C8" s="26">
         <v>618183</v>
       </c>
-      <c r="D8" s="27">
+      <c r="D8" s="26">
         <v>1682.1479999999999</v>
       </c>
-      <c r="E8" s="27">
+      <c r="E8" s="26">
         <v>412.39699999999999</v>
       </c>
     </row>
     <row r="9" spans="1:5" s="7" customFormat="1" ht="10.5" customHeight="1">
-      <c r="A9" s="26">
+      <c r="A9" s="25">
         <v>2008</v>
       </c>
-      <c r="B9" s="27">
+      <c r="B9" s="26">
         <v>660223.05099999998</v>
       </c>
-      <c r="C9" s="27">
+      <c r="C9" s="26">
         <v>654121</v>
       </c>
-      <c r="D9" s="27">
+      <c r="D9" s="26">
         <v>3922.1410000000001</v>
       </c>
-      <c r="E9" s="27">
+      <c r="E9" s="26">
         <v>2179.91</v>
       </c>
     </row>
     <row r="10" spans="1:5" s="7" customFormat="1" ht="10.5" customHeight="1">
-      <c r="A10" s="26">
+      <c r="A10" s="25">
         <v>2009</v>
       </c>
-      <c r="B10" s="27">
+      <c r="B10" s="26">
         <v>696267.2620000001</v>
       </c>
-      <c r="C10" s="27">
+      <c r="C10" s="26">
         <v>685535</v>
       </c>
-      <c r="D10" s="27">
+      <c r="D10" s="26">
         <v>8680.9840000000004</v>
       </c>
-      <c r="E10" s="27">
+      <c r="E10" s="26">
         <v>2051.2779999999998</v>
       </c>
     </row>
     <row r="11" spans="1:5" s="7" customFormat="1" ht="10.5" customHeight="1">
-      <c r="A11" s="26">
+      <c r="A11" s="25">
         <v>2010</v>
       </c>
-      <c r="B11" s="27" t="s">
+      <c r="B11" s="26" t="s">
         <v>20</v>
       </c>
-      <c r="C11" s="27">
+      <c r="C11" s="26">
         <v>725776</v>
       </c>
-      <c r="D11" s="27" t="s">
+      <c r="D11" s="26" t="s">
         <v>20</v>
       </c>
-      <c r="E11" s="27">
+      <c r="E11" s="26">
         <v>2455.2460000000001</v>
       </c>
     </row>
     <row r="12" spans="1:5" s="7" customFormat="1" ht="10.5" customHeight="1">
-      <c r="A12" s="26">
+      <c r="A12" s="25">
         <v>2011</v>
       </c>
-      <c r="B12" s="27">
+      <c r="B12" s="26">
         <v>751212.52899999998</v>
       </c>
-      <c r="C12" s="27">
+      <c r="C12" s="26">
         <v>724604</v>
       </c>
-      <c r="D12" s="27">
+      <c r="D12" s="26">
         <v>23546</v>
       </c>
-      <c r="E12" s="27">
+      <c r="E12" s="26">
         <v>3062.529</v>
       </c>
     </row>
     <row r="13" spans="1:5" s="7" customFormat="1" ht="10.5" customHeight="1">
-      <c r="A13" s="26">
+      <c r="A13" s="25">
         <v>2012</v>
       </c>
-      <c r="B13" s="27">
+      <c r="B13" s="26">
         <v>810408.99</v>
       </c>
-      <c r="C13" s="27">
+      <c r="C13" s="26">
         <v>782765.28399999999</v>
       </c>
-      <c r="D13" s="27">
+      <c r="D13" s="26">
         <v>24026</v>
       </c>
-      <c r="E13" s="27">
+      <c r="E13" s="26">
         <v>3617.7059999999997</v>
       </c>
     </row>
     <row r="14" spans="1:5" s="7" customFormat="1" ht="10.5" customHeight="1">
-      <c r="A14" s="26">
+      <c r="A14" s="25">
         <v>2013</v>
       </c>
-      <c r="B14" s="27">
+      <c r="B14" s="26">
         <v>905918.75800000003</v>
       </c>
-      <c r="C14" s="27">
+      <c r="C14" s="26">
         <v>876963.90500000003</v>
       </c>
-      <c r="D14" s="27">
+      <c r="D14" s="26">
         <v>23810</v>
       </c>
-      <c r="E14" s="27">
+      <c r="E14" s="26">
         <v>5144.8530000000001</v>
       </c>
     </row>
     <row r="15" spans="1:5" ht="10.5" customHeight="1">
-      <c r="A15" s="26">
+      <c r="A15" s="25">
         <v>2014</v>
       </c>
-      <c r="B15" s="27">
+      <c r="B15" s="26">
         <v>827784.424</v>
       </c>
-      <c r="C15" s="27">
+      <c r="C15" s="26">
         <v>797322.79599999997</v>
       </c>
-      <c r="D15" s="27">
+      <c r="D15" s="26">
         <v>24459</v>
       </c>
-      <c r="E15" s="27">
+      <c r="E15" s="26">
         <v>6002.6279999999988</v>
       </c>
     </row>
     <row r="16" spans="1:5" ht="10.5" customHeight="1">
-      <c r="A16" s="26">
+      <c r="A16" s="25">
         <v>2015</v>
       </c>
-      <c r="B16" s="27">
+      <c r="B16" s="26">
         <v>873101.49</v>
       </c>
-      <c r="C16" s="27">
+      <c r="C16" s="26">
         <v>840058.37399999995</v>
       </c>
-      <c r="D16" s="27">
+      <c r="D16" s="26">
         <v>26257</v>
       </c>
-      <c r="E16" s="27">
+      <c r="E16" s="26">
         <v>6786.116</v>
       </c>
     </row>
     <row r="17" spans="1:7" ht="10.5" customHeight="1">
-      <c r="A17" s="26">
+      <c r="A17" s="25">
         <v>2016</v>
       </c>
-      <c r="B17" s="27">
+      <c r="B17" s="26">
         <v>941100.02799999993</v>
       </c>
-      <c r="C17" s="27">
+      <c r="C17" s="26">
         <v>906412.24899999995</v>
       </c>
-      <c r="D17" s="27">
+      <c r="D17" s="26">
         <v>26559.448</v>
       </c>
-      <c r="E17" s="27">
+      <c r="E17" s="26">
         <v>8128.3309999999992</v>
       </c>
     </row>
     <row r="18" spans="1:7" ht="10.5" customHeight="1">
-      <c r="A18" s="26">
+      <c r="A18" s="25">
         <v>2017</v>
       </c>
-      <c r="B18" s="27">
+      <c r="B18" s="26">
         <v>931591.56299999997</v>
       </c>
-      <c r="C18" s="27">
+      <c r="C18" s="26">
         <v>895092.19</v>
       </c>
-      <c r="D18" s="27">
+      <c r="D18" s="26">
         <v>27276.287</v>
       </c>
-      <c r="E18" s="27">
+      <c r="E18" s="26">
         <v>9223.0860000000011</v>
       </c>
     </row>
     <row r="19" spans="1:7" ht="10.5" customHeight="1">
-      <c r="A19" s="26">
+      <c r="A19" s="25">
         <v>2018</v>
       </c>
-      <c r="B19" s="27">
+      <c r="B19" s="26">
         <v>908952.98014</v>
       </c>
-      <c r="C19" s="27">
+      <c r="C19" s="26">
         <v>873445.06400000001</v>
       </c>
-      <c r="D19" s="27">
+      <c r="D19" s="26">
         <v>27311.75778</v>
       </c>
-      <c r="E19" s="27">
+      <c r="E19" s="26">
         <v>8196.1583599999994</v>
       </c>
     </row>
     <row r="20" spans="1:7" ht="10.5" customHeight="1">
-      <c r="A20" s="26">
+      <c r="A20" s="25">
         <v>2019</v>
       </c>
-      <c r="B20" s="27">
+      <c r="B20" s="26">
         <v>921111.46499999997</v>
       </c>
-      <c r="C20" s="27">
+      <c r="C20" s="26">
         <v>881428.33</v>
       </c>
-      <c r="D20" s="27">
+      <c r="D20" s="26">
         <v>31080.452000000001</v>
       </c>
-      <c r="E20" s="27">
+      <c r="E20" s="26">
         <v>8602.6829999999991</v>
       </c>
     </row>
     <row r="21" spans="1:7" ht="10.5" customHeight="1">
-      <c r="A21" s="26">
+      <c r="A21" s="25">
         <v>2020</v>
       </c>
-      <c r="B21" s="27">
+      <c r="B21" s="26">
         <v>877979.83100000001</v>
       </c>
-      <c r="C21" s="27">
+      <c r="C21" s="26">
         <v>837289.71799999999</v>
       </c>
-      <c r="D21" s="27">
+      <c r="D21" s="26">
         <v>31172.14</v>
       </c>
-      <c r="E21" s="27">
+      <c r="E21" s="26">
         <v>9517.9729999999981</v>
       </c>
     </row>
     <row r="22" spans="1:7" ht="10.5" customHeight="1">
-      <c r="A22" s="26">
+      <c r="A22" s="25">
         <v>2021</v>
       </c>
-      <c r="B22" s="27">
+      <c r="B22" s="26">
         <v>925586.89199999999</v>
       </c>
-      <c r="C22" s="27">
+      <c r="C22" s="26">
         <v>879006.89099999995</v>
       </c>
-      <c r="D22" s="27">
+      <c r="D22" s="26">
         <v>35915.99</v>
       </c>
-      <c r="E22" s="27">
+      <c r="E22" s="26">
         <v>10664.011</v>
       </c>
     </row>
     <row r="23" spans="1:7" ht="10.5" customHeight="1">
-      <c r="A23" s="26">
+      <c r="A23" s="25">
         <v>2022</v>
       </c>
-      <c r="B23" s="27">
+      <c r="B23" s="26">
         <v>796392.50600000005</v>
       </c>
-      <c r="C23" s="27">
+      <c r="C23" s="26">
         <v>765101.76</v>
       </c>
-      <c r="D23" s="27">
+      <c r="D23" s="26">
         <v>22380.785</v>
       </c>
-      <c r="E23" s="27">
+      <c r="E23" s="26">
         <v>8909.9560000000019</v>
       </c>
-      <c r="G23" s="28"/>
+      <c r="G23" s="27"/>
     </row>
     <row r="24" spans="1:7" ht="10.5" customHeight="1">
-      <c r="A24" s="29">
-[...8 lines deleted...]
-      <c r="D24" s="30">
+      <c r="A24" s="28" t="s">
+        <v>30</v>
+      </c>
+      <c r="B24" s="29">
+        <v>731046.02300000004</v>
+      </c>
+      <c r="C24" s="29">
+        <v>692590.71</v>
+      </c>
+      <c r="D24" s="29">
         <v>30098.282999999999</v>
       </c>
-      <c r="E24" s="30">
+      <c r="E24" s="29">
         <v>8357.0300000000007</v>
       </c>
     </row>
     <row r="25" spans="1:7" ht="10.5" customHeight="1">
-      <c r="A25" s="31"/>
-[...3 lines deleted...]
-      <c r="E25" s="24"/>
+      <c r="A25" s="30"/>
+      <c r="B25" s="31"/>
+      <c r="C25" s="23"/>
+      <c r="D25" s="23"/>
+      <c r="E25" s="23"/>
     </row>
     <row r="26" spans="1:7" ht="10.5" customHeight="1">
       <c r="A26" s="6" t="s">
         <v>4</v>
       </c>
       <c r="B26" s="8"/>
       <c r="C26" s="9"/>
       <c r="D26" s="9"/>
       <c r="E26" s="9"/>
     </row>
     <row r="27" spans="1:7" ht="10.5" customHeight="1">
       <c r="A27" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B27" s="8"/>
       <c r="C27" s="9"/>
       <c r="D27" s="9"/>
       <c r="E27" s="9"/>
     </row>
     <row r="28" spans="1:7" ht="10.5" customHeight="1">
       <c r="A28" s="6"/>
       <c r="B28" s="16"/>
       <c r="C28" s="19"/>
       <c r="D28" s="19"/>
       <c r="E28" s="19"/>
@@ -1369,54 +1402,54 @@
       <c r="B47" s="11"/>
       <c r="C47" s="11"/>
       <c r="D47" s="11"/>
       <c r="E47" s="11"/>
     </row>
     <row r="48" spans="1:5" ht="10.5" customHeight="1">
       <c r="A48" s="6" t="s">
         <v>27</v>
       </c>
       <c r="B48" s="11"/>
       <c r="C48" s="10"/>
       <c r="D48" s="10"/>
       <c r="E48" s="10"/>
     </row>
     <row r="49" spans="1:5" ht="10.5" customHeight="1">
       <c r="A49" s="6" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="50" spans="1:5" ht="10.5" customHeight="1">
       <c r="C50" s="10"/>
       <c r="D50" s="10"/>
       <c r="E50" s="10"/>
     </row>
     <row r="51" spans="1:5" ht="10.5" customHeight="1">
-      <c r="A51" s="23" t="s">
+      <c r="A51" s="32" t="s">
         <v>29</v>
       </c>
-      <c r="B51" s="23"/>
+      <c r="B51" s="32"/>
       <c r="C51" s="12"/>
       <c r="D51" s="12"/>
       <c r="E51" s="12"/>
     </row>
     <row r="53" spans="1:5" ht="10.5" customHeight="1">
       <c r="A53" s="12"/>
       <c r="B53" s="11"/>
       <c r="C53" s="11"/>
       <c r="D53" s="11"/>
       <c r="E53" s="11"/>
     </row>
     <row r="54" spans="1:5" ht="10.5" customHeight="1">
       <c r="A54" s="1"/>
       <c r="D54" s="17"/>
     </row>
     <row r="55" spans="1:5" ht="10.5" customHeight="1">
       <c r="A55" s="1"/>
       <c r="D55" s="17"/>
     </row>
     <row r="56" spans="1:5" ht="10.5" customHeight="1">
       <c r="A56" s="1"/>
       <c r="D56" s="17"/>
     </row>
     <row r="57" spans="1:5" ht="10.5" customHeight="1">
       <c r="A57" s="1"/>