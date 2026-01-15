--- v0 (2025-12-15)
+++ v1 (2026-01-15)
@@ -1,150 +1,93 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28129"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29029"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="L:\00 Bases statistiques et produits généraux\01 Synthèses\03 Site Internet\06 Pages sous-produits\02 Infrastructure et environnement\0802 Approvisionnement\2024\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="L:\00 Bases statistiques et produits généraux\01 Synthèses\03 Site Internet\06 Pages sous-produits\02 Infrastructure et environnement\0802 Approvisionnement\2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{141893D8-6ACB-4873-80E3-3152650A81D5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5FC81200-BA44-4174-A78A-6B6C00017656}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-2400" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="te544" sheetId="27" r:id="rId1"/>
+    <sheet name="T544" sheetId="26" r:id="rId1"/>
+    <sheet name="Signes - Zeichen" sheetId="27" r:id="rId2"/>
   </sheets>
+  <externalReferences>
+    <externalReference r:id="rId3"/>
+  </externalReferences>
   <definedNames>
+    <definedName name="_AMO_UniqueIdentifier" localSheetId="1" hidden="1">"'7615af9c-4c39-45be-bde5-41d245b495e1'"</definedName>
     <definedName name="_AMO_UniqueIdentifier" hidden="1">"'2b28de91-4b30-48d5-8134-e5657f791251'"</definedName>
-    <definedName name="_xlnm.Print_Titles" localSheetId="0">'te544'!$1:$7</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'te544'!$A$1:$M$58</definedName>
+    <definedName name="cube">#REF!</definedName>
+    <definedName name="cubr">#REF!</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="0">'T544'!$1:$7</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'T544'!$A$1:$N$58</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
-<file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
-[...62 lines deleted...]
-
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="88" uniqueCount="61">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="128" uniqueCount="93">
   <si>
     <t xml:space="preserve">Services industriels de Morat </t>
   </si>
   <si>
     <t>Gruyère Energie SA</t>
   </si>
   <si>
     <t>—</t>
   </si>
   <si>
     <t>Industrielle Betriebe Murten</t>
   </si>
   <si>
     <r>
       <t>2</t>
     </r>
     <r>
       <rPr>
         <sz val="6"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Allfällige Unterschiede zwischen Gesamtsumme und addierten Einzelwerten oder Teilsummen sind auf Rundungsdifferenzen zurückzuführen</t>
     </r>
   </si>
@@ -486,92 +429,51 @@
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="6.5"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>3</t>
     </r>
   </si>
   <si>
     <t>Energie renouvelable et non renouvelable</t>
   </si>
   <si>
     <t>Erneuerbare und nicht erneuerbare Energie</t>
   </si>
   <si>
     <t>Entreprises d'approvisionnement</t>
   </si>
   <si>
     <t>Energieversorgungsunternehmen</t>
   </si>
   <si>
     <t>T08-02-02</t>
   </si>
   <si>
-    <r>
-[...40 lines deleted...]
-    </r>
+    <t>Source: Groupe E, Granges-Paccot, Gruyère Energie SA, Bulle, Services industriels Morat, Morat</t>
   </si>
   <si>
     <r>
       <t>3</t>
     </r>
     <r>
       <rPr>
         <sz val="6"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Y compris EW Jaun Energie AG. Dès le 1</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="6"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>er</t>
     </r>
     <r>
       <rPr>
         <sz val="6"/>
@@ -616,94 +518,230 @@
   </si>
   <si>
     <t xml:space="preserve"> Konzern integriert</t>
   </si>
   <si>
     <r>
       <t>Production d'énergie électrique</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="6.5"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>1</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>, de 2013 à 2023</t>
+      <t>, de 2013 à 2024</t>
     </r>
   </si>
   <si>
     <r>
       <t>Erzeugung elektrischer Energie</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="6.5"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>1</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve"> von 2013 bis 2023</t>
-[...9 lines deleted...]
-    <t>Actualisation / Aktualisiert am: 04.10.2024</t>
+      <t xml:space="preserve"> von 2013 bis 2024</t>
+    </r>
+  </si>
+  <si>
+    <t>Quelle: Groupe E, Granges-Paccot, Gruyère Energie SA, Bulle, Industrielle Betriebe Murten, Murten, te25-544</t>
+  </si>
+  <si>
+    <t>Actualisation / Aktualisiert am: 22.09.2025</t>
+  </si>
+  <si>
+    <r>
+      <t>Canton de Fribourg. Production d'énergie électrique</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="6"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>2</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="6"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> injectée dans le réseau du distributeur concerné, en milliers de kWh</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Kanton Freiburg. Erzeugung elektrischer Energie</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="6"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>2</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="6"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>, die in das Netz des jeweiligen Stromversorgers eingespiesen wird, in Tausend kWh</t>
+    </r>
+  </si>
+  <si>
+    <t>Légende des signes</t>
+  </si>
+  <si>
+    <t>Zeichenerklärung</t>
+  </si>
+  <si>
+    <t>Signes</t>
+  </si>
+  <si>
+    <t>Explication</t>
+  </si>
+  <si>
+    <t>Zeichen</t>
+  </si>
+  <si>
+    <t>Erklärung</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>Valeur rigoureusement nulle ou inexistante</t>
+  </si>
+  <si>
+    <t>Es kommt nichts vor (Wert genau Null)</t>
+  </si>
+  <si>
+    <t>0 ou 0,0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Valeur très faible, arrondie à zéro, mais non nulle </t>
+  </si>
+  <si>
+    <t>0 oder 0,0</t>
+  </si>
+  <si>
+    <t>Sehr kleiner Wert, auf Null gerundet, aber nicht genau null</t>
+  </si>
+  <si>
+    <t>(chiffre)</t>
+  </si>
+  <si>
+    <t>Résultat à interpréter avec prudence (trop peu d'observations)</t>
+  </si>
+  <si>
+    <t>(Zahl)</t>
+  </si>
+  <si>
+    <t>Resultat mit Vorsicht zu interpretieren (zu wenige Beobachtungen)</t>
+  </si>
+  <si>
+    <t>( )</t>
+  </si>
+  <si>
+    <t>Donnée confidentielle, non communiquée pour des raisons de protection des données</t>
+  </si>
+  <si>
+    <t>Zahlenangabe unterbleibt aus Gründen des Datenschutzes</t>
+  </si>
+  <si>
+    <t>...</t>
+  </si>
+  <si>
+    <t>Donnée inconnue, inconcevable ou non mentionnée pour des raisons statistiques</t>
+  </si>
+  <si>
+    <t>Zahl nicht bekannt, gegenstandslos oder aus statistischen Gründen nicht aufgeführt</t>
+  </si>
+  <si>
+    <t>r</t>
+  </si>
+  <si>
+    <t>Donnée revue et corrigée</t>
+  </si>
+  <si>
+    <t>Korrigierter Wert</t>
+  </si>
+  <si>
+    <t>p</t>
+  </si>
+  <si>
+    <t>Donnée provisoire</t>
+  </si>
+  <si>
+    <t>Provisorischer Wert</t>
+  </si>
+  <si>
+    <t>e</t>
+  </si>
+  <si>
+    <t>Donnée estimée</t>
+  </si>
+  <si>
+    <t>Geschätzter Wert</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="2">
+  <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0;\-#,##0;&quot;-&quot;"/>
-    <numFmt numFmtId="165" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
   </numFmts>
-  <fonts count="19" x14ac:knownFonts="1">
+  <fonts count="21" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Courier"/>
       <family val="3"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <vertAlign val="superscript"/>
       <sz val="6"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="6.5"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="6.5"/>
@@ -764,100 +802,140 @@
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <vertAlign val="subscript"/>
       <sz val="6"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Courier"/>
       <family val="3"/>
     </font>
     <font>
       <b/>
       <sz val="6"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="MS Sans Serif"/>
     </font>
     <font>
-      <sz val="8"/>
-[...1 lines deleted...]
-      <name val="Tahoma"/>
+      <sz val="10"/>
+      <name val="Helv"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
+      <name val="Aptos"/>
       <family val="2"/>
     </font>
   </fonts>
-  <fills count="3">
+  <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFF0F0F0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0" tint="-4.9989318521683403E-2"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFFFF"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="7">
+  <borders count="10">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
@@ -866,182 +944,246 @@
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
-  <cellStyleXfs count="7">
+  <cellStyleXfs count="8">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
-    <xf numFmtId="165" fontId="15" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="38">
+  <cellXfs count="56">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="3" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="3" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="11" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="11" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="4" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="11" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="3" fontId="4" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
+    <xf numFmtId="164" fontId="11" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
     <xf numFmtId="2" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="3" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="3" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="4" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="4" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="4" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="11" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="4" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="3" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="4" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="3" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="4" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="0" xfId="6" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="4" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...46 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="7"/>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="0" xfId="6" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="7" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="2" xfId="7" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="6" xfId="7" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="8" xfId="7" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="4" xfId="7" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="8" xfId="7" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="7" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="7" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="8" xfId="7" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="4" xfId="7" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="7" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="9" xfId="7" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="7" applyFont="1"/>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="6" applyFont="1"/>
   </cellXfs>
-  <cellStyles count="7">
-    <cellStyle name="Milliers 2" xfId="6" xr:uid="{F2AA7494-AEA1-41E3-A7F5-382FC2E92994}"/>
+  <cellStyles count="8">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Normal 2 2" xfId="3" xr:uid="{6FC40E16-3AC3-4BBE-B177-230E53D8A277}"/>
     <cellStyle name="Normal 2 2 2" xfId="4" xr:uid="{B8B0B3C1-BEE4-4166-ACE8-DFCC6509725F}"/>
+    <cellStyle name="Normal 2 2 2 2" xfId="6" xr:uid="{BC89211D-871D-414D-B848-CDCB50E8AB87}"/>
     <cellStyle name="Normal 3" xfId="2" xr:uid="{1E6A58B6-10CC-40DE-8612-0D575457A789}"/>
     <cellStyle name="Normal 4" xfId="5" xr:uid="{5E2610E7-EE7D-45D9-8257-D4F399AA964D}"/>
+    <cellStyle name="Normal 5 2" xfId="7" xr:uid="{7DA034F5-26FE-413F-B936-E877DA1F89DB}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00800000"/>
       <rgbColor rgb="00008000"/>
       <rgbColor rgb="00000080"/>
       <rgbColor rgb="00808000"/>
@@ -1081,51 +1223,73 @@
       <rgbColor rgb="00FF6600"/>
       <rgbColor rgb="00808080"/>
       <rgbColor rgb="00CFCFCF"/>
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00B2B2B2"/>
       <rgbColor rgb="005F5F5F"/>
       <rgbColor rgb="00CFCFCF"/>
     </indexedColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+</file>
+
+<file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///L:\00%20Bases%20statistiques%20et%20produits%20g&#233;n&#233;raux\01%20Synth&#232;ses\03%20Site%20Internet\06%20Pages%20sous-produits\03%20Economie\0602%20Entreprises%20et%20emplois\2025-01\te25-614.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/00%20Bases%20statistiques%20et%20produits%20g&#233;n&#233;raux/01%20Synth&#232;ses/03%20Site%20Internet/06%20Pages%20sous-produits/03%20Economie/0602%20Entreprises%20et%20emplois/2025-01/te25-614.xlsx" TargetMode="External"/></Relationships>
+</file>
+
+<file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
+<externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
+  <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
+    <xxl21:alternateUrls>
+      <xxl21:absoluteUrl r:id="rId2"/>
+    </xxl21:alternateUrls>
+    <sheetNames>
+      <sheetName val="te614"/>
+      <sheetName val="Signes - Zeichen"/>
+    </sheetNames>
+    <sheetDataSet>
+      <sheetData sheetId="0" refreshError="1"/>
+      <sheetData sheetId="1" refreshError="1"/>
+    </sheetDataSet>
+  </externalBook>
+</externalLink>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1370,1762 +1534,2075 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3B10182F-08E9-41A3-A28E-B5AB1B28F663}">
-  <dimension ref="A1:M58"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{59832957-E907-4674-9794-2B0837016425}">
+  <dimension ref="A1:N58"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="145" zoomScaleNormal="145" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="10.75" defaultRowHeight="10.5" customHeight="1" x14ac:dyDescent="0.15"/>
   <cols>
-    <col min="1" max="1" width="22.5" style="2" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="26" max="16384" width="10.75" style="2"/>
+    <col min="1" max="1" width="24.125" style="2" customWidth="1"/>
+    <col min="2" max="13" width="6" style="2" customWidth="1"/>
+    <col min="14" max="14" width="26" style="2" customWidth="1"/>
+    <col min="15" max="16384" width="10.75" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" ht="13.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A1" s="4" t="s">
+    <row r="1" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A1" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B1" s="6"/>
+      <c r="C1" s="6"/>
+      <c r="D1" s="6"/>
+      <c r="E1" s="1"/>
+      <c r="H1" s="19"/>
+      <c r="I1" s="19"/>
+      <c r="J1" s="19"/>
+      <c r="K1" s="19"/>
+      <c r="L1" s="19"/>
+      <c r="M1" s="19"/>
+    </row>
+    <row r="2" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A2" s="7" t="s">
         <v>56</v>
       </c>
-      <c r="B1" s="4"/>
-[...15 lines deleted...]
-      <c r="D2" s="5"/>
+      <c r="B2" s="7"/>
+      <c r="C2" s="7"/>
+      <c r="D2" s="7"/>
       <c r="E2" s="1"/>
-      <c r="H2" s="13"/>
-[...6 lines deleted...]
-      <c r="A3" s="8" t="s">
+      <c r="H2" s="18"/>
+      <c r="I2" s="18"/>
+      <c r="J2" s="18"/>
+      <c r="K2" s="18"/>
+      <c r="L2" s="18"/>
+      <c r="M2" s="18"/>
+    </row>
+    <row r="3" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A3" s="10" t="s">
         <v>2</v>
       </c>
-      <c r="B3" s="8"/>
-[...25 lines deleted...]
-      <c r="A7" s="16" t="s">
+      <c r="B3" s="10"/>
+      <c r="C3" s="10"/>
+      <c r="D3" s="10"/>
+      <c r="H3" s="18"/>
+      <c r="I3" s="18"/>
+      <c r="J3" s="18"/>
+      <c r="K3" s="18"/>
+      <c r="L3" s="18"/>
+      <c r="M3" s="18"/>
+    </row>
+    <row r="4" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A4" s="8" t="s">
+        <v>59</v>
+      </c>
+      <c r="B4" s="8"/>
+      <c r="C4" s="8"/>
+      <c r="D4" s="8"/>
+    </row>
+    <row r="5" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A5" s="8" t="s">
+        <v>60</v>
+      </c>
+      <c r="B5" s="8"/>
+      <c r="C5" s="8"/>
+      <c r="D5" s="8"/>
+    </row>
+    <row r="7" spans="1:14" s="3" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A7" s="22" t="s">
         <v>49</v>
       </c>
-      <c r="B7" s="17">
+      <c r="B7" s="23">
         <v>2013</v>
       </c>
-      <c r="C7" s="18">
+      <c r="C7" s="24">
         <v>2014</v>
       </c>
-      <c r="D7" s="18">
+      <c r="D7" s="24">
         <v>2015</v>
       </c>
-      <c r="E7" s="17">
+      <c r="E7" s="23">
         <v>2016</v>
       </c>
-      <c r="F7" s="18">
+      <c r="F7" s="24">
         <v>2017</v>
       </c>
-      <c r="G7" s="18">
+      <c r="G7" s="24">
         <v>2018</v>
       </c>
-      <c r="H7" s="18">
+      <c r="H7" s="24">
         <v>2019</v>
       </c>
-      <c r="I7" s="18">
+      <c r="I7" s="24">
         <v>2020</v>
       </c>
-      <c r="J7" s="18">
+      <c r="J7" s="24">
         <v>2021</v>
       </c>
-      <c r="K7" s="19">
+      <c r="K7" s="25">
         <v>2022</v>
       </c>
-      <c r="L7" s="19">
+      <c r="L7" s="25">
         <v>2023</v>
       </c>
-      <c r="M7" s="16"/>
-[...2 lines deleted...]
-      <c r="A8" s="20" t="s">
+      <c r="M7" s="25">
+        <v>2024</v>
+      </c>
+      <c r="N7" s="22"/>
+    </row>
+    <row r="8" spans="1:14" s="1" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A8" s="26" t="s">
         <v>45</v>
       </c>
-      <c r="B8" s="33"/>
-[...10 lines deleted...]
-      <c r="M8" s="20" t="s">
+      <c r="B8" s="35"/>
+      <c r="C8" s="35"/>
+      <c r="D8" s="35"/>
+      <c r="E8" s="27"/>
+      <c r="F8" s="27"/>
+      <c r="G8" s="27"/>
+      <c r="H8" s="27"/>
+      <c r="I8" s="27"/>
+      <c r="J8" s="27"/>
+      <c r="K8" s="27"/>
+      <c r="L8" s="27"/>
+      <c r="M8" s="27"/>
+      <c r="N8" s="38" t="s">
         <v>46</v>
       </c>
     </row>
-    <row r="9" spans="1:13" s="1" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A9" s="20" t="s">
+    <row r="9" spans="1:14" s="1" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A9" s="26" t="s">
         <v>6</v>
       </c>
-      <c r="B9" s="33">
+      <c r="B9" s="35">
         <v>812543.38001000008</v>
       </c>
-      <c r="C9" s="33">
+      <c r="C9" s="35">
         <v>730196.40712500003</v>
       </c>
-      <c r="D9" s="33">
+      <c r="D9" s="35">
         <v>654098.95035400009</v>
       </c>
-      <c r="E9" s="33">
+      <c r="E9" s="35">
         <v>858233.74881299981</v>
       </c>
-      <c r="F9" s="34">
+      <c r="F9" s="27">
         <v>648526.44208199997</v>
       </c>
-      <c r="G9" s="34">
+      <c r="G9" s="27">
         <v>755959.19902899989</v>
       </c>
-      <c r="H9" s="34">
+      <c r="H9" s="27">
         <v>788443.80442100007</v>
       </c>
-      <c r="I9" s="34">
+      <c r="I9" s="27">
         <v>776833.96525600005</v>
       </c>
-      <c r="J9" s="34">
+      <c r="J9" s="27">
         <v>897910.25418661209</v>
       </c>
-      <c r="K9" s="34">
+      <c r="K9" s="27">
         <v>724108.97399098298</v>
       </c>
-      <c r="L9" s="34">
+      <c r="L9" s="27">
         <v>947651.006314</v>
       </c>
-      <c r="M9" s="20" t="s">
+      <c r="M9" s="27">
+        <v>1041743.4753459999</v>
+      </c>
+      <c r="N9" s="26" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="10" spans="1:13" s="1" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A10" s="11" t="s">
+    <row r="10" spans="1:14" s="1" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A10" s="14" t="s">
         <v>24</v>
       </c>
-      <c r="B10" s="14">
+      <c r="B10" s="19">
         <v>776814.03463500005</v>
       </c>
-      <c r="C10" s="14">
+      <c r="C10" s="19">
         <v>696288.33984000015</v>
       </c>
-      <c r="D10" s="14">
+      <c r="D10" s="19">
         <v>619047.1937050001</v>
       </c>
-      <c r="E10" s="14">
+      <c r="E10" s="19">
         <v>827982.75349099992</v>
       </c>
-      <c r="F10" s="14">
+      <c r="F10" s="19">
         <v>616412.16098099994</v>
       </c>
-      <c r="G10" s="14">
+      <c r="G10" s="19">
         <v>720349.91644300008</v>
       </c>
-      <c r="H10" s="14">
+      <c r="H10" s="19">
         <v>759218.14299599989</v>
       </c>
-      <c r="I10" s="14">
+      <c r="I10" s="19">
         <v>742849.12389099982</v>
       </c>
-      <c r="J10" s="14">
+      <c r="J10" s="19">
         <v>867607.56107661233</v>
       </c>
-      <c r="K10" s="14">
+      <c r="K10" s="19">
         <v>691621.42528798291</v>
       </c>
-      <c r="L10" s="14">
+      <c r="L10" s="19">
         <v>919585.84818899981</v>
       </c>
-      <c r="M10" s="21" t="s">
+      <c r="M10" s="19">
+        <v>1014179.44346</v>
+      </c>
+      <c r="N10" s="28" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="11" spans="1:13" s="1" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A11" s="11" t="s">
+    <row r="11" spans="1:14" s="1" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A11" s="14" t="s">
         <v>26</v>
       </c>
-      <c r="B11" s="14">
+      <c r="B11" s="19">
         <v>35729.345375000004</v>
       </c>
-      <c r="C11" s="14">
+      <c r="C11" s="19">
         <v>33908.067284999997</v>
       </c>
-      <c r="D11" s="14">
+      <c r="D11" s="19">
         <v>35051.756649000003</v>
       </c>
-      <c r="E11" s="14">
+      <c r="E11" s="19">
         <v>30250.995322000002</v>
       </c>
-      <c r="F11" s="14">
+      <c r="F11" s="19">
         <v>32114.281101000004</v>
       </c>
-      <c r="G11" s="14">
+      <c r="G11" s="19">
         <v>35609.282586000001</v>
       </c>
-      <c r="H11" s="14">
+      <c r="H11" s="19">
         <v>29225.661425000002</v>
       </c>
-      <c r="I11" s="14">
+      <c r="I11" s="19">
         <v>33984.841365</v>
       </c>
-      <c r="J11" s="14">
+      <c r="J11" s="19">
         <v>30302.693110000004</v>
       </c>
-      <c r="K11" s="14">
+      <c r="K11" s="19">
         <v>32487.548702999997</v>
       </c>
-      <c r="L11" s="14">
+      <c r="L11" s="19">
         <v>28065.158124999994</v>
       </c>
-      <c r="M11" s="21" t="s">
+      <c r="M11" s="19">
+        <v>27564.031885999997</v>
+      </c>
+      <c r="N11" s="28" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="12" spans="1:13" s="1" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A12" s="20" t="s">
+    <row r="12" spans="1:14" s="1" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A12" s="26" t="s">
         <v>47</v>
       </c>
-      <c r="B12" s="33"/>
-[...10 lines deleted...]
-      <c r="M12" s="20" t="s">
+      <c r="B12" s="35"/>
+      <c r="C12" s="35"/>
+      <c r="D12" s="35"/>
+      <c r="E12" s="35"/>
+      <c r="F12" s="27"/>
+      <c r="G12" s="27"/>
+      <c r="H12" s="27"/>
+      <c r="I12" s="27"/>
+      <c r="J12" s="27"/>
+      <c r="K12" s="27"/>
+      <c r="L12" s="27"/>
+      <c r="M12" s="27"/>
+      <c r="N12" s="26" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="13" spans="1:13" s="1" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A13" s="20" t="s">
+    <row r="13" spans="1:14" s="1" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A13" s="26" t="s">
         <v>6</v>
       </c>
-      <c r="B13" s="33">
+      <c r="B13" s="35">
         <v>812543.38001000008</v>
       </c>
-      <c r="C13" s="33">
+      <c r="C13" s="35">
         <v>730196.40712500003</v>
       </c>
-      <c r="D13" s="33">
+      <c r="D13" s="35">
         <v>654098.95035400009</v>
       </c>
-      <c r="E13" s="33">
+      <c r="E13" s="35">
         <v>858233.74881299981</v>
       </c>
-      <c r="F13" s="34">
+      <c r="F13" s="27">
         <v>648526.44208199997</v>
       </c>
-      <c r="G13" s="34">
+      <c r="G13" s="27">
         <v>755959.19902899989</v>
       </c>
-      <c r="H13" s="34">
+      <c r="H13" s="27">
         <v>788443.80442100007</v>
       </c>
-      <c r="I13" s="34">
+      <c r="I13" s="27">
         <v>776833.96525600005</v>
       </c>
-      <c r="J13" s="34">
+      <c r="J13" s="27">
         <v>897910.25418661209</v>
       </c>
-      <c r="K13" s="34">
+      <c r="K13" s="27">
         <v>724108.97399098298</v>
       </c>
-      <c r="L13" s="34">
+      <c r="L13" s="27">
         <v>947651.006314</v>
       </c>
-      <c r="M13" s="20" t="s">
+      <c r="M13" s="27">
+        <v>1041743.4753459999</v>
+      </c>
+      <c r="N13" s="26" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="14" spans="1:13" s="1" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A14" s="22" t="s">
+    <row r="14" spans="1:14" s="1" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A14" s="29" t="s">
         <v>44</v>
       </c>
-      <c r="B14" s="35">
+      <c r="B14" s="36">
         <v>791655.33226000005</v>
       </c>
-      <c r="C14" s="35">
+      <c r="C14" s="36">
         <v>707583.38752500003</v>
       </c>
-      <c r="D14" s="35">
+      <c r="D14" s="36">
         <v>634243.56610400009</v>
       </c>
-      <c r="E14" s="35">
+      <c r="E14" s="36">
         <v>831956.89818499982</v>
       </c>
-      <c r="F14" s="36">
+      <c r="F14" s="30">
         <v>626013.09333199996</v>
       </c>
-      <c r="G14" s="36">
+      <c r="G14" s="30">
         <v>730050.89527899993</v>
       </c>
-      <c r="H14" s="36">
+      <c r="H14" s="30">
         <v>755789.13867100002</v>
       </c>
-      <c r="I14" s="36">
+      <c r="I14" s="30">
         <v>742480.49850600003</v>
       </c>
-      <c r="J14" s="36">
+      <c r="J14" s="30">
         <v>861467.69057000009</v>
       </c>
-      <c r="K14" s="36">
+      <c r="K14" s="30">
         <v>688033.29529099993</v>
       </c>
-      <c r="L14" s="36">
+      <c r="L14" s="30">
         <v>909893.18091400003</v>
       </c>
-      <c r="M14" s="22" t="s">
+      <c r="M14" s="30">
+        <v>994960.19919599988</v>
+      </c>
+      <c r="N14" s="29" t="s">
         <v>44</v>
       </c>
     </row>
-    <row r="15" spans="1:13" s="1" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A15" s="11" t="s">
+    <row r="15" spans="1:14" s="1" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A15" s="14" t="s">
         <v>10</v>
       </c>
       <c r="B15" s="1">
         <v>690221.05440000002</v>
       </c>
       <c r="C15" s="1">
         <v>594140.60800000001</v>
       </c>
       <c r="D15" s="1">
         <v>504792.09430200001</v>
       </c>
       <c r="E15" s="1">
         <v>684206.80766599998</v>
       </c>
-      <c r="F15" s="14">
+      <c r="F15" s="19">
         <v>440486.54249999998</v>
       </c>
-      <c r="G15" s="14">
+      <c r="G15" s="19">
         <v>539231.95678799995</v>
       </c>
-      <c r="H15" s="14">
+      <c r="H15" s="19">
         <v>568863.80674999999</v>
       </c>
-      <c r="I15" s="14">
+      <c r="I15" s="19">
         <v>526153.24112499994</v>
       </c>
-      <c r="J15" s="14">
+      <c r="J15" s="19">
         <v>632890.10900000005</v>
       </c>
-      <c r="K15" s="14">
+      <c r="K15" s="19">
         <v>430848.76431099995</v>
       </c>
-      <c r="L15" s="14">
+      <c r="L15" s="19">
         <v>622015.10832500004</v>
       </c>
-      <c r="M15" s="21" t="s">
+      <c r="M15" s="19">
+        <v>661968.67529999989</v>
+      </c>
+      <c r="N15" s="28" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="16" spans="1:13" s="9" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A16" s="10" t="s">
+    <row r="16" spans="1:14" s="11" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A16" s="13" t="s">
         <v>16</v>
       </c>
-      <c r="B16" s="9">
+      <c r="B16" s="11">
         <v>45151.901250000003</v>
       </c>
-      <c r="C16" s="9">
+      <c r="C16" s="11">
         <v>41628.230250000001</v>
       </c>
-      <c r="D16" s="9">
+      <c r="D16" s="11">
         <v>38697.1005</v>
       </c>
-      <c r="E16" s="9">
+      <c r="E16" s="11">
         <v>142436.47075000001</v>
       </c>
-      <c r="F16" s="37">
+      <c r="F16" s="20">
         <v>99785.099499999997</v>
       </c>
-      <c r="G16" s="37">
+      <c r="G16" s="20">
         <v>93360.302249999993</v>
       </c>
-      <c r="H16" s="37">
+      <c r="H16" s="20">
         <v>95294.217999999993</v>
       </c>
-      <c r="I16" s="37">
+      <c r="I16" s="20">
         <v>90618.722250000006</v>
       </c>
-      <c r="J16" s="37">
+      <c r="J16" s="20">
         <v>102057.14525</v>
       </c>
-      <c r="K16" s="37">
+      <c r="K16" s="20">
         <v>76654.682436000003</v>
       </c>
-      <c r="L16" s="37">
+      <c r="L16" s="20">
         <v>100939.9902</v>
       </c>
-      <c r="M16" s="23" t="s">
+      <c r="M16" s="20">
+        <v>108626.1033</v>
+      </c>
+      <c r="N16" s="31" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="17" spans="1:13" s="9" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A17" s="10" t="s">
+    <row r="17" spans="1:14" s="11" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A17" s="13" t="s">
         <v>15</v>
       </c>
-      <c r="B17" s="9">
+      <c r="B17" s="11">
         <v>642596.66925000004</v>
       </c>
-      <c r="C17" s="9">
+      <c r="C17" s="11">
         <v>550088.74349999998</v>
       </c>
-      <c r="D17" s="9">
+      <c r="D17" s="11">
         <v>463822.16200000001</v>
       </c>
-      <c r="E17" s="9">
+      <c r="E17" s="11">
         <v>539212.67224999995</v>
       </c>
-      <c r="F17" s="37">
+      <c r="F17" s="20">
         <v>338422.1605</v>
       </c>
-      <c r="G17" s="37">
+      <c r="G17" s="20">
         <v>443707.77775000001</v>
       </c>
-      <c r="H17" s="37">
+      <c r="H17" s="20">
         <v>470852.64724999998</v>
       </c>
-      <c r="I17" s="37">
+      <c r="I17" s="20">
         <v>432936.44675</v>
       </c>
-      <c r="J17" s="37">
+      <c r="J17" s="20">
         <v>528495.69149999996</v>
       </c>
-      <c r="K17" s="37">
+      <c r="K17" s="20">
         <v>352031.46512499999</v>
       </c>
-      <c r="L17" s="37">
+      <c r="L17" s="20">
         <v>518667.01850000001</v>
       </c>
-      <c r="M17" s="23" t="s">
+      <c r="M17" s="20">
+        <v>548047.08649999998</v>
+      </c>
+      <c r="N17" s="31" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="18" spans="1:13" s="9" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A18" s="10" t="s">
+    <row r="18" spans="1:14" s="11" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A18" s="13" t="s">
         <v>38</v>
       </c>
-      <c r="B18" s="9">
+      <c r="B18" s="11">
         <v>2472.4838999999997</v>
       </c>
-      <c r="C18" s="9">
+      <c r="C18" s="11">
         <v>2423.6342500000001</v>
       </c>
-      <c r="D18" s="9">
+      <c r="D18" s="11">
         <v>2272.8318019999997</v>
       </c>
-      <c r="E18" s="9">
+      <c r="E18" s="11">
         <v>2557.6646660000001</v>
       </c>
-      <c r="F18" s="37">
+      <c r="F18" s="20">
         <v>2279.2824999999998</v>
       </c>
-      <c r="G18" s="37">
+      <c r="G18" s="20">
         <v>2163.876788</v>
       </c>
-      <c r="H18" s="37">
+      <c r="H18" s="20">
         <v>2716.9414999999999</v>
       </c>
-      <c r="I18" s="37">
+      <c r="I18" s="20">
         <v>2598.0721250000001</v>
       </c>
-      <c r="J18" s="37">
+      <c r="J18" s="20">
         <v>2337.27225</v>
       </c>
-      <c r="K18" s="37">
+      <c r="K18" s="20">
         <v>2162.6167500000001</v>
       </c>
-      <c r="L18" s="37">
+      <c r="L18" s="20">
         <v>2408.0996249999998</v>
       </c>
-      <c r="M18" s="23" t="s">
+      <c r="M18" s="20">
+        <v>5295.4854999999998</v>
+      </c>
+      <c r="N18" s="31" t="s">
         <v>39</v>
       </c>
     </row>
-    <row r="19" spans="1:13" s="1" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A19" s="11" t="s">
+    <row r="19" spans="1:14" s="1" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A19" s="14" t="s">
         <v>7</v>
       </c>
       <c r="B19" s="1">
         <v>53019.793250000002</v>
       </c>
       <c r="C19" s="1">
         <v>52997.062749999997</v>
       </c>
       <c r="D19" s="1">
         <v>54213.825499999999</v>
       </c>
       <c r="E19" s="1">
         <v>42771.924749999998</v>
       </c>
-      <c r="F19" s="14">
+      <c r="F19" s="19">
         <v>53547.386250000003</v>
       </c>
-      <c r="G19" s="14">
+      <c r="G19" s="19">
         <v>56767.181750000003</v>
       </c>
-      <c r="H19" s="14">
+      <c r="H19" s="19">
         <v>43998.656750000002</v>
       </c>
-      <c r="I19" s="14">
+      <c r="I19" s="19">
         <v>56167.646999999997</v>
       </c>
-      <c r="J19" s="14">
+      <c r="J19" s="19">
         <v>54904.526250000003</v>
       </c>
-      <c r="K19" s="14">
+      <c r="K19" s="19">
         <v>51852.222249999999</v>
       </c>
-      <c r="L19" s="14">
+      <c r="L19" s="19">
         <v>53230.674249999996</v>
       </c>
-      <c r="M19" s="21" t="s">
+      <c r="M19" s="19">
+        <v>54695.785499999998</v>
+      </c>
+      <c r="N19" s="28" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="20" spans="1:13" s="1" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A20" s="11" t="s">
+    <row r="20" spans="1:14" s="1" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A20" s="14" t="s">
         <v>40</v>
       </c>
       <c r="B20" s="1">
         <v>357.74374999999998</v>
       </c>
       <c r="C20" s="1">
         <v>343.81925000000001</v>
       </c>
       <c r="D20" s="1">
         <v>259.23071199999998</v>
       </c>
       <c r="E20" s="1">
         <v>772.57692499999996</v>
       </c>
-      <c r="F20" s="14">
+      <c r="F20" s="19">
         <v>28.802250000000001</v>
       </c>
-      <c r="G20" s="14">
+      <c r="G20" s="19">
         <v>677.42899999999997</v>
       </c>
-      <c r="H20" s="14">
+      <c r="H20" s="19">
         <v>513.82899999999995</v>
       </c>
-      <c r="I20" s="14">
+      <c r="I20" s="19">
         <v>693.56244800000002</v>
       </c>
-      <c r="J20" s="14">
+      <c r="J20" s="19">
         <v>355.41523500000005</v>
       </c>
-      <c r="K20" s="14">
+      <c r="K20" s="19">
         <v>439.464178</v>
       </c>
-      <c r="L20" s="14">
+      <c r="L20" s="19">
         <v>355.52050000000003</v>
       </c>
-      <c r="M20" s="21" t="s">
+      <c r="M20" s="19">
+        <v>24.893999999999998</v>
+      </c>
+      <c r="N20" s="28" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="21" spans="1:13" s="1" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A21" s="11" t="s">
+    <row r="21" spans="1:14" s="1" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A21" s="14" t="s">
         <v>30</v>
       </c>
       <c r="B21" s="1">
         <v>8800</v>
       </c>
       <c r="C21" s="1">
         <v>7033</v>
       </c>
       <c r="D21" s="1">
         <v>6770.6479999999992</v>
       </c>
       <c r="E21" s="1">
         <v>8246.2439999999988</v>
       </c>
-      <c r="F21" s="14">
+      <c r="F21" s="19">
         <v>5131.0910000000003</v>
       </c>
-      <c r="G21" s="14">
+      <c r="G21" s="19">
         <v>3945.2910000000002</v>
       </c>
-      <c r="H21" s="14">
+      <c r="H21" s="19">
         <v>1041.2575000000002</v>
       </c>
-      <c r="I21" s="14">
+      <c r="I21" s="19">
         <v>207.75649999999999</v>
       </c>
-      <c r="J21" s="14">
+      <c r="J21" s="19">
         <v>92.275999999999996</v>
       </c>
-      <c r="K21" s="14">
+      <c r="K21" s="19">
         <v>59.338250000000002</v>
       </c>
-      <c r="L21" s="14">
+      <c r="L21" s="19">
         <v>0</v>
       </c>
-      <c r="M21" s="21" t="s">
+      <c r="M21" s="19">
+        <v>0</v>
+      </c>
+      <c r="N21" s="28" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="22" spans="1:13" s="9" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A22" s="10" t="s">
+    <row r="22" spans="1:14" s="11" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A22" s="13" t="s">
         <v>32</v>
       </c>
-      <c r="B22" s="14">
+      <c r="B22" s="19">
         <v>0</v>
       </c>
-      <c r="C22" s="14">
+      <c r="C22" s="19">
         <v>0</v>
       </c>
-      <c r="D22" s="9">
+      <c r="D22" s="11">
         <v>2.86</v>
       </c>
-      <c r="E22" s="9">
+      <c r="E22" s="11">
         <v>837.18899999999996</v>
       </c>
-      <c r="F22" s="37">
+      <c r="F22" s="20">
         <v>749.33199999999999</v>
       </c>
-      <c r="G22" s="37">
+      <c r="G22" s="20">
         <v>247.679</v>
       </c>
-      <c r="H22" s="37">
+      <c r="H22" s="20">
         <v>71.793000000000006</v>
       </c>
-      <c r="I22" s="37">
+      <c r="I22" s="20">
         <v>207.26349999999999</v>
       </c>
-      <c r="J22" s="37">
+      <c r="J22" s="20">
         <v>90.84975</v>
       </c>
-      <c r="K22" s="37">
+      <c r="K22" s="20">
         <v>59.338250000000002</v>
       </c>
-      <c r="L22" s="37">
+      <c r="L22" s="20">
         <v>0</v>
       </c>
-      <c r="M22" s="23" t="s">
+      <c r="M22" s="20">
+        <v>0</v>
+      </c>
+      <c r="N22" s="31" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="23" spans="1:13" s="9" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A23" s="10" t="s">
+    <row r="23" spans="1:14" s="11" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A23" s="13" t="s">
         <v>22</v>
       </c>
-      <c r="B23" s="9">
+      <c r="B23" s="11">
         <v>8800</v>
       </c>
-      <c r="C23" s="9">
+      <c r="C23" s="11">
         <v>7033</v>
       </c>
-      <c r="D23" s="9">
+      <c r="D23" s="11">
         <v>6767.7879999999996</v>
       </c>
-      <c r="E23" s="9">
+      <c r="E23" s="11">
         <v>7409.0549999999994</v>
       </c>
-      <c r="F23" s="37">
+      <c r="F23" s="20">
         <v>4381.759</v>
       </c>
-      <c r="G23" s="37">
+      <c r="G23" s="20">
         <v>3697.6120000000001</v>
       </c>
-      <c r="H23" s="37">
+      <c r="H23" s="20">
         <v>969.46450000000004</v>
       </c>
-      <c r="I23" s="37">
+      <c r="I23" s="20">
         <v>0.49299999999999999</v>
       </c>
-      <c r="J23" s="37">
+      <c r="J23" s="20">
         <v>1.42625</v>
       </c>
-      <c r="K23" s="37">
+      <c r="K23" s="20">
         <v>0</v>
       </c>
-      <c r="L23" s="37">
+      <c r="L23" s="20">
         <v>0</v>
       </c>
-      <c r="M23" s="23" t="s">
+      <c r="M23" s="20">
+        <v>0</v>
+      </c>
+      <c r="N23" s="31" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="24" spans="1:13" s="1" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A24" s="11" t="s">
+    <row r="24" spans="1:14" s="1" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A24" s="14" t="s">
         <v>21</v>
       </c>
       <c r="B24" s="1">
         <v>20373.301500000001</v>
       </c>
       <c r="C24" s="1">
         <v>18581.678159999999</v>
       </c>
       <c r="D24" s="1">
         <v>22230.817112999997</v>
       </c>
       <c r="E24" s="1">
         <v>26751.591044000001</v>
       </c>
-      <c r="F24" s="14">
+      <c r="F24" s="19">
         <v>30068.493476</v>
       </c>
-      <c r="G24" s="14">
+      <c r="G24" s="19">
         <v>30277.147473000001</v>
       </c>
-      <c r="H24" s="14">
+      <c r="H24" s="19">
         <v>35328.191800000001</v>
       </c>
-      <c r="I24" s="14">
+      <c r="I24" s="19">
         <v>38957.273667000001</v>
       </c>
-      <c r="J24" s="14">
+      <c r="J24" s="19">
         <v>37590.507875000003</v>
       </c>
-      <c r="K24" s="14">
+      <c r="K24" s="19">
         <v>36388.245374999999</v>
       </c>
-      <c r="L24" s="14">
+      <c r="L24" s="19">
         <v>36736.18275</v>
       </c>
-      <c r="M24" s="21" t="s">
+      <c r="M24" s="19">
+        <v>37350.681630999999</v>
+      </c>
+      <c r="N24" s="28" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="25" spans="1:13" s="9" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A25" s="10" t="s">
+    <row r="25" spans="1:14" s="11" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A25" s="13" t="s">
         <v>20</v>
       </c>
-      <c r="B25" s="9">
+      <c r="B25" s="11">
         <v>7864.8842500000001</v>
       </c>
-      <c r="C25" s="9">
+      <c r="C25" s="11">
         <v>5619.8227500000003</v>
       </c>
-      <c r="D25" s="9">
+      <c r="D25" s="11">
         <v>8155.2504259999996</v>
       </c>
-      <c r="E25" s="9">
+      <c r="E25" s="11">
         <v>9740.4214929999998</v>
       </c>
-      <c r="F25" s="37">
+      <c r="F25" s="20">
         <v>11690.878500000001</v>
       </c>
-      <c r="G25" s="37">
+      <c r="G25" s="20">
         <v>9448.2697499999995</v>
       </c>
-      <c r="H25" s="37">
+      <c r="H25" s="20">
         <v>10101.41275</v>
       </c>
-      <c r="I25" s="37">
+      <c r="I25" s="20">
         <v>11560.356250000001</v>
       </c>
-      <c r="J25" s="37">
+      <c r="J25" s="20">
         <v>11988.233</v>
       </c>
-      <c r="K25" s="37">
+      <c r="K25" s="20">
         <v>7972.1636249999992</v>
       </c>
-      <c r="L25" s="37">
+      <c r="L25" s="20">
         <v>9635.091375</v>
       </c>
-      <c r="M25" s="23" t="s">
+      <c r="M25" s="20">
+        <v>9855.7302500000005</v>
+      </c>
+      <c r="N25" s="31" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="26" spans="1:13" s="9" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A26" s="10" t="s">
+    <row r="26" spans="1:14" s="11" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A26" s="13" t="s">
         <v>17</v>
       </c>
-      <c r="B26" s="9">
+      <c r="B26" s="11">
         <v>12446.71225</v>
       </c>
-      <c r="C26" s="9">
+      <c r="C26" s="11">
         <v>12929.13875</v>
       </c>
-      <c r="D26" s="9">
+      <c r="D26" s="11">
         <v>13157.7415</v>
       </c>
-      <c r="E26" s="9">
+      <c r="E26" s="11">
         <v>16327.768528999999</v>
       </c>
-      <c r="F26" s="37">
+      <c r="F26" s="20">
         <v>17447.588250000001</v>
       </c>
-      <c r="G26" s="37">
+      <c r="G26" s="20">
         <v>19914.352012000003</v>
       </c>
-      <c r="H26" s="37">
+      <c r="H26" s="20">
         <v>23749.343499999999</v>
       </c>
-      <c r="I26" s="37">
+      <c r="I26" s="20">
         <v>25675.486000000001</v>
       </c>
-      <c r="J26" s="37">
+      <c r="J26" s="20">
         <v>25236.509375000001</v>
       </c>
-      <c r="K26" s="37">
+      <c r="K26" s="20">
         <v>27872.616750000001</v>
       </c>
-      <c r="L26" s="37">
+      <c r="L26" s="20">
         <v>27099.587875000001</v>
       </c>
-      <c r="M26" s="23" t="s">
+      <c r="M26" s="20">
+        <v>27313.532445000001</v>
+      </c>
+      <c r="N26" s="31" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="27" spans="1:13" s="9" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A27" s="10" t="s">
+    <row r="27" spans="1:14" s="11" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A27" s="13" t="s">
         <v>41</v>
       </c>
-      <c r="B27" s="9">
+      <c r="B27" s="11">
         <v>61.704999999999998</v>
       </c>
-      <c r="C27" s="9">
+      <c r="C27" s="11">
         <v>32.716660000000005</v>
       </c>
-      <c r="D27" s="9">
+      <c r="D27" s="11">
         <v>917.82518700000003</v>
       </c>
-      <c r="E27" s="9">
+      <c r="E27" s="11">
         <v>683.40102200000001</v>
       </c>
-      <c r="F27" s="37">
+      <c r="F27" s="20">
         <v>930.02672600000028</v>
       </c>
-      <c r="G27" s="37">
+      <c r="G27" s="20">
         <v>914.525711</v>
       </c>
-      <c r="H27" s="37">
+      <c r="H27" s="20">
         <v>1477.4355499999999</v>
       </c>
-      <c r="I27" s="37">
+      <c r="I27" s="20">
         <v>1721.431417</v>
       </c>
-      <c r="J27" s="37">
+      <c r="J27" s="20">
         <v>365.76549999999997</v>
       </c>
-      <c r="K27" s="37">
+      <c r="K27" s="20">
         <v>543.46500000000003</v>
       </c>
-      <c r="L27" s="37">
+      <c r="L27" s="20">
         <v>1.5035000000000001</v>
       </c>
-      <c r="M27" s="23" t="s">
+      <c r="M27" s="20">
+        <v>181.418936</v>
+      </c>
+      <c r="N27" s="31" t="s">
         <v>42</v>
       </c>
     </row>
-    <row r="28" spans="1:13" s="1" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A28" s="11" t="s">
+    <row r="28" spans="1:14" s="1" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A28" s="14" t="s">
         <v>11</v>
       </c>
       <c r="B28" s="1">
         <v>18883.43936</v>
       </c>
       <c r="C28" s="1">
         <v>34487.219364999997</v>
       </c>
       <c r="D28" s="1">
         <v>45976.950477000006</v>
       </c>
       <c r="E28" s="1">
         <v>69207.753799999977</v>
       </c>
-      <c r="F28" s="14">
+      <c r="F28" s="19">
         <v>96750.777856000015</v>
       </c>
-      <c r="G28" s="14">
+      <c r="G28" s="19">
         <v>99151.889268000014</v>
       </c>
-      <c r="H28" s="14">
+      <c r="H28" s="19">
         <v>106043.396871</v>
       </c>
-      <c r="I28" s="14">
+      <c r="I28" s="19">
         <v>120301.017766</v>
       </c>
-      <c r="J28" s="14">
+      <c r="J28" s="19">
         <v>135634.85621</v>
       </c>
-      <c r="K28" s="14">
+      <c r="K28" s="19">
         <v>168445.260927</v>
       </c>
-      <c r="L28" s="14">
+      <c r="L28" s="19">
         <v>197555.69508899996</v>
       </c>
-      <c r="M28" s="21" t="s">
+      <c r="M28" s="19">
+        <v>240920.16276500007</v>
+      </c>
+      <c r="N28" s="28" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="29" spans="1:13" s="1" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A29" s="22" t="s">
+    <row r="29" spans="1:14" s="1" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A29" s="29" t="s">
         <v>1</v>
       </c>
-      <c r="B29" s="35">
+      <c r="B29" s="36">
         <v>20149.047749999998</v>
       </c>
-      <c r="C29" s="35">
+      <c r="C29" s="36">
         <v>21784.0196</v>
       </c>
-      <c r="D29" s="35">
+      <c r="D29" s="36">
         <v>18795.384249999999</v>
       </c>
-      <c r="E29" s="35">
+      <c r="E29" s="36">
         <v>25072.850627999997</v>
       </c>
-      <c r="F29" s="36">
+      <c r="F29" s="30">
         <v>21248.348749999997</v>
       </c>
-      <c r="G29" s="36">
+      <c r="G29" s="30">
         <v>24568.303749999999</v>
       </c>
-      <c r="H29" s="36">
+      <c r="H29" s="30">
         <v>31188.66575</v>
       </c>
-      <c r="I29" s="36">
+      <c r="I29" s="30">
         <v>32583.46675</v>
       </c>
-      <c r="J29" s="36">
+      <c r="J29" s="30">
         <v>34373.563616612002</v>
       </c>
-      <c r="K29" s="36">
+      <c r="K29" s="30">
         <v>33495.678699983</v>
       </c>
-      <c r="L29" s="36">
+      <c r="L29" s="30">
         <v>35023.825400000002</v>
       </c>
-      <c r="M29" s="22" t="s">
+      <c r="M29" s="30">
+        <v>43098.276150000005</v>
+      </c>
+      <c r="N29" s="29" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="30" spans="1:13" s="1" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A30" s="11" t="s">
+    <row r="30" spans="1:14" s="1" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A30" s="14" t="s">
         <v>10</v>
       </c>
       <c r="B30" s="1">
         <v>19972.159749999999</v>
       </c>
       <c r="C30" s="1">
         <v>20795.588599999999</v>
       </c>
       <c r="D30" s="1">
         <v>16638.725000000002</v>
       </c>
       <c r="E30" s="1">
         <v>21327.874627999998</v>
       </c>
-      <c r="F30" s="14">
+      <c r="F30" s="19">
         <v>16079.697749999999</v>
       </c>
-      <c r="G30" s="14">
+      <c r="G30" s="19">
         <v>16012.39575</v>
       </c>
-      <c r="H30" s="14">
+      <c r="H30" s="19">
         <v>19725.802749999999</v>
       </c>
-      <c r="I30" s="14">
+      <c r="I30" s="19">
         <v>18871.39875</v>
       </c>
-      <c r="J30" s="14">
+      <c r="J30" s="19">
         <v>20413.121600000002</v>
       </c>
-      <c r="K30" s="14">
+      <c r="K30" s="19">
         <v>14451.100700000001</v>
       </c>
-      <c r="L30" s="14">
+      <c r="L30" s="19">
         <v>18265.148399999998</v>
       </c>
-      <c r="M30" s="21" t="s">
+      <c r="M30" s="19">
+        <v>23281.874850000004</v>
+      </c>
+      <c r="N30" s="28" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="31" spans="1:13" s="9" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A31" s="10" t="s">
+    <row r="31" spans="1:14" s="11" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A31" s="13" t="s">
         <v>16</v>
       </c>
-      <c r="B31" s="9">
+      <c r="B31" s="11">
         <v>19357.329750000001</v>
       </c>
-      <c r="C31" s="9">
+      <c r="C31" s="11">
         <v>20243.458999999999</v>
       </c>
-      <c r="D31" s="9">
+      <c r="D31" s="11">
         <v>16341.04</v>
       </c>
-      <c r="E31" s="9">
+      <c r="E31" s="11">
         <v>20922.661124999999</v>
       </c>
-      <c r="F31" s="37">
+      <c r="F31" s="20">
         <v>15646.251749999999</v>
       </c>
-      <c r="G31" s="37">
+      <c r="G31" s="20">
         <v>15637.983749999999</v>
       </c>
-      <c r="H31" s="37">
+      <c r="H31" s="20">
         <v>19254.45075</v>
       </c>
-      <c r="I31" s="37">
+      <c r="I31" s="20">
         <v>18425.102749999998</v>
       </c>
-      <c r="J31" s="37">
+      <c r="J31" s="20">
         <v>20006.353600000002</v>
       </c>
-      <c r="K31" s="37">
+      <c r="K31" s="20">
         <v>14251.923500000001</v>
       </c>
-      <c r="L31" s="37">
+      <c r="L31" s="20">
         <v>17830.794699999999</v>
       </c>
-      <c r="M31" s="23" t="s">
+      <c r="M31" s="20">
+        <v>22764.619050000001</v>
+      </c>
+      <c r="N31" s="31" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="32" spans="1:13" s="9" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A32" s="10" t="s">
+    <row r="32" spans="1:14" s="11" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A32" s="13" t="s">
         <v>38</v>
       </c>
-      <c r="B32" s="9">
+      <c r="B32" s="11">
         <v>614.82999999999993</v>
       </c>
-      <c r="C32" s="9">
+      <c r="C32" s="11">
         <v>552.12960000000021</v>
       </c>
-      <c r="D32" s="9">
+      <c r="D32" s="11">
         <v>297.685</v>
       </c>
-      <c r="E32" s="9">
+      <c r="E32" s="11">
         <v>405.213503</v>
       </c>
-      <c r="F32" s="37">
+      <c r="F32" s="20">
         <v>433.44599999999997</v>
       </c>
-      <c r="G32" s="37">
+      <c r="G32" s="20">
         <v>374.41200000000003</v>
       </c>
-      <c r="H32" s="37">
+      <c r="H32" s="20">
         <v>471.35200000000032</v>
       </c>
-      <c r="I32" s="37">
+      <c r="I32" s="20">
         <v>446.29600000000028</v>
       </c>
-      <c r="J32" s="37">
+      <c r="J32" s="20">
         <v>406.76800000000003</v>
       </c>
-      <c r="K32" s="37">
+      <c r="K32" s="20">
         <v>199.1772</v>
       </c>
-      <c r="L32" s="37">
+      <c r="L32" s="20">
         <v>434.3537</v>
       </c>
-      <c r="M32" s="23" t="s">
+      <c r="M32" s="20">
+        <v>517.25580000000093</v>
+      </c>
+      <c r="N32" s="31" t="s">
         <v>39</v>
       </c>
     </row>
-    <row r="33" spans="1:13" s="1" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A33" s="11" t="s">
+    <row r="33" spans="1:14" s="1" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A33" s="14" t="s">
         <v>30</v>
       </c>
-      <c r="B33" s="14">
+      <c r="B33" s="19">
         <v>0</v>
       </c>
-      <c r="C33" s="14">
+      <c r="C33" s="19">
         <v>0</v>
       </c>
-      <c r="D33" s="14">
+      <c r="D33" s="19">
         <v>0</v>
       </c>
-      <c r="E33" s="14">
+      <c r="E33" s="19">
         <v>0</v>
       </c>
-      <c r="F33" s="14">
+      <c r="F33" s="19">
         <v>0</v>
       </c>
-      <c r="G33" s="14">
+      <c r="G33" s="19">
         <v>1936.125</v>
       </c>
-      <c r="H33" s="14">
+      <c r="H33" s="19">
         <v>4227.6040000000003</v>
       </c>
-      <c r="I33" s="14">
+      <c r="I33" s="19">
         <v>5133.4400000000005</v>
       </c>
-      <c r="J33" s="14">
+      <c r="J33" s="19">
         <v>4893.9094000000005</v>
       </c>
-      <c r="K33" s="14">
+      <c r="K33" s="19">
         <v>6942.9969000000001</v>
       </c>
-      <c r="L33" s="14">
+      <c r="L33" s="19">
         <v>3227.4639999999999</v>
       </c>
-      <c r="M33" s="21" t="s">
+      <c r="M33" s="19">
+        <v>1259.2072000000001</v>
+      </c>
+      <c r="N33" s="28" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="34" spans="1:13" s="1" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A34" s="10" t="s">
+    <row r="34" spans="1:14" s="1" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A34" s="13" t="s">
         <v>34</v>
       </c>
-      <c r="B34" s="37">
+      <c r="B34" s="20">
         <v>0</v>
       </c>
-      <c r="C34" s="37">
+      <c r="C34" s="20">
         <v>0</v>
       </c>
-      <c r="D34" s="37">
+      <c r="D34" s="20">
         <v>0</v>
       </c>
-      <c r="E34" s="37">
+      <c r="E34" s="20">
         <v>0</v>
       </c>
-      <c r="F34" s="37">
+      <c r="F34" s="20">
         <v>0</v>
       </c>
-      <c r="G34" s="37">
+      <c r="G34" s="20">
         <v>0</v>
       </c>
-      <c r="H34" s="37">
+      <c r="H34" s="20">
         <v>0</v>
       </c>
-      <c r="I34" s="37">
+      <c r="I34" s="20">
         <v>1777.9090000000001</v>
       </c>
-      <c r="J34" s="37">
+      <c r="J34" s="20">
         <v>2783.0864000000001</v>
       </c>
-      <c r="K34" s="37">
+      <c r="K34" s="20">
         <v>1364.4884999999999</v>
       </c>
-      <c r="L34" s="37">
+      <c r="L34" s="20">
         <v>2134.6669999999999</v>
       </c>
-      <c r="M34" s="23" t="s">
+      <c r="M34" s="20">
+        <v>1249.3810000000001</v>
+      </c>
+      <c r="N34" s="31" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="35" spans="1:13" s="9" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A35" s="10" t="s">
+    <row r="35" spans="1:14" s="11" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A35" s="13" t="s">
         <v>22</v>
       </c>
-      <c r="B35" s="37">
+      <c r="B35" s="20">
         <v>0</v>
       </c>
-      <c r="C35" s="37">
+      <c r="C35" s="20">
         <v>0</v>
       </c>
-      <c r="D35" s="37">
+      <c r="D35" s="20">
         <v>0</v>
       </c>
-      <c r="E35" s="37">
+      <c r="E35" s="20">
         <v>0</v>
       </c>
-      <c r="F35" s="37">
+      <c r="F35" s="20">
         <v>0</v>
       </c>
-      <c r="G35" s="37">
+      <c r="G35" s="20">
         <v>1936.125</v>
       </c>
-      <c r="H35" s="37">
+      <c r="H35" s="20">
         <v>4227.6040000000003</v>
       </c>
-      <c r="I35" s="37">
+      <c r="I35" s="20">
         <v>3355.5309999999999</v>
       </c>
-      <c r="J35" s="37">
+      <c r="J35" s="20">
         <v>2110.8229999999999</v>
       </c>
-      <c r="K35" s="37">
+      <c r="K35" s="20">
         <v>5578.5083999999997</v>
       </c>
-      <c r="L35" s="37">
+      <c r="L35" s="20">
         <v>1092.797</v>
       </c>
-      <c r="M35" s="23" t="s">
+      <c r="M35" s="20">
+        <v>9.8262</v>
+      </c>
+      <c r="N35" s="31" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="36" spans="1:13" s="1" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A36" s="11" t="s">
+    <row r="36" spans="1:14" s="1" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A36" s="14" t="s">
         <v>11</v>
       </c>
       <c r="B36" s="1">
         <v>176.88800000000001</v>
       </c>
       <c r="C36" s="1">
         <v>988.43099999999993</v>
       </c>
       <c r="D36" s="1">
         <v>2156.659249999997</v>
       </c>
       <c r="E36" s="1">
         <v>3744.9760000000001</v>
       </c>
-      <c r="F36" s="14">
+      <c r="F36" s="19">
         <v>5168.6509999999998</v>
       </c>
-      <c r="G36" s="14">
+      <c r="G36" s="19">
         <v>6619.7830000000004</v>
       </c>
-      <c r="H36" s="14">
+      <c r="H36" s="19">
         <v>7235.259</v>
       </c>
-      <c r="I36" s="14">
+      <c r="I36" s="19">
         <v>8578.6280000000006</v>
       </c>
-      <c r="J36" s="14">
+      <c r="J36" s="19">
         <v>9066.5326166119994</v>
       </c>
-      <c r="K36" s="14">
+      <c r="K36" s="19">
         <v>12101.581099982999</v>
       </c>
-      <c r="L36" s="14">
+      <c r="L36" s="19">
         <v>13531.213</v>
       </c>
-      <c r="M36" s="21" t="s">
+      <c r="M36" s="19">
+        <v>18557.194100000001</v>
+      </c>
+      <c r="N36" s="28" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="37" spans="1:13" s="1" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A37" s="22" t="s">
+    <row r="37" spans="1:14" s="1" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A37" s="29" t="s">
         <v>0</v>
       </c>
-      <c r="B37" s="35">
+      <c r="B37" s="36">
         <v>739</v>
       </c>
-      <c r="C37" s="35">
+      <c r="C37" s="36">
         <v>829</v>
       </c>
-      <c r="D37" s="35">
+      <c r="D37" s="36">
         <v>1060</v>
       </c>
-      <c r="E37" s="35">
+      <c r="E37" s="36">
         <v>1204</v>
       </c>
-      <c r="F37" s="36">
+      <c r="F37" s="30">
         <v>1265</v>
       </c>
-      <c r="G37" s="36">
+      <c r="G37" s="30">
         <v>1340</v>
       </c>
-      <c r="H37" s="36">
+      <c r="H37" s="30">
         <v>1466</v>
       </c>
-      <c r="I37" s="36">
+      <c r="I37" s="30">
         <v>1770</v>
       </c>
-      <c r="J37" s="36">
+      <c r="J37" s="30">
         <v>2069</v>
       </c>
-      <c r="K37" s="36">
+      <c r="K37" s="30">
         <v>2580</v>
       </c>
-      <c r="L37" s="36">
+      <c r="L37" s="30">
         <v>2734</v>
       </c>
-      <c r="M37" s="22" t="s">
+      <c r="M37" s="30">
+        <v>3685</v>
+      </c>
+      <c r="N37" s="29" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="38" spans="1:13" s="1" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A38" s="11" t="s">
+    <row r="38" spans="1:14" s="1" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A38" s="14" t="s">
         <v>21</v>
       </c>
       <c r="B38" s="1">
         <v>459</v>
       </c>
       <c r="C38" s="1">
         <v>389</v>
       </c>
       <c r="D38" s="1">
         <v>368</v>
       </c>
       <c r="E38" s="1">
         <v>513</v>
       </c>
-      <c r="F38" s="14">
+      <c r="F38" s="19">
         <v>510</v>
       </c>
-      <c r="G38" s="14">
+      <c r="G38" s="19">
         <v>541</v>
       </c>
-      <c r="H38" s="14">
+      <c r="H38" s="19">
         <v>438</v>
       </c>
-      <c r="I38" s="14">
+      <c r="I38" s="19">
         <v>527</v>
       </c>
-      <c r="J38" s="14">
+      <c r="J38" s="19">
         <v>435</v>
       </c>
-      <c r="K38" s="14">
+      <c r="K38" s="19">
         <v>367</v>
       </c>
-      <c r="L38" s="14">
+      <c r="L38" s="19">
         <v>0</v>
       </c>
-      <c r="M38" s="21" t="s">
+      <c r="M38" s="19">
+        <v>6</v>
+      </c>
+      <c r="N38" s="28" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="39" spans="1:13" s="9" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A39" s="10" t="s">
+    <row r="39" spans="1:14" s="11" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A39" s="13" t="s">
         <v>17</v>
       </c>
-      <c r="B39" s="9">
+      <c r="B39" s="11">
         <v>459</v>
       </c>
-      <c r="C39" s="9">
+      <c r="C39" s="11">
         <v>389</v>
       </c>
-      <c r="D39" s="9">
+      <c r="D39" s="11">
         <v>368</v>
       </c>
-      <c r="E39" s="9">
+      <c r="E39" s="11">
         <v>513</v>
       </c>
-      <c r="F39" s="37">
+      <c r="F39" s="20">
         <v>510</v>
       </c>
-      <c r="G39" s="37">
+      <c r="G39" s="20">
         <v>541</v>
       </c>
-      <c r="H39" s="37">
+      <c r="H39" s="20">
         <v>400</v>
       </c>
-      <c r="I39" s="37">
+      <c r="I39" s="20">
         <v>397</v>
       </c>
-      <c r="J39" s="37">
+      <c r="J39" s="20">
         <v>418</v>
       </c>
-      <c r="K39" s="37">
+      <c r="K39" s="20">
         <v>367</v>
       </c>
-      <c r="L39" s="37">
+      <c r="L39" s="20">
         <v>0</v>
       </c>
-      <c r="M39" s="23" t="s">
+      <c r="M39" s="20">
+        <v>6</v>
+      </c>
+      <c r="N39" s="31" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="40" spans="1:13" s="9" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A40" s="10" t="s">
+    <row r="40" spans="1:14" s="11" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A40" s="13" t="s">
         <v>41</v>
       </c>
-      <c r="B40" s="37">
+      <c r="B40" s="20">
         <v>0</v>
       </c>
-      <c r="C40" s="37">
+      <c r="C40" s="20">
         <v>0</v>
       </c>
-      <c r="D40" s="37">
+      <c r="D40" s="20">
         <v>0</v>
       </c>
-      <c r="E40" s="37">
+      <c r="E40" s="20">
         <v>0</v>
       </c>
-      <c r="F40" s="37">
+      <c r="F40" s="20">
         <v>0</v>
       </c>
-      <c r="G40" s="37">
+      <c r="G40" s="20">
         <v>0</v>
       </c>
-      <c r="H40" s="37">
+      <c r="H40" s="20">
         <v>38</v>
       </c>
-      <c r="I40" s="37">
+      <c r="I40" s="20">
         <v>130</v>
       </c>
-      <c r="J40" s="37">
+      <c r="J40" s="20">
         <v>17</v>
       </c>
-      <c r="K40" s="37">
+      <c r="K40" s="20">
         <v>0</v>
       </c>
-      <c r="L40" s="37">
+      <c r="L40" s="20">
         <v>0</v>
       </c>
-      <c r="M40" s="23" t="s">
+      <c r="M40" s="20"/>
+      <c r="N40" s="31" t="s">
         <v>42</v>
       </c>
     </row>
-    <row r="41" spans="1:13" s="1" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A41" s="12" t="s">
+    <row r="41" spans="1:14" s="1" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A41" s="15" t="s">
         <v>11</v>
       </c>
-      <c r="B41" s="28">
+      <c r="B41" s="37">
         <v>280</v>
       </c>
-      <c r="C41" s="28">
+      <c r="C41" s="37">
         <v>440</v>
       </c>
-      <c r="D41" s="28">
+      <c r="D41" s="37">
         <v>692</v>
       </c>
-      <c r="E41" s="28">
+      <c r="E41" s="37">
         <v>691</v>
       </c>
-      <c r="F41" s="24">
+      <c r="F41" s="32">
         <v>755</v>
       </c>
-      <c r="G41" s="24">
+      <c r="G41" s="32">
         <v>799</v>
       </c>
-      <c r="H41" s="24">
+      <c r="H41" s="32">
         <v>1028</v>
       </c>
-      <c r="I41" s="24">
+      <c r="I41" s="32">
         <v>1243</v>
       </c>
-      <c r="J41" s="24">
+      <c r="J41" s="32">
         <v>1634</v>
       </c>
-      <c r="K41" s="24">
+      <c r="K41" s="32">
         <v>2213</v>
       </c>
-      <c r="L41" s="24">
+      <c r="L41" s="32">
         <v>2734</v>
       </c>
-      <c r="M41" s="25" t="s">
+      <c r="M41" s="32">
+        <v>3679</v>
+      </c>
+      <c r="N41" s="33" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="42" spans="1:13" s="1" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
-[...10 lines deleted...]
-      <c r="A43" s="7" t="s">
+    <row r="42" spans="1:14" s="1" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="E42" s="16"/>
+      <c r="F42" s="16"/>
+      <c r="G42" s="16"/>
+      <c r="H42" s="16"/>
+      <c r="I42" s="16"/>
+      <c r="J42" s="16"/>
+      <c r="K42" s="16"/>
+      <c r="L42" s="16"/>
+      <c r="M42" s="16"/>
+    </row>
+    <row r="43" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A43" s="9" t="s">
         <v>28</v>
       </c>
-      <c r="B43" s="7"/>
-[...13 lines deleted...]
-      <c r="A44" s="7" t="s">
+      <c r="B43" s="9"/>
+      <c r="C43" s="9"/>
+      <c r="D43" s="9"/>
+      <c r="E43" s="17"/>
+      <c r="F43" s="17"/>
+      <c r="G43" s="17"/>
+      <c r="H43" s="17"/>
+      <c r="I43" s="17"/>
+      <c r="J43" s="17"/>
+      <c r="K43" s="17"/>
+      <c r="L43" s="17"/>
+      <c r="M43" s="17"/>
+      <c r="N43" s="4"/>
+    </row>
+    <row r="44" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A44" s="9" t="s">
         <v>29</v>
       </c>
-      <c r="B44" s="7"/>
-[...13 lines deleted...]
-      <c r="A45" s="7" t="s">
+      <c r="B44" s="9"/>
+      <c r="C44" s="9"/>
+      <c r="D44" s="9"/>
+      <c r="E44" s="17"/>
+      <c r="F44" s="17"/>
+      <c r="G44" s="17"/>
+      <c r="H44" s="17"/>
+      <c r="I44" s="17"/>
+      <c r="J44" s="17"/>
+      <c r="K44" s="17"/>
+      <c r="L44" s="17"/>
+      <c r="M44" s="17"/>
+      <c r="N44" s="4"/>
+    </row>
+    <row r="45" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A45" s="9" t="s">
         <v>5</v>
       </c>
-      <c r="B45" s="7"/>
-[...13 lines deleted...]
-      <c r="A46" s="7" t="s">
+      <c r="B45" s="9"/>
+      <c r="C45" s="9"/>
+      <c r="D45" s="9"/>
+      <c r="E45" s="17"/>
+      <c r="F45" s="17"/>
+      <c r="G45" s="17"/>
+      <c r="H45" s="17"/>
+      <c r="I45" s="17"/>
+      <c r="J45" s="17"/>
+      <c r="K45" s="17"/>
+      <c r="L45" s="17"/>
+      <c r="M45" s="17"/>
+      <c r="N45" s="4"/>
+    </row>
+    <row r="46" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A46" s="9" t="s">
         <v>4</v>
       </c>
-      <c r="B46" s="7"/>
-[...13 lines deleted...]
-      <c r="A47" s="7" t="s">
+      <c r="B46" s="9"/>
+      <c r="C46" s="9"/>
+      <c r="D46" s="9"/>
+      <c r="E46" s="17"/>
+      <c r="F46" s="17"/>
+      <c r="G46" s="17"/>
+      <c r="H46" s="17"/>
+      <c r="I46" s="17"/>
+      <c r="J46" s="17"/>
+      <c r="K46" s="17"/>
+      <c r="L46" s="17"/>
+      <c r="M46" s="17"/>
+      <c r="N46" s="4"/>
+    </row>
+    <row r="47" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A47" s="9" t="s">
+        <v>51</v>
+      </c>
+      <c r="B47" s="9"/>
+      <c r="C47" s="9"/>
+      <c r="D47" s="9"/>
+      <c r="E47" s="17"/>
+      <c r="F47" s="17"/>
+      <c r="G47" s="17"/>
+      <c r="H47" s="17"/>
+      <c r="I47" s="17"/>
+      <c r="J47" s="17"/>
+      <c r="K47" s="17"/>
+      <c r="L47" s="17"/>
+      <c r="M47" s="17"/>
+      <c r="N47" s="4"/>
+    </row>
+    <row r="48" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A48" s="21" t="s">
         <v>52</v>
       </c>
-      <c r="B47" s="7"/>
-[...13 lines deleted...]
-      <c r="A48" s="15" t="s">
+      <c r="B48" s="21"/>
+      <c r="C48" s="21"/>
+      <c r="D48" s="21"/>
+      <c r="E48" s="17"/>
+      <c r="F48" s="17"/>
+      <c r="G48" s="17"/>
+      <c r="H48" s="17"/>
+      <c r="I48" s="17"/>
+      <c r="J48" s="17"/>
+      <c r="K48" s="17"/>
+      <c r="L48" s="17"/>
+      <c r="M48" s="17"/>
+      <c r="N48" s="4"/>
+    </row>
+    <row r="49" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A49" s="9" t="s">
         <v>53</v>
       </c>
-      <c r="B48" s="15"/>
-[...13 lines deleted...]
-      <c r="A49" s="7" t="s">
+      <c r="B49" s="9"/>
+      <c r="C49" s="9"/>
+      <c r="D49" s="9"/>
+      <c r="E49" s="17"/>
+      <c r="F49" s="17"/>
+      <c r="G49" s="17"/>
+      <c r="H49" s="17"/>
+      <c r="I49" s="17"/>
+      <c r="J49" s="17"/>
+      <c r="K49" s="17"/>
+      <c r="L49" s="17"/>
+      <c r="M49" s="17"/>
+      <c r="N49" s="4"/>
+    </row>
+    <row r="50" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A50" s="21" t="s">
         <v>54</v>
       </c>
-      <c r="B49" s="7"/>
-[...30 lines deleted...]
-      <c r="A51" s="6" t="s">
+      <c r="B50" s="21"/>
+      <c r="C50" s="21"/>
+      <c r="D50" s="21"/>
+      <c r="E50" s="17"/>
+      <c r="F50" s="17"/>
+      <c r="G50" s="17"/>
+      <c r="H50" s="17"/>
+      <c r="I50" s="17"/>
+      <c r="J50" s="17"/>
+      <c r="K50" s="17"/>
+      <c r="L50" s="17"/>
+      <c r="M50" s="17"/>
+      <c r="N50" s="4"/>
+    </row>
+    <row r="51" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A51" s="8" t="s">
         <v>35</v>
       </c>
-      <c r="B51" s="6"/>
-[...4 lines deleted...]
-      <c r="A52" s="6" t="s">
+      <c r="B51" s="8"/>
+      <c r="C51" s="8"/>
+      <c r="D51" s="8"/>
+    </row>
+    <row r="52" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A52" s="8" t="s">
         <v>36</v>
       </c>
-      <c r="B52" s="6"/>
-[...4 lines deleted...]
-      <c r="A53" s="6" t="s">
+      <c r="B52" s="8"/>
+      <c r="C52" s="8"/>
+      <c r="D52" s="8"/>
+    </row>
+    <row r="53" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A53" s="8" t="s">
         <v>37</v>
       </c>
-      <c r="B53" s="6"/>
-[...10 lines deleted...]
-      <c r="A55" s="6" t="s">
+      <c r="B53" s="8"/>
+      <c r="C53" s="8"/>
+      <c r="D53" s="8"/>
+    </row>
+    <row r="54" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A54" s="8"/>
+      <c r="B54" s="8"/>
+      <c r="C54" s="8"/>
+      <c r="D54" s="8"/>
+    </row>
+    <row r="55" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A55" s="8" t="s">
+        <v>50</v>
+      </c>
+      <c r="B55" s="8"/>
+      <c r="C55" s="8"/>
+      <c r="D55" s="8"/>
+    </row>
+    <row r="56" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A56" s="8" t="s">
+        <v>57</v>
+      </c>
+      <c r="B56" s="8"/>
+      <c r="C56" s="8"/>
+      <c r="D56" s="8"/>
+      <c r="N56" s="5"/>
+    </row>
+    <row r="58" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A58" s="34" t="s">
         <v>58</v>
       </c>
-      <c r="B55" s="6"/>
-[...26 lines deleted...]
-      <c r="L58" s="27"/>
+      <c r="B58" s="34"/>
+      <c r="C58" s="34"/>
+      <c r="D58" s="34"/>
+      <c r="E58" s="12"/>
+      <c r="F58" s="12"/>
+      <c r="G58" s="12"/>
+      <c r="H58" s="12"/>
+      <c r="I58" s="12"/>
+      <c r="J58" s="12"/>
+      <c r="K58" s="12"/>
+      <c r="L58" s="12"/>
+      <c r="M58" s="12"/>
     </row>
   </sheetData>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.15748031496062992" right="0.15748031496062992" top="0.55118110236220474" bottom="0.9055118110236221" header="0.39370078740157483" footer="0.19685039370078741"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;"Arial,Normal"&amp;6Service de la statistique du canton de Fribourg-RM
 &amp;Z&amp;F-&amp;D-&amp;T&amp;R&amp;"Arial,Normal"&amp;6&amp;P/&amp;N</oddFooter>
   </headerFooter>
-  <legacyDrawing r:id="rId2"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5110C39A-6FE7-4C68-87AE-45AD1CE60C3C}">
+  <dimension ref="A1:E17"/>
+  <sheetViews>
+    <sheetView showGridLines="0" zoomScale="130" zoomScaleNormal="130" workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="10.5" customHeight="1" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="7.375" style="40" customWidth="1"/>
+    <col min="2" max="2" width="33" style="40" customWidth="1"/>
+    <col min="3" max="3" width="3" style="40" customWidth="1"/>
+    <col min="4" max="4" width="7.375" style="40" customWidth="1"/>
+    <col min="5" max="5" width="33" style="40" customWidth="1"/>
+    <col min="6" max="16384" width="11" style="40"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:5" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="39" t="s">
+        <v>61</v>
+      </c>
+      <c r="D1" s="39" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="2" spans="1:5" s="42" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A2" s="41" t="s">
+        <v>2</v>
+      </c>
+      <c r="D2" s="41" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="3" spans="1:5" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="43" t="s">
+        <v>63</v>
+      </c>
+      <c r="B3" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="C3" s="45"/>
+      <c r="D3" s="43" t="s">
+        <v>65</v>
+      </c>
+      <c r="E3" s="43" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="46" t="s">
+        <v>67</v>
+      </c>
+      <c r="B4" s="47" t="s">
+        <v>68</v>
+      </c>
+      <c r="C4" s="48"/>
+      <c r="D4" s="46" t="s">
+        <v>67</v>
+      </c>
+      <c r="E4" s="47" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="5" spans="1:5" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="49" t="s">
+        <v>70</v>
+      </c>
+      <c r="B5" s="50" t="s">
+        <v>71</v>
+      </c>
+      <c r="C5" s="48"/>
+      <c r="D5" s="49" t="s">
+        <v>72</v>
+      </c>
+      <c r="E5" s="50" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="6" spans="1:5" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="51" t="s">
+        <v>74</v>
+      </c>
+      <c r="B6" s="47" t="s">
+        <v>75</v>
+      </c>
+      <c r="C6" s="48"/>
+      <c r="D6" s="51" t="s">
+        <v>76</v>
+      </c>
+      <c r="E6" s="47" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="7" spans="1:5" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="49" t="s">
+        <v>78</v>
+      </c>
+      <c r="B7" s="50" t="s">
+        <v>79</v>
+      </c>
+      <c r="C7" s="48"/>
+      <c r="D7" s="49" t="s">
+        <v>78</v>
+      </c>
+      <c r="E7" s="50" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="46" t="s">
+        <v>81</v>
+      </c>
+      <c r="B8" s="47" t="s">
+        <v>82</v>
+      </c>
+      <c r="C8" s="48"/>
+      <c r="D8" s="46" t="s">
+        <v>81</v>
+      </c>
+      <c r="E8" s="47" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="49" t="s">
+        <v>84</v>
+      </c>
+      <c r="B9" s="50" t="s">
+        <v>85</v>
+      </c>
+      <c r="C9" s="48"/>
+      <c r="D9" s="49" t="s">
+        <v>84</v>
+      </c>
+      <c r="E9" s="50" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="46" t="s">
+        <v>87</v>
+      </c>
+      <c r="B10" s="47" t="s">
+        <v>88</v>
+      </c>
+      <c r="C10" s="48"/>
+      <c r="D10" s="46" t="s">
+        <v>87</v>
+      </c>
+      <c r="E10" s="47" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="52" t="s">
+        <v>90</v>
+      </c>
+      <c r="B11" s="53" t="s">
+        <v>91</v>
+      </c>
+      <c r="C11" s="48"/>
+      <c r="D11" s="52" t="s">
+        <v>90</v>
+      </c>
+      <c r="E11" s="53" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="54"/>
+      <c r="D12" s="54"/>
+    </row>
+    <row r="13" spans="1:5" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="54"/>
+      <c r="D13" s="54"/>
+    </row>
+    <row r="14" spans="1:5" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="55"/>
+      <c r="D14" s="54"/>
+    </row>
+    <row r="15" spans="1:5" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="55"/>
+      <c r="D15" s="54"/>
+    </row>
+    <row r="16" spans="1:5" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="54"/>
+      <c r="D16" s="54"/>
+    </row>
+    <row r="17" spans="1:4" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="54"/>
+      <c r="D17" s="54"/>
+    </row>
+  </sheetData>
+  <printOptions horizontalCentered="1"/>
+  <pageMargins left="0.23622047244094491" right="0.19685039370078741" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Plages nommées</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="3" baseType="lpstr">
-[...2 lines deleted...]
-      <vt:lpstr>'te544'!Zone_d_impression</vt:lpstr>
+    <vt:vector size="4" baseType="lpstr">
+      <vt:lpstr>T544</vt:lpstr>
+      <vt:lpstr>Signes - Zeichen</vt:lpstr>
+      <vt:lpstr>'T544'!Impression_des_titres</vt:lpstr>
+      <vt:lpstr>'T544'!Zone_d_impression</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Etat de Fribourg</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>CIEF</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="BExAnalyzer_OldName">
     <vt:lpwstr>T12-153 V2.xlsx</vt:lpwstr>
   </property>