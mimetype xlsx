--- v0 (2025-12-15)
+++ v1 (2026-01-15)
@@ -1,82 +1,87 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28129"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="L:\00 Bases statistiques et produits généraux\01 Synthèses\03 Site Internet\06 Pages sous-produits\02 Infrastructure et environnement\0802 Approvisionnement\2024\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="L:\00 Bases statistiques et produits généraux\01 Synthèses\03 Site Internet\06 Pages sous-produits\02 Infrastructure et environnement\0802 Approvisionnement\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0EFABE0C-60CD-4A5A-993D-65A901C8D6B5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BDDCAF92-D377-4B84-B0A2-4A94C48FD014}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="te442" sheetId="7" r:id="rId1"/>
+    <sheet name="T442" sheetId="3" r:id="rId1"/>
+    <sheet name="Signes - Zeichen" sheetId="8" r:id="rId2"/>
   </sheets>
   <definedNames>
+    <definedName name="_AMO_UniqueIdentifier" localSheetId="1" hidden="1">"'7615af9c-4c39-45be-bde5-41d245b495e1'"</definedName>
     <definedName name="_AMO_UniqueIdentifier" hidden="1">"'558557b3-f16d-41df-ad6d-b21304d4a8e8'"</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'te442'!$A$1:$N$51</definedName>
+    <definedName name="cube">#REF!</definedName>
+    <definedName name="cubr">#REF!</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'T442'!$A$1:$O$49</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="81" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="118" uniqueCount="77">
   <si>
     <t>Lignes électriques</t>
   </si>
   <si>
     <t>Elektrische Leitungen</t>
   </si>
   <si>
     <t>Réseau de distribution de gaz naturel</t>
   </si>
   <si>
     <t>Erdgasverteilnetz</t>
   </si>
   <si>
     <t>Lignes à haute tension</t>
   </si>
   <si>
     <t>Hochspannungsleitungen</t>
   </si>
   <si>
     <t>Lignes à moyenne tension</t>
   </si>
   <si>
     <t>Mittelspannungsleitungen</t>
   </si>
   <si>
@@ -133,350 +138,459 @@
   <si>
     <t>Groupe E Celsius (pression de service &lt; 25 bar)</t>
   </si>
   <si>
     <t>Groupe E Celsius (Betriebsdruck &lt; 25 bar)</t>
   </si>
   <si>
     <t>Cosvegaz</t>
   </si>
   <si>
     <t>Compagnie Industrielle et Commerciale du Gaz</t>
   </si>
   <si>
     <t>Unigaz (pression de service &gt; 25 bar)</t>
   </si>
   <si>
     <t>Unigaz (Betriebsdruck &gt; 25 bar)</t>
   </si>
   <si>
     <t>Orbe-Altavilla</t>
   </si>
   <si>
     <t>Romande Energie</t>
   </si>
   <si>
-    <r>
-[...1 lines deleted...]
-    </r>
+    <t>T08-02-01</t>
+  </si>
+  <si>
+    <t>Source: Groupe E, Granges-Paccot, GESA, Bulle, SI Morat, Morat, Romande énergie, Morges, Unigaz, Aigle, GVM, Arlesheim, SINEF, Givisiez, Energiapro, Vevey</t>
+  </si>
+  <si>
     <r>
       <rPr>
-        <b/>
         <vertAlign val="superscript"/>
         <sz val="6"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>r</t>
+      <t>1</t>
     </r>
-  </si>
-[...19 lines deleted...]
-    <t>Quelle: Groupe E, Granges-Paccot, GESA, Bulle, IB Murten, Murten, Romande énergie, Morges, Unigaz, Aigle, GVM, Arlesheim, SINEF, Givisiez, Energiapro, Vevey, te24-442</t>
+    <r>
+      <rPr>
+        <sz val="6"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Les éventuelles différences entre le total général et la somme des nombres sont dues aux nombres arrondis</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="6"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>1</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="6"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Allfällige Unterschiede zwischen Gesamtsumme und addierten Einzelwerten sind auf Rundungsdifferenzen zurückzuführen </t>
+    </r>
   </si>
   <si>
     <r>
       <t>Longueur du réseau sur le territoire fribourgeois, en m</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="6"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>1</t>
     </r>
     <r>
       <rPr>
         <sz val="6"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> / Netzlänge auf Freiburger Gebiet, in m</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="6"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>1</t>
     </r>
   </si>
   <si>
     <r>
       <t>Groupe E</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="6.5"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>2</t>
     </r>
   </si>
   <si>
-    <r>
-[...34 lines deleted...]
-    </r>
+    <t>Réseaux d'infrastructure pour l'énergie, en 2012 et 2024</t>
+  </si>
+  <si>
+    <t>Infrastrukturnetz für Energie 2012 und 2024</t>
+  </si>
+  <si>
+    <t>Quelle: Groupe E, Granges-Paccot, GESA, Bulle, IB Murten, Murten, Romande énergie, Morges, Unigaz, Aigle, GVM, Arlesheim, SINEF, Givisiez, Energiapro, Vevey, te25-442</t>
+  </si>
+  <si>
+    <t>Actualisation / Aktualisiert am: 15.10.2025</t>
+  </si>
+  <si>
+    <t>Légende des signes</t>
+  </si>
+  <si>
+    <t>Zeichenerklärung</t>
+  </si>
+  <si>
+    <t>Signes</t>
+  </si>
+  <si>
+    <t>Explication</t>
+  </si>
+  <si>
+    <t>Zeichen</t>
+  </si>
+  <si>
+    <t>Erklärung</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>Valeur rigoureusement nulle ou inexistante</t>
+  </si>
+  <si>
+    <t>Es kommt nichts vor (Wert genau Null)</t>
+  </si>
+  <si>
+    <t>0 ou 0,0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Valeur très faible, arrondie à zéro, mais non nulle </t>
+  </si>
+  <si>
+    <t>0 oder 0,0</t>
+  </si>
+  <si>
+    <t>Sehr kleiner Wert, auf Null gerundet, aber nicht genau null</t>
+  </si>
+  <si>
+    <t>(chiffre)</t>
+  </si>
+  <si>
+    <t>Résultat à interpréter avec prudence (trop peu d'observations)</t>
+  </si>
+  <si>
+    <t>(Zahl)</t>
+  </si>
+  <si>
+    <t>Resultat mit Vorsicht zu interpretieren (zu wenige Beobachtungen)</t>
+  </si>
+  <si>
+    <t>( )</t>
+  </si>
+  <si>
+    <t>Donnée confidentielle, non communiquée pour des raisons de protection des données</t>
+  </si>
+  <si>
+    <t>Zahlenangabe unterbleibt aus Gründen des Datenschutzes</t>
+  </si>
+  <si>
+    <t>...</t>
+  </si>
+  <si>
+    <t>Donnée inconnue, inconcevable ou non mentionnée pour des raisons statistiques</t>
+  </si>
+  <si>
+    <t>Zahl nicht bekannt, gegenstandslos oder aus statistischen Gründen nicht aufgeführt</t>
+  </si>
+  <si>
+    <t>r</t>
+  </si>
+  <si>
+    <t>Donnée revue et corrigée</t>
+  </si>
+  <si>
+    <t>Korrigierter Wert</t>
+  </si>
+  <si>
+    <t>p</t>
+  </si>
+  <si>
+    <t>Donnée provisoire</t>
+  </si>
+  <si>
+    <t>Provisorischer Wert</t>
+  </si>
+  <si>
+    <t>e</t>
+  </si>
+  <si>
+    <t>Donnée estimée</t>
+  </si>
+  <si>
+    <t>Geschätzter Wert</t>
   </si>
   <si>
     <r>
       <t>2</t>
     </r>
     <r>
       <rPr>
         <sz val="6"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Y compris EW Jaun Energie AG. Dès le 1</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="6"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>er</t>
     </r>
     <r>
       <rPr>
         <sz val="6"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> janvier 2021, Groupe E est l’unique actionnaire d’EW Jaun Energie AG. Le 1</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="6"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>er</t>
     </r>
     <r>
       <rPr>
         <sz val="6"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve"> janvier 2022, Groupe E a intégré les activités de EW Jaun AG</t>
+      <t xml:space="preserve"> janvier 2022, Groupe E a intégré les activités de EW Jaun AG au sein de son groupe</t>
     </r>
   </si>
   <si>
     <r>
       <t>2</t>
     </r>
     <r>
       <rPr>
         <sz val="6"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>Inbegriffen EW Jaun Energie AG. Ab dem 1. Januar 2021 ist Groupe E Alleinaktionärin von EW Jaun AG. Per 1. Januar 2022 hat die Groupe E die Aktivitäten der EW Jaun AG in seinen</t>
+      <t>Inbegriffen EW Jaun Energie AG. Ab dem 1. Januar 2021 ist Groupe E Alleinaktionärin von EW Jaun AG. Per 1. Januar 2022 hat die Groupe E die Aktivitäten der EW Jaun AG in seinen Konzern integriert</t>
     </r>
-  </si>
-[...1 lines deleted...]
-    <t>Actualisation / Aktualisiert am: 04.11.2024</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="17" x14ac:knownFonts="1">
+  <fonts count="20" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Courier"/>
       <family val="3"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="6.5"/>
       <name val="Arial"/>
-      <family val="2"/>
-[...9 lines deleted...]
-      <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="6.5"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="6"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
+      <sz val="6.5"/>
+      <color theme="0" tint="-0.499984740745262"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
       <sz val="10"/>
       <name val="Courier"/>
       <family val="3"/>
     </font>
     <font>
       <b/>
-      <vertAlign val="superscript"/>
-      <sz val="6"/>
+      <sz val="6.5"/>
+      <color theme="0" tint="-0.499984740745262"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="MS Sans Serif"/>
     </font>
     <font>
       <vertAlign val="superscript"/>
       <sz val="6"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <vertAlign val="superscript"/>
       <sz val="6.5"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
+    <font>
+      <sz val="10"/>
+      <name val="Helv"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <color indexed="8"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
+      <name val="Aptos"/>
+      <family val="2"/>
+    </font>
   </fonts>
-  <fills count="3">
+  <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFF0F0F0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0" tint="-4.9989318521683403E-2"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFFFF"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="5">
+  <borders count="8">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
@@ -488,204 +602,274 @@
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
-  <cellStyleXfs count="9">
+  <cellStyleXfs count="11">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="37">
+  <cellXfs count="52">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="3" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="3" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="15" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="10" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="2" fontId="15" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="3" fontId="4" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="8" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="6" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="2" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="8" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="6" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="2" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="9" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="10"/>
+    <xf numFmtId="0" fontId="18" fillId="3" borderId="0" xfId="9" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="10" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="10" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="6" xfId="10" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="5" xfId="10" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="4" xfId="10" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="5" xfId="10" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="10" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="10" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="5" xfId="10" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="4" xfId="10" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="10" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="7" xfId="10" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="10" applyFont="1"/>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="9" applyFont="1"/>
   </cellXfs>
-  <cellStyles count="9">
+  <cellStyles count="11">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
+    <cellStyle name="Normal 2 2 2 2" xfId="9" xr:uid="{9A57ACEC-6C69-4633-AC7C-8F52B2C1EBE4}"/>
     <cellStyle name="Normal 3" xfId="1" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Normal 3 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="Normal 3 2 2" xfId="7" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="Normal 3 3" xfId="6" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="Normal 4" xfId="5" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
     <cellStyle name="Normal 5" xfId="4" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
+    <cellStyle name="Normal 5 2" xfId="10" xr:uid="{1350725F-3560-42FA-8C2D-9B90FEC2A6B0}"/>
     <cellStyle name="Normal 6" xfId="8" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFF0F0F0"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -933,1799 +1117,2295 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{59A92818-BA82-4E34-887F-679C160D8BEB}">
-  <dimension ref="A1:U51"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
+  <dimension ref="A1:O67"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScale="145" zoomScaleNormal="145" workbookViewId="0"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScale="130" zoomScaleNormal="130" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="10.625" defaultRowHeight="10.5" customHeight="1" x14ac:dyDescent="0.15"/>
   <cols>
     <col min="1" max="1" width="29.5" style="1" customWidth="1"/>
-    <col min="2" max="13" width="6.875" style="6" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="15" max="16384" width="10.625" style="1"/>
+    <col min="2" max="14" width="6.875" style="6" customWidth="1"/>
+    <col min="15" max="15" width="29.5" style="1" customWidth="1"/>
+    <col min="16" max="16384" width="10.625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16" s="4" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="1" spans="1:15" s="4" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A1" s="2" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B1" s="3"/>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
       <c r="H1" s="3"/>
       <c r="I1" s="3"/>
       <c r="J1" s="3"/>
       <c r="K1" s="3"/>
       <c r="L1" s="3"/>
       <c r="M1" s="3"/>
-    </row>
-    <row r="2" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="N1" s="3"/>
+    </row>
+    <row r="2" spans="1:15" ht="11.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A2" s="5" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:16" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="3" spans="1:15" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A3" s="5" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="4" spans="1:16" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="4" spans="1:15" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A4" s="7" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="5" spans="1:15" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A5" s="6"/>
+    </row>
+    <row r="6" spans="1:15" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A6" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="B6" s="17">
+        <v>2012</v>
+      </c>
+      <c r="C6" s="17">
+        <v>2013</v>
+      </c>
+      <c r="D6" s="17">
+        <v>2014</v>
+      </c>
+      <c r="E6" s="17">
+        <v>2015</v>
+      </c>
+      <c r="F6" s="17">
+        <v>2016</v>
+      </c>
+      <c r="G6" s="17">
+        <v>2017</v>
+      </c>
+      <c r="H6" s="17">
+        <v>2018</v>
+      </c>
+      <c r="I6" s="17">
+        <v>2019</v>
+      </c>
+      <c r="J6" s="17">
+        <v>2020</v>
+      </c>
+      <c r="K6" s="17">
+        <v>2021</v>
+      </c>
+      <c r="L6" s="28">
+        <v>2022</v>
+      </c>
+      <c r="M6" s="28">
+        <v>2023</v>
+      </c>
+      <c r="N6" s="28">
+        <v>2024</v>
+      </c>
+      <c r="O6" s="21"/>
+    </row>
+    <row r="7" spans="1:15" s="4" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A7" s="22" t="s">
+        <v>0</v>
+      </c>
+      <c r="B7" s="23">
+        <v>9105656.0277692974</v>
+      </c>
+      <c r="C7" s="23">
+        <v>9242147.0119254664</v>
+      </c>
+      <c r="D7" s="23">
+        <v>9330581</v>
+      </c>
+      <c r="E7" s="23">
+        <v>9497715</v>
+      </c>
+      <c r="F7" s="23">
+        <v>9612820</v>
+      </c>
+      <c r="G7" s="23">
+        <v>9732745</v>
+      </c>
+      <c r="H7" s="23">
+        <v>9840648</v>
+      </c>
+      <c r="I7" s="23">
+        <v>9913654</v>
+      </c>
+      <c r="J7" s="23">
+        <v>10008288</v>
+      </c>
+      <c r="K7" s="23">
+        <v>10093946</v>
+      </c>
+      <c r="L7" s="23">
+        <v>10185524</v>
+      </c>
+      <c r="M7" s="23">
+        <v>10269230</v>
+      </c>
+      <c r="N7" s="23">
+        <v>10318050</v>
+      </c>
+      <c r="O7" s="24" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="8" spans="1:15" s="4" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A8" s="25" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" s="26">
+        <v>182800</v>
+      </c>
+      <c r="C8" s="26">
+        <v>182800</v>
+      </c>
+      <c r="D8" s="26">
+        <v>182800</v>
+      </c>
+      <c r="E8" s="26">
+        <v>182800</v>
+      </c>
+      <c r="F8" s="26">
+        <v>182800</v>
+      </c>
+      <c r="G8" s="26">
+        <v>182800</v>
+      </c>
+      <c r="H8" s="26">
+        <v>182800</v>
+      </c>
+      <c r="I8" s="26">
+        <v>182800</v>
+      </c>
+      <c r="J8" s="26">
+        <v>182800</v>
+      </c>
+      <c r="K8" s="26">
+        <v>182800</v>
+      </c>
+      <c r="L8" s="26">
+        <v>182800</v>
+      </c>
+      <c r="M8" s="26">
+        <v>182800</v>
+      </c>
+      <c r="N8" s="26">
+        <v>182800</v>
+      </c>
+      <c r="O8" s="25" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="9" spans="1:15" s="4" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A9" s="19" t="s">
+        <v>4</v>
+      </c>
+      <c r="B9" s="15">
+        <v>182800</v>
+      </c>
+      <c r="C9" s="15">
+        <v>182800</v>
+      </c>
+      <c r="D9" s="15">
+        <v>182800</v>
+      </c>
+      <c r="E9" s="15">
+        <v>182800</v>
+      </c>
+      <c r="F9" s="15">
+        <v>182800</v>
+      </c>
+      <c r="G9" s="15">
+        <v>182800</v>
+      </c>
+      <c r="H9" s="15">
+        <v>182800</v>
+      </c>
+      <c r="I9" s="15">
+        <v>182800</v>
+      </c>
+      <c r="J9" s="15">
+        <v>182800</v>
+      </c>
+      <c r="K9" s="15">
+        <v>182800</v>
+      </c>
+      <c r="L9" s="15">
+        <v>182800</v>
+      </c>
+      <c r="M9" s="15">
+        <v>182800</v>
+      </c>
+      <c r="N9" s="15">
+        <v>182800</v>
+      </c>
+      <c r="O9" s="19" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="10" spans="1:15" s="4" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A10" s="25" t="s">
+        <v>38</v>
+      </c>
+      <c r="B10" s="26">
+        <v>8159500</v>
+      </c>
+      <c r="C10" s="26">
+        <v>8283200</v>
+      </c>
+      <c r="D10" s="26">
+        <v>8348200</v>
+      </c>
+      <c r="E10" s="26">
+        <v>8496200</v>
+      </c>
+      <c r="F10" s="26">
+        <v>8599200</v>
+      </c>
+      <c r="G10" s="26">
+        <v>8710200</v>
+      </c>
+      <c r="H10" s="26">
+        <v>8783930</v>
+      </c>
+      <c r="I10" s="26">
+        <v>8848930</v>
+      </c>
+      <c r="J10" s="26">
+        <v>8928930</v>
+      </c>
+      <c r="K10" s="26">
+        <v>9001000</v>
+      </c>
+      <c r="L10" s="26">
+        <v>9070000</v>
+      </c>
+      <c r="M10" s="26">
+        <v>9147000</v>
+      </c>
+      <c r="N10" s="26">
+        <v>9190000</v>
+      </c>
+      <c r="O10" s="25" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="11" spans="1:15" s="4" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A11" s="19" t="s">
+        <v>4</v>
+      </c>
+      <c r="B11" s="15">
+        <v>482000</v>
+      </c>
+      <c r="C11" s="15">
+        <v>481000</v>
+      </c>
+      <c r="D11" s="15">
+        <v>480000</v>
+      </c>
+      <c r="E11" s="15">
+        <v>496000</v>
+      </c>
+      <c r="F11" s="15">
+        <v>490000</v>
+      </c>
+      <c r="G11" s="15">
+        <v>493000</v>
+      </c>
+      <c r="H11" s="15">
+        <v>493000</v>
+      </c>
+      <c r="I11" s="15">
+        <v>494000</v>
+      </c>
+      <c r="J11" s="15">
+        <v>494000</v>
+      </c>
+      <c r="K11" s="15">
+        <v>495000</v>
+      </c>
+      <c r="L11" s="15">
+        <v>495000</v>
+      </c>
+      <c r="M11" s="15">
+        <v>504000</v>
+      </c>
+      <c r="N11" s="15">
+        <v>499000</v>
+      </c>
+      <c r="O11" s="19" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="12" spans="1:15" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A12" s="19" t="s">
+        <v>6</v>
+      </c>
+      <c r="B12" s="15">
+        <v>1817000</v>
+      </c>
+      <c r="C12" s="15">
+        <v>1829200</v>
+      </c>
+      <c r="D12" s="15">
+        <v>1834200</v>
+      </c>
+      <c r="E12" s="15">
+        <v>1841200</v>
+      </c>
+      <c r="F12" s="15">
+        <v>1855200</v>
+      </c>
+      <c r="G12" s="15">
+        <v>1873200</v>
+      </c>
+      <c r="H12" s="15">
+        <v>1883430</v>
+      </c>
+      <c r="I12" s="15">
+        <v>1887430</v>
+      </c>
+      <c r="J12" s="15">
+        <v>1902430</v>
+      </c>
+      <c r="K12" s="15">
+        <v>1912000</v>
+      </c>
+      <c r="L12" s="15">
+        <v>1921000</v>
+      </c>
+      <c r="M12" s="15">
+        <v>1933000</v>
+      </c>
+      <c r="N12" s="15">
+        <v>1942000</v>
+      </c>
+      <c r="O12" s="19" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="13" spans="1:15" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A13" s="19" t="s">
+        <v>8</v>
+      </c>
+      <c r="B13" s="15">
+        <v>5860500</v>
+      </c>
+      <c r="C13" s="15">
+        <v>5973000</v>
+      </c>
+      <c r="D13" s="15">
+        <v>6034000</v>
+      </c>
+      <c r="E13" s="15">
+        <v>6159000</v>
+      </c>
+      <c r="F13" s="15">
+        <v>6254000</v>
+      </c>
+      <c r="G13" s="15">
+        <v>6344000</v>
+      </c>
+      <c r="H13" s="15">
+        <v>6407500</v>
+      </c>
+      <c r="I13" s="15">
+        <v>6467500</v>
+      </c>
+      <c r="J13" s="15">
+        <v>6532500</v>
+      </c>
+      <c r="K13" s="15">
+        <v>6594000</v>
+      </c>
+      <c r="L13" s="15">
+        <v>6654000</v>
+      </c>
+      <c r="M13" s="15">
+        <v>6710000</v>
+      </c>
+      <c r="N13" s="15">
+        <v>6749000</v>
+      </c>
+      <c r="O13" s="19" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="14" spans="1:15" s="4" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A14" s="25" t="s">
+        <v>15</v>
+      </c>
+      <c r="B14" s="26">
+        <v>592703</v>
+      </c>
+      <c r="C14" s="26">
+        <v>603482</v>
+      </c>
+      <c r="D14" s="26">
+        <v>623904</v>
+      </c>
+      <c r="E14" s="26">
+        <v>643026</v>
+      </c>
+      <c r="F14" s="26">
+        <v>651939</v>
+      </c>
+      <c r="G14" s="26">
+        <v>660230</v>
+      </c>
+      <c r="H14" s="26">
+        <v>665449</v>
+      </c>
+      <c r="I14" s="26">
+        <v>669866</v>
+      </c>
+      <c r="J14" s="26">
+        <v>683603</v>
+      </c>
+      <c r="K14" s="26">
+        <v>695669</v>
+      </c>
+      <c r="L14" s="26">
+        <v>707246</v>
+      </c>
+      <c r="M14" s="26">
+        <v>711522</v>
+      </c>
+      <c r="N14" s="26">
+        <v>717631</v>
+      </c>
+      <c r="O14" s="25" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="15" spans="1:15" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A15" s="19" t="s">
+        <v>6</v>
+      </c>
+      <c r="B15" s="15">
+        <v>167628</v>
+      </c>
+      <c r="C15" s="15">
+        <v>167221</v>
+      </c>
+      <c r="D15" s="15">
+        <v>170939</v>
+      </c>
+      <c r="E15" s="15">
+        <v>174356</v>
+      </c>
+      <c r="F15" s="15">
+        <v>171422</v>
+      </c>
+      <c r="G15" s="15">
+        <v>172754</v>
+      </c>
+      <c r="H15" s="15">
+        <v>169380</v>
+      </c>
+      <c r="I15" s="15">
+        <v>169363</v>
+      </c>
+      <c r="J15" s="15">
+        <v>173364</v>
+      </c>
+      <c r="K15" s="15">
+        <v>173386</v>
+      </c>
+      <c r="L15" s="15">
+        <v>177227</v>
+      </c>
+      <c r="M15" s="15">
+        <v>176669</v>
+      </c>
+      <c r="N15" s="15">
+        <v>176158</v>
+      </c>
+      <c r="O15" s="19" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="16" spans="1:15" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A16" s="19" t="s">
+        <v>8</v>
+      </c>
+      <c r="B16" s="15">
+        <v>425075</v>
+      </c>
+      <c r="C16" s="15">
+        <v>436261</v>
+      </c>
+      <c r="D16" s="15">
+        <v>452965</v>
+      </c>
+      <c r="E16" s="15">
+        <v>468670</v>
+      </c>
+      <c r="F16" s="15">
+        <v>480517</v>
+      </c>
+      <c r="G16" s="15">
+        <v>487476</v>
+      </c>
+      <c r="H16" s="15">
+        <v>496069</v>
+      </c>
+      <c r="I16" s="15">
+        <v>500503</v>
+      </c>
+      <c r="J16" s="15">
+        <v>510239</v>
+      </c>
+      <c r="K16" s="15">
+        <v>522283</v>
+      </c>
+      <c r="L16" s="15">
+        <v>530019</v>
+      </c>
+      <c r="M16" s="15">
+        <v>534853</v>
+      </c>
+      <c r="N16" s="15">
+        <v>541473</v>
+      </c>
+      <c r="O16" s="19" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="17" spans="1:15" s="4" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A17" s="25" t="s">
+        <v>16</v>
+      </c>
+      <c r="B17" s="26">
+        <v>134000</v>
+      </c>
+      <c r="C17" s="26">
+        <v>136000</v>
+      </c>
+      <c r="D17" s="26">
+        <v>139000</v>
+      </c>
+      <c r="E17" s="26">
+        <v>139000</v>
+      </c>
+      <c r="F17" s="26">
+        <v>141000</v>
+      </c>
+      <c r="G17" s="26">
+        <v>142000</v>
+      </c>
+      <c r="H17" s="26">
+        <v>171000</v>
+      </c>
+      <c r="I17" s="26">
+        <v>172700</v>
+      </c>
+      <c r="J17" s="26">
+        <v>173500</v>
+      </c>
+      <c r="K17" s="26">
+        <v>174900</v>
+      </c>
+      <c r="L17" s="26">
+        <v>186000</v>
+      </c>
+      <c r="M17" s="26">
+        <v>187800</v>
+      </c>
+      <c r="N17" s="26">
+        <v>187500</v>
+      </c>
+      <c r="O17" s="25" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="18" spans="1:15" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A18" s="19" t="s">
+        <v>6</v>
+      </c>
+      <c r="B18" s="15">
+        <v>28000</v>
+      </c>
+      <c r="C18" s="15">
+        <v>28000</v>
+      </c>
+      <c r="D18" s="15">
+        <v>29000</v>
+      </c>
+      <c r="E18" s="15">
+        <v>29000</v>
+      </c>
+      <c r="F18" s="15">
+        <v>29000</v>
+      </c>
+      <c r="G18" s="15">
+        <v>29000</v>
+      </c>
+      <c r="H18" s="15">
+        <v>29000</v>
+      </c>
+      <c r="I18" s="15">
+        <v>29500</v>
+      </c>
+      <c r="J18" s="15">
+        <v>28600</v>
+      </c>
+      <c r="K18" s="15">
+        <v>29000</v>
+      </c>
+      <c r="L18" s="15">
+        <v>29000</v>
+      </c>
+      <c r="M18" s="15">
+        <v>31000</v>
+      </c>
+      <c r="N18" s="15">
+        <v>31000</v>
+      </c>
+      <c r="O18" s="19" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="19" spans="1:15" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A19" s="19" t="s">
+        <v>8</v>
+      </c>
+      <c r="B19" s="15">
+        <v>106000</v>
+      </c>
+      <c r="C19" s="15">
+        <v>108000</v>
+      </c>
+      <c r="D19" s="15">
+        <v>110000</v>
+      </c>
+      <c r="E19" s="15">
+        <v>110000</v>
+      </c>
+      <c r="F19" s="15">
+        <v>112000</v>
+      </c>
+      <c r="G19" s="15">
+        <v>113000</v>
+      </c>
+      <c r="H19" s="15">
+        <v>142000</v>
+      </c>
+      <c r="I19" s="15">
+        <v>143200</v>
+      </c>
+      <c r="J19" s="15">
+        <v>144900</v>
+      </c>
+      <c r="K19" s="15">
+        <v>145900</v>
+      </c>
+      <c r="L19" s="15">
+        <v>157000</v>
+      </c>
+      <c r="M19" s="15">
+        <v>156800</v>
+      </c>
+      <c r="N19" s="15">
+        <v>156500</v>
+      </c>
+      <c r="O19" s="19" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="20" spans="1:15" s="4" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A20" s="25" t="s">
+        <v>32</v>
+      </c>
+      <c r="B20" s="26">
+        <v>36653.027769298249</v>
+      </c>
+      <c r="C20" s="26">
+        <v>36665.011925465835</v>
+      </c>
+      <c r="D20" s="26">
+        <v>36677</v>
+      </c>
+      <c r="E20" s="26">
+        <v>36689</v>
+      </c>
+      <c r="F20" s="26">
+        <v>37881</v>
+      </c>
+      <c r="G20" s="26">
+        <v>37515</v>
+      </c>
+      <c r="H20" s="26">
+        <v>37469</v>
+      </c>
+      <c r="I20" s="26">
+        <v>39358</v>
+      </c>
+      <c r="J20" s="26">
+        <v>39455</v>
+      </c>
+      <c r="K20" s="26">
+        <v>39577</v>
+      </c>
+      <c r="L20" s="26">
+        <v>39478</v>
+      </c>
+      <c r="M20" s="26">
+        <v>40108</v>
+      </c>
+      <c r="N20" s="26">
+        <v>40119</v>
+      </c>
+      <c r="O20" s="25" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="21" spans="1:15" s="4" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A21" s="19" t="s">
+        <v>4</v>
+      </c>
+      <c r="B21" s="15">
+        <v>13157</v>
+      </c>
+      <c r="C21" s="15">
+        <v>13157</v>
+      </c>
+      <c r="D21" s="15">
+        <v>13157</v>
+      </c>
+      <c r="E21" s="15">
+        <v>13157</v>
+      </c>
+      <c r="F21" s="15">
+        <v>13157</v>
+      </c>
+      <c r="G21" s="15">
+        <v>13157</v>
+      </c>
+      <c r="H21" s="15">
+        <v>13157</v>
+      </c>
+      <c r="I21" s="15">
+        <v>13157</v>
+      </c>
+      <c r="J21" s="15">
+        <v>13157</v>
+      </c>
+      <c r="K21" s="15">
+        <v>13157</v>
+      </c>
+      <c r="L21" s="15">
+        <v>13157</v>
+      </c>
+      <c r="M21" s="15">
+        <v>13157</v>
+      </c>
+      <c r="N21" s="15">
+        <v>13157</v>
+      </c>
+      <c r="O21" s="19" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="22" spans="1:15" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A22" s="19" t="s">
+        <v>6</v>
+      </c>
+      <c r="B22" s="15">
+        <v>11457</v>
+      </c>
+      <c r="C22" s="15">
+        <v>11457</v>
+      </c>
+      <c r="D22" s="15">
+        <v>11457</v>
+      </c>
+      <c r="E22" s="15">
+        <v>11457</v>
+      </c>
+      <c r="F22" s="15">
+        <v>11671</v>
+      </c>
+      <c r="G22" s="15">
+        <v>11672</v>
+      </c>
+      <c r="H22" s="15">
+        <v>11672</v>
+      </c>
+      <c r="I22" s="15">
+        <v>11671</v>
+      </c>
+      <c r="J22" s="15">
+        <v>11671</v>
+      </c>
+      <c r="K22" s="15">
+        <v>11671</v>
+      </c>
+      <c r="L22" s="15">
+        <v>11671</v>
+      </c>
+      <c r="M22" s="15">
+        <v>12327</v>
+      </c>
+      <c r="N22" s="15">
+        <v>12237</v>
+      </c>
+      <c r="O22" s="19" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="23" spans="1:15" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A23" s="19" t="s">
+        <v>8</v>
+      </c>
+      <c r="B23" s="15">
+        <v>12039.035764546121</v>
+      </c>
+      <c r="C23" s="15">
+        <v>12051.011925465838</v>
+      </c>
+      <c r="D23" s="15">
+        <v>12063</v>
+      </c>
+      <c r="E23" s="15">
+        <v>12249</v>
+      </c>
+      <c r="F23" s="15">
+        <v>13053</v>
+      </c>
+      <c r="G23" s="15">
+        <v>12686</v>
+      </c>
+      <c r="H23" s="15">
+        <v>12640</v>
+      </c>
+      <c r="I23" s="15">
+        <v>14530</v>
+      </c>
+      <c r="J23" s="15">
+        <v>14627</v>
+      </c>
+      <c r="K23" s="15">
+        <v>14749</v>
+      </c>
+      <c r="L23" s="15">
+        <v>14650</v>
+      </c>
+      <c r="M23" s="15">
+        <v>14624</v>
+      </c>
+      <c r="N23" s="15">
+        <v>14725</v>
+      </c>
+      <c r="O23" s="19" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="24" spans="1:15" s="4" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A24" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="B24" s="23">
+        <v>527438.9</v>
+      </c>
+      <c r="C24" s="29">
+        <v>578552.9</v>
+      </c>
+      <c r="D24" s="29">
+        <v>633837.9</v>
+      </c>
+      <c r="E24" s="29">
+        <v>695762.9</v>
+      </c>
+      <c r="F24" s="29">
+        <v>731659</v>
+      </c>
+      <c r="G24" s="23">
+        <v>746207</v>
+      </c>
+      <c r="H24" s="23">
+        <v>750859</v>
+      </c>
+      <c r="I24" s="23">
+        <v>752226</v>
+      </c>
+      <c r="J24" s="23">
+        <v>752931</v>
+      </c>
+      <c r="K24" s="23">
+        <v>753009</v>
+      </c>
+      <c r="L24" s="23">
+        <v>752961</v>
+      </c>
+      <c r="M24" s="29">
+        <v>753010</v>
+      </c>
+      <c r="N24" s="29">
+        <v>752976</v>
+      </c>
+      <c r="O24" s="24" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="25" spans="1:15" s="4" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A25" s="25" t="s">
+        <v>29</v>
+      </c>
+      <c r="B25" s="26">
+        <v>43324.9</v>
+      </c>
+      <c r="C25" s="26">
+        <v>43324.9</v>
+      </c>
+      <c r="D25" s="26">
+        <v>43324.9</v>
+      </c>
+      <c r="E25" s="26">
+        <v>43324.9</v>
+      </c>
+      <c r="F25" s="26">
+        <v>43325</v>
+      </c>
+      <c r="G25" s="26">
+        <v>43325</v>
+      </c>
+      <c r="H25" s="26">
+        <v>43325</v>
+      </c>
+      <c r="I25" s="26">
+        <v>43325</v>
+      </c>
+      <c r="J25" s="26">
+        <v>43325</v>
+      </c>
+      <c r="K25" s="26">
+        <v>43325</v>
+      </c>
+      <c r="L25" s="26">
+        <v>43325</v>
+      </c>
+      <c r="M25" s="26">
+        <v>43325</v>
+      </c>
+      <c r="N25" s="26">
+        <v>43324</v>
+      </c>
+      <c r="O25" s="25" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="26" spans="1:15" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A26" s="19" t="s">
+        <v>31</v>
+      </c>
+      <c r="B26" s="15">
+        <v>32732.880000000001</v>
+      </c>
+      <c r="C26" s="15">
+        <v>32732.880000000001</v>
+      </c>
+      <c r="D26" s="15">
+        <v>32732.880000000001</v>
+      </c>
+      <c r="E26" s="15">
+        <v>32732.880000000001</v>
+      </c>
+      <c r="F26" s="15">
+        <v>32733</v>
+      </c>
+      <c r="G26" s="15">
+        <v>32733</v>
+      </c>
+      <c r="H26" s="15">
+        <v>32733</v>
+      </c>
+      <c r="I26" s="15">
+        <v>32733</v>
+      </c>
+      <c r="J26" s="15">
+        <v>32733</v>
+      </c>
+      <c r="K26" s="15">
+        <v>32733</v>
+      </c>
+      <c r="L26" s="15">
+        <v>32733</v>
+      </c>
+      <c r="M26" s="15">
+        <v>32732</v>
+      </c>
+      <c r="N26" s="15">
+        <v>32732</v>
+      </c>
+      <c r="O26" s="19" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="27" spans="1:15" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A27" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="B27" s="15">
+        <v>10592.02</v>
+      </c>
+      <c r="C27" s="15">
+        <v>10592.02</v>
+      </c>
+      <c r="D27" s="15">
+        <v>10592.02</v>
+      </c>
+      <c r="E27" s="15">
+        <v>10592.02</v>
+      </c>
+      <c r="F27" s="15">
+        <v>10592</v>
+      </c>
+      <c r="G27" s="15">
+        <v>10592</v>
+      </c>
+      <c r="H27" s="15">
+        <v>10592</v>
+      </c>
+      <c r="I27" s="15">
+        <v>10592</v>
+      </c>
+      <c r="J27" s="15">
+        <v>10592</v>
+      </c>
+      <c r="K27" s="15">
+        <v>10592</v>
+      </c>
+      <c r="L27" s="15">
+        <v>10592</v>
+      </c>
+      <c r="M27" s="15">
+        <v>10592</v>
+      </c>
+      <c r="N27" s="15">
+        <v>10592</v>
+      </c>
+      <c r="O27" s="19" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="28" spans="1:15" s="4" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A28" s="25" t="s">
+        <v>23</v>
+      </c>
+      <c r="B28" s="26">
+        <v>17526</v>
+      </c>
+      <c r="C28" s="26">
+        <v>17526</v>
+      </c>
+      <c r="D28" s="26">
+        <v>17526</v>
+      </c>
+      <c r="E28" s="26">
+        <v>17526</v>
+      </c>
+      <c r="F28" s="26">
+        <v>17526</v>
+      </c>
+      <c r="G28" s="26">
+        <v>17526</v>
+      </c>
+      <c r="H28" s="26">
+        <v>17526</v>
+      </c>
+      <c r="I28" s="26">
+        <v>17526</v>
+      </c>
+      <c r="J28" s="26">
+        <v>17526</v>
+      </c>
+      <c r="K28" s="26">
+        <v>17526</v>
+      </c>
+      <c r="L28" s="26">
+        <v>17526</v>
+      </c>
+      <c r="M28" s="26">
+        <v>17526</v>
+      </c>
+      <c r="N28" s="26">
+        <v>17526</v>
+      </c>
+      <c r="O28" s="25" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="29" spans="1:15" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A29" s="19" t="s">
+        <v>20</v>
+      </c>
+      <c r="B29" s="15">
+        <v>5513</v>
+      </c>
+      <c r="C29" s="15">
+        <v>5513</v>
+      </c>
+      <c r="D29" s="15">
+        <v>5513</v>
+      </c>
+      <c r="E29" s="15">
+        <v>5513</v>
+      </c>
+      <c r="F29" s="15">
+        <v>5513</v>
+      </c>
+      <c r="G29" s="15">
+        <v>5513</v>
+      </c>
+      <c r="H29" s="15">
+        <v>5513</v>
+      </c>
+      <c r="I29" s="15">
+        <v>5513</v>
+      </c>
+      <c r="J29" s="15">
+        <v>5513</v>
+      </c>
+      <c r="K29" s="15">
+        <v>5513</v>
+      </c>
+      <c r="L29" s="15">
+        <v>5513</v>
+      </c>
+      <c r="M29" s="15">
+        <v>5513</v>
+      </c>
+      <c r="N29" s="15">
+        <v>5513</v>
+      </c>
+      <c r="O29" s="19" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="30" spans="1:15" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A30" s="19" t="s">
+        <v>22</v>
+      </c>
+      <c r="B30" s="15">
+        <v>12013</v>
+      </c>
+      <c r="C30" s="15">
+        <v>12013</v>
+      </c>
+      <c r="D30" s="15">
+        <v>12013</v>
+      </c>
+      <c r="E30" s="15">
+        <v>12013</v>
+      </c>
+      <c r="F30" s="15">
+        <v>12013</v>
+      </c>
+      <c r="G30" s="15">
+        <v>12013</v>
+      </c>
+      <c r="H30" s="15">
+        <v>12013</v>
+      </c>
+      <c r="I30" s="15">
+        <v>12013</v>
+      </c>
+      <c r="J30" s="15">
+        <v>12013</v>
+      </c>
+      <c r="K30" s="15">
+        <v>12013</v>
+      </c>
+      <c r="L30" s="15">
+        <v>12013</v>
+      </c>
+      <c r="M30" s="15">
+        <v>12013</v>
+      </c>
+      <c r="N30" s="15">
+        <v>12013</v>
+      </c>
+      <c r="O30" s="19" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="31" spans="1:15" s="4" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A31" s="25" t="s">
+        <v>25</v>
+      </c>
+      <c r="B31" s="26">
+        <v>356237</v>
+      </c>
+      <c r="C31" s="26">
+        <v>388902</v>
+      </c>
+      <c r="D31" s="26">
+        <v>438141</v>
+      </c>
+      <c r="E31" s="26">
+        <v>495733</v>
+      </c>
+      <c r="F31" s="26">
+        <v>528891</v>
+      </c>
+      <c r="G31" s="26">
+        <v>539377</v>
+      </c>
+      <c r="H31" s="26">
+        <v>542471</v>
+      </c>
+      <c r="I31" s="26">
+        <v>543677</v>
+      </c>
+      <c r="J31" s="26">
+        <v>544927</v>
+      </c>
+      <c r="K31" s="26">
+        <v>545091</v>
+      </c>
+      <c r="L31" s="26">
+        <v>545047</v>
+      </c>
+      <c r="M31" s="26">
+        <v>545166</v>
+      </c>
+      <c r="N31" s="26">
+        <v>544969</v>
+      </c>
+      <c r="O31" s="25" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="32" spans="1:15" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A32" s="19" t="s">
+        <v>10</v>
+      </c>
+      <c r="B32" s="15">
+        <v>152759</v>
+      </c>
+      <c r="C32" s="15">
+        <v>173772</v>
+      </c>
+      <c r="D32" s="15">
+        <v>201919</v>
+      </c>
+      <c r="E32" s="15">
+        <v>233197</v>
+      </c>
+      <c r="F32" s="15">
+        <v>247358</v>
+      </c>
+      <c r="G32" s="15">
+        <v>249825</v>
+      </c>
+      <c r="H32" s="15">
+        <v>250786</v>
+      </c>
+      <c r="I32" s="15">
+        <v>250691</v>
+      </c>
+      <c r="J32" s="15">
+        <v>251526</v>
+      </c>
+      <c r="K32" s="15">
+        <v>251542</v>
+      </c>
+      <c r="L32" s="15">
+        <v>251596</v>
+      </c>
+      <c r="M32" s="15">
+        <v>251690</v>
+      </c>
+      <c r="N32" s="15">
+        <v>251822</v>
+      </c>
+      <c r="O32" s="19" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="33" spans="1:15" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A33" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="B33" s="15">
+        <v>203478</v>
+      </c>
+      <c r="C33" s="15">
+        <v>215130</v>
+      </c>
+      <c r="D33" s="15">
+        <v>236222</v>
+      </c>
+      <c r="E33" s="15">
+        <v>262536</v>
+      </c>
+      <c r="F33" s="15">
+        <v>281533</v>
+      </c>
+      <c r="G33" s="15">
+        <v>289552</v>
+      </c>
+      <c r="H33" s="15">
+        <v>291685</v>
+      </c>
+      <c r="I33" s="15">
+        <v>292986</v>
+      </c>
+      <c r="J33" s="15">
+        <v>293401</v>
+      </c>
+      <c r="K33" s="15">
+        <v>293549</v>
+      </c>
+      <c r="L33" s="15">
+        <v>293451</v>
+      </c>
+      <c r="M33" s="15">
+        <v>293476</v>
+      </c>
+      <c r="N33" s="15">
+        <v>293147</v>
+      </c>
+      <c r="O33" s="19" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="34" spans="1:15" s="4" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A34" s="25" t="s">
+        <v>28</v>
+      </c>
+      <c r="B34" s="26">
+        <v>35958</v>
+      </c>
+      <c r="C34" s="30">
+        <v>37027</v>
+      </c>
+      <c r="D34" s="30">
+        <v>37442</v>
+      </c>
+      <c r="E34" s="30">
+        <v>37679</v>
+      </c>
+      <c r="F34" s="30">
+        <v>37701</v>
+      </c>
+      <c r="G34" s="26">
+        <v>38258</v>
+      </c>
+      <c r="H34" s="26">
+        <v>38557</v>
+      </c>
+      <c r="I34" s="26">
+        <v>38717</v>
+      </c>
+      <c r="J34" s="26">
+        <v>38717</v>
+      </c>
+      <c r="K34" s="26">
+        <v>38717</v>
+      </c>
+      <c r="L34" s="26">
+        <v>38719</v>
+      </c>
+      <c r="M34" s="30">
+        <v>38700</v>
+      </c>
+      <c r="N34" s="30">
+        <v>38700</v>
+      </c>
+      <c r="O34" s="25" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="35" spans="1:15" s="4" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A35" s="19" t="s">
+        <v>10</v>
+      </c>
+      <c r="B35" s="15">
+        <v>19808</v>
+      </c>
+      <c r="C35" s="31">
+        <v>19913</v>
+      </c>
+      <c r="D35" s="31">
+        <v>19963</v>
+      </c>
+      <c r="E35" s="31">
+        <v>19963</v>
+      </c>
+      <c r="F35" s="31">
+        <v>19984</v>
+      </c>
+      <c r="G35" s="15">
+        <v>20445</v>
+      </c>
+      <c r="H35" s="15">
+        <v>20519</v>
+      </c>
+      <c r="I35" s="15">
+        <v>20707.5</v>
+      </c>
+      <c r="J35" s="15">
+        <v>20708</v>
+      </c>
+      <c r="K35" s="15">
+        <v>20708</v>
+      </c>
+      <c r="L35" s="15">
+        <v>20709</v>
+      </c>
+      <c r="M35" s="31">
+        <v>20709</v>
+      </c>
+      <c r="N35" s="31">
+        <v>20709</v>
+      </c>
+      <c r="O35" s="19" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="36" spans="1:15" s="4" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A36" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="B36" s="15">
+        <v>16150</v>
+      </c>
+      <c r="C36" s="31">
+        <v>17114</v>
+      </c>
+      <c r="D36" s="31">
+        <v>17479</v>
+      </c>
+      <c r="E36" s="31">
+        <v>17716</v>
+      </c>
+      <c r="F36" s="31">
+        <v>17717</v>
+      </c>
+      <c r="G36" s="15">
+        <v>17813</v>
+      </c>
+      <c r="H36" s="15">
+        <v>18038</v>
+      </c>
+      <c r="I36" s="15">
+        <v>18009.25</v>
+      </c>
+      <c r="J36" s="15">
+        <v>18009</v>
+      </c>
+      <c r="K36" s="15">
+        <v>18009</v>
+      </c>
+      <c r="L36" s="15">
+        <v>18010</v>
+      </c>
+      <c r="M36" s="31">
+        <v>17991</v>
+      </c>
+      <c r="N36" s="31">
+        <v>17991</v>
+      </c>
+      <c r="O36" s="19" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="37" spans="1:15" s="4" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A37" s="25" t="s">
+        <v>27</v>
+      </c>
+      <c r="B37" s="26">
+        <v>74393</v>
+      </c>
+      <c r="C37" s="30">
+        <v>91773</v>
+      </c>
+      <c r="D37" s="30">
+        <v>97404</v>
+      </c>
+      <c r="E37" s="30">
+        <v>101500</v>
+      </c>
+      <c r="F37" s="30">
+        <v>104216</v>
+      </c>
+      <c r="G37" s="26">
+        <v>107721</v>
+      </c>
+      <c r="H37" s="26">
+        <v>108980</v>
+      </c>
+      <c r="I37" s="26">
+        <v>108981</v>
+      </c>
+      <c r="J37" s="26">
+        <v>108436</v>
+      </c>
+      <c r="K37" s="26">
+        <v>108350</v>
+      </c>
+      <c r="L37" s="26">
+        <v>108344</v>
+      </c>
+      <c r="M37" s="30">
+        <v>108293</v>
+      </c>
+      <c r="N37" s="30">
+        <v>108457</v>
+      </c>
+      <c r="O37" s="25" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="38" spans="1:15" s="4" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A38" s="19" t="s">
+        <v>10</v>
+      </c>
+      <c r="B38" s="15">
+        <v>33751</v>
+      </c>
+      <c r="C38" s="31">
+        <v>40857</v>
+      </c>
+      <c r="D38" s="31">
+        <v>41444</v>
+      </c>
+      <c r="E38" s="31">
+        <v>42334</v>
+      </c>
+      <c r="F38" s="31">
+        <v>42611</v>
+      </c>
+      <c r="G38" s="15">
+        <v>43577</v>
+      </c>
+      <c r="H38" s="15">
+        <v>44047</v>
+      </c>
+      <c r="I38" s="15">
+        <v>43595.27</v>
+      </c>
+      <c r="J38" s="15">
+        <v>43700</v>
+      </c>
+      <c r="K38" s="15">
+        <v>43696</v>
+      </c>
+      <c r="L38" s="15">
+        <v>43696</v>
+      </c>
+      <c r="M38" s="31">
+        <v>43696</v>
+      </c>
+      <c r="N38" s="31">
+        <v>43696</v>
+      </c>
+      <c r="O38" s="19" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="39" spans="1:15" s="4" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A39" s="20" t="s">
+        <v>12</v>
+      </c>
+      <c r="B39" s="16">
+        <v>40642</v>
+      </c>
+      <c r="C39" s="32">
+        <v>50916</v>
+      </c>
+      <c r="D39" s="32">
+        <v>55960</v>
+      </c>
+      <c r="E39" s="32">
+        <v>59166</v>
+      </c>
+      <c r="F39" s="32">
+        <v>61605</v>
+      </c>
+      <c r="G39" s="16">
+        <v>64144</v>
+      </c>
+      <c r="H39" s="16">
+        <v>64933</v>
+      </c>
+      <c r="I39" s="16">
+        <v>65385.42</v>
+      </c>
+      <c r="J39" s="16">
+        <v>64735</v>
+      </c>
+      <c r="K39" s="16">
+        <v>64654</v>
+      </c>
+      <c r="L39" s="16">
+        <v>64648</v>
+      </c>
+      <c r="M39" s="32">
+        <v>64597</v>
+      </c>
+      <c r="N39" s="32">
+        <v>64761</v>
+      </c>
+      <c r="O39" s="20" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="40" spans="1:15" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A40" s="8"/>
+    </row>
+    <row r="41" spans="1:15" s="34" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A41" s="33" t="s">
+        <v>35</v>
+      </c>
+      <c r="B41" s="15"/>
+      <c r="C41" s="15"/>
+      <c r="D41" s="15"/>
+      <c r="E41" s="15"/>
+      <c r="F41" s="15"/>
+      <c r="G41" s="15"/>
+      <c r="H41" s="15"/>
+      <c r="I41" s="15"/>
+      <c r="J41" s="15"/>
+      <c r="K41" s="15"/>
+      <c r="L41" s="15"/>
+      <c r="M41" s="15"/>
+      <c r="N41" s="15"/>
+    </row>
+    <row r="42" spans="1:15" s="34" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A42" s="33" t="s">
+        <v>36</v>
+      </c>
+      <c r="B42" s="15"/>
+      <c r="C42" s="15"/>
+      <c r="D42" s="15"/>
+      <c r="E42" s="15"/>
+      <c r="F42" s="15"/>
+      <c r="G42" s="15"/>
+      <c r="H42" s="15"/>
+      <c r="I42" s="15"/>
+      <c r="J42" s="15"/>
+      <c r="K42" s="15"/>
+      <c r="L42" s="15"/>
+      <c r="M42" s="15"/>
+      <c r="N42" s="15"/>
+    </row>
+    <row r="43" spans="1:15" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A43" s="9" t="s">
+        <v>75</v>
+      </c>
+      <c r="B43" s="10"/>
+      <c r="C43" s="10"/>
+      <c r="D43" s="10"/>
+      <c r="E43" s="10"/>
+      <c r="F43" s="10"/>
+      <c r="G43" s="10"/>
+      <c r="H43" s="10"/>
+      <c r="I43" s="10"/>
+      <c r="J43" s="10"/>
+      <c r="K43" s="10"/>
+      <c r="L43" s="10"/>
+      <c r="M43" s="10"/>
+      <c r="N43" s="10"/>
+      <c r="O43" s="10"/>
+    </row>
+    <row r="44" spans="1:15" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A44" s="9" t="s">
+        <v>76</v>
+      </c>
+      <c r="B44" s="10"/>
+      <c r="C44" s="10"/>
+      <c r="D44" s="10"/>
+      <c r="E44" s="10"/>
+      <c r="F44" s="10"/>
+      <c r="G44" s="10"/>
+      <c r="H44" s="10"/>
+      <c r="I44" s="10"/>
+      <c r="J44" s="10"/>
+      <c r="K44" s="10"/>
+      <c r="L44" s="10"/>
+      <c r="M44" s="10"/>
+      <c r="N44" s="10"/>
+      <c r="O44" s="10"/>
+    </row>
+    <row r="45" spans="1:15" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A45" s="8"/>
+    </row>
+    <row r="46" spans="1:15" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A46" s="8" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="47" spans="1:15" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A47" s="8" t="s">
         <v>41</v>
       </c>
-    </row>
-[...178 lines deleted...]
-      <c r="A10" s="23" t="s">
+      <c r="B47" s="11"/>
+      <c r="C47" s="11"/>
+      <c r="D47" s="11"/>
+      <c r="E47" s="11"/>
+      <c r="F47" s="11"/>
+      <c r="G47" s="11"/>
+      <c r="H47" s="11"/>
+      <c r="I47" s="11"/>
+      <c r="J47" s="11"/>
+      <c r="K47" s="11"/>
+      <c r="L47" s="11"/>
+      <c r="M47" s="11"/>
+      <c r="N47" s="11"/>
+      <c r="O47" s="11"/>
+    </row>
+    <row r="49" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A49" s="27" t="s">
         <v>42</v>
       </c>
-      <c r="B10" s="24">
-[...1488 lines deleted...]
-      </c>
+    </row>
+    <row r="52" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A52" s="12"/>
+      <c r="B52" s="13"/>
+      <c r="C52" s="13"/>
+      <c r="D52" s="13"/>
+      <c r="E52" s="13"/>
+      <c r="F52" s="13"/>
+      <c r="G52" s="13"/>
+      <c r="H52" s="13"/>
+      <c r="I52" s="13"/>
+      <c r="J52" s="13"/>
+      <c r="K52" s="13"/>
+      <c r="L52" s="13"/>
+      <c r="M52" s="13"/>
+      <c r="N52" s="13"/>
+    </row>
+    <row r="53" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A53" s="14"/>
+      <c r="B53" s="13"/>
+      <c r="C53" s="13"/>
+      <c r="D53" s="13"/>
+      <c r="E53" s="13"/>
+      <c r="F53" s="13"/>
+      <c r="G53" s="13"/>
+      <c r="H53" s="13"/>
+      <c r="I53" s="13"/>
+      <c r="J53" s="13"/>
+      <c r="K53" s="13"/>
+      <c r="L53" s="13"/>
+      <c r="M53" s="13"/>
+      <c r="N53" s="13"/>
+    </row>
+    <row r="54" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A54" s="14"/>
+      <c r="B54" s="13"/>
+      <c r="C54" s="13"/>
+      <c r="D54" s="13"/>
+      <c r="E54" s="13"/>
+      <c r="F54" s="13"/>
+      <c r="G54" s="13"/>
+      <c r="H54" s="13"/>
+      <c r="I54" s="13"/>
+      <c r="J54" s="13"/>
+      <c r="K54" s="13"/>
+      <c r="L54" s="13"/>
+      <c r="M54" s="13"/>
+      <c r="N54" s="13"/>
+    </row>
+    <row r="55" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A55" s="14"/>
+      <c r="B55" s="13"/>
+      <c r="C55" s="13"/>
+      <c r="D55" s="13"/>
+      <c r="E55" s="13"/>
+      <c r="F55" s="13"/>
+      <c r="G55" s="13"/>
+      <c r="H55" s="13"/>
+      <c r="I55" s="13"/>
+      <c r="J55" s="13"/>
+      <c r="K55" s="13"/>
+      <c r="L55" s="13"/>
+      <c r="M55" s="13"/>
+      <c r="N55" s="13"/>
+    </row>
+    <row r="56" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A56" s="14"/>
+      <c r="B56" s="13"/>
+      <c r="C56" s="13"/>
+      <c r="D56" s="13"/>
+      <c r="E56" s="13"/>
+      <c r="F56" s="13"/>
+      <c r="G56" s="13"/>
+      <c r="H56" s="13"/>
+      <c r="I56" s="13"/>
+      <c r="J56" s="13"/>
+      <c r="K56" s="13"/>
+      <c r="L56" s="13"/>
+      <c r="M56" s="13"/>
+      <c r="N56" s="13"/>
+    </row>
+    <row r="57" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A57" s="14"/>
+      <c r="B57" s="13"/>
+      <c r="C57" s="13"/>
+      <c r="D57" s="13"/>
+      <c r="E57" s="13"/>
+      <c r="F57" s="13"/>
+      <c r="G57" s="13"/>
+      <c r="H57" s="13"/>
+      <c r="I57" s="13"/>
+      <c r="J57" s="13"/>
+      <c r="K57" s="13"/>
+      <c r="L57" s="13"/>
+      <c r="M57" s="13"/>
+      <c r="N57" s="13"/>
+    </row>
+    <row r="58" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A58" s="14"/>
+      <c r="B58" s="13"/>
+      <c r="C58" s="13"/>
+      <c r="D58" s="13"/>
+      <c r="E58" s="13"/>
+      <c r="F58" s="13"/>
+      <c r="G58" s="13"/>
+      <c r="H58" s="13"/>
+      <c r="I58" s="13"/>
+      <c r="J58" s="13"/>
+      <c r="K58" s="13"/>
+      <c r="L58" s="13"/>
+      <c r="M58" s="13"/>
+      <c r="N58" s="13"/>
+    </row>
+    <row r="59" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A59" s="14"/>
+      <c r="B59" s="13"/>
+      <c r="C59" s="13"/>
+      <c r="D59" s="13"/>
+      <c r="E59" s="13"/>
+      <c r="F59" s="13"/>
+      <c r="G59" s="13"/>
+      <c r="H59" s="13"/>
+      <c r="I59" s="13"/>
+      <c r="J59" s="13"/>
+      <c r="K59" s="13"/>
+      <c r="L59" s="13"/>
+      <c r="M59" s="13"/>
+      <c r="N59" s="13"/>
+    </row>
+    <row r="60" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A60" s="14"/>
+      <c r="B60" s="13"/>
+      <c r="C60" s="13"/>
+      <c r="D60" s="13"/>
+      <c r="E60" s="13"/>
+      <c r="F60" s="13"/>
+      <c r="G60" s="13"/>
+      <c r="H60" s="13"/>
+      <c r="I60" s="13"/>
+      <c r="J60" s="13"/>
+      <c r="K60" s="13"/>
+      <c r="L60" s="13"/>
+      <c r="M60" s="13"/>
+      <c r="N60" s="13"/>
+    </row>
+    <row r="61" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A61" s="14"/>
+      <c r="B61" s="13"/>
+      <c r="C61" s="13"/>
+      <c r="D61" s="13"/>
+      <c r="E61" s="13"/>
+      <c r="F61" s="13"/>
+      <c r="G61" s="13"/>
+      <c r="H61" s="13"/>
+      <c r="I61" s="13"/>
+      <c r="J61" s="13"/>
+      <c r="K61" s="13"/>
+      <c r="L61" s="13"/>
+      <c r="M61" s="13"/>
+      <c r="N61" s="13"/>
+    </row>
+    <row r="62" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A62" s="14"/>
+      <c r="B62" s="13"/>
+      <c r="C62" s="13"/>
+      <c r="D62" s="13"/>
+      <c r="E62" s="13"/>
+      <c r="F62" s="13"/>
+      <c r="G62" s="13"/>
+      <c r="H62" s="13"/>
+      <c r="I62" s="13"/>
+      <c r="J62" s="13"/>
+      <c r="K62" s="13"/>
+      <c r="L62" s="13"/>
+      <c r="M62" s="13"/>
+      <c r="N62" s="13"/>
+    </row>
+    <row r="63" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A63" s="14"/>
+      <c r="B63" s="13"/>
+      <c r="C63" s="13"/>
+      <c r="D63" s="13"/>
+      <c r="E63" s="13"/>
+      <c r="F63" s="13"/>
+      <c r="G63" s="13"/>
+      <c r="H63" s="13"/>
+      <c r="I63" s="13"/>
+      <c r="J63" s="13"/>
+      <c r="K63" s="13"/>
+      <c r="L63" s="13"/>
+      <c r="M63" s="13"/>
+      <c r="N63" s="13"/>
+    </row>
+    <row r="64" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A64" s="14"/>
+      <c r="B64" s="13"/>
+      <c r="C64" s="13"/>
+      <c r="D64" s="13"/>
+      <c r="E64" s="13"/>
+      <c r="F64" s="13"/>
+      <c r="G64" s="13"/>
+      <c r="H64" s="13"/>
+      <c r="I64" s="13"/>
+      <c r="J64" s="13"/>
+      <c r="K64" s="13"/>
+      <c r="L64" s="13"/>
+      <c r="M64" s="13"/>
+      <c r="N64" s="13"/>
+    </row>
+    <row r="65" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A65" s="14"/>
+      <c r="B65" s="13"/>
+      <c r="C65" s="13"/>
+      <c r="D65" s="13"/>
+      <c r="E65" s="13"/>
+      <c r="F65" s="13"/>
+      <c r="G65" s="13"/>
+      <c r="H65" s="13"/>
+      <c r="I65" s="13"/>
+      <c r="J65" s="13"/>
+      <c r="K65" s="13"/>
+      <c r="L65" s="13"/>
+      <c r="M65" s="13"/>
+      <c r="N65" s="13"/>
+    </row>
+    <row r="66" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A66" s="14"/>
+      <c r="B66" s="13"/>
+      <c r="C66" s="13"/>
+      <c r="D66" s="13"/>
+      <c r="E66" s="13"/>
+      <c r="F66" s="13"/>
+      <c r="G66" s="13"/>
+      <c r="H66" s="13"/>
+      <c r="I66" s="13"/>
+      <c r="J66" s="13"/>
+      <c r="K66" s="13"/>
+      <c r="L66" s="13"/>
+      <c r="M66" s="13"/>
+      <c r="N66" s="13"/>
+    </row>
+    <row r="67" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A67" s="14"/>
+      <c r="B67" s="13"/>
+      <c r="C67" s="13"/>
+      <c r="D67" s="13"/>
+      <c r="E67" s="13"/>
+      <c r="F67" s="13"/>
+      <c r="G67" s="13"/>
+      <c r="H67" s="13"/>
+      <c r="I67" s="13"/>
+      <c r="J67" s="13"/>
+      <c r="K67" s="13"/>
+      <c r="L67" s="13"/>
+      <c r="M67" s="13"/>
+      <c r="N67" s="13"/>
     </row>
   </sheetData>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.51181102362204722" bottom="0.82677165354330717" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;"Arial,Normal"&amp;6Service de la statistique du canton de Fribourg-RM
 &amp;Z&amp;F-&amp;D-&amp;T&amp;R&amp;"Arial,Normal"&amp;6&amp;P/&amp;N</oddFooter>
   </headerFooter>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{367962FE-7D58-4241-880E-E5E98DAFC29E}">
+  <dimension ref="A1:E17"/>
+  <sheetViews>
+    <sheetView showGridLines="0" zoomScale="130" zoomScaleNormal="130" workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="10.5" customHeight="1" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="7.375" style="36" customWidth="1"/>
+    <col min="2" max="2" width="33" style="36" customWidth="1"/>
+    <col min="3" max="3" width="3" style="36" customWidth="1"/>
+    <col min="4" max="4" width="7.375" style="36" customWidth="1"/>
+    <col min="5" max="5" width="33" style="36" customWidth="1"/>
+    <col min="6" max="16384" width="11" style="36"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:5" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="35" t="s">
+        <v>43</v>
+      </c>
+      <c r="D1" s="35" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="2" spans="1:5" s="38" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A2" s="37" t="s">
+        <v>14</v>
+      </c>
+      <c r="D2" s="37" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="3" spans="1:5" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="39" t="s">
+        <v>45</v>
+      </c>
+      <c r="B3" s="40" t="s">
+        <v>46</v>
+      </c>
+      <c r="C3" s="41"/>
+      <c r="D3" s="39" t="s">
+        <v>47</v>
+      </c>
+      <c r="E3" s="39" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="42" t="s">
+        <v>49</v>
+      </c>
+      <c r="B4" s="43" t="s">
+        <v>50</v>
+      </c>
+      <c r="C4" s="44"/>
+      <c r="D4" s="42" t="s">
+        <v>49</v>
+      </c>
+      <c r="E4" s="43" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="5" spans="1:5" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="45" t="s">
+        <v>52</v>
+      </c>
+      <c r="B5" s="46" t="s">
+        <v>53</v>
+      </c>
+      <c r="C5" s="44"/>
+      <c r="D5" s="45" t="s">
+        <v>54</v>
+      </c>
+      <c r="E5" s="46" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="6" spans="1:5" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="47" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" s="43" t="s">
+        <v>57</v>
+      </c>
+      <c r="C6" s="44"/>
+      <c r="D6" s="47" t="s">
+        <v>58</v>
+      </c>
+      <c r="E6" s="43" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="7" spans="1:5" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="45" t="s">
+        <v>60</v>
+      </c>
+      <c r="B7" s="46" t="s">
+        <v>61</v>
+      </c>
+      <c r="C7" s="44"/>
+      <c r="D7" s="45" t="s">
+        <v>60</v>
+      </c>
+      <c r="E7" s="46" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="42" t="s">
+        <v>63</v>
+      </c>
+      <c r="B8" s="43" t="s">
+        <v>64</v>
+      </c>
+      <c r="C8" s="44"/>
+      <c r="D8" s="42" t="s">
+        <v>63</v>
+      </c>
+      <c r="E8" s="43" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="45" t="s">
+        <v>66</v>
+      </c>
+      <c r="B9" s="46" t="s">
+        <v>67</v>
+      </c>
+      <c r="C9" s="44"/>
+      <c r="D9" s="45" t="s">
+        <v>66</v>
+      </c>
+      <c r="E9" s="46" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="42" t="s">
+        <v>69</v>
+      </c>
+      <c r="B10" s="43" t="s">
+        <v>70</v>
+      </c>
+      <c r="C10" s="44"/>
+      <c r="D10" s="42" t="s">
+        <v>69</v>
+      </c>
+      <c r="E10" s="43" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="48" t="s">
+        <v>72</v>
+      </c>
+      <c r="B11" s="49" t="s">
+        <v>73</v>
+      </c>
+      <c r="C11" s="44"/>
+      <c r="D11" s="48" t="s">
+        <v>72</v>
+      </c>
+      <c r="E11" s="49" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="50"/>
+      <c r="D12" s="50"/>
+    </row>
+    <row r="13" spans="1:5" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="50"/>
+      <c r="D13" s="50"/>
+    </row>
+    <row r="14" spans="1:5" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="51"/>
+      <c r="D14" s="50"/>
+    </row>
+    <row r="15" spans="1:5" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="51"/>
+      <c r="D15" s="50"/>
+    </row>
+    <row r="16" spans="1:5" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="50"/>
+      <c r="D16" s="50"/>
+    </row>
+    <row r="17" spans="1:4" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="50"/>
+      <c r="D17" s="50"/>
+    </row>
+  </sheetData>
+  <printOptions horizontalCentered="1"/>
+  <pageMargins left="0.23622047244094491" right="0.19685039370078741" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Plages nommées</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
-[...1 lines deleted...]
-      <vt:lpstr>'te442'!Zone_d_impression</vt:lpstr>
+    <vt:vector size="3" baseType="lpstr">
+      <vt:lpstr>T442</vt:lpstr>
+      <vt:lpstr>Signes - Zeichen</vt:lpstr>
+      <vt:lpstr>'T442'!Zone_d_impression</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Etat de Fribourg</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>C I E F</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>