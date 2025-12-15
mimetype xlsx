--- v0 (2025-12-05)
+++ v1 (2025-12-15)
@@ -1,91 +1,87 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="L:\00 Bases statistiques et produits généraux\01 Synthèses\03 Site Internet\06 Pages sous-produits\03 Economie\0602 Entreprises et emplois\2025-01\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\ad.net.fr.ch\dfs\DEE\SSD\WP\00 Bases statistiques et produits généraux\01 Synthèses\03 Site Internet\06 Pages sous-produits\03 Economie\0602 Entreprises et emplois\2025-02\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6EC6EDA2-EDEE-412A-BBD1-5C85818B43B9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2E18C3D7-26BA-43EB-9E76-B14FA76CFCF4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="te069" sheetId="7" r:id="rId1"/>
     <sheet name="Signes - Zeichen" sheetId="9" r:id="rId2"/>
   </sheets>
-  <externalReferences>
-[...1 lines deleted...]
-  </externalReferences>
   <definedNames>
     <definedName name="_AMO_UniqueIdentifier" localSheetId="1" hidden="1">"'7615af9c-4c39-45be-bde5-41d245b495e1'"</definedName>
     <definedName name="_AMO_UniqueIdentifier" hidden="1">"'4ec6d868-249a-476c-be85-f60992101c48'"</definedName>
     <definedName name="cube">#REF!</definedName>
     <definedName name="cubr">#REF!</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'te069'!$A$1:$I$75</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'te069'!$A$1:$I$76</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="112" uniqueCount="97">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="113" uniqueCount="98">
   <si>
     <t>ZH</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>SO</t>
   </si>
   <si>
@@ -243,64 +239,50 @@
     </r>
     <r>
       <rPr>
         <sz val="6"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Allfällige Unterschiede zwischen Gesamtsumme und addierten Einzelwerten sind auf Rundungsdifferenzen zurückzuführen </t>
     </r>
   </si>
   <si>
     <r>
       <t>Fribourg / Freiburg</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="6.5"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>2</t>
     </r>
   </si>
   <si>
-    <r>
-[...12 lines deleted...]
-  <si>
     <t>T06-02-01</t>
   </si>
   <si>
     <r>
       <t>Canton de Fribourg</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="6.5"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>4</t>
     </r>
   </si>
   <si>
     <r>
       <t>Kanton Freiburg</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
@@ -325,69 +307,50 @@
       <rPr>
         <sz val="6"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Selon LAgg du 19.9.1995 et Statuts Agglo Fribourg-Freiburg 2008: Avry, Belfaux, Corminboeuf, Düdingen, Fribourg, Givisiez, Granges-Paccot, Marly, Matran, Villars-sur-Glâne</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="6"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>2</t>
     </r>
     <r>
       <rPr>
         <sz val="6"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Gemäss AggG vom 19.9.1995 und Statuten Agglo Fribourg-Freiburg 2008: Avry, Belfaux, Corminboeuf, Düdingen, Freiburg, Givisiez, Granges-Paccot, Marly, Matran, Villars-sur-Glâne</t>
-    </r>
-[...17 lines deleted...]
-      <t>Selon le projet d'agglomération Mobul: Bulle, Morlon, Le Pâquier, Riaz, Vuadens / Gemäss Mobul-Agglomerationsprojekt: Bulle, Morlon, Le Pâquier, Riaz, Vuadens</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="6"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>4</t>
     </r>
     <r>
       <rPr>
         <sz val="6"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Les données de Clavaleyres, commune anciennement bernoise fusionnée avec Morat au 1</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="6"/>
         <rFont val="Arial"/>
@@ -498,78 +461,154 @@
   <si>
     <t>Explication</t>
   </si>
   <si>
     <t>Zeichen</t>
   </si>
   <si>
     <t>Erklärung</t>
   </si>
   <si>
     <t xml:space="preserve">Valeur très faible, arrondie à zéro, mais non nulle </t>
   </si>
   <si>
     <t>0 oder 0,0</t>
   </si>
   <si>
     <t>Sehr kleiner Wert, auf Null gerundet, aber nicht genau null</t>
   </si>
   <si>
     <t>(Zahl)</t>
   </si>
   <si>
     <t>( )</t>
   </si>
   <si>
-    <t>Actualisation / Aktualisiert am: 29.08.2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Emplois et équivalents plein temps, par secteur économique, canton, district et agglomération, de 2011 à 2023</t>
   </si>
   <si>
     <t>Beschäftigte und Vollzeitäquivalente nach Wirtschaftssektor, Kanton, Bezirk und Agglomeration von 2011 bis 2023</t>
   </si>
   <si>
     <t>Suisse / Schweiz (2023)</t>
   </si>
   <si>
     <t>Canton de Fribourg (2023)</t>
   </si>
   <si>
     <t>Kanton Freiburg (2023)</t>
   </si>
   <si>
-    <t xml:space="preserve">Agglomération (2023) </t>
-[...4 lines deleted...]
-  <si>
     <t>Source : Statistique structurelle des entreprises (STATENT), de 2011 à 2023 - Office fédéral de la statistique, Neuchâtel</t>
   </si>
   <si>
     <t>Quelle: Statistik der Unternehmensstruktur (STATENT) von 2011 bis 2023 - Bundesamt für Statistik, Neuenburg, te25-069</t>
+  </si>
+  <si>
+    <t>Actualisation / Aktualisiert am: 02.12.2025</t>
+  </si>
+  <si>
+    <r>
+      <t>Agglomération (2023)</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="6.5"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>r</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Agglomeration (2023)</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="6.5"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>r</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Bulle</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="6.5"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>r3</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="6"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>3</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="6"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Selon les statuts de l'association de communes Mobul 2024: Broc, Bulle, Echarlens, Gruyères, Le Pâquier, Marsens, Morlon,  Riaz, Vuadens</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="6"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>3</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="6"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Gemäss Statuten des Gemeindeverbands Mobul 2024: Broc, Bulle, Echarlens, Gruyères, Le Pâquier, Marsens, Morlon,  Riaz, Vuadens</t>
+    </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="165" formatCode="#\ ##0\,0"/>
     <numFmt numFmtId="166" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="23">
     <font>
       <sz val="10"/>
       <name val="Helv"/>
     </font>
     <font>
       <sz val="6.5"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="6.5"/>
       <name val="Arial"/>
@@ -836,51 +875,51 @@
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="8">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="165" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="71">
+  <cellXfs count="72">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="15" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
@@ -1035,99 +1074,80 @@
     <xf numFmtId="0" fontId="1" fillId="4" borderId="2" xfId="7" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="5" xfId="7" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="7" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="3" xfId="7" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="7" applyFont="1"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="6" applyFont="1"/>
     <xf numFmtId="3" fontId="2" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="1" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="1" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="2" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="8">
     <cellStyle name="Milliers 2" xfId="4" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Normal 2 2 2" xfId="6" xr:uid="{2B5E04E7-50F9-4960-8C96-11A8B2E8AB7A}"/>
     <cellStyle name="Normal 3" xfId="5" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Normal 5 2" xfId="7" xr:uid="{481E021D-1BF2-43CA-AFD8-15F2D60F86E4}"/>
     <cellStyle name="Standard_Tabelle1" xfId="2" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="virgule" xfId="3" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
-[...21 lines deleted...]
-</externalLink>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1381,115 +1401,115 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="A1:AG77"/>
+  <dimension ref="A1:AG78"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="130" zoomScaleNormal="130" zoomScaleSheetLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="9" defaultRowHeight="10.5" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="19.42578125" style="3" customWidth="1"/>
     <col min="2" max="8" width="9" style="3" customWidth="1"/>
     <col min="9" max="9" width="9.85546875" style="3" customWidth="1"/>
     <col min="10" max="16384" width="9" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" s="2" customFormat="1" ht="12" customHeight="1">
       <c r="A1" s="9" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="B1" s="10"/>
       <c r="C1" s="10"/>
       <c r="D1" s="10"/>
       <c r="E1" s="10"/>
       <c r="F1" s="10"/>
       <c r="G1" s="11"/>
       <c r="H1" s="11"/>
       <c r="I1" s="11"/>
     </row>
     <row r="2" spans="1:12" s="2" customFormat="1" ht="12" customHeight="1">
       <c r="A2" s="12" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="B2" s="10"/>
       <c r="C2" s="10"/>
       <c r="D2" s="10"/>
       <c r="E2" s="10"/>
       <c r="F2" s="10"/>
       <c r="G2" s="13"/>
       <c r="H2" s="13"/>
       <c r="I2" s="13"/>
     </row>
     <row r="3" spans="1:12" ht="10.5" customHeight="1">
       <c r="A3" s="14" t="s">
         <v>27</v>
       </c>
       <c r="B3" s="15"/>
       <c r="C3" s="15"/>
       <c r="D3" s="15"/>
       <c r="E3" s="15"/>
       <c r="F3" s="15"/>
       <c r="G3" s="16"/>
       <c r="H3" s="16"/>
       <c r="I3" s="16"/>
     </row>
     <row r="4" spans="1:12" s="1" customFormat="1" ht="10.5" customHeight="1">
       <c r="A4" s="17"/>
       <c r="B4" s="68"/>
       <c r="C4" s="68"/>
       <c r="D4" s="68"/>
       <c r="E4" s="68"/>
       <c r="F4" s="68"/>
       <c r="G4" s="68"/>
       <c r="H4" s="68"/>
       <c r="I4" s="68"/>
     </row>
     <row r="5" spans="1:12" ht="10.5" customHeight="1">
       <c r="A5" s="27" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="B5" s="30" t="s">
         <v>28</v>
       </c>
       <c r="C5" s="31"/>
       <c r="D5" s="31"/>
       <c r="E5" s="32"/>
       <c r="F5" s="30" t="s">
         <v>29</v>
       </c>
       <c r="G5" s="31"/>
       <c r="H5" s="31"/>
       <c r="I5" s="32"/>
     </row>
     <row r="6" spans="1:12" ht="10.5" customHeight="1">
       <c r="A6" s="28"/>
       <c r="B6" s="33" t="s">
         <v>26</v>
       </c>
       <c r="C6" s="33" t="s">
         <v>30</v>
       </c>
       <c r="D6" s="33" t="s">
         <v>31</v>
       </c>
@@ -1512,51 +1532,51 @@
     <row r="7" spans="1:12" ht="10.5" customHeight="1">
       <c r="A7" s="29"/>
       <c r="B7" s="34"/>
       <c r="C7" s="34" t="s">
         <v>33</v>
       </c>
       <c r="D7" s="34" t="s">
         <v>34</v>
       </c>
       <c r="E7" s="34" t="s">
         <v>35</v>
       </c>
       <c r="F7" s="34"/>
       <c r="G7" s="34" t="s">
         <v>33</v>
       </c>
       <c r="H7" s="34" t="s">
         <v>34</v>
       </c>
       <c r="I7" s="34" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="8" spans="1:12" s="4" customFormat="1" ht="10.5" customHeight="1">
       <c r="A8" s="44" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="B8" s="37">
         <v>5644870</v>
       </c>
       <c r="C8" s="37">
         <v>158832</v>
       </c>
       <c r="D8" s="38">
         <v>1117489</v>
       </c>
       <c r="E8" s="38">
         <v>4368549</v>
       </c>
       <c r="F8" s="37">
         <v>4379509.9962943001</v>
       </c>
       <c r="G8" s="37">
         <v>104968.8338463</v>
       </c>
       <c r="H8" s="38">
         <v>1020321.3203921</v>
       </c>
       <c r="I8" s="26">
         <v>3254219.8420559</v>
       </c>
@@ -2349,64 +2369,64 @@
         <v>11669</v>
       </c>
       <c r="D34" s="39">
         <v>142512</v>
       </c>
       <c r="E34" s="39">
         <v>987722</v>
       </c>
       <c r="F34" s="39">
         <v>875864.83146480005</v>
       </c>
       <c r="G34" s="39">
         <v>7916.1870214999999</v>
       </c>
       <c r="H34" s="39">
         <v>129809.60316860001</v>
       </c>
       <c r="I34" s="35">
         <v>738139.04127469996</v>
       </c>
       <c r="K34" s="67"/>
       <c r="L34" s="67"/>
     </row>
     <row r="35" spans="1:33" ht="10.5" customHeight="1">
       <c r="A35" s="46" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="B35" s="40"/>
       <c r="C35" s="40"/>
       <c r="D35" s="41"/>
       <c r="E35" s="41"/>
       <c r="F35" s="40"/>
       <c r="G35" s="40"/>
       <c r="H35" s="41"/>
       <c r="I35" s="24"/>
     </row>
     <row r="36" spans="1:33" ht="10.5" customHeight="1">
       <c r="A36" s="46" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="B36" s="38">
         <v>166675</v>
       </c>
       <c r="C36" s="38">
         <v>8580</v>
       </c>
       <c r="D36" s="38">
         <v>39677</v>
       </c>
       <c r="E36" s="38">
         <v>118418</v>
       </c>
       <c r="F36" s="38">
         <v>126969.6098256</v>
       </c>
       <c r="G36" s="38">
         <v>6286.5095774000001</v>
       </c>
       <c r="H36" s="38">
         <v>36072.287833399998</v>
       </c>
       <c r="I36" s="26">
         <v>84610.812414800006</v>
       </c>
@@ -2648,72 +2668,72 @@
       <c r="O44" s="6"/>
       <c r="P44" s="6"/>
       <c r="Q44" s="6"/>
       <c r="R44" s="6"/>
       <c r="S44" s="6"/>
       <c r="T44" s="6"/>
       <c r="U44" s="6"/>
       <c r="V44" s="6"/>
       <c r="W44" s="6"/>
       <c r="X44" s="6"/>
       <c r="Y44" s="6"/>
       <c r="Z44" s="6"/>
       <c r="AA44" s="6"/>
       <c r="AB44" s="6"/>
       <c r="AC44" s="6"/>
       <c r="AD44" s="6"/>
       <c r="AE44" s="6"/>
       <c r="AF44" s="6"/>
       <c r="AG44" s="6"/>
     </row>
     <row r="45" spans="1:33" s="4" customFormat="1" ht="10.5" customHeight="1">
       <c r="A45" s="46" t="s">
         <v>94</v>
       </c>
       <c r="B45" s="38">
-        <v>88290</v>
+        <v>91770</v>
       </c>
       <c r="C45" s="38">
-        <v>761</v>
+        <v>887</v>
       </c>
       <c r="D45" s="38">
-        <v>16035</v>
+        <v>16986</v>
       </c>
       <c r="E45" s="38">
-        <v>71494</v>
+        <v>73897</v>
       </c>
       <c r="F45" s="38">
-        <v>67469.005926400001</v>
+        <v>70085.308617300005</v>
       </c>
       <c r="G45" s="38">
-        <v>549.02603369999997</v>
+        <v>641.84403369999995</v>
       </c>
       <c r="H45" s="38">
-        <v>14804.264253699999</v>
+        <v>15655.8880078</v>
       </c>
       <c r="I45" s="26">
-        <v>52115.715639000002</v>
+        <v>53787.576575799998</v>
       </c>
       <c r="J45" s="6"/>
       <c r="K45" s="70"/>
       <c r="L45" s="70"/>
       <c r="M45" s="6"/>
       <c r="N45" s="6"/>
       <c r="O45" s="6"/>
       <c r="P45" s="6"/>
       <c r="Q45" s="6"/>
       <c r="R45" s="6"/>
       <c r="S45" s="6"/>
       <c r="T45" s="6"/>
       <c r="U45" s="6"/>
       <c r="V45" s="6"/>
       <c r="W45" s="6"/>
       <c r="X45" s="6"/>
       <c r="Y45" s="6"/>
       <c r="Z45" s="6"/>
       <c r="AA45" s="6"/>
       <c r="AB45" s="6"/>
       <c r="AC45" s="6"/>
       <c r="AD45" s="6"/>
       <c r="AE45" s="6"/>
       <c r="AF45" s="6"/>
       <c r="AG45" s="6"/>
@@ -2751,117 +2771,117 @@
       <c r="L46" s="70"/>
       <c r="M46" s="5"/>
       <c r="N46" s="5"/>
       <c r="O46" s="5"/>
       <c r="P46" s="5"/>
       <c r="Q46" s="5"/>
       <c r="R46" s="5"/>
       <c r="S46" s="5"/>
       <c r="T46" s="5"/>
       <c r="U46" s="5"/>
       <c r="V46" s="5"/>
       <c r="W46" s="5"/>
       <c r="X46" s="5"/>
       <c r="Y46" s="5"/>
       <c r="Z46" s="5"/>
       <c r="AA46" s="5"/>
       <c r="AB46" s="5"/>
       <c r="AC46" s="5"/>
       <c r="AD46" s="5"/>
       <c r="AE46" s="5"/>
       <c r="AF46" s="5"/>
       <c r="AG46" s="5"/>
     </row>
     <row r="47" spans="1:33" ht="10.5" customHeight="1">
       <c r="A47" s="45" t="s">
-        <v>46</v>
+        <v>95</v>
       </c>
       <c r="B47" s="39">
-        <v>20424</v>
+        <v>23904</v>
       </c>
       <c r="C47" s="39">
-        <v>244</v>
+        <v>370</v>
       </c>
       <c r="D47" s="39">
-        <v>6971</v>
+        <v>7922</v>
       </c>
       <c r="E47" s="39">
-        <v>13209</v>
+        <v>15612</v>
       </c>
       <c r="F47" s="39">
-        <v>16500.267605500001</v>
+        <v>19116.570296400001</v>
       </c>
       <c r="G47" s="39">
-        <v>191.22636230000001</v>
+        <v>284.04436229999999</v>
       </c>
       <c r="H47" s="39">
-        <v>6534.3881799999999</v>
+        <v>7386.0119341</v>
       </c>
       <c r="I47" s="35">
-        <v>9774.6530631999995</v>
+        <v>11446.513999999999</v>
       </c>
       <c r="J47" s="5"/>
       <c r="K47" s="70"/>
       <c r="L47" s="70"/>
       <c r="M47" s="5"/>
       <c r="N47" s="5"/>
       <c r="O47" s="5"/>
       <c r="P47" s="5"/>
       <c r="Q47" s="5"/>
       <c r="R47" s="5"/>
       <c r="S47" s="5"/>
       <c r="T47" s="5"/>
       <c r="U47" s="5"/>
       <c r="V47" s="5"/>
       <c r="W47" s="5"/>
       <c r="X47" s="5"/>
       <c r="Y47" s="5"/>
       <c r="Z47" s="5"/>
       <c r="AA47" s="5"/>
       <c r="AB47" s="5"/>
       <c r="AC47" s="5"/>
       <c r="AD47" s="5"/>
       <c r="AE47" s="5"/>
       <c r="AF47" s="5"/>
       <c r="AG47" s="5"/>
     </row>
     <row r="48" spans="1:33" ht="10.5" customHeight="1">
       <c r="A48" s="46" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="B48" s="41"/>
       <c r="C48" s="41"/>
       <c r="D48" s="41"/>
       <c r="E48" s="41"/>
       <c r="F48" s="41"/>
       <c r="G48" s="41"/>
       <c r="H48" s="41"/>
       <c r="I48" s="24"/>
     </row>
     <row r="49" spans="1:12" ht="10.5" customHeight="1">
       <c r="A49" s="46" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="B49" s="37"/>
       <c r="C49" s="37"/>
       <c r="D49" s="38"/>
       <c r="E49" s="38"/>
       <c r="F49" s="37"/>
       <c r="G49" s="37"/>
       <c r="H49" s="38"/>
       <c r="I49" s="26"/>
     </row>
     <row r="50" spans="1:12" ht="10.5" customHeight="1">
       <c r="A50" s="45">
         <v>2011</v>
       </c>
       <c r="B50" s="39">
         <v>139504</v>
       </c>
       <c r="C50" s="39">
         <v>9216</v>
       </c>
       <c r="D50" s="39">
         <v>35236</v>
       </c>
       <c r="E50" s="39">
         <v>95052</v>
@@ -3270,340 +3290,359 @@
       </c>
       <c r="B64" s="20"/>
       <c r="C64" s="20"/>
       <c r="D64" s="20"/>
       <c r="E64" s="20"/>
       <c r="F64" s="20"/>
       <c r="G64" s="20"/>
       <c r="H64" s="20"/>
       <c r="I64" s="20"/>
     </row>
     <row r="65" spans="1:9" s="7" customFormat="1" ht="9.75" customHeight="1">
       <c r="A65" s="47" t="s">
         <v>44</v>
       </c>
       <c r="B65" s="20"/>
       <c r="C65" s="20"/>
       <c r="D65" s="20"/>
       <c r="E65" s="20"/>
       <c r="F65" s="20"/>
       <c r="G65" s="20"/>
       <c r="H65" s="20"/>
       <c r="I65" s="20"/>
     </row>
     <row r="66" spans="1:9" s="7" customFormat="1" ht="9.75" customHeight="1">
       <c r="A66" s="22" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B66" s="48"/>
       <c r="C66" s="48"/>
       <c r="D66" s="48"/>
       <c r="E66" s="48"/>
       <c r="F66" s="48"/>
       <c r="G66" s="48"/>
       <c r="H66" s="48"/>
       <c r="I66" s="49"/>
     </row>
     <row r="67" spans="1:9" s="7" customFormat="1" ht="9.75" customHeight="1">
       <c r="A67" s="22" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="B67" s="48"/>
       <c r="C67" s="48"/>
       <c r="D67" s="48"/>
       <c r="E67" s="48"/>
       <c r="F67" s="48"/>
       <c r="G67" s="48"/>
       <c r="H67" s="48"/>
       <c r="I67" s="49"/>
     </row>
     <row r="68" spans="1:9" s="7" customFormat="1" ht="9.75" customHeight="1">
-      <c r="A68" s="22" t="s">
-[...7 lines deleted...]
-      <c r="G68" s="48"/>
+      <c r="A68" s="71" t="s">
+        <v>96</v>
+      </c>
+      <c r="B68" s="71"/>
+      <c r="C68" s="71"/>
+      <c r="D68" s="71"/>
+      <c r="E68" s="71"/>
+      <c r="F68" s="71"/>
+      <c r="G68" s="71"/>
       <c r="H68" s="48"/>
       <c r="I68" s="49"/>
     </row>
     <row r="69" spans="1:9" s="7" customFormat="1" ht="9.75" customHeight="1">
-      <c r="A69" s="22" t="s">
-[...7 lines deleted...]
-      <c r="G69" s="48"/>
+      <c r="A69" s="71" t="s">
+        <v>97</v>
+      </c>
+      <c r="B69" s="71"/>
+      <c r="C69" s="71"/>
+      <c r="D69" s="71"/>
+      <c r="E69" s="71"/>
+      <c r="F69" s="71"/>
+      <c r="G69" s="71"/>
       <c r="H69" s="48"/>
       <c r="I69" s="49"/>
     </row>
     <row r="70" spans="1:9" s="7" customFormat="1" ht="9.75" customHeight="1">
       <c r="A70" s="22" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="B70" s="48"/>
       <c r="C70" s="48"/>
       <c r="D70" s="48"/>
       <c r="E70" s="48"/>
       <c r="F70" s="48"/>
       <c r="G70" s="48"/>
       <c r="H70" s="48"/>
       <c r="I70" s="49"/>
     </row>
     <row r="71" spans="1:9" s="7" customFormat="1" ht="9.75" customHeight="1">
-      <c r="A71" s="22"/>
-[...7 lines deleted...]
-      <c r="I71" s="22"/>
+      <c r="A71" s="22" t="s">
+        <v>52</v>
+      </c>
+      <c r="B71" s="48"/>
+      <c r="C71" s="48"/>
+      <c r="D71" s="48"/>
+      <c r="E71" s="48"/>
+      <c r="F71" s="48"/>
+      <c r="G71" s="48"/>
+      <c r="H71" s="48"/>
+      <c r="I71" s="49"/>
     </row>
     <row r="72" spans="1:9" s="7" customFormat="1" ht="9.75" customHeight="1">
-      <c r="A72" s="21" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A72" s="22"/>
       <c r="B72" s="22"/>
       <c r="C72" s="22"/>
       <c r="D72" s="22"/>
       <c r="E72" s="22"/>
       <c r="F72" s="22"/>
       <c r="G72" s="22"/>
       <c r="H72" s="22"/>
       <c r="I72" s="22"/>
     </row>
     <row r="73" spans="1:9" s="7" customFormat="1" ht="9.75" customHeight="1">
       <c r="A73" s="21" t="s">
-        <v>96</v>
+        <v>90</v>
       </c>
       <c r="B73" s="22"/>
       <c r="C73" s="22"/>
       <c r="D73" s="22"/>
       <c r="E73" s="22"/>
       <c r="F73" s="22"/>
       <c r="G73" s="22"/>
       <c r="H73" s="22"/>
-      <c r="I73" s="23"/>
-[...13 lines deleted...]
-    <row r="76" spans="1:9" s="7" customFormat="1" ht="10.5" customHeight="1"/>
+      <c r="I73" s="22"/>
+    </row>
+    <row r="74" spans="1:9" s="7" customFormat="1" ht="9.75" customHeight="1">
+      <c r="A74" s="21" t="s">
+        <v>91</v>
+      </c>
+      <c r="B74" s="22"/>
+      <c r="C74" s="22"/>
+      <c r="D74" s="22"/>
+      <c r="E74" s="22"/>
+      <c r="F74" s="22"/>
+      <c r="G74" s="22"/>
+      <c r="H74" s="22"/>
+      <c r="I74" s="23"/>
+    </row>
+    <row r="75" spans="1:9" s="7" customFormat="1" ht="10.5" customHeight="1"/>
+    <row r="76" spans="1:9" s="7" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A76" s="7" t="s">
+        <v>92</v>
+      </c>
+      <c r="D76" s="8"/>
+      <c r="E76" s="8"/>
+      <c r="F76" s="8"/>
+      <c r="G76" s="8"/>
+      <c r="H76" s="8"/>
+      <c r="I76" s="8"/>
+    </row>
     <row r="77" spans="1:9" s="7" customFormat="1" ht="10.5" customHeight="1"/>
+    <row r="78" spans="1:9" s="7" customFormat="1" ht="10.5" customHeight="1"/>
   </sheetData>
+  <mergeCells count="2">
+    <mergeCell ref="A68:G68"/>
+    <mergeCell ref="A69:G69"/>
+  </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.47244094488188981" bottom="0.55118110236220474" header="0.51181102362204722" footer="0.23622047244094491"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;"Arial,Normal"&amp;7Service de statistique du canton de Fribourg-RM
 &amp;Z&amp;F-&amp;D-&amp;T&amp;R&amp;"Arial,Normal"&amp;7&amp;P/&amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BEFD7270-4041-4216-A557-50B881F47A5B}">
   <dimension ref="A1:E17"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScale="130" zoomScaleNormal="130" workbookViewId="0"/>
+    <sheetView showGridLines="0" zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
+      <selection activeCell="I19" sqref="I19"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="10.5" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="8.42578125" style="51" customWidth="1"/>
     <col min="2" max="2" width="37.7109375" style="51" customWidth="1"/>
     <col min="3" max="3" width="3.42578125" style="51" customWidth="1"/>
     <col min="4" max="4" width="8.42578125" style="51" customWidth="1"/>
     <col min="5" max="5" width="37.7109375" style="51" customWidth="1"/>
     <col min="6" max="16384" width="11.42578125" style="51"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="10.5" customHeight="1">
       <c r="A1" s="50" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="D1" s="50" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
     </row>
     <row r="2" spans="1:5" s="53" customFormat="1" ht="15" customHeight="1">
       <c r="A2" s="52" t="s">
         <v>27</v>
       </c>
       <c r="D2" s="52" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="3" spans="1:5" ht="10.5" customHeight="1">
       <c r="A3" s="54" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="B3" s="55" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="C3" s="56"/>
       <c r="D3" s="54" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="E3" s="54" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="10.5" customHeight="1">
       <c r="A4" s="57" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="B4" s="58" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="C4" s="59"/>
       <c r="D4" s="57" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="E4" s="58" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="10.5" customHeight="1">
       <c r="A5" s="60" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="B5" s="61" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="C5" s="59"/>
       <c r="D5" s="60" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="E5" s="61" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
     </row>
     <row r="6" spans="1:5" ht="10.5" customHeight="1">
       <c r="A6" s="62" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="B6" s="58" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="C6" s="59"/>
       <c r="D6" s="62" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="E6" s="58" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
     </row>
     <row r="7" spans="1:5" ht="21" customHeight="1">
       <c r="A7" s="60" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="B7" s="61" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="C7" s="59"/>
       <c r="D7" s="60" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="E7" s="61" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
     </row>
     <row r="8" spans="1:5" ht="21" customHeight="1">
       <c r="A8" s="57" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="B8" s="58" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="C8" s="59"/>
       <c r="D8" s="57" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="E8" s="58" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
     </row>
     <row r="9" spans="1:5" ht="10.5" customHeight="1">
       <c r="A9" s="60" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="B9" s="61" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="C9" s="59"/>
       <c r="D9" s="60" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E9" s="61" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
     </row>
     <row r="10" spans="1:5" ht="10.5" customHeight="1">
       <c r="A10" s="57" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="B10" s="58" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="C10" s="59"/>
       <c r="D10" s="57" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="E10" s="58" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
     </row>
     <row r="11" spans="1:5" ht="10.5" customHeight="1">
       <c r="A11" s="63" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="B11" s="64" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="C11" s="59"/>
       <c r="D11" s="63" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="E11" s="64" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
     </row>
     <row r="12" spans="1:5" ht="10.5" customHeight="1">
       <c r="A12" s="65"/>
       <c r="D12" s="65"/>
     </row>
     <row r="13" spans="1:5" ht="10.5" customHeight="1">
       <c r="A13" s="65"/>
       <c r="D13" s="65"/>
     </row>
     <row r="14" spans="1:5" ht="10.5" customHeight="1">
       <c r="A14" s="66"/>
       <c r="D14" s="65"/>
     </row>
     <row r="15" spans="1:5" ht="10.5" customHeight="1">
       <c r="A15" s="66"/>
       <c r="D15" s="65"/>
     </row>
     <row r="16" spans="1:5" ht="10.5" customHeight="1">
       <c r="A16" s="65"/>
       <c r="D16" s="65"/>
     </row>
     <row r="17" spans="1:4" ht="10.5" customHeight="1">
       <c r="A17" s="65"/>
       <c r="D17" s="65"/>