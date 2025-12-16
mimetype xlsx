--- v0 (2025-12-05)
+++ v1 (2025-12-16)
@@ -1,98 +1,95 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29231"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="L:\00 Bases statistiques et produits généraux\01 Synthèses\03 Site Internet\06 Pages sous-produits\03 Economie\0503 Primes d'assurance-maladie\2025\2025_01\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\ad.net.fr.ch\dfs\DEE\SSD\WP\00 Bases statistiques et produits généraux\01 Synthèses\03 Site Internet\06 Pages sous-produits\03 Economie\0503 Primes d'assurance-maladie\2025_02\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F2DCF415-46FA-44A3-B0B4-4FCE8AB2BA2E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3FB4F8F7-0182-4769-ADF1-9F5549C98C16}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="te617" sheetId="12" r:id="rId1"/>
     <sheet name="Signes - Zeichen" sheetId="13" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_AMO_UniqueIdentifier" hidden="1">"'7b7603b5-956b-408c-b3b8-61aed3f2a3e8'"</definedName>
     <definedName name="En_tête" localSheetId="0">'te617'!$A$1:$G$9</definedName>
     <definedName name="En_tête">#REF!</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'te617'!$1:$7</definedName>
     <definedName name="Page1" localSheetId="0">'te617'!$A$10:$G$17</definedName>
     <definedName name="Page1">#REF!</definedName>
     <definedName name="Page2" localSheetId="0">'te617'!#REF!</definedName>
     <definedName name="Page2">#REF!</definedName>
     <definedName name="Source" localSheetId="0">'te617'!$A$18:$G$20</definedName>
     <definedName name="Source">#REF!</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'te617'!$A$1:$I$42</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'te617'!$A$1:$I$43</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="76" uniqueCount="50">
   <si>
     <t>—</t>
-  </si>
-[...1 lines deleted...]
-    <t>…</t>
   </si>
   <si>
     <t>Assurance complémentaire</t>
   </si>
   <si>
     <t>Krankenzusatzversicherung</t>
   </si>
   <si>
     <t>Canton de Fribourg
 Kanton Freiburg</t>
   </si>
   <si>
     <t>Suisse
 Schweiz</t>
   </si>
   <si>
     <t>Variation (%)
 Veränderung (%)</t>
   </si>
   <si>
     <t>Indice
 Index</t>
   </si>
   <si>
     <r>
@@ -109,210 +106,211 @@
       <t>1</t>
     </r>
   </si>
   <si>
     <r>
       <t>Obligatorische Krankenpflegeversicherung</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="6"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>1</t>
     </r>
   </si>
   <si>
     <t>T05-03-01</t>
   </si>
   <si>
     <t>Base: 1999 = 100 / Basis: 1999 = 100</t>
   </si>
   <si>
-    <t>Indice des primes d'assurance-maladie, de 1999 à 2025</t>
-[...11 lines deleted...]
-    <t>Quelle: Statistik der obligatorischen Krankenversicherung 1999-2023 - Bundesamt für Gesundheit, Bern; Krankenversicherungsprämien-Index (Zusatzversicherung) 1999-2025 - Bundesamt für Statistik, Neuenburg, te25-617</t>
+    <t>Légende des signes</t>
+  </si>
+  <si>
+    <t>Zeichenerklärung</t>
+  </si>
+  <si>
+    <t>Signes</t>
+  </si>
+  <si>
+    <t>Explication</t>
+  </si>
+  <si>
+    <t>Zeichen</t>
+  </si>
+  <si>
+    <t>Erklärung</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>Valeur rigoureusement nulle ou inexistante</t>
+  </si>
+  <si>
+    <t>Es kommt nichts vor (Wert genau Null)</t>
+  </si>
+  <si>
+    <t>0 ou 0,0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Valeur très faible, arrondie à zéro, mais non nulle </t>
+  </si>
+  <si>
+    <t>0 oder 0,0</t>
+  </si>
+  <si>
+    <t>Sehr kleiner Wert, auf Null gerundet, aber nicht genau null</t>
+  </si>
+  <si>
+    <t>(chiffre)</t>
+  </si>
+  <si>
+    <t>Résultat à interpréter avec prudence (trop peu d'observations)</t>
+  </si>
+  <si>
+    <t>(Zahl)</t>
+  </si>
+  <si>
+    <t>Resultat mit Vorsicht zu interpretieren (zu wenige Beobachtungen)</t>
+  </si>
+  <si>
+    <t>( )</t>
+  </si>
+  <si>
+    <t>Donnée confidentielle, non communiquée pour des raisons de protection des données</t>
+  </si>
+  <si>
+    <t>Zahlenangabe unterbleibt aus Gründen des Datenschutzes</t>
+  </si>
+  <si>
+    <t>...</t>
+  </si>
+  <si>
+    <t>Donnée inconnue, inconcevable ou non mentionnée pour des raisons statistiques</t>
+  </si>
+  <si>
+    <t>Zahl nicht bekannt, gegenstandslos oder aus statistischen Gründen nicht aufgeführt</t>
+  </si>
+  <si>
+    <t>r</t>
+  </si>
+  <si>
+    <t>Donnée revue et corrigée</t>
+  </si>
+  <si>
+    <t>Korrigierter Wert</t>
+  </si>
+  <si>
+    <t>p</t>
+  </si>
+  <si>
+    <t>Donnée provisoire</t>
+  </si>
+  <si>
+    <t>Provisorischer Wert</t>
+  </si>
+  <si>
+    <t>e</t>
+  </si>
+  <si>
+    <t>Donnée estimée</t>
+  </si>
+  <si>
+    <t>Geschätzter Wert</t>
+  </si>
+  <si>
+    <t>Indice des primes d'assurance-maladie, de 1999 à 2026</t>
+  </si>
+  <si>
+    <t>Krankenversicherungsprämien-Index 1999 bis 2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Source: Statistique de l'assurance-maladie obligatoire 1999-2024 - Office fédéral de la santé publique, Berne; Indice des primes d'assurance-maladie (assurance complémentaire) 1999-2025 - Office fédéral de la statistique, Neuchâtel </t>
+  </si>
+  <si>
+    <t>Quelle: Statistik der obligatorischen Krankenversicherung 1999-2024 - Bundesamt für Gesundheit, Bern; Krankenversicherungsprämien-Index (Zusatzversicherung) 1999-2025 - Bundesamt für Statistik, Neuenburg, te25-617</t>
   </si>
   <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="6"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">1 </t>
     </r>
     <r>
       <rPr>
         <sz val="6"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>Primes moyennes par assuré; estimations pour 2024 et 2025 publiées dans le cadre de l'aperçu des primes AOS 2025 de l'OFSP. Etat des données: 26.09.2024</t>
+      <t>Base: primes moyennes par assuré; estimations pour 2025 et 2026 publiées dans le cadre de l'aperçu des primes AOS 2026 de l'OFSP. Etat des données: 23.09.2025</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="6"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">1 </t>
     </r>
     <r>
       <rPr>
         <sz val="6"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>Mittlere Prämien je versicherte Person; Schätzungen für 2024 und 2025 publiziert im Rahmen der OKP Prämienübersicht 2025 vom BAG. Datenstand: 26.09.2024</t>
+      <t>Basis: mittlere Prämien je versicherte Person; Schätzungen für 2025 und 2026 publiziert im Rahmen der OKP Prämienübersicht 2025 vom BAG. Datenstand: 23.09.2025</t>
     </r>
   </si>
   <si>
-    <t>Légende des signes</t>
-[...92 lines deleted...]
-    <t>Geschätzter Wert</t>
+    <t>Actualisation / Aktualisiert am: 02.12.2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="4">
+  <numFmts count="5">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="0.0"/>
     <numFmt numFmtId="165" formatCode="#,##0.0_ ;\-#,##0.0\ "/>
     <numFmt numFmtId="166" formatCode="_-* #,##0.0_-;\-* #,##0.0_-;_-* &quot;-&quot;??_-;_-@_-"/>
+    <numFmt numFmtId="170" formatCode="0.0%"/>
   </numFmts>
-  <fonts count="19" x14ac:knownFonts="1">
+  <fonts count="20" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Helv"/>
     </font>
     <font>
       <sz val="6.5"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="6.5"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -369,50 +367,56 @@
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Helv"/>
     </font>
     <font>
       <vertAlign val="superscript"/>
       <sz val="6"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
+    <font>
+      <sz val="8"/>
+      <color rgb="FF000000"/>
+      <name val="Segoe UI"/>
+      <family val="2"/>
+    </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-4.9989318521683403E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor indexed="64"/>
       </patternFill>
@@ -565,62 +569,63 @@
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="9">
+  <cellStyleXfs count="10">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="15" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="15" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="59">
+  <cellXfs count="62">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
@@ -641,158 +646,166 @@
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="165" fontId="1" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="1" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="166" fontId="1" fillId="0" borderId="0" xfId="8" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
-    </xf>
-[...31 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="6"/>
     <xf numFmtId="0" fontId="17" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="6" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="11" xfId="6" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="6" xfId="6" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="13" xfId="6" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="5" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="13" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="6" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="6" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="13" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="5" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="6" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="8" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="6" applyFont="1"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="170" fontId="1" fillId="0" borderId="0" xfId="9" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
   </cellXfs>
-  <cellStyles count="9">
+  <cellStyles count="10">
     <cellStyle name="Milliers" xfId="8" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Normal 3" xfId="4" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Normal 4" xfId="5" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Normal 5" xfId="6" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="Normal 6" xfId="7" xr:uid="{A3D9364A-441C-4F7D-9B32-2E422FA35AD3}"/>
+    <cellStyle name="Pourcentage" xfId="9" builtinId="5"/>
     <cellStyle name="Pourcentage 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="Standard_LIK015M" xfId="3" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
@@ -1060,1334 +1073,1368 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8B65DBCD-A61A-40C2-B54D-A29DCBFC7A69}">
-  <dimension ref="A1:N44"/>
+  <dimension ref="A1:N45"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="130" zoomScaleNormal="130" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="8.26953125" defaultRowHeight="10.5" customHeight="1" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="8.28515625" defaultRowHeight="10.5" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="11.26953125" style="5" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="10" max="16384" width="8.26953125" style="6"/>
+    <col min="1" max="1" width="11.28515625" style="5" customWidth="1"/>
+    <col min="2" max="9" width="11.28515625" style="11" customWidth="1"/>
+    <col min="10" max="16384" width="8.28515625" style="6"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" s="3" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:11" s="3" customFormat="1" ht="11.25" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
     </row>
-    <row r="2" spans="1:11" ht="10" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:11" ht="11.25" x14ac:dyDescent="0.2">
       <c r="A2" s="4" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="B2" s="5"/>
       <c r="C2" s="5"/>
       <c r="D2" s="5"/>
       <c r="E2" s="5"/>
       <c r="F2" s="5"/>
       <c r="G2" s="5"/>
       <c r="H2" s="5"/>
       <c r="I2" s="5"/>
     </row>
-    <row r="3" spans="1:11" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:11" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
       <c r="D3" s="6"/>
       <c r="E3" s="7"/>
       <c r="F3" s="6"/>
       <c r="G3" s="6"/>
       <c r="H3" s="6"/>
       <c r="I3" s="7"/>
     </row>
-    <row r="4" spans="1:11" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:11" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="8" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B4" s="6"/>
       <c r="C4" s="6"/>
       <c r="D4" s="6"/>
       <c r="E4" s="6"/>
       <c r="F4" s="6"/>
       <c r="G4" s="6"/>
       <c r="H4" s="6"/>
       <c r="I4" s="6"/>
     </row>
-    <row r="5" spans="1:11" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:11" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="5"/>
       <c r="C5" s="5"/>
       <c r="D5" s="5"/>
       <c r="E5" s="5"/>
       <c r="F5" s="5"/>
       <c r="G5" s="5"/>
       <c r="H5" s="5"/>
       <c r="I5" s="5"/>
     </row>
-    <row r="6" spans="1:11" s="9" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:11" s="9" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="13" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="B6" s="15" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C6" s="21"/>
       <c r="D6" s="20"/>
       <c r="E6" s="17"/>
-      <c r="F6" s="36" t="s">
-[...6 lines deleted...]
-    <row r="7" spans="1:11" s="12" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="F6" s="47" t="s">
+        <v>3</v>
+      </c>
+      <c r="G6" s="48"/>
+      <c r="H6" s="48"/>
+      <c r="I6" s="49"/>
+    </row>
+    <row r="7" spans="1:11" s="12" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="18"/>
-      <c r="B7" s="39" t="s">
+      <c r="B7" s="50" t="s">
+        <v>7</v>
+      </c>
+      <c r="C7" s="51"/>
+      <c r="D7" s="50" t="s">
+        <v>1</v>
+      </c>
+      <c r="E7" s="52"/>
+      <c r="F7" s="50" t="s">
+        <v>7</v>
+      </c>
+      <c r="G7" s="51"/>
+      <c r="H7" s="50" t="s">
+        <v>1</v>
+      </c>
+      <c r="I7" s="51"/>
+    </row>
+    <row r="8" spans="1:11" s="12" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="19"/>
+      <c r="B8" s="44" t="s">
         <v>8</v>
       </c>
-      <c r="C7" s="40"/>
-      <c r="D7" s="39" t="s">
+      <c r="C8" s="45"/>
+      <c r="D8" s="44" t="s">
         <v>2</v>
       </c>
-      <c r="E7" s="41"/>
-      <c r="F7" s="39" t="s">
+      <c r="E8" s="46"/>
+      <c r="F8" s="44" t="s">
         <v>8</v>
       </c>
-      <c r="G7" s="40"/>
-      <c r="H7" s="39" t="s">
+      <c r="G8" s="45"/>
+      <c r="H8" s="44" t="s">
         <v>2</v>
       </c>
-      <c r="I7" s="40"/>
-[...20 lines deleted...]
-    <row r="9" spans="1:11" s="12" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="I8" s="45"/>
+    </row>
+    <row r="9" spans="1:11" s="12" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="14"/>
       <c r="B9" s="16" t="s">
+        <v>6</v>
+      </c>
+      <c r="C9" s="16" t="s">
+        <v>5</v>
+      </c>
+      <c r="D9" s="16" t="s">
+        <v>6</v>
+      </c>
+      <c r="E9" s="16" t="s">
+        <v>5</v>
+      </c>
+      <c r="F9" s="16" t="s">
+        <v>6</v>
+      </c>
+      <c r="G9" s="16" t="s">
+        <v>5</v>
+      </c>
+      <c r="H9" s="16" t="s">
+        <v>6</v>
+      </c>
+      <c r="I9" s="16" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="10" spans="1:11" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="23">
+        <v>1999</v>
+      </c>
+      <c r="B10" s="53">
+        <v>100</v>
+      </c>
+      <c r="C10" s="54" t="s">
+        <v>31</v>
+      </c>
+      <c r="D10" s="53">
+        <v>100</v>
+      </c>
+      <c r="E10" s="55" t="s">
+        <v>31</v>
+      </c>
+      <c r="F10" s="53">
+        <v>100</v>
+      </c>
+      <c r="G10" s="54" t="s">
+        <v>31</v>
+      </c>
+      <c r="H10" s="53">
+        <v>100</v>
+      </c>
+      <c r="I10" s="55" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="11" spans="1:11" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="24">
+        <v>2000</v>
+      </c>
+      <c r="B11" s="53">
+        <v>103.2</v>
+      </c>
+      <c r="C11" s="54">
+        <v>3.2</v>
+      </c>
+      <c r="D11" s="53">
+        <v>106.4</v>
+      </c>
+      <c r="E11" s="56">
+        <v>6.4</v>
+      </c>
+      <c r="F11" s="53">
+        <v>105.1</v>
+      </c>
+      <c r="G11" s="54">
+        <v>5.0999999999999996</v>
+      </c>
+      <c r="H11" s="53">
+        <v>104.2</v>
+      </c>
+      <c r="I11" s="56">
+        <v>4.2</v>
+      </c>
+      <c r="K11" s="25"/>
+    </row>
+    <row r="12" spans="1:11" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="24">
+        <v>2001</v>
+      </c>
+      <c r="B12" s="53">
+        <v>106.9</v>
+      </c>
+      <c r="C12" s="54">
+        <v>3.6</v>
+      </c>
+      <c r="D12" s="53">
+        <v>111.1</v>
+      </c>
+      <c r="E12" s="56">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="F12" s="53">
+        <v>109.8</v>
+      </c>
+      <c r="G12" s="54">
+        <v>4.5</v>
+      </c>
+      <c r="H12" s="53">
+        <v>109.4</v>
+      </c>
+      <c r="I12" s="56">
+        <v>5</v>
+      </c>
+      <c r="K12" s="25"/>
+    </row>
+    <row r="13" spans="1:11" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="24">
+        <v>2002</v>
+      </c>
+      <c r="B13" s="53">
+        <v>116.6</v>
+      </c>
+      <c r="C13" s="54">
+        <v>9</v>
+      </c>
+      <c r="D13" s="53">
+        <v>115.4</v>
+      </c>
+      <c r="E13" s="56">
+        <v>3.9</v>
+      </c>
+      <c r="F13" s="53">
+        <v>118</v>
+      </c>
+      <c r="G13" s="54">
+        <v>7.4</v>
+      </c>
+      <c r="H13" s="53">
+        <v>114.2</v>
+      </c>
+      <c r="I13" s="56">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="K13" s="25"/>
+    </row>
+    <row r="14" spans="1:11" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="24">
+        <v>2003</v>
+      </c>
+      <c r="B14" s="53">
+        <v>127.3</v>
+      </c>
+      <c r="C14" s="54">
+        <v>9.1</v>
+      </c>
+      <c r="D14" s="53">
+        <v>116.4</v>
+      </c>
+      <c r="E14" s="56">
+        <v>0.8</v>
+      </c>
+      <c r="F14" s="53">
+        <v>125.1</v>
+      </c>
+      <c r="G14" s="54">
+        <v>6</v>
+      </c>
+      <c r="H14" s="53">
+        <v>115.1</v>
+      </c>
+      <c r="I14" s="56">
+        <v>0.7</v>
+      </c>
+      <c r="K14" s="25"/>
+    </row>
+    <row r="15" spans="1:11" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="24">
+        <v>2004</v>
+      </c>
+      <c r="B15" s="53">
+        <v>136.19999999999999</v>
+      </c>
+      <c r="C15" s="54">
         <v>7</v>
       </c>
-      <c r="C9" s="16" t="s">
+      <c r="D15" s="53">
+        <v>117.9</v>
+      </c>
+      <c r="E15" s="56">
+        <v>1.3</v>
+      </c>
+      <c r="F15" s="53">
+        <v>130.30000000000001</v>
+      </c>
+      <c r="G15" s="54">
+        <v>4.2</v>
+      </c>
+      <c r="H15" s="53">
+        <v>116.6</v>
+      </c>
+      <c r="I15" s="56">
+        <v>1.3</v>
+      </c>
+      <c r="K15" s="25"/>
+    </row>
+    <row r="16" spans="1:11" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="24">
+        <v>2005</v>
+      </c>
+      <c r="B16" s="53">
+        <v>138.80000000000001</v>
+      </c>
+      <c r="C16" s="54">
+        <v>1.9</v>
+      </c>
+      <c r="D16" s="53">
+        <v>118.9</v>
+      </c>
+      <c r="E16" s="56">
+        <v>0.9</v>
+      </c>
+      <c r="F16" s="53">
+        <v>133.69999999999999</v>
+      </c>
+      <c r="G16" s="54">
+        <v>2.6</v>
+      </c>
+      <c r="H16" s="53">
+        <v>117.4</v>
+      </c>
+      <c r="I16" s="56">
+        <v>0.7</v>
+      </c>
+      <c r="K16" s="25"/>
+    </row>
+    <row r="17" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="24">
+        <v>2006</v>
+      </c>
+      <c r="B17" s="53">
+        <v>144.1</v>
+      </c>
+      <c r="C17" s="54">
+        <v>3.8</v>
+      </c>
+      <c r="D17" s="53">
+        <v>122.4</v>
+      </c>
+      <c r="E17" s="56">
+        <v>2.9</v>
+      </c>
+      <c r="F17" s="53">
+        <v>138.69999999999999</v>
+      </c>
+      <c r="G17" s="54">
+        <v>3.7</v>
+      </c>
+      <c r="H17" s="53">
+        <v>119.6</v>
+      </c>
+      <c r="I17" s="56">
+        <v>1.9</v>
+      </c>
+      <c r="K17" s="25"/>
+    </row>
+    <row r="18" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="24">
+        <v>2007</v>
+      </c>
+      <c r="B18" s="53">
+        <v>145.69999999999999</v>
+      </c>
+      <c r="C18" s="54">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="D18" s="53">
+        <v>123</v>
+      </c>
+      <c r="E18" s="56">
+        <v>0.4</v>
+      </c>
+      <c r="F18" s="53">
+        <v>139.30000000000001</v>
+      </c>
+      <c r="G18" s="54">
+        <v>0.4</v>
+      </c>
+      <c r="H18" s="53">
+        <v>120.2</v>
+      </c>
+      <c r="I18" s="56">
+        <v>0.5</v>
+      </c>
+      <c r="K18" s="25"/>
+    </row>
+    <row r="19" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="24">
+        <v>2008</v>
+      </c>
+      <c r="B19" s="53">
+        <v>144.19999999999999</v>
+      </c>
+      <c r="C19" s="54">
+        <v>-1</v>
+      </c>
+      <c r="D19" s="53">
+        <v>124.4</v>
+      </c>
+      <c r="E19" s="56">
+        <v>1.2</v>
+      </c>
+      <c r="F19" s="53">
+        <v>137.5</v>
+      </c>
+      <c r="G19" s="54">
+        <v>-1.3</v>
+      </c>
+      <c r="H19" s="53">
+        <v>121.1</v>
+      </c>
+      <c r="I19" s="56">
+        <v>0.7</v>
+      </c>
+      <c r="K19" s="25"/>
+    </row>
+    <row r="20" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A20" s="24">
+        <v>2009</v>
+      </c>
+      <c r="B20" s="53">
+        <v>145.6</v>
+      </c>
+      <c r="C20" s="54">
+        <v>1</v>
+      </c>
+      <c r="D20" s="53">
+        <v>126.6</v>
+      </c>
+      <c r="E20" s="56">
+        <v>1.8</v>
+      </c>
+      <c r="F20" s="53">
+        <v>139.80000000000001</v>
+      </c>
+      <c r="G20" s="54">
+        <v>1.7</v>
+      </c>
+      <c r="H20" s="53">
+        <v>122.3</v>
+      </c>
+      <c r="I20" s="56">
+        <v>1</v>
+      </c>
+      <c r="K20" s="25"/>
+      <c r="L20" s="60"/>
+    </row>
+    <row r="21" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A21" s="24">
+        <v>2010</v>
+      </c>
+      <c r="B21" s="53">
+        <v>158.1</v>
+      </c>
+      <c r="C21" s="54">
+        <v>8.6</v>
+      </c>
+      <c r="D21" s="53">
+        <v>134.80000000000001</v>
+      </c>
+      <c r="E21" s="56">
+        <v>6.5</v>
+      </c>
+      <c r="F21" s="53">
+        <v>152.5</v>
+      </c>
+      <c r="G21" s="54">
+        <v>9.1</v>
+      </c>
+      <c r="H21" s="53">
+        <v>131</v>
+      </c>
+      <c r="I21" s="56">
+        <v>7.1</v>
+      </c>
+      <c r="K21" s="25"/>
+      <c r="L21" s="60"/>
+      <c r="N21" s="61"/>
+    </row>
+    <row r="22" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="24">
+        <v>2011</v>
+      </c>
+      <c r="B22" s="53">
+        <v>167.6</v>
+      </c>
+      <c r="C22" s="54">
         <v>6</v>
       </c>
-      <c r="D9" s="16" t="s">
-[...25 lines deleted...]
-      <c r="C10" s="31" t="s">
+      <c r="D22" s="53">
+        <v>141.30000000000001</v>
+      </c>
+      <c r="E22" s="56">
+        <v>4.8</v>
+      </c>
+      <c r="F22" s="53">
+        <v>161.4</v>
+      </c>
+      <c r="G22" s="54">
+        <v>5.8</v>
+      </c>
+      <c r="H22" s="53">
+        <v>137.9</v>
+      </c>
+      <c r="I22" s="56">
+        <v>5.3</v>
+      </c>
+      <c r="K22" s="25"/>
+    </row>
+    <row r="23" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="24">
+        <v>2012</v>
+      </c>
+      <c r="B23" s="53">
+        <v>171.5</v>
+      </c>
+      <c r="C23" s="54">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="D23" s="53">
+        <v>142.69999999999999</v>
+      </c>
+      <c r="E23" s="56">
         <v>1</v>
       </c>
-      <c r="D10" s="11">
-[...2 lines deleted...]
-      <c r="E10" s="22" t="s">
+      <c r="F23" s="53">
+        <v>168.7</v>
+      </c>
+      <c r="G23" s="54">
+        <v>4.5</v>
+      </c>
+      <c r="H23" s="53">
+        <v>139.30000000000001</v>
+      </c>
+      <c r="I23" s="56">
         <v>1</v>
       </c>
-      <c r="F10" s="11">
-[...2 lines deleted...]
-      <c r="G10" s="31" t="s">
+      <c r="K23" s="25"/>
+    </row>
+    <row r="24" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="24">
+        <v>2013</v>
+      </c>
+      <c r="B24" s="53">
+        <v>173.2</v>
+      </c>
+      <c r="C24" s="54">
         <v>1</v>
       </c>
-      <c r="H10" s="11">
-[...2 lines deleted...]
-      <c r="I10" s="22" t="s">
+      <c r="D24" s="53">
+        <v>144.9</v>
+      </c>
+      <c r="E24" s="56">
+        <v>1.6</v>
+      </c>
+      <c r="F24" s="53">
+        <v>170.3</v>
+      </c>
+      <c r="G24" s="54">
+        <v>0.9</v>
+      </c>
+      <c r="H24" s="53">
+        <v>141.5</v>
+      </c>
+      <c r="I24" s="56">
+        <v>1.6</v>
+      </c>
+      <c r="K24" s="25"/>
+    </row>
+    <row r="25" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="24">
+        <v>2014</v>
+      </c>
+      <c r="B25" s="53">
+        <v>177</v>
+      </c>
+      <c r="C25" s="54">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="D25" s="53">
+        <v>129.9</v>
+      </c>
+      <c r="E25" s="56">
+        <v>-10.4</v>
+      </c>
+      <c r="F25" s="53">
+        <v>173.7</v>
+      </c>
+      <c r="G25" s="54">
+        <v>2</v>
+      </c>
+      <c r="H25" s="53">
+        <v>123.5</v>
+      </c>
+      <c r="I25" s="56">
+        <v>-12.7</v>
+      </c>
+      <c r="K25" s="25"/>
+    </row>
+    <row r="26" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="24">
+        <v>2015</v>
+      </c>
+      <c r="B26" s="53">
+        <v>183.5</v>
+      </c>
+      <c r="C26" s="54">
+        <v>3.7</v>
+      </c>
+      <c r="D26" s="53">
+        <v>127.8</v>
+      </c>
+      <c r="E26" s="56">
+        <v>-1.6</v>
+      </c>
+      <c r="F26" s="53">
+        <v>179.8</v>
+      </c>
+      <c r="G26" s="54">
+        <v>3.6</v>
+      </c>
+      <c r="H26" s="53">
+        <v>121.4</v>
+      </c>
+      <c r="I26" s="56">
+        <v>-1.7</v>
+      </c>
+      <c r="K26" s="25"/>
+    </row>
+    <row r="27" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="24">
+        <v>2016</v>
+      </c>
+      <c r="B27" s="53">
+        <v>192</v>
+      </c>
+      <c r="C27" s="54">
+        <v>4.7</v>
+      </c>
+      <c r="D27" s="53">
+        <v>124.1</v>
+      </c>
+      <c r="E27" s="56">
+        <v>-2.9</v>
+      </c>
+      <c r="F27" s="53">
+        <v>187.8</v>
+      </c>
+      <c r="G27" s="54">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="H27" s="53">
+        <v>117.3</v>
+      </c>
+      <c r="I27" s="56">
+        <v>-3.4</v>
+      </c>
+      <c r="K27" s="25"/>
+    </row>
+    <row r="28" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="24">
+        <v>2017</v>
+      </c>
+      <c r="B28" s="53">
+        <v>201.1</v>
+      </c>
+      <c r="C28" s="54">
+        <v>4.7</v>
+      </c>
+      <c r="D28" s="53">
+        <v>124.6</v>
+      </c>
+      <c r="E28" s="56">
+        <v>0.4</v>
+      </c>
+      <c r="F28" s="53">
+        <v>196.9</v>
+      </c>
+      <c r="G28" s="54">
+        <v>4.8</v>
+      </c>
+      <c r="H28" s="53">
+        <v>117.6</v>
+      </c>
+      <c r="I28" s="56">
+        <v>0.3</v>
+      </c>
+      <c r="K28" s="25"/>
+    </row>
+    <row r="29" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="24">
+        <v>2018</v>
+      </c>
+      <c r="B29" s="53">
+        <v>208.4</v>
+      </c>
+      <c r="C29" s="54">
+        <v>3.6</v>
+      </c>
+      <c r="D29" s="53">
+        <v>131.1</v>
+      </c>
+      <c r="E29" s="56">
+        <v>5.3</v>
+      </c>
+      <c r="F29" s="53">
+        <v>203.1</v>
+      </c>
+      <c r="G29" s="54">
+        <v>3.1</v>
+      </c>
+      <c r="H29" s="53">
+        <v>123.3</v>
+      </c>
+      <c r="I29" s="56">
+        <v>4.8</v>
+      </c>
+      <c r="K29" s="25"/>
+    </row>
+    <row r="30" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="24">
+        <v>2019</v>
+      </c>
+      <c r="B30" s="53">
+        <v>210.4</v>
+      </c>
+      <c r="C30" s="54">
         <v>1</v>
       </c>
-    </row>
-[...13 lines deleted...]
-      <c r="E11" s="26">
+      <c r="D30" s="53">
+        <v>131.1</v>
+      </c>
+      <c r="E30" s="56">
+        <v>0</v>
+      </c>
+      <c r="F30" s="53">
+        <v>203.8</v>
+      </c>
+      <c r="G30" s="54">
+        <v>0.4</v>
+      </c>
+      <c r="H30" s="53">
+        <v>122.8</v>
+      </c>
+      <c r="I30" s="56">
+        <v>-0.3</v>
+      </c>
+      <c r="K30" s="25"/>
+    </row>
+    <row r="31" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="24">
+        <v>2020</v>
+      </c>
+      <c r="B31" s="53">
+        <v>210.7</v>
+      </c>
+      <c r="C31" s="54">
+        <v>0.1</v>
+      </c>
+      <c r="D31" s="53">
+        <v>131.19999999999999</v>
+      </c>
+      <c r="E31" s="56">
+        <v>0.1</v>
+      </c>
+      <c r="F31" s="53">
+        <v>206.3</v>
+      </c>
+      <c r="G31" s="54">
+        <v>1.2</v>
+      </c>
+      <c r="H31" s="53">
+        <v>123</v>
+      </c>
+      <c r="I31" s="56">
+        <v>0.2</v>
+      </c>
+      <c r="K31" s="25"/>
+    </row>
+    <row r="32" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="24">
+        <v>2021</v>
+      </c>
+      <c r="B32" s="53">
+        <v>211.3</v>
+      </c>
+      <c r="C32" s="54">
+        <v>0.3</v>
+      </c>
+      <c r="D32" s="53">
+        <v>130.80000000000001</v>
+      </c>
+      <c r="E32" s="56">
+        <v>-0.3</v>
+      </c>
+      <c r="F32" s="53">
+        <v>206.3</v>
+      </c>
+      <c r="G32" s="54">
+        <v>0</v>
+      </c>
+      <c r="H32" s="53">
+        <v>122.5</v>
+      </c>
+      <c r="I32" s="56">
+        <v>-0.4</v>
+      </c>
+      <c r="K32" s="25"/>
+    </row>
+    <row r="33" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A33" s="24">
+        <v>2022</v>
+      </c>
+      <c r="B33" s="53">
+        <v>210.1</v>
+      </c>
+      <c r="C33" s="54">
+        <v>-0.6</v>
+      </c>
+      <c r="D33" s="53">
+        <v>130.30000000000001</v>
+      </c>
+      <c r="E33" s="56">
+        <v>-0.4</v>
+      </c>
+      <c r="F33" s="53">
+        <v>204.9</v>
+      </c>
+      <c r="G33" s="54">
+        <v>-0.7</v>
+      </c>
+      <c r="H33" s="53">
+        <v>121.9</v>
+      </c>
+      <c r="I33" s="56">
+        <v>-0.6</v>
+      </c>
+      <c r="K33" s="25"/>
+    </row>
+    <row r="34" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B34" s="53">
+        <v>221.1</v>
+      </c>
+      <c r="C34" s="54">
+        <v>5.2</v>
+      </c>
+      <c r="D34" s="53">
+        <v>129.6</v>
+      </c>
+      <c r="E34" s="56">
+        <v>-0.6</v>
+      </c>
+      <c r="F34" s="53">
+        <v>217.5</v>
+      </c>
+      <c r="G34" s="54">
+        <v>6.2</v>
+      </c>
+      <c r="H34" s="53">
+        <v>121.2</v>
+      </c>
+      <c r="I34" s="56">
+        <v>-0.6</v>
+      </c>
+      <c r="K34" s="25"/>
+    </row>
+    <row r="35" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B35" s="53">
+        <v>238.6</v>
+      </c>
+      <c r="C35" s="54">
+        <v>7.9</v>
+      </c>
+      <c r="D35" s="53">
+        <v>128.1</v>
+      </c>
+      <c r="E35" s="56">
+        <v>-1.1000000000000001</v>
+      </c>
+      <c r="F35" s="53">
+        <v>235.3</v>
+      </c>
+      <c r="G35" s="54">
+        <v>8.1999999999999993</v>
+      </c>
+      <c r="H35" s="53">
+        <v>120.4</v>
+      </c>
+      <c r="I35" s="56">
+        <v>-0.6</v>
+      </c>
+      <c r="K35" s="25"/>
+    </row>
+    <row r="36" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B36" s="53">
+        <v>252.2</v>
+      </c>
+      <c r="C36" s="54">
+        <v>5.7</v>
+      </c>
+      <c r="D36" s="53">
+        <v>127.4</v>
+      </c>
+      <c r="E36" s="56">
+        <v>-0.6</v>
+      </c>
+      <c r="F36" s="53">
+        <v>250.5</v>
+      </c>
+      <c r="G36" s="54">
         <v>6.4</v>
       </c>
-      <c r="F11" s="11">
-[...26 lines deleted...]
-      <c r="E12" s="26">
+      <c r="H36" s="53">
+        <v>119.7</v>
+      </c>
+      <c r="I36" s="56">
+        <v>-0.6</v>
+      </c>
+      <c r="K36" s="25"/>
+      <c r="L36" s="25"/>
+    </row>
+    <row r="37" spans="1:14" s="8" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="26">
+        <v>2026</v>
+      </c>
+      <c r="B37" s="57">
+        <v>263.3</v>
+      </c>
+      <c r="C37" s="58">
         <v>4.4000000000000004</v>
       </c>
-      <c r="F12" s="11">
-[...760 lines deleted...]
-      <c r="K38" s="23"/>
+      <c r="D37" s="57" t="s">
+        <v>31</v>
+      </c>
+      <c r="E37" s="59" t="s">
+        <v>31</v>
+      </c>
+      <c r="F37" s="57">
+        <v>259</v>
+      </c>
+      <c r="G37" s="58">
+        <v>3.4</v>
+      </c>
+      <c r="H37" s="57" t="s">
+        <v>31</v>
+      </c>
+      <c r="I37" s="59" t="s">
+        <v>31</v>
+      </c>
+      <c r="K37" s="25"/>
+    </row>
+    <row r="38" spans="1:14" s="8" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="6"/>
+      <c r="B38" s="6"/>
+      <c r="C38" s="6"/>
+      <c r="D38" s="6"/>
+      <c r="E38" s="6"/>
+      <c r="F38" s="6"/>
+      <c r="G38" s="6"/>
+      <c r="H38" s="6"/>
+      <c r="I38" s="6"/>
+      <c r="K38" s="22"/>
       <c r="L38" s="10"/>
-      <c r="M38" s="23"/>
+      <c r="M38" s="22"/>
       <c r="N38" s="10"/>
     </row>
-    <row r="39" spans="1:14" s="8" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="39" spans="1:14" s="8" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A39" s="10" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="B39" s="10"/>
       <c r="C39" s="10"/>
-      <c r="D39" s="23"/>
+      <c r="D39" s="22"/>
       <c r="E39" s="10"/>
-      <c r="F39" s="23"/>
+      <c r="F39" s="22"/>
       <c r="G39" s="10"/>
-      <c r="H39" s="23"/>
+      <c r="H39" s="22"/>
       <c r="I39" s="10"/>
-    </row>
-[...1 lines deleted...]
-      <c r="A40" s="10"/>
+      <c r="K39" s="22"/>
+      <c r="L39" s="10"/>
+      <c r="M39" s="22"/>
+      <c r="N39" s="10"/>
+    </row>
+    <row r="40" spans="1:14" s="8" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A40" s="10" t="s">
+        <v>48</v>
+      </c>
       <c r="B40" s="10"/>
       <c r="C40" s="10"/>
-      <c r="D40" s="23"/>
+      <c r="D40" s="22"/>
       <c r="E40" s="10"/>
-      <c r="F40" s="23"/>
+      <c r="F40" s="22"/>
       <c r="G40" s="10"/>
-      <c r="H40" s="23"/>
+      <c r="H40" s="22"/>
       <c r="I40" s="10"/>
     </row>
-    <row r="41" spans="1:14" s="8" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
-[...12 lines deleted...]
-    <row r="42" spans="1:14" s="8" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="41" spans="1:14" s="8" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A41" s="10"/>
+      <c r="B41" s="10"/>
+      <c r="C41" s="10"/>
+      <c r="D41" s="22"/>
+      <c r="E41" s="10"/>
+      <c r="F41" s="22"/>
+      <c r="G41" s="10"/>
+      <c r="H41" s="22"/>
+      <c r="I41" s="10"/>
+    </row>
+    <row r="42" spans="1:14" s="8" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="10" t="s">
-        <v>16</v>
-[...32 lines deleted...]
-      <c r="I44" s="23"/>
+        <v>45</v>
+      </c>
+      <c r="B42" s="22"/>
+      <c r="C42" s="22"/>
+      <c r="D42" s="22"/>
+      <c r="E42" s="22"/>
+      <c r="F42" s="22"/>
+      <c r="G42" s="22"/>
+      <c r="H42" s="22"/>
+      <c r="I42" s="22"/>
+    </row>
+    <row r="43" spans="1:14" s="8" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A43" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="B43" s="22"/>
+      <c r="C43" s="22"/>
+      <c r="D43" s="22"/>
+      <c r="E43" s="22"/>
+      <c r="F43" s="22"/>
+      <c r="G43" s="22"/>
+      <c r="H43" s="22"/>
+      <c r="I43" s="22"/>
+    </row>
+    <row r="44" spans="1:14" s="8" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A44" s="10"/>
+      <c r="B44" s="22"/>
+      <c r="C44" s="22"/>
+      <c r="D44" s="22"/>
+      <c r="E44" s="22"/>
+      <c r="F44" s="22"/>
+      <c r="G44" s="22"/>
+      <c r="H44" s="22"/>
+      <c r="I44" s="22"/>
+    </row>
+    <row r="45" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A45" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B45" s="22"/>
+      <c r="C45" s="22"/>
+      <c r="D45" s="22"/>
+      <c r="E45" s="22"/>
+      <c r="F45" s="22"/>
+      <c r="G45" s="22"/>
+      <c r="H45" s="22"/>
+      <c r="I45" s="22"/>
     </row>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="B8:C8"/>
     <mergeCell ref="D8:E8"/>
     <mergeCell ref="F8:G8"/>
     <mergeCell ref="H8:I8"/>
     <mergeCell ref="F6:I6"/>
     <mergeCell ref="B7:C7"/>
     <mergeCell ref="D7:E7"/>
     <mergeCell ref="F7:G7"/>
     <mergeCell ref="H7:I7"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.35433070866141736" bottom="0.51181102362204722" header="0.39370078740157483" footer="0.19685039370078741"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;"Arial Narrow,Normal"&amp;8Service de la statistique du canton de Fribourg-RM
 &amp;Z&amp;F-&amp;D-&amp;T&amp;R&amp;"Arial Narrow,Normal"&amp;8&amp;P/&amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0BAEEEAB-E68E-430C-A8E5-1ADED0010603}">
   <dimension ref="A1:E17"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
-      <selection sqref="A1:XFD1048576"/>
+      <selection activeCell="B23" sqref="B23"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.453125" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="8.453125" style="43" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="16384" width="11.453125" style="43"/>
+    <col min="1" max="1" width="8.42578125" style="28" customWidth="1"/>
+    <col min="2" max="2" width="37.7109375" style="28" customWidth="1"/>
+    <col min="3" max="3" width="3.42578125" style="28" customWidth="1"/>
+    <col min="4" max="4" width="8.42578125" style="28" customWidth="1"/>
+    <col min="5" max="5" width="37.7109375" style="28" customWidth="1"/>
+    <col min="6" max="16384" width="11.42578125" style="28"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1" s="42" t="s">
+    <row r="1" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A1" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1" s="27" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="2" spans="1:5" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="29" t="s">
+        <v>0</v>
+      </c>
+      <c r="D2" s="29" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="3" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A3" s="31" t="s">
+        <v>13</v>
+      </c>
+      <c r="B3" s="32" t="s">
+        <v>14</v>
+      </c>
+      <c r="C3" s="33"/>
+      <c r="D3" s="31" t="s">
+        <v>15</v>
+      </c>
+      <c r="E3" s="31" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A4" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="B4" s="35" t="s">
+        <v>18</v>
+      </c>
+      <c r="C4" s="36"/>
+      <c r="D4" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="E4" s="35" t="s">
         <v>19</v>
       </c>
-      <c r="D1" s="42" t="s">
+    </row>
+    <row r="5" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A5" s="37" t="s">
         <v>20</v>
       </c>
-    </row>
-[...9 lines deleted...]
-      <c r="A3" s="46" t="s">
+      <c r="B5" s="38" t="s">
         <v>21</v>
       </c>
-      <c r="B3" s="47" t="s">
+      <c r="C5" s="36"/>
+      <c r="D5" s="37" t="s">
         <v>22</v>
       </c>
-      <c r="C3" s="48"/>
-      <c r="D3" s="46" t="s">
+      <c r="E5" s="38" t="s">
         <v>23</v>
       </c>
-      <c r="E3" s="46" t="s">
+    </row>
+    <row r="6" spans="1:5" ht="18" x14ac:dyDescent="0.2">
+      <c r="A6" s="39" t="s">
         <v>24</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" s="49" t="s">
+      <c r="B6" s="35" t="s">
         <v>25</v>
       </c>
-      <c r="B4" s="50" t="s">
+      <c r="C6" s="36"/>
+      <c r="D6" s="39" t="s">
         <v>26</v>
       </c>
-      <c r="C4" s="51"/>
-[...3 lines deleted...]
-      <c r="E4" s="50" t="s">
+      <c r="E6" s="35" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="5" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A5" s="52" t="s">
+    <row r="7" spans="1:5" ht="18" x14ac:dyDescent="0.2">
+      <c r="A7" s="37" t="s">
         <v>28</v>
       </c>
-      <c r="B5" s="53" t="s">
+      <c r="B7" s="38" t="s">
         <v>29</v>
       </c>
-      <c r="C5" s="51"/>
-      <c r="D5" s="52" t="s">
+      <c r="C7" s="36"/>
+      <c r="D7" s="37" t="s">
+        <v>28</v>
+      </c>
+      <c r="E7" s="38" t="s">
         <v>30</v>
       </c>
-      <c r="E5" s="53" t="s">
+    </row>
+    <row r="8" spans="1:5" ht="18" x14ac:dyDescent="0.2">
+      <c r="A8" s="34" t="s">
         <v>31</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A6" s="54" t="s">
+      <c r="B8" s="35" t="s">
         <v>32</v>
       </c>
-      <c r="B6" s="50" t="s">
+      <c r="C8" s="36"/>
+      <c r="D8" s="34" t="s">
+        <v>31</v>
+      </c>
+      <c r="E8" s="35" t="s">
         <v>33</v>
       </c>
-      <c r="C6" s="51"/>
-      <c r="D6" s="54" t="s">
+    </row>
+    <row r="9" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A9" s="37" t="s">
         <v>34</v>
       </c>
-      <c r="E6" s="50" t="s">
+      <c r="B9" s="38" t="s">
         <v>35</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A7" s="52" t="s">
+      <c r="C9" s="36"/>
+      <c r="D9" s="37" t="s">
+        <v>34</v>
+      </c>
+      <c r="E9" s="38" t="s">
         <v>36</v>
       </c>
-      <c r="B7" s="53" t="s">
+    </row>
+    <row r="10" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A10" s="34" t="s">
         <v>37</v>
       </c>
-      <c r="C7" s="51"/>
-[...3 lines deleted...]
-      <c r="E7" s="53" t="s">
+      <c r="B10" s="35" t="s">
         <v>38</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A8" s="49" t="s">
+      <c r="C10" s="36"/>
+      <c r="D10" s="34" t="s">
+        <v>37</v>
+      </c>
+      <c r="E10" s="35" t="s">
         <v>39</v>
       </c>
-      <c r="B8" s="50" t="s">
+    </row>
+    <row r="11" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A11" s="40" t="s">
         <v>40</v>
       </c>
-      <c r="C8" s="51"/>
-[...3 lines deleted...]
-      <c r="E8" s="50" t="s">
+      <c r="B11" s="41" t="s">
         <v>41</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A9" s="52" t="s">
+      <c r="C11" s="36"/>
+      <c r="D11" s="40" t="s">
+        <v>40</v>
+      </c>
+      <c r="E11" s="41" t="s">
         <v>42</v>
       </c>
-      <c r="B9" s="53" t="s">
-[...62 lines deleted...]
-      <c r="D17" s="57"/>
+    </row>
+    <row r="12" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A12" s="42"/>
+      <c r="D12" s="42"/>
+    </row>
+    <row r="13" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A13" s="42"/>
+      <c r="D13" s="42"/>
+    </row>
+    <row r="14" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A14" s="43"/>
+      <c r="D14" s="42"/>
+    </row>
+    <row r="15" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A15" s="43"/>
+      <c r="D15" s="42"/>
+    </row>
+    <row r="16" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A16" s="42"/>
+      <c r="D16" s="42"/>
+    </row>
+    <row r="17" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A17" s="42"/>
+      <c r="D17" s="42"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Plages nommées</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>