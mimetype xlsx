--- v1 (2025-12-16)
+++ v2 (2026-02-26)
@@ -1,93 +1,93 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29426"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\ad.net.fr.ch\dfs\DEE\SSD\WP\00 Bases statistiques et produits généraux\01 Synthèses\03 Site Internet\06 Pages sous-produits\03 Economie\0503 Primes d'assurance-maladie\2025_02\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="L:\00 Bases statistiques et produits généraux\01 Synthèses\03 Site Internet\06 Pages sous-produits\03 Economie\0503 Primes d'assurance-maladie\2026_01\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3FB4F8F7-0182-4769-ADF1-9F5549C98C16}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F988931F-1DFA-49B0-935D-9188BC26814D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="te617" sheetId="12" r:id="rId1"/>
     <sheet name="Signes - Zeichen" sheetId="13" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_AMO_UniqueIdentifier" hidden="1">"'7b7603b5-956b-408c-b3b8-61aed3f2a3e8'"</definedName>
     <definedName name="En_tête" localSheetId="0">'te617'!$A$1:$G$9</definedName>
     <definedName name="En_tête">#REF!</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'te617'!$1:$7</definedName>
     <definedName name="Page1" localSheetId="0">'te617'!$A$10:$G$17</definedName>
     <definedName name="Page1">#REF!</definedName>
     <definedName name="Page2" localSheetId="0">'te617'!#REF!</definedName>
     <definedName name="Page2">#REF!</definedName>
     <definedName name="Source" localSheetId="0">'te617'!$A$18:$G$20</definedName>
     <definedName name="Source">#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'te617'!$A$1:$I$43</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="76" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="50">
   <si>
     <t>—</t>
   </si>
   <si>
     <t>Assurance complémentaire</t>
   </si>
   <si>
     <t>Krankenzusatzversicherung</t>
   </si>
   <si>
     <t>Canton de Fribourg
 Kanton Freiburg</t>
   </si>
   <si>
     <t>Suisse
 Schweiz</t>
   </si>
   <si>
     <t>Variation (%)
 Veränderung (%)</t>
   </si>
   <si>
     <t>Indice
 Index</t>
   </si>
@@ -206,109 +206,109 @@
     <t>Korrigierter Wert</t>
   </si>
   <si>
     <t>p</t>
   </si>
   <si>
     <t>Donnée provisoire</t>
   </si>
   <si>
     <t>Provisorischer Wert</t>
   </si>
   <si>
     <t>e</t>
   </si>
   <si>
     <t>Donnée estimée</t>
   </si>
   <si>
     <t>Geschätzter Wert</t>
   </si>
   <si>
     <t>Indice des primes d'assurance-maladie, de 1999 à 2026</t>
   </si>
   <si>
     <t>Krankenversicherungsprämien-Index 1999 bis 2026</t>
-  </si>
-[...4 lines deleted...]
-    <t>Quelle: Statistik der obligatorischen Krankenversicherung 1999-2024 - Bundesamt für Gesundheit, Bern; Krankenversicherungsprämien-Index (Zusatzversicherung) 1999-2025 - Bundesamt für Statistik, Neuenburg, te25-617</t>
   </si>
   <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="6"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">1 </t>
     </r>
     <r>
       <rPr>
         <sz val="6"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Base: primes moyennes par assuré; estimations pour 2025 et 2026 publiées dans le cadre de l'aperçu des primes AOS 2026 de l'OFSP. Etat des données: 23.09.2025</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="6"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">1 </t>
     </r>
     <r>
       <rPr>
         <sz val="6"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Basis: mittlere Prämien je versicherte Person; Schätzungen für 2025 und 2026 publiziert im Rahmen der OKP Prämienübersicht 2025 vom BAG. Datenstand: 23.09.2025</t>
     </r>
   </si>
   <si>
-    <t>Actualisation / Aktualisiert am: 02.12.2025</t>
+    <t xml:space="preserve">Source: Statistique de l'assurance-maladie obligatoire 1999-2024 - Office fédéral de la santé publique, Berne; Indice des primes d'assurance-maladie (assurance complémentaire) 1999-2026 - Office fédéral de la statistique, Neuchâtel </t>
+  </si>
+  <si>
+    <t>Quelle: Statistik der obligatorischen Krankenversicherung 1999-2024 - Bundesamt für Gesundheit, Bern; Krankenversicherungsprämien-Index (Zusatzversicherung) 1999-2026 - Bundesamt für Statistik, Neuenburg, te26-617</t>
+  </si>
+  <si>
+    <t>Actualisation / Aktualisiert am: 13.02.2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="5">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="0.0"/>
     <numFmt numFmtId="165" formatCode="#,##0.0_ ;\-#,##0.0\ "/>
     <numFmt numFmtId="166" formatCode="_-* #,##0.0_-;\-* #,##0.0_-;_-* &quot;-&quot;??_-;_-@_-"/>
-    <numFmt numFmtId="170" formatCode="0.0%"/>
+    <numFmt numFmtId="167" formatCode="0.0%"/>
   </numFmts>
   <fonts count="20" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Helv"/>
     </font>
     <font>
       <sz val="6.5"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="6.5"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
@@ -581,51 +581,51 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="10">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="15" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="15" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="62">
+  <cellXfs count="61">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
@@ -700,101 +700,98 @@
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="13" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="6" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="6" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="13" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="5" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="6" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="8" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="6" applyFont="1"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="167" fontId="1" fillId="0" borderId="0" xfId="9" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
-    </xf>
-[...23 lines deleted...]
-      <alignment vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="10">
     <cellStyle name="Milliers" xfId="8" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Normal 3" xfId="4" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Normal 4" xfId="5" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Normal 5" xfId="6" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="Normal 6" xfId="7" xr:uid="{A3D9364A-441C-4F7D-9B32-2E422FA35AD3}"/>
     <cellStyle name="Pourcentage" xfId="9" builtinId="5"/>
     <cellStyle name="Pourcentage 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="Standard_LIK015M" xfId="3" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
@@ -1156,1037 +1153,1037 @@
       <c r="F4" s="6"/>
       <c r="G4" s="6"/>
       <c r="H4" s="6"/>
       <c r="I4" s="6"/>
     </row>
     <row r="5" spans="1:11" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="5"/>
       <c r="C5" s="5"/>
       <c r="D5" s="5"/>
       <c r="E5" s="5"/>
       <c r="F5" s="5"/>
       <c r="G5" s="5"/>
       <c r="H5" s="5"/>
       <c r="I5" s="5"/>
     </row>
     <row r="6" spans="1:11" s="9" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="13" t="s">
         <v>9</v>
       </c>
       <c r="B6" s="15" t="s">
         <v>4</v>
       </c>
       <c r="C6" s="21"/>
       <c r="D6" s="20"/>
       <c r="E6" s="17"/>
-      <c r="F6" s="47" t="s">
+      <c r="F6" s="55" t="s">
         <v>3</v>
       </c>
-      <c r="G6" s="48"/>
-[...1 lines deleted...]
-      <c r="I6" s="49"/>
+      <c r="G6" s="56"/>
+      <c r="H6" s="56"/>
+      <c r="I6" s="57"/>
     </row>
     <row r="7" spans="1:11" s="12" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="18"/>
-      <c r="B7" s="50" t="s">
+      <c r="B7" s="58" t="s">
         <v>7</v>
       </c>
-      <c r="C7" s="51"/>
-      <c r="D7" s="50" t="s">
+      <c r="C7" s="59"/>
+      <c r="D7" s="58" t="s">
         <v>1</v>
       </c>
-      <c r="E7" s="52"/>
-      <c r="F7" s="50" t="s">
+      <c r="E7" s="60"/>
+      <c r="F7" s="58" t="s">
         <v>7</v>
       </c>
-      <c r="G7" s="51"/>
-      <c r="H7" s="50" t="s">
+      <c r="G7" s="59"/>
+      <c r="H7" s="58" t="s">
         <v>1</v>
       </c>
-      <c r="I7" s="51"/>
+      <c r="I7" s="59"/>
     </row>
     <row r="8" spans="1:11" s="12" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="19"/>
-      <c r="B8" s="44" t="s">
+      <c r="B8" s="52" t="s">
         <v>8</v>
       </c>
-      <c r="C8" s="45"/>
-      <c r="D8" s="44" t="s">
+      <c r="C8" s="53"/>
+      <c r="D8" s="52" t="s">
         <v>2</v>
       </c>
-      <c r="E8" s="46"/>
-      <c r="F8" s="44" t="s">
+      <c r="E8" s="54"/>
+      <c r="F8" s="52" t="s">
         <v>8</v>
       </c>
-      <c r="G8" s="45"/>
-      <c r="H8" s="44" t="s">
+      <c r="G8" s="53"/>
+      <c r="H8" s="52" t="s">
         <v>2</v>
       </c>
-      <c r="I8" s="45"/>
+      <c r="I8" s="53"/>
     </row>
     <row r="9" spans="1:11" s="12" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="14"/>
       <c r="B9" s="16" t="s">
         <v>6</v>
       </c>
       <c r="C9" s="16" t="s">
         <v>5</v>
       </c>
       <c r="D9" s="16" t="s">
         <v>6</v>
       </c>
       <c r="E9" s="16" t="s">
         <v>5</v>
       </c>
       <c r="F9" s="16" t="s">
         <v>6</v>
       </c>
       <c r="G9" s="16" t="s">
         <v>5</v>
       </c>
       <c r="H9" s="16" t="s">
         <v>6</v>
       </c>
       <c r="I9" s="16" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="23">
         <v>1999</v>
       </c>
-      <c r="B10" s="53">
+      <c r="B10" s="11">
         <v>100</v>
       </c>
-      <c r="C10" s="54" t="s">
+      <c r="C10" s="44" t="s">
         <v>31</v>
       </c>
-      <c r="D10" s="53">
+      <c r="D10" s="11">
         <v>100</v>
       </c>
-      <c r="E10" s="55" t="s">
+      <c r="E10" s="45" t="s">
         <v>31</v>
       </c>
-      <c r="F10" s="53">
+      <c r="F10" s="11">
         <v>100</v>
       </c>
-      <c r="G10" s="54" t="s">
+      <c r="G10" s="44" t="s">
         <v>31</v>
       </c>
-      <c r="H10" s="53">
+      <c r="H10" s="11">
         <v>100</v>
       </c>
-      <c r="I10" s="55" t="s">
+      <c r="I10" s="45" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="11" spans="1:11" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="24">
         <v>2000</v>
       </c>
-      <c r="B11" s="53">
+      <c r="B11" s="11">
         <v>103.2</v>
       </c>
-      <c r="C11" s="54">
+      <c r="C11" s="44">
         <v>3.2</v>
       </c>
-      <c r="D11" s="53">
+      <c r="D11" s="11">
         <v>106.4</v>
       </c>
-      <c r="E11" s="56">
+      <c r="E11" s="46">
         <v>6.4</v>
       </c>
-      <c r="F11" s="53">
+      <c r="F11" s="11">
         <v>105.1</v>
       </c>
-      <c r="G11" s="54">
+      <c r="G11" s="44">
         <v>5.0999999999999996</v>
       </c>
-      <c r="H11" s="53">
+      <c r="H11" s="11">
         <v>104.2</v>
       </c>
-      <c r="I11" s="56">
+      <c r="I11" s="46">
         <v>4.2</v>
       </c>
       <c r="K11" s="25"/>
     </row>
     <row r="12" spans="1:11" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="24">
         <v>2001</v>
       </c>
-      <c r="B12" s="53">
+      <c r="B12" s="11">
         <v>106.9</v>
       </c>
-      <c r="C12" s="54">
+      <c r="C12" s="44">
         <v>3.6</v>
       </c>
-      <c r="D12" s="53">
+      <c r="D12" s="11">
         <v>111.1</v>
       </c>
-      <c r="E12" s="56">
+      <c r="E12" s="46">
         <v>4.4000000000000004</v>
       </c>
-      <c r="F12" s="53">
+      <c r="F12" s="11">
         <v>109.8</v>
       </c>
-      <c r="G12" s="54">
+      <c r="G12" s="44">
         <v>4.5</v>
       </c>
-      <c r="H12" s="53">
+      <c r="H12" s="11">
         <v>109.4</v>
       </c>
-      <c r="I12" s="56">
+      <c r="I12" s="46">
         <v>5</v>
       </c>
       <c r="K12" s="25"/>
     </row>
     <row r="13" spans="1:11" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="24">
         <v>2002</v>
       </c>
-      <c r="B13" s="53">
+      <c r="B13" s="11">
         <v>116.6</v>
       </c>
-      <c r="C13" s="54">
+      <c r="C13" s="44">
         <v>9</v>
       </c>
-      <c r="D13" s="53">
+      <c r="D13" s="11">
         <v>115.4</v>
       </c>
-      <c r="E13" s="56">
+      <c r="E13" s="46">
         <v>3.9</v>
       </c>
-      <c r="F13" s="53">
+      <c r="F13" s="11">
         <v>118</v>
       </c>
-      <c r="G13" s="54">
+      <c r="G13" s="44">
         <v>7.4</v>
       </c>
-      <c r="H13" s="53">
+      <c r="H13" s="11">
         <v>114.2</v>
       </c>
-      <c r="I13" s="56">
+      <c r="I13" s="46">
         <v>4.4000000000000004</v>
       </c>
       <c r="K13" s="25"/>
     </row>
     <row r="14" spans="1:11" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="24">
         <v>2003</v>
       </c>
-      <c r="B14" s="53">
+      <c r="B14" s="11">
         <v>127.3</v>
       </c>
-      <c r="C14" s="54">
+      <c r="C14" s="44">
         <v>9.1</v>
       </c>
-      <c r="D14" s="53">
+      <c r="D14" s="11">
         <v>116.4</v>
       </c>
-      <c r="E14" s="56">
+      <c r="E14" s="46">
         <v>0.8</v>
       </c>
-      <c r="F14" s="53">
+      <c r="F14" s="11">
         <v>125.1</v>
       </c>
-      <c r="G14" s="54">
+      <c r="G14" s="44">
         <v>6</v>
       </c>
-      <c r="H14" s="53">
+      <c r="H14" s="11">
         <v>115.1</v>
       </c>
-      <c r="I14" s="56">
+      <c r="I14" s="46">
         <v>0.7</v>
       </c>
       <c r="K14" s="25"/>
     </row>
     <row r="15" spans="1:11" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="24">
         <v>2004</v>
       </c>
-      <c r="B15" s="53">
+      <c r="B15" s="11">
         <v>136.19999999999999</v>
       </c>
-      <c r="C15" s="54">
+      <c r="C15" s="44">
         <v>7</v>
       </c>
-      <c r="D15" s="53">
+      <c r="D15" s="11">
         <v>117.9</v>
       </c>
-      <c r="E15" s="56">
+      <c r="E15" s="46">
         <v>1.3</v>
       </c>
-      <c r="F15" s="53">
+      <c r="F15" s="11">
         <v>130.30000000000001</v>
       </c>
-      <c r="G15" s="54">
+      <c r="G15" s="44">
         <v>4.2</v>
       </c>
-      <c r="H15" s="53">
+      <c r="H15" s="11">
         <v>116.6</v>
       </c>
-      <c r="I15" s="56">
+      <c r="I15" s="46">
         <v>1.3</v>
       </c>
       <c r="K15" s="25"/>
     </row>
     <row r="16" spans="1:11" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="24">
         <v>2005</v>
       </c>
-      <c r="B16" s="53">
+      <c r="B16" s="11">
         <v>138.80000000000001</v>
       </c>
-      <c r="C16" s="54">
+      <c r="C16" s="44">
         <v>1.9</v>
       </c>
-      <c r="D16" s="53">
+      <c r="D16" s="11">
         <v>118.9</v>
       </c>
-      <c r="E16" s="56">
+      <c r="E16" s="46">
         <v>0.9</v>
       </c>
-      <c r="F16" s="53">
+      <c r="F16" s="11">
         <v>133.69999999999999</v>
       </c>
-      <c r="G16" s="54">
+      <c r="G16" s="44">
         <v>2.6</v>
       </c>
-      <c r="H16" s="53">
+      <c r="H16" s="11">
         <v>117.4</v>
       </c>
-      <c r="I16" s="56">
+      <c r="I16" s="46">
         <v>0.7</v>
       </c>
       <c r="K16" s="25"/>
     </row>
     <row r="17" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="24">
         <v>2006</v>
       </c>
-      <c r="B17" s="53">
+      <c r="B17" s="11">
         <v>144.1</v>
       </c>
-      <c r="C17" s="54">
+      <c r="C17" s="44">
         <v>3.8</v>
       </c>
-      <c r="D17" s="53">
+      <c r="D17" s="11">
         <v>122.4</v>
       </c>
-      <c r="E17" s="56">
+      <c r="E17" s="46">
         <v>2.9</v>
       </c>
-      <c r="F17" s="53">
+      <c r="F17" s="11">
         <v>138.69999999999999</v>
       </c>
-      <c r="G17" s="54">
+      <c r="G17" s="44">
         <v>3.7</v>
       </c>
-      <c r="H17" s="53">
+      <c r="H17" s="11">
         <v>119.6</v>
       </c>
-      <c r="I17" s="56">
+      <c r="I17" s="46">
         <v>1.9</v>
       </c>
       <c r="K17" s="25"/>
     </row>
     <row r="18" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="24">
         <v>2007</v>
       </c>
-      <c r="B18" s="53">
+      <c r="B18" s="11">
         <v>145.69999999999999</v>
       </c>
-      <c r="C18" s="54">
+      <c r="C18" s="44">
         <v>1.1000000000000001</v>
       </c>
-      <c r="D18" s="53">
+      <c r="D18" s="11">
         <v>123</v>
       </c>
-      <c r="E18" s="56">
+      <c r="E18" s="46">
         <v>0.4</v>
       </c>
-      <c r="F18" s="53">
+      <c r="F18" s="11">
         <v>139.30000000000001</v>
       </c>
-      <c r="G18" s="54">
+      <c r="G18" s="44">
         <v>0.4</v>
       </c>
-      <c r="H18" s="53">
+      <c r="H18" s="11">
         <v>120.2</v>
       </c>
-      <c r="I18" s="56">
+      <c r="I18" s="46">
         <v>0.5</v>
       </c>
       <c r="K18" s="25"/>
     </row>
     <row r="19" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="24">
         <v>2008</v>
       </c>
-      <c r="B19" s="53">
+      <c r="B19" s="11">
         <v>144.19999999999999</v>
       </c>
-      <c r="C19" s="54">
+      <c r="C19" s="44">
         <v>-1</v>
       </c>
-      <c r="D19" s="53">
+      <c r="D19" s="11">
         <v>124.4</v>
       </c>
-      <c r="E19" s="56">
+      <c r="E19" s="46">
         <v>1.2</v>
       </c>
-      <c r="F19" s="53">
+      <c r="F19" s="11">
         <v>137.5</v>
       </c>
-      <c r="G19" s="54">
+      <c r="G19" s="44">
         <v>-1.3</v>
       </c>
-      <c r="H19" s="53">
+      <c r="H19" s="11">
         <v>121.1</v>
       </c>
-      <c r="I19" s="56">
+      <c r="I19" s="46">
         <v>0.7</v>
       </c>
       <c r="K19" s="25"/>
     </row>
     <row r="20" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A20" s="24">
         <v>2009</v>
       </c>
-      <c r="B20" s="53">
+      <c r="B20" s="11">
         <v>145.6</v>
       </c>
-      <c r="C20" s="54">
+      <c r="C20" s="44">
         <v>1</v>
       </c>
-      <c r="D20" s="53">
+      <c r="D20" s="11">
         <v>126.6</v>
       </c>
-      <c r="E20" s="56">
+      <c r="E20" s="46">
         <v>1.8</v>
       </c>
-      <c r="F20" s="53">
+      <c r="F20" s="11">
         <v>139.80000000000001</v>
       </c>
-      <c r="G20" s="54">
+      <c r="G20" s="44">
         <v>1.7</v>
       </c>
-      <c r="H20" s="53">
+      <c r="H20" s="11">
         <v>122.3</v>
       </c>
-      <c r="I20" s="56">
+      <c r="I20" s="46">
         <v>1</v>
       </c>
       <c r="K20" s="25"/>
-      <c r="L20" s="60"/>
+      <c r="L20" s="50"/>
     </row>
     <row r="21" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A21" s="24">
         <v>2010</v>
       </c>
-      <c r="B21" s="53">
+      <c r="B21" s="11">
         <v>158.1</v>
       </c>
-      <c r="C21" s="54">
+      <c r="C21" s="44">
         <v>8.6</v>
       </c>
-      <c r="D21" s="53">
+      <c r="D21" s="11">
         <v>134.80000000000001</v>
       </c>
-      <c r="E21" s="56">
+      <c r="E21" s="46">
         <v>6.5</v>
       </c>
-      <c r="F21" s="53">
+      <c r="F21" s="11">
         <v>152.5</v>
       </c>
-      <c r="G21" s="54">
+      <c r="G21" s="44">
         <v>9.1</v>
       </c>
-      <c r="H21" s="53">
+      <c r="H21" s="11">
         <v>131</v>
       </c>
-      <c r="I21" s="56">
+      <c r="I21" s="46">
         <v>7.1</v>
       </c>
       <c r="K21" s="25"/>
-      <c r="L21" s="60"/>
-      <c r="N21" s="61"/>
+      <c r="L21" s="50"/>
+      <c r="N21" s="51"/>
     </row>
     <row r="22" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="24">
         <v>2011</v>
       </c>
-      <c r="B22" s="53">
+      <c r="B22" s="11">
         <v>167.6</v>
       </c>
-      <c r="C22" s="54">
+      <c r="C22" s="44">
         <v>6</v>
       </c>
-      <c r="D22" s="53">
+      <c r="D22" s="11">
         <v>141.30000000000001</v>
       </c>
-      <c r="E22" s="56">
+      <c r="E22" s="46">
         <v>4.8</v>
       </c>
-      <c r="F22" s="53">
+      <c r="F22" s="11">
         <v>161.4</v>
       </c>
-      <c r="G22" s="54">
+      <c r="G22" s="44">
         <v>5.8</v>
       </c>
-      <c r="H22" s="53">
+      <c r="H22" s="11">
         <v>137.9</v>
       </c>
-      <c r="I22" s="56">
+      <c r="I22" s="46">
         <v>5.3</v>
       </c>
       <c r="K22" s="25"/>
     </row>
     <row r="23" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="24">
         <v>2012</v>
       </c>
-      <c r="B23" s="53">
+      <c r="B23" s="11">
         <v>171.5</v>
       </c>
-      <c r="C23" s="54">
+      <c r="C23" s="44">
         <v>2.2999999999999998</v>
       </c>
-      <c r="D23" s="53">
+      <c r="D23" s="11">
         <v>142.69999999999999</v>
       </c>
-      <c r="E23" s="56">
+      <c r="E23" s="46">
         <v>1</v>
       </c>
-      <c r="F23" s="53">
+      <c r="F23" s="11">
         <v>168.7</v>
       </c>
-      <c r="G23" s="54">
+      <c r="G23" s="44">
         <v>4.5</v>
       </c>
-      <c r="H23" s="53">
+      <c r="H23" s="11">
         <v>139.30000000000001</v>
       </c>
-      <c r="I23" s="56">
+      <c r="I23" s="46">
         <v>1</v>
       </c>
       <c r="K23" s="25"/>
     </row>
     <row r="24" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="24">
         <v>2013</v>
       </c>
-      <c r="B24" s="53">
+      <c r="B24" s="11">
         <v>173.2</v>
       </c>
-      <c r="C24" s="54">
+      <c r="C24" s="44">
         <v>1</v>
       </c>
-      <c r="D24" s="53">
+      <c r="D24" s="11">
         <v>144.9</v>
       </c>
-      <c r="E24" s="56">
+      <c r="E24" s="46">
         <v>1.6</v>
       </c>
-      <c r="F24" s="53">
+      <c r="F24" s="11">
         <v>170.3</v>
       </c>
-      <c r="G24" s="54">
+      <c r="G24" s="44">
         <v>0.9</v>
       </c>
-      <c r="H24" s="53">
+      <c r="H24" s="11">
         <v>141.5</v>
       </c>
-      <c r="I24" s="56">
+      <c r="I24" s="46">
         <v>1.6</v>
       </c>
       <c r="K24" s="25"/>
     </row>
     <row r="25" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="24">
         <v>2014</v>
       </c>
-      <c r="B25" s="53">
+      <c r="B25" s="11">
         <v>177</v>
       </c>
-      <c r="C25" s="54">
+      <c r="C25" s="44">
         <v>2.2000000000000002</v>
       </c>
-      <c r="D25" s="53">
+      <c r="D25" s="11">
         <v>129.9</v>
       </c>
-      <c r="E25" s="56">
+      <c r="E25" s="46">
         <v>-10.4</v>
       </c>
-      <c r="F25" s="53">
+      <c r="F25" s="11">
         <v>173.7</v>
       </c>
-      <c r="G25" s="54">
+      <c r="G25" s="44">
         <v>2</v>
       </c>
-      <c r="H25" s="53">
+      <c r="H25" s="11">
         <v>123.5</v>
       </c>
-      <c r="I25" s="56">
+      <c r="I25" s="46">
         <v>-12.7</v>
       </c>
       <c r="K25" s="25"/>
     </row>
     <row r="26" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="24">
         <v>2015</v>
       </c>
-      <c r="B26" s="53">
+      <c r="B26" s="11">
         <v>183.5</v>
       </c>
-      <c r="C26" s="54">
+      <c r="C26" s="44">
         <v>3.7</v>
       </c>
-      <c r="D26" s="53">
+      <c r="D26" s="11">
         <v>127.8</v>
       </c>
-      <c r="E26" s="56">
+      <c r="E26" s="46">
         <v>-1.6</v>
       </c>
-      <c r="F26" s="53">
+      <c r="F26" s="11">
         <v>179.8</v>
       </c>
-      <c r="G26" s="54">
+      <c r="G26" s="44">
         <v>3.6</v>
       </c>
-      <c r="H26" s="53">
+      <c r="H26" s="11">
         <v>121.4</v>
       </c>
-      <c r="I26" s="56">
+      <c r="I26" s="46">
         <v>-1.7</v>
       </c>
       <c r="K26" s="25"/>
     </row>
     <row r="27" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="24">
         <v>2016</v>
       </c>
-      <c r="B27" s="53">
+      <c r="B27" s="11">
         <v>192</v>
       </c>
-      <c r="C27" s="54">
+      <c r="C27" s="44">
         <v>4.7</v>
       </c>
-      <c r="D27" s="53">
+      <c r="D27" s="11">
         <v>124.1</v>
       </c>
-      <c r="E27" s="56">
+      <c r="E27" s="46">
         <v>-2.9</v>
       </c>
-      <c r="F27" s="53">
+      <c r="F27" s="11">
         <v>187.8</v>
       </c>
-      <c r="G27" s="54">
+      <c r="G27" s="44">
         <v>4.4000000000000004</v>
       </c>
-      <c r="H27" s="53">
+      <c r="H27" s="11">
         <v>117.3</v>
       </c>
-      <c r="I27" s="56">
+      <c r="I27" s="46">
         <v>-3.4</v>
       </c>
       <c r="K27" s="25"/>
     </row>
     <row r="28" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="24">
         <v>2017</v>
       </c>
-      <c r="B28" s="53">
+      <c r="B28" s="11">
         <v>201.1</v>
       </c>
-      <c r="C28" s="54">
+      <c r="C28" s="44">
         <v>4.7</v>
       </c>
-      <c r="D28" s="53">
+      <c r="D28" s="11">
         <v>124.6</v>
       </c>
-      <c r="E28" s="56">
+      <c r="E28" s="46">
         <v>0.4</v>
       </c>
-      <c r="F28" s="53">
+      <c r="F28" s="11">
         <v>196.9</v>
       </c>
-      <c r="G28" s="54">
+      <c r="G28" s="44">
         <v>4.8</v>
       </c>
-      <c r="H28" s="53">
+      <c r="H28" s="11">
         <v>117.6</v>
       </c>
-      <c r="I28" s="56">
+      <c r="I28" s="46">
         <v>0.3</v>
       </c>
       <c r="K28" s="25"/>
     </row>
     <row r="29" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="24">
         <v>2018</v>
       </c>
-      <c r="B29" s="53">
+      <c r="B29" s="11">
         <v>208.4</v>
       </c>
-      <c r="C29" s="54">
+      <c r="C29" s="44">
         <v>3.6</v>
       </c>
-      <c r="D29" s="53">
+      <c r="D29" s="11">
         <v>131.1</v>
       </c>
-      <c r="E29" s="56">
+      <c r="E29" s="46">
         <v>5.3</v>
       </c>
-      <c r="F29" s="53">
+      <c r="F29" s="11">
         <v>203.1</v>
       </c>
-      <c r="G29" s="54">
+      <c r="G29" s="44">
         <v>3.1</v>
       </c>
-      <c r="H29" s="53">
+      <c r="H29" s="11">
         <v>123.3</v>
       </c>
-      <c r="I29" s="56">
+      <c r="I29" s="46">
         <v>4.8</v>
       </c>
       <c r="K29" s="25"/>
     </row>
     <row r="30" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="24">
         <v>2019</v>
       </c>
-      <c r="B30" s="53">
+      <c r="B30" s="11">
         <v>210.4</v>
       </c>
-      <c r="C30" s="54">
+      <c r="C30" s="44">
         <v>1</v>
       </c>
-      <c r="D30" s="53">
+      <c r="D30" s="11">
         <v>131.1</v>
       </c>
-      <c r="E30" s="56">
+      <c r="E30" s="46">
         <v>0</v>
       </c>
-      <c r="F30" s="53">
+      <c r="F30" s="11">
         <v>203.8</v>
       </c>
-      <c r="G30" s="54">
+      <c r="G30" s="44">
         <v>0.4</v>
       </c>
-      <c r="H30" s="53">
+      <c r="H30" s="11">
         <v>122.8</v>
       </c>
-      <c r="I30" s="56">
+      <c r="I30" s="46">
         <v>-0.3</v>
       </c>
       <c r="K30" s="25"/>
     </row>
     <row r="31" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="24">
         <v>2020</v>
       </c>
-      <c r="B31" s="53">
+      <c r="B31" s="11">
         <v>210.7</v>
       </c>
-      <c r="C31" s="54">
+      <c r="C31" s="44">
         <v>0.1</v>
       </c>
-      <c r="D31" s="53">
+      <c r="D31" s="11">
         <v>131.19999999999999</v>
       </c>
-      <c r="E31" s="56">
+      <c r="E31" s="46">
         <v>0.1</v>
       </c>
-      <c r="F31" s="53">
+      <c r="F31" s="11">
         <v>206.3</v>
       </c>
-      <c r="G31" s="54">
+      <c r="G31" s="44">
         <v>1.2</v>
       </c>
-      <c r="H31" s="53">
+      <c r="H31" s="11">
         <v>123</v>
       </c>
-      <c r="I31" s="56">
+      <c r="I31" s="46">
         <v>0.2</v>
       </c>
       <c r="K31" s="25"/>
     </row>
     <row r="32" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="24">
         <v>2021</v>
       </c>
-      <c r="B32" s="53">
+      <c r="B32" s="11">
         <v>211.3</v>
       </c>
-      <c r="C32" s="54">
+      <c r="C32" s="44">
         <v>0.3</v>
       </c>
-      <c r="D32" s="53">
+      <c r="D32" s="11">
         <v>130.80000000000001</v>
       </c>
-      <c r="E32" s="56">
+      <c r="E32" s="46">
         <v>-0.3</v>
       </c>
-      <c r="F32" s="53">
+      <c r="F32" s="11">
         <v>206.3</v>
       </c>
-      <c r="G32" s="54">
+      <c r="G32" s="44">
         <v>0</v>
       </c>
-      <c r="H32" s="53">
+      <c r="H32" s="11">
         <v>122.5</v>
       </c>
-      <c r="I32" s="56">
+      <c r="I32" s="46">
         <v>-0.4</v>
       </c>
       <c r="K32" s="25"/>
     </row>
     <row r="33" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="24">
         <v>2022</v>
       </c>
-      <c r="B33" s="53">
+      <c r="B33" s="11">
         <v>210.1</v>
       </c>
-      <c r="C33" s="54">
+      <c r="C33" s="44">
         <v>-0.6</v>
       </c>
-      <c r="D33" s="53">
+      <c r="D33" s="11">
         <v>130.30000000000001</v>
       </c>
-      <c r="E33" s="56">
+      <c r="E33" s="46">
         <v>-0.4</v>
       </c>
-      <c r="F33" s="53">
+      <c r="F33" s="11">
         <v>204.9</v>
       </c>
-      <c r="G33" s="54">
+      <c r="G33" s="44">
         <v>-0.7</v>
       </c>
-      <c r="H33" s="53">
+      <c r="H33" s="11">
         <v>121.9</v>
       </c>
-      <c r="I33" s="56">
+      <c r="I33" s="46">
         <v>-0.6</v>
       </c>
       <c r="K33" s="25"/>
     </row>
     <row r="34" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="24">
         <v>2023</v>
       </c>
-      <c r="B34" s="53">
+      <c r="B34" s="11">
         <v>221.1</v>
       </c>
-      <c r="C34" s="54">
+      <c r="C34" s="44">
         <v>5.2</v>
       </c>
-      <c r="D34" s="53">
+      <c r="D34" s="11">
         <v>129.6</v>
       </c>
-      <c r="E34" s="56">
+      <c r="E34" s="46">
         <v>-0.6</v>
       </c>
-      <c r="F34" s="53">
+      <c r="F34" s="11">
         <v>217.5</v>
       </c>
-      <c r="G34" s="54">
+      <c r="G34" s="44">
         <v>6.2</v>
       </c>
-      <c r="H34" s="53">
+      <c r="H34" s="11">
         <v>121.2</v>
       </c>
-      <c r="I34" s="56">
+      <c r="I34" s="46">
         <v>-0.6</v>
       </c>
       <c r="K34" s="25"/>
     </row>
     <row r="35" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="24">
         <v>2024</v>
       </c>
-      <c r="B35" s="53">
+      <c r="B35" s="11">
         <v>238.6</v>
       </c>
-      <c r="C35" s="54">
+      <c r="C35" s="44">
         <v>7.9</v>
       </c>
-      <c r="D35" s="53">
+      <c r="D35" s="11">
         <v>128.1</v>
       </c>
-      <c r="E35" s="56">
+      <c r="E35" s="46">
         <v>-1.1000000000000001</v>
       </c>
-      <c r="F35" s="53">
+      <c r="F35" s="11">
         <v>235.3</v>
       </c>
-      <c r="G35" s="54">
+      <c r="G35" s="44">
         <v>8.1999999999999993</v>
       </c>
-      <c r="H35" s="53">
+      <c r="H35" s="11">
         <v>120.4</v>
       </c>
-      <c r="I35" s="56">
+      <c r="I35" s="46">
         <v>-0.6</v>
       </c>
       <c r="K35" s="25"/>
     </row>
     <row r="36" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="24">
         <v>2025</v>
       </c>
-      <c r="B36" s="53">
+      <c r="B36" s="11">
         <v>252.2</v>
       </c>
-      <c r="C36" s="54">
+      <c r="C36" s="44">
         <v>5.7</v>
       </c>
-      <c r="D36" s="53">
+      <c r="D36" s="11">
         <v>127.4</v>
       </c>
-      <c r="E36" s="56">
+      <c r="E36" s="46">
         <v>-0.6</v>
       </c>
-      <c r="F36" s="53">
+      <c r="F36" s="11">
         <v>250.5</v>
       </c>
-      <c r="G36" s="54">
+      <c r="G36" s="44">
         <v>6.4</v>
       </c>
-      <c r="H36" s="53">
+      <c r="H36" s="11">
         <v>119.7</v>
       </c>
-      <c r="I36" s="56">
+      <c r="I36" s="46">
         <v>-0.6</v>
       </c>
       <c r="K36" s="25"/>
       <c r="L36" s="25"/>
     </row>
     <row r="37" spans="1:14" s="8" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="26">
         <v>2026</v>
       </c>
-      <c r="B37" s="57">
+      <c r="B37" s="47">
         <v>263.3</v>
       </c>
-      <c r="C37" s="58">
+      <c r="C37" s="48">
         <v>4.4000000000000004</v>
       </c>
-      <c r="D37" s="57" t="s">
-[...5 lines deleted...]
-      <c r="F37" s="57">
+      <c r="D37" s="47">
+        <v>127.4</v>
+      </c>
+      <c r="E37" s="49">
+        <v>0</v>
+      </c>
+      <c r="F37" s="47">
         <v>259</v>
       </c>
-      <c r="G37" s="58">
+      <c r="G37" s="48">
         <v>3.4</v>
       </c>
-      <c r="H37" s="57" t="s">
-[...3 lines deleted...]
-        <v>31</v>
+      <c r="H37" s="47">
+        <v>118.2</v>
+      </c>
+      <c r="I37" s="49">
+        <v>-1.2</v>
       </c>
       <c r="K37" s="25"/>
     </row>
     <row r="38" spans="1:14" s="8" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="6"/>
       <c r="B38" s="6"/>
       <c r="C38" s="6"/>
       <c r="D38" s="6"/>
       <c r="E38" s="6"/>
       <c r="F38" s="6"/>
       <c r="G38" s="6"/>
       <c r="H38" s="6"/>
       <c r="I38" s="6"/>
       <c r="K38" s="22"/>
       <c r="L38" s="10"/>
       <c r="M38" s="22"/>
       <c r="N38" s="10"/>
     </row>
     <row r="39" spans="1:14" s="8" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A39" s="10" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="B39" s="10"/>
       <c r="C39" s="10"/>
       <c r="D39" s="22"/>
       <c r="E39" s="10"/>
       <c r="F39" s="22"/>
       <c r="G39" s="10"/>
       <c r="H39" s="22"/>
       <c r="I39" s="10"/>
       <c r="K39" s="22"/>
       <c r="L39" s="10"/>
       <c r="M39" s="22"/>
       <c r="N39" s="10"/>
     </row>
     <row r="40" spans="1:14" s="8" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A40" s="10" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="B40" s="10"/>
       <c r="C40" s="10"/>
       <c r="D40" s="22"/>
       <c r="E40" s="10"/>
       <c r="F40" s="22"/>
       <c r="G40" s="10"/>
       <c r="H40" s="22"/>
       <c r="I40" s="10"/>
     </row>
     <row r="41" spans="1:14" s="8" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A41" s="10"/>
       <c r="B41" s="10"/>
       <c r="C41" s="10"/>
       <c r="D41" s="22"/>
       <c r="E41" s="10"/>
       <c r="F41" s="22"/>
       <c r="G41" s="10"/>
       <c r="H41" s="22"/>
       <c r="I41" s="10"/>
     </row>
     <row r="42" spans="1:14" s="8" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="10" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B42" s="22"/>
       <c r="C42" s="22"/>
       <c r="D42" s="22"/>
       <c r="E42" s="22"/>
       <c r="F42" s="22"/>
       <c r="G42" s="22"/>
       <c r="H42" s="22"/>
       <c r="I42" s="22"/>
     </row>
     <row r="43" spans="1:14" s="8" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A43" s="10" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="B43" s="22"/>
       <c r="C43" s="22"/>
       <c r="D43" s="22"/>
       <c r="E43" s="22"/>
       <c r="F43" s="22"/>
       <c r="G43" s="22"/>
       <c r="H43" s="22"/>
       <c r="I43" s="22"/>
     </row>
     <row r="44" spans="1:14" s="8" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="10"/>
       <c r="B44" s="22"/>
       <c r="C44" s="22"/>
       <c r="D44" s="22"/>
       <c r="E44" s="22"/>
       <c r="F44" s="22"/>
       <c r="G44" s="22"/>
       <c r="H44" s="22"/>
       <c r="I44" s="22"/>
     </row>
     <row r="45" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A45" s="10" t="s">
         <v>49</v>
       </c>