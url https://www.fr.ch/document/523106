--- v0 (2025-12-15)
+++ v1 (2026-02-24)
@@ -1,95 +1,95 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28623"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="L:\00 Bases statistiques et produits généraux\01 Synthèses\03 Site Internet\06 Pages sous-produits\02 Infrastructure et environnement\0202 Utilisation du territoire et paysage\Excel\2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="L:\00 Bases statistiques et produits généraux\01 Synthèses\03 Site Internet\06 Pages sous-produits\02 Infrastructure et environnement\0202 Utilisation du territoire et paysage\Excel\2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9CFB284B-236A-4B17-AD71-35316D91AE34}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C2CABC9A-2D08-4300-BC14-B49517CFE96B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-300" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="te054" sheetId="19" r:id="rId1"/>
+    <sheet name="te054" sheetId="21" r:id="rId1"/>
     <sheet name="Signes - Zeichen" sheetId="20" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_AMO_UniqueIdentifier" hidden="1">"'99da7081-b6ff-4cc3-a50f-4927bc08c49a'"</definedName>
     <definedName name="En_tête" localSheetId="0">'te054'!$A$1:$E$10</definedName>
     <definedName name="En_tête">#REF!</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'te054'!$1:$10</definedName>
     <definedName name="Page1" localSheetId="0">'te054'!$A$11:$E$69</definedName>
     <definedName name="Page1">#REF!</definedName>
     <definedName name="Page2" localSheetId="0">'te054'!$A$70:$E$117</definedName>
     <definedName name="Page2">#REF!</definedName>
-    <definedName name="Source" localSheetId="0">'te054'!$A$119:$E$125</definedName>
+    <definedName name="Source" localSheetId="0">'te054'!$A$119:$E$127</definedName>
     <definedName name="Source">#REF!</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'te054'!$A$1:$E$127</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'te054'!$A$1:$E$129</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="450" uniqueCount="334">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="454" uniqueCount="337">
   <si>
     <t>—</t>
   </si>
   <si>
     <t>01.01.2017</t>
   </si>
   <si>
     <t>Cheyres-Châbles (2055)</t>
   </si>
   <si>
     <t>Châbles (2005), Cheyres (2010)</t>
   </si>
   <si>
     <t>Courtepin (2254)</t>
   </si>
   <si>
     <t>Barberêche (2243), Courtepin (2254), Villarepos (2279), Wallenried (2283)</t>
   </si>
   <si>
     <t>Plaffeien (2299)</t>
   </si>
   <si>
     <t>Oberschrot (2298), Plaffeien (2299), Zumholz (2310)</t>
   </si>
   <si>
@@ -929,187 +929,196 @@
   <si>
     <t>Alterswil (2291), St. Antoni (2302), Tafers (2306)</t>
   </si>
   <si>
     <t>Cheiry (2009), Surpierre (2044)</t>
   </si>
   <si>
     <t>01.01.2022</t>
   </si>
   <si>
     <t>Galmiz (2259), Gempenach (2260), Murten (2275)</t>
   </si>
   <si>
     <t>Clavaleyres (BE) (661), Murten (2275)</t>
   </si>
   <si>
     <t>Arconciel (2171), Ependes (2189), Senèdes (2225)</t>
   </si>
   <si>
     <t>T02-02-03</t>
   </si>
   <si>
     <t xml:space="preserve">Source : Etat de Fribourg : Service des communes, Fribourg </t>
   </si>
   <si>
-    <t>Fusions, divisions de communes et nombre de communes, de 1866 à 2025</t>
-[...2 lines deleted...]
-    <t>Gemeindefusionen und -teilungen, Anzahl Gemeinden von 1866 bis 2025</t>
+    <t>Auboranges (2061), Chapelle (2066), Ecublens (2072), Rue (2097)</t>
+  </si>
+  <si>
+    <t>Montet (2089), Ursy (2102)</t>
+  </si>
+  <si>
+    <t>Grolley (2200),Ponthaux (2217)</t>
+  </si>
+  <si>
+    <t>Grolley-Ponthaux (2239)</t>
+  </si>
+  <si>
+    <t>Légende des signes</t>
+  </si>
+  <si>
+    <t>Zeichenerklärung</t>
+  </si>
+  <si>
+    <t>Signes</t>
+  </si>
+  <si>
+    <t>Explication</t>
+  </si>
+  <si>
+    <t>Zeichen</t>
+  </si>
+  <si>
+    <t>Erklärung</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>Valeur rigoureusement nulle ou inexistante</t>
+  </si>
+  <si>
+    <t>Es kommt nichts vor (Wert genau Null)</t>
+  </si>
+  <si>
+    <t>0 ou 0,0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Valeur très faible, arrondie à zéro, mais non nulle </t>
+  </si>
+  <si>
+    <t>0 oder 0,0</t>
+  </si>
+  <si>
+    <t>Sehr kleiner Wert, auf Null gerundet, aber nicht genau null</t>
+  </si>
+  <si>
+    <t>(chiffre)</t>
+  </si>
+  <si>
+    <t>Résultat à interpréter avec prudence (trop peu d'observations)</t>
+  </si>
+  <si>
+    <t>(Zahl)</t>
+  </si>
+  <si>
+    <t>Resultat mit Vorsicht zu interpretieren (zu wenige Beobachtungen)</t>
+  </si>
+  <si>
+    <t>( )</t>
+  </si>
+  <si>
+    <t>Donnée confidentielle, non communiquée pour des raisons de protection des données</t>
+  </si>
+  <si>
+    <t>Zahlenangabe unterbleibt aus Gründen des Datenschutzes</t>
+  </si>
+  <si>
+    <t>Donnée inconnue, inconcevable ou non mentionnée pour des raisons statistiques</t>
+  </si>
+  <si>
+    <t>Zahl nicht bekannt, gegenstandslos oder aus statistischen Gründen nicht aufgeführt</t>
+  </si>
+  <si>
+    <t>r</t>
+  </si>
+  <si>
+    <t>Donnée revue et corrigée</t>
+  </si>
+  <si>
+    <t>Korrigierter Wert</t>
+  </si>
+  <si>
+    <t>p</t>
+  </si>
+  <si>
+    <t>Donnée provisoire</t>
+  </si>
+  <si>
+    <t>Provisorischer Wert</t>
+  </si>
+  <si>
+    <t>e</t>
+  </si>
+  <si>
+    <t>Donnée estimée</t>
+  </si>
+  <si>
+    <t>Geschätzter Wert</t>
+  </si>
+  <si>
+    <t>Fusions, divisions de communes et nombre de communes, de 1866 à 2026</t>
+  </si>
+  <si>
+    <t>Gemeindefusionen und -teilungen, Anzahl Gemeinden von 1866 bis 2026</t>
   </si>
   <si>
     <r>
       <t>Situation au 1</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="6"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>er</t>
     </r>
     <r>
       <rPr>
         <sz val="6"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve"> janvier 2025. Entre parenthèses: numéro fédéral de commune / Stand am 1. Januar 2025. In Klammern: eidgenössische Gemeindenummer</t>
+      <t xml:space="preserve"> janvier 2026. Entre parenthèses: numéro fédéral de commune / Stand am 1. Januar 2026. In Klammern: eidgenössische Gemeindenummer</t>
     </r>
   </si>
   <si>
-    <t>Auboranges (2061), Chapelle (2066), Ecublens (2072), Rue (2097)</t>
-[...107 lines deleted...]
-    <t>Geschätzter Wert</t>
+    <t>Fétigny-Ménières (2056)</t>
+  </si>
+  <si>
+    <t>Quelle: Staat Freiburg: Amt für Gemeinden, Freiburg, te26-054</t>
+  </si>
+  <si>
+    <t>Actualisation / Aktualisiert am: 06.01.2026</t>
+  </si>
+  <si>
+    <t>Fétigny (2016), Ménières (2027)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gurmels (2262), Ulmiz (2278) </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0000"/>
   </numFmts>
   <fonts count="17">
     <font>
       <sz val="10"/>
       <name val="Courier"/>
       <family val="3"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
@@ -1194,51 +1203,51 @@
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-4.9989318521683403E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="11">
+  <borders count="10">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
@@ -1283,95 +1292,84 @@
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
-      <right/>
-[...9 lines deleted...]
-      </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="69">
+  <cellXfs count="68">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="4" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
@@ -1470,101 +1468,98 @@
     </xf>
     <xf numFmtId="49" fontId="6" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="0" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="0" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="0" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="4" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="14" fontId="4" fillId="0" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="14" fontId="4" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="4"/>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="4" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="4" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="4" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="4" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="4" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="3" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="6" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="4" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="6" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="3" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="7" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="4" applyFont="1"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Normal 3" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Normal 4" xfId="3" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Normal 5" xfId="4" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="Normal 6" xfId="5" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="1" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16">
     <tableStyle name="Invisible" pivot="0" table="0" count="0" xr9:uid="{A9A3729B-FB80-47B6-9B36-A9894B6E9CEC}"/>
   </tableStyles>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
@@ -1907,85 +1902,85 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FB924657-AC3B-4889-A29A-1580FFD3F353}">
-  <dimension ref="A1:E290"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9CEC81B9-2F47-4787-92DD-03820A04079C}">
+  <dimension ref="A1:E292"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="112" zoomScaleNormal="112" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11" defaultRowHeight="10.5" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="12.25" style="3" customWidth="1"/>
     <col min="2" max="2" width="40.08203125" style="3" customWidth="1"/>
     <col min="3" max="3" width="19.83203125" style="3" customWidth="1"/>
     <col min="4" max="4" width="10.58203125" style="3" customWidth="1"/>
     <col min="5" max="5" width="10.58203125" style="7" customWidth="1"/>
     <col min="6" max="16384" width="11" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" s="19" customFormat="1" ht="12" customHeight="1">
       <c r="A1" s="21" t="s">
-        <v>294</v>
+        <v>329</v>
       </c>
       <c r="E1" s="20"/>
     </row>
     <row r="2" spans="1:5" s="6" customFormat="1" ht="12" customHeight="1">
       <c r="A2" s="18" t="s">
-        <v>295</v>
+        <v>330</v>
       </c>
       <c r="E2" s="17"/>
     </row>
     <row r="3" spans="1:5" ht="10.5" customHeight="1">
       <c r="A3" s="5" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:5" s="2" customFormat="1" ht="10.5" customHeight="1">
       <c r="A4" s="15" t="s">
-        <v>296</v>
+        <v>331</v>
       </c>
       <c r="E4" s="13"/>
     </row>
     <row r="5" spans="1:5" ht="10.5" customHeight="1">
       <c r="A5" s="16"/>
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="22"/>
     </row>
     <row r="6" spans="1:5" ht="10.5" customHeight="1">
       <c r="A6" s="42" t="s">
         <v>292</v>
       </c>
       <c r="B6" s="43"/>
       <c r="C6" s="33"/>
       <c r="D6" s="34"/>
       <c r="E6" s="35"/>
     </row>
     <row r="7" spans="1:5" ht="10.5" customHeight="1">
       <c r="A7" s="36" t="s">
         <v>276</v>
       </c>
       <c r="B7" s="44" t="s">
         <v>275</v>
@@ -3756,217 +3751,245 @@
       <c r="D116" s="24" t="s">
         <v>284</v>
       </c>
       <c r="E116" s="27">
         <v>129</v>
       </c>
     </row>
     <row r="117" spans="1:5" ht="10.5" customHeight="1">
       <c r="A117" s="47">
         <v>43978</v>
       </c>
       <c r="B117" s="23" t="s">
         <v>287</v>
       </c>
       <c r="C117" s="11" t="s">
         <v>13</v>
       </c>
       <c r="D117" s="24" t="s">
         <v>284</v>
       </c>
       <c r="E117" s="27">
         <v>128</v>
       </c>
     </row>
     <row r="118" spans="1:5" ht="10.5" customHeight="1">
-      <c r="A118" s="48">
+      <c r="A118" s="47">
         <v>43609</v>
       </c>
       <c r="B118" s="23" t="s">
         <v>290</v>
       </c>
       <c r="C118" s="11" t="s">
         <v>21</v>
       </c>
       <c r="D118" s="24" t="s">
         <v>288</v>
       </c>
       <c r="E118" s="27">
         <v>128</v>
       </c>
     </row>
     <row r="119" spans="1:5" ht="10.5" customHeight="1">
-      <c r="A119" s="48">
+      <c r="A119" s="47">
         <v>44278</v>
       </c>
       <c r="B119" s="23" t="s">
         <v>289</v>
       </c>
       <c r="C119" s="11" t="s">
         <v>21</v>
       </c>
       <c r="D119" s="24" t="s">
         <v>288</v>
       </c>
       <c r="E119" s="27">
         <v>126</v>
       </c>
     </row>
     <row r="120" spans="1:5" ht="10.5" customHeight="1">
-      <c r="A120" s="48">
+      <c r="A120" s="47">
         <v>45435</v>
       </c>
       <c r="B120" s="3" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="C120" s="3" t="s">
         <v>123</v>
       </c>
       <c r="D120" s="12">
         <v>45658</v>
       </c>
       <c r="E120" s="29">
         <v>123</v>
       </c>
     </row>
     <row r="121" spans="1:5" ht="10.5" customHeight="1">
-      <c r="A121" s="48">
+      <c r="A121" s="47">
         <v>45468</v>
       </c>
       <c r="B121" s="23" t="s">
-        <v>298</v>
+        <v>295</v>
       </c>
       <c r="C121" s="11" t="s">
         <v>35</v>
       </c>
       <c r="D121" s="12">
         <v>45658</v>
       </c>
       <c r="E121" s="27">
         <v>122</v>
       </c>
     </row>
     <row r="122" spans="1:5" ht="10.5" customHeight="1">
-      <c r="A122" s="49">
+      <c r="A122" s="47">
         <v>45468</v>
       </c>
-      <c r="B122" s="50" t="s">
-[...5 lines deleted...]
-      <c r="D122" s="51">
+      <c r="B122" s="23" t="s">
+        <v>296</v>
+      </c>
+      <c r="C122" s="11" t="s">
+        <v>297</v>
+      </c>
+      <c r="D122" s="12">
         <v>45658</v>
       </c>
-      <c r="E122" s="31">
+      <c r="E122" s="27">
         <v>121</v>
       </c>
     </row>
     <row r="123" spans="1:5" ht="10.5" customHeight="1">
-      <c r="A123" s="26"/>
-[...6 lines deleted...]
-      <c r="A124" s="1" t="s">
+      <c r="A123" s="47">
+        <v>45800</v>
+      </c>
+      <c r="B123" s="23" t="s">
+        <v>335</v>
+      </c>
+      <c r="C123" s="11" t="s">
+        <v>332</v>
+      </c>
+      <c r="D123" s="12">
+        <v>46023</v>
+      </c>
+      <c r="E123" s="27">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="124" spans="1:5" ht="10.5" customHeight="1">
+      <c r="A124" s="66">
+        <v>45833</v>
+      </c>
+      <c r="B124" s="67" t="s">
+        <v>336</v>
+      </c>
+      <c r="C124" s="16" t="s">
+        <v>61</v>
+      </c>
+      <c r="D124" s="48">
+        <v>46023</v>
+      </c>
+      <c r="E124" s="31">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="125" spans="1:5" ht="10.5" customHeight="1">
+      <c r="A125" s="26"/>
+      <c r="B125" s="23"/>
+      <c r="C125" s="11"/>
+      <c r="D125" s="12"/>
+      <c r="E125" s="25"/>
+    </row>
+    <row r="126" spans="1:5" s="2" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A126" s="1" t="s">
         <v>293</v>
       </c>
-      <c r="B124" s="15"/>
-[...26 lines deleted...]
-      <c r="E127" s="11"/>
+      <c r="B126" s="15"/>
+      <c r="C126" s="15"/>
+      <c r="D126" s="14"/>
+      <c r="E126" s="14"/>
+    </row>
+    <row r="127" spans="1:5" s="2" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A127" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="B127" s="15"/>
+      <c r="C127" s="15"/>
+      <c r="D127" s="14"/>
+      <c r="E127" s="13"/>
     </row>
     <row r="128" spans="1:5" ht="10.5" customHeight="1">
-      <c r="A128" s="8"/>
+      <c r="A128" s="12"/>
       <c r="B128" s="10"/>
       <c r="D128" s="9"/>
       <c r="E128" s="3"/>
     </row>
     <row r="129" spans="1:5" ht="10.5" customHeight="1">
-      <c r="A129" s="8"/>
-[...2 lines deleted...]
-      <c r="E129" s="3"/>
+      <c r="A129" s="15" t="s">
+        <v>334</v>
+      </c>
+      <c r="B129" s="11"/>
+      <c r="C129" s="11"/>
+      <c r="D129" s="11"/>
+      <c r="E129" s="11"/>
     </row>
     <row r="130" spans="1:5" ht="10.5" customHeight="1">
       <c r="A130" s="8"/>
       <c r="B130" s="10"/>
       <c r="D130" s="9"/>
       <c r="E130" s="3"/>
     </row>
     <row r="131" spans="1:5" ht="10.5" customHeight="1">
       <c r="A131" s="8"/>
-      <c r="B131" s="32"/>
+      <c r="B131" s="10"/>
+      <c r="D131" s="9"/>
       <c r="E131" s="3"/>
     </row>
     <row r="132" spans="1:5" ht="10.5" customHeight="1">
+      <c r="A132" s="8"/>
+      <c r="B132" s="10"/>
+      <c r="D132" s="9"/>
       <c r="E132" s="3"/>
     </row>
     <row r="133" spans="1:5" ht="10.5" customHeight="1">
+      <c r="A133" s="8"/>
+      <c r="B133" s="32"/>
       <c r="E133" s="3"/>
     </row>
     <row r="134" spans="1:5" ht="10.5" customHeight="1">
       <c r="E134" s="3"/>
     </row>
     <row r="135" spans="1:5" ht="10.5" customHeight="1">
       <c r="E135" s="3"/>
     </row>
     <row r="136" spans="1:5" ht="10.5" customHeight="1">
       <c r="E136" s="3"/>
     </row>
     <row r="137" spans="1:5" ht="10.5" customHeight="1">
-      <c r="D137" s="7"/>
+      <c r="E137" s="3"/>
     </row>
     <row r="138" spans="1:5" ht="10.5" customHeight="1">
-      <c r="D138" s="7"/>
+      <c r="E138" s="3"/>
     </row>
     <row r="139" spans="1:5" ht="10.5" customHeight="1">
       <c r="D139" s="7"/>
     </row>
     <row r="140" spans="1:5" ht="10.5" customHeight="1">
       <c r="D140" s="7"/>
     </row>
     <row r="141" spans="1:5" ht="10.5" customHeight="1">
       <c r="D141" s="7"/>
     </row>
     <row r="142" spans="1:5" ht="10.5" customHeight="1">
       <c r="D142" s="7"/>
     </row>
     <row r="143" spans="1:5" ht="10.5" customHeight="1">
       <c r="D143" s="7"/>
     </row>
     <row r="144" spans="1:5" ht="10.5" customHeight="1">
       <c r="D144" s="7"/>
     </row>
     <row r="145" spans="4:4" ht="10.5" customHeight="1">
       <c r="D145" s="7"/>
     </row>
     <row r="146" spans="4:4" ht="10.5" customHeight="1">
       <c r="D146" s="7"/>
     </row>
@@ -4379,255 +4402,261 @@
       <c r="D282" s="7"/>
     </row>
     <row r="283" spans="4:4" ht="10.5" customHeight="1">
       <c r="D283" s="7"/>
     </row>
     <row r="284" spans="4:4" ht="10.5" customHeight="1">
       <c r="D284" s="7"/>
     </row>
     <row r="285" spans="4:4" ht="10.5" customHeight="1">
       <c r="D285" s="7"/>
     </row>
     <row r="286" spans="4:4" ht="10.5" customHeight="1">
       <c r="D286" s="7"/>
     </row>
     <row r="287" spans="4:4" ht="10.5" customHeight="1">
       <c r="D287" s="7"/>
     </row>
     <row r="288" spans="4:4" ht="10.5" customHeight="1">
       <c r="D288" s="7"/>
     </row>
     <row r="289" spans="4:4" ht="10.5" customHeight="1">
       <c r="D289" s="7"/>
     </row>
     <row r="290" spans="4:4" ht="10.5" customHeight="1">
       <c r="D290" s="7"/>
+    </row>
+    <row r="291" spans="4:4" ht="10.5" customHeight="1">
+      <c r="D291" s="7"/>
+    </row>
+    <row r="292" spans="4:4" ht="10.5" customHeight="1">
+      <c r="D292" s="7"/>
     </row>
   </sheetData>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.51181102362204722" bottom="0.82677165354330717" header="0.59055118110236227" footer="0.39370078740157483"/>
   <pageSetup paperSize="9" fitToWidth="0" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;"Arial,Normal"&amp;6Service de la statistique du canton de Fribourg-RM
 &amp;Z&amp;F-&amp;D-&amp;T&amp;R&amp;"Arial,Normal"&amp;6&amp;P/&amp;N</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="69" max="16383" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{972A15E5-B0CD-4F3C-A246-117EE0DF6B98}">
   <dimension ref="A1:E17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11" defaultRowHeight="10.5" customHeight="1"/>
   <cols>
-    <col min="1" max="1" width="7.33203125" style="53" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="16384" width="11" style="53"/>
+    <col min="1" max="1" width="7.33203125" style="50" customWidth="1"/>
+    <col min="2" max="2" width="33" style="50" customWidth="1"/>
+    <col min="3" max="3" width="3" style="50" customWidth="1"/>
+    <col min="4" max="4" width="7.33203125" style="50" customWidth="1"/>
+    <col min="5" max="5" width="33" style="50" customWidth="1"/>
+    <col min="6" max="16384" width="11" style="50"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="14">
-      <c r="A1" s="52" t="s">
+      <c r="A1" s="49" t="s">
+        <v>298</v>
+      </c>
+      <c r="D1" s="49" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="2" spans="1:5" s="52" customFormat="1" ht="14">
+      <c r="A2" s="51" t="s">
+        <v>0</v>
+      </c>
+      <c r="D2" s="51" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="3" spans="1:5" ht="14">
+      <c r="A3" s="53" t="s">
+        <v>300</v>
+      </c>
+      <c r="B3" s="54" t="s">
+        <v>301</v>
+      </c>
+      <c r="C3" s="55"/>
+      <c r="D3" s="53" t="s">
+        <v>302</v>
+      </c>
+      <c r="E3" s="53" t="s">
         <v>303</v>
       </c>
-      <c r="D1" s="52" t="s">
+    </row>
+    <row r="4" spans="1:5" ht="14">
+      <c r="A4" s="56" t="s">
         <v>304</v>
       </c>
-    </row>
-[...9 lines deleted...]
-      <c r="A3" s="56" t="s">
+      <c r="B4" s="57" t="s">
         <v>305</v>
       </c>
-      <c r="B3" s="57" t="s">
+      <c r="C4" s="58"/>
+      <c r="D4" s="56" t="s">
+        <v>304</v>
+      </c>
+      <c r="E4" s="57" t="s">
         <v>306</v>
       </c>
-      <c r="C3" s="58"/>
-      <c r="D3" s="56" t="s">
+    </row>
+    <row r="5" spans="1:5" ht="14">
+      <c r="A5" s="59" t="s">
         <v>307</v>
       </c>
-      <c r="E3" s="56" t="s">
+      <c r="B5" s="60" t="s">
         <v>308</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" s="59" t="s">
+      <c r="C5" s="58"/>
+      <c r="D5" s="59" t="s">
         <v>309</v>
       </c>
-      <c r="B4" s="60" t="s">
+      <c r="E5" s="60" t="s">
         <v>310</v>
       </c>
-      <c r="C4" s="61"/>
-[...3 lines deleted...]
-      <c r="E4" s="60" t="s">
+    </row>
+    <row r="6" spans="1:5" ht="14">
+      <c r="A6" s="61" t="s">
         <v>311</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="62" t="s">
+      <c r="B6" s="57" t="s">
         <v>312</v>
       </c>
-      <c r="B5" s="63" t="s">
+      <c r="C6" s="58"/>
+      <c r="D6" s="61" t="s">
         <v>313</v>
       </c>
-      <c r="C5" s="61"/>
-      <c r="D5" s="62" t="s">
+      <c r="E6" s="57" t="s">
         <v>314</v>
       </c>
-      <c r="E5" s="63" t="s">
+    </row>
+    <row r="7" spans="1:5" ht="17">
+      <c r="A7" s="59" t="s">
         <v>315</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A6" s="64" t="s">
+      <c r="B7" s="60" t="s">
         <v>316</v>
       </c>
-      <c r="B6" s="60" t="s">
+      <c r="C7" s="58"/>
+      <c r="D7" s="59" t="s">
+        <v>315</v>
+      </c>
+      <c r="E7" s="60" t="s">
         <v>317</v>
       </c>
-      <c r="C6" s="61"/>
-      <c r="D6" s="64" t="s">
+    </row>
+    <row r="8" spans="1:5" ht="17">
+      <c r="A8" s="56" t="s">
+        <v>257</v>
+      </c>
+      <c r="B8" s="57" t="s">
         <v>318</v>
       </c>
-      <c r="E6" s="60" t="s">
+      <c r="C8" s="58"/>
+      <c r="D8" s="56" t="s">
+        <v>257</v>
+      </c>
+      <c r="E8" s="57" t="s">
         <v>319</v>
       </c>
     </row>
-    <row r="7" spans="1:5" ht="17">
-      <c r="A7" s="62" t="s">
+    <row r="9" spans="1:5" ht="14">
+      <c r="A9" s="59" t="s">
         <v>320</v>
       </c>
-      <c r="B7" s="63" t="s">
+      <c r="B9" s="60" t="s">
         <v>321</v>
       </c>
-      <c r="C7" s="61"/>
-      <c r="D7" s="62" t="s">
+      <c r="C9" s="58"/>
+      <c r="D9" s="59" t="s">
         <v>320</v>
       </c>
-      <c r="E7" s="63" t="s">
+      <c r="E9" s="60" t="s">
         <v>322</v>
       </c>
     </row>
-    <row r="8" spans="1:5" ht="17">
-[...3 lines deleted...]
-      <c r="B8" s="60" t="s">
+    <row r="10" spans="1:5" ht="14">
+      <c r="A10" s="56" t="s">
         <v>323</v>
       </c>
-      <c r="C8" s="61"/>
-[...3 lines deleted...]
-      <c r="E8" s="60" t="s">
+      <c r="B10" s="57" t="s">
         <v>324</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A9" s="62" t="s">
+      <c r="C10" s="58"/>
+      <c r="D10" s="56" t="s">
+        <v>323</v>
+      </c>
+      <c r="E10" s="57" t="s">
         <v>325</v>
       </c>
-      <c r="B9" s="63" t="s">
+    </row>
+    <row r="11" spans="1:5" ht="14">
+      <c r="A11" s="62" t="s">
         <v>326</v>
       </c>
-      <c r="C9" s="61"/>
-[...3 lines deleted...]
-      <c r="E9" s="63" t="s">
+      <c r="B11" s="63" t="s">
         <v>327</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A10" s="59" t="s">
+      <c r="C11" s="58"/>
+      <c r="D11" s="62" t="s">
+        <v>326</v>
+      </c>
+      <c r="E11" s="63" t="s">
         <v>328</v>
       </c>
-      <c r="B10" s="60" t="s">
-[...23 lines deleted...]
-      </c>
     </row>
     <row r="12" spans="1:5" ht="14">
-      <c r="A12" s="67"/>
-      <c r="D12" s="67"/>
+      <c r="A12" s="64"/>
+      <c r="D12" s="64"/>
     </row>
     <row r="13" spans="1:5" ht="14">
-      <c r="A13" s="67"/>
-      <c r="D13" s="67"/>
+      <c r="A13" s="64"/>
+      <c r="D13" s="64"/>
     </row>
     <row r="14" spans="1:5" ht="14.5">
-      <c r="A14" s="68"/>
-      <c r="D14" s="67"/>
+      <c r="A14" s="65"/>
+      <c r="D14" s="64"/>
     </row>
     <row r="15" spans="1:5" ht="14.5">
-      <c r="A15" s="68"/>
-      <c r="D15" s="67"/>
+      <c r="A15" s="65"/>
+      <c r="D15" s="64"/>
     </row>
     <row r="16" spans="1:5" ht="14">
-      <c r="A16" s="67"/>
-      <c r="D16" s="67"/>
+      <c r="A16" s="64"/>
+      <c r="D16" s="64"/>
     </row>
     <row r="17" spans="1:4" ht="14">
-      <c r="A17" s="67"/>
-      <c r="D17" s="67"/>
+      <c r="A17" s="64"/>
+      <c r="D17" s="64"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Plages nommées</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>