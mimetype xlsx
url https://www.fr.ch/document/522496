--- v0 (2025-12-05)
+++ v1 (2026-02-24)
@@ -1,65 +1,65 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/connections.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.connections+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28324"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\ad.net.fr.ch\dfs\DEE\SSTAT\WP\00 Bases statistiques et produits généraux\01 Synthèses\03 Site Internet\06 Pages sous-produits\03 Economie\0302 Activité professionnelle et temps de travail\2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="L:\00 Bases statistiques et produits généraux\01 Synthèses\03 Site Internet\06 Pages sous-produits\03 Economie\0302 Activité professionnelle et temps de travail\2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{61410FD2-DF4B-4B60-B02E-CF1089E73724}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FDE6F020-8327-4444-BE0C-223C9235937F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="ge059" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'ge059'!$A$1:$L$37</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'ge059'!$A$1:$L$36</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
 <connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16">
   <connection id="1" xr16:uid="{00000000-0015-0000-FFFF-FFFF00000000}" odcFile="C:\Users\messikommerr\Documents\Mes sources de données\npsql17_sql2014 Stat00ReleveStructurel V_annuaire_RS_2017.odc" keepAlive="1" name="npsql17_sql2014 Stat00ReleveStructurel V_annuaire_RS_2017" type="5" refreshedVersion="6">
     <dbPr connection="Provider=SQLOLEDB.1;Integrated Security=SSPI;Persist Security Info=True;Initial Catalog=Stat00ReleveStructurel;Data Source=npsql17\sql2014;Use Procedure for Prepare=1;Auto Translate=True;Packet Size=4096;Workstation ID=WSTA00460005;Use Encryption for Data=False;Tag with column collation when possible=False" command="&quot;Stat00ReleveStructurel&quot;.&quot;dbo&quot;.&quot;V_annuaire_RS_2017&quot;" commandType="3"/>
   </connection>
   <connection id="2" xr16:uid="{00000000-0015-0000-FFFF-FFFF01000000}" odcFile="C:\Users\messikommerr\Documents\Mes sources de données\npsql17_sql2014 Stat00ReleveStructurel V_annuaire_RS_2018.odc" keepAlive="1" name="npsql17_sql2014 Stat00ReleveStructurel V_annuaire_RS_2018" type="5" refreshedVersion="6">
     <dbPr connection="Provider=SQLOLEDB.1;Integrated Security=SSPI;Persist Security Info=True;Initial Catalog=Stat00ReleveStructurel;Data Source=npsql17\sql2014;Use Procedure for Prepare=1;Auto Translate=True;Packet Size=4096;Workstation ID=WSTA00460005;Use Encryption for Data=False;Tag with column collation when possible=False" command="&quot;Stat00ReleveStructurel&quot;.&quot;dbo&quot;.&quot;V_annuaire_RS_2018&quot;" commandType="3"/>
   </connection>
@@ -157,188 +157,188 @@
         <vertAlign val="superscript"/>
         <sz val="6"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>1</t>
     </r>
     <r>
       <rPr>
         <sz val="6"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Stand am 31. Dezember Schätzung aufgrund einer Stichprobenerhebung, auf Hundert gerundet. Personen ab 15 Jahren in Privathaushalten, ohne die Diplomaten, internationale</t>
     </r>
   </si>
   <si>
     <t>G03-02-01</t>
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                               </t>
   </si>
   <si>
-    <t>Source: Relevé structurel 2023 - Office fédéral de la statistique, Neuchâtel / Service de la statistique du canton de Fribourg</t>
-[...2 lines deleted...]
-    <t>Quelle: Strukturerhebung 2023 - Bundesamt für Statistik, Neuenburg / Amt für Statistik des Kantons Freiburg, ge25-059</t>
+    <t>Apprentis
+Lernende
+5 100</t>
   </si>
   <si>
     <r>
-      <t>Canton de Fribourg, population résidante permanente, selon le statut sur le marché du travail, en 2023</t>
+      <t>Canton de Fribourg, population résidante permanente, selon le statut sur le marché du travail, en 2024</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="6"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">1,2 </t>
     </r>
     <r>
       <rPr>
         <sz val="6"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>/ Kanton Freiburg, ständige Wohnbevölkerung nach Arbeitsmarktstatus 2023</t>
+      <t>/ Kanton Freiburg, ständige Wohnbevölkerung nach Arbeitsmarktstatus 2024</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="6"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>1,2</t>
     </r>
   </si>
   <si>
+    <t>Source: Relevé structurel 2024 - Office fédéral de la statistique, Neuchâtel / Service de la statistique du canton de Fribourg</t>
+  </si>
+  <si>
+    <t>Actualisation / Aktualisiert am: 10.02.2026</t>
+  </si>
+  <si>
+    <t>Quelle: Strukturerhebung 2024 - Bundesamt für Statistik, Neuenburg / Amt für Statistik des Kantons Freiburg, ge26-059</t>
+  </si>
+  <si>
     <t>Population résidante permanente
 Ständige Wohnbevölkerung
-279 000</t>
+283 800</t>
   </si>
   <si>
     <t>Personnes actives
 Erwerbspersonen
-184 300</t>
+185 900</t>
   </si>
   <si>
     <t>Personnes non actives
 Nichterwerbspersonen
-94 700</t>
+97 900</t>
   </si>
   <si>
     <t>Personnes actives occupées
 Erwerbstätige
-175 200</t>
+176 900</t>
   </si>
   <si>
     <t>Personnes actives sans emploi
 Erwerbslose
-9 200</t>
+9 000</t>
+  </si>
+  <si>
+    <t>Personnes actives occupées à plein temps Vollzeiterwerbstätige
+118 900</t>
+  </si>
+  <si>
+    <t>Personnes actives occupées à temps partiel Teilzeiterwerbstätige
+58 000</t>
+  </si>
+  <si>
+    <t>Indépen-dants
+Selbstän-dige
+6 900</t>
+  </si>
+  <si>
+    <t>Propriétaire de l'entreprise
+Firmen-eigentümer
+6 600</t>
+  </si>
+  <si>
+    <t>Salariés
+Arbeit-nehmer
+97 900</t>
+  </si>
+  <si>
+    <t>Autres
+Andere
+2 400</t>
+  </si>
+  <si>
+    <t>Indépen-dants
+Selbstän-dige
+4 600</t>
+  </si>
+  <si>
+    <t>Propriétaire de l'entreprise
+Firmen-eigentümer
+1 900</t>
+  </si>
+  <si>
+    <t>Salariés
+49 800</t>
+  </si>
+  <si>
+    <t>Autres
+Andere
+1 600</t>
   </si>
   <si>
     <t>Rentiers AVS/AI 
 Rentner AHV/IV
-61 100</t>
+62 700</t>
   </si>
   <si>
     <t>En formation
 In Ausbildung
-18 800</t>
+19 900</t>
   </si>
   <si>
     <t>Au foyer
 Hausfrauen und -männer
-8 300</t>
+7 800</t>
   </si>
   <si>
     <t>Autres
 Andere 
-6 500</t>
-[...54 lines deleted...]
-    <t>Actualisation / Aktualisiert am: 14.02.2025</t>
+7 600</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="20" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -474,73 +474,64 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFD1E3FF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF61E1FF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF65AEFF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF0066FF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="2">
+  <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
-      <bottom/>
-[...7 lines deleted...]
-      </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="41">
+  <cellXfs count="40">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
@@ -560,51 +551,50 @@
     <xf numFmtId="0" fontId="11" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="14" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
@@ -645,57 +635,57 @@
       <color rgb="FFD1EDFF"/>
       <color rgb="FF0048BC"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>7327</xdr:colOff>
-      <xdr:row>8</xdr:row>
+      <xdr:row>7</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>12</xdr:col>
       <xdr:colOff>7327</xdr:colOff>
-      <xdr:row>9</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>7327</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="21" name="Rectangle 20">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000015000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="7327" y="1333500"/>
           <a:ext cx="6110654" cy="344365"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
@@ -709,57 +699,57 @@
         <a:fillRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="l"/>
           <a:endParaRPr lang="fr-CH" sz="1100"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>7327</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>9</xdr:row>
       <xdr:rowOff>7327</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>9</xdr:row>
       <xdr:rowOff>505557</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="22" name="Rectangle 21">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000016000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="7327" y="2124808"/>
           <a:ext cx="3744058" cy="498230"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
@@ -773,57 +763,57 @@
         <a:fillRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="l"/>
           <a:endParaRPr lang="fr-CH" sz="1100"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>3665</xdr:colOff>
-      <xdr:row>9</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>7326</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>6</xdr:col>
       <xdr:colOff>249117</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>9</xdr:row>
       <xdr:rowOff>7326</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="26" name="Connecteur en angle 25">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00001A000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr>
           <a:stCxn id="21" idx="2"/>
           <a:endCxn id="22" idx="0"/>
         </xdr:cNvCxnSpPr>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm rot="5400000">
           <a:off x="2247534" y="1309687"/>
           <a:ext cx="446943" cy="1183298"/>
         </a:xfrm>
         <a:prstGeom prst="bentConnector3">
           <a:avLst>
             <a:gd name="adj1" fmla="val 49331"/>
           </a:avLst>
@@ -834,57 +824,57 @@
           </a:solidFill>
           <a:tailEnd type="arrow"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>9</xdr:col>
       <xdr:colOff>7327</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>9</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>11</xdr:col>
       <xdr:colOff>945173</xdr:colOff>
-      <xdr:row>11</xdr:row>
+      <xdr:row>10</xdr:row>
       <xdr:rowOff>7327</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="29" name="Rectangle 28">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00001D000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="4227635" y="2117481"/>
           <a:ext cx="1875692" cy="520211"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
@@ -898,57 +888,57 @@
         <a:fillRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="l"/>
           <a:endParaRPr lang="fr-CH" sz="1100"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>6</xdr:col>
       <xdr:colOff>249115</xdr:colOff>
-      <xdr:row>9</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>7327</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>11</xdr:col>
       <xdr:colOff>7326</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>9</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="31" name="Connecteur en angle 30">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00001F000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr>
           <a:stCxn id="21" idx="2"/>
           <a:endCxn id="29" idx="0"/>
         </xdr:cNvCxnSpPr>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm rot="16200000" flipH="1">
           <a:off x="3894259" y="846259"/>
           <a:ext cx="439616" cy="2102827"/>
         </a:xfrm>
         <a:prstGeom prst="bentConnector3">
           <a:avLst>
             <a:gd name="adj1" fmla="val 50000"/>
           </a:avLst>
@@ -959,57 +949,57 @@
           </a:solidFill>
           <a:tailEnd type="arrow"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>7327</xdr:colOff>
-      <xdr:row>12</xdr:row>
+      <xdr:row>11</xdr:row>
       <xdr:rowOff>7327</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>13</xdr:row>
+      <xdr:row>12</xdr:row>
       <xdr:rowOff>7327</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="37" name="Rectangle 36">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000025000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="7327" y="3282462"/>
           <a:ext cx="2337288" cy="527538"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
@@ -1023,57 +1013,57 @@
         <a:fillRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="l"/>
           <a:endParaRPr lang="fr-CH" sz="1100"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>461597</xdr:colOff>
-      <xdr:row>12</xdr:row>
+      <xdr:row>11</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
       <xdr:colOff>7327</xdr:colOff>
-      <xdr:row>12</xdr:row>
+      <xdr:row>11</xdr:row>
       <xdr:rowOff>520211</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="38" name="Rectangle 37">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000026000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="2806212" y="3275135"/>
           <a:ext cx="952500" cy="520211"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
@@ -1087,57 +1077,57 @@
         <a:fillRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="l"/>
           <a:endParaRPr lang="fr-CH" sz="1100"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>9</xdr:col>
       <xdr:colOff>461596</xdr:colOff>
-      <xdr:row>12</xdr:row>
+      <xdr:row>11</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>12</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>13</xdr:row>
+      <xdr:row>12</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="40" name="Rectangle 39">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000028000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="4681904" y="3275135"/>
           <a:ext cx="1428750" cy="527538"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
@@ -1151,57 +1141,57 @@
         <a:fillRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="l"/>
           <a:endParaRPr lang="fr-CH" sz="1100"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>238125</xdr:colOff>
-      <xdr:row>11</xdr:row>
+      <xdr:row>10</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>3664</xdr:colOff>
-      <xdr:row>12</xdr:row>
+      <xdr:row>11</xdr:row>
       <xdr:rowOff>7328</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="43" name="Connecteur en angle 42">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00002B000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr>
           <a:stCxn id="22" idx="2"/>
           <a:endCxn id="37" idx="0"/>
         </xdr:cNvCxnSpPr>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm rot="5400000">
           <a:off x="1410433" y="1875692"/>
           <a:ext cx="234462" cy="703385"/>
         </a:xfrm>
         <a:prstGeom prst="bentConnector3">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
@@ -1210,57 +1200,57 @@
           </a:solidFill>
           <a:tailEnd type="arrow"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>3665</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>9</xdr:row>
       <xdr:rowOff>410306</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>7</xdr:col>
       <xdr:colOff>1</xdr:colOff>
-      <xdr:row>11</xdr:row>
+      <xdr:row>10</xdr:row>
       <xdr:rowOff>227133</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="47" name="Connecteur en angle 46">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00002F000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr>
           <a:stCxn id="22" idx="2"/>
           <a:endCxn id="38" idx="0"/>
         </xdr:cNvCxnSpPr>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm rot="16200000" flipH="1">
           <a:off x="2467342" y="1522167"/>
           <a:ext cx="227135" cy="1403106"/>
         </a:xfrm>
         <a:prstGeom prst="bentConnector3">
           <a:avLst>
             <a:gd name="adj1" fmla="val 52481"/>
           </a:avLst>
@@ -1271,57 +1261,57 @@
           </a:solidFill>
           <a:tailEnd type="arrow"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>14654</xdr:colOff>
-      <xdr:row>14</xdr:row>
+      <xdr:row>13</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>461596</xdr:colOff>
-      <xdr:row>14</xdr:row>
+      <xdr:row>13</xdr:row>
       <xdr:rowOff>593481</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="54" name="Rectangle 53">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000036000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="14654" y="3069981"/>
           <a:ext cx="915865" cy="593481"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
@@ -1335,57 +1325,57 @@
         <a:fillRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="l"/>
           <a:endParaRPr lang="fr-CH" sz="1100"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>454269</xdr:colOff>
-      <xdr:row>14</xdr:row>
+      <xdr:row>13</xdr:row>
       <xdr:rowOff>14654</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>461596</xdr:colOff>
-      <xdr:row>14</xdr:row>
+      <xdr:row>13</xdr:row>
       <xdr:rowOff>600807</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="55" name="Rectangle 54">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000037000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1392115" y="3084635"/>
           <a:ext cx="945173" cy="586153"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
@@ -1399,57 +1389,57 @@
         <a:fillRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="l"/>
           <a:endParaRPr lang="fr-CH" sz="1100"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>10</xdr:col>
       <xdr:colOff>7327</xdr:colOff>
-      <xdr:row>12</xdr:row>
+      <xdr:row>11</xdr:row>
       <xdr:rowOff>7328</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>11</xdr:col>
       <xdr:colOff>945173</xdr:colOff>
-      <xdr:row>13</xdr:row>
+      <xdr:row>12</xdr:row>
       <xdr:rowOff>14654</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="56" name="Rectangle 55">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000038000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="4696558" y="2344616"/>
           <a:ext cx="1406769" cy="512884"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
@@ -1463,57 +1453,57 @@
         <a:fillRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="l"/>
           <a:endParaRPr lang="fr-CH" sz="1100"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>10</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>14</xdr:row>
+      <xdr:row>13</xdr:row>
       <xdr:rowOff>7327</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>11</xdr:col>
       <xdr:colOff>945173</xdr:colOff>
-      <xdr:row>14</xdr:row>
+      <xdr:row>13</xdr:row>
       <xdr:rowOff>600807</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="57" name="Rectangle 56">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000039000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="4689231" y="3077308"/>
           <a:ext cx="1414096" cy="593480"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
@@ -1527,57 +1517,57 @@
         <a:fillRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="l"/>
           <a:endParaRPr lang="fr-CH" sz="1100"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>10</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>16</xdr:row>
+      <xdr:row>15</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>12</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>17</xdr:row>
+      <xdr:row>16</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="58" name="Rectangle 57">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00003A000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="4689231" y="3897923"/>
           <a:ext cx="1421423" cy="505558"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
@@ -1591,57 +1581,57 @@
         <a:fillRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="l"/>
           <a:endParaRPr lang="fr-CH" sz="1100"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>10</xdr:col>
       <xdr:colOff>7327</xdr:colOff>
-      <xdr:row>18</xdr:row>
+      <xdr:row>17</xdr:row>
       <xdr:rowOff>7327</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>12</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>19</xdr:row>
+      <xdr:row>18</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="60" name="Rectangle 59">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00003C000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="4696558" y="4637942"/>
           <a:ext cx="1414096" cy="498231"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
@@ -1655,57 +1645,57 @@
         <a:fillRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="l"/>
           <a:endParaRPr lang="fr-CH" sz="1100"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>3664</xdr:colOff>
-      <xdr:row>13</xdr:row>
+      <xdr:row>12</xdr:row>
       <xdr:rowOff>7327</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
       <xdr:colOff>238125</xdr:colOff>
-      <xdr:row>14</xdr:row>
+      <xdr:row>13</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="63" name="Connecteur en angle 62">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00003F000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr>
           <a:stCxn id="37" idx="2"/>
           <a:endCxn id="54" idx="0"/>
         </xdr:cNvCxnSpPr>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm rot="5400000">
           <a:off x="714375" y="2608385"/>
           <a:ext cx="219808" cy="703384"/>
         </a:xfrm>
         <a:prstGeom prst="bentConnector3">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
@@ -1714,57 +1704,57 @@
           </a:solidFill>
           <a:tailEnd type="arrow"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>238124</xdr:colOff>
-      <xdr:row>13</xdr:row>
+      <xdr:row>12</xdr:row>
       <xdr:rowOff>7327</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
       <xdr:colOff>457932</xdr:colOff>
-      <xdr:row>14</xdr:row>
+      <xdr:row>13</xdr:row>
       <xdr:rowOff>14654</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="70" name="Connecteur en angle 69">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000046000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr>
           <a:stCxn id="37" idx="2"/>
           <a:endCxn id="55" idx="0"/>
         </xdr:cNvCxnSpPr>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm rot="16200000" flipH="1">
           <a:off x="1403105" y="2623038"/>
           <a:ext cx="234462" cy="688731"/>
         </a:xfrm>
         <a:prstGeom prst="bentConnector3">
           <a:avLst>
             <a:gd name="adj1" fmla="val 47637"/>
           </a:avLst>
@@ -1775,57 +1765,57 @@
           </a:solidFill>
           <a:tailEnd type="arrow"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>10</xdr:col>
       <xdr:colOff>7328</xdr:colOff>
-      <xdr:row>11</xdr:row>
+      <xdr:row>10</xdr:row>
       <xdr:rowOff>7327</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>11</xdr:col>
       <xdr:colOff>7328</xdr:colOff>
-      <xdr:row>12</xdr:row>
+      <xdr:row>11</xdr:row>
       <xdr:rowOff>263770</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="72" name="Connecteur en angle 71">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000048000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr>
           <a:stCxn id="29" idx="2"/>
           <a:endCxn id="56" idx="1"/>
         </xdr:cNvCxnSpPr>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm rot="5400000">
           <a:off x="4689232" y="2124808"/>
           <a:ext cx="483577" cy="468923"/>
         </a:xfrm>
         <a:prstGeom prst="bentConnector4">
           <a:avLst>
             <a:gd name="adj1" fmla="val 23485"/>
             <a:gd name="adj2" fmla="val 147750"/>
@@ -1837,57 +1827,57 @@
           </a:solidFill>
           <a:tailEnd type="arrow"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>9</xdr:col>
       <xdr:colOff>249115</xdr:colOff>
-      <xdr:row>12</xdr:row>
+      <xdr:row>11</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>10</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>14</xdr:row>
+      <xdr:row>13</xdr:row>
       <xdr:rowOff>304067</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="75" name="Connecteur en angle 74">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00004B000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr>
           <a:endCxn id="57" idx="1"/>
         </xdr:cNvCxnSpPr>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm rot="16200000" flipH="1">
           <a:off x="4108572" y="2793389"/>
           <a:ext cx="941510" cy="219808"/>
         </a:xfrm>
         <a:prstGeom prst="bentConnector2">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:solidFill>
@@ -1895,57 +1885,57 @@
           </a:solidFill>
           <a:tailEnd type="arrow"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>9</xdr:col>
       <xdr:colOff>249116</xdr:colOff>
-      <xdr:row>12</xdr:row>
+      <xdr:row>11</xdr:row>
       <xdr:rowOff>51288</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>10</xdr:col>
       <xdr:colOff>1</xdr:colOff>
-      <xdr:row>16</xdr:row>
+      <xdr:row>15</xdr:row>
       <xdr:rowOff>252778</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="77" name="Connecteur en angle 76">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00004D000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr>
           <a:endCxn id="58" idx="1"/>
         </xdr:cNvCxnSpPr>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm rot="16200000" flipH="1">
           <a:off x="3698265" y="3159735"/>
           <a:ext cx="1762125" cy="219808"/>
         </a:xfrm>
         <a:prstGeom prst="bentConnector2">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:solidFill>
@@ -1953,57 +1943,57 @@
           </a:solidFill>
           <a:tailEnd type="arrow"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>9</xdr:col>
       <xdr:colOff>249114</xdr:colOff>
-      <xdr:row>11</xdr:row>
+      <xdr:row>10</xdr:row>
       <xdr:rowOff>146538</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>10</xdr:col>
       <xdr:colOff>7326</xdr:colOff>
-      <xdr:row>18</xdr:row>
+      <xdr:row>17</xdr:row>
       <xdr:rowOff>256443</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="83" name="Connecteur en angle 82">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000053000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr>
           <a:endCxn id="60" idx="1"/>
         </xdr:cNvCxnSpPr>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm rot="16200000" flipH="1">
           <a:off x="3267807" y="3458307"/>
           <a:ext cx="2630366" cy="227135"/>
         </a:xfrm>
         <a:prstGeom prst="bentConnector2">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:solidFill>
@@ -2011,57 +2001,57 @@
           </a:solidFill>
           <a:tailEnd type="arrow"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>15</xdr:row>
+      <xdr:row>14</xdr:row>
       <xdr:rowOff>229720</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
       <xdr:colOff>5603</xdr:colOff>
-      <xdr:row>16</xdr:row>
+      <xdr:row>15</xdr:row>
       <xdr:rowOff>588309</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="9" name="Rectangle 8">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000009000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="465044" y="3765176"/>
           <a:ext cx="470647" cy="588309"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
@@ -2075,57 +2065,57 @@
         <a:fillRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="l"/>
           <a:endParaRPr lang="fr-CH" sz="1100"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>5603</xdr:colOff>
-      <xdr:row>16</xdr:row>
+      <xdr:row>15</xdr:row>
       <xdr:rowOff>5603</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>11205</xdr:colOff>
-      <xdr:row>17</xdr:row>
+      <xdr:row>16</xdr:row>
       <xdr:rowOff>11206</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="32" name="Rectangle 31">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000020000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1865779" y="3770779"/>
           <a:ext cx="470647" cy="605118"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
@@ -2139,57 +2129,57 @@
         <a:fillRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="l"/>
           <a:endParaRPr lang="fr-CH" sz="1100"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>5603</xdr:colOff>
-      <xdr:row>18</xdr:row>
+      <xdr:row>17</xdr:row>
       <xdr:rowOff>5603</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>11205</xdr:colOff>
-      <xdr:row>19</xdr:row>
+      <xdr:row>18</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="33" name="Rectangle 32">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000021000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1865779" y="4600015"/>
           <a:ext cx="470647" cy="644338"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
@@ -2203,57 +2193,57 @@
         <a:fillRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="l"/>
           <a:endParaRPr lang="fr-CH" sz="1100"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>465043</xdr:colOff>
-      <xdr:row>17</xdr:row>
+      <xdr:row>16</xdr:row>
       <xdr:rowOff>224118</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
       <xdr:colOff>5602</xdr:colOff>
-      <xdr:row>19</xdr:row>
+      <xdr:row>18</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="34" name="Rectangle 33">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000022000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="465043" y="4588809"/>
           <a:ext cx="470647" cy="655544"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
@@ -2267,57 +2257,57 @@
         <a:fillRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="l"/>
           <a:endParaRPr lang="fr-CH" sz="1100"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>5603</xdr:colOff>
-      <xdr:row>22</xdr:row>
+      <xdr:row>21</xdr:row>
       <xdr:rowOff>5603</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
       <xdr:colOff>11206</xdr:colOff>
-      <xdr:row>23</xdr:row>
+      <xdr:row>22</xdr:row>
       <xdr:rowOff>5603</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="35" name="Rectangle 34">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000023000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="475049" y="6700317"/>
           <a:ext cx="475050" cy="707572"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
@@ -2331,57 +2321,57 @@
         <a:fillRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="l"/>
           <a:endParaRPr lang="fr-CH" sz="1100"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>5603</xdr:colOff>
-      <xdr:row>22</xdr:row>
+      <xdr:row>21</xdr:row>
       <xdr:rowOff>5604</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>11205</xdr:colOff>
-      <xdr:row>23</xdr:row>
+      <xdr:row>22</xdr:row>
       <xdr:rowOff>5604</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="36" name="Rectangle 35">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000024000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1865779" y="6359339"/>
           <a:ext cx="470647" cy="666750"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
@@ -2395,57 +2385,57 @@
         <a:fillRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="l"/>
           <a:endParaRPr lang="fr-CH" sz="1100"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>5603</xdr:colOff>
-      <xdr:row>24</xdr:row>
+      <xdr:row>23</xdr:row>
       <xdr:rowOff>5603</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
       <xdr:colOff>11206</xdr:colOff>
-      <xdr:row>26</xdr:row>
+      <xdr:row>25</xdr:row>
       <xdr:rowOff>5603</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="39" name="Rectangle 38">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000027000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="470647" y="7255809"/>
           <a:ext cx="470647" cy="649941"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
@@ -2459,57 +2449,57 @@
         <a:fillRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="l"/>
           <a:endParaRPr lang="fr-CH" sz="1100"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>5603</xdr:colOff>
-      <xdr:row>24</xdr:row>
+      <xdr:row>23</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>11205</xdr:colOff>
-      <xdr:row>26</xdr:row>
+      <xdr:row>25</xdr:row>
       <xdr:rowOff>5603</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="41" name="Rectangle 40">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000029000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1865779" y="7250206"/>
           <a:ext cx="470647" cy="655544"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
@@ -2523,57 +2513,57 @@
         <a:fillRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="l"/>
           <a:endParaRPr lang="fr-CH" sz="1100"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1</xdr:colOff>
-      <xdr:row>14</xdr:row>
+      <xdr:row>13</xdr:row>
       <xdr:rowOff>593481</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>5604</xdr:colOff>
-      <xdr:row>16</xdr:row>
+      <xdr:row>15</xdr:row>
       <xdr:rowOff>294155</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="11" name="Connecteur en angle 10">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00000B000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr>
           <a:stCxn id="54" idx="2"/>
           <a:endCxn id="9" idx="1"/>
         </xdr:cNvCxnSpPr>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm rot="5400000">
           <a:off x="202892" y="3791575"/>
           <a:ext cx="529909" cy="5603"/>
         </a:xfrm>
         <a:prstGeom prst="bentConnector4">
           <a:avLst>
             <a:gd name="adj1" fmla="val 22245"/>
             <a:gd name="adj2" fmla="val 4594574"/>
@@ -2585,169 +2575,169 @@
           </a:solidFill>
           <a:tailEnd type="arrow"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>212911</xdr:colOff>
-      <xdr:row>16</xdr:row>
+      <xdr:row>15</xdr:row>
       <xdr:rowOff>78446</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>442630</xdr:colOff>
-      <xdr:row>18</xdr:row>
+      <xdr:row>17</xdr:row>
       <xdr:rowOff>322170</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="14" name="Connecteur en angle 13">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00000E000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm rot="16200000" flipH="1">
           <a:off x="-208709" y="4265242"/>
           <a:ext cx="1072960" cy="229719"/>
         </a:xfrm>
         <a:prstGeom prst="bentConnector2">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:tailEnd type="arrow"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>212911</xdr:colOff>
-      <xdr:row>18</xdr:row>
+      <xdr:row>17</xdr:row>
       <xdr:rowOff>240930</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>442630</xdr:colOff>
-      <xdr:row>20</xdr:row>
+      <xdr:row>19</xdr:row>
       <xdr:rowOff>324972</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="17" name="Connecteur en angle 16">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000011000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm rot="16200000" flipH="1">
           <a:off x="-154081" y="5202334"/>
           <a:ext cx="963704" cy="229719"/>
         </a:xfrm>
         <a:prstGeom prst="bentConnector2">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:tailEnd type="arrow"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>465043</xdr:colOff>
-      <xdr:row>20</xdr:row>
+      <xdr:row>19</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
       <xdr:colOff>5602</xdr:colOff>
-      <xdr:row>21</xdr:row>
+      <xdr:row>20</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="48" name="Rectangle 47">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000030000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="465043" y="5474074"/>
           <a:ext cx="470647" cy="649941"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
@@ -2761,57 +2751,57 @@
         <a:fillRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="l"/>
           <a:endParaRPr lang="fr-CH" sz="1100"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>3</xdr:col>
       <xdr:colOff>465044</xdr:colOff>
-      <xdr:row>20</xdr:row>
+      <xdr:row>19</xdr:row>
       <xdr:rowOff>5603</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>5602</xdr:colOff>
-      <xdr:row>21</xdr:row>
+      <xdr:row>20</xdr:row>
       <xdr:rowOff>5604</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="49" name="Rectangle 48">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000031000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1860176" y="5479677"/>
           <a:ext cx="470647" cy="649942"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
@@ -2825,169 +2815,169 @@
         <a:fillRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="l"/>
           <a:endParaRPr lang="fr-CH" sz="1100"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>212911</xdr:colOff>
-      <xdr:row>20</xdr:row>
+      <xdr:row>19</xdr:row>
       <xdr:rowOff>179298</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>448234</xdr:colOff>
-      <xdr:row>22</xdr:row>
+      <xdr:row>21</xdr:row>
       <xdr:rowOff>338979</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="23" name="Connecteur en angle 22">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000017000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm rot="16200000" flipH="1">
           <a:off x="-189098" y="6055381"/>
           <a:ext cx="1039342" cy="235323"/>
         </a:xfrm>
         <a:prstGeom prst="bentConnector2">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:tailEnd type="arrow"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>212911</xdr:colOff>
-      <xdr:row>22</xdr:row>
+      <xdr:row>21</xdr:row>
       <xdr:rowOff>218516</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>448234</xdr:colOff>
-      <xdr:row>24</xdr:row>
+      <xdr:row>23</xdr:row>
       <xdr:rowOff>330575</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="27" name="Connecteur en angle 26">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00001B000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm rot="16200000" flipH="1">
           <a:off x="-193302" y="6978464"/>
           <a:ext cx="1047750" cy="235323"/>
         </a:xfrm>
         <a:prstGeom prst="bentConnector2">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:tailEnd type="arrow"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>1</xdr:colOff>
-      <xdr:row>15</xdr:row>
+      <xdr:row>14</xdr:row>
       <xdr:rowOff>5603</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>5604</xdr:colOff>
-      <xdr:row>16</xdr:row>
+      <xdr:row>15</xdr:row>
       <xdr:rowOff>305792</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="80" name="Connecteur en angle 79">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000050000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm rot="5400000">
           <a:off x="1598024" y="3803212"/>
           <a:ext cx="529909" cy="5603"/>
         </a:xfrm>
         <a:prstGeom prst="bentConnector4">
           <a:avLst>
             <a:gd name="adj1" fmla="val 22245"/>
             <a:gd name="adj2" fmla="val 4594592"/>
           </a:avLst>
         </a:prstGeom>
         <a:ln>
@@ -2996,225 +2986,225 @@
           </a:solidFill>
           <a:tailEnd type="arrow"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>3</xdr:col>
       <xdr:colOff>212912</xdr:colOff>
-      <xdr:row>16</xdr:row>
+      <xdr:row>15</xdr:row>
       <xdr:rowOff>78876</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
       <xdr:colOff>442631</xdr:colOff>
-      <xdr:row>18</xdr:row>
+      <xdr:row>17</xdr:row>
       <xdr:rowOff>322600</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="81" name="Connecteur en angle 80">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000051000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm rot="16200000" flipH="1">
           <a:off x="1186424" y="4310496"/>
           <a:ext cx="1072959" cy="229719"/>
         </a:xfrm>
         <a:prstGeom prst="bentConnector2">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:tailEnd type="arrow"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>3</xdr:col>
       <xdr:colOff>212912</xdr:colOff>
-      <xdr:row>18</xdr:row>
+      <xdr:row>17</xdr:row>
       <xdr:rowOff>241360</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
       <xdr:colOff>442631</xdr:colOff>
-      <xdr:row>20</xdr:row>
+      <xdr:row>19</xdr:row>
       <xdr:rowOff>325402</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="82" name="Connecteur en angle 81">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000052000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm rot="16200000" flipH="1">
           <a:off x="1241052" y="5247587"/>
           <a:ext cx="963704" cy="229719"/>
         </a:xfrm>
         <a:prstGeom prst="bentConnector2">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:tailEnd type="arrow"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>3</xdr:col>
       <xdr:colOff>212912</xdr:colOff>
-      <xdr:row>20</xdr:row>
+      <xdr:row>19</xdr:row>
       <xdr:rowOff>179728</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
       <xdr:colOff>448235</xdr:colOff>
-      <xdr:row>22</xdr:row>
+      <xdr:row>21</xdr:row>
       <xdr:rowOff>339409</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="84" name="Connecteur en angle 83">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000054000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm rot="16200000" flipH="1">
           <a:off x="1206034" y="6100635"/>
           <a:ext cx="1039343" cy="235323"/>
         </a:xfrm>
         <a:prstGeom prst="bentConnector2">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:tailEnd type="arrow"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>3</xdr:col>
       <xdr:colOff>212912</xdr:colOff>
-      <xdr:row>22</xdr:row>
+      <xdr:row>21</xdr:row>
       <xdr:rowOff>218946</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
       <xdr:colOff>448235</xdr:colOff>
-      <xdr:row>24</xdr:row>
+      <xdr:row>23</xdr:row>
       <xdr:rowOff>331005</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="85" name="Connecteur en angle 84">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000055000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm rot="16200000" flipH="1">
           <a:off x="1201831" y="7023718"/>
           <a:ext cx="1047750" cy="235323"/>
         </a:xfrm>
         <a:prstGeom prst="bentConnector2">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
@@ -3510,113 +3500,198 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:CQ38"/>
+  <dimension ref="A1:CQ37"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" showWhiteSpace="0" zoomScale="130" zoomScaleNormal="130" zoomScaleSheetLayoutView="130" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="11" width="7" customWidth="1"/>
-    <col min="12" max="12" width="12.44140625" customWidth="1"/>
-    <col min="14" max="14" width="12.88671875" customWidth="1"/>
+    <col min="12" max="12" width="12.42578125" customWidth="1"/>
+    <col min="14" max="14" width="12.85546875" customWidth="1"/>
     <col min="15" max="15" width="13" customWidth="1"/>
-    <col min="16" max="16" width="13.109375" customWidth="1"/>
-    <col min="17" max="17" width="26.44140625" customWidth="1"/>
+    <col min="16" max="16" width="13.140625" customWidth="1"/>
+    <col min="17" max="17" width="26.42578125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:95" ht="12" customHeight="1" x14ac:dyDescent="0.3">
-[...11 lines deleted...]
-      <c r="L1" s="25"/>
+    <row r="1" spans="1:95" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="7" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="4"/>
+      <c r="C1" s="4"/>
+      <c r="D1" s="4"/>
+      <c r="E1" s="4"/>
+      <c r="F1" s="4"/>
+      <c r="G1" s="4"/>
+      <c r="H1" s="4"/>
+      <c r="I1" s="4"/>
+      <c r="J1" s="4"/>
+      <c r="K1" s="4"/>
+      <c r="L1" s="4"/>
     </row>
-    <row r="2" spans="1:95" ht="12" customHeight="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-        <v>0</v>
+    <row r="2" spans="1:95" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="18" t="s">
+        <v>2</v>
       </c>
       <c r="B2" s="4"/>
       <c r="C2" s="4"/>
       <c r="D2" s="4"/>
       <c r="E2" s="4"/>
       <c r="F2" s="4"/>
       <c r="G2" s="4"/>
       <c r="H2" s="4"/>
       <c r="I2" s="4"/>
       <c r="J2" s="4"/>
       <c r="K2" s="4"/>
       <c r="L2" s="4"/>
     </row>
-    <row r="3" spans="1:95" ht="12" customHeight="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-        <v>2</v>
+    <row r="3" spans="1:95" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="8" t="s">
+        <v>1</v>
       </c>
-      <c r="B3" s="4"/>
-[...9 lines deleted...]
-      <c r="L3" s="4"/>
+      <c r="B3" s="9"/>
+      <c r="C3" s="9"/>
+      <c r="D3" s="9"/>
+      <c r="E3" s="9"/>
+      <c r="F3" s="9"/>
+      <c r="G3" s="9"/>
+      <c r="H3" s="10"/>
+      <c r="I3" s="10"/>
+      <c r="J3" s="10"/>
+      <c r="K3" s="10"/>
+      <c r="L3" s="10"/>
+      <c r="M3" s="10"/>
+      <c r="N3" s="10"/>
+      <c r="O3" s="10"/>
+      <c r="P3" s="10"/>
+      <c r="Q3" s="10"/>
+      <c r="R3" s="10"/>
+      <c r="S3" s="10"/>
+      <c r="T3" s="10"/>
+      <c r="U3" s="10"/>
+      <c r="V3" s="10"/>
+      <c r="W3" s="10"/>
+      <c r="X3" s="10"/>
+      <c r="Y3" s="10"/>
+      <c r="Z3" s="10"/>
+      <c r="AA3" s="10"/>
+      <c r="AB3" s="10"/>
+      <c r="AC3" s="10"/>
+      <c r="AD3" s="10"/>
+      <c r="AE3" s="10"/>
+      <c r="AF3" s="10"/>
+      <c r="AG3" s="10"/>
+      <c r="AH3" s="10"/>
+      <c r="AI3" s="10"/>
+      <c r="AJ3" s="10"/>
+      <c r="AK3" s="10"/>
+      <c r="AL3" s="10"/>
+      <c r="AM3" s="10"/>
+      <c r="AN3" s="10"/>
+      <c r="AO3" s="10"/>
+      <c r="AP3" s="10"/>
+      <c r="AQ3" s="10"/>
+      <c r="AR3" s="10"/>
+      <c r="AS3" s="10"/>
+      <c r="AT3" s="10"/>
+      <c r="AU3" s="10"/>
+      <c r="AV3" s="10"/>
+      <c r="AW3" s="10"/>
+      <c r="AX3" s="10"/>
+      <c r="AY3" s="10"/>
+      <c r="AZ3" s="10"/>
+      <c r="BA3" s="10"/>
+      <c r="BB3" s="10"/>
+      <c r="BC3" s="10"/>
+      <c r="BD3" s="10"/>
+      <c r="BE3" s="10"/>
+      <c r="BF3" s="10"/>
+      <c r="BG3" s="10"/>
+      <c r="BH3" s="10"/>
+      <c r="BI3" s="10"/>
+      <c r="BJ3" s="10"/>
+      <c r="BK3" s="10"/>
+      <c r="BL3" s="10"/>
+      <c r="BM3" s="10"/>
+      <c r="BN3" s="10"/>
+      <c r="BO3" s="10"/>
+      <c r="BP3" s="10"/>
+      <c r="BQ3" s="10"/>
+      <c r="BR3" s="10"/>
+      <c r="BS3" s="10"/>
+      <c r="BT3" s="10"/>
+      <c r="BU3" s="10"/>
+      <c r="BV3" s="10"/>
+      <c r="BW3" s="10"/>
+      <c r="BX3" s="10"/>
+      <c r="BY3" s="10"/>
+      <c r="BZ3" s="10"/>
+      <c r="CA3" s="10"/>
+      <c r="CB3" s="10"/>
+      <c r="CC3" s="10"/>
+      <c r="CD3" s="10"/>
+      <c r="CE3" s="10"/>
+      <c r="CF3" s="10"/>
+      <c r="CG3" s="10"/>
+      <c r="CH3" s="10"/>
+      <c r="CI3" s="10"/>
+      <c r="CJ3" s="10"/>
+      <c r="CK3" s="10"/>
+      <c r="CL3" s="10"/>
+      <c r="CM3" s="10"/>
+      <c r="CN3" s="10"/>
+      <c r="CO3" s="10"/>
+      <c r="CP3" s="10"/>
+      <c r="CQ3" s="10"/>
     </row>
-    <row r="4" spans="1:95" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-        <v>1</v>
+    <row r="4" spans="1:95" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="11" t="s">
+        <v>13</v>
       </c>
       <c r="B4" s="9"/>
       <c r="C4" s="9"/>
       <c r="D4" s="9"/>
       <c r="E4" s="9"/>
       <c r="F4" s="9"/>
       <c r="G4" s="9"/>
       <c r="H4" s="10"/>
       <c r="I4" s="10"/>
       <c r="J4" s="10"/>
       <c r="K4" s="10"/>
       <c r="L4" s="10"/>
       <c r="M4" s="10"/>
       <c r="N4" s="10"/>
       <c r="O4" s="10"/>
       <c r="P4" s="10"/>
       <c r="Q4" s="10"/>
       <c r="R4" s="10"/>
       <c r="S4" s="10"/>
       <c r="T4" s="10"/>
       <c r="U4" s="10"/>
       <c r="V4" s="10"/>
       <c r="W4" s="10"/>
       <c r="X4" s="10"/>
       <c r="Y4" s="10"/>
@@ -3669,54 +3744,52 @@
       <c r="BT4" s="10"/>
       <c r="BU4" s="10"/>
       <c r="BV4" s="10"/>
       <c r="BW4" s="10"/>
       <c r="BX4" s="10"/>
       <c r="BY4" s="10"/>
       <c r="BZ4" s="10"/>
       <c r="CA4" s="10"/>
       <c r="CB4" s="10"/>
       <c r="CC4" s="10"/>
       <c r="CD4" s="10"/>
       <c r="CE4" s="10"/>
       <c r="CF4" s="10"/>
       <c r="CG4" s="10"/>
       <c r="CH4" s="10"/>
       <c r="CI4" s="10"/>
       <c r="CJ4" s="10"/>
       <c r="CK4" s="10"/>
       <c r="CL4" s="10"/>
       <c r="CM4" s="10"/>
       <c r="CN4" s="10"/>
       <c r="CO4" s="10"/>
       <c r="CP4" s="10"/>
       <c r="CQ4" s="10"/>
     </row>
-    <row r="5" spans="1:95" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      </c>
+    <row r="5" spans="1:95" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="11"/>
       <c r="B5" s="9"/>
       <c r="C5" s="9"/>
       <c r="D5" s="9"/>
       <c r="E5" s="9"/>
       <c r="F5" s="9"/>
       <c r="G5" s="9"/>
       <c r="H5" s="10"/>
       <c r="I5" s="10"/>
       <c r="J5" s="10"/>
       <c r="K5" s="10"/>
       <c r="L5" s="10"/>
       <c r="M5" s="10"/>
       <c r="N5" s="10"/>
       <c r="O5" s="10"/>
       <c r="P5" s="10"/>
       <c r="Q5" s="10"/>
       <c r="R5" s="10"/>
       <c r="S5" s="10"/>
       <c r="T5" s="10"/>
       <c r="U5" s="10"/>
       <c r="V5" s="10"/>
       <c r="W5" s="10"/>
       <c r="X5" s="10"/>
       <c r="Y5" s="10"/>
       <c r="Z5" s="10"/>
@@ -3768,733 +3841,636 @@
       <c r="BT5" s="10"/>
       <c r="BU5" s="10"/>
       <c r="BV5" s="10"/>
       <c r="BW5" s="10"/>
       <c r="BX5" s="10"/>
       <c r="BY5" s="10"/>
       <c r="BZ5" s="10"/>
       <c r="CA5" s="10"/>
       <c r="CB5" s="10"/>
       <c r="CC5" s="10"/>
       <c r="CD5" s="10"/>
       <c r="CE5" s="10"/>
       <c r="CF5" s="10"/>
       <c r="CG5" s="10"/>
       <c r="CH5" s="10"/>
       <c r="CI5" s="10"/>
       <c r="CJ5" s="10"/>
       <c r="CK5" s="10"/>
       <c r="CL5" s="10"/>
       <c r="CM5" s="10"/>
       <c r="CN5" s="10"/>
       <c r="CO5" s="10"/>
       <c r="CP5" s="10"/>
       <c r="CQ5" s="10"/>
     </row>
-    <row r="6" spans="1:95" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
-[...97 lines deleted...]
-      <c r="A7" s="27" t="s">
+    <row r="6" spans="1:95" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="26" t="s">
         <v>10</v>
       </c>
-      <c r="B7" s="12"/>
-[...92 lines deleted...]
-      <c r="CQ7" s="13"/>
+      <c r="B6" s="12"/>
+      <c r="C6" s="12"/>
+      <c r="D6" s="12"/>
+      <c r="E6" s="12"/>
+      <c r="F6" s="12"/>
+      <c r="G6" s="12"/>
+      <c r="H6" s="12"/>
+      <c r="I6" s="12"/>
+      <c r="J6" s="12"/>
+      <c r="K6" s="12"/>
+      <c r="L6" s="12"/>
+      <c r="M6" s="12"/>
+      <c r="N6" s="12"/>
+      <c r="O6" s="13"/>
+      <c r="P6" s="13"/>
+      <c r="Q6" s="13"/>
+      <c r="R6" s="13"/>
+      <c r="S6" s="13"/>
+      <c r="T6" s="13"/>
+      <c r="U6" s="13"/>
+      <c r="V6" s="13"/>
+      <c r="W6" s="13"/>
+      <c r="X6" s="13"/>
+      <c r="Y6" s="13"/>
+      <c r="Z6" s="13"/>
+      <c r="AA6" s="13"/>
+      <c r="AB6" s="13"/>
+      <c r="AC6" s="13"/>
+      <c r="AD6" s="13"/>
+      <c r="AE6" s="13"/>
+      <c r="AF6" s="13"/>
+      <c r="AG6" s="13"/>
+      <c r="AH6" s="13"/>
+      <c r="AI6" s="13"/>
+      <c r="AJ6" s="13"/>
+      <c r="AK6" s="13"/>
+      <c r="AL6" s="13"/>
+      <c r="AM6" s="13"/>
+      <c r="AN6" s="13"/>
+      <c r="AO6" s="13"/>
+      <c r="AP6" s="13"/>
+      <c r="AQ6" s="13"/>
+      <c r="AR6" s="13"/>
+      <c r="AS6" s="13"/>
+      <c r="AT6" s="13"/>
+      <c r="AU6" s="13"/>
+      <c r="AV6" s="13"/>
+      <c r="AW6" s="13"/>
+      <c r="AX6" s="13"/>
+      <c r="AY6" s="13"/>
+      <c r="AZ6" s="13"/>
+      <c r="BA6" s="13"/>
+      <c r="BB6" s="13"/>
+      <c r="BC6" s="13"/>
+      <c r="BD6" s="13"/>
+      <c r="BE6" s="13"/>
+      <c r="BF6" s="13"/>
+      <c r="BG6" s="13"/>
+      <c r="BH6" s="13"/>
+      <c r="BI6" s="13"/>
+      <c r="BJ6" s="13"/>
+      <c r="BK6" s="13"/>
+      <c r="BL6" s="13"/>
+      <c r="BM6" s="13"/>
+      <c r="BN6" s="13"/>
+      <c r="BO6" s="13"/>
+      <c r="BP6" s="13"/>
+      <c r="BQ6" s="13"/>
+      <c r="BR6" s="13"/>
+      <c r="BS6" s="13"/>
+      <c r="BT6" s="13"/>
+      <c r="BU6" s="13"/>
+      <c r="BV6" s="13"/>
+      <c r="BW6" s="13"/>
+      <c r="BX6" s="13"/>
+      <c r="BY6" s="13"/>
+      <c r="BZ6" s="13"/>
+      <c r="CA6" s="13"/>
+      <c r="CB6" s="13"/>
+      <c r="CC6" s="13"/>
+      <c r="CD6" s="13"/>
+      <c r="CE6" s="13"/>
+      <c r="CF6" s="13"/>
+      <c r="CG6" s="13"/>
+      <c r="CH6" s="13"/>
+      <c r="CI6" s="13"/>
+      <c r="CJ6" s="13"/>
+      <c r="CK6" s="13"/>
+      <c r="CL6" s="13"/>
+      <c r="CM6" s="13"/>
+      <c r="CN6" s="13"/>
+      <c r="CO6" s="13"/>
+      <c r="CP6" s="13"/>
+      <c r="CQ6" s="13"/>
     </row>
-    <row r="8" spans="1:95" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
-[...94 lines deleted...]
-      <c r="CQ8" s="15"/>
+    <row r="7" spans="1:95" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="14"/>
+      <c r="B7" s="14"/>
+      <c r="C7" s="15"/>
+      <c r="D7" s="15"/>
+      <c r="E7" s="15"/>
+      <c r="F7" s="15"/>
+      <c r="G7" s="15"/>
+      <c r="H7" s="15"/>
+      <c r="I7" s="15"/>
+      <c r="J7" s="15"/>
+      <c r="K7" s="15"/>
+      <c r="L7" s="15"/>
+      <c r="M7" s="15"/>
+      <c r="N7" s="15"/>
+      <c r="O7" s="15"/>
+      <c r="P7" s="15"/>
+      <c r="Q7" s="15"/>
+      <c r="R7" s="15"/>
+      <c r="S7" s="15"/>
+      <c r="T7" s="15"/>
+      <c r="U7" s="15"/>
+      <c r="V7" s="15"/>
+      <c r="W7" s="15"/>
+      <c r="X7" s="15"/>
+      <c r="Y7" s="15"/>
+      <c r="Z7" s="15"/>
+      <c r="AA7" s="15"/>
+      <c r="AB7" s="15"/>
+      <c r="AC7" s="15"/>
+      <c r="AD7" s="15"/>
+      <c r="AE7" s="15"/>
+      <c r="AF7" s="15"/>
+      <c r="AG7" s="15"/>
+      <c r="AH7" s="15"/>
+      <c r="AI7" s="15"/>
+      <c r="AJ7" s="15"/>
+      <c r="AK7" s="15"/>
+      <c r="AL7" s="15"/>
+      <c r="AM7" s="15"/>
+      <c r="AN7" s="15"/>
+      <c r="AO7" s="15"/>
+      <c r="AP7" s="15"/>
+      <c r="AQ7" s="15"/>
+      <c r="AR7" s="15"/>
+      <c r="AS7" s="15"/>
+      <c r="AT7" s="15"/>
+      <c r="AU7" s="15"/>
+      <c r="AV7" s="15"/>
+      <c r="AW7" s="15"/>
+      <c r="AX7" s="15"/>
+      <c r="AY7" s="15"/>
+      <c r="AZ7" s="15"/>
+      <c r="BA7" s="15"/>
+      <c r="BB7" s="15"/>
+      <c r="BC7" s="15"/>
+      <c r="BD7" s="15"/>
+      <c r="BE7" s="15"/>
+      <c r="BF7" s="15"/>
+      <c r="BG7" s="15"/>
+      <c r="BH7" s="15"/>
+      <c r="BI7" s="15"/>
+      <c r="BJ7" s="15"/>
+      <c r="BK7" s="15"/>
+      <c r="BL7" s="15"/>
+      <c r="BM7" s="15"/>
+      <c r="BN7" s="15"/>
+      <c r="BO7" s="15"/>
+      <c r="BP7" s="15"/>
+      <c r="BQ7" s="15"/>
+      <c r="BR7" s="15"/>
+      <c r="BS7" s="15"/>
+      <c r="BT7" s="15"/>
+      <c r="BU7" s="15"/>
+      <c r="BV7" s="15"/>
+      <c r="BW7" s="15"/>
+      <c r="BX7" s="15"/>
+      <c r="BY7" s="15"/>
+      <c r="BZ7" s="15"/>
+      <c r="CA7" s="15"/>
+      <c r="CB7" s="15"/>
+      <c r="CC7" s="15"/>
+      <c r="CD7" s="15"/>
+      <c r="CE7" s="15"/>
+      <c r="CF7" s="15"/>
+      <c r="CG7" s="15"/>
+      <c r="CH7" s="15"/>
+      <c r="CI7" s="15"/>
+      <c r="CJ7" s="15"/>
+      <c r="CK7" s="15"/>
+      <c r="CL7" s="15"/>
+      <c r="CM7" s="15"/>
+      <c r="CN7" s="15"/>
+      <c r="CO7" s="15"/>
+      <c r="CP7" s="15"/>
+      <c r="CQ7" s="15"/>
     </row>
-    <row r="9" spans="1:95" ht="32.25" customHeight="1" x14ac:dyDescent="0.3">
-[...41 lines deleted...]
-      <c r="J11" s="29" t="s">
+    <row r="8" spans="1:95" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="30" t="s">
         <v>17</v>
       </c>
-      <c r="K11" s="30"/>
-      <c r="L11" s="30"/>
+      <c r="B8" s="30"/>
+      <c r="C8" s="30"/>
+      <c r="D8" s="30"/>
+      <c r="E8" s="30"/>
+      <c r="F8" s="30"/>
+      <c r="G8" s="30"/>
+      <c r="H8" s="30"/>
+      <c r="I8" s="30"/>
+      <c r="J8" s="30"/>
+      <c r="K8" s="30"/>
+      <c r="L8" s="31"/>
     </row>
-    <row r="12" spans="1:95" ht="18" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A12" s="16" t="s">
+    <row r="9" spans="1:95" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="16"/>
+      <c r="B9" s="16"/>
+      <c r="C9" s="16"/>
+      <c r="D9" s="16"/>
+      <c r="E9" s="16"/>
+      <c r="F9" s="16"/>
+      <c r="G9" s="16"/>
+      <c r="H9" s="16"/>
+      <c r="I9" s="16"/>
+      <c r="J9" s="16"/>
+      <c r="K9" s="16"/>
+      <c r="L9" s="3"/>
+    </row>
+    <row r="10" spans="1:95" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="B10" s="29"/>
+      <c r="C10" s="29"/>
+      <c r="D10" s="29"/>
+      <c r="E10" s="29"/>
+      <c r="F10" s="29"/>
+      <c r="G10" s="29"/>
+      <c r="H10" s="29"/>
+      <c r="I10" s="17"/>
+      <c r="J10" s="28" t="s">
+        <v>19</v>
+      </c>
+      <c r="K10" s="29"/>
+      <c r="L10" s="29"/>
+    </row>
+    <row r="11" spans="1:95" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="16" t="s">
         <v>11</v>
       </c>
-      <c r="B12" s="16"/>
-[...9 lines deleted...]
-      <c r="L12" s="3"/>
+      <c r="B11" s="16"/>
+      <c r="C11" s="16"/>
+      <c r="D11" s="16"/>
+      <c r="E11" s="16"/>
+      <c r="F11" s="16"/>
+      <c r="G11" s="16"/>
+      <c r="H11" s="16"/>
+      <c r="I11" s="16"/>
+      <c r="J11" s="16"/>
+      <c r="K11" s="16"/>
+      <c r="L11" s="3"/>
     </row>
-    <row r="13" spans="1:95" ht="39.75" customHeight="1" x14ac:dyDescent="0.3">
-[...14 lines deleted...]
-      <c r="K13" s="33" t="s">
+    <row r="12" spans="1:95" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="32" t="s">
         <v>20</v>
       </c>
-      <c r="L13" s="34"/>
+      <c r="B12" s="32"/>
+      <c r="C12" s="36"/>
+      <c r="D12" s="36"/>
+      <c r="E12" s="33"/>
+      <c r="F12" s="16"/>
+      <c r="G12" s="32" t="s">
+        <v>21</v>
+      </c>
+      <c r="H12" s="33"/>
+      <c r="I12" s="6"/>
+      <c r="J12" s="16"/>
+      <c r="K12" s="32" t="s">
+        <v>32</v>
+      </c>
+      <c r="L12" s="33"/>
     </row>
-    <row r="14" spans="1:95" ht="18" customHeight="1" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="G14" s="16"/>
+    <row r="13" spans="1:95" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="16"/>
+      <c r="B13" s="16"/>
+      <c r="C13" s="16"/>
+      <c r="D13" s="16"/>
+      <c r="E13" s="16"/>
+      <c r="F13" s="16"/>
+      <c r="G13" s="16"/>
+      <c r="H13" s="16"/>
+      <c r="I13" s="16"/>
+      <c r="J13" s="16"/>
+      <c r="K13" s="16"/>
+      <c r="L13" s="3"/>
+      <c r="M13" s="39"/>
+      <c r="N13" s="39"/>
+      <c r="O13" s="39"/>
+      <c r="P13" s="39"/>
+      <c r="Q13" s="2"/>
+      <c r="R13" s="2"/>
+      <c r="S13" s="2"/>
+    </row>
+    <row r="14" spans="1:95" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="34" t="s">
+        <v>22</v>
+      </c>
+      <c r="B14" s="35"/>
+      <c r="C14" s="17"/>
+      <c r="D14" s="34" t="s">
+        <v>23</v>
+      </c>
+      <c r="E14" s="35"/>
+      <c r="F14" s="6"/>
+      <c r="G14" s="6"/>
       <c r="H14" s="16"/>
       <c r="I14" s="16"/>
       <c r="J14" s="16"/>
-      <c r="K14" s="16"/>
-[...5 lines deleted...]
-      <c r="Q14" s="2"/>
+      <c r="K14" s="32" t="s">
+        <v>33</v>
+      </c>
+      <c r="L14" s="33"/>
+      <c r="M14" s="2"/>
+      <c r="N14" s="2"/>
+      <c r="O14" s="2"/>
+      <c r="P14" s="2"/>
+      <c r="Q14" s="1"/>
       <c r="R14" s="2"/>
       <c r="S14" s="2"/>
     </row>
-    <row r="15" spans="1:95" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
-[...17 lines deleted...]
-      <c r="L15" s="34"/>
+    <row r="15" spans="1:95" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="4"/>
+      <c r="B15" s="4"/>
+      <c r="C15" s="4"/>
+      <c r="D15" s="4"/>
+      <c r="E15" s="4"/>
+      <c r="F15" s="4"/>
+      <c r="G15" s="4"/>
+      <c r="H15" s="4"/>
+      <c r="I15" s="4"/>
+      <c r="J15" s="4"/>
+      <c r="K15" s="4"/>
+      <c r="L15" s="5"/>
       <c r="M15" s="2"/>
       <c r="N15" s="2"/>
       <c r="O15" s="2"/>
       <c r="P15" s="2"/>
-      <c r="Q15" s="1"/>
+      <c r="Q15" s="2"/>
       <c r="R15" s="2"/>
       <c r="S15" s="2"/>
     </row>
-    <row r="16" spans="1:95" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:95" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="4"/>
-      <c r="B16" s="4"/>
-      <c r="C16" s="4"/>
+      <c r="B16" s="21" t="s">
+        <v>24</v>
+      </c>
+      <c r="C16" s="3"/>
       <c r="D16" s="4"/>
-      <c r="E16" s="4"/>
-[...1 lines deleted...]
-      <c r="G16" s="4"/>
+      <c r="E16" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="F16" s="3"/>
+      <c r="G16" s="3"/>
       <c r="H16" s="4"/>
       <c r="I16" s="4"/>
       <c r="J16" s="4"/>
-      <c r="K16" s="4"/>
-      <c r="L16" s="5"/>
+      <c r="K16" s="32" t="s">
+        <v>34</v>
+      </c>
+      <c r="L16" s="38"/>
       <c r="M16" s="2"/>
       <c r="N16" s="2"/>
       <c r="O16" s="2"/>
       <c r="P16" s="2"/>
       <c r="Q16" s="2"/>
       <c r="R16" s="2"/>
       <c r="S16" s="2"/>
     </row>
-    <row r="17" spans="1:19" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B17" s="21" t="s">
+    <row r="17" spans="1:12" ht="18" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="18" spans="1:12" ht="56.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B18" s="21" t="s">
+        <v>25</v>
+      </c>
+      <c r="E18" s="21" t="s">
+        <v>29</v>
+      </c>
+      <c r="K18" s="32" t="s">
+        <v>35</v>
+      </c>
+      <c r="L18" s="38"/>
+    </row>
+    <row r="19" spans="1:12" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B19" s="23"/>
+      <c r="K19" s="17"/>
+      <c r="L19" s="20"/>
+    </row>
+    <row r="20" spans="1:12" ht="51" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B20" s="21" t="s">
         <v>26</v>
       </c>
-      <c r="C17" s="3"/>
-[...2 lines deleted...]
-        <v>32</v>
+      <c r="E20" s="21" t="s">
+        <v>30</v>
       </c>
-      <c r="F17" s="3"/>
-[...30 lines deleted...]
-      <c r="B20" s="23"/>
+      <c r="H20" s="27"/>
       <c r="K20" s="17"/>
       <c r="L20" s="20"/>
     </row>
-    <row r="21" spans="1:19" ht="51" customHeight="1" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="H21" s="28"/>
+    <row r="21" spans="1:12" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B21" s="22"/>
+      <c r="E21" s="22"/>
       <c r="K21" s="17"/>
       <c r="L21" s="20"/>
     </row>
-    <row r="22" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="E22" s="22"/>
+    <row r="22" spans="1:12" ht="55.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B22" s="21" t="s">
+        <v>12</v>
+      </c>
+      <c r="E22" s="21" t="s">
+        <v>8</v>
+      </c>
       <c r="K22" s="17"/>
       <c r="L22" s="20"/>
     </row>
-    <row r="23" spans="1:19" ht="55.5" customHeight="1" x14ac:dyDescent="0.3">
-[...5 lines deleted...]
-      </c>
+    <row r="23" spans="1:12" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B23" s="22"/>
+      <c r="E23" s="22"/>
       <c r="K23" s="17"/>
       <c r="L23" s="20"/>
     </row>
-    <row r="24" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="E24" s="22"/>
+    <row r="24" spans="1:12" ht="51" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B24" s="21" t="s">
+        <v>27</v>
+      </c>
+      <c r="E24" s="21" t="s">
+        <v>31</v>
+      </c>
       <c r="K24" s="17"/>
       <c r="L24" s="20"/>
     </row>
-    <row r="25" spans="1:19" ht="51" customHeight="1" x14ac:dyDescent="0.3">
-[...5 lines deleted...]
-      </c>
+    <row r="25" spans="1:12" ht="9.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B25" s="17"/>
+      <c r="E25" s="17"/>
       <c r="K25" s="17"/>
       <c r="L25" s="20"/>
     </row>
-    <row r="26" spans="1:19" ht="9.75" customHeight="1" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="L26" s="20"/>
+    <row r="26" spans="1:12" s="19" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A26" s="24" t="s">
+        <v>5</v>
+      </c>
+      <c r="B26" s="24"/>
+      <c r="C26" s="24"/>
+      <c r="D26" s="24"/>
+      <c r="E26" s="24"/>
+      <c r="F26" s="24"/>
+      <c r="G26" s="24"/>
+      <c r="H26" s="24"/>
+      <c r="I26" s="24"/>
+      <c r="J26" s="24"/>
+      <c r="K26" s="24"/>
+      <c r="L26" s="24"/>
     </row>
-    <row r="27" spans="1:19" s="19" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="27" spans="1:12" s="19" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A27" s="24" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B27" s="24"/>
       <c r="C27" s="24"/>
       <c r="D27" s="24"/>
       <c r="E27" s="24"/>
       <c r="F27" s="24"/>
       <c r="G27" s="24"/>
       <c r="H27" s="24"/>
       <c r="I27" s="24"/>
       <c r="J27" s="24"/>
       <c r="K27" s="24"/>
       <c r="L27" s="24"/>
     </row>
-    <row r="28" spans="1:19" s="19" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="28" spans="1:12" s="19" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A28" s="24" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="B28" s="24"/>
       <c r="C28" s="24"/>
       <c r="D28" s="24"/>
       <c r="E28" s="24"/>
       <c r="F28" s="24"/>
       <c r="G28" s="24"/>
       <c r="H28" s="24"/>
       <c r="I28" s="24"/>
       <c r="J28" s="24"/>
       <c r="K28" s="24"/>
       <c r="L28" s="24"/>
     </row>
-    <row r="29" spans="1:19" s="19" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="29" spans="1:12" s="19" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A29" s="24" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="B29" s="24"/>
       <c r="C29" s="24"/>
       <c r="D29" s="24"/>
       <c r="E29" s="24"/>
       <c r="F29" s="24"/>
       <c r="G29" s="24"/>
       <c r="H29" s="24"/>
       <c r="I29" s="24"/>
       <c r="J29" s="24"/>
       <c r="K29" s="24"/>
       <c r="L29" s="24"/>
     </row>
-    <row r="30" spans="1:19" s="19" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
-[...16 lines deleted...]
-      <c r="A31" s="38" t="s">
+    <row r="30" spans="1:12" s="19" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A30" s="37" t="s">
         <v>3</v>
       </c>
-      <c r="B31" s="38"/>
-[...9 lines deleted...]
-      <c r="L31" s="38"/>
+      <c r="B30" s="37"/>
+      <c r="C30" s="37"/>
+      <c r="D30" s="37"/>
+      <c r="E30" s="37"/>
+      <c r="F30" s="37"/>
+      <c r="G30" s="37"/>
+      <c r="H30" s="37"/>
+      <c r="I30" s="37"/>
+      <c r="J30" s="37"/>
+      <c r="K30" s="37"/>
+      <c r="L30" s="37"/>
     </row>
-    <row r="32" spans="1:19" s="19" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A32" s="38" t="s">
+    <row r="31" spans="1:12" s="19" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A31" s="37" t="s">
         <v>4</v>
       </c>
-      <c r="B32" s="38"/>
-[...9 lines deleted...]
-      <c r="L32" s="38"/>
+      <c r="B31" s="37"/>
+      <c r="C31" s="37"/>
+      <c r="D31" s="37"/>
+      <c r="E31" s="37"/>
+      <c r="F31" s="37"/>
+      <c r="G31" s="37"/>
+      <c r="H31" s="37"/>
+      <c r="I31" s="37"/>
+      <c r="J31" s="37"/>
+      <c r="K31" s="37"/>
+      <c r="L31" s="37"/>
     </row>
-    <row r="33" spans="1:12" s="19" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
-[...11 lines deleted...]
-      <c r="L33" s="26"/>
+    <row r="32" spans="1:12" s="19" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A32" s="25"/>
+      <c r="B32" s="25"/>
+      <c r="C32" s="25"/>
+      <c r="D32" s="25"/>
+      <c r="E32" s="25"/>
+      <c r="F32" s="25"/>
+      <c r="G32" s="25"/>
+      <c r="H32" s="25"/>
+      <c r="I32" s="25"/>
+      <c r="J32" s="25"/>
+      <c r="K32" s="25"/>
+      <c r="L32" s="25"/>
     </row>
-    <row r="34" spans="1:12" s="19" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
-[...1 lines deleted...]
-        <v>12</v>
+    <row r="33" spans="1:1" s="19" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A33" s="19" t="s">
+        <v>14</v>
       </c>
     </row>
-    <row r="35" spans="1:12" s="19" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.15">
-[...1 lines deleted...]
-        <v>13</v>
+    <row r="34" spans="1:1" s="19" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A34" s="19" t="s">
+        <v>16</v>
       </c>
     </row>
-    <row r="36" spans="1:12" s="19" customFormat="1" ht="7.8" x14ac:dyDescent="0.15"/>
-[...2 lines deleted...]
-        <v>35</v>
+    <row r="35" spans="1:1" s="19" customFormat="1" ht="8.25" x14ac:dyDescent="0.15"/>
+    <row r="36" spans="1:1" s="19" customFormat="1" ht="8.25" x14ac:dyDescent="0.15">
+      <c r="A36" s="19" t="s">
+        <v>15</v>
       </c>
     </row>
-    <row r="38" spans="1:12" s="19" customFormat="1" ht="7.8" x14ac:dyDescent="0.15"/>
+    <row r="37" spans="1:1" s="19" customFormat="1" ht="8.25" x14ac:dyDescent="0.15"/>
   </sheetData>
   <mergeCells count="14">
+    <mergeCell ref="A30:L30"/>
     <mergeCell ref="A31:L31"/>
-    <mergeCell ref="A32:L32"/>
-[...11 lines deleted...]
-    <mergeCell ref="K15:L15"/>
+    <mergeCell ref="K16:L16"/>
+    <mergeCell ref="K18:L18"/>
+    <mergeCell ref="M13:P13"/>
+    <mergeCell ref="A10:H10"/>
+    <mergeCell ref="A8:L8"/>
+    <mergeCell ref="J10:L10"/>
+    <mergeCell ref="K12:L12"/>
+    <mergeCell ref="A14:B14"/>
+    <mergeCell ref="D14:E14"/>
+    <mergeCell ref="G12:H12"/>
+    <mergeCell ref="A12:E12"/>
+    <mergeCell ref="K14:L14"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.47244094488188981" bottom="0.82677165354330717" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;"Arial,Normal"&amp;7Service de la statistique du canton de Fribourg
 &amp;Z&amp;F-&amp;D-&amp;T&amp;R&amp;"Arial,Normal"&amp;7&amp;P/&amp;N</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>