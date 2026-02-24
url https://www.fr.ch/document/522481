--- v0 (2025-12-05)
+++ v1 (2026-02-24)
@@ -4,98 +4,98 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/connections.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.connections+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="L:\00 Bases statistiques et produits généraux\01 Synthèses\03 Site Internet\06 Pages sous-produits\03 Economie\0302 Activité professionnelle et temps de travail\2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="L:\00 Bases statistiques et produits généraux\01 Synthèses\03 Site Internet\06 Pages sous-produits\03 Economie\0302 Activité professionnelle et temps de travail\2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{64D540C1-EF48-4725-BC65-F45625ED36C0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B8C039C0-8F73-4051-AAB1-ABA39C130764}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="te072" sheetId="10" r:id="rId1"/>
     <sheet name="Signes - Zeichen" sheetId="11" r:id="rId2"/>
     <sheet name="ESRI_MAPINFO_SHEET" sheetId="8" state="veryHidden" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_AMO_UniqueIdentifier" hidden="1">"'45cf1959-cf47-4dbe-b3e7-ceaaaddcd6e1'"</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'te072'!$A$1:$AE$59</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
 <connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16">
   <connection id="1" xr16:uid="{AB65C5D2-2493-4ADD-8532-0E27CD344201}" keepAlive="1" name="Requête - TE23-072-IC-DATA2010-2021" description="Connexion à la requête « TE23-072-IC-DATA2010-2021 » dans le classeur." type="5" refreshedVersion="0" background="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=TE23-072-IC-DATA2010-2021;Extended Properties=&quot;&quot;" command="SELECT * FROM [TE23-072-IC-DATA2010-2021]"/>
   </connection>
   <connection id="2" xr16:uid="{235B0303-6309-4C6F-8A7D-769EB895110D}" keepAlive="1" name="Requête - TE23-072-IC-DATA2022" description="Connexion à la requête « TE23-072-IC-DATA2022 » dans le classeur." type="5" refreshedVersion="0" background="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=TE23-072-IC-DATA2022;Extended Properties=&quot;&quot;" command="SELECT * FROM [TE23-072-IC-DATA2022]"/>
   </connection>
 </connections>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="135" uniqueCount="70">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="137" uniqueCount="70">
   <si>
     <t>70+</t>
   </si>
   <si>
     <t xml:space="preserve">65-69 </t>
   </si>
   <si>
     <t xml:space="preserve">60-64 </t>
   </si>
   <si>
     <t xml:space="preserve">55-59 </t>
   </si>
   <si>
     <t xml:space="preserve">50-54 </t>
   </si>
   <si>
     <t xml:space="preserve">45-49 </t>
   </si>
   <si>
     <t xml:space="preserve">40-44 </t>
   </si>
   <si>
     <t xml:space="preserve">35-39 </t>
   </si>
   <si>
@@ -151,65 +151,50 @@
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="6"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>1</t>
     </r>
   </si>
   <si>
     <r>
       <t>Kanton Freiburg, Stand im Dezember, ohne die Erwerbspersonen der Kollektivhaushalte, ohne die Diplomaten, internationale Funktionäre und deren Angehörige</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="6"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>1</t>
     </r>
   </si>
   <si>
-    <t>Personnes actives, par sexe et classe d'âges quinquennale, de 1970 à 2023</t>
-[...13 lines deleted...]
-  <si>
     <r>
       <t>1970</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="6"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>r</t>
     </r>
   </si>
   <si>
     <r>
       <t>1980</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="6"/>
         <rFont val="Arial"/>
         <family val="2"/>
@@ -241,92 +226,86 @@
         <b/>
         <vertAlign val="superscript"/>
         <sz val="6"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>r</t>
     </r>
   </si>
   <si>
     <r>
       <t>2018</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="6"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>r</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve"> De 2010 à 2023, estimation à partir d'un relevé par échantillon, chiffres basés sur la population résidante permanente.</t>
-[...1 lines deleted...]
-  <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="6"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>1</t>
     </r>
     <r>
       <rPr>
         <sz val="6"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>En 1970, 1980, 1990 et 2000, relevé exhaustif, chiffres basés sur la population résidante.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="6"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>1</t>
     </r>
     <r>
       <rPr>
         <sz val="6"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>In den Jahren 1970, 1980, 1990 und 2000, Vollerhebung, Zahlen basierend auf der Wohnbevölkerung.</t>
     </r>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve"> In den Jahren 2010 bis 2023, Schätzung aufgrund einer Stichprobenerhebung, Zahlen basierend auf der ständigen Wohnbevölkerung.</t>
   </si>
   <si>
     <t>Légende des signes</t>
   </si>
   <si>
     <t>Zeichenerklärung</t>
   </si>
   <si>
     <t>Signes</t>
   </si>
   <si>
     <t>Explication</t>
   </si>
   <si>
     <t>Zeichen</t>
   </si>
   <si>
     <t>Erklärung</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Valeur rigoureusement nulle ou inexistante</t>
   </si>
@@ -380,64 +359,85 @@
   </si>
   <si>
     <t>Donnée revue et corrigée</t>
   </si>
   <si>
     <t>Korrigierter Wert</t>
   </si>
   <si>
     <t>p</t>
   </si>
   <si>
     <t>Donnée provisoire</t>
   </si>
   <si>
     <t>Provisorischer Wert</t>
   </si>
   <si>
     <t>e</t>
   </si>
   <si>
     <t>Donnée estimée</t>
   </si>
   <si>
     <t>Geschätzter Wert</t>
   </si>
+  <si>
+    <t>Personnes actives, par sexe et classe d'âges quinquennale, de 1970 à 2024</t>
+  </si>
+  <si>
+    <t>Erwerbspersonen nach Geschlecht und Altersklasse (5 Jahre) von 1970 bis 2024</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> De 2010 à 2024 estimation à partir d'un relevé par échantillon, chiffres basés sur la population résidante permanente.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> In den Jahren 2010 bis 2024, Schätzung aufgrund einer Stichprobenerhebung, Zahlen basierend auf der ständigen Wohnbevölkerung.</t>
+  </si>
+  <si>
+    <t>Source : Recensement fédéral de la population 1970-2000, Relevé structurel 2010-2024 - Office fédéral de la statistique, Neuchâtel</t>
+  </si>
+  <si>
+    <t>Quelle: Eidg. Volkszählung 1970-2000, Strukturerhebung 2010-2024 - Bundesamt für Statistik, Neuenburg, te26-072</t>
+  </si>
+  <si>
+    <t>Actualisation / Aktualisiert am: 10.02.2026</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="6">
     <numFmt numFmtId="164" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="165" formatCode="0.0"/>
     <numFmt numFmtId="166" formatCode="&quot;(&quot;#,##0.0&quot;)&quot;"/>
     <numFmt numFmtId="167" formatCode="&quot;...&quot;"/>
     <numFmt numFmtId="168" formatCode="&quot;(&quot;#,##0&quot;)&quot;"/>
     <numFmt numFmtId="169" formatCode="#,##0.0"/>
   </numFmts>
-  <fonts count="23" x14ac:knownFonts="1">
+  <fonts count="22" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="MS Sans Serif"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="6.5"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Courier"/>
@@ -493,56 +493,50 @@
     <font>
       <b/>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="MS Sans Serif"/>
     </font>
     <font>
       <sz val="6"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <vertAlign val="superscript"/>
       <sz val="6"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
-      <sz val="6.5"/>
-[...4 lines deleted...]
-    <font>
       <sz val="6.5"/>
       <color rgb="FFFF0000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="9"/>
       <color theme="3" tint="0.39997558519241921"/>
       <name val="Segoe UI"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
@@ -698,53 +692,53 @@
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="70">
+  <cellXfs count="69">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="3" fontId="3" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="6" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="6" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="3" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
@@ -810,140 +804,137 @@
     </xf>
     <xf numFmtId="165" fontId="5" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="169" fontId="5" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="5" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="166" fontId="3" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="3" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="17" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="17" fillId="2" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="169" fontId="5" fillId="2" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="169" fontId="5" fillId="2" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="169" fontId="3" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="3" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="5" fillId="2" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="3" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="169" fontId="5" fillId="2" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="3" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="3" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="9" fillId="0" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="9" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="10" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="13" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="6"/>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="6"/>
     <xf numFmtId="0" fontId="11" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="6" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="6" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="6" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="8" xfId="6" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="3" xfId="6" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="6" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="3" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="6" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="6" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="3" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="6" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="6" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="4" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="6" applyFont="1"/>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="6" applyFont="1"/>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="10" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="5" fillId="2" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
   </cellXfs>
   <cellStyles count="7">
     <cellStyle name="Milliers 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Normal 3" xfId="4" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Normal 3 2" xfId="5" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="Normal 5" xfId="6" xr:uid="{FDFA22C1-CA10-47EA-A192-1D3F7CAB1AF8}"/>
     <cellStyle name="style1383658898537" xfId="2" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
@@ -1329,218 +1320,225 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AO72"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="115" zoomScaleNormal="115" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="9.81640625" defaultRowHeight="10.5" customHeight="1" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="9.85546875" defaultRowHeight="10.5" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="8.54296875" style="6" customWidth="1"/>
-    <col min="2" max="6" width="7.1796875" style="6" customWidth="1"/>
+    <col min="1" max="1" width="8.5703125" style="6" customWidth="1"/>
+    <col min="2" max="6" width="7.140625" style="6" customWidth="1"/>
     <col min="7" max="7" width="8" style="6" customWidth="1"/>
-    <col min="8" max="8" width="7.1796875" style="6" customWidth="1"/>
+    <col min="8" max="8" width="7.140625" style="6" customWidth="1"/>
     <col min="9" max="9" width="8" style="6" customWidth="1"/>
-    <col min="10" max="10" width="7.1796875" style="6" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="14" max="14" width="7.1796875" style="6" customWidth="1"/>
+    <col min="10" max="10" width="7.140625" style="6" customWidth="1"/>
+    <col min="11" max="11" width="7.7109375" style="6" customWidth="1"/>
+    <col min="12" max="12" width="7.140625" style="6" customWidth="1"/>
+    <col min="13" max="13" width="7.5703125" style="6" customWidth="1"/>
+    <col min="14" max="14" width="7.140625" style="6" customWidth="1"/>
     <col min="15" max="15" width="8" style="6" customWidth="1"/>
-    <col min="16" max="16" width="7.1796875" style="6" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="20" max="20" width="7.1796875" style="6" customWidth="1"/>
+    <col min="16" max="16" width="7.140625" style="6" customWidth="1"/>
+    <col min="17" max="17" width="7.5703125" style="6" customWidth="1"/>
+    <col min="18" max="18" width="7.140625" style="6" customWidth="1"/>
+    <col min="19" max="19" width="7.5703125" style="6" customWidth="1"/>
+    <col min="20" max="20" width="7.140625" style="6" customWidth="1"/>
     <col min="21" max="21" width="8" style="6" customWidth="1"/>
-    <col min="22" max="22" width="7.1796875" style="6" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="34" max="16384" width="9.81640625" style="6"/>
+    <col min="22" max="22" width="7.140625" style="6" customWidth="1"/>
+    <col min="23" max="23" width="7.85546875" style="6" customWidth="1"/>
+    <col min="24" max="24" width="7.140625" style="6" customWidth="1"/>
+    <col min="25" max="25" width="7.7109375" style="6" customWidth="1"/>
+    <col min="26" max="26" width="7.140625" style="6" customWidth="1"/>
+    <col min="27" max="27" width="8.140625" style="6" customWidth="1"/>
+    <col min="28" max="28" width="7.140625" style="6" customWidth="1"/>
+    <col min="29" max="29" width="7.85546875" style="6" customWidth="1"/>
+    <col min="30" max="30" width="7.140625" style="6" customWidth="1"/>
+    <col min="31" max="31" width="7.5703125" style="6" customWidth="1"/>
+    <col min="32" max="32" width="7.140625" style="6" customWidth="1"/>
+    <col min="33" max="33" width="7.5703125" style="6" customWidth="1"/>
+    <col min="34" max="34" width="7.140625" style="6" customWidth="1"/>
+    <col min="35" max="35" width="7.5703125" style="6" customWidth="1"/>
+    <col min="36" max="16384" width="9.85546875" style="6"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:40" s="15" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:40" s="15" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="15" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:40" s="14" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="2" spans="1:40" s="14" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="14" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:40" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="3" spans="1:40" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="13" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="4" spans="1:40" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:40" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="4" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="5" spans="1:40" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:40" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="4" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="6" spans="1:40" s="10" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:40" s="10" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="12"/>
       <c r="C6" s="11"/>
       <c r="D6" s="11"/>
       <c r="E6" s="11"/>
       <c r="F6" s="11"/>
       <c r="G6" s="11"/>
       <c r="H6" s="11"/>
       <c r="I6" s="11"/>
       <c r="J6" s="11"/>
       <c r="K6" s="11"/>
       <c r="L6" s="11"/>
       <c r="M6" s="11"/>
       <c r="N6" s="11"/>
       <c r="O6" s="11"/>
       <c r="P6" s="11"/>
       <c r="Q6" s="11"/>
       <c r="R6" s="11"/>
       <c r="S6" s="11"/>
       <c r="T6" s="11"/>
       <c r="U6" s="11"/>
       <c r="V6" s="11"/>
       <c r="W6" s="11"/>
       <c r="X6" s="11"/>
       <c r="Y6" s="11"/>
       <c r="Z6" s="11"/>
       <c r="AA6" s="11"/>
       <c r="AB6" s="11"/>
       <c r="AC6" s="11"/>
       <c r="AD6" s="11"/>
       <c r="AE6" s="11"/>
       <c r="AF6" s="11"/>
       <c r="AG6" s="11"/>
-    </row>
-    <row r="7" spans="1:40" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AH6" s="11"/>
+      <c r="AI6" s="11"/>
+    </row>
+    <row r="7" spans="1:40" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="23" t="s">
         <v>18</v>
       </c>
-      <c r="B7" s="49" t="s">
-[...11 lines deleted...]
-      <c r="F7" s="51">
+      <c r="B7" s="47" t="s">
+        <v>24</v>
+      </c>
+      <c r="C7" s="48" t="s">
+        <v>25</v>
+      </c>
+      <c r="D7" s="48" t="s">
+        <v>26</v>
+      </c>
+      <c r="E7" s="48" t="s">
+        <v>27</v>
+      </c>
+      <c r="F7" s="66">
         <v>2010</v>
       </c>
-      <c r="G7" s="52"/>
-      <c r="H7" s="51">
+      <c r="G7" s="67"/>
+      <c r="H7" s="66">
         <v>2011</v>
       </c>
-      <c r="I7" s="52"/>
-      <c r="J7" s="51">
+      <c r="I7" s="67"/>
+      <c r="J7" s="66">
         <v>2012</v>
       </c>
-      <c r="K7" s="52"/>
-      <c r="L7" s="51">
+      <c r="K7" s="67"/>
+      <c r="L7" s="66">
         <v>2013</v>
       </c>
-      <c r="M7" s="52"/>
-      <c r="N7" s="51">
+      <c r="M7" s="67"/>
+      <c r="N7" s="66">
         <v>2014</v>
       </c>
-      <c r="O7" s="52"/>
-      <c r="P7" s="51">
+      <c r="O7" s="67"/>
+      <c r="P7" s="66">
         <v>2015</v>
       </c>
-      <c r="Q7" s="52"/>
-      <c r="R7" s="51">
+      <c r="Q7" s="67"/>
+      <c r="R7" s="66">
         <v>2016</v>
       </c>
-      <c r="S7" s="52"/>
-      <c r="T7" s="51">
+      <c r="S7" s="67"/>
+      <c r="T7" s="66">
         <v>2017</v>
       </c>
-      <c r="U7" s="52"/>
-[...4 lines deleted...]
-      <c r="X7" s="51">
+      <c r="U7" s="67"/>
+      <c r="V7" s="66" t="s">
+        <v>28</v>
+      </c>
+      <c r="W7" s="67"/>
+      <c r="X7" s="66">
         <v>2019</v>
       </c>
-      <c r="Y7" s="52"/>
-      <c r="Z7" s="51">
+      <c r="Y7" s="67"/>
+      <c r="Z7" s="66">
         <v>2020</v>
       </c>
-      <c r="AA7" s="52"/>
-      <c r="AB7" s="51">
+      <c r="AA7" s="67"/>
+      <c r="AB7" s="66">
         <v>2021</v>
       </c>
-      <c r="AC7" s="52"/>
-      <c r="AD7" s="51">
+      <c r="AC7" s="67"/>
+      <c r="AD7" s="66">
         <v>2022</v>
       </c>
-      <c r="AE7" s="52"/>
-      <c r="AF7" s="51">
+      <c r="AE7" s="67"/>
+      <c r="AF7" s="66">
         <v>2023</v>
       </c>
-      <c r="AG7" s="52"/>
-[...2 lines deleted...]
-    <row r="8" spans="1:40" ht="63.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AG7" s="67"/>
+      <c r="AH7" s="66">
+        <v>2024</v>
+      </c>
+      <c r="AI7" s="67"/>
+    </row>
+    <row r="8" spans="1:40" ht="63.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="26"/>
       <c r="B8" s="31" t="s">
         <v>19</v>
       </c>
       <c r="C8" s="31" t="s">
         <v>19</v>
       </c>
       <c r="D8" s="31" t="s">
         <v>19</v>
       </c>
       <c r="E8" s="31" t="s">
         <v>19</v>
       </c>
       <c r="F8" s="31" t="s">
         <v>19</v>
       </c>
       <c r="G8" s="32" t="s">
         <v>20</v>
       </c>
       <c r="H8" s="31" t="s">
         <v>19</v>
       </c>
       <c r="I8" s="32" t="s">
         <v>20</v>
       </c>
@@ -1585,61 +1583,67 @@
       </c>
       <c r="W8" s="32" t="s">
         <v>20</v>
       </c>
       <c r="X8" s="31" t="s">
         <v>19</v>
       </c>
       <c r="Y8" s="32" t="s">
         <v>20</v>
       </c>
       <c r="Z8" s="31" t="s">
         <v>19</v>
       </c>
       <c r="AA8" s="32" t="s">
         <v>20</v>
       </c>
       <c r="AB8" s="31" t="s">
         <v>19</v>
       </c>
       <c r="AC8" s="32" t="s">
         <v>20</v>
       </c>
       <c r="AD8" s="31" t="s">
         <v>19</v>
       </c>
-      <c r="AE8" s="38" t="s">
+      <c r="AE8" s="37" t="s">
         <v>20</v>
       </c>
       <c r="AF8" s="31" t="s">
         <v>19</v>
       </c>
-      <c r="AG8" s="38" t="s">
+      <c r="AG8" s="37" t="s">
         <v>20</v>
       </c>
-    </row>
-    <row r="9" spans="1:40" s="9" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AH8" s="31" t="s">
+        <v>19</v>
+      </c>
+      <c r="AI8" s="37" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="9" spans="1:40" s="9" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="25" t="s">
         <v>16</v>
       </c>
       <c r="B9" s="19">
         <v>78531</v>
       </c>
       <c r="C9" s="19">
         <v>82966</v>
       </c>
       <c r="D9" s="19">
         <v>108418</v>
       </c>
       <c r="E9" s="19">
         <v>127219</v>
       </c>
       <c r="F9" s="19">
         <v>152989.76022311801</v>
       </c>
       <c r="G9" s="29">
         <v>1.6</v>
       </c>
       <c r="H9" s="19">
         <v>153095.312340615</v>
       </c>
       <c r="I9" s="29">
@@ -1686,68 +1690,72 @@
       </c>
       <c r="W9" s="29">
         <v>1.6</v>
       </c>
       <c r="X9" s="19">
         <v>172625.46010836901</v>
       </c>
       <c r="Y9" s="29">
         <v>1.6</v>
       </c>
       <c r="Z9" s="19">
         <v>175635.49853452999</v>
       </c>
       <c r="AA9" s="29">
         <v>1.6</v>
       </c>
       <c r="AB9" s="19">
         <v>178408.87856815799</v>
       </c>
       <c r="AC9" s="29">
         <v>1.6</v>
       </c>
       <c r="AD9" s="19">
         <v>180431.005316639</v>
       </c>
-      <c r="AE9" s="37">
+      <c r="AE9" s="36">
         <v>1.6</v>
       </c>
       <c r="AF9" s="19">
         <v>184307.7096</v>
       </c>
-      <c r="AG9" s="39">
+      <c r="AG9" s="36">
         <v>1.6</v>
       </c>
-      <c r="AH9" s="30"/>
-      <c r="AI9" s="30"/>
+      <c r="AH9" s="19">
+        <v>185893.6335</v>
+      </c>
+      <c r="AI9" s="38">
+        <v>1.6</v>
+      </c>
       <c r="AJ9" s="30"/>
       <c r="AK9" s="30"/>
       <c r="AL9" s="30"/>
       <c r="AM9" s="30"/>
       <c r="AN9" s="30"/>
     </row>
-    <row r="10" spans="1:40" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:40" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="24" t="s">
         <v>11</v>
       </c>
       <c r="B10" s="1">
         <v>9032</v>
       </c>
       <c r="C10" s="1">
         <v>9488</v>
       </c>
       <c r="D10" s="1">
         <v>8501</v>
       </c>
       <c r="E10" s="1">
         <v>6811</v>
       </c>
       <c r="F10" s="1">
         <v>7983.6310744399998</v>
       </c>
       <c r="G10" s="27">
         <v>12.5</v>
       </c>
       <c r="H10" s="1">
         <v>6537.3374316729996</v>
       </c>
       <c r="I10" s="27">
@@ -1800,55 +1808,61 @@
       </c>
       <c r="Y10" s="27">
         <v>14.2</v>
       </c>
       <c r="Z10" s="1">
         <v>5239.4666019229999</v>
       </c>
       <c r="AA10" s="27">
         <v>15.3</v>
       </c>
       <c r="AB10" s="1">
         <v>5027.2709352490001</v>
       </c>
       <c r="AC10" s="27">
         <v>16.2</v>
       </c>
       <c r="AD10" s="1">
         <v>5094.7629358940003</v>
       </c>
       <c r="AE10" s="27">
         <v>16.399999999999999</v>
       </c>
       <c r="AF10" s="1">
         <v>5579.2776999999996</v>
       </c>
-      <c r="AG10" s="40">
+      <c r="AG10" s="27">
         <v>15.3</v>
       </c>
-    </row>
-    <row r="11" spans="1:40" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AH10" s="1">
+        <v>5957.1252999999997</v>
+      </c>
+      <c r="AI10" s="39">
+        <v>15.5</v>
+      </c>
+    </row>
+    <row r="11" spans="1:40" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="24" t="s">
         <v>10</v>
       </c>
       <c r="B11" s="1">
         <v>11237</v>
       </c>
       <c r="C11" s="1">
         <v>10619</v>
       </c>
       <c r="D11" s="1">
         <v>14011</v>
       </c>
       <c r="E11" s="1">
         <v>10908</v>
       </c>
       <c r="F11" s="1">
         <v>13421.524204472</v>
       </c>
       <c r="G11" s="27">
         <v>9.6999999999999993</v>
       </c>
       <c r="H11" s="1">
         <v>13035.67989682</v>
       </c>
       <c r="I11" s="27">
@@ -1901,55 +1915,61 @@
       </c>
       <c r="Y11" s="27">
         <v>10.199999999999999</v>
       </c>
       <c r="Z11" s="1">
         <v>12456.332566720999</v>
       </c>
       <c r="AA11" s="27">
         <v>10.199999999999999</v>
       </c>
       <c r="AB11" s="1">
         <v>12204.04150256</v>
       </c>
       <c r="AC11" s="27">
         <v>10.7</v>
       </c>
       <c r="AD11" s="1">
         <v>13079.641278599</v>
       </c>
       <c r="AE11" s="27">
         <v>10.5</v>
       </c>
       <c r="AF11" s="1">
         <v>12627.643400000001</v>
       </c>
-      <c r="AG11" s="40">
+      <c r="AG11" s="27">
         <v>10.6</v>
       </c>
-    </row>
-    <row r="12" spans="1:40" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AH11" s="1">
+        <v>11832.301299999999</v>
+      </c>
+      <c r="AI11" s="39">
+        <v>11.5</v>
+      </c>
+    </row>
+    <row r="12" spans="1:40" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="24" t="s">
         <v>9</v>
       </c>
       <c r="B12" s="1">
         <v>9501</v>
       </c>
       <c r="C12" s="1">
         <v>9757</v>
       </c>
       <c r="D12" s="1">
         <v>15672</v>
       </c>
       <c r="E12" s="1">
         <v>14596</v>
       </c>
       <c r="F12" s="1">
         <v>16369.0706981844</v>
       </c>
       <c r="G12" s="27">
         <v>8.8000000000000007</v>
       </c>
       <c r="H12" s="1">
         <v>16590.273363246</v>
       </c>
       <c r="I12" s="27">
@@ -2002,55 +2022,61 @@
       </c>
       <c r="Y12" s="27">
         <v>8</v>
       </c>
       <c r="Z12" s="1">
         <v>19620.375509386002</v>
       </c>
       <c r="AA12" s="27">
         <v>7.9</v>
       </c>
       <c r="AB12" s="1">
         <v>19640.576469726999</v>
       </c>
       <c r="AC12" s="27">
         <v>8.1999999999999993</v>
       </c>
       <c r="AD12" s="1">
         <v>20215.640999005002</v>
       </c>
       <c r="AE12" s="27">
         <v>8</v>
       </c>
       <c r="AF12" s="1">
         <v>19976.969099999998</v>
       </c>
-      <c r="AG12" s="40">
+      <c r="AG12" s="27">
         <v>8.4</v>
       </c>
-    </row>
-    <row r="13" spans="1:40" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AH12" s="1">
+        <v>19739.4869</v>
+      </c>
+      <c r="AI12" s="39">
+        <v>8.5</v>
+      </c>
+    </row>
+    <row r="13" spans="1:40" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="24" t="s">
         <v>8</v>
       </c>
       <c r="B13" s="1">
         <v>7588</v>
       </c>
       <c r="C13" s="1">
         <v>10313</v>
       </c>
       <c r="D13" s="1">
         <v>14008</v>
       </c>
       <c r="E13" s="1">
         <v>17256</v>
       </c>
       <c r="F13" s="1">
         <v>16324.364054457001</v>
       </c>
       <c r="G13" s="27">
         <v>8.6</v>
       </c>
       <c r="H13" s="1">
         <v>16239.451053971001</v>
       </c>
       <c r="I13" s="27">
@@ -2103,55 +2129,61 @@
       </c>
       <c r="Y13" s="27">
         <v>7.6</v>
       </c>
       <c r="Z13" s="1">
         <v>21517.103750748</v>
       </c>
       <c r="AA13" s="27">
         <v>7.4</v>
       </c>
       <c r="AB13" s="1">
         <v>21148.579516158999</v>
       </c>
       <c r="AC13" s="27">
         <v>7.6</v>
       </c>
       <c r="AD13" s="1">
         <v>21687.682769957999</v>
       </c>
       <c r="AE13" s="27">
         <v>7.6</v>
       </c>
       <c r="AF13" s="1">
         <v>24228.286</v>
       </c>
-      <c r="AG13" s="40">
+      <c r="AG13" s="27">
         <v>7.3</v>
       </c>
-    </row>
-    <row r="14" spans="1:40" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AH13" s="1">
+        <v>23391.2101</v>
+      </c>
+      <c r="AI13" s="39">
+        <v>7.4</v>
+      </c>
+    </row>
+    <row r="14" spans="1:40" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="24" t="s">
         <v>7</v>
       </c>
       <c r="B14" s="1">
         <v>6985</v>
       </c>
       <c r="C14" s="1">
         <v>9555</v>
       </c>
       <c r="D14" s="1">
         <v>12963</v>
       </c>
       <c r="E14" s="1">
         <v>18455</v>
       </c>
       <c r="F14" s="1">
         <v>19047.542590999001</v>
       </c>
       <c r="G14" s="27">
         <v>7.9</v>
       </c>
       <c r="H14" s="1">
         <v>17983.985628679999</v>
       </c>
       <c r="I14" s="27">
@@ -2204,55 +2236,61 @@
       </c>
       <c r="Y14" s="27">
         <v>7.7</v>
       </c>
       <c r="Z14" s="1">
         <v>19871.824951783001</v>
       </c>
       <c r="AA14" s="27">
         <v>7.6</v>
       </c>
       <c r="AB14" s="1">
         <v>21216.512148399001</v>
       </c>
       <c r="AC14" s="27">
         <v>7.5</v>
       </c>
       <c r="AD14" s="1">
         <v>21307.038540348</v>
       </c>
       <c r="AE14" s="27">
         <v>7.5</v>
       </c>
       <c r="AF14" s="1">
         <v>22152.5723</v>
       </c>
-      <c r="AG14" s="40">
+      <c r="AG14" s="27">
         <v>7.5</v>
       </c>
-    </row>
-    <row r="15" spans="1:40" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AH14" s="1">
+        <v>23448.205399999999</v>
+      </c>
+      <c r="AI14" s="39">
+        <v>7.4</v>
+      </c>
+    </row>
+    <row r="15" spans="1:40" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="24" t="s">
         <v>6</v>
       </c>
       <c r="B15" s="1">
         <v>6850</v>
       </c>
       <c r="C15" s="1">
         <v>7509</v>
       </c>
       <c r="D15" s="1">
         <v>12803</v>
       </c>
       <c r="E15" s="1">
         <v>16349</v>
       </c>
       <c r="F15" s="1">
         <v>20010.879232690299</v>
       </c>
       <c r="G15" s="27">
         <v>7.7</v>
       </c>
       <c r="H15" s="1">
         <v>20348.955706911001</v>
       </c>
       <c r="I15" s="27">
@@ -2305,55 +2343,61 @@
       </c>
       <c r="Y15" s="27">
         <v>7.5</v>
       </c>
       <c r="Z15" s="1">
         <v>20166.908803073999</v>
       </c>
       <c r="AA15" s="27">
         <v>7.5</v>
       </c>
       <c r="AB15" s="1">
         <v>20118.342237291999</v>
       </c>
       <c r="AC15" s="27">
         <v>7.7</v>
       </c>
       <c r="AD15" s="1">
         <v>21049.007622393001</v>
       </c>
       <c r="AE15" s="27">
         <v>7.5</v>
       </c>
       <c r="AF15" s="1">
         <v>20637.284199999998</v>
       </c>
-      <c r="AG15" s="40">
+      <c r="AG15" s="27">
         <v>7.7</v>
       </c>
-    </row>
-    <row r="16" spans="1:40" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AH15" s="1">
+        <v>21280.345399999998</v>
+      </c>
+      <c r="AI15" s="39">
+        <v>7.6</v>
+      </c>
+    </row>
+    <row r="16" spans="1:40" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="24" t="s">
         <v>5</v>
       </c>
       <c r="B16" s="1">
         <v>6951</v>
       </c>
       <c r="C16" s="1">
         <v>6776</v>
       </c>
       <c r="D16" s="1">
         <v>10990</v>
       </c>
       <c r="E16" s="1">
         <v>14012</v>
       </c>
       <c r="F16" s="1">
         <v>20554.919958048002</v>
       </c>
       <c r="G16" s="27">
         <v>7.5</v>
       </c>
       <c r="H16" s="1">
         <v>22229.144013334</v>
       </c>
       <c r="I16" s="27">
@@ -2406,55 +2450,61 @@
       </c>
       <c r="Y16" s="27">
         <v>7.3</v>
       </c>
       <c r="Z16" s="1">
         <v>21412.640951417001</v>
       </c>
       <c r="AA16" s="27">
         <v>7.2</v>
       </c>
       <c r="AB16" s="1">
         <v>20549.073621717998</v>
       </c>
       <c r="AC16" s="27">
         <v>7.7</v>
       </c>
       <c r="AD16" s="1">
         <v>20877.682784801</v>
       </c>
       <c r="AE16" s="27">
         <v>7.5</v>
       </c>
       <c r="AF16" s="1">
         <v>19414.8992</v>
       </c>
-      <c r="AG16" s="40">
+      <c r="AG16" s="27">
         <v>8.1</v>
       </c>
-    </row>
-    <row r="17" spans="1:33" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AH16" s="1">
+        <v>20461.578000000001</v>
+      </c>
+      <c r="AI16" s="39">
+        <v>7.8</v>
+      </c>
+    </row>
+    <row r="17" spans="1:35" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="24" t="s">
         <v>4</v>
       </c>
       <c r="B17" s="1">
         <v>5888</v>
       </c>
       <c r="C17" s="1">
         <v>6375</v>
       </c>
       <c r="D17" s="1">
         <v>7730</v>
       </c>
       <c r="E17" s="1">
         <v>12807</v>
       </c>
       <c r="F17" s="1">
         <v>17393.276814272002</v>
       </c>
       <c r="G17" s="27">
         <v>8.1999999999999993</v>
       </c>
       <c r="H17" s="1">
         <v>15565.695286671</v>
       </c>
       <c r="I17" s="27">
@@ -2507,55 +2557,61 @@
       </c>
       <c r="Y17" s="27">
         <v>7.2</v>
       </c>
       <c r="Z17" s="1">
         <v>22521.915316897001</v>
       </c>
       <c r="AA17" s="27">
         <v>6.9</v>
       </c>
       <c r="AB17" s="1">
         <v>23572.060690243001</v>
       </c>
       <c r="AC17" s="27">
         <v>7.1</v>
       </c>
       <c r="AD17" s="1">
         <v>21705.453857646</v>
       </c>
       <c r="AE17" s="27">
         <v>7.3</v>
       </c>
       <c r="AF17" s="1">
         <v>22034.663199999999</v>
       </c>
-      <c r="AG17" s="40">
+      <c r="AG17" s="27">
         <v>7.5</v>
       </c>
-    </row>
-    <row r="18" spans="1:33" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AH17" s="1">
+        <v>21720.269499999999</v>
+      </c>
+      <c r="AI17" s="39">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="18" spans="1:35" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="24" t="s">
         <v>3</v>
       </c>
       <c r="B18" s="1">
         <v>5699</v>
       </c>
       <c r="C18" s="1">
         <v>5848</v>
       </c>
       <c r="D18" s="1">
         <v>6210</v>
       </c>
       <c r="E18" s="1">
         <v>9838</v>
       </c>
       <c r="F18" s="1">
         <v>13095.083615330101</v>
       </c>
       <c r="G18" s="27">
         <v>9.5</v>
       </c>
       <c r="H18" s="1">
         <v>14188.667194984</v>
       </c>
       <c r="I18" s="27">
@@ -2608,55 +2664,61 @@
       </c>
       <c r="Y18" s="27">
         <v>7.8</v>
       </c>
       <c r="Z18" s="1">
         <v>18994.759905629999</v>
       </c>
       <c r="AA18" s="27">
         <v>7.6</v>
       </c>
       <c r="AB18" s="1">
         <v>20466.411800743001</v>
       </c>
       <c r="AC18" s="27">
         <v>7.5</v>
       </c>
       <c r="AD18" s="1">
         <v>20763.209963996</v>
       </c>
       <c r="AE18" s="27">
         <v>7.4</v>
       </c>
       <c r="AF18" s="1">
         <v>20701.080000000002</v>
       </c>
-      <c r="AG18" s="40">
+      <c r="AG18" s="27">
         <v>7.6</v>
       </c>
-    </row>
-    <row r="19" spans="1:33" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AH18" s="1">
+        <v>21776.789700000001</v>
+      </c>
+      <c r="AI18" s="39">
+        <v>7.3</v>
+      </c>
+    </row>
+    <row r="19" spans="1:35" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="24" t="s">
         <v>2</v>
       </c>
       <c r="B19" s="1">
         <v>4647</v>
       </c>
       <c r="C19" s="1">
         <v>4014</v>
       </c>
       <c r="D19" s="1">
         <v>4108</v>
       </c>
       <c r="E19" s="1">
         <v>4532</v>
       </c>
       <c r="F19" s="1">
         <v>7231.753576995</v>
       </c>
       <c r="G19" s="27">
         <v>13.1</v>
       </c>
       <c r="H19" s="1">
         <v>8441.5461902850002</v>
       </c>
       <c r="I19" s="27">
@@ -2709,55 +2771,61 @@
       </c>
       <c r="Y19" s="27">
         <v>10.5</v>
       </c>
       <c r="Z19" s="1">
         <v>10870.934756479999</v>
       </c>
       <c r="AA19" s="27">
         <v>10</v>
       </c>
       <c r="AB19" s="1">
         <v>11438.055858264001</v>
       </c>
       <c r="AC19" s="27">
         <v>9.9</v>
       </c>
       <c r="AD19" s="1">
         <v>11548.459107531</v>
       </c>
       <c r="AE19" s="27">
         <v>9.9</v>
       </c>
       <c r="AF19" s="1">
         <v>13331.813599999999</v>
       </c>
-      <c r="AG19" s="40">
+      <c r="AG19" s="27">
         <v>9.4</v>
       </c>
-    </row>
-    <row r="20" spans="1:33" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AH19" s="1">
+        <v>12621.0257</v>
+      </c>
+      <c r="AI19" s="39">
+        <v>9.6</v>
+      </c>
+    </row>
+    <row r="20" spans="1:35" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="24" t="s">
         <v>1</v>
       </c>
       <c r="B20" s="1">
         <v>2528</v>
       </c>
       <c r="C20" s="1">
         <v>1549</v>
       </c>
       <c r="D20" s="1">
         <v>899</v>
       </c>
       <c r="E20" s="1">
         <v>850</v>
       </c>
       <c r="F20" s="20">
         <v>1066.227136642</v>
       </c>
       <c r="G20" s="33">
         <v>33.200000000000003</v>
       </c>
       <c r="H20" s="1">
         <v>1469.353615989</v>
       </c>
       <c r="I20" s="27">
@@ -2810,55 +2878,61 @@
       </c>
       <c r="Y20" s="33">
         <v>28.1</v>
       </c>
       <c r="Z20" s="1">
         <v>1948.5663962640001</v>
       </c>
       <c r="AA20" s="27">
         <v>24.6</v>
       </c>
       <c r="AB20" s="1">
         <v>1713.714859142</v>
       </c>
       <c r="AC20" s="27">
         <v>25.3</v>
       </c>
       <c r="AD20" s="1">
         <v>1760.2558107770001</v>
       </c>
       <c r="AE20" s="27">
         <v>25.5</v>
       </c>
       <c r="AF20" s="1">
         <v>2199.0328</v>
       </c>
-      <c r="AG20" s="40">
+      <c r="AG20" s="27">
         <v>22.9</v>
       </c>
-    </row>
-    <row r="21" spans="1:33" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AH20" s="1">
+        <v>2325.1954000000001</v>
+      </c>
+      <c r="AI20" s="39">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="21" spans="1:35" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="24" t="s">
         <v>0</v>
       </c>
       <c r="B21" s="1">
         <v>1625</v>
       </c>
       <c r="C21" s="1">
         <v>1163</v>
       </c>
       <c r="D21" s="1">
         <v>523</v>
       </c>
       <c r="E21" s="1">
         <v>805</v>
       </c>
       <c r="F21" s="20">
         <v>491.48726658800001</v>
       </c>
       <c r="G21" s="33">
         <v>49.9</v>
       </c>
       <c r="H21" s="20">
         <v>465.22295805099998</v>
       </c>
       <c r="I21" s="33">
@@ -2911,92 +2985,100 @@
       </c>
       <c r="Y21" s="33">
         <v>30.1</v>
       </c>
       <c r="Z21" s="20">
         <v>1014.669024207</v>
       </c>
       <c r="AA21" s="33">
         <v>34.6</v>
       </c>
       <c r="AB21" s="20">
         <v>1314.238928662</v>
       </c>
       <c r="AC21" s="33">
         <v>29.1</v>
       </c>
       <c r="AD21" s="20">
         <v>1342.1696456909999</v>
       </c>
       <c r="AE21" s="33">
         <v>29.4</v>
       </c>
       <c r="AF21" s="20">
         <v>1424.1882000000001</v>
       </c>
-      <c r="AG21" s="41">
+      <c r="AG21" s="33">
         <v>28.4</v>
       </c>
-    </row>
-    <row r="22" spans="1:33" s="9" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AH21" s="20">
+        <v>1340.1008999999999</v>
+      </c>
+      <c r="AI21" s="40">
+        <v>30.6</v>
+      </c>
+    </row>
+    <row r="22" spans="1:35" s="9" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="25" t="s">
         <v>15</v>
       </c>
       <c r="B22" s="19"/>
       <c r="C22" s="19"/>
       <c r="D22" s="19"/>
       <c r="E22" s="19"/>
       <c r="F22" s="19"/>
       <c r="G22" s="19"/>
       <c r="H22" s="19"/>
       <c r="I22" s="19"/>
       <c r="J22" s="19"/>
       <c r="K22" s="19"/>
       <c r="L22" s="19"/>
       <c r="M22" s="19"/>
       <c r="N22" s="19"/>
       <c r="O22" s="19"/>
       <c r="P22" s="19"/>
       <c r="Q22" s="19"/>
       <c r="R22" s="19"/>
       <c r="S22" s="19"/>
       <c r="T22" s="19"/>
       <c r="U22" s="19"/>
       <c r="V22" s="35"/>
       <c r="W22" s="35"/>
       <c r="X22" s="19"/>
       <c r="Y22" s="19"/>
       <c r="Z22" s="19"/>
       <c r="AA22" s="19"/>
       <c r="AB22" s="19"/>
       <c r="AC22" s="19"/>
       <c r="AD22" s="19"/>
       <c r="AE22" s="19"/>
-      <c r="AF22" s="35"/>
-[...2 lines deleted...]
-    <row r="23" spans="1:33" s="9" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AF22" s="19"/>
+      <c r="AG22" s="19"/>
+      <c r="AH22" s="19"/>
+      <c r="AI22" s="68"/>
+    </row>
+    <row r="23" spans="1:35" s="9" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="25" t="s">
         <v>14</v>
       </c>
       <c r="B23" s="19">
         <v>55138</v>
       </c>
       <c r="C23" s="19">
         <v>56040</v>
       </c>
       <c r="D23" s="19">
         <v>68169</v>
       </c>
       <c r="E23" s="19">
         <v>71921</v>
       </c>
       <c r="F23" s="19">
         <v>83413.747327402001</v>
       </c>
       <c r="G23" s="29">
         <v>3.2</v>
       </c>
       <c r="H23" s="19">
         <v>83606.770537556004</v>
       </c>
       <c r="I23" s="28">
@@ -3049,55 +3131,61 @@
       </c>
       <c r="Y23" s="28">
         <v>3</v>
       </c>
       <c r="Z23" s="19">
         <v>94043.744275901001</v>
       </c>
       <c r="AA23" s="28">
         <v>3</v>
       </c>
       <c r="AB23" s="19">
         <v>94891.475717559995</v>
       </c>
       <c r="AC23" s="28">
         <v>3</v>
       </c>
       <c r="AD23" s="19">
         <v>96590.947107618995</v>
       </c>
       <c r="AE23" s="28">
         <v>3</v>
       </c>
       <c r="AF23" s="19">
         <v>98111.664699999994</v>
       </c>
-      <c r="AG23" s="42">
+      <c r="AG23" s="28">
         <v>3</v>
       </c>
-    </row>
-    <row r="24" spans="1:33" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AH23" s="19">
+        <v>99157.816000000006</v>
+      </c>
+      <c r="AI23" s="41">
+        <v>3.1</v>
+      </c>
+    </row>
+    <row r="24" spans="1:35" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="24" t="s">
         <v>11</v>
       </c>
       <c r="B24" s="1">
         <v>4749</v>
       </c>
       <c r="C24" s="1">
         <v>5115</v>
       </c>
       <c r="D24" s="1">
         <v>4694</v>
       </c>
       <c r="E24" s="1">
         <v>3887</v>
       </c>
       <c r="F24" s="1">
         <v>4819.3726763200002</v>
       </c>
       <c r="G24" s="27">
         <v>16.399999999999999</v>
       </c>
       <c r="H24" s="1">
         <v>3825.0164049199998</v>
       </c>
       <c r="I24" s="8">
@@ -3150,55 +3238,61 @@
       </c>
       <c r="Y24" s="8">
         <v>19.899999999999999</v>
       </c>
       <c r="Z24" s="1">
         <v>2920.728003013</v>
       </c>
       <c r="AA24" s="8">
         <v>20.2</v>
       </c>
       <c r="AB24" s="1">
         <v>3074.4476165450001</v>
       </c>
       <c r="AC24" s="8">
         <v>20.399999999999999</v>
       </c>
       <c r="AD24" s="1">
         <v>2960.1514656620002</v>
       </c>
       <c r="AE24" s="8">
         <v>22.3</v>
       </c>
       <c r="AF24" s="1">
         <v>3573.4380000000001</v>
       </c>
-      <c r="AG24" s="43">
+      <c r="AG24" s="8">
         <v>19.3</v>
       </c>
-    </row>
-    <row r="25" spans="1:33" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AH24" s="1">
+        <v>3174.5904999999998</v>
+      </c>
+      <c r="AI24" s="42">
+        <v>21.3</v>
+      </c>
+    </row>
+    <row r="25" spans="1:35" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="24" t="s">
         <v>10</v>
       </c>
       <c r="B25" s="1">
         <v>6770</v>
       </c>
       <c r="C25" s="1">
         <v>5976</v>
       </c>
       <c r="D25" s="1">
         <v>7420</v>
       </c>
       <c r="E25" s="1">
         <v>5490</v>
       </c>
       <c r="F25" s="1">
         <v>6472.0642055950002</v>
       </c>
       <c r="G25" s="27">
         <v>14.7</v>
       </c>
       <c r="H25" s="1">
         <v>6570.4923472259998</v>
       </c>
       <c r="I25" s="8">
@@ -3251,55 +3345,61 @@
       </c>
       <c r="Y25" s="8">
         <v>15.1</v>
       </c>
       <c r="Z25" s="1">
         <v>6536.3171659030004</v>
       </c>
       <c r="AA25" s="8">
         <v>14.3</v>
       </c>
       <c r="AB25" s="1">
         <v>6642.4073567980004</v>
       </c>
       <c r="AC25" s="8">
         <v>14.8</v>
       </c>
       <c r="AD25" s="1">
         <v>7242.1353139450002</v>
       </c>
       <c r="AE25" s="8">
         <v>14.8</v>
       </c>
       <c r="AF25" s="1">
         <v>6477.59</v>
       </c>
-      <c r="AG25" s="43">
+      <c r="AG25" s="8">
         <v>15.3</v>
       </c>
-    </row>
-    <row r="26" spans="1:33" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AH25" s="1">
+        <v>6457.1845000000003</v>
+      </c>
+      <c r="AI25" s="42">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="26" spans="1:35" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="24" t="s">
         <v>9</v>
       </c>
       <c r="B26" s="1">
         <v>7014</v>
       </c>
       <c r="C26" s="1">
         <v>6563</v>
       </c>
       <c r="D26" s="1">
         <v>9517</v>
       </c>
       <c r="E26" s="1">
         <v>7594</v>
       </c>
       <c r="F26" s="1">
         <v>8609.0185451939997</v>
       </c>
       <c r="G26" s="27">
         <v>12.4</v>
       </c>
       <c r="H26" s="1">
         <v>8935.5191489829995</v>
       </c>
       <c r="I26" s="8">
@@ -3352,55 +3452,61 @@
       </c>
       <c r="Y26" s="8">
         <v>11.4</v>
       </c>
       <c r="Z26" s="1">
         <v>10183.039358722001</v>
       </c>
       <c r="AA26" s="8">
         <v>11.2</v>
       </c>
       <c r="AB26" s="1">
         <v>10380.051508674</v>
       </c>
       <c r="AC26" s="8">
         <v>11.6</v>
       </c>
       <c r="AD26" s="1">
         <v>9973.9700237609995</v>
       </c>
       <c r="AE26" s="8">
         <v>11.8</v>
       </c>
       <c r="AF26" s="1">
         <v>10520.688899999999</v>
       </c>
-      <c r="AG26" s="43">
+      <c r="AG26" s="8">
         <v>11.9</v>
       </c>
-    </row>
-    <row r="27" spans="1:33" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AH26" s="1">
+        <v>10398.4262</v>
+      </c>
+      <c r="AI26" s="42">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="27" spans="1:35" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="24" t="s">
         <v>8</v>
       </c>
       <c r="B27" s="1">
         <v>5861</v>
       </c>
       <c r="C27" s="1">
         <v>7446</v>
       </c>
       <c r="D27" s="1">
         <v>9167</v>
       </c>
       <c r="E27" s="1">
         <v>9542</v>
       </c>
       <c r="F27" s="1">
         <v>7793.4734678880004</v>
       </c>
       <c r="G27" s="27">
         <v>12.8</v>
       </c>
       <c r="H27" s="1">
         <v>8376.0676887509999</v>
       </c>
       <c r="I27" s="8">
@@ -3453,55 +3559,61 @@
       </c>
       <c r="Y27" s="8">
         <v>10.7</v>
       </c>
       <c r="Z27" s="1">
         <v>11632.385429389</v>
       </c>
       <c r="AA27" s="8">
         <v>10.4</v>
       </c>
       <c r="AB27" s="1">
         <v>11326.968005571</v>
       </c>
       <c r="AC27" s="8">
         <v>10.7</v>
       </c>
       <c r="AD27" s="1">
         <v>11695.654041731999</v>
       </c>
       <c r="AE27" s="8">
         <v>10.6</v>
       </c>
       <c r="AF27" s="1">
         <v>13074.963400000001</v>
       </c>
-      <c r="AG27" s="43">
+      <c r="AG27" s="8">
         <v>10.199999999999999</v>
       </c>
-    </row>
-    <row r="28" spans="1:33" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AH27" s="1">
+        <v>12264.7099</v>
+      </c>
+      <c r="AI27" s="42">
+        <v>10.6</v>
+      </c>
+    </row>
+    <row r="28" spans="1:35" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="24" t="s">
         <v>7</v>
       </c>
       <c r="B28" s="1">
         <v>5305</v>
       </c>
       <c r="C28" s="1">
         <v>6870</v>
       </c>
       <c r="D28" s="1">
         <v>8300</v>
       </c>
       <c r="E28" s="1">
         <v>10502</v>
       </c>
       <c r="F28" s="1">
         <v>10393.440974182</v>
       </c>
       <c r="G28" s="27">
         <v>11</v>
       </c>
       <c r="H28" s="1">
         <v>10299.512021643999</v>
       </c>
       <c r="I28" s="8">
@@ -3554,55 +3666,61 @@
       </c>
       <c r="Y28" s="8">
         <v>11</v>
       </c>
       <c r="Z28" s="1">
         <v>10425.891921888</v>
       </c>
       <c r="AA28" s="8">
         <v>10.7</v>
       </c>
       <c r="AB28" s="1">
         <v>10838.04849354</v>
       </c>
       <c r="AC28" s="8">
         <v>10.8</v>
       </c>
       <c r="AD28" s="1">
         <v>11414.536271925001</v>
       </c>
       <c r="AE28" s="8">
         <v>10.5</v>
       </c>
       <c r="AF28" s="1">
         <v>10775.6662</v>
       </c>
-      <c r="AG28" s="43">
+      <c r="AG28" s="8">
         <v>10.9</v>
       </c>
-    </row>
-    <row r="29" spans="1:33" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AH28" s="1">
+        <v>12192.864799999999</v>
+      </c>
+      <c r="AI28" s="42">
+        <v>10.6</v>
+      </c>
+    </row>
+    <row r="29" spans="1:35" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="24" t="s">
         <v>6</v>
       </c>
       <c r="B29" s="1">
         <v>5083</v>
       </c>
       <c r="C29" s="1">
         <v>5363</v>
       </c>
       <c r="D29" s="1">
         <v>8139</v>
       </c>
       <c r="E29" s="1">
         <v>9275</v>
       </c>
       <c r="F29" s="1">
         <v>11287.557287457001</v>
       </c>
       <c r="G29" s="27">
         <v>10.4</v>
       </c>
       <c r="H29" s="1">
         <v>10566.323407022999</v>
       </c>
       <c r="I29" s="8">
@@ -3655,55 +3773,61 @@
       </c>
       <c r="Y29" s="8">
         <v>10.3</v>
       </c>
       <c r="Z29" s="1">
         <v>10414.773705490001</v>
       </c>
       <c r="AA29" s="8">
         <v>10.7</v>
       </c>
       <c r="AB29" s="1">
         <v>9954.3768773390002</v>
       </c>
       <c r="AC29" s="8">
         <v>11.3</v>
       </c>
       <c r="AD29" s="1">
         <v>10854.411722045999</v>
       </c>
       <c r="AE29" s="8">
         <v>10.8</v>
       </c>
       <c r="AF29" s="1">
         <v>11130.447399999999</v>
       </c>
-      <c r="AG29" s="43">
+      <c r="AG29" s="8">
         <v>10.6</v>
       </c>
-    </row>
-    <row r="30" spans="1:33" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AH29" s="1">
+        <v>11205.214599999999</v>
+      </c>
+      <c r="AI29" s="42">
+        <v>10.9</v>
+      </c>
+    </row>
+    <row r="30" spans="1:35" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="24" t="s">
         <v>5</v>
       </c>
       <c r="B30" s="1">
         <v>5150</v>
       </c>
       <c r="C30" s="1">
         <v>4816</v>
       </c>
       <c r="D30" s="1">
         <v>7102</v>
       </c>
       <c r="E30" s="1">
         <v>7953</v>
       </c>
       <c r="F30" s="1">
         <v>11195.617566417</v>
       </c>
       <c r="G30" s="27">
         <v>10.5</v>
       </c>
       <c r="H30" s="1">
         <v>12110.087493288</v>
       </c>
       <c r="I30" s="8">
@@ -3756,55 +3880,61 @@
       </c>
       <c r="Y30" s="8">
         <v>10.6</v>
       </c>
       <c r="Z30" s="1">
         <v>11985.624547425001</v>
       </c>
       <c r="AA30" s="8">
         <v>10</v>
       </c>
       <c r="AB30" s="1">
         <v>11022.628892086999</v>
       </c>
       <c r="AC30" s="8">
         <v>10.8</v>
       </c>
       <c r="AD30" s="1">
         <v>10992.501274822</v>
       </c>
       <c r="AE30" s="8">
         <v>10.6</v>
       </c>
       <c r="AF30" s="1">
         <v>9904.5794000000005</v>
       </c>
-      <c r="AG30" s="43">
+      <c r="AG30" s="8">
         <v>11.4</v>
       </c>
-    </row>
-    <row r="31" spans="1:33" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AH30" s="1">
+        <v>11226.352500000001</v>
+      </c>
+      <c r="AI30" s="42">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="31" spans="1:35" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="24" t="s">
         <v>4</v>
       </c>
       <c r="B31" s="1">
         <v>4335</v>
       </c>
       <c r="C31" s="1">
         <v>4533</v>
       </c>
       <c r="D31" s="1">
         <v>5210</v>
       </c>
       <c r="E31" s="1">
         <v>7470</v>
       </c>
       <c r="F31" s="1">
         <v>9931.3887360110002</v>
       </c>
       <c r="G31" s="27">
         <v>11.3</v>
       </c>
       <c r="H31" s="1">
         <v>8607.7810316550003</v>
       </c>
       <c r="I31" s="8">
@@ -3857,55 +3987,61 @@
       </c>
       <c r="Y31" s="8">
         <v>10.199999999999999</v>
       </c>
       <c r="Z31" s="1">
         <v>11274.485267757</v>
       </c>
       <c r="AA31" s="8">
         <v>10.199999999999999</v>
       </c>
       <c r="AB31" s="1">
         <v>12381.507791853001</v>
       </c>
       <c r="AC31" s="8">
         <v>10</v>
       </c>
       <c r="AD31" s="1">
         <v>11053.954759885</v>
       </c>
       <c r="AE31" s="8">
         <v>10.7</v>
       </c>
       <c r="AF31" s="1">
         <v>11635.358899999999</v>
       </c>
-      <c r="AG31" s="43">
+      <c r="AG31" s="8">
         <v>10.4</v>
       </c>
-    </row>
-    <row r="32" spans="1:33" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AH31" s="1">
+        <v>10782.782300000001</v>
+      </c>
+      <c r="AI31" s="42">
+        <v>11.2</v>
+      </c>
+    </row>
+    <row r="32" spans="1:35" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="24" t="s">
         <v>3</v>
       </c>
       <c r="B32" s="1">
         <v>4190</v>
       </c>
       <c r="C32" s="1">
         <v>4243</v>
       </c>
       <c r="D32" s="1">
         <v>4346</v>
       </c>
       <c r="E32" s="1">
         <v>6034</v>
       </c>
       <c r="F32" s="1">
         <v>7461.5475066500003</v>
       </c>
       <c r="G32" s="27">
         <v>12.9</v>
       </c>
       <c r="H32" s="1">
         <v>7643.2152644389998</v>
       </c>
       <c r="I32" s="8">
@@ -3958,55 +4094,61 @@
       </c>
       <c r="Y32" s="8">
         <v>10.3</v>
       </c>
       <c r="Z32" s="1">
         <v>10149.078977302001</v>
       </c>
       <c r="AA32" s="8">
         <v>10.7</v>
       </c>
       <c r="AB32" s="1">
         <v>10824.935323215999</v>
       </c>
       <c r="AC32" s="8">
         <v>10.6</v>
       </c>
       <c r="AD32" s="1">
         <v>11273.020103208</v>
       </c>
       <c r="AE32" s="8">
         <v>10.4</v>
       </c>
       <c r="AF32" s="1">
         <v>10942.239299999999</v>
       </c>
-      <c r="AG32" s="43">
+      <c r="AG32" s="8">
         <v>10.6</v>
       </c>
-    </row>
-    <row r="33" spans="1:33" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AH32" s="1">
+        <v>11730.4606</v>
+      </c>
+      <c r="AI32" s="42">
+        <v>10.4</v>
+      </c>
+    </row>
+    <row r="33" spans="1:35" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="24" t="s">
         <v>2</v>
       </c>
       <c r="B33" s="1">
         <v>3561</v>
       </c>
       <c r="C33" s="1">
         <v>3165</v>
       </c>
       <c r="D33" s="1">
         <v>3260</v>
       </c>
       <c r="E33" s="1">
         <v>3148</v>
       </c>
       <c r="F33" s="1">
         <v>4322.6809626040003</v>
       </c>
       <c r="G33" s="27">
         <v>17.3</v>
       </c>
       <c r="H33" s="1">
         <v>5506.2869634440003</v>
       </c>
       <c r="I33" s="8">
@@ -4059,55 +4201,61 @@
       </c>
       <c r="Y33" s="8">
         <v>13.7</v>
       </c>
       <c r="Z33" s="1">
         <v>6493.5628803270001</v>
       </c>
       <c r="AA33" s="8">
         <v>13.2</v>
       </c>
       <c r="AB33" s="1">
         <v>6332.9318676290004</v>
       </c>
       <c r="AC33" s="8">
         <v>13.7</v>
       </c>
       <c r="AD33" s="1">
         <v>7118.3046460209998</v>
       </c>
       <c r="AE33" s="8">
         <v>12.8</v>
       </c>
       <c r="AF33" s="1">
         <v>7877.7857000000004</v>
       </c>
-      <c r="AG33" s="43">
+      <c r="AG33" s="8">
         <v>12.4</v>
       </c>
-    </row>
-    <row r="34" spans="1:33" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AH33" s="1">
+        <v>7185.0375000000004</v>
+      </c>
+      <c r="AI33" s="42">
+        <v>13.2</v>
+      </c>
+    </row>
+    <row r="34" spans="1:35" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="24" t="s">
         <v>1</v>
       </c>
       <c r="B34" s="1">
         <v>1924</v>
       </c>
       <c r="C34" s="1">
         <v>1115</v>
       </c>
       <c r="D34" s="1">
         <v>643</v>
       </c>
       <c r="E34" s="1">
         <v>556</v>
       </c>
       <c r="F34" s="20">
         <v>757.57946106999998</v>
       </c>
       <c r="G34" s="33">
         <v>39.6</v>
       </c>
       <c r="H34" s="20">
         <v>821.42490556500002</v>
       </c>
       <c r="I34" s="33">
@@ -4160,55 +4308,61 @@
       </c>
       <c r="Y34" s="33">
         <v>32.1</v>
       </c>
       <c r="Z34" s="20">
         <v>1391.937304734</v>
       </c>
       <c r="AA34" s="33">
         <v>29.4</v>
       </c>
       <c r="AB34" s="20">
         <v>1078.1592083789999</v>
       </c>
       <c r="AC34" s="33">
         <v>31.7</v>
       </c>
       <c r="AD34" s="20">
         <v>1078.0040661559999</v>
       </c>
       <c r="AE34" s="33">
         <v>32.6</v>
       </c>
       <c r="AF34" s="20">
         <v>1193.0021999999999</v>
       </c>
-      <c r="AG34" s="41">
+      <c r="AG34" s="33">
         <v>31.7</v>
       </c>
-    </row>
-    <row r="35" spans="1:33" ht="10.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AH34" s="20">
+        <v>1558.9947</v>
+      </c>
+      <c r="AI34" s="40">
+        <v>28.5</v>
+      </c>
+    </row>
+    <row r="35" spans="1:35" ht="10.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="24" t="s">
         <v>0</v>
       </c>
       <c r="B35" s="1">
         <v>1196</v>
       </c>
       <c r="C35" s="1">
         <v>835</v>
       </c>
       <c r="D35" s="1">
         <v>371</v>
       </c>
       <c r="E35" s="1">
         <v>470</v>
       </c>
       <c r="F35" s="20">
         <v>370.00593801399998</v>
       </c>
       <c r="G35" s="33">
         <v>58.3</v>
       </c>
       <c r="H35" s="20">
         <v>345.043860618</v>
       </c>
       <c r="I35" s="33">
@@ -4261,92 +4415,100 @@
       </c>
       <c r="Y35" s="33">
         <v>33.1</v>
       </c>
       <c r="Z35" s="20">
         <v>635.91971395099995</v>
       </c>
       <c r="AA35" s="33">
         <v>44.3</v>
       </c>
       <c r="AB35" s="20">
         <v>1035.0127759290001</v>
       </c>
       <c r="AC35" s="33">
         <v>32.6</v>
       </c>
       <c r="AD35" s="20">
         <v>934.30341845600003</v>
       </c>
       <c r="AE35" s="33">
         <v>35.200000000000003</v>
       </c>
       <c r="AF35" s="20">
         <v>1005.9053</v>
       </c>
-      <c r="AG35" s="41">
+      <c r="AG35" s="33">
         <v>34.1</v>
       </c>
-    </row>
-    <row r="36" spans="1:33" s="9" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AH35" s="20">
+        <v>981.19780000000003</v>
+      </c>
+      <c r="AI35" s="40">
+        <v>35.9</v>
+      </c>
+    </row>
+    <row r="36" spans="1:35" s="9" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="25" t="s">
         <v>13</v>
       </c>
       <c r="B36" s="19"/>
       <c r="C36" s="19"/>
       <c r="D36" s="19"/>
       <c r="E36" s="19"/>
       <c r="F36" s="19"/>
       <c r="G36" s="19"/>
       <c r="H36" s="19"/>
       <c r="I36" s="19"/>
       <c r="J36" s="19"/>
       <c r="K36" s="19"/>
       <c r="L36" s="19"/>
       <c r="M36" s="19"/>
       <c r="N36" s="19"/>
       <c r="O36" s="19"/>
       <c r="P36" s="19"/>
       <c r="Q36" s="19"/>
       <c r="R36" s="19"/>
       <c r="S36" s="19"/>
       <c r="T36" s="19"/>
       <c r="U36" s="19"/>
       <c r="V36" s="35"/>
       <c r="W36" s="35"/>
       <c r="X36" s="19"/>
       <c r="Y36" s="19"/>
       <c r="Z36" s="19"/>
       <c r="AA36" s="19"/>
       <c r="AB36" s="19"/>
       <c r="AC36" s="19"/>
       <c r="AD36" s="19"/>
       <c r="AE36" s="19"/>
-      <c r="AF36" s="35"/>
-[...2 lines deleted...]
-    <row r="37" spans="1:33" s="9" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AF36" s="19"/>
+      <c r="AG36" s="19"/>
+      <c r="AH36" s="19"/>
+      <c r="AI36" s="68"/>
+    </row>
+    <row r="37" spans="1:35" s="9" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="25" t="s">
         <v>12</v>
       </c>
       <c r="B37" s="19">
         <v>23393</v>
       </c>
       <c r="C37" s="19">
         <v>26926</v>
       </c>
       <c r="D37" s="19">
         <v>40249</v>
       </c>
       <c r="E37" s="19">
         <v>55298</v>
       </c>
       <c r="F37" s="19">
         <v>69576.012895715801</v>
       </c>
       <c r="G37" s="29">
         <v>3.5</v>
       </c>
       <c r="H37" s="19">
         <v>69488.541803058994</v>
       </c>
       <c r="I37" s="29">
@@ -4399,55 +4561,61 @@
       </c>
       <c r="Y37" s="29">
         <v>3.3</v>
       </c>
       <c r="Z37" s="19">
         <v>81591.754258628993</v>
       </c>
       <c r="AA37" s="29">
         <v>3.2</v>
       </c>
       <c r="AB37" s="19">
         <v>83517.402850597995</v>
       </c>
       <c r="AC37" s="29">
         <v>3.3</v>
       </c>
       <c r="AD37" s="19">
         <v>83840.058209020004</v>
       </c>
       <c r="AE37" s="29">
         <v>3.2</v>
       </c>
       <c r="AF37" s="19">
         <v>86196.044800000003</v>
       </c>
-      <c r="AG37" s="44">
+      <c r="AG37" s="29">
         <v>3.3</v>
       </c>
-    </row>
-    <row r="38" spans="1:33" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AH37" s="19">
+        <v>86735.817500000005</v>
+      </c>
+      <c r="AI37" s="43">
+        <v>3.2</v>
+      </c>
+    </row>
+    <row r="38" spans="1:35" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="24" t="s">
         <v>11</v>
       </c>
       <c r="B38" s="1">
         <v>4283</v>
       </c>
       <c r="C38" s="1">
         <v>4373</v>
       </c>
       <c r="D38" s="1">
         <v>3807</v>
       </c>
       <c r="E38" s="1">
         <v>2924</v>
       </c>
       <c r="F38" s="1">
         <v>3164.25839812</v>
       </c>
       <c r="G38" s="27">
         <v>19.8</v>
       </c>
       <c r="H38" s="1">
         <v>2712.3210267529998</v>
       </c>
       <c r="I38" s="27">
@@ -4500,55 +4668,61 @@
       </c>
       <c r="Y38" s="27">
         <v>20.5</v>
       </c>
       <c r="Z38" s="1">
         <v>2318.7385989099998</v>
       </c>
       <c r="AA38" s="27">
         <v>23.5</v>
       </c>
       <c r="AB38" s="1">
         <v>1952.823318704</v>
       </c>
       <c r="AC38" s="27">
         <v>26.8</v>
       </c>
       <c r="AD38" s="1">
         <v>2134.6114702320001</v>
       </c>
       <c r="AE38" s="27">
         <v>24.3</v>
       </c>
       <c r="AF38" s="1">
         <v>2005.8397</v>
       </c>
-      <c r="AG38" s="40">
+      <c r="AG38" s="27">
         <v>25.6</v>
       </c>
-    </row>
-    <row r="39" spans="1:33" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AH38" s="1">
+        <v>2782.5347999999999</v>
+      </c>
+      <c r="AI38" s="39">
+        <v>22.9</v>
+      </c>
+    </row>
+    <row r="39" spans="1:35" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A39" s="24" t="s">
         <v>10</v>
       </c>
       <c r="B39" s="1">
         <v>4467</v>
       </c>
       <c r="C39" s="1">
         <v>4643</v>
       </c>
       <c r="D39" s="1">
         <v>6591</v>
       </c>
       <c r="E39" s="1">
         <v>5418</v>
       </c>
       <c r="F39" s="1">
         <v>6949.4599988769996</v>
       </c>
       <c r="G39" s="27">
         <v>13.3</v>
       </c>
       <c r="H39" s="1">
         <v>6465.1875495940003</v>
       </c>
       <c r="I39" s="27">
@@ -4601,55 +4775,61 @@
       </c>
       <c r="Y39" s="27">
         <v>14</v>
       </c>
       <c r="Z39" s="1">
         <v>5920.0154008179998</v>
       </c>
       <c r="AA39" s="27">
         <v>14.9</v>
       </c>
       <c r="AB39" s="1">
         <v>5561.6341457620001</v>
       </c>
       <c r="AC39" s="27">
         <v>16</v>
       </c>
       <c r="AD39" s="1">
         <v>5837.5059646540003</v>
       </c>
       <c r="AE39" s="27">
         <v>15.2</v>
       </c>
       <c r="AF39" s="1">
         <v>6150.0533999999998</v>
       </c>
-      <c r="AG39" s="40">
+      <c r="AG39" s="27">
         <v>14.9</v>
       </c>
-    </row>
-    <row r="40" spans="1:33" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AH39" s="1">
+        <v>5375.1166999999996</v>
+      </c>
+      <c r="AI39" s="39">
+        <v>16.899999999999999</v>
+      </c>
+    </row>
+    <row r="40" spans="1:35" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A40" s="24" t="s">
         <v>9</v>
       </c>
       <c r="B40" s="1">
         <v>2487</v>
       </c>
       <c r="C40" s="1">
         <v>3194</v>
       </c>
       <c r="D40" s="1">
         <v>6155</v>
       </c>
       <c r="E40" s="1">
         <v>7002</v>
       </c>
       <c r="F40" s="1">
         <v>7760.0521529903999</v>
       </c>
       <c r="G40" s="27">
         <v>12.9</v>
       </c>
       <c r="H40" s="1">
         <v>7654.754214263</v>
       </c>
       <c r="I40" s="27">
@@ -4702,55 +4882,61 @@
       </c>
       <c r="Y40" s="27">
         <v>11.5</v>
       </c>
       <c r="Z40" s="1">
         <v>9437.3361506639994</v>
       </c>
       <c r="AA40" s="27">
         <v>11.5</v>
       </c>
       <c r="AB40" s="1">
         <v>9260.5249610530009</v>
       </c>
       <c r="AC40" s="27">
         <v>11.9</v>
       </c>
       <c r="AD40" s="1">
         <v>10241.670975244</v>
       </c>
       <c r="AE40" s="27">
         <v>11.3</v>
       </c>
       <c r="AF40" s="1">
         <v>9456.2801999999992</v>
       </c>
-      <c r="AG40" s="40">
+      <c r="AG40" s="27">
         <v>12.3</v>
       </c>
-    </row>
-    <row r="41" spans="1:33" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AH40" s="1">
+        <v>9341.0607</v>
+      </c>
+      <c r="AI40" s="39">
+        <v>12.3</v>
+      </c>
+    </row>
+    <row r="41" spans="1:35" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A41" s="24" t="s">
         <v>8</v>
       </c>
       <c r="B41" s="1">
         <v>1727</v>
       </c>
       <c r="C41" s="1">
         <v>2867</v>
       </c>
       <c r="D41" s="1">
         <v>4841</v>
       </c>
       <c r="E41" s="1">
         <v>7714</v>
       </c>
       <c r="F41" s="1">
         <v>8530.8905865689994</v>
       </c>
       <c r="G41" s="27">
         <v>12</v>
       </c>
       <c r="H41" s="1">
         <v>7863.3833652200001</v>
       </c>
       <c r="I41" s="27">
@@ -4803,55 +4989,61 @@
       </c>
       <c r="Y41" s="27">
         <v>11.3</v>
       </c>
       <c r="Z41" s="1">
         <v>9884.7183213589997</v>
       </c>
       <c r="AA41" s="27">
         <v>11.1</v>
       </c>
       <c r="AB41" s="1">
         <v>9821.6115105879999</v>
       </c>
       <c r="AC41" s="27">
         <v>11.3</v>
       </c>
       <c r="AD41" s="1">
         <v>9992.0287282259997</v>
       </c>
       <c r="AE41" s="27">
         <v>11.3</v>
       </c>
       <c r="AF41" s="1">
         <v>11153.3225</v>
       </c>
-      <c r="AG41" s="40">
+      <c r="AG41" s="27">
         <v>11</v>
       </c>
-    </row>
-    <row r="42" spans="1:33" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AH41" s="1">
+        <v>11126.5002</v>
+      </c>
+      <c r="AI41" s="39">
+        <v>10.8</v>
+      </c>
+    </row>
+    <row r="42" spans="1:35" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="24" t="s">
         <v>7</v>
       </c>
       <c r="B42" s="1">
         <v>1680</v>
       </c>
       <c r="C42" s="1">
         <v>2685</v>
       </c>
       <c r="D42" s="1">
         <v>4663</v>
       </c>
       <c r="E42" s="1">
         <v>7953</v>
       </c>
       <c r="F42" s="1">
         <v>8654.1016168170008</v>
       </c>
       <c r="G42" s="27">
         <v>11.9</v>
       </c>
       <c r="H42" s="1">
         <v>7684.4736070360004</v>
       </c>
       <c r="I42" s="27">
@@ -4904,55 +5096,61 @@
       </c>
       <c r="Y42" s="27">
         <v>11.3</v>
       </c>
       <c r="Z42" s="1">
         <v>9445.9330298950008</v>
       </c>
       <c r="AA42" s="27">
         <v>11.2</v>
       </c>
       <c r="AB42" s="1">
         <v>10378.463654859001</v>
       </c>
       <c r="AC42" s="27">
         <v>10.9</v>
       </c>
       <c r="AD42" s="1">
         <v>9892.5022684230007</v>
       </c>
       <c r="AE42" s="27">
         <v>11.2</v>
       </c>
       <c r="AF42" s="1">
         <v>11376.9061</v>
       </c>
-      <c r="AG42" s="40">
+      <c r="AG42" s="27">
         <v>10.7</v>
       </c>
-    </row>
-    <row r="43" spans="1:33" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AH42" s="1">
+        <v>11255.3405</v>
+      </c>
+      <c r="AI42" s="39">
+        <v>10.7</v>
+      </c>
+    </row>
+    <row r="43" spans="1:35" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A43" s="24" t="s">
         <v>6</v>
       </c>
       <c r="B43" s="1">
         <v>1767</v>
       </c>
       <c r="C43" s="1">
         <v>2146</v>
       </c>
       <c r="D43" s="1">
         <v>4664</v>
       </c>
       <c r="E43" s="1">
         <v>7074</v>
       </c>
       <c r="F43" s="1">
         <v>8723.3219452332996</v>
       </c>
       <c r="G43" s="27">
         <v>11.9</v>
       </c>
       <c r="H43" s="1">
         <v>9782.6322998880005</v>
       </c>
       <c r="I43" s="27">
@@ -5005,55 +5203,61 @@
       </c>
       <c r="Y43" s="27">
         <v>11.5</v>
       </c>
       <c r="Z43" s="1">
         <v>9752.1350975839996</v>
       </c>
       <c r="AA43" s="27">
         <v>10.9</v>
       </c>
       <c r="AB43" s="1">
         <v>10163.965359952999</v>
       </c>
       <c r="AC43" s="27">
         <v>11</v>
       </c>
       <c r="AD43" s="1">
         <v>10194.595900347</v>
       </c>
       <c r="AE43" s="27">
         <v>11</v>
       </c>
       <c r="AF43" s="1">
         <v>9506.8367999999991</v>
       </c>
-      <c r="AG43" s="40">
+      <c r="AG43" s="27">
         <v>11.7</v>
       </c>
-    </row>
-    <row r="44" spans="1:33" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AH43" s="1">
+        <v>10075.130800000001</v>
+      </c>
+      <c r="AI43" s="39">
+        <v>11.2</v>
+      </c>
+    </row>
+    <row r="44" spans="1:35" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="24" t="s">
         <v>5</v>
       </c>
       <c r="B44" s="1">
         <v>1801</v>
       </c>
       <c r="C44" s="1">
         <v>1960</v>
       </c>
       <c r="D44" s="1">
         <v>3888</v>
       </c>
       <c r="E44" s="1">
         <v>6059</v>
       </c>
       <c r="F44" s="1">
         <v>9359.3023916309994</v>
       </c>
       <c r="G44" s="27">
         <v>11.3</v>
       </c>
       <c r="H44" s="1">
         <v>10119.056520046001</v>
       </c>
       <c r="I44" s="27">
@@ -5106,55 +5310,61 @@
       </c>
       <c r="Y44" s="27">
         <v>10.6</v>
       </c>
       <c r="Z44" s="1">
         <v>9427.0164039920001</v>
       </c>
       <c r="AA44" s="27">
         <v>10.8</v>
       </c>
       <c r="AB44" s="1">
         <v>9526.4447296310009</v>
       </c>
       <c r="AC44" s="27">
         <v>11.3</v>
       </c>
       <c r="AD44" s="1">
         <v>9885.1815099790001</v>
       </c>
       <c r="AE44" s="27">
         <v>11</v>
       </c>
       <c r="AF44" s="1">
         <v>9510.3197999999993</v>
       </c>
-      <c r="AG44" s="40">
+      <c r="AG44" s="27">
         <v>11.9</v>
       </c>
-    </row>
-    <row r="45" spans="1:33" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AH44" s="1">
+        <v>9235.2255000000005</v>
+      </c>
+      <c r="AI44" s="39">
+        <v>11.5</v>
+      </c>
+    </row>
+    <row r="45" spans="1:35" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A45" s="24" t="s">
         <v>4</v>
       </c>
       <c r="B45" s="1">
         <v>1553</v>
       </c>
       <c r="C45" s="1">
         <v>1842</v>
       </c>
       <c r="D45" s="1">
         <v>2520</v>
       </c>
       <c r="E45" s="1">
         <v>5337</v>
       </c>
       <c r="F45" s="1">
         <v>7461.8880782610004</v>
       </c>
       <c r="G45" s="27">
         <v>12.6</v>
       </c>
       <c r="H45" s="1">
         <v>6957.9142550160004</v>
       </c>
       <c r="I45" s="27">
@@ -5207,55 +5417,61 @@
       </c>
       <c r="Y45" s="27">
         <v>10.5</v>
       </c>
       <c r="Z45" s="1">
         <v>11247.430049140001</v>
       </c>
       <c r="AA45" s="27">
         <v>9.9</v>
       </c>
       <c r="AB45" s="1">
         <v>11190.55289839</v>
       </c>
       <c r="AC45" s="27">
         <v>10.5</v>
       </c>
       <c r="AD45" s="1">
         <v>10651.499097761</v>
       </c>
       <c r="AE45" s="27">
         <v>10.5</v>
       </c>
       <c r="AF45" s="1">
         <v>10399.3042</v>
       </c>
-      <c r="AG45" s="40">
+      <c r="AG45" s="27">
         <v>11.2</v>
       </c>
-    </row>
-    <row r="46" spans="1:33" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AH45" s="1">
+        <v>10937.4872</v>
+      </c>
+      <c r="AI45" s="39">
+        <v>10.4</v>
+      </c>
+    </row>
+    <row r="46" spans="1:35" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A46" s="24" t="s">
         <v>3</v>
       </c>
       <c r="B46" s="1">
         <v>1509</v>
       </c>
       <c r="C46" s="1">
         <v>1605</v>
       </c>
       <c r="D46" s="1">
         <v>1864</v>
       </c>
       <c r="E46" s="1">
         <v>3804</v>
       </c>
       <c r="F46" s="1">
         <v>5633.5361086801004</v>
       </c>
       <c r="G46" s="27">
         <v>14.4</v>
       </c>
       <c r="H46" s="1">
         <v>6545.4519305450003</v>
       </c>
       <c r="I46" s="27">
@@ -5308,55 +5524,61 @@
       </c>
       <c r="Y46" s="27">
         <v>12.5</v>
       </c>
       <c r="Z46" s="1">
         <v>8845.6809283279999</v>
       </c>
       <c r="AA46" s="27">
         <v>11.1</v>
       </c>
       <c r="AB46" s="1">
         <v>9641.4764775269996</v>
       </c>
       <c r="AC46" s="27">
         <v>11.1</v>
       </c>
       <c r="AD46" s="1">
         <v>9490.1898607879994</v>
       </c>
       <c r="AE46" s="27">
         <v>11</v>
       </c>
       <c r="AF46" s="1">
         <v>9758.8407999999999</v>
       </c>
-      <c r="AG46" s="40">
+      <c r="AG46" s="27">
         <v>11.3</v>
       </c>
-    </row>
-    <row r="47" spans="1:33" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AH46" s="1">
+        <v>10046.329</v>
+      </c>
+      <c r="AI46" s="39">
+        <v>10.7</v>
+      </c>
+    </row>
+    <row r="47" spans="1:35" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A47" s="24" t="s">
         <v>2</v>
       </c>
       <c r="B47" s="1">
         <v>1086</v>
       </c>
       <c r="C47" s="1">
         <v>849</v>
       </c>
       <c r="D47" s="1">
         <v>848</v>
       </c>
       <c r="E47" s="1">
         <v>1384</v>
       </c>
       <c r="F47" s="1">
         <v>2909.0726143910001</v>
       </c>
       <c r="G47" s="27">
         <v>20.399999999999999</v>
       </c>
       <c r="H47" s="1">
         <v>2935.2592268409999</v>
       </c>
       <c r="I47" s="27">
@@ -5409,55 +5631,61 @@
       </c>
       <c r="Y47" s="27">
         <v>16.600000000000001</v>
       </c>
       <c r="Z47" s="1">
         <v>4377.3718761529999</v>
       </c>
       <c r="AA47" s="27">
         <v>15.7</v>
       </c>
       <c r="AB47" s="1">
         <v>5105.1239906350002</v>
       </c>
       <c r="AC47" s="27">
         <v>14.9</v>
       </c>
       <c r="AD47" s="1">
         <v>4430.1544615100001</v>
       </c>
       <c r="AE47" s="27">
         <v>16.100000000000001</v>
       </c>
       <c r="AF47" s="1">
         <v>5454.0279</v>
       </c>
-      <c r="AG47" s="40">
+      <c r="AG47" s="27">
         <v>15</v>
       </c>
-    </row>
-    <row r="48" spans="1:33" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AH47" s="1">
+        <v>5435.9880999999996</v>
+      </c>
+      <c r="AI47" s="39">
+        <v>14.3</v>
+      </c>
+    </row>
+    <row r="48" spans="1:35" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A48" s="24" t="s">
         <v>1</v>
       </c>
       <c r="B48" s="1">
         <v>604</v>
       </c>
       <c r="C48" s="1">
         <v>434</v>
       </c>
       <c r="D48" s="1">
         <v>256</v>
       </c>
       <c r="E48" s="1">
         <v>294</v>
       </c>
       <c r="F48" s="20">
         <v>308.64767557200003</v>
       </c>
       <c r="G48" s="33">
         <v>61.1</v>
       </c>
       <c r="H48" s="20">
         <v>647.92871042399997</v>
       </c>
       <c r="I48" s="33">
@@ -5510,68 +5738,74 @@
       </c>
       <c r="Y48" s="33">
         <v>58.3</v>
       </c>
       <c r="Z48" s="20">
         <v>556.62909152999998</v>
       </c>
       <c r="AA48" s="33">
         <v>45.5</v>
       </c>
       <c r="AB48" s="20">
         <v>635.55565076300002</v>
       </c>
       <c r="AC48" s="33">
         <v>42.3</v>
       </c>
       <c r="AD48" s="20">
         <v>682.25174462099994</v>
       </c>
       <c r="AE48" s="33">
         <v>41.1</v>
       </c>
       <c r="AF48" s="20">
         <v>1006.0305</v>
       </c>
-      <c r="AG48" s="41">
+      <c r="AG48" s="33">
         <v>33.1</v>
       </c>
-    </row>
-    <row r="49" spans="1:41" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AH48" s="20">
+        <v>766.20079999999996</v>
+      </c>
+      <c r="AI48" s="40">
+        <v>39.4</v>
+      </c>
+    </row>
+    <row r="49" spans="1:41" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="26" t="s">
         <v>0</v>
       </c>
-      <c r="B49" s="46">
+      <c r="B49" s="45">
         <v>429</v>
       </c>
-      <c r="C49" s="46">
+      <c r="C49" s="45">
         <v>328</v>
       </c>
-      <c r="D49" s="46">
+      <c r="D49" s="45">
         <v>152</v>
       </c>
-      <c r="E49" s="46">
+      <c r="E49" s="45">
         <v>335</v>
       </c>
       <c r="F49" s="21" t="s">
         <v>21</v>
       </c>
       <c r="G49" s="21" t="s">
         <v>21</v>
       </c>
       <c r="H49" s="21" t="s">
         <v>21</v>
       </c>
       <c r="I49" s="21" t="s">
         <v>21</v>
       </c>
       <c r="J49" s="22">
         <v>247.71803296900001</v>
       </c>
       <c r="K49" s="34">
         <v>68.3</v>
       </c>
       <c r="L49" s="22">
         <v>195.729833488</v>
       </c>
       <c r="M49" s="34">
         <v>78.900000000000006</v>
@@ -5611,1085 +5845,1122 @@
       </c>
       <c r="Y49" s="34">
         <v>73.2</v>
       </c>
       <c r="Z49" s="22">
         <v>378.749310256</v>
       </c>
       <c r="AA49" s="34">
         <v>55.7</v>
       </c>
       <c r="AB49" s="22">
         <v>279.22615273299999</v>
       </c>
       <c r="AC49" s="34">
         <v>64.3</v>
       </c>
       <c r="AD49" s="22">
         <v>407.866227235</v>
       </c>
       <c r="AE49" s="34">
         <v>53.5</v>
       </c>
       <c r="AF49" s="22">
         <v>418.28280000000001</v>
       </c>
-      <c r="AG49" s="45">
+      <c r="AG49" s="34">
         <v>51.6</v>
       </c>
-    </row>
-    <row r="50" spans="1:41" ht="10.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AH49" s="22">
+        <v>358.90309999999999</v>
+      </c>
+      <c r="AI49" s="44">
+        <v>58.2</v>
+      </c>
+    </row>
+    <row r="50" spans="1:41" ht="10.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C50" s="1"/>
       <c r="D50" s="1"/>
       <c r="E50" s="1"/>
       <c r="F50" s="1"/>
       <c r="G50" s="1"/>
       <c r="H50" s="1"/>
       <c r="I50" s="1"/>
       <c r="J50" s="1"/>
       <c r="K50" s="1"/>
       <c r="L50" s="1"/>
       <c r="M50" s="1"/>
       <c r="N50" s="1"/>
       <c r="O50" s="1"/>
       <c r="P50" s="1"/>
       <c r="Q50" s="1"/>
       <c r="R50" s="1"/>
       <c r="S50" s="1"/>
       <c r="T50" s="1"/>
       <c r="U50" s="1"/>
       <c r="V50" s="1"/>
       <c r="W50" s="1"/>
       <c r="X50" s="1"/>
       <c r="Y50" s="1"/>
       <c r="Z50" s="1"/>
       <c r="AA50" s="1"/>
       <c r="AB50" s="1"/>
       <c r="AC50" s="1"/>
       <c r="AD50" s="1"/>
       <c r="AE50" s="1"/>
       <c r="AF50" s="1"/>
       <c r="AG50" s="1"/>
-    </row>
-    <row r="51" spans="1:41" s="2" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AH50" s="1"/>
+      <c r="AI50" s="1"/>
+    </row>
+    <row r="51" spans="1:41" s="2" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="4" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="B51" s="7"/>
       <c r="C51" s="7"/>
       <c r="D51" s="7"/>
       <c r="E51" s="7"/>
       <c r="F51" s="7"/>
       <c r="G51" s="7"/>
       <c r="H51" s="7"/>
       <c r="I51" s="7"/>
       <c r="J51" s="7"/>
       <c r="K51" s="7"/>
       <c r="L51" s="7"/>
       <c r="M51" s="7"/>
       <c r="N51" s="7"/>
       <c r="O51" s="7"/>
       <c r="P51" s="7"/>
-      <c r="Q51" s="48"/>
+      <c r="Q51" s="46"/>
       <c r="R51" s="7"/>
       <c r="S51" s="7"/>
       <c r="T51" s="7"/>
       <c r="U51" s="7"/>
       <c r="V51" s="7"/>
       <c r="W51" s="7"/>
       <c r="X51" s="7"/>
       <c r="Y51" s="7"/>
       <c r="Z51" s="7"/>
       <c r="AA51" s="7"/>
       <c r="AB51" s="7"/>
       <c r="AC51" s="7"/>
       <c r="AD51" s="7"/>
       <c r="AE51" s="7"/>
       <c r="AF51" s="7"/>
       <c r="AG51" s="7"/>
-      <c r="AH51" s="4"/>
-      <c r="AI51" s="4"/>
+      <c r="AH51" s="7"/>
+      <c r="AI51" s="7"/>
       <c r="AJ51" s="4"/>
       <c r="AK51" s="4"/>
       <c r="AL51" s="4"/>
       <c r="AM51" s="4"/>
       <c r="AN51" s="4"/>
       <c r="AO51" s="4"/>
     </row>
-    <row r="52" spans="1:41" s="2" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="52" spans="1:41" s="2" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A52" s="4" t="s">
-        <v>34</v>
+        <v>65</v>
       </c>
       <c r="B52" s="7"/>
       <c r="C52" s="7"/>
       <c r="D52" s="7"/>
       <c r="E52" s="7"/>
       <c r="F52" s="7"/>
       <c r="G52" s="7"/>
       <c r="H52" s="7"/>
       <c r="I52" s="7"/>
       <c r="J52" s="7"/>
       <c r="K52" s="7"/>
       <c r="L52" s="7"/>
       <c r="M52" s="7"/>
       <c r="N52" s="7"/>
       <c r="O52" s="7"/>
       <c r="P52" s="7"/>
-      <c r="Q52" s="48"/>
+      <c r="Q52" s="46"/>
       <c r="R52" s="7"/>
       <c r="S52" s="7"/>
       <c r="T52" s="7"/>
       <c r="U52" s="7"/>
       <c r="V52" s="7"/>
       <c r="W52" s="7"/>
       <c r="X52" s="7"/>
       <c r="Y52" s="7"/>
       <c r="Z52" s="7"/>
       <c r="AA52" s="7"/>
       <c r="AB52" s="7"/>
       <c r="AC52" s="7"/>
       <c r="AD52" s="7"/>
       <c r="AE52" s="7"/>
       <c r="AF52" s="7"/>
       <c r="AG52" s="7"/>
-      <c r="AH52" s="4"/>
-      <c r="AI52" s="4"/>
+      <c r="AH52" s="7"/>
+      <c r="AI52" s="7"/>
       <c r="AJ52" s="4"/>
       <c r="AK52" s="4"/>
       <c r="AL52" s="4"/>
       <c r="AM52" s="4"/>
       <c r="AN52" s="4"/>
       <c r="AO52" s="4"/>
     </row>
-    <row r="53" spans="1:41" s="2" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="53" spans="1:41" s="2" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A53" s="4" t="s">
-        <v>36</v>
+        <v>30</v>
       </c>
       <c r="B53" s="7"/>
       <c r="C53" s="7"/>
       <c r="D53" s="7"/>
       <c r="E53" s="7"/>
       <c r="F53" s="7"/>
       <c r="G53" s="7"/>
       <c r="H53" s="7"/>
       <c r="I53" s="7"/>
       <c r="J53" s="7"/>
       <c r="K53" s="7"/>
       <c r="L53" s="7"/>
       <c r="M53" s="7"/>
       <c r="N53" s="7"/>
       <c r="O53" s="7"/>
       <c r="P53" s="7"/>
       <c r="Q53" s="7"/>
       <c r="R53" s="7"/>
       <c r="S53" s="7"/>
       <c r="T53" s="7"/>
       <c r="U53" s="7"/>
       <c r="V53" s="7"/>
       <c r="W53" s="7"/>
       <c r="X53" s="7"/>
       <c r="Y53" s="7"/>
       <c r="Z53" s="7"/>
       <c r="AA53" s="7"/>
       <c r="AB53" s="7"/>
       <c r="AC53" s="7"/>
       <c r="AD53" s="7"/>
       <c r="AE53" s="7"/>
       <c r="AF53" s="7"/>
       <c r="AG53" s="7"/>
-      <c r="AH53" s="4"/>
-      <c r="AI53" s="4"/>
+      <c r="AH53" s="7"/>
+      <c r="AI53" s="7"/>
       <c r="AJ53" s="4"/>
       <c r="AK53" s="4"/>
       <c r="AL53" s="4"/>
       <c r="AM53" s="4"/>
       <c r="AN53" s="4"/>
       <c r="AO53" s="4"/>
     </row>
-    <row r="54" spans="1:41" s="2" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="54" spans="1:41" s="2" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A54" s="4" t="s">
-        <v>37</v>
+        <v>66</v>
       </c>
       <c r="B54" s="7"/>
       <c r="C54" s="7"/>
       <c r="D54" s="7"/>
       <c r="E54" s="7"/>
       <c r="F54" s="7"/>
       <c r="G54" s="7"/>
       <c r="H54" s="7"/>
       <c r="I54" s="7"/>
       <c r="J54" s="7"/>
       <c r="K54" s="7"/>
       <c r="L54" s="7"/>
       <c r="M54" s="7"/>
       <c r="N54" s="7"/>
       <c r="O54" s="7"/>
       <c r="P54" s="7"/>
       <c r="Q54" s="7"/>
       <c r="R54" s="7"/>
       <c r="S54" s="7"/>
       <c r="T54" s="7"/>
       <c r="U54" s="7"/>
       <c r="V54" s="7"/>
       <c r="W54" s="7"/>
       <c r="X54" s="7"/>
       <c r="Y54" s="7"/>
       <c r="Z54" s="7"/>
       <c r="AA54" s="7"/>
       <c r="AB54" s="7"/>
       <c r="AC54" s="7"/>
       <c r="AD54" s="7"/>
       <c r="AE54" s="7"/>
       <c r="AF54" s="7"/>
       <c r="AG54" s="7"/>
-      <c r="AH54" s="4"/>
-      <c r="AI54" s="4"/>
+      <c r="AH54" s="7"/>
+      <c r="AI54" s="7"/>
       <c r="AJ54" s="4"/>
       <c r="AK54" s="4"/>
       <c r="AL54" s="4"/>
       <c r="AM54" s="4"/>
       <c r="AN54" s="4"/>
       <c r="AO54" s="4"/>
     </row>
-    <row r="55" spans="1:41" s="18" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="55" spans="1:41" s="18" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A55" s="16"/>
       <c r="B55" s="17"/>
       <c r="C55" s="17"/>
       <c r="D55" s="17"/>
       <c r="E55" s="17"/>
       <c r="F55" s="17"/>
       <c r="G55" s="17"/>
       <c r="H55" s="17"/>
       <c r="I55" s="17"/>
       <c r="J55" s="17"/>
       <c r="K55" s="17"/>
       <c r="L55" s="17"/>
       <c r="M55" s="17"/>
       <c r="N55" s="17"/>
       <c r="O55" s="17"/>
       <c r="P55" s="17"/>
       <c r="Q55" s="17"/>
       <c r="R55" s="17"/>
       <c r="S55" s="17"/>
       <c r="T55" s="17"/>
       <c r="U55" s="17"/>
       <c r="V55" s="17"/>
       <c r="W55" s="17"/>
       <c r="X55" s="17"/>
       <c r="Y55" s="17"/>
       <c r="Z55" s="17"/>
       <c r="AA55" s="17"/>
       <c r="AB55" s="17"/>
       <c r="AC55" s="17"/>
       <c r="AD55" s="17"/>
       <c r="AE55" s="17"/>
       <c r="AF55" s="17"/>
       <c r="AG55" s="17"/>
-    </row>
-    <row r="56" spans="1:41" s="2" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AH55" s="17"/>
+      <c r="AI55" s="17"/>
+    </row>
+    <row r="56" spans="1:41" s="2" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A56" s="4" t="s">
-        <v>26</v>
+        <v>67</v>
       </c>
       <c r="C56" s="5"/>
       <c r="D56" s="5"/>
       <c r="E56" s="5"/>
       <c r="F56" s="5"/>
       <c r="G56" s="5"/>
       <c r="H56" s="5"/>
       <c r="I56" s="5"/>
       <c r="J56" s="5"/>
       <c r="K56" s="5"/>
       <c r="L56" s="5"/>
       <c r="M56" s="5"/>
       <c r="N56" s="5"/>
       <c r="O56" s="5"/>
       <c r="P56" s="5"/>
       <c r="Q56" s="5"/>
       <c r="R56" s="5"/>
       <c r="S56" s="5"/>
       <c r="T56" s="5"/>
       <c r="U56" s="5"/>
       <c r="V56" s="5"/>
       <c r="W56" s="5"/>
       <c r="X56" s="5"/>
       <c r="Y56" s="5"/>
       <c r="Z56" s="5"/>
       <c r="AA56" s="5"/>
       <c r="AB56" s="5"/>
       <c r="AC56" s="5"/>
       <c r="AD56" s="5"/>
       <c r="AE56" s="5"/>
       <c r="AF56" s="5"/>
       <c r="AG56" s="5"/>
-    </row>
-    <row r="57" spans="1:41" s="2" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AH56" s="5"/>
+      <c r="AI56" s="5"/>
+    </row>
+    <row r="57" spans="1:41" s="2" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A57" s="4" t="s">
-        <v>27</v>
+        <v>68</v>
       </c>
       <c r="D57" s="3"/>
       <c r="E57" s="3"/>
       <c r="F57" s="3"/>
       <c r="G57" s="3"/>
       <c r="H57" s="3"/>
       <c r="I57" s="3"/>
       <c r="J57" s="3"/>
       <c r="K57" s="3"/>
       <c r="L57" s="3"/>
       <c r="M57" s="3"/>
       <c r="N57" s="3"/>
       <c r="O57" s="3"/>
       <c r="P57" s="3"/>
       <c r="Q57" s="3"/>
       <c r="R57" s="3"/>
       <c r="S57" s="3"/>
       <c r="T57" s="3"/>
       <c r="U57" s="3"/>
       <c r="V57" s="3"/>
       <c r="W57" s="3"/>
       <c r="X57" s="3"/>
       <c r="Y57" s="3"/>
       <c r="Z57" s="3"/>
       <c r="AA57" s="3"/>
       <c r="AB57" s="3"/>
       <c r="AC57" s="3"/>
       <c r="AD57" s="3"/>
       <c r="AE57" s="3"/>
       <c r="AF57" s="3"/>
       <c r="AG57" s="3"/>
-    </row>
-    <row r="58" spans="1:41" s="2" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AH57" s="3"/>
+      <c r="AI57" s="3"/>
+    </row>
+    <row r="58" spans="1:41" s="2" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A58" s="4"/>
       <c r="D58" s="3"/>
       <c r="E58" s="3"/>
       <c r="F58" s="3"/>
       <c r="G58" s="3"/>
       <c r="H58" s="3"/>
       <c r="I58" s="3"/>
       <c r="J58" s="3"/>
       <c r="K58" s="3"/>
       <c r="L58" s="3"/>
       <c r="M58" s="3"/>
       <c r="N58" s="3"/>
       <c r="O58" s="3"/>
       <c r="P58" s="3"/>
       <c r="Q58" s="3"/>
       <c r="R58" s="3"/>
       <c r="S58" s="3"/>
       <c r="T58" s="3"/>
       <c r="U58" s="3"/>
       <c r="V58" s="3"/>
       <c r="W58" s="3"/>
       <c r="X58" s="3"/>
       <c r="Y58" s="3"/>
       <c r="Z58" s="3"/>
       <c r="AA58" s="3"/>
       <c r="AB58" s="3"/>
       <c r="AC58" s="3"/>
       <c r="AD58" s="3"/>
       <c r="AE58" s="3"/>
       <c r="AF58" s="3"/>
       <c r="AG58" s="3"/>
-    </row>
-    <row r="59" spans="1:41" s="2" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AH58" s="3"/>
+      <c r="AI58" s="3"/>
+    </row>
+    <row r="59" spans="1:41" s="2" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A59" s="4" t="s">
-        <v>28</v>
+        <v>69</v>
       </c>
       <c r="D59" s="3"/>
       <c r="E59" s="3"/>
       <c r="F59" s="3"/>
       <c r="G59" s="3"/>
       <c r="H59" s="3"/>
       <c r="I59" s="3"/>
       <c r="J59" s="3"/>
       <c r="K59" s="3"/>
       <c r="L59" s="3"/>
       <c r="M59" s="3"/>
       <c r="N59" s="3"/>
       <c r="O59" s="3"/>
       <c r="P59" s="3"/>
       <c r="Q59" s="3"/>
       <c r="R59" s="3"/>
       <c r="S59" s="3"/>
       <c r="T59" s="3"/>
       <c r="U59" s="3"/>
       <c r="V59" s="3"/>
       <c r="W59" s="3"/>
       <c r="X59" s="3"/>
       <c r="Y59" s="3"/>
       <c r="Z59" s="3"/>
       <c r="AA59" s="3"/>
       <c r="AB59" s="3"/>
       <c r="AC59" s="3"/>
       <c r="AD59" s="3"/>
       <c r="AE59" s="3"/>
       <c r="AF59" s="3"/>
       <c r="AG59" s="3"/>
-    </row>
-    <row r="61" spans="1:41" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AH59" s="3"/>
+      <c r="AI59" s="3"/>
+    </row>
+    <row r="61" spans="1:41" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B61" s="1"/>
       <c r="C61" s="1"/>
       <c r="D61" s="1"/>
       <c r="E61" s="1"/>
       <c r="F61" s="1"/>
       <c r="G61" s="1"/>
       <c r="H61" s="1"/>
       <c r="I61" s="1"/>
       <c r="J61" s="1"/>
       <c r="K61" s="1"/>
       <c r="L61" s="1"/>
       <c r="M61" s="1"/>
       <c r="N61" s="1"/>
       <c r="O61" s="1"/>
       <c r="P61" s="1"/>
       <c r="Q61" s="1"/>
       <c r="R61" s="1"/>
       <c r="S61" s="1"/>
       <c r="T61" s="1"/>
       <c r="U61" s="1"/>
       <c r="V61" s="1"/>
       <c r="W61" s="1"/>
       <c r="X61" s="1"/>
       <c r="Y61" s="1"/>
       <c r="Z61" s="1"/>
       <c r="AA61" s="1"/>
       <c r="AB61" s="1"/>
       <c r="AC61" s="1"/>
       <c r="AD61" s="1"/>
       <c r="AE61" s="1"/>
       <c r="AF61" s="1"/>
       <c r="AG61" s="1"/>
       <c r="AH61" s="1"/>
-    </row>
-    <row r="62" spans="1:41" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AI61" s="1"/>
+    </row>
+    <row r="62" spans="1:41" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B62" s="1"/>
       <c r="C62" s="1"/>
       <c r="D62" s="1"/>
       <c r="E62" s="1"/>
       <c r="F62" s="1"/>
       <c r="G62" s="1"/>
       <c r="H62" s="1"/>
       <c r="I62" s="1"/>
       <c r="J62" s="1"/>
       <c r="K62" s="1"/>
       <c r="L62" s="1"/>
       <c r="M62" s="1"/>
       <c r="N62" s="1"/>
       <c r="O62" s="1"/>
       <c r="P62" s="1"/>
       <c r="Q62" s="1"/>
       <c r="R62" s="1"/>
       <c r="S62" s="1"/>
       <c r="T62" s="1"/>
       <c r="U62" s="1"/>
       <c r="V62" s="1"/>
       <c r="W62" s="1"/>
       <c r="X62" s="1"/>
       <c r="Y62" s="1"/>
       <c r="Z62" s="1"/>
       <c r="AA62" s="1"/>
       <c r="AB62" s="1"/>
       <c r="AC62" s="1"/>
       <c r="AD62" s="1"/>
       <c r="AE62" s="1"/>
       <c r="AF62" s="1"/>
       <c r="AG62" s="1"/>
       <c r="AH62" s="1"/>
-    </row>
-    <row r="63" spans="1:41" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AI62" s="1"/>
+    </row>
+    <row r="63" spans="1:41" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B63" s="1"/>
       <c r="C63" s="1"/>
       <c r="D63" s="1"/>
       <c r="E63" s="1"/>
       <c r="F63" s="1"/>
       <c r="G63" s="1"/>
       <c r="H63" s="1"/>
       <c r="I63" s="1"/>
       <c r="J63" s="1"/>
       <c r="K63" s="1"/>
       <c r="L63" s="1"/>
       <c r="M63" s="1"/>
       <c r="N63" s="1"/>
       <c r="O63" s="1"/>
       <c r="P63" s="1"/>
       <c r="Q63" s="1"/>
       <c r="R63" s="1"/>
       <c r="S63" s="1"/>
       <c r="T63" s="1"/>
       <c r="U63" s="1"/>
       <c r="V63" s="1"/>
       <c r="W63" s="1"/>
       <c r="X63" s="1"/>
       <c r="Y63" s="1"/>
       <c r="Z63" s="1"/>
       <c r="AA63" s="1"/>
       <c r="AB63" s="1"/>
       <c r="AC63" s="1"/>
       <c r="AD63" s="1"/>
       <c r="AE63" s="1"/>
       <c r="AF63" s="1"/>
       <c r="AG63" s="1"/>
       <c r="AH63" s="1"/>
-    </row>
-    <row r="64" spans="1:41" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AI63" s="1"/>
+    </row>
+    <row r="64" spans="1:41" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B64" s="1"/>
       <c r="C64" s="1"/>
       <c r="D64" s="1"/>
       <c r="E64" s="1"/>
       <c r="F64" s="1"/>
       <c r="G64" s="1"/>
       <c r="H64" s="1"/>
       <c r="I64" s="1"/>
       <c r="J64" s="1"/>
       <c r="K64" s="1"/>
       <c r="L64" s="1"/>
       <c r="M64" s="1"/>
       <c r="N64" s="1"/>
       <c r="O64" s="1"/>
       <c r="P64" s="1"/>
       <c r="Q64" s="1"/>
       <c r="R64" s="1"/>
       <c r="S64" s="1"/>
       <c r="T64" s="1"/>
       <c r="U64" s="1"/>
       <c r="V64" s="1"/>
       <c r="W64" s="1"/>
       <c r="X64" s="1"/>
       <c r="Y64" s="1"/>
       <c r="Z64" s="1"/>
       <c r="AA64" s="1"/>
       <c r="AB64" s="1"/>
       <c r="AC64" s="1"/>
       <c r="AD64" s="1"/>
       <c r="AE64" s="1"/>
       <c r="AF64" s="1"/>
       <c r="AG64" s="1"/>
       <c r="AH64" s="1"/>
-    </row>
-    <row r="65" spans="2:33" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AI64" s="1"/>
+    </row>
+    <row r="65" spans="2:35" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B65" s="1"/>
       <c r="C65" s="1"/>
       <c r="D65" s="1"/>
       <c r="E65" s="1"/>
       <c r="F65" s="1"/>
       <c r="G65" s="1"/>
       <c r="H65" s="1"/>
       <c r="I65" s="1"/>
       <c r="J65" s="1"/>
       <c r="K65" s="1"/>
       <c r="L65" s="1"/>
       <c r="M65" s="1"/>
       <c r="N65" s="1"/>
       <c r="O65" s="1"/>
       <c r="P65" s="1"/>
       <c r="Q65" s="1"/>
       <c r="R65" s="1"/>
       <c r="S65" s="1"/>
       <c r="T65" s="1"/>
       <c r="U65" s="1"/>
       <c r="V65" s="1"/>
       <c r="W65" s="1"/>
       <c r="X65" s="1"/>
       <c r="Y65" s="1"/>
       <c r="Z65" s="1"/>
       <c r="AA65" s="1"/>
       <c r="AB65" s="1"/>
       <c r="AC65" s="1"/>
       <c r="AD65" s="1"/>
       <c r="AE65" s="1"/>
       <c r="AF65" s="1"/>
       <c r="AG65" s="1"/>
-    </row>
-    <row r="66" spans="2:33" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AH65" s="1"/>
+      <c r="AI65" s="1"/>
+    </row>
+    <row r="66" spans="2:35" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B66" s="1"/>
       <c r="C66" s="1"/>
       <c r="D66" s="1"/>
       <c r="E66" s="1"/>
       <c r="F66" s="1"/>
       <c r="G66" s="1"/>
       <c r="H66" s="1"/>
       <c r="I66" s="1"/>
       <c r="J66" s="1"/>
       <c r="K66" s="1"/>
       <c r="L66" s="1"/>
       <c r="M66" s="1"/>
       <c r="N66" s="1"/>
       <c r="O66" s="1"/>
       <c r="P66" s="1"/>
       <c r="Q66" s="1"/>
       <c r="R66" s="1"/>
       <c r="S66" s="1"/>
       <c r="T66" s="1"/>
       <c r="U66" s="1"/>
       <c r="V66" s="1"/>
       <c r="W66" s="1"/>
       <c r="X66" s="1"/>
       <c r="Y66" s="1"/>
       <c r="Z66" s="1"/>
       <c r="AA66" s="1"/>
       <c r="AB66" s="1"/>
       <c r="AC66" s="1"/>
       <c r="AD66" s="1"/>
       <c r="AE66" s="1"/>
       <c r="AF66" s="1"/>
       <c r="AG66" s="1"/>
-    </row>
-    <row r="67" spans="2:33" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AH66" s="1"/>
+      <c r="AI66" s="1"/>
+    </row>
+    <row r="67" spans="2:35" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B67" s="1"/>
       <c r="C67" s="1"/>
       <c r="D67" s="1"/>
       <c r="E67" s="1"/>
       <c r="F67" s="1"/>
       <c r="G67" s="1"/>
       <c r="H67" s="1"/>
       <c r="I67" s="1"/>
       <c r="J67" s="1"/>
       <c r="K67" s="1"/>
       <c r="L67" s="1"/>
       <c r="M67" s="1"/>
       <c r="N67" s="1"/>
       <c r="O67" s="1"/>
       <c r="P67" s="1"/>
       <c r="Q67" s="1"/>
       <c r="R67" s="1"/>
       <c r="S67" s="1"/>
       <c r="T67" s="1"/>
       <c r="U67" s="1"/>
       <c r="V67" s="1"/>
       <c r="W67" s="1"/>
       <c r="X67" s="1"/>
       <c r="Y67" s="1"/>
       <c r="Z67" s="1"/>
       <c r="AA67" s="1"/>
       <c r="AB67" s="1"/>
       <c r="AC67" s="1"/>
       <c r="AD67" s="1"/>
       <c r="AE67" s="1"/>
       <c r="AF67" s="1"/>
       <c r="AG67" s="1"/>
-    </row>
-    <row r="68" spans="2:33" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AH67" s="1"/>
+      <c r="AI67" s="1"/>
+    </row>
+    <row r="68" spans="2:35" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B68" s="1"/>
       <c r="C68" s="1"/>
       <c r="D68" s="1"/>
       <c r="E68" s="1"/>
       <c r="F68" s="1"/>
       <c r="G68" s="1"/>
       <c r="H68" s="1"/>
       <c r="I68" s="1"/>
       <c r="J68" s="1"/>
       <c r="K68" s="1"/>
       <c r="L68" s="1"/>
       <c r="M68" s="1"/>
       <c r="N68" s="1"/>
       <c r="O68" s="1"/>
       <c r="P68" s="1"/>
       <c r="Q68" s="1"/>
       <c r="R68" s="1"/>
       <c r="S68" s="1"/>
       <c r="T68" s="1"/>
       <c r="U68" s="1"/>
       <c r="V68" s="1"/>
       <c r="W68" s="1"/>
       <c r="X68" s="1"/>
       <c r="Y68" s="1"/>
       <c r="Z68" s="1"/>
       <c r="AA68" s="1"/>
       <c r="AB68" s="1"/>
       <c r="AC68" s="1"/>
       <c r="AD68" s="1"/>
       <c r="AE68" s="1"/>
       <c r="AF68" s="1"/>
       <c r="AG68" s="1"/>
-    </row>
-    <row r="69" spans="2:33" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AH68" s="1"/>
+      <c r="AI68" s="1"/>
+    </row>
+    <row r="69" spans="2:35" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B69" s="1"/>
       <c r="C69" s="1"/>
       <c r="D69" s="1"/>
       <c r="E69" s="1"/>
       <c r="F69" s="1"/>
       <c r="G69" s="1"/>
       <c r="H69" s="1"/>
       <c r="I69" s="1"/>
       <c r="J69" s="1"/>
       <c r="K69" s="1"/>
       <c r="L69" s="1"/>
       <c r="M69" s="1"/>
       <c r="N69" s="1"/>
       <c r="O69" s="1"/>
       <c r="P69" s="1"/>
       <c r="Q69" s="1"/>
       <c r="R69" s="1"/>
       <c r="S69" s="1"/>
       <c r="T69" s="1"/>
       <c r="U69" s="1"/>
       <c r="V69" s="1"/>
       <c r="W69" s="1"/>
       <c r="X69" s="1"/>
       <c r="Y69" s="1"/>
       <c r="Z69" s="1"/>
       <c r="AA69" s="1"/>
       <c r="AB69" s="1"/>
       <c r="AC69" s="1"/>
       <c r="AD69" s="1"/>
       <c r="AE69" s="1"/>
       <c r="AF69" s="1"/>
       <c r="AG69" s="1"/>
-    </row>
-    <row r="70" spans="2:33" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AH69" s="1"/>
+      <c r="AI69" s="1"/>
+    </row>
+    <row r="70" spans="2:35" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B70" s="1"/>
       <c r="C70" s="1"/>
       <c r="D70" s="1"/>
       <c r="E70" s="1"/>
       <c r="F70" s="1"/>
       <c r="G70" s="1"/>
       <c r="H70" s="1"/>
       <c r="I70" s="1"/>
       <c r="J70" s="1"/>
       <c r="K70" s="1"/>
       <c r="L70" s="1"/>
       <c r="M70" s="1"/>
       <c r="N70" s="1"/>
       <c r="O70" s="1"/>
       <c r="P70" s="1"/>
       <c r="Q70" s="1"/>
       <c r="R70" s="1"/>
       <c r="S70" s="1"/>
       <c r="T70" s="1"/>
       <c r="U70" s="1"/>
       <c r="V70" s="1"/>
       <c r="W70" s="1"/>
       <c r="X70" s="1"/>
       <c r="Y70" s="1"/>
       <c r="Z70" s="1"/>
       <c r="AA70" s="1"/>
       <c r="AB70" s="1"/>
       <c r="AC70" s="1"/>
       <c r="AD70" s="1"/>
       <c r="AE70" s="1"/>
       <c r="AF70" s="1"/>
       <c r="AG70" s="1"/>
-    </row>
-    <row r="71" spans="2:33" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AH70" s="1"/>
+      <c r="AI70" s="1"/>
+    </row>
+    <row r="71" spans="2:35" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B71" s="1"/>
       <c r="C71" s="1"/>
       <c r="D71" s="1"/>
       <c r="E71" s="1"/>
       <c r="F71" s="1"/>
       <c r="G71" s="1"/>
       <c r="H71" s="1"/>
       <c r="I71" s="1"/>
       <c r="J71" s="1"/>
       <c r="K71" s="1"/>
       <c r="L71" s="1"/>
       <c r="M71" s="1"/>
       <c r="N71" s="1"/>
       <c r="O71" s="1"/>
       <c r="P71" s="1"/>
       <c r="Q71" s="1"/>
       <c r="R71" s="1"/>
       <c r="S71" s="1"/>
       <c r="T71" s="1"/>
       <c r="U71" s="1"/>
       <c r="V71" s="1"/>
       <c r="W71" s="1"/>
       <c r="X71" s="1"/>
       <c r="Y71" s="1"/>
       <c r="Z71" s="1"/>
       <c r="AA71" s="1"/>
       <c r="AB71" s="1"/>
       <c r="AC71" s="1"/>
       <c r="AD71" s="1"/>
       <c r="AE71" s="1"/>
       <c r="AF71" s="1"/>
       <c r="AG71" s="1"/>
-    </row>
-    <row r="72" spans="2:33" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AH71" s="1"/>
+      <c r="AI71" s="1"/>
+    </row>
+    <row r="72" spans="2:35" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B72" s="1"/>
       <c r="C72" s="1"/>
       <c r="D72" s="1"/>
       <c r="E72" s="1"/>
       <c r="F72" s="1"/>
       <c r="G72" s="1"/>
       <c r="H72" s="1"/>
       <c r="I72" s="1"/>
       <c r="J72" s="1"/>
       <c r="K72" s="1"/>
       <c r="L72" s="1"/>
       <c r="M72" s="1"/>
       <c r="N72" s="1"/>
       <c r="O72" s="1"/>
       <c r="P72" s="1"/>
       <c r="Q72" s="1"/>
       <c r="R72" s="1"/>
       <c r="S72" s="1"/>
       <c r="T72" s="1"/>
       <c r="U72" s="1"/>
       <c r="V72" s="1"/>
       <c r="W72" s="1"/>
       <c r="X72" s="1"/>
       <c r="Y72" s="1"/>
       <c r="Z72" s="1"/>
       <c r="AA72" s="1"/>
       <c r="AB72" s="1"/>
       <c r="AC72" s="1"/>
       <c r="AD72" s="1"/>
       <c r="AE72" s="1"/>
       <c r="AF72" s="1"/>
       <c r="AG72" s="1"/>
+      <c r="AH72" s="1"/>
+      <c r="AI72" s="1"/>
     </row>
   </sheetData>
-  <mergeCells count="14">
+  <mergeCells count="15">
+    <mergeCell ref="AH7:AI7"/>
     <mergeCell ref="AF7:AG7"/>
     <mergeCell ref="F7:G7"/>
     <mergeCell ref="Z7:AA7"/>
     <mergeCell ref="AB7:AC7"/>
     <mergeCell ref="AD7:AE7"/>
     <mergeCell ref="H7:I7"/>
     <mergeCell ref="J7:K7"/>
     <mergeCell ref="L7:M7"/>
     <mergeCell ref="N7:O7"/>
     <mergeCell ref="P7:Q7"/>
     <mergeCell ref="R7:S7"/>
     <mergeCell ref="T7:U7"/>
     <mergeCell ref="V7:W7"/>
     <mergeCell ref="X7:Y7"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.196850393700787" right="0.196850393700787" top="0.49" bottom="0.82677165354330695" header="0.4921259845" footer="0.4921259845"/>
   <pageSetup paperSize="9" scale="65" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;"Arial Narrow,Normal"&amp;8Service de la statistique du canton de Fribourg-RM
 &amp;Z&amp;F-&amp;D-&amp;T&amp;R&amp;"Arial Narrow,Normal"&amp;8&amp;P/&amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{338FF01F-47AF-4AA2-9031-7E91C8F173BC}">
   <dimension ref="A1:E17"/>
   <sheetViews>
-    <sheetView showGridLines="0" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.453125" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="8.453125" style="54" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="16384" width="11.453125" style="54"/>
+    <col min="1" max="1" width="8.42578125" style="50" customWidth="1"/>
+    <col min="2" max="2" width="37.7109375" style="50" customWidth="1"/>
+    <col min="3" max="3" width="3.42578125" style="50" customWidth="1"/>
+    <col min="4" max="4" width="8.42578125" style="50" customWidth="1"/>
+    <col min="5" max="5" width="37.7109375" style="50" customWidth="1"/>
+    <col min="6" max="16384" width="11.42578125" style="50"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1" s="53" t="s">
+    <row r="1" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A1" s="49" t="s">
+        <v>31</v>
+      </c>
+      <c r="D1" s="49" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="2" spans="1:5" s="52" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="51" t="s">
+        <v>17</v>
+      </c>
+      <c r="D2" s="51" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="3" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A3" s="53" t="s">
+        <v>33</v>
+      </c>
+      <c r="B3" s="54" t="s">
+        <v>34</v>
+      </c>
+      <c r="C3" s="55"/>
+      <c r="D3" s="53" t="s">
+        <v>35</v>
+      </c>
+      <c r="E3" s="53" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A4" s="56" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" s="57" t="s">
         <v>38</v>
       </c>
-      <c r="D1" s="53" t="s">
+      <c r="C4" s="58"/>
+      <c r="D4" s="56" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" s="57" t="s">
         <v>39</v>
       </c>
     </row>
-    <row r="2" spans="1:5" s="56" customFormat="1" x14ac:dyDescent="0.3">
-[...8 lines deleted...]
-      <c r="A3" s="57" t="s">
+    <row r="5" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A5" s="59" t="s">
         <v>40</v>
       </c>
-      <c r="B3" s="58" t="s">
+      <c r="B5" s="60" t="s">
         <v>41</v>
       </c>
-      <c r="C3" s="59"/>
-      <c r="D3" s="57" t="s">
+      <c r="C5" s="58"/>
+      <c r="D5" s="59" t="s">
         <v>42</v>
       </c>
-      <c r="E3" s="57" t="s">
+      <c r="E5" s="60" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="4" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A4" s="60" t="s">
+    <row r="6" spans="1:5" ht="18" x14ac:dyDescent="0.2">
+      <c r="A6" s="61" t="s">
         <v>44</v>
       </c>
-      <c r="B4" s="61" t="s">
+      <c r="B6" s="57" t="s">
         <v>45</v>
       </c>
-      <c r="C4" s="62"/>
-[...3 lines deleted...]
-      <c r="E4" s="61" t="s">
+      <c r="C6" s="58"/>
+      <c r="D6" s="61" t="s">
         <v>46</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="63" t="s">
+      <c r="E6" s="57" t="s">
         <v>47</v>
       </c>
-      <c r="B5" s="64" t="s">
+    </row>
+    <row r="7" spans="1:5" ht="18" x14ac:dyDescent="0.2">
+      <c r="A7" s="59" t="s">
         <v>48</v>
       </c>
-      <c r="C5" s="62"/>
-      <c r="D5" s="63" t="s">
+      <c r="B7" s="60" t="s">
         <v>49</v>
       </c>
-      <c r="E5" s="64" t="s">
+      <c r="C7" s="58"/>
+      <c r="D7" s="59" t="s">
+        <v>48</v>
+      </c>
+      <c r="E7" s="60" t="s">
         <v>50</v>
       </c>
     </row>
-    <row r="6" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A6" s="65" t="s">
+    <row r="8" spans="1:5" ht="18" x14ac:dyDescent="0.2">
+      <c r="A8" s="56" t="s">
         <v>51</v>
       </c>
-      <c r="B6" s="61" t="s">
+      <c r="B8" s="57" t="s">
         <v>52</v>
       </c>
-      <c r="C6" s="62"/>
-      <c r="D6" s="65" t="s">
+      <c r="C8" s="58"/>
+      <c r="D8" s="56" t="s">
+        <v>51</v>
+      </c>
+      <c r="E8" s="57" t="s">
         <v>53</v>
       </c>
-      <c r="E6" s="61" t="s">
+    </row>
+    <row r="9" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A9" s="59" t="s">
         <v>54</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A7" s="63" t="s">
+      <c r="B9" s="60" t="s">
         <v>55</v>
       </c>
-      <c r="B7" s="64" t="s">
+      <c r="C9" s="58"/>
+      <c r="D9" s="59" t="s">
+        <v>54</v>
+      </c>
+      <c r="E9" s="60" t="s">
         <v>56</v>
       </c>
-      <c r="C7" s="62"/>
-[...3 lines deleted...]
-      <c r="E7" s="64" t="s">
+    </row>
+    <row r="10" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A10" s="56" t="s">
         <v>57</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A8" s="60" t="s">
+      <c r="B10" s="57" t="s">
         <v>58</v>
       </c>
-      <c r="B8" s="61" t="s">
+      <c r="C10" s="58"/>
+      <c r="D10" s="56" t="s">
+        <v>57</v>
+      </c>
+      <c r="E10" s="57" t="s">
         <v>59</v>
       </c>
-      <c r="C8" s="62"/>
-[...3 lines deleted...]
-      <c r="E8" s="61" t="s">
+    </row>
+    <row r="11" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A11" s="62" t="s">
         <v>60</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A9" s="63" t="s">
+      <c r="B11" s="63" t="s">
         <v>61</v>
       </c>
-      <c r="B9" s="64" t="s">
+      <c r="C11" s="58"/>
+      <c r="D11" s="62" t="s">
+        <v>60</v>
+      </c>
+      <c r="E11" s="63" t="s">
         <v>62</v>
       </c>
-      <c r="C9" s="62"/>
-[...59 lines deleted...]
-      <c r="D17" s="68"/>
+    </row>
+    <row r="12" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A12" s="64"/>
+      <c r="D12" s="64"/>
+    </row>
+    <row r="13" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A13" s="64"/>
+      <c r="D13" s="64"/>
+    </row>
+    <row r="14" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A14" s="65"/>
+      <c r="D14" s="64"/>
+    </row>
+    <row r="15" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A15" s="65"/>
+      <c r="D15" s="64"/>
+    </row>
+    <row r="16" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A16" s="64"/>
+      <c r="D16" s="64"/>
+    </row>
+    <row r="17" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A17" s="64"/>
+      <c r="D17" s="64"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="13" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A D 4 F A A B Q S w M E F A A C A A g A B 2 p 1 W M O W j E m l A A A A 9 g A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 8 x D o I w G I W v Q r r T l m o M I T 9 l Y H G Q x M T E u D Z Q o R G K a Y v l b g 4 e y S u I U d T N 8 X 3 v G 9 6 7 X 2 + Q j V 0 b X K S x q t c p i j B F g d R l X y l d p 2 h w x z B G G Y e t K E + i l s E k a 5 u M t k p R 4 9 w 5 I c R 7 j / 0 C 9 6 Y m j N K I H I r N r m x k J 9 B H V v / l U G n r h C 4 l 4 r B / j e E M R 2 y J V y z G F M g M o V D 6 K 7 B p 7 7 P 9 g Z A P r R u M 5 E c T 5 m s g c w T y / s A f U E s D B B Q A A g A I A A d q d V g P y u m r p A A A A O k A A A A T A B w A W 0 N v b n R l b n R f V H l w Z X N d L n h t b C C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A B t j k s O w j A M R K 8 S e Z + 6 s E A I N W U B 3 I A L R M H 9 i O a j x k X h b C w 4 E l c g b X e I p W f m e e b z e l f H Z A f x o D H 2 3 i n Y F C U I c s b f e t c q m L i R e z j W 1 f U Z K I o c d V F B x x w O i N F 0 Z H U s f C C X n c a P V n M + x x a D N n f d E m 7 L c o f G O y b H k u c f U F d n a v Q 0 s L i k L K + 1 G Q d x W n N z l Q K m x L j I + J e w P 3 k d w t A b z d n E J G 2 U d i F x G V 5 / A V B L A w Q U A A I A C A A H a n V Y I V I 8 G D c C A A C t C A A A E w A c A E Z v c m 1 1 b G F z L 1 N l Y 3 R p b 2 4 x L m 0 g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A 5 Z X B b t p A E E D v S P z D y r k Q y V j 2 2 o G 0 E Q c K V E W K q l R w C 1 W 0 M Q N Z y d 6 l u 2 M U F O V / S n + D H + s 4 p E q j e L P 3 1 h d 7 x + P n m X 1 j 2 U K O U i s 2 O 5 6 T i 3 a r 3 b J 3 w s C S n Q T z C U + 7 c Z 9 3 p 6 P u e D g f 8 p j z g A 1 Y A d h u M T p m u j I 5 U G R k t 9 F Y 5 1 U J C j u f Z Q H R S C u k h e 0 E l x 8 X c c w + C Q u W W R Q o L c o f F S 0 A 2 c b o Z S X R s v V h r w 5 7 I 6 r 7 R Z y w 2 U 7 h 3 e E n P b G I U z a T C G x K O K M A F 3 G P X Y l 1 z d K V 7 f 4 B 1 H m T X C t d S q D r m L M h d b S V e N j X L 1 m B t d S f g q K A + r 0 I 5 c a y J T A 0 Y i t k s T h 2 Y h d N L U e 5 3 Q a n 4 f U Y C l l S L W Y Q X A Q h G + m i K p U d Z C G b q F w v p V o P E n 7 G Q / a t 0 g g z 3 B U w e L m M v m o F 3 0 / D 4 8 6 d B B P V x c M v p E a o v r K y 9 c b O x S 0 l X t G a n v o C Y g n G d o 6 l h e z 6 O T 4 s i l k u C m H s A E 3 1 N 3 K + 2 w A r q Z K V P O x f e H M j l F 1 p U x 4 r r r N s p 6 G A 8 O E h U L r a 1 p t 0 k w u E t T Y S q F O s u Q j 3 + B g y S r k 1 F C M f v S y q W U 9 B 1 C i K m w 3 V + y Z / O n o V e j x t t 6 R q L t k 3 f k n c J S H J f z e D z 3 1 7 B j H t / 9 u T G E V R 0 j S N F O f v T S T d T x u m k s K Z A 9 f z 4 P r N u H M H L o k 9 v O R t X 0 / A h L u I m Y 9 4 5 i D 2 X M R z H / F D M 5 H H L i c + K d x h h b u 0 c J 8 X 7 h D D X W Z S n 5 n U Y S Z 1 m U l 9 Z l K H m d R l J v W Z S R 1 m M p e Z z G c m c 3 0 v L j O Z z 0 z m M J O 9 N v P u z + E 3 U E s B A i 0 A F A A C A A g A B 2 p 1 W M O W j E m l A A A A 9 g A A A B I A A A A A A A A A A A A A A A A A A A A A A E N v b m Z p Z y 9 Q Y W N r Y W d l L n h t b F B L A Q I t A B Q A A g A I A A d q d V g P y u m r p A A A A O k A A A A T A A A A A A A A A A A A A A A A A P E A A A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s U E s B A i 0 A F A A C A A g A B 2 p 1 W C F S P B g 3 A g A A r Q g A A B M A A A A A A A A A A A A A A A A A 4 g E A A E Z v c m 1 1 b G F z L 1 N l Y 3 R p b 2 4 x L m 1 Q S w U G A A A A A A M A A w D C A A A A Z g Q A A A A A E A E A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P F B l c m 1 p c 3 N p b 2 5 M a X N 0 I H h t b G 5 z O n h z Z D 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E i I H h t b G 5 z O n h z a T 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E t a W 5 z d G F u Y 2 U i P j x D Y W 5 F d m F s d W F 0 Z U Z 1 d H V y Z V B h Y 2 t h Z 2 V z P m Z h b H N l P C 9 D Y W 5 F d m F s d W F 0 Z U Z 1 d H V y Z V B h Y 2 t h Z 2 V z P j x G a X J l d 2 F s b E V u Y W J s Z W Q + d H J 1 Z T w v R m l y Z X d h b G x F b m F i b G V k P j w v U G V y b W l z c 2 l v b k x p c 3 Q + i S 0 A A A A A A A B n L Q A A 7 7 u / P D 9 4 b W w g d m V y c 2 l v b j 0 i M S 4 w I i B l b m N v Z G l u Z z 0 i d X R m L T g i P z 4 8 T G 9 j Y W x Q Y W N r Y W d l T W V 0 Y W R h d G F G a W x l I H h t b G 5 z O n h z Z D 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E i I H h t b G 5 z O n h z a T 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E t a W 5 z d G F u Y 2 U i P j x J d G V t c z 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 B b G x G b 3 J t d W x h c z w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o I C 8 + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 1 R F M j M t M D c y L U l D L U R B V E E y M D I y P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c z 4 8 R W 5 0 c n k g V H l w Z T 0 i S X N Q c m l 2 Y X R l I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x F b m F i b G V k I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x P Y m p l Y 3 R U e X B l I i B W Y W x 1 Z T 0 i c 0 N v b m 5 l Y 3 R p b 2 5 P b m x 5 I i A v P j x F b n R y e S B U e X B l P S J G a W x s V G 9 E Y X R h T W 9 k Z W x F b m F i b G V k I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l F 1 Z X J 5 S U Q i I F Z h b H V l P S J z M D M 3 N W E w N G I t M z E 1 Z C 0 0 Y z c w L W I 4 N T g t O G V h M m F h M D M 4 Z D E 5 I i A v P j x F b n R y e S B U e X B l P S J C d W Z m Z X J O Z X h 0 U m V m c m V z a C I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J S Z X N 1 b H R U e X B l I i B W Y W x 1 Z T 0 i c 1 R h Y m x l I i A v P j x F b n R y e S B U e X B l P S J O Y W 1 l V X B k Y X R l Z E F m d G V y R m l s b C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J O Y X Z p Z 2 F 0 a W 9 u U 3 R l c E 5 h b W U i I F Z h b H V l P S J z T m F 2 a W d h d G l v b i I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b G V k Q 2 9 t c G x l d G V S Z X N 1 b H R U b 1 d v c m t z a G V l d C I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J B Z G R l Z F R v R G F 0 Y U 1 v Z G V s I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 3 V u d C I g V m F s d W U 9 I m w z O S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V y c m 9 y Q 2 9 k Z S I g V m F s d W U 9 I n N V b m t u b 3 d u I i A v P j x F b n R y e S B U e X B l P S J G a W x s R X J y b 3 J D b 3 V u d C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J G a W x s T G F z d F V w Z G F 0 Z W Q i I F Z h b H V l P S J k M j A y N C 0 w M y 0 y M V Q w O D o x N z o w O C 4 x N D I 3 M z I y W i I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E N v b H V t b l R 5 c G V z I i B W Y W x 1 Z T 0 i c 0 J n T U d C Z z 0 9 I i A v P j x F b n R y e S B U e X B l P S J G a W x s Q 2 9 s d W 1 u T m F t Z X M i I F Z h b H V l P S J z W y Z x d W 9 0 O 2 5 v d X Z l b G x l X 2 N h d G V n b 3 J p Z S Z x d W 9 0 O y w m c X V v d D t u Y n I m c X V v d D s s J n F 1 b 3 Q 7 d G 9 0 Y W x f c G V y c y Z x d W 9 0 O y w m c X V v d D t J Q y Z x d W 9 0 O 1 0 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x T d G F 0 d X M i I F Z h b H V l P S J z Q 2 9 t c G x l d G U i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l J l b G F 0 a W 9 u c 2 h p c E l u Z m 9 D b 2 5 0 Y W l u Z X I i I F Z h b H V l P S J z e y Z x d W 9 0 O 2 N v b H V t b k N v d W 5 0 J n F 1 b 3 Q 7 O j Q s J n F 1 b 3 Q 7 a 2 V 5 Q 2 9 s d W 1 u T m F t Z X M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 c X V l c n l S Z W x h d G l v b n N o a X B z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 2 N v b H V t b k l k Z W 5 0 a X R p Z X M m c X V v d D s 6 W y Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D c y L U l D L U R B V E E y M D I y L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 5 v d X Z l b G x l X 2 N h d G V n b 3 J p Z S w w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 3 M i 1 J Q y 1 E Q V R B M j A y M i 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t u Y n I s M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N z I t S U M t R E F U Q T I w M j I v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 d G 9 0 Y W x f c G V y c y w y f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 3 M i 1 J Q y 1 E Q V R B M j A y M i 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J Q y w z f S Z x d W 9 0 O 1 0 s J n F 1 b 3 Q 7 Q 2 9 s d W 1 u Q 2 9 1 b n Q m c X V v d D s 6 N C w m c X V v d D t L Z X l D b 2 x 1 b W 5 O Y W 1 l c y Z x d W 9 0 O z p b X S w m c X V v d D t D b 2 x 1 b W 5 J Z G V u d G l 0 a W V z J n F 1 b 3 Q 7 O l s m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 3 M i 1 J Q y 1 E Q V R B M j A y M i 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t u b 3 V 2 Z W x s Z V 9 j Y X R l Z 2 9 y a W U s M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N z I t S U M t R E F U Q T I w M j I v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b m J y L D F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D c y L U l D L U R B V E E y M D I y L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 R v d G F s X 3 B l c n M s M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N z I t S U M t R E F U Q T I w M j I v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U M s M 3 0 m c X V v d D t d L C Z x d W 9 0 O 1 J l b G F 0 a W 9 u c 2 h p c E l u Z m 8 m c X V v d D s 6 W 1 1 9 I i A v P j w v U 3 R h Y m x l R W 5 0 c m l l c z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 1 R F M j M t M D c y L U l D L U R B V E E y M D I y L 1 N v d X J j Z T w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 1 R F M j M t M D c y L U l D L U R B V E E y M D I y L 0 V u L X Q l Q z M l Q U F 0 Z X M l M j B w c m 9 t d X M 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 U R T I z L T A 3 M i 1 J Q y 1 E Q V R B M j A y M i 9 U e X B l J T I w b W 9 k a W Z p J U M z J U E 5 P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v V E U y M y 0 w N z I t S U M t R E F U Q T I w M T A t M j A y M T w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M + P E V u d H J 5 I F R 5 c G U 9 I k l z U H J p d m F 0 Z S I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J G a W x s R W 5 h Y m x l Z C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J G a W x s T 2 J q Z W N 0 V H l w Z S I g V m F s d W U 9 I n N D b 2 5 u Z W N 0 a W 9 u T 2 5 s e S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b F R v R G F 0 Y U 1 v Z G V s R W 5 h Y m x l Z C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J R d W V y e U l E I i B W Y W x 1 Z T 0 i c z c 2 M D U 4 O W M y L T g 0 M G Q t N G I y M y 0 4 O T N j L T A 4 Y T I 0 Z G Y x Y z V m Y S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i Q n V m Z m V y T m V 4 d F J l Z n J l c 2 g i I F Z h b H V l P S J s M S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V z d W x 0 V H l w Z S I g V m F s d W U 9 I n N U Y W J s Z S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i T m F t Z V V w Z G F 0 Z W R B Z n R l c k Z p b G w i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i T m F 2 a W d h d G l v b l N 0 Z X B O Y W 1 l I i B W Y W x 1 Z T 0 i c 0 5 h d m l n Y X R p b 2 4 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x l Z E N v b X B s Z X R l U m V z d W x 0 V G 9 X b 3 J r c 2 h l Z X Q i I F Z h b H V l P S J s M S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i Q W R k Z W R U b 0 R h d G F N b 2 R l b C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J G a W x s Q 2 9 1 b n Q i I F Z h b H V l P S J s M z k i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x F c n J v c k N v Z G U i I F Z h b H V l P S J z V W 5 r b m 9 3 b i I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V y c m 9 y Q 2 9 1 b n Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E x h c 3 R V c G R h d G V k I i B W Y W x 1 Z T 0 i Z D I w M j Q t M D M t M j F U M T E 6 M D U 6 M T c u N D M 5 N j Y x M V o i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 2 x 1 b W 5 U e X B l c y I g V m F s d W U 9 I n N C Z 0 1 H Q m d N R 0 J n T U d C Z 0 1 H Q m d N R 0 J n T U d C Z 0 1 H Q m d N R 0 J n T U d C Z 0 1 H Q m d N R 0 J n T U d C Z z 0 9 I i A v P j x F b n R y e S B U e X B l P S J G a W x s Q 2 9 s d W 1 u T m F t Z X M i I F Z h b H V l P S J z W y Z x d W 9 0 O 2 5 v d X Z l b G x l X 2 N h d G V n b 3 J p Z S 4 u L j E m c X V v d D s s J n F 1 b 3 Q 7 b m J y L i 4 u M i Z x d W 9 0 O y w m c X V v d D t 0 b 3 R h b F 9 w Z X J z L i 4 u M y Z x d W 9 0 O y w m c X V v d D t J Q y 4 u L j Q m c X V v d D s s J n F 1 b 3 Q 7 b m J y L i 4 u N i Z x d W 9 0 O y w m c X V v d D t 0 b 3 R h b F 9 w Z X J z L i 4 u N y Z x d W 9 0 O y w m c X V v d D t J Q y 4 u L j g m c X V v d D s s J n F 1 b 3 Q 7 b m J y L i 4 u M T A m c X V v d D s s J n F 1 b 3 Q 7 d G 9 0 Y W x f c G V y c y 4 u L j E x J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 l D L i 4 u M T I m c X V v d D s s J n F 1 b 3 Q 7 b m J y L i 4 u M T Q m c X V v d D s s J n F 1 b 3 Q 7 d G 9 0 Y W x f c G V y c y 4 u L j E 1 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 l D L i 4 u M T Y m c X V v d D s s J n F 1 b 3 Q 7 b m J y L i 4 u M T g m c X V v d D s s J n F 1 b 3 Q 7 d G 9 0 Y W x f c G V y c y 4 u L j E 5 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 l D L i 4 u M j A m c X V v d D s s J n F 1 b 3 Q 7 b m J y L i 4 u M j I m c X V v d D s s J n F 1 b 3 Q 7 d G 9 0 Y W x f c G V y c y 4 u L j I z J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 l D L i 4 u M j Q m c X V v d D s s J n F 1 b 3 Q 7 b m J y L i 4 u M j Y m c X V v d D s s J n F 1 b 3 Q 7 d G 9 0 Y W x f c G V y c y 4 u L j I 3 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 l D L i 4 u M j g m c X V v d D s s J n F 1 b 3 Q 7 b m J y L i 4 u M z A m c X V v d D s s J n F 1 b 3 Q 7 d G 9 0 Y W x f c G V y c y 4 u L j M x J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 l D L i 4 u M z I m c X V v d D s s J n F 1 b 3 Q 7 b m J y L i 4 u M z Q m c X V v d D s s J n F 1 b 3 Q 7 d G 9 0 Y W x f c G V y c y 4 u L j M 1 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 l D L i 4 u M z Y m c X V v d D s s J n F 1 b 3 Q 7 b m J y L i 4 u M z g m c X V v d D s s J n F 1 b 3 Q 7 d G 9 0 Y W x f c G V y c y 4 u L j M 5 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 l D L i 4 u N D A m c X V v d D s s J n F 1 b 3 Q 7 b m J y L i 4 u N D I m c X V v d D s s J n F 1 b 3 Q 7 d G 9 0 Y W x f c G V y c y 4 u L j Q z J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 l D L i 4 u N D Q m c X V v d D s s J n F 1 b 3 Q 7 b m J y L i 4 u N D Y m c X V v d D s s J n F 1 b 3 Q 7 d G 9 0 Y W x f c G V y c y 4 u L j Q 3 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 l D L i 4 u N D g m c X V v d D t d I i A v P j x F b n R y e S B U e X B l P S J G a W x s U 3 R h d H V z I i B W Y W x 1 Z T 0 i c 0 N v b X B s Z X R l I i A v P j x F b n R y e S B U e X B l P S J S Z W x h d G l v b n N o a X B J b m Z v Q 2 9 u d G F p b m V y I i B W Y W x 1 Z T 0 i c 3 s m c X V v d D t j b 2 x 1 b W 5 D b 3 V u d C Z x d W 9 0 O z o z N y w m c X V v d D t r Z X l D b 2 x 1 b W 5 O Y W 1 l c y Z x d W 9 0 O z p b X S w m c X V v d D t x d W V y e V J l b G F 0 a W 9 u c 2 h p c H M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 Y 2 9 s d W 1 u S W R l b n R p d G l l c y Z x d W 9 0 O z p b J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N z I t S U M t R E F U Q T I w M T A t M j A y M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t u b 3 V 2 Z W x s Z V 9 j Y X R l Z 2 9 y a W U u L i 4 x L D B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D c y L U l D L U R B V E E y M D E w L T I w M j E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b m J y L i 4 u M i w x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 3 M i 1 J Q y 1 E Q V R B M j A x M C 0 y M D I x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 R v d G F s X 3 B l c n M u L i 4 z L D J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D c y L U l D L U R B V E E y M D E w L T I w M j E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U M u L i 4 0 L D N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D c y L U l D L U R B V E E y M D E w L T I w M j E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b m J y L i 4 u N i w 0 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 3 M i 1 J Q y 1 E Q V R B M j A x M C 0 y M D I x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 R v d G F s X 3 B l c n M u L i 4 3 L D V 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D c y L U l D L U R B V E E y M D E w L T I w M j E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U M u L i 4 4 L D Z 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D c y L U l D L U R B V E E y M D E w L T I w M j E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b m J y L i 4 u M T A s N 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N z I t S U M t R E F U Q T I w M T A t M j A y M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 0 b 3 R h b F 9 w Z X J z L i 4 u M T E s O H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N z I t S U M t R E F U Q T I w M T A t M j A y M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J Q y 4 u L j E y L D l 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D c y L U l D L U R B V E E y M D E w L T I w M j E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b m J y L i 4 u M T Q s M T B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D c y L U l D L U R B V E E y M D E w L T I w M j E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 d G 9 0 Y W x f c G V y c y 4 u L j E 1 L D E x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 3 M i 1 J Q y 1 E Q V R B M j A x M C 0 y M D I x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l D L i 4 u M T Y s M T J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D c y L U l D L U R B V E E y M D E w L T I w M j E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b m J y L i 4 u M T g s M T N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D c y L U l D L U R B V E E y M D E w L T I w M j E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 d G 9 0 Y W x f c G V y c y 4 u L j E 5 L D E 0 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 3 M i 1 J Q y 1 E Q V R B M j A x M C 0 y M D I x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l D L i 4 u M j A s M T V 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D c y L U l D L U R B V E E y M D E w L T I w M j E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b m J y L i 4 u M j I s M T Z 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D c y L U l D L U R B V E E y M D E w L T I w M j E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 d G 9 0 Y W x f c G V y c y 4 u L j I z L D E 3 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 3 M i 1 J Q y 1 E Q V R B M j A x M C 0 y M D I x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l D L i 4 u M j Q s M T h 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D c y L U l D L U R B V E E y M D E w L T I w M j E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b m J y L i 4 u M j Y s M T l 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D c y L U l D L U R B V E E y M D E w L T I w M j E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 d G 9 0 Y W x f c G V y c y 4 u L j I 3 L D I w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 3 M i 1 J Q y 1 E Q V R B M j A x M C 0 y M D I x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l D L i 4 u M j g s M j F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D c y L U l D L U R B V E E y M D E w L T I w M j E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b m J y L i 4 u M z A s M j J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D c y L U l D L U R B V E E y M D E w L T I w M j E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 d G 9 0 Y W x f c G V y c y 4 u L j M x L D I z f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 3 M i 1 J Q y 1 E Q V R B M j A x M C 0 y M D I x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l D L i 4 u M z I s M j R 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D c y L U l D L U R B V E E y M D E w L T I w M j E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b m J y L i 4 u M z Q s M j V 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D c y L U l D L U R B V E E y M D E w L T I w M j E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 d G 9 0 Y W x f c G V y c y 4 u L j M 1 L D I 2 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 3 M i 1 J Q y 1 E Q V R B M j A x M C 0 y M D I x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l D L i 4 u M z Y s M j d 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D c y L U l D L U R B V E E y M D E w L T I w M j E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b m J y L i 4 u M z g s M j h 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D c y L U l D L U R B V E E y M D E w L T I w M j E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 d G 9 0 Y W x f c G V y c y 4 u L j M 5 L D I 5 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 3 M i 1 J Q y 1 E Q V R B M j A x M C 0 y M D I x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l D L i 4 u N D A s M z B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D c y L U l D L U R B V E E y M D E w L T I w M j E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b m J y L i 4 u N D I s M z F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D c y L U l D L U R B V E E y M D E w L T I w M j E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 d G 9 0 Y W x f c G V y c y 4 u L j Q z L D M y f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 3 M i 1 J Q y 1 E Q V R B M j A x M C 0 y M D I x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l D L i 4 u N D Q s M z N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D c y L U l D L U R B V E E y M D E w L T I w M j E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b m J y L i 4 u N D Y s M z R 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D c y L U l D L U R B V E E y M D E w L T I w M j E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 d G 9 0 Y W x f c G V y c y 4 u L j Q 3 L D M 1 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 3 M i 1 J Q y 1 E Q V R B M j A x M C 0 y M D I x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l D L i 4 u N D g s M z Z 9 J n F 1 b 3 Q 7 X S w m c X V v d D t D b 2 x 1 b W 5 D b 3 V u d C Z x d W 9 0 O z o z N y w m c X V v d D t L Z X l D b 2 x 1 b W 5 O Y W 1 l c y Z x d W 9 0 O z p b X S w m c X V v d D t D b 2 x 1 b W 5 J Z G V u d G l 0 a W V z J n F 1 b 3 Q 7 O l s m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 3 M i 1 J Q y 1 E Q V R B M j A x M C 0 y M D I x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 5 v d X Z l b G x l X 2 N h d G V n b 3 J p Z S 4 u L j E s M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N z I t S U M t R E F U Q T I w M T A t M j A y M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t u Y n I u L i 4 y L D F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D c y L U l D L U R B V E E y M D E w L T I w M j E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 d G 9 0 Y W x f c G V y c y 4 u L j M s M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N z I t S U M t R E F U Q T I w M T A t M j A y M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J Q y 4 u L j Q s M 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N z I t S U M t R E F U Q T I w M T A t M j A y M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t u Y n I u L i 4 2 L D R 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D c y L U l D L U R B V E E y M D E w L T I w M j E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 d G 9 0 Y W x f c G V y c y 4 u L j c s N X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N z I t S U M t R E F U Q T I w M T A t M j A y M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J Q y 4 u L j g s N n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N z I t S U M t R E F U Q T I w M T A t M j A y M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t u Y n I u L i 4 x M C w 3 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 3 M i 1 J Q y 1 E Q V R B M j A x M C 0 y M D I x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 R v d G F s X 3 B l c n M u L i 4 x M S w 4 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 3 M i 1 J Q y 1 E Q V R B M j A x M C 0 y M D I x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l D L i 4 u M T I s O X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N z I t S U M t R E F U Q T I w M T A t M j A y M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t u Y n I u L i 4 x N C w x M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N z I t S U M t R E F U Q T I w M T A t M j A y M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 0 b 3 R h b F 9 w Z X J z L i 4 u M T U s M T F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D c y L U l D L U R B V E E y M D E w L T I w M j E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U M u L i 4 x N i w x M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N z I t S U M t R E F U Q T I w M T A t M j A y M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t u Y n I u L i 4 x O C w x M 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N z I t S U M t R E F U Q T I w M T A t M j A y M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 0 b 3 R h b F 9 w Z X J z L i 4 u M T k s M T R 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D c y L U l D L U R B V E E y M D E w L T I w M j E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U M u L i 4 y M C w x N X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N z I t S U M t R E F U Q T I w M T A t M j A y M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t u Y n I u L i 4 y M i w x N n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N z I t S U M t R E F U Q T I w M T A t M j A y M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 0 b 3 R h b F 9 w Z X J z L i 4 u M j M s M T d 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D c y L U l D L U R B V E E y M D E w L T I w M j E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U M u L i 4 y N C w x O H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N z I t S U M t R E F U Q T I w M T A t M j A y M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t u Y n I u L i 4 y N i w x O X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N z I t S U M t R E F U Q T I w M T A t M j A y M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 0 b 3 R h b F 9 w Z X J z L i 4 u M j c s M j B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D c y L U l D L U R B V E E y M D E w L T I w M j E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U M u L i 4 y O C w y M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N z I t S U M t R E F U Q T I w M T A t M j A y M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t u Y n I u L i 4 z M C w y M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N z I t S U M t R E F U Q T I w M T A t M j A y M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 0 b 3 R h b F 9 w Z X J z L i 4 u M z E s M j N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D c y L U l D L U R B V E E y M D E w L T I w M j E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U M u L i 4 z M i w y N H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N z I t S U M t R E F U Q T I w M T A t M j A y M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t u Y n I u L i 4 z N C w y N X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N z I t S U M t R E F U Q T I w M T A t M j A y M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 0 b 3 R h b F 9 w Z X J z L i 4 u M z U s M j Z 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D c y L U l D L U R B V E E y M D E w L T I w M j E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U M u L i 4 z N i w y N 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N z I t S U M t R E F U Q T I w M T A t M j A y M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t u Y n I u L i 4 z O C w y O H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N z I t S U M t R E F U Q T I w M T A t M j A y M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 0 b 3 R h b F 9 w Z X J z L i 4 u M z k s M j l 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D c y L U l D L U R B V E E y M D E w L T I w M j E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U M u L i 4 0 M C w z M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N z I t S U M t R E F U Q T I w M T A t M j A y M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t u Y n I u L i 4 0 M i w z M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N z I t S U M t R E F U Q T I w M T A t M j A y M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 0 b 3 R h b F 9 w Z X J z L i 4 u N D M s M z J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D c y L U l D L U R B V E E y M D E w L T I w M j E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U M u L i 4 0 N C w z M 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N z I t S U M t R E F U Q T I w M T A t M j A y M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t u Y n I u L i 4 0 N i w z N H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N z I t S U M t R E F U Q T I w M T A t M j A y M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 0 b 3 R h b F 9 w Z X J z L i 4 u N D c s M z V 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D c y L U l D L U R B V E E y M D E w L T I w M j E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U M u L i 4 0 O C w z N n 0 m c X V v d D t d L C Z x d W 9 0 O 1 J l b G F 0 a W 9 u c 2 h p c E l u Z m 8 m c X V v d D s 6 W 1 1 9 I i A v P j w v U 3 R h Y m x l R W 5 0 c m l l c z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 1 R F M j M t M D c y L U l D L U R B V E E y M D E w L T I w M j E v U 2 9 1 c m N l P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v V E U y M y 0 w N z I t S U M t R E F U Q T I w M T A t M j A y M S 9 F b i 1 0 J U M z J U F B d G V z J T I w c H J v b X V z P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v V E U y M y 0 w N z I t S U M t R E F U Q T I w M T A t M j A y M S 9 U e X B l J T I w b W 9 k a W Z p J U M z J U E 5 P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 L 0 l 0 Z W 1 z P j w v T G 9 j Y W x Q Y W N r Y W d l T W V 0 Y W R h d G F G a W x l P h Y A A A B Q S w U G A A A A A A A A A A A A A A A A A A A A A A A A 2 g A A A A E A A A D Q j J 3 f A R X R E Y x 6 A M B P w p f r A Q A A A L p m k 9 6 S 5 M 1 A q 7 u g 6 e R d d 1 U A A A A A A g A A A A A A A 2 Y A A M A A A A A Q A A A A J H E I 5 Y s M i 6 L Q V 9 m N s 7 Y y 3 g A A A A A E g A A A o A A A A B A A A A B H y b D A 9 V n u z C X c 1 k N C U 8 3 m U A A A A B B d r l U H I B n B k E A m 1 g G P + G x L x k R x K 1 B 9 V j Z U y h T 2 X G z Z 8 v j e V C M I J g W B o H h 8 5 S 9 N 8 5 v 2 n C G / N A n C L Y / A 5 + u M t x V n b J n 4 c u J k Q 6 a b W o w R 9 i 6 b F A A A A K f R 1 q 5 c G / e w R I E 7 q 5 b t z 2 m 5 Q l 3 z < / D a t a M a s h u p > 
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0E1C583D-D6AC-4E37-B164-CEB08725FFCA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/DataMashup"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>