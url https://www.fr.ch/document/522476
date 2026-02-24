--- v0 (2025-12-05)
+++ v1 (2026-02-24)
@@ -4,69 +4,69 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/connections.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.connections+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="L:\00 Bases statistiques et produits généraux\01 Synthèses\03 Site Internet\06 Pages sous-produits\03 Economie\0302 Activité professionnelle et temps de travail\2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="L:\00 Bases statistiques et produits généraux\01 Synthèses\03 Site Internet\06 Pages sous-produits\03 Economie\0302 Activité professionnelle et temps de travail\2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3ADF5BDF-C611-4E64-A718-F8E1CBC6332B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1091808A-D9A5-4BAD-9493-EF9A65883CE5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" tabRatio="723" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="723" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="te068" sheetId="12" r:id="rId1"/>
     <sheet name="Signes - Zeichen" sheetId="13" r:id="rId2"/>
     <sheet name="ESRI_MAPINFO_SHEET" sheetId="9" state="veryHidden" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_AMO_UniqueIdentifier" hidden="1">"'7615af9c-4c39-45be-bde5-41d245b495e1'"</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'te068'!$A$1:$Q$81</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'te068'!$A$1:$Q$83</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
 <connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16">
   <connection id="1" xr16:uid="{32C79B72-278B-4419-8300-52147BBCC91E}" keepAlive="1" name="Requête - TE23-068-agglo-IC-2024" description="Connexion à la requête « TE23-068-agglo-IC-2024 » dans le classeur." type="5" refreshedVersion="0" background="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=TE23-068-agglo-IC-2024;Extended Properties=&quot;&quot;" command="SELECT * FROM [TE23-068-agglo-IC-2024]"/>
   </connection>
   <connection id="2" xr16:uid="{F85F2F6E-6CBB-40D4-9663-1596B6E2DD1D}" keepAlive="1" name="Requête - TE23-068-agglo-IC-2024 (2)" description="Connexion à la requête « TE23-068-agglo-IC-2024 (2) » dans le classeur." type="5" refreshedVersion="8" background="1" saveData="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=&quot;TE23-068-agglo-IC-2024 (2)&quot;;Extended Properties=&quot;&quot;" command="SELECT * FROM [TE23-068-agglo-IC-2024 (2)]"/>
   </connection>
   <connection id="3" xr16:uid="{F7EC31DC-97A2-4B23-B29E-0B7B7D0C10D5}" keepAlive="1" name="Requête - TE23-068-agglo-IC-2024 (3)" description="Connexion à la requête « TE23-068-agglo-IC-2024 (3) » dans le classeur." type="5" refreshedVersion="8" background="1" saveData="1">
@@ -81,51 +81,51 @@
   <connection id="6" xr16:uid="{F1AA9707-8257-4AA8-B97C-6E89E84212AA}" keepAlive="1" name="Requête - TE23-068-cantons-IC-2024 (3)" description="Connexion à la requête « TE23-068-cantons-IC-2024 (3) » dans le classeur." type="5" refreshedVersion="8" background="1" saveData="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=&quot;TE23-068-cantons-IC-2024 (3)&quot;;Extended Properties=&quot;&quot;" command="SELECT * FROM [TE23-068-cantons-IC-2024 (3)]"/>
   </connection>
   <connection id="7" xr16:uid="{21988860-019F-4834-80AC-C9252E94B74E}" keepAlive="1" name="Requête - TE23-068-cantons-IC-2024 (4)" description="Connexion à la requête « TE23-068-cantons-IC-2024 (4) » dans le classeur." type="5" refreshedVersion="8" background="1" saveData="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=&quot;TE23-068-cantons-IC-2024 (4)&quot;;Extended Properties=&quot;&quot;" command="SELECT * FROM [TE23-068-cantons-IC-2024 (4)]"/>
   </connection>
   <connection id="8" xr16:uid="{9D13E5D3-A665-431E-9A4F-D66435C4C863}" keepAlive="1" name="Requête - TE23-068-districts-IC-2024" description="Connexion à la requête « TE23-068-districts-IC-2024 » dans le classeur." type="5" refreshedVersion="8" background="1" saveData="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=TE23-068-districts-IC-2024;Extended Properties=&quot;&quot;" command="SELECT * FROM [TE23-068-districts-IC-2024]"/>
   </connection>
   <connection id="9" xr16:uid="{EA55EADB-D5AC-441D-A256-5E7957A51C5B}" keepAlive="1" name="Requête - TE23-068-districts-IC-2024 (2)" description="Connexion à la requête « TE23-068-districts-IC-2024 (2) » dans le classeur." type="5" refreshedVersion="8" background="1" saveData="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=&quot;TE23-068-districts-IC-2024 (2)&quot;;Extended Properties=&quot;&quot;" command="SELECT * FROM [TE23-068-districts-IC-2024 (2)]"/>
   </connection>
   <connection id="10" xr16:uid="{4567836A-55D8-4C2E-836C-7D90926506B4}" keepAlive="1" name="Requête - TE23-068-seriechrono-IC-2024" description="Connexion à la requête « TE23-068-seriechrono-IC-2024 » dans le classeur." type="5" refreshedVersion="8" background="1" saveData="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=TE23-068-seriechrono-IC-2024;Extended Properties=&quot;&quot;" command="SELECT * FROM [TE23-068-seriechrono-IC-2024]"/>
   </connection>
   <connection id="11" xr16:uid="{338F1959-E64F-4F73-8F84-8296D56EC0FB}" keepAlive="1" name="Requête - TE23-068-seriechrono-IC-2024 (2)" description="Connexion à la requête « TE23-068-seriechrono-IC-2024 (2) » dans le classeur." type="5" refreshedVersion="8" background="1" saveData="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=&quot;TE23-068-seriechrono-IC-2024 (2)&quot;;Extended Properties=&quot;&quot;" command="SELECT * FROM [TE23-068-seriechrono-IC-2024 (2)]"/>
   </connection>
   <connection id="12" xr16:uid="{57FA9DDD-7ACE-42B3-8E2A-D60D447F025C}" keepAlive="1" name="Requête - TE23-068-seriechrono-IC-2024 (3)" description="Connexion à la requête « TE23-068-seriechrono-IC-2024 (3) » dans le classeur." type="5" refreshedVersion="0" background="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=&quot;TE23-068-seriechrono-IC-2024 (3)&quot;;Extended Properties=&quot;&quot;" command="SELECT * FROM [TE23-068-seriechrono-IC-2024 (3)]"/>
   </connection>
 </connections>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="154" uniqueCount="117">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="154" uniqueCount="116">
   <si>
     <t xml:space="preserve">Kanton Freiburg </t>
   </si>
   <si>
     <t>Canton de Fribourg</t>
   </si>
   <si>
     <t>Veveyse / Vivisbach</t>
   </si>
   <si>
     <t>Singine / Sense</t>
   </si>
   <si>
     <t>Lac / See</t>
   </si>
   <si>
     <t>Sarine / Saane</t>
   </si>
   <si>
     <t>Gruyère / Greyerz</t>
   </si>
   <si>
     <t>Glâne / Glane</t>
   </si>
   <si>
@@ -296,134 +296,87 @@
   </si>
   <si>
     <t>Intervalle de confiance: 
 ± (en %)
 Vertrauens- intervall: 
 ± (in %)</t>
   </si>
   <si>
     <t xml:space="preserve">Nombre absolu
 Anzahl </t>
   </si>
   <si>
     <t>(90-100%)</t>
   </si>
   <si>
     <t>(&lt; 50%)</t>
   </si>
   <si>
     <t>(50- 69%)</t>
   </si>
   <si>
     <t>(70-89%)</t>
   </si>
   <si>
     <t>...</t>
-  </si>
-[...31 lines deleted...]
-    <t>Erwerbspersonen nach Kanton, Bezirk und Agglomeration von 2010 bis 2023</t>
   </si>
   <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="6"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>1</t>
     </r>
     <r>
       <rPr>
         <sz val="6"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Estimation à partir d'un relevé par échantillon, chiffres basés sur la population résidante permanente de 15 ans et plus</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="6"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>1</t>
     </r>
     <r>
       <rPr>
         <sz val="6"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Schätzung aufgrund einer Stichprobenerhebung, Zahlen basierend auf der ständigen Wohnbevölkerung ab 15 Jahren</t>
-    </r>
-[...12 lines deleted...]
-      <t>r</t>
     </r>
   </si>
   <si>
     <r>
       <t>Situation en décembre, sans les personnes actives des ménages collectifs, sans les diplomates, fonctionnaires internationaux et membres de leurs familles</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="6"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>1</t>
     </r>
   </si>
   <si>
     <r>
       <t>Stand im Dezember, ohne die Erwerbspersonen der Kollektivhaushalte, ohne die Diplomaten, internationale Funktionäre und deren Angehörige</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="6"/>
         <rFont val="Arial"/>
@@ -552,180 +505,230 @@
       <t>Selon LAgg du 19.9.1995 et Statuts Agglo Fribourg-Freiburg 2008: Avry, Belfaux, Corminboeuf, Düdingen, Fribourg, Givisiez, Granges-Paccot, Marly, Matran, Villars-sur-Glâne</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="6"/>
         <color indexed="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>3</t>
     </r>
     <r>
       <rPr>
         <sz val="6"/>
         <color indexed="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Gemäss AggG vom 19.9.1995 und Statuten Agglo Fribourg-Freiburg 2008: Avry, Belfaux, Corminboeuf, Düdingen, Freiburg, Givisiez, Granges-Paccot, Marly, Matran, Villars-sur-Glâne</t>
     </r>
   </si>
   <si>
+    <t>Légende des signes</t>
+  </si>
+  <si>
+    <t>Zeichenerklärung</t>
+  </si>
+  <si>
+    <t>Signes</t>
+  </si>
+  <si>
+    <t>Explication</t>
+  </si>
+  <si>
+    <t>Zeichen</t>
+  </si>
+  <si>
+    <t>Erklärung</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>Valeur rigoureusement nulle ou inexistante</t>
+  </si>
+  <si>
+    <t>Es kommt nichts vor (Wert genau Null)</t>
+  </si>
+  <si>
+    <t>0 ou 0,0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Valeur très faible, arrondie à zéro, mais non nulle </t>
+  </si>
+  <si>
+    <t>0 oder 0,0</t>
+  </si>
+  <si>
+    <t>Sehr kleiner Wert, auf Null gerundet, aber nicht genau null</t>
+  </si>
+  <si>
+    <t>(chiffre)</t>
+  </si>
+  <si>
+    <t>Résultat à interpréter avec prudence (trop peu d'observations)</t>
+  </si>
+  <si>
+    <t>(Zahl)</t>
+  </si>
+  <si>
+    <t>Resultat mit Vorsicht zu interpretieren (zu wenige Beobachtungen)</t>
+  </si>
+  <si>
+    <t>( )</t>
+  </si>
+  <si>
+    <t>Donnée confidentielle, non communiquée pour des raisons de protection des données</t>
+  </si>
+  <si>
+    <t>Zahlenangabe unterbleibt aus Gründen des Datenschutzes</t>
+  </si>
+  <si>
+    <t>Donnée inconnue, inconcevable ou non mentionnée pour des raisons statistiques</t>
+  </si>
+  <si>
+    <t>Zahl nicht bekannt, gegenstandslos oder aus statistischen Gründen nicht aufgeführt</t>
+  </si>
+  <si>
+    <t>r</t>
+  </si>
+  <si>
+    <t>Donnée revue et corrigée</t>
+  </si>
+  <si>
+    <t>Korrigierter Wert</t>
+  </si>
+  <si>
+    <t>p</t>
+  </si>
+  <si>
+    <t>Donnée provisoire</t>
+  </si>
+  <si>
+    <t>Provisorischer Wert</t>
+  </si>
+  <si>
+    <t>e</t>
+  </si>
+  <si>
+    <t>Donnée estimée</t>
+  </si>
+  <si>
+    <t>Geschätzter Wert</t>
+  </si>
+  <si>
+    <t>Personnes actives, par canton, district et agglomération, de 2010 à 2024</t>
+  </si>
+  <si>
+    <t>Erwerbspersonen nach Kanton, Bezirk und Agglomeration von 2010 bis 2024</t>
+  </si>
+  <si>
+    <t>Suisse / Schweiz (2024)</t>
+  </si>
+  <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="6"/>
         <color indexed="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>4</t>
     </r>
     <r>
       <rPr>
         <sz val="6"/>
         <color indexed="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>Selon le projet d'agglomération Mobul: Bulle, Morlon, Le Pâquier, Riaz, Vuadens / Gemäss Mobul-Agglomerationsprojekt: Bulle, Morlon, Le Pâquier, Riaz, Vuadens</t>
+      <t>Selon les statuts de l'association de communes Mobul 2024: Broc, Bulle, Echarlens, Gruyères, Le Pâquier, Marsens, Morlon,  Riaz, Vuadens</t>
     </r>
   </si>
   <si>
-    <t>Légende des signes</t>
-[...89 lines deleted...]
-    <t>Geschätzter Wert</t>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="6"/>
+        <color indexed="8"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>4</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="6"/>
+        <color indexed="8"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Gemäss Statuten des Gemeindeverbands Mobul 2024: Broc, Bulle, Echarlens, Gruyères, Le Pâquier, Marsens, Morlon,  Riaz, Vuadens</t>
+    </r>
+  </si>
+  <si>
+    <t>Source : Relevé structurel 2010-2024 - Office fédéral de la statistique, Neuchâtel</t>
+  </si>
+  <si>
+    <t>Quelle: Strukturerhebung 2010-2024 - Bundesamt für Statistik, Neuenburg, te26-068</t>
+  </si>
+  <si>
+    <t>Actualisation / Aktualisiert am: 10.02.2026</t>
+  </si>
+  <si>
+    <t>Canton de Fribourg (2024)</t>
+  </si>
+  <si>
+    <t>Kanton Freiburg (2024)</t>
+  </si>
+  <si>
+    <t>Agglomérations (2024)</t>
+  </si>
+  <si>
+    <t>Agglomerationen (2024)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="11">
+  <numFmts count="10">
     <numFmt numFmtId="164" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="165" formatCode="0.0"/>
     <numFmt numFmtId="166" formatCode="&quot;(&quot;#,##0&quot;)&quot;"/>
     <numFmt numFmtId="167" formatCode="#,##0;\-#,##0;&quot;-&quot;"/>
     <numFmt numFmtId="168" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="169" formatCode="_-* #,##0.00\ _€_-;\-* #,##0.00\ _€_-;_-* &quot;-&quot;??\ _€_-;_-@_-"/>
     <numFmt numFmtId="170" formatCode="&quot;(&quot;#,##0&quot;)&quot;;&quot;(&quot;\-#,##0&quot;)&quot;;&quot;-&quot;"/>
     <numFmt numFmtId="171" formatCode="#,##0.0;\-#,##0.0;&quot;-&quot;"/>
-    <numFmt numFmtId="172" formatCode="&quot;(&quot;#,##0.0&quot;)&quot;"/>
-[...1 lines deleted...]
-    <numFmt numFmtId="174" formatCode="&quot;(&quot;#,##0.0&quot;)&quot;;&quot;(&quot;\-#,##0.0&quot;)&quot;;&quot;-&quot;"/>
+    <numFmt numFmtId="172" formatCode="#,##0.0"/>
+    <numFmt numFmtId="173" formatCode="&quot;(&quot;#,##0.0&quot;)&quot;;&quot;(&quot;\-#,##0.0&quot;)&quot;;&quot;-&quot;"/>
   </numFmts>
   <fonts count="24" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Helv"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
@@ -1037,82 +1040,79 @@
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="14">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="168" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="169" fontId="16" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="168" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="93">
+  <cellXfs count="88">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="5" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="15" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="8" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="167" fontId="7" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="167" fontId="5" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="170" fontId="5" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="7" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="7" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
@@ -1141,212 +1141,200 @@
     </xf>
     <xf numFmtId="3" fontId="5" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="7" fillId="2" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="7" fillId="2" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="12" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="167" fontId="5" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="5" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="167" fontId="5" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="167" fontId="7" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="10" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="13" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="10" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="5" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="7" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="171" fontId="7" fillId="2" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="171" fontId="5" fillId="0" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="166" fontId="5" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="171" fontId="5" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="172" fontId="7" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="172" fontId="7" fillId="2" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="173" fontId="5" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="172" fontId="7" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="172" fontId="8" fillId="0" borderId="10" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="172" fontId="5" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="172" fontId="5" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="171" fontId="7" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
-[...28 lines deleted...]
-    </xf>
     <xf numFmtId="165" fontId="8" fillId="0" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="21" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="21" fillId="2" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="20" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="20" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="20" fillId="2" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="173" fontId="5" fillId="0" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
-    </xf>
-[...25 lines deleted...]
-      <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="6"/>
     <xf numFmtId="0" fontId="22" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="6" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="14" xfId="6" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="7" xfId="6" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="8" xfId="6" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="3" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="8" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="6" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="6" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="8" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="3" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="6" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="10" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="6" applyFont="1"/>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="165" fontId="7" fillId="2" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="5" fillId="0" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="7" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="12" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="12" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="11" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
   </cellXfs>
   <cellStyles count="14">
     <cellStyle name="Komma 3" xfId="10" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="Milliers 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Milliers 3" xfId="8" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Milliers 4" xfId="12" xr:uid="{E5677026-28C7-4A98-96CF-31B3CAEBF4DC}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="Normal 2 2" xfId="4" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="Normal 3" xfId="5" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="Normal 4" xfId="3" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
     <cellStyle name="Normal 5" xfId="6" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="Normal 6" xfId="7" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
     <cellStyle name="Normal 7" xfId="11" xr:uid="{CC2904E4-1F02-4662-A148-47248DD4EE9C}"/>
     <cellStyle name="Pourcentage 2" xfId="9" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
     <cellStyle name="Pourcentage 3" xfId="13" xr:uid="{1CD0D824-CBE0-4E8C-9576-AE8217355A61}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
@@ -1735,3585 +1723,3693 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:S84"/>
+  <dimension ref="A1:S86"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="120" zoomScaleNormal="120" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="9" defaultRowHeight="8.5" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="9" defaultRowHeight="9" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="19.453125" style="1" customWidth="1"/>
-    <col min="2" max="16" width="10.1796875" style="1" customWidth="1"/>
+    <col min="1" max="1" width="19.42578125" style="1" customWidth="1"/>
+    <col min="2" max="16" width="10.140625" style="1" customWidth="1"/>
     <col min="17" max="17" width="10" style="1" customWidth="1"/>
     <col min="18" max="16384" width="9" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:17" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:18" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="6" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:17" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="2" spans="1:18" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="7" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:17" ht="9.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="3" spans="1:18" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="1" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="4" spans="1:17" ht="9" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:18" ht="9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="4" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:17" ht="9" customHeight="1" x14ac:dyDescent="0.3">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="5" spans="1:18" ht="9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="4" t="s">
-        <v>78</v>
-[...4 lines deleted...]
-      <c r="A7" s="15" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="6" spans="1:18" ht="9" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B6" s="32"/>
+      <c r="D6" s="32"/>
+      <c r="F6" s="32"/>
+      <c r="H6" s="32"/>
+      <c r="J6" s="32"/>
+      <c r="L6" s="32"/>
+      <c r="N6" s="32"/>
+      <c r="P6" s="32"/>
+    </row>
+    <row r="7" spans="1:18" ht="9" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="14" t="s">
         <v>46</v>
       </c>
-      <c r="B7" s="18" t="s">
+      <c r="B7" s="17" t="s">
         <v>44</v>
       </c>
-      <c r="C7" s="19"/>
-[...12 lines deleted...]
-      <c r="P7" s="67" t="s">
+      <c r="C7" s="18"/>
+      <c r="D7" s="18"/>
+      <c r="E7" s="18"/>
+      <c r="F7" s="18"/>
+      <c r="G7" s="18"/>
+      <c r="H7" s="18"/>
+      <c r="I7" s="18"/>
+      <c r="J7" s="18"/>
+      <c r="K7" s="18"/>
+      <c r="L7" s="18"/>
+      <c r="M7" s="18"/>
+      <c r="N7" s="18"/>
+      <c r="O7" s="19"/>
+      <c r="P7" s="83" t="s">
         <v>54</v>
       </c>
-      <c r="Q7" s="68"/>
-[...3 lines deleted...]
-      <c r="B8" s="67" t="s">
+      <c r="Q7" s="84"/>
+    </row>
+    <row r="8" spans="1:18" ht="9" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="15"/>
+      <c r="B8" s="83" t="s">
         <v>42</v>
       </c>
-      <c r="C8" s="68"/>
-      <c r="D8" s="71" t="s">
+      <c r="C8" s="84"/>
+      <c r="D8" s="85" t="s">
         <v>41</v>
       </c>
-      <c r="E8" s="72"/>
-[...8 lines deleted...]
-      <c r="N8" s="69" t="s">
+      <c r="E8" s="86"/>
+      <c r="F8" s="86"/>
+      <c r="G8" s="86"/>
+      <c r="H8" s="86"/>
+      <c r="I8" s="86"/>
+      <c r="J8" s="86"/>
+      <c r="K8" s="86"/>
+      <c r="L8" s="86"/>
+      <c r="M8" s="87"/>
+      <c r="N8" s="79" t="s">
         <v>53</v>
       </c>
-      <c r="O8" s="70"/>
-      <c r="P8" s="69" t="s">
+      <c r="O8" s="80"/>
+      <c r="P8" s="79" t="s">
         <v>55</v>
       </c>
-      <c r="Q8" s="70"/>
-[...5 lines deleted...]
-      <c r="D9" s="69" t="s">
+      <c r="Q8" s="80"/>
+    </row>
+    <row r="9" spans="1:18" ht="9" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="15"/>
+      <c r="B9" s="30"/>
+      <c r="C9" s="29"/>
+      <c r="D9" s="79" t="s">
         <v>40</v>
       </c>
-      <c r="E9" s="70"/>
-      <c r="F9" s="69" t="s">
+      <c r="E9" s="80"/>
+      <c r="F9" s="79" t="s">
         <v>39</v>
       </c>
-      <c r="G9" s="70"/>
-      <c r="H9" s="69" t="s">
+      <c r="G9" s="80"/>
+      <c r="H9" s="79" t="s">
         <v>47</v>
       </c>
-      <c r="I9" s="70"/>
-      <c r="J9" s="69" t="s">
+      <c r="I9" s="80"/>
+      <c r="J9" s="79" t="s">
         <v>48</v>
       </c>
-      <c r="K9" s="70"/>
-      <c r="L9" s="69" t="s">
+      <c r="K9" s="80"/>
+      <c r="L9" s="79" t="s">
         <v>49</v>
       </c>
-      <c r="M9" s="70"/>
-      <c r="N9" s="69" t="s">
+      <c r="M9" s="80"/>
+      <c r="N9" s="79" t="s">
         <v>36</v>
       </c>
-      <c r="O9" s="70"/>
-      <c r="P9" s="69" t="s">
+      <c r="O9" s="80"/>
+      <c r="P9" s="79" t="s">
         <v>35</v>
       </c>
-      <c r="Q9" s="70"/>
-[...5 lines deleted...]
-      <c r="D10" s="69" t="s">
+      <c r="Q9" s="80"/>
+    </row>
+    <row r="10" spans="1:18" ht="9" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="15"/>
+      <c r="B10" s="30"/>
+      <c r="C10" s="29"/>
+      <c r="D10" s="79" t="s">
         <v>38</v>
       </c>
-      <c r="E10" s="70"/>
-      <c r="F10" s="69" t="s">
+      <c r="E10" s="80"/>
+      <c r="F10" s="79" t="s">
         <v>37</v>
       </c>
-      <c r="G10" s="70"/>
-      <c r="H10" s="69" t="s">
+      <c r="G10" s="80"/>
+      <c r="H10" s="79" t="s">
         <v>50</v>
       </c>
-      <c r="I10" s="70"/>
-      <c r="J10" s="69" t="s">
+      <c r="I10" s="80"/>
+      <c r="J10" s="79" t="s">
         <v>51</v>
       </c>
-      <c r="K10" s="70"/>
-      <c r="L10" s="69" t="s">
+      <c r="K10" s="80"/>
+      <c r="L10" s="79" t="s">
         <v>52</v>
       </c>
-      <c r="M10" s="70"/>
-[...2 lines deleted...]
-      <c r="P10" s="69" t="s">
+      <c r="M10" s="80"/>
+      <c r="N10" s="81"/>
+      <c r="O10" s="82"/>
+      <c r="P10" s="79" t="s">
         <v>45</v>
       </c>
-      <c r="Q10" s="70"/>
-[...7 lines deleted...]
-      <c r="F11" s="38" t="s">
+      <c r="Q10" s="80"/>
+    </row>
+    <row r="11" spans="1:18" s="39" customFormat="1" ht="9" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="38"/>
+      <c r="B11" s="36"/>
+      <c r="C11" s="37"/>
+      <c r="D11" s="36"/>
+      <c r="E11" s="37"/>
+      <c r="F11" s="36" t="s">
         <v>58</v>
       </c>
-      <c r="G11" s="39"/>
-      <c r="H11" s="38" t="s">
+      <c r="G11" s="37"/>
+      <c r="H11" s="36" t="s">
         <v>61</v>
       </c>
-      <c r="I11" s="39"/>
-      <c r="J11" s="38" t="s">
+      <c r="I11" s="37"/>
+      <c r="J11" s="36" t="s">
         <v>60</v>
       </c>
-      <c r="K11" s="39"/>
-      <c r="L11" s="38" t="s">
+      <c r="K11" s="37"/>
+      <c r="L11" s="36" t="s">
         <v>59</v>
       </c>
-      <c r="M11" s="39"/>
-[...7 lines deleted...]
-      <c r="B12" s="36" t="s">
+      <c r="M11" s="37"/>
+      <c r="N11" s="36"/>
+      <c r="O11" s="37"/>
+      <c r="P11" s="36"/>
+      <c r="Q11" s="40"/>
+    </row>
+    <row r="12" spans="1:18" ht="52.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="16"/>
+      <c r="B12" s="34" t="s">
         <v>57</v>
       </c>
-      <c r="C12" s="37" t="s">
+      <c r="C12" s="35" t="s">
         <v>56</v>
       </c>
-      <c r="D12" s="36" t="s">
+      <c r="D12" s="34" t="s">
         <v>57</v>
       </c>
-      <c r="E12" s="36" t="s">
+      <c r="E12" s="34" t="s">
         <v>56</v>
       </c>
-      <c r="F12" s="36" t="s">
+      <c r="F12" s="34" t="s">
         <v>57</v>
       </c>
-      <c r="G12" s="37" t="s">
+      <c r="G12" s="35" t="s">
         <v>56</v>
       </c>
-      <c r="H12" s="36" t="s">
+      <c r="H12" s="34" t="s">
         <v>57</v>
       </c>
-      <c r="I12" s="37" t="s">
+      <c r="I12" s="35" t="s">
         <v>56</v>
       </c>
-      <c r="J12" s="36" t="s">
+      <c r="J12" s="34" t="s">
         <v>57</v>
       </c>
-      <c r="K12" s="37" t="s">
+      <c r="K12" s="35" t="s">
         <v>56</v>
       </c>
-      <c r="L12" s="36" t="s">
+      <c r="L12" s="34" t="s">
         <v>57</v>
       </c>
-      <c r="M12" s="37" t="s">
+      <c r="M12" s="35" t="s">
         <v>56</v>
       </c>
-      <c r="N12" s="36" t="s">
+      <c r="N12" s="34" t="s">
         <v>57</v>
       </c>
-      <c r="O12" s="37" t="s">
+      <c r="O12" s="35" t="s">
         <v>56</v>
       </c>
-      <c r="P12" s="36" t="s">
+      <c r="P12" s="34" t="s">
         <v>57</v>
       </c>
-      <c r="Q12" s="37" t="s">
+      <c r="Q12" s="35" t="s">
         <v>56</v>
       </c>
     </row>
-    <row r="13" spans="1:17" s="2" customFormat="1" ht="9" customHeight="1" x14ac:dyDescent="0.3">
-[...53 lines deleted...]
-      <c r="A14" s="21" t="s">
+    <row r="13" spans="1:18" s="2" customFormat="1" ht="9" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="22" t="s">
+        <v>106</v>
+      </c>
+      <c r="B13" s="13">
+        <v>4824333.0213823402</v>
+      </c>
+      <c r="C13" s="42">
+        <v>0.30004556220544898</v>
+      </c>
+      <c r="D13" s="13">
+        <v>4583666.2790938905</v>
+      </c>
+      <c r="E13" s="42">
+        <v>0.31774590658645002</v>
+      </c>
+      <c r="F13" s="13">
+        <v>3099858.7045491799</v>
+      </c>
+      <c r="G13" s="42">
+        <v>0.47533475172077999</v>
+      </c>
+      <c r="H13" s="13">
+        <v>571684.01424721302</v>
+      </c>
+      <c r="I13" s="42">
+        <v>1.3443019448114499</v>
+      </c>
+      <c r="J13" s="13">
+        <v>452897.70433702401</v>
+      </c>
+      <c r="K13" s="42">
+        <v>1.5374466798875901</v>
+      </c>
+      <c r="L13" s="13">
+        <v>459225.85596047901</v>
+      </c>
+      <c r="M13" s="42">
+        <v>1.5372640559926001</v>
+      </c>
+      <c r="N13" s="13">
+        <v>240666.742288451</v>
+      </c>
+      <c r="O13" s="42">
+        <v>2.20991088595843</v>
+      </c>
+      <c r="P13" s="13">
+        <v>4583666.2790938905</v>
+      </c>
+      <c r="Q13" s="76">
+        <v>0.31774590658645002</v>
+      </c>
+      <c r="R13" s="78"/>
+    </row>
+    <row r="14" spans="1:18" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="20" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="5">
-        <v>397617.91654128698</v>
-[...2 lines deleted...]
-        <v>0.78362631187041099</v>
+        <v>404077.08391903702</v>
+      </c>
+      <c r="C14" s="41">
+        <v>0.78593666918095295</v>
       </c>
       <c r="D14" s="5">
-        <v>382016.48550222599</v>
-[...2 lines deleted...]
-        <v>0.82147298945860503</v>
+        <v>386200.71314484498</v>
+      </c>
+      <c r="E14" s="41">
+        <v>0.82788542296271095</v>
       </c>
       <c r="F14" s="5">
-        <v>263340.22431887197</v>
-[...2 lines deleted...]
-        <v>1.2220251583054</v>
+        <v>264767.37852775003</v>
+      </c>
+      <c r="G14" s="41">
+        <v>1.23814960146106</v>
       </c>
       <c r="H14" s="5">
-        <v>41349.023840822003</v>
-[...14 lines deleted...]
-        <v>3.9387833480033398</v>
+        <v>43056.749952607002</v>
+      </c>
+      <c r="I14" s="41">
+        <v>3.7586093519280999</v>
+      </c>
+      <c r="J14" s="5">
+        <v>38026.942541634002</v>
+      </c>
+      <c r="K14" s="41">
+        <v>4.0259381650511203</v>
+      </c>
+      <c r="L14" s="5">
+        <v>40349.642122853998</v>
+      </c>
+      <c r="M14" s="41">
+        <v>3.9139807066464098</v>
       </c>
       <c r="N14" s="5">
-        <v>15601.431039061001</v>
-[...12 lines deleted...]
-      <c r="A15" s="21" t="s">
+        <v>17876.370774192001</v>
+      </c>
+      <c r="O14" s="41">
+        <v>6.4987578290266104</v>
+      </c>
+      <c r="P14" s="5">
+        <v>304032.80617096397</v>
+      </c>
+      <c r="Q14" s="77">
+        <v>1.41921070184797</v>
+      </c>
+      <c r="R14" s="78"/>
+    </row>
+    <row r="15" spans="1:18" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="20" t="s">
         <v>33</v>
       </c>
       <c r="B15" s="5">
-        <v>29642.338808122</v>
-[...2 lines deleted...]
-        <v>4.3008678106892901</v>
+        <v>30312.426214532999</v>
+      </c>
+      <c r="C15" s="41">
+        <v>4.2318441532886704</v>
       </c>
       <c r="D15" s="5">
-        <v>28863.216791792001</v>
-[...2 lines deleted...]
-        <v>4.4191697366409697</v>
+        <v>29388.978766463999</v>
+      </c>
+      <c r="E15" s="41">
+        <v>4.3765750820284897</v>
       </c>
       <c r="F15" s="5">
-        <v>17710.568581477</v>
-[...2 lines deleted...]
-        <v>7.2341364908505197</v>
+        <v>19074.360868076001</v>
+      </c>
+      <c r="G15" s="41">
+        <v>6.7664139745585397</v>
       </c>
       <c r="H15" s="5">
-        <v>3666.957091881</v>
-[...30 lines deleted...]
-      <c r="A16" s="21" t="s">
+        <v>3627.2761299809999</v>
+      </c>
+      <c r="I15" s="41">
+        <v>18.7903819142091</v>
+      </c>
+      <c r="J15" s="5">
+        <v>2538.4302500270001</v>
+      </c>
+      <c r="K15" s="41">
+        <v>22.787990874630001</v>
+      </c>
+      <c r="L15" s="5">
+        <v>4148.9115183800004</v>
+      </c>
+      <c r="M15" s="41">
+        <v>17.695389244610599</v>
+      </c>
+      <c r="N15" s="11">
+        <v>923.44744806899996</v>
+      </c>
+      <c r="O15" s="47">
+        <v>41.843761341830202</v>
+      </c>
+      <c r="P15" s="5">
+        <v>22869.969889319</v>
+      </c>
+      <c r="Q15" s="77">
+        <v>7.1800311076787198</v>
+      </c>
+      <c r="R15" s="78"/>
+    </row>
+    <row r="16" spans="1:18" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="20" t="s">
         <v>32</v>
       </c>
       <c r="B16" s="5">
-        <v>9558.0748034349999</v>
-[...2 lines deleted...]
-        <v>7.2122732727933396</v>
+        <v>8783.6274753500002</v>
+      </c>
+      <c r="C16" s="41">
+        <v>7.7719632473409401</v>
       </c>
       <c r="D16" s="5">
-        <v>9487.0326090229992</v>
-[...2 lines deleted...]
-        <v>7.3031086084388903</v>
+        <v>8706.2918298730001</v>
+      </c>
+      <c r="E16" s="41">
+        <v>7.8576283283045099</v>
       </c>
       <c r="F16" s="5">
-        <v>6755.8122100689998</v>
-[...20 lines deleted...]
-        <v>37.023909092687603</v>
+        <v>5537.4535961230004</v>
+      </c>
+      <c r="G16" s="41">
+        <v>12.554693679013701</v>
+      </c>
+      <c r="H16" s="11">
+        <v>1029.798369783</v>
+      </c>
+      <c r="I16" s="47">
+        <v>34.744838275034297</v>
+      </c>
+      <c r="J16" s="11">
+        <v>818.57153191400005</v>
+      </c>
+      <c r="K16" s="47">
+        <v>39.217493259015001</v>
+      </c>
+      <c r="L16" s="11">
+        <v>1320.468332053</v>
+      </c>
+      <c r="M16" s="47">
+        <v>30.3818222856723</v>
       </c>
       <c r="N16" s="5" t="s">
-        <v>63</v>
-[...12 lines deleted...]
-      <c r="A17" s="21" t="s">
+        <v>62</v>
+      </c>
+      <c r="O16" s="41" t="s">
+        <v>62</v>
+      </c>
+      <c r="P16" s="5">
+        <v>8044.3665280320001</v>
+      </c>
+      <c r="Q16" s="77">
+        <v>11.648500199676199</v>
+      </c>
+      <c r="R16" s="78"/>
+    </row>
+    <row r="17" spans="1:18" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="20" t="s">
         <v>31</v>
       </c>
       <c r="B17" s="5">
-        <v>152557.05435367499</v>
-[...2 lines deleted...]
-        <v>1.93671031222249</v>
+        <v>151925.81574666701</v>
+      </c>
+      <c r="C17" s="41">
+        <v>1.9491554222307499</v>
       </c>
       <c r="D17" s="5">
-        <v>146942.17707677701</v>
-[...2 lines deleted...]
-        <v>2.0130106943392101</v>
+        <v>144378.13412339601</v>
+      </c>
+      <c r="E17" s="41">
+        <v>2.0498301305125999</v>
       </c>
       <c r="F17" s="5">
-        <v>95778.324678938996</v>
-[...2 lines deleted...]
-        <v>3.0353228487338599</v>
+        <v>94898.143759622995</v>
+      </c>
+      <c r="G17" s="41">
+        <v>3.0414195307330201</v>
       </c>
       <c r="H17" s="5">
-        <v>17740.511885075</v>
-[...14 lines deleted...]
-        <v>8.5873675788296993</v>
+        <v>17771.746396096001</v>
+      </c>
+      <c r="I17" s="41">
+        <v>8.3539074875854293</v>
+      </c>
+      <c r="J17" s="5">
+        <v>16223.978081066</v>
+      </c>
+      <c r="K17" s="41">
+        <v>8.8423719889703492</v>
+      </c>
+      <c r="L17" s="5">
+        <v>15484.265886611</v>
+      </c>
+      <c r="M17" s="41">
+        <v>9.1265563223062802</v>
       </c>
       <c r="N17" s="5">
-        <v>5614.8772768979998</v>
-[...12 lines deleted...]
-      <c r="A18" s="21" t="s">
+        <v>7547.6816232709998</v>
+      </c>
+      <c r="O17" s="41">
+        <v>14.2917904300019</v>
+      </c>
+      <c r="P17" s="5">
+        <v>118322.292660925</v>
+      </c>
+      <c r="Q17" s="77">
+        <v>2.9793873591227502</v>
+      </c>
+      <c r="R17" s="78"/>
+    </row>
+    <row r="18" spans="1:18" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="20" t="s">
         <v>30</v>
       </c>
       <c r="B18" s="5">
-        <v>105057.23108919901</v>
-[...2 lines deleted...]
-        <v>2.31133019737229</v>
+        <v>106891.93348576099</v>
+      </c>
+      <c r="C18" s="41">
+        <v>2.2570162606061399</v>
       </c>
       <c r="D18" s="5">
-        <v>98362.731566340997</v>
-[...2 lines deleted...]
-        <v>2.48642950867549</v>
+        <v>100063.724027319</v>
+      </c>
+      <c r="E18" s="41">
+        <v>2.4381281606535801</v>
       </c>
       <c r="F18" s="5">
-        <v>64695.445857346996</v>
-[...2 lines deleted...]
-        <v>3.7239637770903</v>
+        <v>65821.403478622</v>
+      </c>
+      <c r="G18" s="41">
+        <v>3.6494387082841402</v>
       </c>
       <c r="H18" s="5">
-        <v>13897.801593888</v>
-[...14 lines deleted...]
-        <v>11.700031599907</v>
+        <v>14578.105280236001</v>
+      </c>
+      <c r="I18" s="41">
+        <v>9.4192515189478403</v>
+      </c>
+      <c r="J18" s="5">
+        <v>9983.6019975639992</v>
+      </c>
+      <c r="K18" s="41">
+        <v>11.749553358696801</v>
+      </c>
+      <c r="L18" s="5">
+        <v>9680.6132708969999</v>
+      </c>
+      <c r="M18" s="41">
+        <v>12.239921764355</v>
       </c>
       <c r="N18" s="5">
-        <v>6694.4995228580001</v>
-[...12 lines deleted...]
-      <c r="A19" s="21" t="s">
+        <v>6828.2094584420001</v>
+      </c>
+      <c r="O18" s="41">
+        <v>14.893905699848901</v>
+      </c>
+      <c r="P18" s="5">
+        <v>136454.960074576</v>
+      </c>
+      <c r="Q18" s="77">
+        <v>2.70543418526823</v>
+      </c>
+      <c r="R18" s="78"/>
+    </row>
+    <row r="19" spans="1:18" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="20" t="s">
         <v>29</v>
       </c>
       <c r="B19" s="5">
-        <v>570144.96103459899</v>
-[...2 lines deleted...]
-        <v>0.94077039798526196</v>
+        <v>573917.72000172106</v>
+      </c>
+      <c r="C19" s="41">
+        <v>0.95534056778786403</v>
       </c>
       <c r="D19" s="5">
-        <v>553464.34325563104</v>
-[...2 lines deleted...]
-        <v>0.97328653810251398</v>
+        <v>553923.050111313</v>
+      </c>
+      <c r="E19" s="41">
+        <v>0.99416141264360602</v>
       </c>
       <c r="F19" s="5">
-        <v>349230.68328650499</v>
-[...2 lines deleted...]
-        <v>1.55279908310667</v>
+        <v>344218.21806751197</v>
+      </c>
+      <c r="G19" s="41">
+        <v>1.5997693535919499</v>
       </c>
       <c r="H19" s="5">
-        <v>77526.365226587994</v>
-[...14 lines deleted...]
-        <v>4.41444538174449</v>
+        <v>81704.576175790004</v>
+      </c>
+      <c r="I19" s="41">
+        <v>3.8375994913465501</v>
+      </c>
+      <c r="J19" s="5">
+        <v>62252.255758284002</v>
+      </c>
+      <c r="K19" s="41">
+        <v>4.4632758107861301</v>
+      </c>
+      <c r="L19" s="5">
+        <v>65748.000109727</v>
+      </c>
+      <c r="M19" s="41">
+        <v>4.3389134121786901</v>
       </c>
       <c r="N19" s="5">
-        <v>16680.617778968</v>
-[...12 lines deleted...]
-      <c r="A20" s="21" t="s">
+        <v>19994.669890408</v>
+      </c>
+      <c r="O19" s="41">
+        <v>8.7021866486432504</v>
+      </c>
+      <c r="P19" s="5">
+        <v>586752.53553331096</v>
+      </c>
+      <c r="Q19" s="77">
+        <v>1.1151272553254701</v>
+      </c>
+      <c r="R19" s="78"/>
+    </row>
+    <row r="20" spans="1:18" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="20" t="s">
         <v>28</v>
       </c>
       <c r="B20" s="5">
-        <v>184307.70957028901</v>
-[...2 lines deleted...]
-        <v>1.6374919204984699</v>
+        <v>185893.63348915899</v>
+      </c>
+      <c r="C20" s="41">
+        <v>1.6387044613916699</v>
       </c>
       <c r="D20" s="5">
-        <v>175152.61245565</v>
-[...2 lines deleted...]
-        <v>1.73663071447664</v>
+        <v>176902.70997565499</v>
+      </c>
+      <c r="E20" s="41">
+        <v>1.7355561129577199</v>
       </c>
       <c r="F20" s="5">
-        <v>117246.20798551499</v>
-[...2 lines deleted...]
-        <v>2.6228951133976999</v>
+        <v>118929.817221787</v>
+      </c>
+      <c r="G20" s="41">
+        <v>2.6518415521312999</v>
       </c>
       <c r="H20" s="5">
-        <v>22982.745871018</v>
-[...14 lines deleted...]
-        <v>8.9743496178338997</v>
+        <v>23121.088723041001</v>
+      </c>
+      <c r="I20" s="41">
+        <v>7.1129388844037997</v>
+      </c>
+      <c r="J20" s="5">
+        <v>18942.769190494</v>
+      </c>
+      <c r="K20" s="41">
+        <v>7.9259917677485898</v>
+      </c>
+      <c r="L20" s="5">
+        <v>15909.034840333001</v>
+      </c>
+      <c r="M20" s="41">
+        <v>9.0210572568719396</v>
       </c>
       <c r="N20" s="5">
-        <v>9155.0971146390002</v>
-[...12 lines deleted...]
-      <c r="A21" s="21" t="s">
+        <v>8990.9235135039999</v>
+      </c>
+      <c r="O20" s="41">
+        <v>12.931058224381699</v>
+      </c>
+      <c r="P20" s="5">
+        <v>140562.289291461</v>
+      </c>
+      <c r="Q20" s="77">
+        <v>2.44988744108612</v>
+      </c>
+      <c r="R20" s="78"/>
+    </row>
+    <row r="21" spans="1:18" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="20" t="s">
         <v>27</v>
       </c>
       <c r="B21" s="5">
-        <v>241476.83816136999</v>
-[...2 lines deleted...]
-        <v>1.13186739112987</v>
+        <v>243265.68507739899</v>
+      </c>
+      <c r="C21" s="41">
+        <v>1.1637525539370801</v>
       </c>
       <c r="D21" s="5">
-        <v>215833.799839607</v>
-[...2 lines deleted...]
-        <v>1.2614868917177999</v>
+        <v>216158.819893084</v>
+      </c>
+      <c r="E21" s="41">
+        <v>1.3005146999445201</v>
       </c>
       <c r="F21" s="5">
-        <v>150335.946395365</v>
-[...2 lines deleted...]
-        <v>1.7488389557575901</v>
+        <v>151283.85704818601</v>
+      </c>
+      <c r="G21" s="41">
+        <v>1.7882612921838801</v>
       </c>
       <c r="H21" s="5">
-        <v>30946.644126542</v>
-[...14 lines deleted...]
-        <v>6.5561802688185304</v>
+        <v>30117.177068502999</v>
+      </c>
+      <c r="I21" s="41">
+        <v>4.6822777751006903</v>
+      </c>
+      <c r="J21" s="5">
+        <v>17993.604737277001</v>
+      </c>
+      <c r="K21" s="41">
+        <v>6.3729277927926304</v>
+      </c>
+      <c r="L21" s="5">
+        <v>16764.181039118001</v>
+      </c>
+      <c r="M21" s="41">
+        <v>6.7605843515316204</v>
       </c>
       <c r="N21" s="5">
-        <v>25643.038321763001</v>
-[...12 lines deleted...]
-      <c r="A22" s="21" t="s">
+        <v>27106.865184315</v>
+      </c>
+      <c r="O21" s="41">
+        <v>5.5040997451103797</v>
+      </c>
+      <c r="P21" s="5">
+        <v>234344.926120622</v>
+      </c>
+      <c r="Q21" s="77">
+        <v>1.39281725704403</v>
+      </c>
+      <c r="R21" s="78"/>
+    </row>
+    <row r="22" spans="1:18" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="20" t="s">
         <v>26</v>
       </c>
       <c r="B22" s="5">
-        <v>21854.891657370001</v>
-[...2 lines deleted...]
-        <v>5.2593951264824303</v>
+        <v>22884.244719327999</v>
+      </c>
+      <c r="C22" s="41">
+        <v>4.89476138125963</v>
       </c>
       <c r="D22" s="5">
-        <v>21298.514977159</v>
-[...2 lines deleted...]
-        <v>5.4052444623881097</v>
+        <v>22373.952143859999</v>
+      </c>
+      <c r="E22" s="41">
+        <v>5.0259294919133</v>
       </c>
       <c r="F22" s="5">
-        <v>14552.136209765</v>
-[...8 lines deleted...]
-        <v>28.3752898712122</v>
+        <v>16057.867315366</v>
+      </c>
+      <c r="G22" s="41">
+        <v>7.2251364396794804</v>
+      </c>
+      <c r="H22" s="5">
+        <v>2564.568503345</v>
+      </c>
+      <c r="I22" s="41">
+        <v>22.920129839789698</v>
       </c>
       <c r="J22" s="11">
-        <v>2775.6168893409999</v>
-[...24 lines deleted...]
-      <c r="A23" s="21" t="s">
+        <v>1795.7464240679999</v>
+      </c>
+      <c r="K22" s="47">
+        <v>27.6838228300122</v>
+      </c>
+      <c r="L22" s="5">
+        <v>1955.7699010809999</v>
+      </c>
+      <c r="M22" s="41">
+        <v>25.941806025045999</v>
+      </c>
+      <c r="N22" s="11">
+        <v>510.292575468</v>
+      </c>
+      <c r="O22" s="47">
+        <v>56.472044102638698</v>
+      </c>
+      <c r="P22" s="5">
+        <v>19443.747710115</v>
+      </c>
+      <c r="Q22" s="77">
+        <v>7.20003810455683</v>
+      </c>
+      <c r="R22" s="78"/>
+    </row>
+    <row r="23" spans="1:18" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="20" t="s">
         <v>25</v>
       </c>
       <c r="B23" s="5">
-        <v>109254.314253936</v>
-[...2 lines deleted...]
-        <v>2.1832801555796402</v>
+        <v>112474.733985193</v>
+      </c>
+      <c r="C23" s="41">
+        <v>2.1856232520706298</v>
       </c>
       <c r="D23" s="5">
-        <v>106960.13753696199</v>
-[...2 lines deleted...]
-        <v>2.23312776473455</v>
+        <v>110190.327023377</v>
+      </c>
+      <c r="E23" s="41">
+        <v>2.2402489890760902</v>
       </c>
       <c r="F23" s="5">
-        <v>73732.305612329001</v>
-[...2 lines deleted...]
-        <v>3.32565368879881</v>
+        <v>76352.279586863995</v>
+      </c>
+      <c r="G23" s="41">
+        <v>3.31967929292155</v>
       </c>
       <c r="H23" s="5">
-        <v>11116.91806964</v>
-[...14 lines deleted...]
-        <v>9.6821278856650501</v>
+        <v>10918.113850804</v>
+      </c>
+      <c r="I23" s="41">
+        <v>10.708378574355301</v>
+      </c>
+      <c r="J23" s="5">
+        <v>10665.876002026</v>
+      </c>
+      <c r="K23" s="41">
+        <v>10.796514513454399</v>
+      </c>
+      <c r="L23" s="5">
+        <v>12254.057583682999</v>
+      </c>
+      <c r="M23" s="41">
+        <v>9.8864196366479309</v>
       </c>
       <c r="N23" s="5">
-        <v>2294.1767169740001</v>
-[...12 lines deleted...]
-      <c r="A24" s="21" t="s">
+        <v>2284.4069618160001</v>
+      </c>
+      <c r="O23" s="41">
+        <v>25.1773108450083</v>
+      </c>
+      <c r="P23" s="5">
+        <v>103986.841755915</v>
+      </c>
+      <c r="Q23" s="77">
+        <v>2.7425402408880299</v>
+      </c>
+      <c r="R23" s="78"/>
+    </row>
+    <row r="24" spans="1:18" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="20" t="s">
         <v>24</v>
       </c>
       <c r="B24" s="5">
-        <v>35510.170141704999</v>
-[...2 lines deleted...]
-        <v>4.0076015617152203</v>
+        <v>35667.238976294</v>
+      </c>
+      <c r="C24" s="41">
+        <v>4.0386493213543497</v>
       </c>
       <c r="D24" s="5">
-        <v>33475.416562819002</v>
-[...2 lines deleted...]
-        <v>4.2525142567245897</v>
+        <v>33258.986674851003</v>
+      </c>
+      <c r="E24" s="41">
+        <v>4.3272661830421102</v>
       </c>
       <c r="F24" s="5">
-        <v>21330.210108061001</v>
-[...2 lines deleted...]
-        <v>6.33740382256447</v>
+        <v>20862.750710281001</v>
+      </c>
+      <c r="G24" s="41">
+        <v>6.5785671511264496</v>
       </c>
       <c r="H24" s="5">
-        <v>4759.6538696380003</v>
-[...14 lines deleted...]
-        <v>18.323094125229101</v>
+        <v>5044.9649305909998</v>
+      </c>
+      <c r="I24" s="41">
+        <v>15.2177380713124</v>
+      </c>
+      <c r="J24" s="5">
+        <v>4180.6261295439999</v>
+      </c>
+      <c r="K24" s="41">
+        <v>16.656941052514</v>
+      </c>
+      <c r="L24" s="5">
+        <v>3170.6449044350002</v>
+      </c>
+      <c r="M24" s="41">
+        <v>19.779154223389298</v>
       </c>
       <c r="N24" s="5">
-        <v>2034.753578886</v>
-[...12 lines deleted...]
-      <c r="A25" s="21" t="s">
+        <v>2408.2523014429999</v>
+      </c>
+      <c r="O24" s="41">
+        <v>24.051001277185499</v>
+      </c>
+      <c r="P24" s="5">
+        <v>28833.64455949</v>
+      </c>
+      <c r="Q24" s="77">
+        <v>5.3718750801796196</v>
+      </c>
+      <c r="R24" s="78"/>
+    </row>
+    <row r="25" spans="1:18" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="20" t="s">
         <v>23</v>
       </c>
       <c r="B25" s="5">
-        <v>240873.957277774</v>
-[...2 lines deleted...]
-        <v>0.98750301374287397</v>
+        <v>244689.736002694</v>
+      </c>
+      <c r="C25" s="41">
+        <v>0.99041725332371899</v>
       </c>
       <c r="D25" s="5">
-        <v>233403.22700722099</v>
-[...2 lines deleted...]
-        <v>1.02459496280855</v>
+        <v>237049.31697693199</v>
+      </c>
+      <c r="E25" s="41">
+        <v>1.02920450726334</v>
       </c>
       <c r="F25" s="5">
-        <v>156826.84631823</v>
-[...2 lines deleted...]
-        <v>1.58498216187276</v>
+        <v>157994.80743785901</v>
+      </c>
+      <c r="G25" s="41">
+        <v>1.59709807735061</v>
       </c>
       <c r="H25" s="5">
-        <v>24964.138333193001</v>
-[...14 lines deleted...]
-        <v>4.6341070067748102</v>
+        <v>27334.719267379001</v>
+      </c>
+      <c r="I25" s="41">
+        <v>4.7496602972083197</v>
+      </c>
+      <c r="J25" s="5">
+        <v>24003.126655741999</v>
+      </c>
+      <c r="K25" s="41">
+        <v>5.1237337036016504</v>
+      </c>
+      <c r="L25" s="5">
+        <v>27716.663615951999</v>
+      </c>
+      <c r="M25" s="41">
+        <v>4.74187633454022</v>
       </c>
       <c r="N25" s="5">
-        <v>7470.7302705530001</v>
-[...12 lines deleted...]
-      <c r="A26" s="21" t="s">
+        <v>7640.4190257620003</v>
+      </c>
+      <c r="O25" s="41">
+        <v>10.008519863823899</v>
+      </c>
+      <c r="P25" s="5">
+        <v>231540.870432939</v>
+      </c>
+      <c r="Q25" s="77">
+        <v>1.4980796792195601</v>
+      </c>
+      <c r="R25" s="78"/>
+    </row>
+    <row r="26" spans="1:18" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="20" t="s">
         <v>22</v>
       </c>
       <c r="B26" s="5">
-        <v>90636.103579022005</v>
-[...2 lines deleted...]
-        <v>1.7316076030908201</v>
+        <v>92085.733977155993</v>
+      </c>
+      <c r="C26" s="41">
+        <v>1.73068090939132</v>
       </c>
       <c r="D26" s="5">
-        <v>84817.082872579005</v>
-[...2 lines deleted...]
-        <v>1.85669814182937</v>
+        <v>84806.484587287996</v>
+      </c>
+      <c r="E26" s="41">
+        <v>1.8885204687417101</v>
       </c>
       <c r="F26" s="5">
-        <v>57782.348942817996</v>
-[...2 lines deleted...]
-        <v>2.6645172328327398</v>
+        <v>57303.086154554003</v>
+      </c>
+      <c r="G26" s="41">
+        <v>2.7480424335887901</v>
       </c>
       <c r="H26" s="5">
-        <v>11798.999591643</v>
-[...14 lines deleted...]
-        <v>9.8518868773613306</v>
+        <v>12448.705992854</v>
+      </c>
+      <c r="I26" s="41">
+        <v>6.8846824583062798</v>
+      </c>
+      <c r="J26" s="5">
+        <v>8253.8133821600004</v>
+      </c>
+      <c r="K26" s="41">
+        <v>8.7343527019762703</v>
+      </c>
+      <c r="L26" s="5">
+        <v>6800.8790577199998</v>
+      </c>
+      <c r="M26" s="41">
+        <v>9.7524839431728196</v>
       </c>
       <c r="N26" s="5">
-        <v>5819.0207064429997</v>
-[...12 lines deleted...]
-      <c r="A27" s="21" t="s">
+        <v>7279.2493898680004</v>
+      </c>
+      <c r="O26" s="41">
+        <v>9.9125655856511905</v>
+      </c>
+      <c r="P26" s="5">
+        <v>84640.776175727005</v>
+      </c>
+      <c r="Q26" s="77">
+        <v>2.45909399589139</v>
+      </c>
+      <c r="R26" s="78"/>
+    </row>
+    <row r="27" spans="1:18" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="20" t="s">
         <v>21</v>
       </c>
       <c r="B27" s="5">
-        <v>25345.915621035001</v>
-[...2 lines deleted...]
-        <v>4.3556784587931103</v>
+        <v>24362.928319144001</v>
+      </c>
+      <c r="C27" s="41">
+        <v>4.4398365437676404</v>
       </c>
       <c r="D27" s="5">
-        <v>24792.334018342</v>
-[...2 lines deleted...]
-        <v>4.4815758058478599</v>
+        <v>23904.055869128999</v>
+      </c>
+      <c r="E27" s="41">
+        <v>4.5368752940255703</v>
       </c>
       <c r="F27" s="5">
-        <v>17603.66405136</v>
-[...2 lines deleted...]
-        <v>6.6178527935967404</v>
+        <v>16573.692741105999</v>
+      </c>
+      <c r="G27" s="41">
+        <v>6.6472681555926902</v>
       </c>
       <c r="H27" s="5">
-        <v>2240.4460792559998</v>
-[...30 lines deleted...]
-      <c r="A28" s="21" t="s">
+        <v>2550.1890058479999</v>
+      </c>
+      <c r="I27" s="41">
+        <v>21.7004552283822</v>
+      </c>
+      <c r="J27" s="5">
+        <v>2502.442503884</v>
+      </c>
+      <c r="K27" s="41">
+        <v>21.988268394026601</v>
+      </c>
+      <c r="L27" s="5">
+        <v>2277.7316182909999</v>
+      </c>
+      <c r="M27" s="41">
+        <v>23.056055091269702</v>
+      </c>
+      <c r="N27" s="11">
+        <v>458.87245001500003</v>
+      </c>
+      <c r="O27" s="47">
+        <v>56.187682002654903</v>
+      </c>
+      <c r="P27" s="5">
+        <v>22935.408140785999</v>
+      </c>
+      <c r="Q27" s="77">
+        <v>6.3652358414901098</v>
+      </c>
+      <c r="R27" s="78"/>
+    </row>
+    <row r="28" spans="1:18" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="20" t="s">
         <v>20</v>
       </c>
       <c r="B28" s="5">
-        <v>21394.503069669001</v>
-[...2 lines deleted...]
-        <v>4.7815641232445296</v>
+        <v>21888.195363980001</v>
+      </c>
+      <c r="C28" s="41">
+        <v>4.7860983758206403</v>
       </c>
       <c r="D28" s="5">
-        <v>21067.7296818</v>
-[...2 lines deleted...]
-        <v>4.8731152493277499</v>
+        <v>21459.347253545999</v>
+      </c>
+      <c r="E28" s="41">
+        <v>4.9130638846045196</v>
       </c>
       <c r="F28" s="5">
-        <v>14800.224714828</v>
-[...2 lines deleted...]
-        <v>7.20354520673268</v>
+        <v>14055.766888164</v>
+      </c>
+      <c r="G28" s="41">
+        <v>7.6892759005357103</v>
       </c>
       <c r="H28" s="5">
-        <v>1951.9798745420001</v>
-[...30 lines deleted...]
-      <c r="A29" s="21" t="s">
+        <v>2557.3182376330001</v>
+      </c>
+      <c r="I28" s="41">
+        <v>22.634939551895201</v>
+      </c>
+      <c r="J28" s="5">
+        <v>1920.217561793</v>
+      </c>
+      <c r="K28" s="41">
+        <v>26.408280185541599</v>
+      </c>
+      <c r="L28" s="5">
+        <v>2926.044565956</v>
+      </c>
+      <c r="M28" s="41">
+        <v>20.878285220265401</v>
+      </c>
+      <c r="N28" s="11">
+        <v>428.84811043399998</v>
+      </c>
+      <c r="O28" s="47">
+        <v>58.488582281978701</v>
+      </c>
+      <c r="P28" s="5">
+        <v>18858.428590306001</v>
+      </c>
+      <c r="Q28" s="77">
+        <v>6.9744739304609302</v>
+      </c>
+      <c r="R28" s="78"/>
+    </row>
+    <row r="29" spans="1:18" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="20" t="s">
         <v>19</v>
       </c>
       <c r="B29" s="5">
-        <v>290587.51663735497</v>
-[...2 lines deleted...]
-        <v>1.3168297220610199</v>
+        <v>293268.82495156</v>
+      </c>
+      <c r="C29" s="41">
+        <v>1.32889457918389</v>
       </c>
       <c r="D29" s="5">
-        <v>280532.11238361598</v>
-[...2 lines deleted...]
-        <v>1.37188404627578</v>
+        <v>282111.304608932</v>
+      </c>
+      <c r="E29" s="41">
+        <v>1.39009684048388</v>
       </c>
       <c r="F29" s="5">
-        <v>192459.07782007899</v>
-[...2 lines deleted...]
-        <v>2.0491362726360798</v>
+        <v>194175.76825445399</v>
+      </c>
+      <c r="G29" s="41">
+        <v>2.0686354572193202</v>
       </c>
       <c r="H29" s="5">
-        <v>28424.938029886998</v>
-[...14 lines deleted...]
-        <v>6.2975020901274998</v>
+        <v>28047.132151260001</v>
+      </c>
+      <c r="I29" s="41">
+        <v>6.6976172678128796</v>
+      </c>
+      <c r="J29" s="5">
+        <v>27184.520855990999</v>
+      </c>
+      <c r="K29" s="41">
+        <v>6.8593809641799197</v>
+      </c>
+      <c r="L29" s="5">
+        <v>32703.883347227002</v>
+      </c>
+      <c r="M29" s="41">
+        <v>6.2032023236448603</v>
       </c>
       <c r="N29" s="5">
-        <v>10055.404253739</v>
-[...12 lines deleted...]
-      <c r="A30" s="21" t="s">
+        <v>11157.520342628</v>
+      </c>
+      <c r="O29" s="41">
+        <v>11.7284488300244</v>
+      </c>
+      <c r="P29" s="5">
+        <v>268790.93133618601</v>
+      </c>
+      <c r="Q29" s="77">
+        <v>1.8365471411591401</v>
+      </c>
+      <c r="R29" s="78"/>
+    </row>
+    <row r="30" spans="1:18" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="20" t="s">
         <v>18</v>
       </c>
       <c r="B30" s="5">
-        <v>45770.037550540001</v>
-[...2 lines deleted...]
-        <v>3.6936957447043</v>
+        <v>45754.786519993999</v>
+      </c>
+      <c r="C30" s="41">
+        <v>3.6742365452769099</v>
       </c>
       <c r="D30" s="5">
-        <v>44148.869662947</v>
-[...2 lines deleted...]
-        <v>3.8321114878664702</v>
+        <v>44009.555214125998</v>
+      </c>
+      <c r="E30" s="41">
+        <v>3.8368277895081202</v>
       </c>
       <c r="F30" s="5">
-        <v>30523.413204606</v>
-[...2 lines deleted...]
-        <v>5.5125609745514303</v>
+        <v>29987.688922978999</v>
+      </c>
+      <c r="G30" s="41">
+        <v>5.5558342619534802</v>
       </c>
       <c r="H30" s="5">
-        <v>4486.261838038</v>
-[...30 lines deleted...]
-      <c r="A31" s="21" t="s">
+        <v>4806.698269683</v>
+      </c>
+      <c r="I30" s="41">
+        <v>16.8258565534253</v>
+      </c>
+      <c r="J30" s="5">
+        <v>4105.6683083159996</v>
+      </c>
+      <c r="K30" s="41">
+        <v>18.365033090398899</v>
+      </c>
+      <c r="L30" s="5">
+        <v>5109.4997131480004</v>
+      </c>
+      <c r="M30" s="41">
+        <v>16.273329804818701</v>
+      </c>
+      <c r="N30" s="11">
+        <v>1745.2313058679999</v>
+      </c>
+      <c r="O30" s="47">
+        <v>29.533094787128</v>
+      </c>
+      <c r="P30" s="5">
+        <v>38299.727777692002</v>
+      </c>
+      <c r="Q30" s="77">
+        <v>5.2760545210535703</v>
+      </c>
+      <c r="R30" s="78"/>
+    </row>
+    <row r="31" spans="1:18" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="20" t="s">
         <v>17</v>
       </c>
       <c r="B31" s="5">
-        <v>93280.820008195995</v>
-[...2 lines deleted...]
-        <v>2.2195167333730801</v>
+        <v>95383.912508445006</v>
+      </c>
+      <c r="C31" s="41">
+        <v>2.22702694343592</v>
       </c>
       <c r="D31" s="5">
-        <v>90567.942646796</v>
-[...2 lines deleted...]
-        <v>2.2989325476368299</v>
+        <v>92742.314247349001</v>
+      </c>
+      <c r="E31" s="41">
+        <v>2.3106886375915501</v>
       </c>
       <c r="F31" s="5">
-        <v>63039.616684134002</v>
-[...2 lines deleted...]
-        <v>3.4509539636932298</v>
+        <v>65634.434528648999</v>
+      </c>
+      <c r="G31" s="41">
+        <v>3.4151794245534899</v>
       </c>
       <c r="H31" s="5">
-        <v>9067.7365867469998</v>
-[...14 lines deleted...]
-        <v>10.512030977527401</v>
+        <v>7678.645558055</v>
+      </c>
+      <c r="I31" s="41">
+        <v>12.841422388593999</v>
+      </c>
+      <c r="J31" s="5">
+        <v>8104.4061467609999</v>
+      </c>
+      <c r="K31" s="41">
+        <v>12.4080452110927</v>
+      </c>
+      <c r="L31" s="5">
+        <v>11324.828013884</v>
+      </c>
+      <c r="M31" s="41">
+        <v>10.405505674407101</v>
       </c>
       <c r="N31" s="5">
-        <v>2712.8773614000002</v>
-[...12 lines deleted...]
-      <c r="A32" s="21" t="s">
+        <v>2641.598261096</v>
+      </c>
+      <c r="O31" s="41">
+        <v>23.375362662032501</v>
+      </c>
+      <c r="P31" s="5">
+        <v>77098.121794039005</v>
+      </c>
+      <c r="Q31" s="77">
+        <v>3.5978308017470102</v>
+      </c>
+      <c r="R31" s="78"/>
+    </row>
+    <row r="32" spans="1:18" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="20" t="s">
         <v>16</v>
       </c>
       <c r="B32" s="5">
-        <v>151841.490831362</v>
-[...2 lines deleted...]
-        <v>1.87348206528024</v>
+        <v>153565.0873365</v>
+      </c>
+      <c r="C32" s="41">
+        <v>1.9171252866055299</v>
       </c>
       <c r="D32" s="5">
-        <v>145873.02959486301</v>
-[...2 lines deleted...]
-        <v>1.95549660565427</v>
+        <v>146483.37004354101</v>
+      </c>
+      <c r="E32" s="41">
+        <v>2.0167310927658901</v>
       </c>
       <c r="F32" s="5">
-        <v>99354.507273822004</v>
-[...2 lines deleted...]
-        <v>2.9087840699543599</v>
+        <v>98381.312604223</v>
+      </c>
+      <c r="G32" s="41">
+        <v>3.00517858641448</v>
       </c>
       <c r="H32" s="5">
-        <v>13814.878096199</v>
-[...14 lines deleted...]
-        <v>8.5018096084208992</v>
+        <v>16830.22123603</v>
+      </c>
+      <c r="I32" s="41">
+        <v>8.6741748338813593</v>
+      </c>
+      <c r="J32" s="5">
+        <v>16064.743188201001</v>
+      </c>
+      <c r="K32" s="41">
+        <v>8.9915243610593407</v>
+      </c>
+      <c r="L32" s="5">
+        <v>15207.093015087001</v>
+      </c>
+      <c r="M32" s="41">
+        <v>9.3276035480548298</v>
       </c>
       <c r="N32" s="5">
-        <v>5968.4612364989998</v>
-[...12 lines deleted...]
-      <c r="A33" s="21" t="s">
+        <v>7081.7172929589997</v>
+      </c>
+      <c r="O32" s="41">
+        <v>14.925294895142899</v>
+      </c>
+      <c r="P32" s="5">
+        <v>130491.773032157</v>
+      </c>
+      <c r="Q32" s="77">
+        <v>2.7959513002922001</v>
+      </c>
+      <c r="R32" s="78"/>
+    </row>
+    <row r="33" spans="1:19" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A33" s="20" t="s">
         <v>15</v>
       </c>
       <c r="B33" s="5">
-        <v>162780.018588462</v>
-[...2 lines deleted...]
-        <v>1.7732232725802199</v>
+        <v>164182.630148111</v>
+      </c>
+      <c r="C33" s="41">
+        <v>1.80318791527575</v>
       </c>
       <c r="D33" s="5">
-        <v>156686.68844632601</v>
-[...2 lines deleted...]
-        <v>1.85433229984138</v>
+        <v>158185.061925257</v>
+      </c>
+      <c r="E33" s="41">
+        <v>1.88184234943895</v>
       </c>
       <c r="F33" s="5">
-        <v>108909.970642994</v>
-[...2 lines deleted...]
-        <v>2.7515211423112498</v>
+        <v>107280.018127729</v>
+      </c>
+      <c r="G33" s="41">
+        <v>2.8412791584952299</v>
       </c>
       <c r="H33" s="5">
-        <v>15421.679194955999</v>
-[...14 lines deleted...]
-        <v>8.4706823391885706</v>
+        <v>17861.818025175999</v>
+      </c>
+      <c r="I33" s="41">
+        <v>8.4998097535209194</v>
+      </c>
+      <c r="J33" s="5">
+        <v>16385.522334861998</v>
+      </c>
+      <c r="K33" s="41">
+        <v>8.8069476711685493</v>
+      </c>
+      <c r="L33" s="5">
+        <v>16657.703437489999</v>
+      </c>
+      <c r="M33" s="41">
+        <v>8.7812358562264201</v>
       </c>
       <c r="N33" s="5">
-        <v>6093.3301421360002</v>
-[...12 lines deleted...]
-      <c r="A34" s="21" t="s">
+        <v>5997.5682228539999</v>
+      </c>
+      <c r="O33" s="41">
+        <v>16.2256464920351</v>
+      </c>
+      <c r="P33" s="5">
+        <v>123492.98555550999</v>
+      </c>
+      <c r="Q33" s="77">
+        <v>2.8452363414451001</v>
+      </c>
+      <c r="R33" s="78"/>
+    </row>
+    <row r="34" spans="1:19" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="20" t="s">
         <v>14</v>
       </c>
       <c r="B34" s="5">
-        <v>167908.510659377</v>
-[...2 lines deleted...]
-        <v>1.3696960651343899</v>
+        <v>168888.03806969299</v>
+      </c>
+      <c r="C34" s="41">
+        <v>1.39074115714242</v>
       </c>
       <c r="D34" s="5">
-        <v>155931.73533125699</v>
-[...2 lines deleted...]
-        <v>1.4625694093375099</v>
+        <v>157083.57479430299</v>
+      </c>
+      <c r="E34" s="41">
+        <v>1.4834754722254599</v>
       </c>
       <c r="F34" s="5">
-        <v>108976.27729228701</v>
-[...2 lines deleted...]
-        <v>2.00351467611228</v>
+        <v>110147.927008321</v>
+      </c>
+      <c r="G34" s="41">
+        <v>2.0302156275335101</v>
       </c>
       <c r="H34" s="5">
-        <v>15579.234800164</v>
-[...14 lines deleted...]
-        <v>6.5221958099129198</v>
+        <v>15756.152847283</v>
+      </c>
+      <c r="I34" s="41">
+        <v>6.3523874172922001</v>
+      </c>
+      <c r="J34" s="5">
+        <v>16481.627195231002</v>
+      </c>
+      <c r="K34" s="41">
+        <v>6.2200446958280997</v>
+      </c>
+      <c r="L34" s="5">
+        <v>14697.867743467999</v>
+      </c>
+      <c r="M34" s="41">
+        <v>6.6346326433006997</v>
       </c>
       <c r="N34" s="5">
-        <v>11976.77532812</v>
-[...12 lines deleted...]
-      <c r="A35" s="21" t="s">
+        <v>11804.46327539</v>
+      </c>
+      <c r="O34" s="41">
+        <v>8.0148169619755691</v>
+      </c>
+      <c r="P34" s="5">
+        <v>145906.74354522099</v>
+      </c>
+      <c r="Q34" s="77">
+        <v>1.6716448982004699</v>
+      </c>
+      <c r="R34" s="78"/>
+    </row>
+    <row r="35" spans="1:19" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="20" t="s">
         <v>13</v>
       </c>
       <c r="B35" s="5">
-        <v>19797.466535407999</v>
-[...2 lines deleted...]
-        <v>5.4023919922798704</v>
+        <v>20709.394004136</v>
+      </c>
+      <c r="C35" s="41">
+        <v>4.9654553074358301</v>
       </c>
       <c r="D35" s="5">
-        <v>19337.774643012999</v>
-[...2 lines deleted...]
-        <v>5.4873785182402202</v>
+        <v>20257.302504937001</v>
+      </c>
+      <c r="E35" s="41">
+        <v>5.0894591500456796</v>
       </c>
       <c r="F35" s="5">
-        <v>12778.360605218</v>
-[...2 lines deleted...]
-        <v>8.24194793306226</v>
+        <v>13604.697672556</v>
+      </c>
+      <c r="G35" s="41">
+        <v>7.7379415439137498</v>
       </c>
       <c r="H35" s="5">
-        <v>2030.6332639140001</v>
-[...30 lines deleted...]
-      <c r="A36" s="21" t="s">
+        <v>1797.2761239700001</v>
+      </c>
+      <c r="I35" s="41">
+        <v>26.714031979895001</v>
+      </c>
+      <c r="J35" s="5">
+        <v>2005.52821053</v>
+      </c>
+      <c r="K35" s="41">
+        <v>25.118529176633999</v>
+      </c>
+      <c r="L35" s="5">
+        <v>2849.800497881</v>
+      </c>
+      <c r="M35" s="41">
+        <v>20.402759944917701</v>
+      </c>
+      <c r="N35" s="11">
+        <v>452.091499199</v>
+      </c>
+      <c r="O35" s="47">
+        <v>58.611571500984503</v>
+      </c>
+      <c r="P35" s="5">
+        <v>16085.350410655999</v>
+      </c>
+      <c r="Q35" s="77">
+        <v>7.2586536366783703</v>
+      </c>
+      <c r="R35" s="78"/>
+    </row>
+    <row r="36" spans="1:19" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="20" t="s">
         <v>12</v>
       </c>
       <c r="B36" s="5">
-        <v>188293.19822633601</v>
-[...2 lines deleted...]
-        <v>1.7410800660040999</v>
+        <v>193148.32989659801</v>
+      </c>
+      <c r="C36" s="41">
+        <v>1.7564498950140399</v>
       </c>
       <c r="D36" s="5">
-        <v>180809.85191477701</v>
-[...2 lines deleted...]
-        <v>1.81642142115006</v>
+        <v>182575.82343165399</v>
+      </c>
+      <c r="E36" s="41">
+        <v>1.86151541460245</v>
       </c>
       <c r="F36" s="5">
-        <v>124017.052976195</v>
-[...2 lines deleted...]
-        <v>2.64185355618263</v>
+        <v>124706.36774585499</v>
+      </c>
+      <c r="G36" s="41">
+        <v>2.7022543595180601</v>
       </c>
       <c r="H36" s="5">
-        <v>20641.617031076999</v>
-[...14 lines deleted...]
-        <v>8.4708273864636805</v>
+        <v>23732.373840752</v>
+      </c>
+      <c r="I36" s="41">
+        <v>7.4077690017493403</v>
+      </c>
+      <c r="J36" s="5">
+        <v>17857.190556147001</v>
+      </c>
+      <c r="K36" s="41">
+        <v>8.5917381264809407</v>
+      </c>
+      <c r="L36" s="5">
+        <v>16279.8912889</v>
+      </c>
+      <c r="M36" s="41">
+        <v>9.10572890966173</v>
       </c>
       <c r="N36" s="5">
-        <v>7483.3463115590002</v>
-[...12 lines deleted...]
-      <c r="A37" s="22" t="s">
+        <v>10572.506464943999</v>
+      </c>
+      <c r="O36" s="41">
+        <v>12.284099733119501</v>
+      </c>
+      <c r="P36" s="5">
+        <v>159965.17498338301</v>
+      </c>
+      <c r="Q36" s="77">
+        <v>2.2118048845218099</v>
+      </c>
+      <c r="R36" s="78"/>
+    </row>
+    <row r="37" spans="1:19" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="21" t="s">
         <v>11</v>
       </c>
       <c r="B37" s="5">
-        <v>432781.347968127</v>
-[...2 lines deleted...]
-        <v>0.770782669357162</v>
+        <v>437394.35220430599</v>
+      </c>
+      <c r="C37" s="41">
+        <v>0.79464749469017104</v>
       </c>
       <c r="D37" s="5">
-        <v>401970.93851364998</v>
-[...2 lines deleted...]
-        <v>0.83628879011074797</v>
+        <v>402568.49537587701</v>
+      </c>
+      <c r="E37" s="41">
+        <v>0.86815310024262304</v>
       </c>
       <c r="F37" s="5">
-        <v>278254.79277524201</v>
-[...2 lines deleted...]
-        <v>1.2024489596835799</v>
+        <v>278575.43862094602</v>
+      </c>
+      <c r="G37" s="41">
+        <v>1.2399941961132701</v>
       </c>
       <c r="H37" s="5">
-        <v>53529.09018467</v>
-[...14 lines deleted...]
-        <v>4.4609842230457302</v>
+        <v>56162.777076282997</v>
+      </c>
+      <c r="I37" s="41">
+        <v>3.31255429124935</v>
+      </c>
+      <c r="J37" s="5">
+        <v>35340.193810981</v>
+      </c>
+      <c r="K37" s="41">
+        <v>4.2994779722184804</v>
+      </c>
+      <c r="L37" s="5">
+        <v>32490.085867667</v>
+      </c>
+      <c r="M37" s="41">
+        <v>4.5335975972281597</v>
       </c>
       <c r="N37" s="5">
-        <v>30810.409454477001</v>
-[...12 lines deleted...]
-      <c r="A38" s="21" t="s">
+        <v>34825.856828429001</v>
+      </c>
+      <c r="O37" s="41">
+        <v>4.6303668491316197</v>
+      </c>
+      <c r="P37" s="5">
+        <v>395183.37173076998</v>
+      </c>
+      <c r="Q37" s="77">
+        <v>1.1217722814804301</v>
+      </c>
+      <c r="R37" s="78"/>
+    </row>
+    <row r="38" spans="1:19" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="20" t="s">
         <v>10</v>
       </c>
       <c r="B38" s="5">
-        <v>73238.183899027994</v>
-[...2 lines deleted...]
-        <v>1.75647360392973</v>
+        <v>73728.154201347003</v>
+      </c>
+      <c r="C38" s="41">
+        <v>1.74437331030009</v>
       </c>
       <c r="D38" s="5">
-        <v>70380.599386956004</v>
-[...2 lines deleted...]
-        <v>1.8472420546541499</v>
+        <v>70471.520349922997</v>
+      </c>
+      <c r="E38" s="41">
+        <v>1.8498023835222499</v>
       </c>
       <c r="F38" s="5">
-        <v>50096.192791891997</v>
-[...2 lines deleted...]
-        <v>2.6901536769877898</v>
+        <v>50150.875465830002</v>
+      </c>
+      <c r="G38" s="41">
+        <v>2.6783762688114701</v>
       </c>
       <c r="H38" s="5">
-        <v>6984.3790395819997</v>
-[...14 lines deleted...]
-        <v>9.1047704452415701</v>
+        <v>7146.5341360319999</v>
+      </c>
+      <c r="I38" s="41">
+        <v>9.1771920849286506</v>
+      </c>
+      <c r="J38" s="5">
+        <v>6338.4025449680003</v>
+      </c>
+      <c r="K38" s="41">
+        <v>9.83894500248641</v>
+      </c>
+      <c r="L38" s="5">
+        <v>6835.7082030929996</v>
+      </c>
+      <c r="M38" s="41">
+        <v>9.4964021320553407</v>
       </c>
       <c r="N38" s="5">
-        <v>2857.5845120720001</v>
-[...12 lines deleted...]
-      <c r="A39" s="21" t="s">
+        <v>3256.6338514240001</v>
+      </c>
+      <c r="O38" s="41">
+        <v>14.457296871388399</v>
+      </c>
+      <c r="P38" s="5">
+        <v>110353.07075374199</v>
+      </c>
+      <c r="Q38" s="77">
+        <v>2.6868577480458802</v>
+      </c>
+      <c r="R38" s="78"/>
+    </row>
+    <row r="39" spans="1:19" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A39" s="20" t="s">
         <v>9</v>
       </c>
       <c r="B39" s="5">
-        <v>908273.813993252</v>
-[...2 lines deleted...]
-        <v>0.71261049230682505</v>
+        <v>919188.77478823904</v>
+      </c>
+      <c r="C39" s="41">
+        <v>0.71800512654564697</v>
       </c>
       <c r="D39" s="5">
-        <v>871399.38894746499</v>
-[...2 lines deleted...]
-        <v>0.75248865323595004</v>
+        <v>878413.06419706298</v>
+      </c>
+      <c r="E39" s="41">
+        <v>0.76203875595134196</v>
       </c>
       <c r="F39" s="5">
-        <v>600414.72249450698</v>
-[...2 lines deleted...]
-        <v>1.1400563630662801</v>
+        <v>603483.29219576297</v>
+      </c>
+      <c r="G39" s="41">
+        <v>1.15369277878609</v>
       </c>
       <c r="H39" s="5">
-        <v>109938.04232610601</v>
-[...14 lines deleted...]
-        <v>4.0766579382274202</v>
+        <v>113439.28709819799</v>
+      </c>
+      <c r="I39" s="41">
+        <v>3.3062443214691801</v>
+      </c>
+      <c r="J39" s="5">
+        <v>82927.898437558993</v>
+      </c>
+      <c r="K39" s="41">
+        <v>3.95319421506683</v>
+      </c>
+      <c r="L39" s="5">
+        <v>78562.586465543005</v>
+      </c>
+      <c r="M39" s="41">
+        <v>4.1048429446192403</v>
       </c>
       <c r="N39" s="5">
-        <v>36874.425045787</v>
-[...13 lines deleted...]
-        <v>79</v>
+        <v>40775.710591176001</v>
+      </c>
+      <c r="O39" s="41">
+        <v>6.0529349971305404</v>
+      </c>
+      <c r="P39" s="5">
+        <v>976340.38744115306</v>
+      </c>
+      <c r="Q39" s="77">
+        <v>0.85653920421837104</v>
+      </c>
+      <c r="R39" s="78"/>
+    </row>
+    <row r="40" spans="1:19" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A40" s="20" t="s">
+        <v>67</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>62</v>
       </c>
       <c r="C40" s="5" t="s">
         <v>62</v>
       </c>
-      <c r="D40" s="11" t="s">
+      <c r="D40" s="10" t="s">
         <v>62</v>
       </c>
-      <c r="E40" s="11" t="s">
+      <c r="E40" s="10" t="s">
         <v>62</v>
       </c>
       <c r="F40" s="5" t="s">
         <v>62</v>
       </c>
-      <c r="G40" s="43" t="s">
+      <c r="G40" s="41" t="s">
         <v>62</v>
       </c>
-      <c r="H40" s="11" t="s">
+      <c r="H40" s="10" t="s">
         <v>62</v>
       </c>
-      <c r="I40" s="50" t="s">
+      <c r="I40" s="44" t="s">
         <v>62</v>
       </c>
-      <c r="J40" s="11" t="s">
+      <c r="J40" s="10" t="s">
         <v>62</v>
       </c>
-      <c r="K40" s="50" t="s">
+      <c r="K40" s="44" t="s">
         <v>62</v>
       </c>
-      <c r="L40" s="11" t="s">
+      <c r="L40" s="10" t="s">
         <v>62</v>
       </c>
-      <c r="M40" s="50" t="s">
+      <c r="M40" s="44" t="s">
         <v>62</v>
       </c>
-      <c r="N40" s="11" t="s">
+      <c r="N40" s="10" t="s">
         <v>62</v>
       </c>
-      <c r="O40" s="11" t="s">
+      <c r="O40" s="10" t="s">
         <v>62</v>
       </c>
-      <c r="P40" s="32">
-[...83 lines deleted...]
-      <c r="A43" s="21" t="s">
+      <c r="P40" s="31">
+        <v>80034.777098897001</v>
+      </c>
+      <c r="Q40" s="43">
+        <v>3.9268495979012799</v>
+      </c>
+      <c r="R40" s="78"/>
+      <c r="S40" s="58"/>
+    </row>
+    <row r="41" spans="1:19" ht="9" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A41" s="22" t="s">
+        <v>112</v>
+      </c>
+      <c r="B41" s="12"/>
+      <c r="C41" s="12"/>
+      <c r="D41" s="12"/>
+      <c r="E41" s="12"/>
+      <c r="F41" s="12"/>
+      <c r="G41" s="12"/>
+      <c r="H41" s="12"/>
+      <c r="I41" s="12"/>
+      <c r="J41" s="12"/>
+      <c r="K41" s="12"/>
+      <c r="L41" s="12"/>
+      <c r="M41" s="12"/>
+      <c r="N41" s="12"/>
+      <c r="O41" s="12"/>
+      <c r="P41" s="12"/>
+      <c r="Q41" s="27"/>
+    </row>
+    <row r="42" spans="1:19" s="2" customFormat="1" ht="9" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A42" s="22" t="s">
+        <v>113</v>
+      </c>
+      <c r="B42" s="13">
+        <v>185893.63348915899</v>
+      </c>
+      <c r="C42" s="45">
+        <v>1.6387044613916699</v>
+      </c>
+      <c r="D42" s="13">
+        <v>176902.70997565499</v>
+      </c>
+      <c r="E42" s="45">
+        <v>1.7355561129577199</v>
+      </c>
+      <c r="F42" s="13">
+        <v>118929.817221787</v>
+      </c>
+      <c r="G42" s="45">
+        <v>2.6518415521312999</v>
+      </c>
+      <c r="H42" s="13">
+        <v>23121.088723041001</v>
+      </c>
+      <c r="I42" s="45">
+        <v>7.1129388844037997</v>
+      </c>
+      <c r="J42" s="13">
+        <v>18942.769190494</v>
+      </c>
+      <c r="K42" s="45">
+        <v>7.9259917677485898</v>
+      </c>
+      <c r="L42" s="13">
+        <v>15909.034840333001</v>
+      </c>
+      <c r="M42" s="45">
+        <v>9.0210572568719396</v>
+      </c>
+      <c r="N42" s="13">
+        <v>8990.9235135039999</v>
+      </c>
+      <c r="O42" s="45">
+        <v>12.931058224381699</v>
+      </c>
+      <c r="P42" s="12">
+        <v>140562.289291461</v>
+      </c>
+      <c r="Q42" s="46">
+        <v>2.44988744108612</v>
+      </c>
+      <c r="S42" s="58"/>
+    </row>
+    <row r="43" spans="1:19" s="2" customFormat="1" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A43" s="20" t="s">
         <v>8</v>
       </c>
-      <c r="B43" s="11">
-[...49 lines deleted...]
-      <c r="A44" s="21" t="s">
+      <c r="B43" s="5">
+        <v>20726.505688640002</v>
+      </c>
+      <c r="C43" s="41">
+        <v>7.8122270903323301</v>
+      </c>
+      <c r="D43" s="5">
+        <v>19722.335528554999</v>
+      </c>
+      <c r="E43" s="41">
+        <v>8.0076244857043903</v>
+      </c>
+      <c r="F43" s="5">
+        <v>13995.786164655001</v>
+      </c>
+      <c r="G43" s="41">
+        <v>9.6999715103303199</v>
+      </c>
+      <c r="H43" s="5">
+        <v>2337.3541456019998</v>
+      </c>
+      <c r="I43" s="41">
+        <v>23.146210898729901</v>
+      </c>
+      <c r="J43" s="5">
+        <v>1895.2337338340001</v>
+      </c>
+      <c r="K43" s="41">
+        <v>25.700168675917599</v>
+      </c>
+      <c r="L43" s="11">
+        <v>1493.961484464</v>
+      </c>
+      <c r="M43" s="47">
+        <v>30.440850783693001</v>
+      </c>
+      <c r="N43" s="11">
+        <v>1004.170160085</v>
+      </c>
+      <c r="O43" s="47">
+        <v>38.092151294598999</v>
+      </c>
+      <c r="P43" s="5">
+        <v>9227.980458729</v>
+      </c>
+      <c r="Q43" s="77">
+        <v>11.5681595052231</v>
+      </c>
+    </row>
+    <row r="44" spans="1:19" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A44" s="20" t="s">
         <v>7</v>
       </c>
-      <c r="B44" s="11">
-[...49 lines deleted...]
-      <c r="A45" s="21" t="s">
+      <c r="B44" s="5">
+        <v>14728.973826418</v>
+      </c>
+      <c r="C44" s="41">
+        <v>9.4706026546502606</v>
+      </c>
+      <c r="D44" s="5">
+        <v>14067.924983053001</v>
+      </c>
+      <c r="E44" s="41">
+        <v>9.6814027720892994</v>
+      </c>
+      <c r="F44" s="5">
+        <v>9541.1410092309998</v>
+      </c>
+      <c r="G44" s="41">
+        <v>11.987560377988499</v>
+      </c>
+      <c r="H44" s="5">
+        <v>1807.97047066</v>
+      </c>
+      <c r="I44" s="41">
+        <v>26.593730854868198</v>
+      </c>
+      <c r="J44" s="11">
+        <v>1488.3454736050001</v>
+      </c>
+      <c r="K44" s="47">
+        <v>29.6039781456642</v>
+      </c>
+      <c r="L44" s="11">
+        <v>1230.4680295569999</v>
+      </c>
+      <c r="M44" s="47">
+        <v>33.364303523209202</v>
+      </c>
+      <c r="N44" s="11">
+        <v>661.04884336500004</v>
+      </c>
+      <c r="O44" s="47">
+        <v>47.741843876450702</v>
+      </c>
+      <c r="P44" s="5">
+        <v>9130.4186038360003</v>
+      </c>
+      <c r="Q44" s="77">
+        <v>11.8760032551435</v>
+      </c>
+    </row>
+    <row r="45" spans="1:19" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A45" s="20" t="s">
         <v>6</v>
       </c>
-      <c r="B45" s="11">
-[...49 lines deleted...]
-      <c r="A46" s="21" t="s">
+      <c r="B45" s="5">
+        <v>32188.578551498998</v>
+      </c>
+      <c r="C45" s="41">
+        <v>6.2056102804857902</v>
+      </c>
+      <c r="D45" s="5">
+        <v>30639.667291367001</v>
+      </c>
+      <c r="E45" s="41">
+        <v>6.3667204619802202</v>
+      </c>
+      <c r="F45" s="5">
+        <v>20702.931848740998</v>
+      </c>
+      <c r="G45" s="41">
+        <v>7.9740182588333797</v>
+      </c>
+      <c r="H45" s="5">
+        <v>3595.1388270849998</v>
+      </c>
+      <c r="I45" s="41">
+        <v>18.863692033739198</v>
+      </c>
+      <c r="J45" s="5">
+        <v>3493.2848338120002</v>
+      </c>
+      <c r="K45" s="41">
+        <v>19.029115939859199</v>
+      </c>
+      <c r="L45" s="5">
+        <v>2848.3117817289999</v>
+      </c>
+      <c r="M45" s="41">
+        <v>22.2858887446037</v>
+      </c>
+      <c r="N45" s="11">
+        <v>1548.9112601320001</v>
+      </c>
+      <c r="O45" s="47">
+        <v>30.916437274602</v>
+      </c>
+      <c r="P45" s="5">
+        <v>26137.964673219001</v>
+      </c>
+      <c r="Q45" s="77">
+        <v>6.9022343490015299</v>
+      </c>
+    </row>
+    <row r="46" spans="1:19" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A46" s="20" t="s">
         <v>5</v>
       </c>
-      <c r="B46" s="11">
-[...49 lines deleted...]
-      <c r="A47" s="21" t="s">
+      <c r="B46" s="5">
+        <v>59183.580975816003</v>
+      </c>
+      <c r="C46" s="41">
+        <v>4.3368402789701701</v>
+      </c>
+      <c r="D46" s="5">
+        <v>55584.598416444998</v>
+      </c>
+      <c r="E46" s="41">
+        <v>4.48634671461447</v>
+      </c>
+      <c r="F46" s="5">
+        <v>36485.123054235002</v>
+      </c>
+      <c r="G46" s="41">
+        <v>5.8419421878985904</v>
+      </c>
+      <c r="H46" s="5">
+        <v>8261.9839437289993</v>
+      </c>
+      <c r="I46" s="41">
+        <v>12.359155798476101</v>
+      </c>
+      <c r="J46" s="5">
+        <v>5747.3632202970002</v>
+      </c>
+      <c r="K46" s="41">
+        <v>14.8038833782213</v>
+      </c>
+      <c r="L46" s="5">
+        <v>5090.1281981840002</v>
+      </c>
+      <c r="M46" s="41">
+        <v>16.169963300445001</v>
+      </c>
+      <c r="N46" s="5">
+        <v>3598.9825593710002</v>
+      </c>
+      <c r="O46" s="41">
+        <v>20.751573240662399</v>
+      </c>
+      <c r="P46" s="5">
+        <v>63204.614015065999</v>
+      </c>
+      <c r="Q46" s="77">
+        <v>4.1543376356460398</v>
+      </c>
+    </row>
+    <row r="47" spans="1:19" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A47" s="20" t="s">
         <v>4</v>
       </c>
-      <c r="B47" s="11">
-[...49 lines deleted...]
-      <c r="A48" s="21" t="s">
+      <c r="B47" s="5">
+        <v>22292.754677125002</v>
+      </c>
+      <c r="C47" s="41">
+        <v>7.48674695703696</v>
+      </c>
+      <c r="D47" s="5">
+        <v>21544.552850022999</v>
+      </c>
+      <c r="E47" s="41">
+        <v>7.6004796498170899</v>
+      </c>
+      <c r="F47" s="5">
+        <v>14708.505936392001</v>
+      </c>
+      <c r="G47" s="41">
+        <v>9.4250996910231599</v>
+      </c>
+      <c r="H47" s="5">
+        <v>2557.98205667</v>
+      </c>
+      <c r="I47" s="41">
+        <v>21.786188882537701</v>
+      </c>
+      <c r="J47" s="5">
+        <v>2453.118467155</v>
+      </c>
+      <c r="K47" s="41">
+        <v>22.620127302031499</v>
+      </c>
+      <c r="L47" s="5">
+        <v>1824.9463898060001</v>
+      </c>
+      <c r="M47" s="41">
+        <v>27.4168948261668</v>
+      </c>
+      <c r="N47" s="11">
+        <v>748.20182710200004</v>
+      </c>
+      <c r="O47" s="47">
+        <v>46.179954583195702</v>
+      </c>
+      <c r="P47" s="5">
+        <v>13159.306741025999</v>
+      </c>
+      <c r="Q47" s="77">
+        <v>9.7725514079911608</v>
+      </c>
+    </row>
+    <row r="48" spans="1:19" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A48" s="20" t="s">
         <v>3</v>
       </c>
-      <c r="B48" s="11">
-[...49 lines deleted...]
-      <c r="A49" s="21" t="s">
+      <c r="B48" s="5">
+        <v>24560.356176005</v>
+      </c>
+      <c r="C48" s="41">
+        <v>7.09453769559439</v>
+      </c>
+      <c r="D48" s="5">
+        <v>23684.624064110001</v>
+      </c>
+      <c r="E48" s="41">
+        <v>7.1980800607172499</v>
+      </c>
+      <c r="F48" s="5">
+        <v>15341.099880214</v>
+      </c>
+      <c r="G48" s="41">
+        <v>9.1890851876220001</v>
+      </c>
+      <c r="H48" s="5">
+        <v>2899.5362009780001</v>
+      </c>
+      <c r="I48" s="41">
+        <v>20.880503536616299</v>
+      </c>
+      <c r="J48" s="5">
+        <v>2835.9583983520001</v>
+      </c>
+      <c r="K48" s="41">
+        <v>20.9683259884407</v>
+      </c>
+      <c r="L48" s="5">
+        <v>2608.0295845659998</v>
+      </c>
+      <c r="M48" s="41">
+        <v>22.405790786152998</v>
+      </c>
+      <c r="N48" s="11">
+        <v>875.732111895</v>
+      </c>
+      <c r="O48" s="47">
+        <v>44.104308431217397</v>
+      </c>
+      <c r="P48" s="5">
+        <v>13677.355451018</v>
+      </c>
+      <c r="Q48" s="77">
+        <v>9.78338667563869</v>
+      </c>
+    </row>
+    <row r="49" spans="1:17" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A49" s="20" t="s">
         <v>2</v>
       </c>
-      <c r="B49" s="11">
-[...70 lines deleted...]
-      <c r="A51" s="29" t="s">
+      <c r="B49" s="5">
+        <v>12212.883593656001</v>
+      </c>
+      <c r="C49" s="41">
+        <v>10.225514755885101</v>
+      </c>
+      <c r="D49" s="5">
+        <v>11659.006842102001</v>
+      </c>
+      <c r="E49" s="41">
+        <v>10.4560812179966</v>
+      </c>
+      <c r="F49" s="5">
+        <v>8155.2293283190002</v>
+      </c>
+      <c r="G49" s="41">
+        <v>12.6997363302171</v>
+      </c>
+      <c r="H49" s="5">
+        <v>1661.1230783169999</v>
+      </c>
+      <c r="I49" s="41">
+        <v>27.071165686674998</v>
+      </c>
+      <c r="J49" s="11">
+        <v>1029.465063439</v>
+      </c>
+      <c r="K49" s="47">
+        <v>35.474538130064403</v>
+      </c>
+      <c r="L49" s="11">
+        <v>813.18937202699999</v>
+      </c>
+      <c r="M49" s="47">
+        <v>40.504801339836199</v>
+      </c>
+      <c r="N49" s="11">
+        <v>553.87675155399995</v>
+      </c>
+      <c r="O49" s="47">
+        <v>50.911436896746601</v>
+      </c>
+      <c r="P49" s="5">
+        <v>6024.6493485669998</v>
+      </c>
+      <c r="Q49" s="77">
+        <v>14.288064802364399</v>
+      </c>
+    </row>
+    <row r="50" spans="1:17" s="2" customFormat="1" ht="9" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A50" s="23" t="s">
+        <v>114</v>
+      </c>
+      <c r="B50" s="53"/>
+      <c r="C50" s="53"/>
+      <c r="D50" s="53"/>
+      <c r="E50" s="53"/>
+      <c r="F50" s="53"/>
+      <c r="G50" s="53"/>
+      <c r="H50" s="53"/>
+      <c r="I50" s="53"/>
+      <c r="J50" s="53"/>
+      <c r="K50" s="53"/>
+      <c r="L50" s="53"/>
+      <c r="M50" s="53"/>
+      <c r="N50" s="53"/>
+      <c r="O50" s="53"/>
+      <c r="P50" s="53"/>
+      <c r="Q50" s="54"/>
+    </row>
+    <row r="51" spans="1:17" s="2" customFormat="1" ht="9" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A51" s="28" t="s">
+        <v>115</v>
+      </c>
+      <c r="B51" s="12">
+        <v>65521.151725871001</v>
+      </c>
+      <c r="C51" s="48">
+        <v>4.0975649284071096</v>
+      </c>
+      <c r="D51" s="12">
+        <v>61029.854107517996</v>
+      </c>
+      <c r="E51" s="48">
+        <v>4.25859511584438</v>
+      </c>
+      <c r="F51" s="12">
+        <v>41203.133322977003</v>
+      </c>
+      <c r="G51" s="48">
+        <v>5.4691011411964503</v>
+      </c>
+      <c r="H51" s="12">
+        <v>8360.3950648570008</v>
+      </c>
+      <c r="I51" s="48">
+        <v>12.3270085154398</v>
+      </c>
+      <c r="J51" s="12">
+        <v>5825.3249230190004</v>
+      </c>
+      <c r="K51" s="48">
+        <v>14.8110314348486</v>
+      </c>
+      <c r="L51" s="12">
+        <v>5641.0007966650001</v>
+      </c>
+      <c r="M51" s="48">
+        <v>15.467405900749901</v>
+      </c>
+      <c r="N51" s="12">
+        <v>4491.297618353</v>
+      </c>
+      <c r="O51" s="48">
+        <v>18.7790766802039</v>
+      </c>
+      <c r="P51" s="12">
+        <v>79313.766092901002</v>
+      </c>
+      <c r="Q51" s="46">
+        <v>3.6100666709901299</v>
+      </c>
+    </row>
+    <row r="52" spans="1:17" s="2" customFormat="1" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A52" s="20" t="s">
         <v>68</v>
       </c>
-      <c r="B51" s="13">
-[...155 lines deleted...]
-      <c r="A54" s="24" t="s">
+      <c r="B52" s="5">
+        <v>44154.506750603003</v>
+      </c>
+      <c r="C52" s="41">
+        <v>5.21308395563105</v>
+      </c>
+      <c r="D52" s="5">
+        <v>40667.715837064003</v>
+      </c>
+      <c r="E52" s="41">
+        <v>5.4280522669945697</v>
+      </c>
+      <c r="F52" s="5">
+        <v>26998.235319949999</v>
+      </c>
+      <c r="G52" s="41">
+        <v>6.9317029092764599</v>
+      </c>
+      <c r="H52" s="5">
+        <v>5800.33045907</v>
+      </c>
+      <c r="I52" s="41">
+        <v>14.8741331952761</v>
+      </c>
+      <c r="J52" s="5">
+        <v>4025.2425905800001</v>
+      </c>
+      <c r="K52" s="41">
+        <v>17.8577209147318</v>
+      </c>
+      <c r="L52" s="5">
+        <v>3843.9074674640001</v>
+      </c>
+      <c r="M52" s="41">
+        <v>18.6669579861153</v>
+      </c>
+      <c r="N52" s="5">
+        <v>3486.790913539</v>
+      </c>
+      <c r="O52" s="41">
+        <v>21.443281354354099</v>
+      </c>
+      <c r="P52" s="5">
+        <v>58321.308066719997</v>
+      </c>
+      <c r="Q52" s="77">
+        <v>4.3585652651880196</v>
+      </c>
+    </row>
+    <row r="53" spans="1:17" s="2" customFormat="1" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A53" s="20" t="s">
+        <v>69</v>
+      </c>
+      <c r="B53" s="5">
+        <v>21366.644975267998</v>
+      </c>
+      <c r="C53" s="41">
+        <v>7.8293616211711496</v>
+      </c>
+      <c r="D53" s="5">
+        <v>20362.138270454001</v>
+      </c>
+      <c r="E53" s="41">
+        <v>8.0129361881924392</v>
+      </c>
+      <c r="F53" s="5">
+        <v>14204.898003027</v>
+      </c>
+      <c r="G53" s="41">
+        <v>9.7978385657789104</v>
+      </c>
+      <c r="H53" s="5">
+        <v>2560.0646057869999</v>
+      </c>
+      <c r="I53" s="41">
+        <v>22.498992617418001</v>
+      </c>
+      <c r="J53" s="5">
+        <v>1800.0823324390001</v>
+      </c>
+      <c r="K53" s="41">
+        <v>26.903779006021502</v>
+      </c>
+      <c r="L53" s="11">
+        <v>1797.093329201</v>
+      </c>
+      <c r="M53" s="47">
+        <v>27.985196601789401</v>
+      </c>
+      <c r="N53" s="11">
+        <v>1004.506704814</v>
+      </c>
+      <c r="O53" s="47">
+        <v>39.273643629957597</v>
+      </c>
+      <c r="P53" s="5">
+        <v>20992.458026181001</v>
+      </c>
+      <c r="Q53" s="77">
+        <v>7.7289535849302702</v>
+      </c>
+    </row>
+    <row r="54" spans="1:17" s="2" customFormat="1" ht="9" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A54" s="23" t="s">
         <v>1</v>
       </c>
-      <c r="B54" s="62"/>
-[...17 lines deleted...]
-      <c r="A55" s="24" t="s">
+      <c r="B54" s="55"/>
+      <c r="C54" s="55"/>
+      <c r="D54" s="55"/>
+      <c r="E54" s="55"/>
+      <c r="F54" s="55"/>
+      <c r="G54" s="55"/>
+      <c r="H54" s="55"/>
+      <c r="I54" s="55"/>
+      <c r="J54" s="55"/>
+      <c r="K54" s="55"/>
+      <c r="L54" s="55"/>
+      <c r="M54" s="55"/>
+      <c r="N54" s="55"/>
+      <c r="O54" s="55"/>
+      <c r="P54" s="56"/>
+      <c r="Q54" s="57"/>
+    </row>
+    <row r="55" spans="1:17" s="2" customFormat="1" ht="9" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A55" s="23" t="s">
         <v>0</v>
       </c>
-      <c r="B55" s="62"/>
-[...17 lines deleted...]
-      <c r="A56" s="25">
+      <c r="B55" s="55"/>
+      <c r="C55" s="55"/>
+      <c r="D55" s="55"/>
+      <c r="E55" s="55"/>
+      <c r="F55" s="55"/>
+      <c r="G55" s="55"/>
+      <c r="H55" s="55"/>
+      <c r="I55" s="55"/>
+      <c r="J55" s="55"/>
+      <c r="K55" s="55"/>
+      <c r="L55" s="55"/>
+      <c r="M55" s="55"/>
+      <c r="N55" s="55"/>
+      <c r="O55" s="55"/>
+      <c r="P55" s="56"/>
+      <c r="Q55" s="57"/>
+    </row>
+    <row r="56" spans="1:17" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A56" s="24">
         <v>2010</v>
       </c>
       <c r="B56" s="5">
         <v>152989.76022311699</v>
       </c>
-      <c r="C56" s="58">
+      <c r="C56" s="51">
         <v>1.58981614269515</v>
       </c>
       <c r="D56" s="5">
         <v>147461.61630707199</v>
       </c>
-      <c r="E56" s="58">
+      <c r="E56" s="51">
         <v>1.6840196371943299</v>
       </c>
       <c r="F56" s="5">
         <v>103956.647563522</v>
       </c>
-      <c r="G56" s="58">
+      <c r="G56" s="51">
         <v>2.5829457103590201</v>
       </c>
       <c r="H56" s="5">
         <v>10446.619150687</v>
       </c>
-      <c r="I56" s="58">
+      <c r="I56" s="51">
         <v>10.733278438635301</v>
       </c>
       <c r="J56" s="5">
         <v>15616.47008153</v>
       </c>
-      <c r="K56" s="58">
+      <c r="K56" s="51">
         <v>8.6346523026423601</v>
       </c>
       <c r="L56" s="5">
         <v>17441.879511333002</v>
       </c>
-      <c r="M56" s="58">
+      <c r="M56" s="51">
         <v>8.1320115979084306</v>
       </c>
       <c r="N56" s="5">
         <v>5528.143916045</v>
       </c>
-      <c r="O56" s="58">
+      <c r="O56" s="51">
         <v>15.3641744282326</v>
       </c>
-      <c r="P56" s="33">
+      <c r="P56" s="32">
         <v>105839.001127155</v>
       </c>
-      <c r="Q56" s="59">
+      <c r="Q56" s="52">
         <v>2.6881848099040702</v>
       </c>
     </row>
-    <row r="57" spans="1:17" ht="9.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A57" s="25">
+    <row r="57" spans="1:17" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A57" s="24">
         <v>2011</v>
       </c>
       <c r="B57" s="5">
         <v>153095.312340615</v>
       </c>
-      <c r="C57" s="58">
+      <c r="C57" s="51">
         <v>1.5419613291963901</v>
       </c>
       <c r="D57" s="5">
         <v>145816.76323891999</v>
       </c>
-      <c r="E57" s="58">
+      <c r="E57" s="51">
         <v>1.6507409632018999</v>
       </c>
       <c r="F57" s="5">
         <v>102141.570236271</v>
       </c>
-      <c r="G57" s="58">
+      <c r="G57" s="51">
         <v>2.5087139445184499</v>
       </c>
       <c r="H57" s="5">
         <v>11678.418134187999</v>
       </c>
-      <c r="I57" s="58">
+      <c r="I57" s="51">
         <v>9.6475268018280396</v>
       </c>
       <c r="J57" s="5">
         <v>15893.186923367</v>
       </c>
-      <c r="K57" s="58">
+      <c r="K57" s="51">
         <v>8.1782591847775201</v>
       </c>
       <c r="L57" s="5">
         <v>16103.587945093999</v>
       </c>
-      <c r="M57" s="58">
+      <c r="M57" s="51">
         <v>8.1300891515773106</v>
       </c>
       <c r="N57" s="5">
         <v>7278.549101695</v>
       </c>
-      <c r="O57" s="58">
+      <c r="O57" s="51">
         <v>13.1398024162157</v>
       </c>
-      <c r="P57" s="33">
+      <c r="P57" s="32">
         <v>106343.595484809</v>
       </c>
-      <c r="Q57" s="59">
+      <c r="Q57" s="52">
         <v>2.61819502461708</v>
       </c>
     </row>
-    <row r="58" spans="1:17" ht="9.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A58" s="25">
+    <row r="58" spans="1:17" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A58" s="24">
         <v>2012</v>
       </c>
       <c r="B58" s="5">
         <v>159105.749842016</v>
       </c>
-      <c r="C58" s="58">
+      <c r="C58" s="51">
         <v>1.5047469363817201</v>
       </c>
       <c r="D58" s="5">
         <v>151313.481481433</v>
       </c>
-      <c r="E58" s="58">
+      <c r="E58" s="51">
         <v>1.6156715007883999</v>
       </c>
       <c r="F58" s="5">
         <v>105661.771487267</v>
       </c>
-      <c r="G58" s="58">
+      <c r="G58" s="51">
         <v>2.4854156563048502</v>
       </c>
       <c r="H58" s="5">
         <v>12517.198120358</v>
       </c>
-      <c r="I58" s="58">
+      <c r="I58" s="51">
         <v>9.4203597521144395</v>
       </c>
       <c r="J58" s="5">
         <v>15213.322904488001</v>
       </c>
-      <c r="K58" s="58">
+      <c r="K58" s="51">
         <v>8.4306080173153894</v>
       </c>
       <c r="L58" s="5">
         <v>17921.188969319999</v>
       </c>
-      <c r="M58" s="58">
+      <c r="M58" s="51">
         <v>7.7403907826974301</v>
       </c>
       <c r="N58" s="5">
         <v>7792.2683605829998</v>
       </c>
-      <c r="O58" s="58">
+      <c r="O58" s="51">
         <v>12.8829469088076</v>
       </c>
-      <c r="P58" s="33">
+      <c r="P58" s="32">
         <v>109668.416822536</v>
       </c>
-      <c r="Q58" s="59">
+      <c r="Q58" s="52">
         <v>2.5753599806710099</v>
       </c>
     </row>
-    <row r="59" spans="1:17" ht="9.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A59" s="25">
+    <row r="59" spans="1:17" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A59" s="24">
         <v>2013</v>
       </c>
       <c r="B59" s="5">
         <v>164727.52242132599</v>
       </c>
-      <c r="C59" s="58">
+      <c r="C59" s="51">
         <v>1.46358771374767</v>
       </c>
       <c r="D59" s="5">
         <v>155606.48339703999</v>
       </c>
-      <c r="E59" s="58">
+      <c r="E59" s="51">
         <v>1.5940457540223201</v>
       </c>
       <c r="F59" s="5">
         <v>105853.954722058</v>
       </c>
-      <c r="G59" s="58">
+      <c r="G59" s="51">
         <v>2.5093426708367401</v>
       </c>
       <c r="H59" s="5">
         <v>12886.168218563</v>
       </c>
-      <c r="I59" s="58">
+      <c r="I59" s="51">
         <v>9.30733337830398</v>
       </c>
       <c r="J59" s="5">
         <v>17427.2256629</v>
       </c>
-      <c r="K59" s="58">
+      <c r="K59" s="51">
         <v>7.8479943141070603</v>
       </c>
       <c r="L59" s="5">
         <v>19439.134793518999</v>
       </c>
-      <c r="M59" s="58">
+      <c r="M59" s="51">
         <v>7.4697416355924098</v>
       </c>
       <c r="N59" s="5">
         <v>9121.0390242859994</v>
       </c>
-      <c r="O59" s="58">
+      <c r="O59" s="51">
         <v>11.670418142153601</v>
       </c>
-      <c r="P59" s="33">
+      <c r="P59" s="32">
         <v>112833.021429922</v>
       </c>
-      <c r="Q59" s="59">
+      <c r="Q59" s="52">
         <v>2.5508991650631998</v>
       </c>
     </row>
-    <row r="60" spans="1:17" ht="9.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A60" s="25">
+    <row r="60" spans="1:17" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A60" s="24">
         <v>2014</v>
       </c>
       <c r="B60" s="5">
         <v>167196.57044519499</v>
       </c>
-      <c r="C60" s="58">
+      <c r="C60" s="51">
         <v>1.55959432201766</v>
       </c>
       <c r="D60" s="5">
         <v>158836.799805847</v>
       </c>
-      <c r="E60" s="58">
+      <c r="E60" s="51">
         <v>1.66743927021006</v>
       </c>
       <c r="F60" s="5">
         <v>110271.439291959</v>
       </c>
-      <c r="G60" s="58">
+      <c r="G60" s="51">
         <v>2.5100176451330198</v>
       </c>
       <c r="H60" s="5">
         <v>13461.415046726001</v>
       </c>
-      <c r="I60" s="58">
+      <c r="I60" s="51">
         <v>9.0490132685060107</v>
       </c>
       <c r="J60" s="5">
         <v>16061.311524022</v>
       </c>
-      <c r="K60" s="58">
+      <c r="K60" s="51">
         <v>8.1918243690677297</v>
       </c>
       <c r="L60" s="5">
         <v>19042.633943140001</v>
       </c>
-      <c r="M60" s="58">
+      <c r="M60" s="51">
         <v>7.5377232646861803</v>
       </c>
       <c r="N60" s="5">
         <v>8359.7706393480003</v>
       </c>
-      <c r="O60" s="58">
+      <c r="O60" s="51">
         <v>12.3552739593508</v>
       </c>
-      <c r="P60" s="33">
+      <c r="P60" s="32">
         <v>129301.048121812</v>
       </c>
-      <c r="Q60" s="59">
+      <c r="Q60" s="52">
         <v>2.3389048038787799</v>
       </c>
     </row>
-    <row r="61" spans="1:17" ht="9.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A61" s="25">
+    <row r="61" spans="1:17" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A61" s="24">
         <v>2015</v>
       </c>
       <c r="B61" s="5">
         <v>169739.90298820601</v>
       </c>
-      <c r="C61" s="58">
+      <c r="C61" s="51">
         <v>1.57495612098618</v>
       </c>
       <c r="D61" s="5">
         <v>160858.41437707099</v>
       </c>
-      <c r="E61" s="58">
+      <c r="E61" s="51">
         <v>1.6902023613693999</v>
       </c>
       <c r="F61" s="5">
         <v>110479.236999819</v>
       </c>
-      <c r="G61" s="58">
+      <c r="G61" s="51">
         <v>2.5476194637848901</v>
       </c>
       <c r="H61" s="5">
         <v>14404.146797617999</v>
       </c>
-      <c r="I61" s="58">
+      <c r="I61" s="51">
         <v>8.9102261256584505</v>
       </c>
       <c r="J61" s="5">
         <v>17247.368262151002</v>
       </c>
-      <c r="K61" s="58">
+      <c r="K61" s="51">
         <v>8.0749889440667708</v>
       </c>
       <c r="L61" s="5">
         <v>18727.662317482998</v>
       </c>
-      <c r="M61" s="58">
+      <c r="M61" s="51">
         <v>7.7596074580709304</v>
       </c>
       <c r="N61" s="5">
         <v>8881.4886111350006</v>
       </c>
-      <c r="O61" s="58">
+      <c r="O61" s="51">
         <v>12.0401352636531</v>
       </c>
-      <c r="P61" s="33">
+      <c r="P61" s="32">
         <v>130402.122356844</v>
       </c>
-      <c r="Q61" s="59">
+      <c r="Q61" s="52">
         <v>2.3806794640996398</v>
       </c>
     </row>
-    <row r="62" spans="1:17" ht="9.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A62" s="25">
+    <row r="62" spans="1:17" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A62" s="24">
         <v>2016</v>
       </c>
       <c r="B62" s="5">
         <v>173618.11194404401</v>
       </c>
-      <c r="C62" s="58">
+      <c r="C62" s="51">
         <v>1.54709760016537</v>
       </c>
       <c r="D62" s="5">
         <v>164269.312274745</v>
       </c>
-      <c r="E62" s="58">
+      <c r="E62" s="51">
         <v>1.6678199325890399</v>
       </c>
       <c r="F62" s="5">
         <v>111073.487736544</v>
       </c>
-      <c r="G62" s="58">
+      <c r="G62" s="51">
         <v>2.5684722491152701</v>
       </c>
       <c r="H62" s="5">
         <v>16306.689672662</v>
       </c>
-      <c r="I62" s="58">
+      <c r="I62" s="51">
         <v>8.3982165557836304</v>
       </c>
       <c r="J62" s="5">
         <v>17636.065888871999</v>
       </c>
-      <c r="K62" s="58">
+      <c r="K62" s="51">
         <v>7.9952550860596299</v>
       </c>
       <c r="L62" s="5">
         <v>19253.068976667</v>
       </c>
-      <c r="M62" s="58">
+      <c r="M62" s="51">
         <v>7.7091420299431404</v>
       </c>
       <c r="N62" s="5">
         <v>9348.799669299</v>
       </c>
-      <c r="O62" s="58">
+      <c r="O62" s="51">
         <v>11.7702970764115</v>
       </c>
-      <c r="P62" s="33">
+      <c r="P62" s="32">
         <v>131950.32424104799</v>
       </c>
-      <c r="Q62" s="59">
+      <c r="Q62" s="52">
         <v>2.3696208496177702</v>
       </c>
     </row>
-    <row r="63" spans="1:17" ht="9.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A63" s="25">
+    <row r="63" spans="1:17" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A63" s="24">
         <v>2017</v>
       </c>
       <c r="B63" s="5">
         <v>176137.058256961</v>
       </c>
-      <c r="C63" s="58">
+      <c r="C63" s="51">
         <v>1.53237300133956</v>
       </c>
       <c r="D63" s="5">
         <v>166936.253681414</v>
       </c>
-      <c r="E63" s="58">
+      <c r="E63" s="51">
         <v>1.6503157590475099</v>
       </c>
       <c r="F63" s="5">
         <v>112418.830662864</v>
       </c>
-      <c r="G63" s="58">
+      <c r="G63" s="51">
         <v>2.5505902359454899</v>
       </c>
       <c r="H63" s="5">
         <v>17382.732866940001</v>
       </c>
-      <c r="I63" s="58">
+      <c r="I63" s="51">
         <v>8.1350463218880993</v>
       </c>
       <c r="J63" s="5">
         <v>17166.075461016</v>
       </c>
-      <c r="K63" s="58">
+      <c r="K63" s="51">
         <v>8.1338380626578495</v>
       </c>
       <c r="L63" s="5">
         <v>19968.614690594</v>
       </c>
-      <c r="M63" s="58">
+      <c r="M63" s="51">
         <v>7.5445605993470997</v>
       </c>
       <c r="N63" s="5">
         <v>9200.8045755469993</v>
       </c>
-      <c r="O63" s="58">
+      <c r="O63" s="51">
         <v>11.7741649195869</v>
       </c>
-      <c r="P63" s="33">
+      <c r="P63" s="32">
         <v>134968.555016611</v>
       </c>
-      <c r="Q63" s="59">
+      <c r="Q63" s="52">
         <v>2.35625185328256</v>
       </c>
     </row>
-    <row r="64" spans="1:17" ht="9.75" customHeight="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-        <v>76</v>
+    <row r="64" spans="1:17" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A64" s="24">
+        <v>2018</v>
       </c>
       <c r="B64" s="5">
         <v>171679.32663398399</v>
       </c>
-      <c r="C64" s="58">
+      <c r="C64" s="51">
         <v>1.6086066710428699</v>
       </c>
       <c r="D64" s="5">
         <v>163115.57892738099</v>
       </c>
-      <c r="E64" s="58">
+      <c r="E64" s="51">
         <v>1.7136175855933899</v>
       </c>
       <c r="F64" s="5">
         <v>109436.84574518701</v>
       </c>
-      <c r="G64" s="58">
+      <c r="G64" s="51">
         <v>2.6316517400349499</v>
       </c>
       <c r="H64" s="5">
         <v>18623.638714781999</v>
       </c>
-      <c r="I64" s="58">
+      <c r="I64" s="51">
         <v>7.7424804006595798</v>
       </c>
       <c r="J64" s="5">
         <v>18070.049377324001</v>
       </c>
-      <c r="K64" s="58">
+      <c r="K64" s="51">
         <v>7.8284504381383799</v>
       </c>
       <c r="L64" s="5">
         <v>16985.045090087999</v>
       </c>
-      <c r="M64" s="58">
+      <c r="M64" s="51">
         <v>8.1323850376421198</v>
       </c>
       <c r="N64" s="5">
         <v>8563.7477066030006</v>
       </c>
-      <c r="O64" s="58">
+      <c r="O64" s="51">
         <v>12.4460055300801</v>
       </c>
-      <c r="P64" s="33">
+      <c r="P64" s="32">
         <v>132249.27733911099</v>
       </c>
-      <c r="Q64" s="59">
+      <c r="Q64" s="52">
         <v>2.3881604066998299</v>
       </c>
     </row>
-    <row r="65" spans="1:17" ht="9.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A65" s="25">
+    <row r="65" spans="1:17" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A65" s="24">
         <v>2019</v>
       </c>
       <c r="B65" s="5">
         <v>172625.46010836901</v>
       </c>
-      <c r="C65" s="58">
+      <c r="C65" s="51">
         <v>1.60263710690318</v>
       </c>
       <c r="D65" s="5">
         <v>163494.96365804301</v>
       </c>
-      <c r="E65" s="58">
+      <c r="E65" s="51">
         <v>1.7126537537943201</v>
       </c>
       <c r="F65" s="5">
         <v>111275.093909791</v>
       </c>
-      <c r="G65" s="58">
+      <c r="G65" s="51">
         <v>2.5628782443490898</v>
       </c>
       <c r="H65" s="5">
         <v>17624.140382713002</v>
       </c>
-      <c r="I65" s="58">
+      <c r="I65" s="51">
         <v>8.0406680769038896</v>
       </c>
       <c r="J65" s="5">
         <v>18905.329298649001</v>
       </c>
-      <c r="K65" s="58">
+      <c r="K65" s="51">
         <v>7.7837372621185699</v>
       </c>
       <c r="L65" s="5">
         <v>15690.400066890001</v>
       </c>
-      <c r="M65" s="58">
+      <c r="M65" s="51">
         <v>8.63640799211848</v>
       </c>
       <c r="N65" s="5">
         <v>9130.4964503259998</v>
       </c>
-      <c r="O65" s="58">
+      <c r="O65" s="51">
         <v>12.066843029867499</v>
       </c>
-      <c r="P65" s="33">
+      <c r="P65" s="32">
         <v>133030.71230057999</v>
       </c>
-      <c r="Q65" s="59">
+      <c r="Q65" s="52">
         <v>2.3870228189010598</v>
       </c>
     </row>
-    <row r="66" spans="1:17" ht="9.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A66" s="25">
+    <row r="66" spans="1:17" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A66" s="24">
         <v>2020</v>
       </c>
       <c r="B66" s="5">
         <v>175635.49853452999</v>
       </c>
-      <c r="C66" s="58">
+      <c r="C66" s="51">
         <v>1.56196734336201</v>
       </c>
       <c r="D66" s="5">
         <v>164758.27946572399</v>
       </c>
-      <c r="E66" s="58">
+      <c r="E66" s="51">
         <v>1.69151639293762</v>
       </c>
       <c r="F66" s="5">
         <v>109901.902423012</v>
       </c>
-      <c r="G66" s="58">
+      <c r="G66" s="51">
         <v>2.5901461286009102</v>
       </c>
       <c r="H66" s="5">
         <v>19794.625217461999</v>
       </c>
-      <c r="I66" s="58">
+      <c r="I66" s="51">
         <v>7.4566130881403998</v>
       </c>
       <c r="J66" s="5">
         <v>19438.049314737</v>
       </c>
-      <c r="K66" s="58">
+      <c r="K66" s="51">
         <v>7.5448495928801202</v>
       </c>
       <c r="L66" s="5">
         <v>15623.702510513</v>
       </c>
-      <c r="M66" s="58">
+      <c r="M66" s="51">
         <v>8.5777740135512097</v>
       </c>
       <c r="N66" s="5">
         <v>10877.219068806</v>
       </c>
-      <c r="O66" s="58">
+      <c r="O66" s="51">
         <v>10.906139601868301</v>
       </c>
-      <c r="P66" s="32">
+      <c r="P66" s="31">
         <v>133945.15044912099</v>
       </c>
-      <c r="Q66" s="59">
+      <c r="Q66" s="52">
         <v>2.34399610940855</v>
       </c>
     </row>
-    <row r="67" spans="1:17" ht="9.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A67" s="25">
+    <row r="67" spans="1:17" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A67" s="24">
         <v>2021</v>
       </c>
       <c r="B67" s="5">
         <v>178408.87856815799</v>
       </c>
-      <c r="C67" s="58">
+      <c r="C67" s="51">
         <v>1.61615900611667</v>
       </c>
       <c r="D67" s="5">
         <v>169531.86239158001</v>
       </c>
-      <c r="E67" s="58">
+      <c r="E67" s="51">
         <v>1.71828520622226</v>
       </c>
       <c r="F67" s="5">
         <v>112581.86319623</v>
       </c>
-      <c r="G67" s="58">
+      <c r="G67" s="51">
         <v>2.6364507071667802</v>
       </c>
       <c r="H67" s="5">
         <v>21306.690215194001</v>
       </c>
-      <c r="I67" s="58">
+      <c r="I67" s="51">
         <v>7.4058559607290002</v>
       </c>
       <c r="J67" s="5">
         <v>19631.900804855999</v>
       </c>
-      <c r="K67" s="58">
+      <c r="K67" s="51">
         <v>7.6896913318154096</v>
       </c>
       <c r="L67" s="5">
         <v>16011.408175299999</v>
       </c>
-      <c r="M67" s="58">
+      <c r="M67" s="51">
         <v>8.7403672759788602</v>
       </c>
       <c r="N67" s="5">
         <v>8877.0161765779994</v>
       </c>
-      <c r="O67" s="58">
+      <c r="O67" s="51">
         <v>12.5732956175067</v>
       </c>
-      <c r="P67" s="32">
+      <c r="P67" s="31">
         <v>134592.556226827</v>
       </c>
-      <c r="Q67" s="59">
+      <c r="Q67" s="52">
         <v>2.4415471971625902</v>
       </c>
     </row>
-    <row r="68" spans="1:17" ht="9.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A68" s="25">
+    <row r="68" spans="1:17" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A68" s="24">
         <v>2022</v>
       </c>
       <c r="B68" s="5">
         <v>180431.005316639</v>
       </c>
-      <c r="C68" s="58">
+      <c r="C68" s="51">
         <v>1.60754964373516</v>
       </c>
       <c r="D68" s="5">
         <v>172405.28958901201</v>
       </c>
-      <c r="E68" s="58">
+      <c r="E68" s="51">
         <v>1.6977823669738299</v>
       </c>
       <c r="F68" s="5">
         <v>117785.24581568901</v>
       </c>
-      <c r="G68" s="58">
+      <c r="G68" s="51">
         <v>2.5603097403192998</v>
       </c>
       <c r="H68" s="5">
         <v>21097.973990161001</v>
       </c>
-      <c r="I68" s="58">
+      <c r="I68" s="51">
         <v>7.3733322182875103</v>
       </c>
       <c r="J68" s="5">
         <v>18666.118716985002</v>
       </c>
-      <c r="K68" s="58">
+      <c r="K68" s="51">
         <v>7.89938658816068</v>
       </c>
       <c r="L68" s="5">
         <v>14855.951066177</v>
       </c>
-      <c r="M68" s="58">
+      <c r="M68" s="51">
         <v>9.0492372833670096</v>
       </c>
       <c r="N68" s="5">
         <v>8025.715727627</v>
       </c>
-      <c r="O68" s="58">
+      <c r="O68" s="51">
         <v>13.289309137727001</v>
       </c>
-      <c r="P68" s="32">
+      <c r="P68" s="31">
         <v>139462.67726968499</v>
       </c>
-      <c r="Q68" s="59">
+      <c r="Q68" s="52">
         <v>2.3828208148665602</v>
       </c>
     </row>
-    <row r="69" spans="1:17" ht="9.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A69" s="26">
+    <row r="69" spans="1:17" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A69" s="24">
         <v>2023</v>
       </c>
-      <c r="B69" s="27">
+      <c r="B69" s="5">
         <v>184307.70957028901</v>
       </c>
-      <c r="C69" s="57">
+      <c r="C69" s="51">
         <v>1.6374919204984699</v>
       </c>
-      <c r="D69" s="27">
+      <c r="D69" s="5">
         <v>175152.61245565</v>
       </c>
-      <c r="E69" s="57">
+      <c r="E69" s="51">
         <v>1.73663071447664</v>
       </c>
-      <c r="F69" s="27">
+      <c r="F69" s="5">
         <v>117246.20798551499</v>
       </c>
-      <c r="G69" s="57">
+      <c r="G69" s="51">
         <v>2.6228951133976999</v>
       </c>
-      <c r="H69" s="27">
+      <c r="H69" s="5">
         <v>22982.745871018</v>
       </c>
-      <c r="I69" s="57">
+      <c r="I69" s="51">
         <v>7.2813319722090002</v>
       </c>
-      <c r="J69" s="27">
+      <c r="J69" s="5">
         <v>18935.790209283001</v>
       </c>
-      <c r="K69" s="57">
+      <c r="K69" s="51">
         <v>8.1204734725346892</v>
       </c>
-      <c r="L69" s="27">
+      <c r="L69" s="5">
         <v>15987.868389834</v>
       </c>
-      <c r="M69" s="57">
+      <c r="M69" s="51">
         <v>8.9743496178338997</v>
       </c>
-      <c r="N69" s="27">
+      <c r="N69" s="5">
         <v>9155.0971146390002</v>
       </c>
-      <c r="O69" s="57">
+      <c r="O69" s="51">
         <v>12.7616971077438</v>
       </c>
-      <c r="P69" s="34">
+      <c r="P69" s="31">
         <v>140038.07236677199</v>
       </c>
-      <c r="Q69" s="56">
+      <c r="Q69" s="52">
         <v>2.4415133456229201</v>
       </c>
     </row>
-    <row r="70" spans="1:17" s="3" customFormat="1" ht="9" customHeight="1" x14ac:dyDescent="0.3"/>
-[...21 lines deleted...]
-    <row r="72" spans="1:17" s="3" customFormat="1" ht="9" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="70" spans="1:17" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A70" s="25">
+        <v>2024</v>
+      </c>
+      <c r="B70" s="26">
+        <v>185893.63348915899</v>
+      </c>
+      <c r="C70" s="50">
+        <v>1.6387044613916699</v>
+      </c>
+      <c r="D70" s="26">
+        <v>176902.70997565499</v>
+      </c>
+      <c r="E70" s="50">
+        <v>1.7355561129577199</v>
+      </c>
+      <c r="F70" s="26">
+        <v>118929.817221787</v>
+      </c>
+      <c r="G70" s="50">
+        <v>2.6518415521312999</v>
+      </c>
+      <c r="H70" s="26">
+        <v>23121.088723041001</v>
+      </c>
+      <c r="I70" s="50">
+        <v>7.1129388844037997</v>
+      </c>
+      <c r="J70" s="26">
+        <v>18942.769190494</v>
+      </c>
+      <c r="K70" s="50">
+        <v>7.9259917677485898</v>
+      </c>
+      <c r="L70" s="26">
+        <v>15909.034840333001</v>
+      </c>
+      <c r="M70" s="50">
+        <v>9.0210572568719396</v>
+      </c>
+      <c r="N70" s="26">
+        <v>8990.9235135039999</v>
+      </c>
+      <c r="O70" s="50">
+        <v>12.931058224381699</v>
+      </c>
+      <c r="P70" s="33">
+        <v>140562.289291461</v>
+      </c>
+      <c r="Q70" s="49">
+        <v>2.44988744108612</v>
+      </c>
+    </row>
+    <row r="71" spans="1:17" s="3" customFormat="1" ht="9" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="72" spans="1:17" s="3" customFormat="1" ht="9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A72" s="4" t="s">
-        <v>75</v>
+        <v>63</v>
       </c>
       <c r="B72" s="8"/>
       <c r="C72" s="8"/>
       <c r="D72" s="8"/>
       <c r="E72" s="8"/>
       <c r="F72" s="8"/>
       <c r="G72" s="8"/>
       <c r="H72" s="8"/>
       <c r="I72" s="8"/>
       <c r="J72" s="8"/>
       <c r="K72" s="8"/>
       <c r="L72" s="8"/>
       <c r="M72" s="8"/>
       <c r="N72" s="8"/>
       <c r="O72" s="8"/>
       <c r="P72" s="8"/>
       <c r="Q72" s="8"/>
     </row>
-    <row r="73" spans="1:17" s="9" customFormat="1" ht="9" customHeight="1" x14ac:dyDescent="0.3">
-[...21 lines deleted...]
-        <v>83</v>
+    <row r="73" spans="1:17" s="3" customFormat="1" ht="9" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A73" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="B73" s="8"/>
+      <c r="C73" s="8"/>
+      <c r="D73" s="8"/>
+      <c r="E73" s="8"/>
+      <c r="F73" s="8"/>
+      <c r="G73" s="8"/>
+      <c r="H73" s="8"/>
+      <c r="I73" s="8"/>
+      <c r="J73" s="8"/>
+      <c r="K73" s="8"/>
+      <c r="L73" s="8"/>
+      <c r="M73" s="8"/>
+      <c r="N73" s="8"/>
+      <c r="O73" s="8"/>
+      <c r="P73" s="8"/>
+      <c r="Q73" s="8"/>
+    </row>
+    <row r="74" spans="1:17" s="9" customFormat="1" ht="9" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A74" s="3" t="s">
+        <v>70</v>
       </c>
       <c r="B74" s="3"/>
       <c r="C74" s="3"/>
       <c r="D74" s="3"/>
       <c r="E74" s="3"/>
       <c r="F74" s="3"/>
       <c r="G74" s="3"/>
       <c r="H74" s="3"/>
       <c r="I74" s="3"/>
       <c r="J74" s="3"/>
       <c r="K74" s="3"/>
       <c r="L74" s="3"/>
       <c r="M74" s="3"/>
       <c r="N74" s="3"/>
       <c r="O74" s="3"/>
       <c r="P74" s="3"/>
     </row>
-    <row r="75" spans="1:17" s="9" customFormat="1" ht="9" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="75" spans="1:17" s="9" customFormat="1" ht="9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A75" s="9" t="s">
-        <v>84</v>
+        <v>71</v>
       </c>
       <c r="B75" s="3"/>
       <c r="C75" s="3"/>
       <c r="D75" s="3"/>
       <c r="E75" s="3"/>
       <c r="F75" s="3"/>
       <c r="G75" s="3"/>
       <c r="H75" s="3"/>
       <c r="I75" s="3"/>
       <c r="J75" s="3"/>
       <c r="K75" s="3"/>
       <c r="L75" s="3"/>
       <c r="M75" s="3"/>
       <c r="N75" s="3"/>
       <c r="O75" s="3"/>
       <c r="P75" s="3"/>
     </row>
-    <row r="76" spans="1:17" s="9" customFormat="1" ht="9" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="76" spans="1:17" s="9" customFormat="1" ht="9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A76" s="9" t="s">
-        <v>85</v>
+        <v>72</v>
       </c>
       <c r="B76" s="3"/>
       <c r="C76" s="3"/>
       <c r="D76" s="3"/>
       <c r="E76" s="3"/>
       <c r="F76" s="3"/>
       <c r="G76" s="3"/>
       <c r="H76" s="3"/>
       <c r="I76" s="3"/>
       <c r="J76" s="3"/>
       <c r="K76" s="3"/>
       <c r="L76" s="3"/>
       <c r="M76" s="3"/>
       <c r="N76" s="3"/>
       <c r="O76" s="3"/>
       <c r="P76" s="3"/>
     </row>
-    <row r="77" spans="1:17" s="3" customFormat="1" ht="9" customHeight="1" x14ac:dyDescent="0.3"/>
-[...45 lines deleted...]
-      <c r="P84" s="33"/>
+    <row r="77" spans="1:17" s="9" customFormat="1" ht="9" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A77" s="9" t="s">
+        <v>107</v>
+      </c>
+      <c r="B77" s="3"/>
+      <c r="C77" s="3"/>
+      <c r="D77" s="3"/>
+      <c r="E77" s="3"/>
+      <c r="F77" s="3"/>
+      <c r="G77" s="3"/>
+      <c r="H77" s="3"/>
+      <c r="I77" s="3"/>
+      <c r="J77" s="3"/>
+      <c r="K77" s="3"/>
+      <c r="L77" s="3"/>
+      <c r="M77" s="3"/>
+      <c r="N77" s="3"/>
+      <c r="O77" s="3"/>
+      <c r="P77" s="3"/>
+    </row>
+    <row r="78" spans="1:17" s="9" customFormat="1" ht="9" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A78" s="9" t="s">
+        <v>108</v>
+      </c>
+      <c r="B78" s="3"/>
+      <c r="C78" s="3"/>
+      <c r="D78" s="3"/>
+      <c r="E78" s="3"/>
+      <c r="F78" s="3"/>
+      <c r="G78" s="3"/>
+      <c r="H78" s="3"/>
+      <c r="I78" s="3"/>
+      <c r="J78" s="3"/>
+      <c r="K78" s="3"/>
+      <c r="L78" s="3"/>
+      <c r="M78" s="3"/>
+      <c r="N78" s="3"/>
+      <c r="O78" s="3"/>
+      <c r="P78" s="3"/>
+    </row>
+    <row r="79" spans="1:17" s="3" customFormat="1" ht="9" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="80" spans="1:17" s="3" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A80" s="4" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="81" spans="1:17" s="3" customFormat="1" ht="10.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A81" s="4" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="82" spans="1:17" s="3" customFormat="1" ht="10.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A82" s="4"/>
+    </row>
+    <row r="83" spans="1:17" s="3" customFormat="1" ht="10.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A83" s="3" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="84" spans="1:17" s="3" customFormat="1" ht="10.15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="85" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="B85" s="32"/>
+      <c r="C85" s="32"/>
+      <c r="D85" s="32"/>
+      <c r="E85" s="32"/>
+      <c r="F85" s="32"/>
+      <c r="G85" s="32"/>
+      <c r="H85" s="32"/>
+      <c r="I85" s="32"/>
+      <c r="J85" s="32"/>
+      <c r="K85" s="32"/>
+      <c r="L85" s="32"/>
+      <c r="M85" s="32"/>
+      <c r="N85" s="32"/>
+      <c r="O85" s="32"/>
+      <c r="P85" s="32"/>
+      <c r="Q85" s="32"/>
+    </row>
+    <row r="86" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="B86" s="32"/>
+      <c r="D86" s="32"/>
+      <c r="F86" s="32"/>
+      <c r="H86" s="32"/>
+      <c r="J86" s="32"/>
+      <c r="L86" s="32"/>
+      <c r="N86" s="32"/>
+      <c r="P86" s="32"/>
     </row>
   </sheetData>
   <mergeCells count="19">
-    <mergeCell ref="N8:O8"/>
-[...5 lines deleted...]
-    <mergeCell ref="P10:Q10"/>
     <mergeCell ref="B8:C8"/>
     <mergeCell ref="D9:E9"/>
     <mergeCell ref="D10:E10"/>
     <mergeCell ref="F9:G9"/>
     <mergeCell ref="F10:G10"/>
     <mergeCell ref="D8:M8"/>
     <mergeCell ref="H9:I9"/>
     <mergeCell ref="H10:I10"/>
     <mergeCell ref="J9:K9"/>
     <mergeCell ref="J10:K10"/>
     <mergeCell ref="L9:M9"/>
     <mergeCell ref="L10:M10"/>
+    <mergeCell ref="N8:O8"/>
+    <mergeCell ref="N9:O9"/>
+    <mergeCell ref="N10:O10"/>
+    <mergeCell ref="P7:Q7"/>
+    <mergeCell ref="P8:Q8"/>
+    <mergeCell ref="P9:Q9"/>
+    <mergeCell ref="P10:Q10"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0" right="0" top="0.51181102362204722" bottom="3.937007874015748E-2" header="0.51181102362204722" footer="0.36"/>
   <pageSetup paperSize="9" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;"Arial,Normal"&amp;7Service de la statistique du canton de Fribourg-RM
 &amp;Z&amp;F-&amp;D-&amp;T&amp;R&amp;"Arial,Normal"&amp;7&amp;P/&amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3F2896C6-2C21-4382-B0F0-ED5CED87B431}">
   <dimension ref="A1:E17"/>
   <sheetViews>
-    <sheetView showGridLines="0" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.453125" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="8.453125" style="77" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="16384" width="11.453125" style="77"/>
+    <col min="1" max="1" width="8.42578125" style="60" customWidth="1"/>
+    <col min="2" max="2" width="37.7109375" style="60" customWidth="1"/>
+    <col min="3" max="3" width="3.42578125" style="60" customWidth="1"/>
+    <col min="4" max="4" width="8.42578125" style="60" customWidth="1"/>
+    <col min="5" max="5" width="37.7109375" style="60" customWidth="1"/>
+    <col min="6" max="16384" width="11.42578125" style="60"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" x14ac:dyDescent="0.35">
-      <c r="A1" s="76" t="s">
+    <row r="1" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1" s="59" t="s">
+        <v>73</v>
+      </c>
+      <c r="D1" s="59" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="2" spans="1:5" s="62" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="61" t="s">
+        <v>43</v>
+      </c>
+      <c r="D2" s="61" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="3" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A3" s="63" t="s">
+        <v>75</v>
+      </c>
+      <c r="B3" s="64" t="s">
+        <v>76</v>
+      </c>
+      <c r="C3" s="65"/>
+      <c r="D3" s="63" t="s">
+        <v>77</v>
+      </c>
+      <c r="E3" s="63" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A4" s="66" t="s">
+        <v>79</v>
+      </c>
+      <c r="B4" s="67" t="s">
+        <v>80</v>
+      </c>
+      <c r="C4" s="68"/>
+      <c r="D4" s="66" t="s">
+        <v>79</v>
+      </c>
+      <c r="E4" s="67" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="5" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A5" s="69" t="s">
+        <v>82</v>
+      </c>
+      <c r="B5" s="70" t="s">
+        <v>83</v>
+      </c>
+      <c r="C5" s="68"/>
+      <c r="D5" s="69" t="s">
+        <v>84</v>
+      </c>
+      <c r="E5" s="70" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="6" spans="1:5" ht="18" x14ac:dyDescent="0.25">
+      <c r="A6" s="71" t="s">
         <v>86</v>
       </c>
-      <c r="D1" s="76" t="s">
+      <c r="B6" s="67" t="s">
         <v>87</v>
       </c>
-    </row>
-[...9 lines deleted...]
-      <c r="A3" s="80" t="s">
+      <c r="C6" s="68"/>
+      <c r="D6" s="71" t="s">
         <v>88</v>
       </c>
-      <c r="B3" s="81" t="s">
+      <c r="E6" s="67" t="s">
         <v>89</v>
       </c>
-      <c r="C3" s="82"/>
-      <c r="D3" s="80" t="s">
+    </row>
+    <row r="7" spans="1:5" ht="18" x14ac:dyDescent="0.25">
+      <c r="A7" s="69" t="s">
         <v>90</v>
       </c>
-      <c r="E3" s="80" t="s">
+      <c r="B7" s="70" t="s">
         <v>91</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" s="83" t="s">
+      <c r="C7" s="68"/>
+      <c r="D7" s="69" t="s">
+        <v>90</v>
+      </c>
+      <c r="E7" s="70" t="s">
         <v>92</v>
       </c>
-      <c r="B4" s="84" t="s">
+    </row>
+    <row r="8" spans="1:5" ht="18" x14ac:dyDescent="0.25">
+      <c r="A8" s="66" t="s">
+        <v>62</v>
+      </c>
+      <c r="B8" s="67" t="s">
         <v>93</v>
       </c>
-      <c r="C4" s="85"/>
-[...3 lines deleted...]
-      <c r="E4" s="84" t="s">
+      <c r="C8" s="68"/>
+      <c r="D8" s="66" t="s">
+        <v>62</v>
+      </c>
+      <c r="E8" s="67" t="s">
         <v>94</v>
       </c>
     </row>
-    <row r="5" spans="1:5" x14ac:dyDescent="0.35">
-      <c r="A5" s="86" t="s">
+    <row r="9" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A9" s="69" t="s">
         <v>95</v>
       </c>
-      <c r="B5" s="87" t="s">
+      <c r="B9" s="70" t="s">
         <v>96</v>
       </c>
-      <c r="C5" s="85"/>
-      <c r="D5" s="86" t="s">
+      <c r="C9" s="68"/>
+      <c r="D9" s="69" t="s">
+        <v>95</v>
+      </c>
+      <c r="E9" s="70" t="s">
         <v>97</v>
       </c>
-      <c r="E5" s="87" t="s">
+    </row>
+    <row r="10" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A10" s="66" t="s">
         <v>98</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A6" s="88" t="s">
+      <c r="B10" s="67" t="s">
         <v>99</v>
       </c>
-      <c r="B6" s="84" t="s">
+      <c r="C10" s="68"/>
+      <c r="D10" s="66" t="s">
+        <v>98</v>
+      </c>
+      <c r="E10" s="67" t="s">
         <v>100</v>
       </c>
-      <c r="C6" s="85"/>
-      <c r="D6" s="88" t="s">
+    </row>
+    <row r="11" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A11" s="72" t="s">
         <v>101</v>
       </c>
-      <c r="E6" s="84" t="s">
+      <c r="B11" s="73" t="s">
         <v>102</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A7" s="86" t="s">
+      <c r="C11" s="68"/>
+      <c r="D11" s="72" t="s">
+        <v>101</v>
+      </c>
+      <c r="E11" s="73" t="s">
         <v>103</v>
       </c>
-      <c r="B7" s="87" t="s">
-[...92 lines deleted...]
-      <c r="D17" s="91"/>
+    </row>
+    <row r="12" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A12" s="74"/>
+      <c r="D12" s="74"/>
+    </row>
+    <row r="13" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A13" s="74"/>
+      <c r="D13" s="74"/>
+    </row>
+    <row r="14" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A14" s="75"/>
+      <c r="D14" s="74"/>
+    </row>
+    <row r="15" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A15" s="75"/>
+      <c r="D15" s="74"/>
+    </row>
+    <row r="16" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A16" s="74"/>
+      <c r="D16" s="74"/>
+    </row>
+    <row r="17" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A17" s="74"/>
+      <c r="D17" s="74"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0C00-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="13" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A D s G A A B Q S w M E F A A C A A g A 2 W x 1 W B v 6 a J O n A A A A 9 w A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A e 7 9 7 v 4 1 9 R W 6 O Q l l q U X F m f p 6 t k q G e g Z J C c U l i X k p i T n 5 e q q 1 S X r 6 S v R 0 v l 0 1 A Y n J 2 Y n q q A l B 1 X r F V R X G K r V J G S U m B l b 5 + e X m 5 X r m x X n 5 R u r 6 R g Y G h f o S v T 3 B y R m p u o h J c c S Z h x b q Z e S B r k 1 O V 7 G z C I K 6 x M 9 I z N D L R M z O y 0 D O w 0 Y c J 2 v h m 5 i E U G A E d D J J F E r R x L s 0 p K S 1 K t U s r 0 n X 2 s N G H c W 3 0 o X 6 w A w B Q S w M E F A A C A A g A 2 W x 1 W F N y O C y b A A A A 4 Q A A A B M A H A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A G 2 O P Q 7 C M A x G r x J 5 b 1 0 Y E E J N G Y A b c I E o u D + i c a L G R e V s D B y J K 5 C 2 a 0 d / f s + f f 5 9 v e Z 5 c r 1 4 0 x M 6 z h l 1 e g C K 2 / t F x o 2 G U O j v C u S r v 7 0 B R J Z S j h l Y k n B C j b c m Z m P t A n D a 1 H 5 y R N A 4 N B m O f p i H c F 8 U B r W c h l k z m G 1 C V V 6 r N 2 I u 6 T S l e a 5 M O 6 r J y c 5 U G o U l w i X H T c F t 8 6 E 3 H i 4 H L w 9 U f U E s D B B Q A A g A I A N l s d V j 6 i A 3 C O w M A A K A 9 A A A T A B w A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b S C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A D t m t 1 u 2 j A U x + + R e A c r v Q E J U A h t t a 3 i o q N M q z R N n e C u T J U b X G r J s Z l 9 g l p V f Z + x 1 + D F 5 p B + w O I A b a W u J Y c b E p / j / / E J 5 q d j O 4 a F w J U k v f S 7 e V A q m U u q 2 Z D s e P 1 u 0 K r 7 + x / q I Z W g p K k f d + q B H + x 6 p E 0 E g 3 K J 2 E 9 P x T p k t q V j J o 0 j F c Y R k 1 D 5 w g V r d J Q E e 2 M q 3 r d P A 9 8 n n 6 l h h h i g w A 3 w X 7 G 9 Y U D G W g 1 j D o a M Z l M 5 m 2 o a X w 3 8 J u l d S 7 i c / b Y 9 B n 6 L 9 D g w c m z l t G Q w 8 P f J C R 0 l W i o 2 9 X u B x K 8 b K q k i z u y 1 H 5 B D m 9 O E w 2 y a B L l g x t g M J R O C J X G B R W N D h o y A p h P K x S D N x A z y 0 m 6 E Z u J V a 6 d H T P D I j k e 3 v Q O v R j p K x J E 0 7 e b H G u n K U A 2 5 H L W b w V 5 Q I z 9 i B a w H 1 4 K 1 H y 8 b 3 5 V k P 6 u 1 9 P H t e F 1 Z h 9 k f s N n Y Q U a x S Z 5 u n 5 5 b x x N 7 b 3 t 9 Z X T I t K m k 4 6 u R 0 7 v 2 Q y F 6 I R V U m z b o e F G y f z 1 m J L I j u e C z 6 a N e X 1 N p L p S O 0 i E n X q b i G E D t 5 s b r z H M / s w / T p g i J H r A r u K 2 R G 0 + e 6 7 M x t c 3 2 9 9 j f b S Q y 8 3 Z Q Q E V q W e 5 w 3 H G 1 p j I q D P O V U q N D z G V 4 0 B v D S s W 5 2 a 3 p M D 2 o w p h q 4 E y s 1 F 5 w c k f I d U j i G G O n p F A 8 L 8 S C P a O e a 0 u E B W d x M s v z h B f s 8 8 4 y j s 6 Z v p f O s d 5 W y y U u 3 V N u E 4 q Q S l B F k r h I E u w h S Q p A E r + 5 E U v m b q t p 4 n D J R g s 2 i x a s j 5 Z 1 y U Z r b R a t t T 5 a 1 u V N s X J R 2 G l 7 O S d b y E n k J H I S O Y m c X O T k 0 D J N 8 x A K t y 7 N J F 4 o T h 7 d Z X 9 m Z 2 F 2 8 m 2 K y u U l j r P 9 a b j 8 V 9 B t e j o y H b p O I 2 J z K 7 A 5 t v + n V 1 q P 0 9 F I q K K x c y n p Q n H z M M n 8 2 a U l 8 j I D Q 0 e k l U 7 I z C 1 j Z p F 2 M J G b y E 3 k J n L z m d w 0 T H M W X m p L p K J V n I 7 U 1 / F z d 5 v 4 i a R 8 R 6 R c F d H l 9 H J a r o r o c n o O M Z d j r L D + n 8 P y c q m 8 v t Q s z i E Q l p p Y a r 5 b g G K p + Z q l p p u c m f O R I i 3 U 8 X A I D 4 f w c A g p + m K K Z l 5 D 2 i 0 M Q / E 1 J H w N C Z G 5 F c h 8 L V o 6 d v m K V H X i J i d W l u 9 m j Y 6 b n G 8 b m 8 X Z 6 k R s I j Y R m 4 j N f G z + B V B L A Q I t A B Q A A g A I A N l s d V g b + m i T p w A A A P c A A A A S A A A A A A A A A A A A A A A A A A A A A A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W x Q S w E C L Q A U A A I A C A D Z b H V Y U 3 I 4 L J s A A A D h A A A A E w A A A A A A A A A A A A A A A A D z A A A A W 0 N v b n R l b n R f V H l w Z X N d L n h t b F B L A Q I t A B Q A A g A I A N l s d V j 6 i A 3 C O w M A A K A 9 A A A T A A A A A A A A A A A A A A A A A N s B A A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t U E s F B g A A A A A D A A M A w g A A A G M F A A A A A B A B A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x Q Z X J t a X N z a W 9 u T G l z d C B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 5 m Y W x z Z T w v Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 4 8 R m l y Z X d h b G x F b m F i b G V k P n R y d W U 8 L 0 Z p c m V 3 Y W x s R W 5 h Y m x l Z D 4 8 L 1 B l c m 1 p c 3 N p b 2 5 M a X N 0 P h Q / A Q A A A A A A 8 j 4 B A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P E x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z S B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 S X R l b X M + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W N h b n R v b n M t S U M t M j A y N D w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M + P E V u d H J 5 I F R 5 c G U 9 I k F k Z G V k V G 9 E Y X R h T W 9 k Z W w i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i Q n V m Z m V y T m V 4 d F J l Z n J l c 2 g i I F Z h b H V l P S J s M S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E N v d W 5 0 I i B W Y W x 1 Z T 0 i b D I 4 I i A v P j x F b n R y e S B U e X B l P S J G a W x s R W 5 h Y m x l Z C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J G a W x s R X J y b 3 J D b 2 R l I i B W Y W x 1 Z T 0 i c 1 V u a 2 5 v d 2 4 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x F c n J v c k N v d W 5 0 I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x M Y X N 0 V X B k Y X R l Z C I g V m F s d W U 9 I m Q y M D I 0 L T A y L T I w V D E 1 O j Q 3 O j E 0 L j E z N T E 5 M D V a I i A v P j x F b n R y e S B U e X B l P S J G a W x s Q 2 9 s d W 1 u V H l w Z X M i I F Z h b H V l P S J z Q m d N R 0 J n T U d C Z 0 1 H Q m d N R 0 J n T U d C Z 0 1 G Q l E 9 P S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E N v b H V t b k 5 h b W V z I i B W Y W x 1 Z T 0 i c 1 s m c X V v d D t D Y W 5 0 b 2 5 f b m 9 t J n F 1 b 3 Q 7 L C Z x d W 9 0 O 2 5 i c l 9 w Y S Z x d W 9 0 O y w m c X V v d D t 0 b 3 R h b F 9 w Y S Z x d W 9 0 O y w m c X V v d D t J Q 1 9 w Y S Z x d W 9 0 O y w m c X V v d D t u Y n J f c G F v Y 2 M m c X V v d D s s J n F 1 b 3 Q 7 d G 9 0 Y W x f c G F v Y 2 M m c X V v d D s s J n F 1 b 3 Q 7 S U N f c G F v Y 2 M m c X V v d D s s J n F 1 b 3 Q 7 b m J y X 3 B h b 2 N j c H Q m c X V v d D s s J n F 1 b 3 Q 7 d G 9 0 Y W x f c G F v Y 2 N w d C Z x d W 9 0 O y w m c X V v d D t J Q 1 9 w Y W 9 j Y 3 B 0 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 2 5 i c l 9 w Y W 9 j Y 3 R w Y X J 0 a W V s J n F 1 b 3 Q 7 L C Z x d W 9 0 O 3 R v d G F s X 3 B h b 2 N j d H B h c n R p Z W w m c X V v d D s s J n F 1 b 3 Q 7 S U N f c G F v Y 2 N 0 c G F y d G l l b C Z x d W 9 0 O y w m c X V v d D t u Y n J f c 3 N l b X B s b 2 k m c X V v d D s s J n F 1 b 3 Q 7 d G 9 0 Y W x f c 3 N l b X B s b 2 k m c X V v d D s s J n F 1 b 3 Q 7 S U N f c 3 N l b X B s b 2 k m c X V v d D s s J n F 1 b 3 Q 7 b m J y X 2 x p Z X V 0 c m F 2 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 3 R v d G F s X 2 x p Z X V 0 c m F 2 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 l D X 2 x p Z X V 0 c m F 2 J n F 1 b 3 Q 7 X S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b G V k Q 2 9 t c G x l d G V S Z X N 1 b H R U b 1 d v c m t z a G V l d C I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J G a W x s U 3 R h d H V z I i B W Y W x 1 Z T 0 i c 0 N v b X B s Z X R l I i A v P j x F b n R y e S B U e X B l P S J G a W x s V G 9 E Y X R h T W 9 k Z W x F b m F i b G V k I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k l z U H J p d m F 0 Z S I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J R d W V y e U l E I i B W Y W x 1 Z T 0 i c 2 I 2 N G M 4 Y j k z L W U 3 O T I t N D A 1 M i 0 5 O T A 3 L T g 0 Z W Q 5 Y T g z Z m V h Z i I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V s Y X R p b 2 5 z a G l w S W 5 m b 0 N v b n R h a W 5 l c i I g V m F s d W U 9 I n N 7 J n F 1 b 3 Q 7 Y 2 9 s d W 1 u Q 2 9 1 b n Q m c X V v d D s 6 M T k s J n F 1 b 3 Q 7 a 2 V 5 Q 2 9 s d W 1 u T m F t Z X M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 c X V l c n l S Z W x h d G l v b n N o a X B z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 2 N v b H V t b k l k Z W 5 0 a X R p Z X M m c X V v d D s 6 W y Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W N h b n R v b n M t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t D Y W 5 0 b 2 5 f b m 9 t L D B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W N h b n R v b n M t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t u Y n J f c G E s M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y 2 F u d G 9 u c y 1 J Q y 0 y M D I 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 R v d G F s X 3 B h L D J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W N h b n R v b n M t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J Q 1 9 w Y S w z f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 j Y W 5 0 b 2 5 z L U l D L T I w M j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b m J y X 3 B h b 2 N j L D R 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W N h b n R v b n M t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 0 b 3 R h b F 9 w Y W 9 j Y y w 1 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 j Y W 5 0 b 2 5 z L U l D L T I w M j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U N f c G F v Y 2 M s N n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y 2 F u d G 9 u c y 1 J Q y 0 y M D I 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 5 i c l 9 w Y W 9 j Y 3 B 0 L D d 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W N h b n R v b n M t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 0 b 3 R h b F 9 w Y W 9 j Y 3 B 0 L D h 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W N h b n R v b n M t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J Q 1 9 w Y W 9 j Y 3 B 0 L D l 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W N h b n R v b n M t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t u Y n J f c G F v Y 2 N 0 c G F y d G l l b C w x M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y 2 F u d G 9 u c y 1 J Q y 0 y M D I 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 R v d G F s X 3 B h b 2 N j d H B h c n R p Z W w s M T F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W N h b n R v b n M t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J Q 1 9 w Y W 9 j Y 3 R w Y X J 0 a W V s L D E y f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 j Y W 5 0 b 2 5 z L U l D L T I w M j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b m J y X 3 N z Z W 1 w b G 9 p L D E z f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 j Y W 5 0 b 2 5 z L U l D L T I w M j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 d G 9 0 Y W x f c 3 N l b X B s b 2 k s M T R 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W N h b n R v b n M t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J Q 1 9 z c 2 V t c G x v a S w x N X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y 2 F u d G 9 u c y 1 J Q y 0 y M D I 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 5 i c l 9 s a W V 1 d H J h d i w x N n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y 2 F u d G 9 u c y 1 J Q y 0 y M D I 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 R v d G F s X 2 x p Z X V 0 c m F 2 L D E 3 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 j Y W 5 0 b 2 5 z L U l D L T I w M j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U N f b G l l d X R y Y X Y s M T h 9 J n F 1 b 3 Q 7 X S w m c X V v d D t D b 2 x 1 b W 5 D b 3 V u d C Z x d W 9 0 O z o x O S w m c X V v d D t L Z X l D b 2 x 1 b W 5 O Y W 1 l c y Z x d W 9 0 O z p b X S w m c X V v d D t D b 2 x 1 b W 5 J Z G V u d G l 0 a W V z J n F 1 b 3 Q 7 O l s m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 j Y W 5 0 b 2 5 z L U l D L T I w M j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 Q 2 F u d G 9 u X 2 5 v b S w w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 j Y W 5 0 b 2 5 z L U l D L T I w M j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b m J y X 3 B h L D F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W N h b n R v b n M t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 0 b 3 R h b F 9 w Y S w y f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 j Y W 5 0 b 2 5 z L U l D L T I w M j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U N f c G E s M 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y 2 F u d G 9 u c y 1 J Q y 0 y M D I 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 5 i c l 9 w Y W 9 j Y y w 0 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 j Y W 5 0 b 2 5 z L U l D L T I w M j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 d G 9 0 Y W x f c G F v Y 2 M s N X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y 2 F u d G 9 u c y 1 J Q y 0 y M D I 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l D X 3 B h b 2 N j L D Z 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W N h b n R v b n M t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t u Y n J f c G F v Y 2 N w d C w 3 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 j Y W 5 0 b 2 5 z L U l D L T I w M j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 d G 9 0 Y W x f c G F v Y 2 N w d C w 4 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 j Y W 5 0 b 2 5 z L U l D L T I w M j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U N f c G F v Y 2 N w d C w 5 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 j Y W 5 0 b 2 5 z L U l D L T I w M j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b m J y X 3 B h b 2 N j d H B h c n R p Z W w s M T B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W N h b n R v b n M t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 0 b 3 R h b F 9 w Y W 9 j Y 3 R w Y X J 0 a W V s L D E x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 j Y W 5 0 b 2 5 z L U l D L T I w M j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U N f c G F v Y 2 N 0 c G F y d G l l b C w x M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y 2 F u d G 9 u c y 1 J Q y 0 y M D I 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 5 i c l 9 z c 2 V t c G x v a S w x M 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y 2 F u d G 9 u c y 1 J Q y 0 y M D I 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 R v d G F s X 3 N z Z W 1 w b G 9 p L D E 0 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 j Y W 5 0 b 2 5 z L U l D L T I w M j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U N f c 3 N l b X B s b 2 k s M T V 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W N h b n R v b n M t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t u Y n J f b G l l d X R y Y X Y s M T Z 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W N h b n R v b n M t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 0 b 3 R h b F 9 s a W V 1 d H J h d i w x N 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y 2 F u d G 9 u c y 1 J Q y 0 y M D I 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l D X 2 x p Z X V 0 c m F 2 L D E 4 f S Z x d W 9 0 O 1 0 s J n F 1 b 3 Q 7 U m V s Y X R p b 2 5 z a G l w S W 5 m b y Z x d W 9 0 O z p b X X 0 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l J l c 3 V s d F R 5 c G U i I F Z h b H V l P S J z R X h j Z X B 0 a W 9 u I i A v P j x F b n R y e S B U e X B l P S J O Y X Z p Z 2 F 0 a W 9 u U 3 R l c E 5 h b W U i I F Z h b H V l P S J z T m F 2 a W d h d G l v b i I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E 9 i a m V j d F R 5 c G U i I F Z h b H V l P S J z Q 2 9 u b m V j d G l v b k 9 u b H k i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k 5 h b W V V c G R h d G V k Q W Z 0 Z X J G a W x s I i B W Y W x 1 Z T 0 i b D A i I C 8 + P C 9 T d G F i b G V F b n R y a W V z P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y 2 F u d G 9 u c y 1 J Q y 0 y M D I 0 J T I w K D I p P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c z 4 8 R W 5 0 c n k g V H l w Z T 0 i Q W R k Z W R U b 0 R h d G F N b 2 R l b C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J C d W Z m Z X J O Z X h 0 U m V m c m V z a C I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J G a W x s Q 2 9 1 b n Q i I F Z h b H V l P S J s M j g i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x F b m F i b G V k I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x F c n J v c k N v Z G U i I F Z h b H V l P S J z V W 5 r b m 9 3 b i I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V y c m 9 y Q 2 9 1 b n Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E x h c 3 R V c G R h d G V k I i B W Y W x 1 Z T 0 i Z D I w M j Q t M D I t M j F U M T A 6 N D I 6 N D M u N T c 3 M T c 3 M l o i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 2 x 1 b W 5 U e X B l c y I g V m F s d W U 9 I n N C Z 0 1 H Q m d N R 0 J n T U d C Z 0 1 H Q m d N R 0 J n T U d C Z 0 1 H Q m d N R 0 J n P T 0 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 2 x 1 b W 5 O Y W 1 l c y I g V m F s d W U 9 I n N b J n F 1 b 3 Q 7 Q 2 F u d G 9 u X 2 5 v b S Z x d W 9 0 O y w m c X V v d D t u Y n J f c G E m c X V v d D s s J n F 1 b 3 Q 7 d G 9 0 Y W x f c G E m c X V v d D s s J n F 1 b 3 Q 7 S U N f c G E m c X V v d D s s J n F 1 b 3 Q 7 b m J y X 3 B h b 2 N j J n F 1 b 3 Q 7 L C Z x d W 9 0 O 3 R v d G F s X 3 B h b 2 N j J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 l D X 3 B h b 2 N j J n F 1 b 3 Q 7 L C Z x d W 9 0 O 2 5 i c l 9 w Y W 9 j Y 3 B 0 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 3 R v d G F s X 3 B h b 2 N j c H Q m c X V v d D s s J n F 1 b 3 Q 7 S U N f c G F v Y 2 N w d C Z x d W 9 0 O y w m c X V v d D t u Y n J f c G F v Y 2 N 0 c G F y d G l l b D A x J n F 1 b 3 Q 7 L C Z x d W 9 0 O 3 R v d G F s X 3 B h b 2 N j d H B h c n R p Z W w w M S Z x d W 9 0 O y w m c X V v d D t J Q 1 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D E m c X V v d D s s J n F 1 b 3 Q 7 b m J y X 3 B h b 2 N j d H B h c n R p Z W w w M i Z x d W 9 0 O y w m c X V v d D t 0 b 3 R h b F 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D I m c X V v d D s s J n F 1 b 3 Q 7 S U N f c G F v Y 2 N 0 c G F y d G l l b D A y J n F 1 b 3 Q 7 L C Z x d W 9 0 O 2 5 i c l 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D M m c X V v d D s s J n F 1 b 3 Q 7 d G 9 0 Y W x f c G F v Y 2 N 0 c G F y d G l l b D A z J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 l D X 3 B h b 2 N j d H B h c n R p Z W w w M y Z x d W 9 0 O y w m c X V v d D t u Y n J f c 3 N l b X B s b 2 k m c X V v d D s s J n F 1 b 3 Q 7 d G 9 0 Y W x f c 3 N l b X B s b 2 k m c X V v d D s s J n F 1 b 3 Q 7 S U N f c 3 N l b X B s b 2 k m c X V v d D s s J n F 1 b 3 Q 7 b m J y X 2 x p Z X V 0 c m F 2 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 3 R v d G F s X 2 x p Z X V 0 c m F 2 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 l D X 2 x p Z X V 0 c m F 2 J n F 1 b 3 Q 7 X S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b G V k Q 2 9 t c G x l d G V S Z X N 1 b H R U b 1 d v c m t z a G V l d C I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J G a W x s U 3 R h d H V z I i B W Y W x 1 Z T 0 i c 0 N v b X B s Z X R l I i A v P j x F b n R y e S B U e X B l P S J G a W x s V G 9 E Y X R h T W 9 k Z W x F b m F i b G V k I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k l z U H J p d m F 0 Z S I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J R d W V y e U l E I i B W Y W x 1 Z T 0 i c z k 2 Z G I x Z W Y 0 L W R m Y m Q t N G Y z Y i 1 i M j F h L T I 3 N G I 2 Z G Y w Z T A z M y I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V s Y X R p b 2 5 z a G l w S W 5 m b 0 N v b n R h a W 5 l c i I g V m F s d W U 9 I n N 7 J n F 1 b 3 Q 7 Y 2 9 s d W 1 u Q 2 9 1 b n Q m c X V v d D s 6 M j U s J n F 1 b 3 Q 7 a 2 V 5 Q 2 9 s d W 1 u T m F t Z X M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 c X V l c n l S Z W x h d G l v b n N o a X B z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 2 N v b H V t b k l k Z W 5 0 a X R p Z X M m c X V v d D s 6 W y Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W N h b n R v b n M t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t D Y W 5 0 b 2 5 f b m 9 t L D B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W N h b n R v b n M t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t u Y n J f c G E s M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y 2 F u d G 9 u c y 1 J Q y 0 y M D I 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 R v d G F s X 3 B h L D J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W N h b n R v b n M t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J Q 1 9 w Y S w z f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 j Y W 5 0 b 2 5 z L U l D L T I w M j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b m J y X 3 B h b 2 N j L D R 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W N h b n R v b n M t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 0 b 3 R h b F 9 w Y W 9 j Y y w 1 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 j Y W 5 0 b 2 5 z L U l D L T I w M j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U N f c G F v Y 2 M s N n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y 2 F u d G 9 u c y 1 J Q y 0 y M D I 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 5 i c l 9 w Y W 9 j Y 3 B 0 L D d 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W N h b n R v b n M t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 0 b 3 R h b F 9 w Y W 9 j Y 3 B 0 L D h 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W N h b n R v b n M t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J Q 1 9 w Y W 9 j Y 3 B 0 L D l 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W N h b n R v b n M t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t u Y n J f c G F v Y 2 N 0 c G F y d G l l b D A x L D E w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 j Y W 5 0 b 2 5 z L U l D L T I w M j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 d G 9 0 Y W x f c G F v Y 2 N 0 c G F y d G l l b D A x L D E x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 j Y W 5 0 b 2 5 z L U l D L T I w M j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U N f c G F v Y 2 N 0 c G F y d G l l b D A x L D E y f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 j Y W 5 0 b 2 5 z L U l D L T I w M j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b m J y X 3 B h b 2 N j d H B h c n R p Z W w w M i w x M 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y 2 F u d G 9 u c y 1 J Q y 0 y M D I 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 R v d G F s X 3 B h b 2 N j d H B h c n R p Z W w w M i w x N H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y 2 F u d G 9 u c y 1 J Q y 0 y M D I 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l D X 3 B h b 2 N j d H B h c n R p Z W w w M i w x N X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y 2 F u d G 9 u c y 1 J Q y 0 y M D I 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 5 i c l 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D M s M T Z 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W N h b n R v b n M t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 0 b 3 R h b F 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D M s M T d 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W N h b n R v b n M t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J Q 1 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D M s M T h 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W N h b n R v b n M t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t u Y n J f c 3 N l b X B s b 2 k s M T l 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W N h b n R v b n M t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 0 b 3 R h b F 9 z c 2 V t c G x v a S w y M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y 2 F u d G 9 u c y 1 J Q y 0 y M D I 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l D X 3 N z Z W 1 w b G 9 p L D I x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 j Y W 5 0 b 2 5 z L U l D L T I w M j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b m J y X 2 x p Z X V 0 c m F 2 L D I y f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 j Y W 5 0 b 2 5 z L U l D L T I w M j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 d G 9 0 Y W x f b G l l d X R y Y X Y s M j N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W N h b n R v b n M t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J Q 1 9 s a W V 1 d H J h d i w y N H 0 m c X V v d D t d L C Z x d W 9 0 O 0 N v b H V t b k N v d W 5 0 J n F 1 b 3 Q 7 O j I 1 L C Z x d W 9 0 O 0 t l e U N v b H V t b k 5 h b W V z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 0 N v b H V t b k l k Z W 5 0 a X R p Z X M m c X V v d D s 6 W y Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W N h b n R v b n M t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t D Y W 5 0 b 2 5 f b m 9 t L D B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W N h b n R v b n M t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t u Y n J f c G E s M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y 2 F u d G 9 u c y 1 J Q y 0 y M D I 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 R v d G F s X 3 B h L D J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W N h b n R v b n M t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J Q 1 9 w Y S w z f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 j Y W 5 0 b 2 5 z L U l D L T I w M j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b m J y X 3 B h b 2 N j L D R 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W N h b n R v b n M t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 0 b 3 R h b F 9 w Y W 9 j Y y w 1 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 j Y W 5 0 b 2 5 z L U l D L T I w M j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U N f c G F v Y 2 M s N n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y 2 F u d G 9 u c y 1 J Q y 0 y M D I 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 5 i c l 9 w Y W 9 j Y 3 B 0 L D d 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W N h b n R v b n M t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 0 b 3 R h b F 9 w Y W 9 j Y 3 B 0 L D h 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W N h b n R v b n M t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J Q 1 9 w Y W 9 j Y 3 B 0 L D l 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W N h b n R v b n M t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t u Y n J f c G F v Y 2 N 0 c G F y d G l l b D A x L D E w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 j Y W 5 0 b 2 5 z L U l D L T I w M j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 d G 9 0 Y W x f c G F v Y 2 N 0 c G F y d G l l b D A x L D E x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 j Y W 5 0 b 2 5 z L U l D L T I w M j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U N f c G F v Y 2 N 0 c G F y d G l l b D A x L D E y f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 j Y W 5 0 b 2 5 z L U l D L T I w M j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b m J y X 3 B h b 2 N j d H B h c n R p Z W w w M i w x M 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y 2 F u d G 9 u c y 1 J Q y 0 y M D I 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 R v d G F s X 3 B h b 2 N j d H B h c n R p Z W w w M i w x N H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y 2 F u d G 9 u c y 1 J Q y 0 y M D I 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l D X 3 B h b 2 N j d H B h c n R p Z W w w M i w x N X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y 2 F u d G 9 u c y 1 J Q y 0 y M D I 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 5 i c l 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D M s M T Z 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W N h b n R v b n M t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 0 b 3 R h b F 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D M s M T d 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W N h b n R v b n M t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J Q 1 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D M s M T h 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W N h b n R v b n M t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t u Y n J f c 3 N l b X B s b 2 k s M T l 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W N h b n R v b n M t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 0 b 3 R h b F 9 z c 2 V t c G x v a S w y M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y 2 F u d G 9 u c y 1 J Q y 0 y M D I 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l D X 3 N z Z W 1 w b G 9 p L D I x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 j Y W 5 0 b 2 5 z L U l D L T I w M j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b m J y X 2 x p Z X V 0 c m F 2 L D I y f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 j Y W 5 0 b 2 5 z L U l D L T I w M j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 d G 9 0 Y W x f b G l l d X R y Y X Y s M j N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W N h b n R v b n M t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J Q 1 9 s a W V 1 d H J h d i w y N H 0 m c X V v d D t d L C Z x d W 9 0 O 1 J l b G F 0 a W 9 u c 2 h p c E l u Z m 8 m c X V v d D s 6 W 1 1 9 I i A v P j x F b n R y e S B U e X B l P S J S Z X N 1 b H R U e X B l I i B W Y W x 1 Z T 0 i c 1 R h Y m x l I i A v P j x F b n R y e S B U e X B l P S J O Y X Z p Z 2 F 0 a W 9 u U 3 R l c E 5 h b W U i I F Z h b H V l P S J z T m F 2 a W d h d G l v b i I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E 9 i a m V j d F R 5 c G U i I F Z h b H V l P S J z Q 2 9 u b m V j d G l v b k 9 u b H k i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k 5 h b W V V c G R h d G V k Q W Z 0 Z X J G a W x s I i B W Y W x 1 Z T 0 i b D A i I C 8 + P C 9 T d G F i b G V F b n R y a W V z P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y 2 F u d G 9 u c y 1 J Q y 0 y M D I 0 J T I w K D M p P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c z 4 8 R W 5 0 c n k g V H l w Z T 0 i Q W R k Z W R U b 0 R h d G F N b 2 R l b C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J C d W Z m Z X J O Z X h 0 U m V m c m V z a C I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J G a W x s Q 2 9 1 b n Q i I F Z h b H V l P S J s M j g i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x F b m F i b G V k I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x F c n J v c k N v Z G U i I F Z h b H V l P S J z V W 5 r b m 9 3 b i I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V y c m 9 y Q 2 9 1 b n Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E x h c 3 R V c G R h d G V k I i B W Y W x 1 Z T 0 i Z D I w M j Q t M D I t M j J U M D c 6 M D A 6 M D M u N T k z N T M x N F o i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 2 x 1 b W 5 U e X B l c y I g V m F s d W U 9 I n N C Z 0 1 H Q m d N R 0 J n T U d C Z 0 1 H Q m d N R 0 J n T U d C Z 0 1 H Q m d N R 0 J n P T 0 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 2 x 1 b W 5 O Y W 1 l c y I g V m F s d W U 9 I n N b J n F 1 b 3 Q 7 Q 2 F u d G 9 u X 2 5 v b S Z x d W 9 0 O y w m c X V v d D t u Y n J f c G E m c X V v d D s s J n F 1 b 3 Q 7 d G 9 0 Y W x f c G E m c X V v d D s s J n F 1 b 3 Q 7 S U N f c G E m c X V v d D s s J n F 1 b 3 Q 7 b m J y X 3 B h b 2 N j J n F 1 b 3 Q 7 L C Z x d W 9 0 O 3 R v d G F s X 3 B h b 2 N j J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 l D X 3 B h b 2 N j J n F 1 b 3 Q 7 L C Z x d W 9 0 O 2 5 i c l 9 w Y W 9 j Y 3 B 0 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 3 R v d G F s X 3 B h b 2 N j c H Q m c X V v d D s s J n F 1 b 3 Q 7 S U N f c G F v Y 2 N w d C Z x d W 9 0 O y w m c X V v d D t u Y n J f c G F v Y 2 N 0 c G F y d G l l b D A x J n F 1 b 3 Q 7 L C Z x d W 9 0 O 3 R v d G F s X 3 B h b 2 N j d H B h c n R p Z W w w M S Z x d W 9 0 O y w m c X V v d D t J Q 1 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D E m c X V v d D s s J n F 1 b 3 Q 7 b m J y X 3 B h b 2 N j d H B h c n R p Z W w w M i Z x d W 9 0 O y w m c X V v d D t 0 b 3 R h b F 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D I m c X V v d D s s J n F 1 b 3 Q 7 S U N f c G F v Y 2 N 0 c G F y d G l l b D A y J n F 1 b 3 Q 7 L C Z x d W 9 0 O 2 5 i c l 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D M m c X V v d D s s J n F 1 b 3 Q 7 d G 9 0 Y W x f c G F v Y 2 N 0 c G F y d G l l b D A z J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 l D X 3 B h b 2 N j d H B h c n R p Z W w w M y Z x d W 9 0 O y w m c X V v d D t u Y n J f c 3 N l b X B s b 2 k m c X V v d D s s J n F 1 b 3 Q 7 d G 9 0 Y W x f c 3 N l b X B s b 2 k m c X V v d D s s J n F 1 b 3 Q 7 S U N f c 3 N l b X B s b 2 k m c X V v d D s s J n F 1 b 3 Q 7 b m J y X 2 x p Z X V 0 c m F 2 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 3 R v d G F s X 2 x p Z X V 0 c m F 2 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 l D X 2 x p Z X V 0 c m F 2 J n F 1 b 3 Q 7 X S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b G V k Q 2 9 t c G x l d G V S Z X N 1 b H R U b 1 d v c m t z a G V l d C I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J G a W x s U 3 R h d H V z I i B W Y W x 1 Z T 0 i c 0 N v b X B s Z X R l I i A v P j x F b n R y e S B U e X B l P S J G a W x s V G 9 E Y X R h T W 9 k Z W x F b m F i b G V k I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k l z U H J p d m F 0 Z S I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J R d W V y e U l E I i B W Y W x 1 Z T 0 i c z k 3 N T U 4 M 2 Q 5 L W U 3 M z A t N G Q x M y 0 5 N m Q 1 L W E 1 O T E y M j A x M W Y z N C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V s Y X R p b 2 5 z a G l w S W 5 m b 0 N v b n R h a W 5 l c i I g V m F s d W U 9 I n N 7 J n F 1 b 3 Q 7 Y 2 9 s d W 1 u Q 2 9 1 b n Q m c X V v d D s 6 M j U s J n F 1 b 3 Q 7 a 2 V 5 Q 2 9 s d W 1 u T m F t Z X M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 c X V l c n l S Z W x h d G l v b n N o a X B z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 2 N v b H V t b k l k Z W 5 0 a X R p Z X M m c X V v d D s 6 W y Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W N h b n R v b n M t S U M t M j A y N C A o M y k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 Q 2 F u d G 9 u X 2 5 v b S w w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 j Y W 5 0 b 2 5 z L U l D L T I w M j Q g K D M p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 5 i c l 9 w Y S w x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 j Y W 5 0 b 2 5 z L U l D L T I w M j Q g K D M p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 R v d G F s X 3 B h L D J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W N h b n R v b n M t S U M t M j A y N C A o M y k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U N f c G E s M 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y 2 F u d G 9 u c y 1 J Q y 0 y M D I 0 I C g z K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t u Y n J f c G F v Y 2 M s N H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y 2 F u d G 9 u c y 1 J Q y 0 y M D I 0 I C g z K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 0 b 3 R h b F 9 w Y W 9 j Y y w 1 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 j Y W 5 0 b 2 5 z L U l D L T I w M j Q g K D M p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l D X 3 B h b 2 N j L D Z 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W N h b n R v b n M t S U M t M j A y N C A o M y k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b m J y X 3 B h b 2 N j c H Q s N 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y 2 F u d G 9 u c y 1 J Q y 0 y M D I 0 I C g z K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 0 b 3 R h b F 9 w Y W 9 j Y 3 B 0 L D h 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W N h b n R v b n M t S U M t M j A y N C A o M y k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U N f c G F v Y 2 N w d C w 5 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 j Y W 5 0 b 2 5 z L U l D L T I w M j Q g K D M p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 5 i c l 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D E s M T B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W N h b n R v b n M t S U M t M j A y N C A o M y k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 d G 9 0 Y W x f c G F v Y 2 N 0 c G F y d G l l b D A x L D E x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 j Y W 5 0 b 2 5 z L U l D L T I w M j Q g K D M p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l D X 3 B h b 2 N j d H B h c n R p Z W w w M S w x M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y 2 F u d G 9 u c y 1 J Q y 0 y M D I 0 I C g z K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t u Y n J f c G F v Y 2 N 0 c G F y d G l l b D A y L D E z f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 j Y W 5 0 b 2 5 z L U l D L T I w M j Q g K D M p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 R v d G F s X 3 B h b 2 N j d H B h c n R p Z W w w M i w x N H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y 2 F u d G 9 u c y 1 J Q y 0 y M D I 0 I C g z K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J Q 1 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D I s M T V 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W N h b n R v b n M t S U M t M j A y N C A o M y k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b m J y X 3 B h b 2 N j d H B h c n R p Z W w w M y w x N n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y 2 F u d G 9 u c y 1 J Q y 0 y M D I 0 I C g z K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 0 b 3 R h b F 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D M s M T d 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W N h b n R v b n M t S U M t M j A y N C A o M y k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U N f c G F v Y 2 N 0 c G F y d G l l b D A z L D E 4 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 j Y W 5 0 b 2 5 z L U l D L T I w M j Q g K D M p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 5 i c l 9 z c 2 V t c G x v a S w x O X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y 2 F u d G 9 u c y 1 J Q y 0 y M D I 0 I C g z K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 0 b 3 R h b F 9 z c 2 V t c G x v a S w y M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y 2 F u d G 9 u c y 1 J Q y 0 y M D I 0 I C g z K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J Q 1 9 z c 2 V t c G x v a S w y M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y 2 F u d G 9 u c y 1 J Q y 0 y M D I 0 I C g z K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t u Y n J f b G l l d X R y Y X Y s M j J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W N h b n R v b n M t S U M t M j A y N C A o M y k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 d G 9 0 Y W x f b G l l d X R y Y X Y s M j N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W N h b n R v b n M t S U M t M j A y N C A o M y k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U N f b G l l d X R y Y X Y s M j R 9 J n F 1 b 3 Q 7 X S w m c X V v d D t D b 2 x 1 b W 5 D b 3 V u d C Z x d W 9 0 O z o y N S w m c X V v d D t L Z X l D b 2 x 1 b W 5 O Y W 1 l c y Z x d W 9 0 O z p b X S w m c X V v d D t D b 2 x 1 b W 5 J Z G V u d G l 0 a W V z J n F 1 b 3 Q 7 O l s m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 j Y W 5 0 b 2 5 z L U l D L T I w M j Q g K D M p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 N h b n R v b l 9 u b 2 0 s M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y 2 F u d G 9 u c y 1 J Q y 0 y M D I 0 I C g z K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t u Y n J f c G E s M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y 2 F u d G 9 u c y 1 J Q y 0 y M D I 0 I C g z K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 0 b 3 R h b F 9 w Y S w y f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 j Y W 5 0 b 2 5 z L U l D L T I w M j Q g K D M p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l D X 3 B h L D N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W N h b n R v b n M t S U M t M j A y N C A o M y k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b m J y X 3 B h b 2 N j L D R 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W N h b n R v b n M t S U M t M j A y N C A o M y k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 d G 9 0 Y W x f c G F v Y 2 M s N X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y 2 F u d G 9 u c y 1 J Q y 0 y M D I 0 I C g z K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J Q 1 9 w Y W 9 j Y y w 2 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 j Y W 5 0 b 2 5 z L U l D L T I w M j Q g K D M p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 5 i c l 9 w Y W 9 j Y 3 B 0 L D d 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W N h b n R v b n M t S U M t M j A y N C A o M y k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 d G 9 0 Y W x f c G F v Y 2 N w d C w 4 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 j Y W 5 0 b 2 5 z L U l D L T I w M j Q g K D M p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l D X 3 B h b 2 N j c H Q s O X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y 2 F u d G 9 u c y 1 J Q y 0 y M D I 0 I C g z K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t u Y n J f c G F v Y 2 N 0 c G F y d G l l b D A x L D E w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 j Y W 5 0 b 2 5 z L U l D L T I w M j Q g K D M p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 R v d G F s X 3 B h b 2 N j d H B h c n R p Z W w w M S w x M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y 2 F u d G 9 u c y 1 J Q y 0 y M D I 0 I C g z K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J Q 1 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D E s M T J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W N h b n R v b n M t S U M t M j A y N C A o M y k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b m J y X 3 B h b 2 N j d H B h c n R p Z W w w M i w x M 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y 2 F u d G 9 u c y 1 J Q y 0 y M D I 0 I C g z K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 0 b 3 R h b F 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D I s M T R 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W N h b n R v b n M t S U M t M j A y N C A o M y k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U N f c G F v Y 2 N 0 c G F y d G l l b D A y L D E 1 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 j Y W 5 0 b 2 5 z L U l D L T I w M j Q g K D M p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 5 i c l 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D M s M T Z 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W N h b n R v b n M t S U M t M j A y N C A o M y k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 d G 9 0 Y W x f c G F v Y 2 N 0 c G F y d G l l b D A z L D E 3 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 j Y W 5 0 b 2 5 z L U l D L T I w M j Q g K D M p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l D X 3 B h b 2 N j d H B h c n R p Z W w w M y w x O H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y 2 F u d G 9 u c y 1 J Q y 0 y M D I 0 I C g z K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t u Y n J f c 3 N l b X B s b 2 k s M T l 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W N h b n R v b n M t S U M t M j A y N C A o M y k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 d G 9 0 Y W x f c 3 N l b X B s b 2 k s M j B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W N h b n R v b n M t S U M t M j A y N C A o M y k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U N f c 3 N l b X B s b 2 k s M j F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W N h b n R v b n M t S U M t M j A y N C A o M y k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b m J y X 2 x p Z X V 0 c m F 2 L D I y f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 j Y W 5 0 b 2 5 z L U l D L T I w M j Q g K D M p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 R v d G F s X 2 x p Z X V 0 c m F 2 L D I z f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 j Y W 5 0 b 2 5 z L U l D L T I w M j Q g K D M p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l D X 2 x p Z X V 0 c m F 2 L D I 0 f S Z x d W 9 0 O 1 0 s J n F 1 b 3 Q 7 U m V s Y X R p b 2 5 z a G l w S W 5 m b y Z x d W 9 0 O z p b X X 0 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l J l c 3 V s d F R 5 c G U i I F Z h b H V l P S J z V G F i b G U i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k 5 h d m l n Y X R p b 2 5 T d G V w T m F t Z S I g V m F s d W U 9 I n N O Y X Z p Z 2 F 0 a W 9 u I i A v P j x F b n R y e S B U e X B l P S J G a W x s T 2 J q Z W N 0 V H l w Z S I g V m F s d W U 9 I n N D b 2 5 u Z W N 0 a W 9 u T 2 5 s e S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i T m F t Z V V w Z G F 0 Z W R B Z n R l c k Z p b G w i I F Z h b H V l P S J s M C I g L z 4 8 L 1 N 0 Y W J s Z U V u d H J p Z X M + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 k a X N 0 c m l j d H M t S U M t M j A y N D w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M + P E V u d H J 5 I F R 5 c G U 9 I k F k Z G V k V G 9 E Y X R h T W 9 k Z W w i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i Q n V m Z m V y T m V 4 d F J l Z n J l c 2 g i I F Z h b H V l P S J s M S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E N v d W 5 0 I i B W Y W x 1 Z T 0 i b D c i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x F b m F i b G V k I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x F c n J v c k N v Z G U i I F Z h b H V l P S J z V W 5 r b m 9 3 b i I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V y c m 9 y Q 2 9 1 b n Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E x h c 3 R V c G R h d G V k I i B W Y W x 1 Z T 0 i Z D I w M j Q t M D I t M j J U M D c 6 M D k 6 M T M u M j I 1 M T g 2 M V o i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 2 x 1 b W 5 U e X B l c y I g V m F s d W U 9 I n N B d 0 1 G Q l F N R k J R T U Z C U U 1 H Q m d N R 0 J n T U d C Z 0 1 H Q m d N R k J R P T 0 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 2 x 1 b W 5 O Y W 1 l c y I g V m F s d W U 9 I n N b J n F 1 b 3 Q 7 R G l z d H J p Y 3 R f b m J y J n F 1 b 3 Q 7 L C Z x d W 9 0 O 2 5 i c l 9 w Y S Z x d W 9 0 O y w m c X V v d D t 0 b 3 R h b F 9 w Y S Z x d W 9 0 O y w m c X V v d D t J Q 1 9 w Y S Z x d W 9 0 O y w m c X V v d D t u Y n J f c G F v Y 2 M m c X V v d D s s J n F 1 b 3 Q 7 d G 9 0 Y W x f c G F v Y 2 M m c X V v d D s s J n F 1 b 3 Q 7 S U N f c G F v Y 2 M m c X V v d D s s J n F 1 b 3 Q 7 b m J y X 3 B h b 2 N j c H Q m c X V v d D s s J n F 1 b 3 Q 7 d G 9 0 Y W x f c G F v Y 2 N w d C Z x d W 9 0 O y w m c X V v d D t J Q 1 9 w Y W 9 j Y 3 B 0 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 2 5 i c l 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D E m c X V v d D s s J n F 1 b 3 Q 7 d G 9 0 Y W x f c G F v Y 2 N 0 c G F y d G l l b D A x J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 l D X 3 B h b 2 N j d H B h c n R p Z W w w M S Z x d W 9 0 O y w m c X V v d D t u Y n J f c G F v Y 2 N 0 c G F y d G l l b D A y J n F 1 b 3 Q 7 L C Z x d W 9 0 O 3 R v d G F s X 3 B h b 2 N j d H B h c n R p Z W w w M i Z x d W 9 0 O y w m c X V v d D t J Q 1 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D I m c X V v d D s s J n F 1 b 3 Q 7 b m J y X 3 B h b 2 N j d H B h c n R p Z W w w M y Z x d W 9 0 O y w m c X V v d D t 0 b 3 R h b F 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D M m c X V v d D s s J n F 1 b 3 Q 7 S U N f c G F v Y 2 N 0 c G F y d G l l b D A z J n F 1 b 3 Q 7 L C Z x d W 9 0 O 2 5 i c l 9 z c 2 V t c G x v a S Z x d W 9 0 O y w m c X V v d D t 0 b 3 R h b F 9 z c 2 V t c G x v a S Z x d W 9 0 O y w m c X V v d D t J Q 1 9 z c 2 V t c G x v a S Z x d W 9 0 O y w m c X V v d D t u Y n J f b G l l d X R y Y X Y m c X V v d D s s J n F 1 b 3 Q 7 d G 9 0 Y W x f c G V y c 1 9 s a W V 1 d H J h d i Z x d W 9 0 O y w m c X V v d D t J Q 1 9 s a W V 1 d H J h d i Z x d W 9 0 O 1 0 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x l Z E N v b X B s Z X R l U m V z d W x 0 V G 9 X b 3 J r c 2 h l Z X Q i I F Z h b H V l P S J s M S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b F N 0 Y X R 1 c y I g V m F s d W U 9 I n N D b 2 1 w b G V 0 Z S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b F R v R G F 0 Y U 1 v Z G V s R W 5 h Y m x l Z C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J J c 1 B y a X Z h d G U i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i U X V l c n l J R C I g V m F s d W U 9 I n M 0 Z j J l N j U 3 Y i 0 2 O W M x L T Q 2 O D M t Y T Q w M S 0 y Y T g z M 2 U 1 Z m Q 2 O T k i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l J l b G F 0 a W 9 u c 2 h p c E l u Z m 9 D b 2 5 0 Y W l u Z X I i I F Z h b H V l P S J z e y Z x d W 9 0 O 2 N v b H V t b k N v d W 5 0 J n F 1 b 3 Q 7 O j I 1 L C Z x d W 9 0 O 2 t l e U N v b H V t b k 5 h b W V z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 3 F 1 Z X J 5 U m V s Y X R p b 2 5 z a G l w c y Z x d W 9 0 O z p b X S w m c X V v d D t j b 2 x 1 b W 5 J Z G V u d G l 0 a W V z J n F 1 b 3 Q 7 O l s m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 k a X N 0 c m l j d H M t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t E a X N 0 c m l j d F 9 u Y n I s M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Z G l z d H J p Y 3 R z L U l D L T I w M j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b m J y X 3 B h L D F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W R p c 3 R y a W N 0 c y 1 J Q y 0 y M D I 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 R v d G F s X 3 B h L D J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W R p c 3 R y a W N 0 c y 1 J Q y 0 y M D I 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l D X 3 B h L D N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W R p c 3 R y a W N 0 c y 1 J Q y 0 y M D I 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 5 i c l 9 w Y W 9 j Y y w 0 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 k a X N 0 c m l j d H M t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 0 b 3 R h b F 9 w Y W 9 j Y y w 1 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 k a X N 0 c m l j d H M t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J Q 1 9 w Y W 9 j Y y w 2 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 k a X N 0 c m l j d H M t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t u Y n J f c G F v Y 2 N w d C w 3 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 k a X N 0 c m l j d H M t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 0 b 3 R h b F 9 w Y W 9 j Y 3 B 0 L D h 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W R p c 3 R y a W N 0 c y 1 J Q y 0 y M D I 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l D X 3 B h b 2 N j c H Q s O X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Z G l z d H J p Y 3 R z L U l D L T I w M j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b m J y X 3 B h b 2 N j d H B h c n R p Z W w w M S w x M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Z G l z d H J p Y 3 R z L U l D L T I w M j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 d G 9 0 Y W x f c G F v Y 2 N 0 c G F y d G l l b D A x L D E x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 k a X N 0 c m l j d H M t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J Q 1 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D E s M T J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W R p c 3 R y a W N 0 c y 1 J Q y 0 y M D I 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 5 i c l 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D I s M T N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W R p c 3 R y a W N 0 c y 1 J Q y 0 y M D I 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 R v d G F s X 3 B h b 2 N j d H B h c n R p Z W w w M i w x N H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Z G l z d H J p Y 3 R z L U l D L T I w M j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U N f c G F v Y 2 N 0 c G F y d G l l b D A y L D E 1 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 k a X N 0 c m l j d H M t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t u Y n J f c G F v Y 2 N 0 c G F y d G l l b D A z L D E 2 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 k a X N 0 c m l j d H M t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 0 b 3 R h b F 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D M s M T d 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W R p c 3 R y a W N 0 c y 1 J Q y 0 y M D I 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l D X 3 B h b 2 N j d H B h c n R p Z W w w M y w x O H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Z G l z d H J p Y 3 R z L U l D L T I w M j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b m J y X 3 N z Z W 1 w b G 9 p L D E 5 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 k a X N 0 c m l j d H M t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 0 b 3 R h b F 9 z c 2 V t c G x v a S w y M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Z G l z d H J p Y 3 R z L U l D L T I w M j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U N f c 3 N l b X B s b 2 k s M j F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W R p c 3 R y a W N 0 c y 1 J Q y 0 y M D I 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 5 i c l 9 s a W V 1 d H J h d i w y M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Z G l z d H J p Y 3 R z L U l D L T I w M j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 d G 9 0 Y W x f c G V y c 1 9 s a W V 1 d H J h d i w y M 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Z G l z d H J p Y 3 R z L U l D L T I w M j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U N f b G l l d X R y Y X Y s M j R 9 J n F 1 b 3 Q 7 X S w m c X V v d D t D b 2 x 1 b W 5 D b 3 V u d C Z x d W 9 0 O z o y N S w m c X V v d D t L Z X l D b 2 x 1 b W 5 O Y W 1 l c y Z x d W 9 0 O z p b X S w m c X V v d D t D b 2 x 1 b W 5 J Z G V u d G l 0 a W V z J n F 1 b 3 Q 7 O l s m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 k a X N 0 c m l j d H M t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t E a X N 0 c m l j d F 9 u Y n I s M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Z G l z d H J p Y 3 R z L U l D L T I w M j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b m J y X 3 B h L D F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W R p c 3 R y a W N 0 c y 1 J Q y 0 y M D I 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 R v d G F s X 3 B h L D J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W R p c 3 R y a W N 0 c y 1 J Q y 0 y M D I 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l D X 3 B h L D N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W R p c 3 R y a W N 0 c y 1 J Q y 0 y M D I 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 5 i c l 9 w Y W 9 j Y y w 0 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 k a X N 0 c m l j d H M t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 0 b 3 R h b F 9 w Y W 9 j Y y w 1 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 k a X N 0 c m l j d H M t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J Q 1 9 w Y W 9 j Y y w 2 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 k a X N 0 c m l j d H M t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t u Y n J f c G F v Y 2 N w d C w 3 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 k a X N 0 c m l j d H M t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 0 b 3 R h b F 9 w Y W 9 j Y 3 B 0 L D h 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W R p c 3 R y a W N 0 c y 1 J Q y 0 y M D I 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l D X 3 B h b 2 N j c H Q s O X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Z G l z d H J p Y 3 R z L U l D L T I w M j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b m J y X 3 B h b 2 N j d H B h c n R p Z W w w M S w x M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Z G l z d H J p Y 3 R z L U l D L T I w M j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 d G 9 0 Y W x f c G F v Y 2 N 0 c G F y d G l l b D A x L D E x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 k a X N 0 c m l j d H M t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J Q 1 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D E s M T J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W R p c 3 R y a W N 0 c y 1 J Q y 0 y M D I 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 5 i c l 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D I s M T N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W R p c 3 R y a W N 0 c y 1 J Q y 0 y M D I 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 R v d G F s X 3 B h b 2 N j d H B h c n R p Z W w w M i w x N H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Z G l z d H J p Y 3 R z L U l D L T I w M j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U N f c G F v Y 2 N 0 c G F y d G l l b D A y L D E 1 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 k a X N 0 c m l j d H M t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t u Y n J f c G F v Y 2 N 0 c G F y d G l l b D A z L D E 2 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 k a X N 0 c m l j d H M t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 0 b 3 R h b F 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D M s M T d 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W R p c 3 R y a W N 0 c y 1 J Q y 0 y M D I 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l D X 3 B h b 2 N j d H B h c n R p Z W w w M y w x O H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Z G l z d H J p Y 3 R z L U l D L T I w M j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b m J y X 3 N z Z W 1 w b G 9 p L D E 5 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 k a X N 0 c m l j d H M t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 0 b 3 R h b F 9 z c 2 V t c G x v a S w y M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Z G l z d H J p Y 3 R z L U l D L T I w M j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U N f c 3 N l b X B s b 2 k s M j F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W R p c 3 R y a W N 0 c y 1 J Q y 0 y M D I 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 5 i c l 9 s a W V 1 d H J h d i w y M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Z G l z d H J p Y 3 R z L U l D L T I w M j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 d G 9 0 Y W x f c G V y c 1 9 s a W V 1 d H J h d i w y M 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Z G l z d H J p Y 3 R z L U l D L T I w M j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U N f b G l l d X R y Y X Y s M j R 9 J n F 1 b 3 Q 7 X S w m c X V v d D t S Z W x h d G l v b n N o a X B J b m Z v J n F 1 b 3 Q 7 O l t d f S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V z d W x 0 V H l w Z S I g V m F s d W U 9 I n N U Y W J s Z S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i T m F 2 a W d h d G l v b l N 0 Z X B O Y W 1 l I i B W Y W x 1 Z T 0 i c 0 5 h d m l n Y X R p b 2 4 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x P Y m p l Y 3 R U e X B l I i B W Y W x 1 Z T 0 i c 0 N v b m 5 l Y 3 R p b 2 5 P b m x 5 I i A v P j x F b n R y e S B U e X B l P S J O Y W 1 l V X B k Y X R l Z E F m d G V y R m l s b C I g V m F s d W U 9 I m w w I i A v P j w v U 3 R h Y m x l R W 5 0 c m l l c z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W F n Z 2 x v L U l D L T I w M j Q 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z P j x F b n R y e S B U e X B l P S J B Z G R l Z F R v R G F 0 Y U 1 v Z G V s I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k J 1 Z m Z l c k 5 l e H R S Z W Z y Z X N o I i B W Y W x 1 Z T 0 i b D E i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 3 V u d C I g V m F s d W U 9 I m w y I i A v P j x F b n R y e S B U e X B l P S J G a W x s R W 5 h Y m x l Z C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J G a W x s R X J y b 3 J D b 2 R l I i B W Y W x 1 Z T 0 i c 1 V u a 2 5 v d 2 4 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x F c n J v c k N v d W 5 0 I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x M Y X N 0 V X B k Y X R l Z C I g V m F s d W U 9 I m Q y M D I 0 L T A y L T I y V D A 3 O j I 0 O j I z L j Y x N T g 5 M j J a I i A v P j x F b n R y e S B U e X B l P S J G a W x s Q 2 9 s d W 1 u V H l w Z X M i I F Z h b H V l P S J z Q m d N R k J R T U Z C U U 1 G Q l F N R k J R T U d C Z 0 1 H Q m d N R 0 J n T U Z C U T 0 9 I i A v P j x F b n R y e S B U e X B l P S J G a W x s Q 2 9 s d W 1 u T m F t Z X M i I F Z h b H V l P S J z W y Z x d W 9 0 O 0 F n Z 2 x v J n F 1 b 3 Q 7 L C Z x d W 9 0 O 2 5 i c l 9 w Y S Z x d W 9 0 O y w m c X V v d D t 0 b 3 R h b F 9 w Y S Z x d W 9 0 O y w m c X V v d D t J Q 1 9 w Y S Z x d W 9 0 O y w m c X V v d D t u Y n J f c G F v Y 2 M m c X V v d D s s J n F 1 b 3 Q 7 d G 9 0 Y W x f c G F v Y 2 M m c X V v d D s s J n F 1 b 3 Q 7 S U N f c G F v Y 2 M m c X V v d D s s J n F 1 b 3 Q 7 b m J y X 3 B h b 2 N j c H Q m c X V v d D s s J n F 1 b 3 Q 7 d G 9 0 Y W x f c G F v Y 2 N w d C Z x d W 9 0 O y w m c X V v d D t J Q 1 9 w Y W 9 j Y 3 B 0 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 2 5 i c l 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D E m c X V v d D s s J n F 1 b 3 Q 7 d G 9 0 Y W x f c G F v Y 2 N 0 c G F y d G l l b D A x J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 l D X 3 B h b 2 N j d H B h c n R p Z W w w M S Z x d W 9 0 O y w m c X V v d D t u Y n J f c G F v Y 2 N 0 c G F y d G l l b D A y J n F 1 b 3 Q 7 L C Z x d W 9 0 O 3 R v d G F s X 3 B h b 2 N j d H B h c n R p Z W w w M i Z x d W 9 0 O y w m c X V v d D t J Q 1 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D I m c X V v d D s s J n F 1 b 3 Q 7 b m J y X 3 B h b 2 N j d H B h c n R p Z W w w M y Z x d W 9 0 O y w m c X V v d D t 0 b 3 R h b F 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D M m c X V v d D s s J n F 1 b 3 Q 7 S U N f c G F v Y 2 N 0 c G F y d G l l b D A z J n F 1 b 3 Q 7 L C Z x d W 9 0 O 2 5 i c l 9 z c 2 V t c G x v a S Z x d W 9 0 O y w m c X V v d D t 0 b 3 R h b F 9 z c 2 V t c G x v a S Z x d W 9 0 O y w m c X V v d D t J Q 1 9 z c 2 V t c G x v a S Z x d W 9 0 O y w m c X V v d D t u Y n J f b G l l d X R y Y X Y m c X V v d D s s J n F 1 b 3 Q 7 d G 9 0 Y W x f c G V y c 1 9 s a W V 1 d H J h d i Z x d W 9 0 O y w m c X V v d D t J Q 1 9 s a W V 1 d H J h d i Z x d W 9 0 O 1 0 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x l Z E N v b X B s Z X R l U m V z d W x 0 V G 9 X b 3 J r c 2 h l Z X Q i I F Z h b H V l P S J s M S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b F N 0 Y X R 1 c y I g V m F s d W U 9 I n N D b 2 1 w b G V 0 Z S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b F R v R G F 0 Y U 1 v Z G V s R W 5 h Y m x l Z C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J J c 1 B y a X Z h d G U i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i U X V l c n l J R C I g V m F s d W U 9 I n M z M W E 0 Z G U 1 O S 0 2 O W Y 1 L T Q w Z j A t Y m N j Y S 1 j N 2 M y N W E 1 N D k 5 N j M i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l J l b G F 0 a W 9 u c 2 h p c E l u Z m 9 D b 2 5 0 Y W l u Z X I i I F Z h b H V l P S J z e y Z x d W 9 0 O 2 N v b H V t b k N v d W 5 0 J n F 1 b 3 Q 7 O j I 1 L C Z x d W 9 0 O 2 t l e U N v b H V t b k 5 h b W V z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 3 F 1 Z X J 5 U m V s Y X R p b 2 5 z a G l w c y Z x d W 9 0 O z p b X S w m c X V v d D t j b 2 x 1 b W 5 J Z G V u d G l 0 a W V z J n F 1 b 3 Q 7 O l s m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 h Z 2 d s b y 1 J Q y 0 y M D I 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 F n Z 2 x v L D B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W F n Z 2 x v L U l D L T I w M j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b m J y X 3 B h L D F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W F n Z 2 x v L U l D L T I w M j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 d G 9 0 Y W x f c G E s M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y W d n b G 8 t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J Q 1 9 w Y S w z f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 h Z 2 d s b y 1 J Q y 0 y M D I 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 5 i c l 9 w Y W 9 j Y y w 0 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 h Z 2 d s b y 1 J Q y 0 y M D I 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 R v d G F s X 3 B h b 2 N j L D V 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W F n Z 2 x v L U l D L T I w M j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U N f c G F v Y 2 M s N n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y W d n b G 8 t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t u Y n J f c G F v Y 2 N w d C w 3 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 h Z 2 d s b y 1 J Q y 0 y M D I 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 R v d G F s X 3 B h b 2 N j c H Q s O H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y W d n b G 8 t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J Q 1 9 w Y W 9 j Y 3 B 0 L D l 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W F n Z 2 x v L U l D L T I w M j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b m J y X 3 B h b 2 N j d H B h c n R p Z W w w M S w x M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y W d n b G 8 t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 0 b 3 R h b F 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D E s M T F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W F n Z 2 x v L U l D L T I w M j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U N f c G F v Y 2 N 0 c G F y d G l l b D A x L D E y f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 h Z 2 d s b y 1 J Q y 0 y M D I 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 5 i c l 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D I s M T N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W F n Z 2 x v L U l D L T I w M j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 d G 9 0 Y W x f c G F v Y 2 N 0 c G F y d G l l b D A y L D E 0 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 h Z 2 d s b y 1 J Q y 0 y M D I 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l D X 3 B h b 2 N j d H B h c n R p Z W w w M i w x N X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y W d n b G 8 t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t u Y n J f c G F v Y 2 N 0 c G F y d G l l b D A z L D E 2 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 h Z 2 d s b y 1 J Q y 0 y M D I 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 R v d G F s X 3 B h b 2 N j d H B h c n R p Z W w w M y w x N 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y W d n b G 8 t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J Q 1 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D M s M T h 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W F n Z 2 x v L U l D L T I w M j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b m J y X 3 N z Z W 1 w b G 9 p L D E 5 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 h Z 2 d s b y 1 J Q y 0 y M D I 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 R v d G F s X 3 N z Z W 1 w b G 9 p L D I w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 h Z 2 d s b y 1 J Q y 0 y M D I 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l D X 3 N z Z W 1 w b G 9 p L D I x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 h Z 2 d s b y 1 J Q y 0 y M D I 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 5 i c l 9 s a W V 1 d H J h d i w y M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y W d n b G 8 t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 0 b 3 R h b F 9 w Z X J z X 2 x p Z X V 0 c m F 2 L D I z f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 h Z 2 d s b y 1 J Q y 0 y M D I 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l D X 2 x p Z X V 0 c m F 2 L D I 0 f S Z x d W 9 0 O 1 0 s J n F 1 b 3 Q 7 Q 2 9 s d W 1 u Q 2 9 1 b n Q m c X V v d D s 6 M j U s J n F 1 b 3 Q 7 S 2 V 5 Q 2 9 s d W 1 u T m F t Z X M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 Q 2 9 s d W 1 u S W R l b n R p d G l l c y Z x d W 9 0 O z p b J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y W d n b G 8 t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t B Z 2 d s b y w w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 h Z 2 d s b y 1 J Q y 0 y M D I 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 5 i c l 9 w Y S w x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 h Z 2 d s b y 1 J Q y 0 y M D I 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 R v d G F s X 3 B h L D J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W F n Z 2 x v L U l D L T I w M j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U N f c G E s M 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y W d n b G 8 t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t u Y n J f c G F v Y 2 M s N H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y W d n b G 8 t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 0 b 3 R h b F 9 w Y W 9 j Y y w 1 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 h Z 2 d s b y 1 J Q y 0 y M D I 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l D X 3 B h b 2 N j L D Z 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W F n Z 2 x v L U l D L T I w M j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b m J y X 3 B h b 2 N j c H Q s N 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y W d n b G 8 t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 0 b 3 R h b F 9 w Y W 9 j Y 3 B 0 L D h 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W F n Z 2 x v L U l D L T I w M j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U N f c G F v Y 2 N w d C w 5 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 h Z 2 d s b y 1 J Q y 0 y M D I 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 5 i c l 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D E s M T B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W F n Z 2 x v L U l D L T I w M j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 d G 9 0 Y W x f c G F v Y 2 N 0 c G F y d G l l b D A x L D E x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 h Z 2 d s b y 1 J Q y 0 y M D I 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l D X 3 B h b 2 N j d H B h c n R p Z W w w M S w x M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y W d n b G 8 t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t u Y n J f c G F v Y 2 N 0 c G F y d G l l b D A y L D E z f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 h Z 2 d s b y 1 J Q y 0 y M D I 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 R v d G F s X 3 B h b 2 N j d H B h c n R p Z W w w M i w x N H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y W d n b G 8 t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J Q 1 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D I s M T V 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W F n Z 2 x v L U l D L T I w M j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b m J y X 3 B h b 2 N j d H B h c n R p Z W w w M y w x N n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y W d n b G 8 t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 0 b 3 R h b F 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D M s M T d 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W F n Z 2 x v L U l D L T I w M j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U N f c G F v Y 2 N 0 c G F y d G l l b D A z L D E 4 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 h Z 2 d s b y 1 J Q y 0 y M D I 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 5 i c l 9 z c 2 V t c G x v a S w x O X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y W d n b G 8 t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 0 b 3 R h b F 9 z c 2 V t c G x v a S w y M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y W d n b G 8 t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J Q 1 9 z c 2 V t c G x v a S w y M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y W d n b G 8 t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t u Y n J f b G l l d X R y Y X Y s M j J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W F n Z 2 x v L U l D L T I w M j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 d G 9 0 Y W x f c G V y c 1 9 s a W V 1 d H J h d i w y M 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y W d n b G 8 t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J Q 1 9 s a W V 1 d H J h d i w y N H 0 m c X V v d D t d L C Z x d W 9 0 O 1 J l b G F 0 a W 9 u c 2 h p c E l u Z m 8 m c X V v d D s 6 W 1 1 9 I i A v P j x F b n R y e S B U e X B l P S J S Z X N 1 b H R U e X B l I i B W Y W x 1 Z T 0 i c 1 R h Y m x l I i A v P j x F b n R y e S B U e X B l P S J O Y X Z p Z 2 F 0 a W 9 u U 3 R l c E 5 h b W U i I F Z h b H V l P S J z T m F 2 a W d h d G l v b i I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E 9 i a m V j d F R 5 c G U i I F Z h b H V l P S J z Q 2 9 u b m V j d G l v b k 9 u b H k i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k 5 h b W V V c G R h d G V k Q W Z 0 Z X J G a W x s I i B W Y W x 1 Z T 0 i b D A i I C 8 + P C 9 T d G F i b G V F b n R y a W V z P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y W d n b G 8 t S U M t M j A y N C U y M C g y K T w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M + P E V u d H J 5 I F R 5 c G U 9 I k F k Z G V k V G 9 E Y X R h T W 9 k Z W w i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i Q n V m Z m V y T m V 4 d F J l Z n J l c 2 g i I F Z h b H V l P S J s M S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V u Y W J s Z W Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V y c m 9 y Q 2 9 k Z S I g V m F s d W U 9 I n N V b m t u b 3 d u I i A v P j x F b n R y e S B U e X B l P S J G a W x s R X J y b 3 J D b 3 V u d C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J G a W x s T G F z d F V w Z G F 0 Z W Q i I F Z h b H V l P S J k M j A y N C 0 w M i 0 y M l Q w N z o 0 N j o 0 M S 4 1 N z E 0 M z c z W i I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E N v b H V t b l R 5 c G V z I i B W Y W x 1 Z T 0 i c 0 J n T U Z C U U 1 G Q l F N R k J R T U Z C U U 1 H Q m d N R 0 J n T U d C Z 0 1 G Q l E 9 P S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E N v b H V t b k 5 h b W V z I i B W Y W x 1 Z T 0 i c 1 s m c X V v d D t B Z 2 d s b y Z x d W 9 0 O y w m c X V v d D t u Y n J f c G E m c X V v d D s s J n F 1 b 3 Q 7 d G 9 0 Y W x f c G E m c X V v d D s s J n F 1 b 3 Q 7 S U N f c G E m c X V v d D s s J n F 1 b 3 Q 7 b m J y X 3 B h b 2 N j J n F 1 b 3 Q 7 L C Z x d W 9 0 O 3 R v d G F s X 3 B h b 2 N j J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 l D X 3 B h b 2 N j J n F 1 b 3 Q 7 L C Z x d W 9 0 O 2 5 i c l 9 w Y W 9 j Y 3 B 0 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 3 R v d G F s X 3 B h b 2 N j c H Q m c X V v d D s s J n F 1 b 3 Q 7 S U N f c G F v Y 2 N w d C Z x d W 9 0 O y w m c X V v d D t u Y n J f c G F v Y 2 N 0 c G F y d G l l b D A x J n F 1 b 3 Q 7 L C Z x d W 9 0 O 3 R v d G F s X 3 B h b 2 N j d H B h c n R p Z W w w M S Z x d W 9 0 O y w m c X V v d D t J Q 1 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D E m c X V v d D s s J n F 1 b 3 Q 7 b m J y X 3 B h b 2 N j d H B h c n R p Z W w w M i Z x d W 9 0 O y w m c X V v d D t 0 b 3 R h b F 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D I m c X V v d D s s J n F 1 b 3 Q 7 S U N f c G F v Y 2 N 0 c G F y d G l l b D A y J n F 1 b 3 Q 7 L C Z x d W 9 0 O 2 5 i c l 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D M m c X V v d D s s J n F 1 b 3 Q 7 d G 9 0 Y W x f c G F v Y 2 N 0 c G F y d G l l b D A z J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 l D X 3 B h b 2 N j d H B h c n R p Z W w w M y Z x d W 9 0 O y w m c X V v d D t u Y n J f c 3 N l b X B s b 2 k m c X V v d D s s J n F 1 b 3 Q 7 d G 9 0 Y W x f c 3 N l b X B s b 2 k m c X V v d D s s J n F 1 b 3 Q 7 S U N f c 3 N l b X B s b 2 k m c X V v d D s s J n F 1 b 3 Q 7 b m J y X 2 x p Z X V 0 c m F 2 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 3 R v d G F s X 3 B l c n N f b G l l d X R y Y X Y m c X V v d D s s J n F 1 b 3 Q 7 S U N f b G l l d X R y Y X Y m c X V v d D t d I i A v P j x F b n R y e S B U e X B l P S J G a W x s Z W R D b 2 1 w b G V 0 Z V J l c 3 V s d F R v V 2 9 y a 3 N o Z W V 0 I i B W Y W x 1 Z T 0 i b D E i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x T d G F 0 d X M i I F Z h b H V l P S J z Q 2 9 t c G x l d G U i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x U b 0 R h d G F N b 2 R l b E V u Y W J s Z W Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i S X N Q c m l 2 Y X R l I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l F 1 Z X J 5 S U Q i I F Z h b H V l P S J z M D E 1 O T d m N T c t M W R k Z C 0 0 M z F l L T g w M W M t N D I x N G R l N D c w Z T R h I i A v P j x F b n R y e S B U e X B l P S J S Z W x h d G l v b n N o a X B J b m Z v Q 2 9 u d G F p b m V y I i B W Y W x 1 Z T 0 i c 3 s m c X V v d D t j b 2 x 1 b W 5 D b 3 V u d C Z x d W 9 0 O z o y N S w m c X V v d D t r Z X l D b 2 x 1 b W 5 O Y W 1 l c y Z x d W 9 0 O z p b X S w m c X V v d D t x d W V y e V J l b G F 0 a W 9 u c 2 h p c H M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 Y 2 9 s d W 1 u S W R l b n R p d G l l c y Z x d W 9 0 O z p b J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y W d n b G 8 t S U M t M j A y N C A o M i k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 Q W d n b G 8 s M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y W d n b G 8 t S U M t M j A y N C A o M i k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b m J y X 3 B h L D F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W F n Z 2 x v L U l D L T I w M j Q g K D I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 R v d G F s X 3 B h L D J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W F n Z 2 x v L U l D L T I w M j Q g K D I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l D X 3 B h L D N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W F n Z 2 x v L U l D L T I w M j Q g K D I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 5 i c l 9 w Y W 9 j Y y w 0 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 h Z 2 d s b y 1 J Q y 0 y M D I 0 I C g y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 0 b 3 R h b F 9 w Y W 9 j Y y w 1 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 h Z 2 d s b y 1 J Q y 0 y M D I 0 I C g y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J Q 1 9 w Y W 9 j Y y w 2 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 h Z 2 d s b y 1 J Q y 0 y M D I 0 I C g y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t u Y n J f c G F v Y 2 N w d C w 3 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 h Z 2 d s b y 1 J Q y 0 y M D I 0 I C g y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 0 b 3 R h b F 9 w Y W 9 j Y 3 B 0 L D h 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W F n Z 2 x v L U l D L T I w M j Q g K D I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l D X 3 B h b 2 N j c H Q s O X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y W d n b G 8 t S U M t M j A y N C A o M i k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b m J y X 3 B h b 2 N j d H B h c n R p Z W w w M S w x M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y W d n b G 8 t S U M t M j A y N C A o M i k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 d G 9 0 Y W x f c G F v Y 2 N 0 c G F y d G l l b D A x L D E x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 h Z 2 d s b y 1 J Q y 0 y M D I 0 I C g y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J Q 1 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D E s M T J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W F n Z 2 x v L U l D L T I w M j Q g K D I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 5 i c l 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D I s M T N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W F n Z 2 x v L U l D L T I w M j Q g K D I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 R v d G F s X 3 B h b 2 N j d H B h c n R p Z W w w M i w x N H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y W d n b G 8 t S U M t M j A y N C A o M i k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U N f c G F v Y 2 N 0 c G F y d G l l b D A y L D E 1 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 h Z 2 d s b y 1 J Q y 0 y M D I 0 I C g y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t u Y n J f c G F v Y 2 N 0 c G F y d G l l b D A z L D E 2 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 h Z 2 d s b y 1 J Q y 0 y M D I 0 I C g y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 0 b 3 R h b F 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D M s M T d 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W F n Z 2 x v L U l D L T I w M j Q g K D I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l D X 3 B h b 2 N j d H B h c n R p Z W w w M y w x O H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y W d n b G 8 t S U M t M j A y N C A o M i k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b m J y X 3 N z Z W 1 w b G 9 p L D E 5 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 h Z 2 d s b y 1 J Q y 0 y M D I 0 I C g y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 0 b 3 R h b F 9 z c 2 V t c G x v a S w y M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y W d n b G 8 t S U M t M j A y N C A o M i k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U N f c 3 N l b X B s b 2 k s M j F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W F n Z 2 x v L U l D L T I w M j Q g K D I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 5 i c l 9 s a W V 1 d H J h d i w y M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y W d n b G 8 t S U M t M j A y N C A o M i k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 d G 9 0 Y W x f c G V y c 1 9 s a W V 1 d H J h d i w y M 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y W d n b G 8 t S U M t M j A y N C A o M i k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U N f b G l l d X R y Y X Y s M j R 9 J n F 1 b 3 Q 7 X S w m c X V v d D t D b 2 x 1 b W 5 D b 3 V u d C Z x d W 9 0 O z o y N S w m c X V v d D t L Z X l D b 2 x 1 b W 5 O Y W 1 l c y Z x d W 9 0 O z p b X S w m c X V v d D t D b 2 x 1 b W 5 J Z G V u d G l 0 a W V z J n F 1 b 3 Q 7 O l s m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 h Z 2 d s b y 1 J Q y 0 y M D I 0 I C g y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t B Z 2 d s b y w w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 h Z 2 d s b y 1 J Q y 0 y M D I 0 I C g y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t u Y n J f c G E s M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y W d n b G 8 t S U M t M j A y N C A o M i k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 d G 9 0 Y W x f c G E s M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y W d n b G 8 t S U M t M j A y N C A o M i k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U N f c G E s M 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y W d n b G 8 t S U M t M j A y N C A o M i k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b m J y X 3 B h b 2 N j L D R 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W F n Z 2 x v L U l D L T I w M j Q g K D I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 R v d G F s X 3 B h b 2 N j L D V 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W F n Z 2 x v L U l D L T I w M j Q g K D I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l D X 3 B h b 2 N j L D Z 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W F n Z 2 x v L U l D L T I w M j Q g K D I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 5 i c l 9 w Y W 9 j Y 3 B 0 L D d 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W F n Z 2 x v L U l D L T I w M j Q g K D I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 R v d G F s X 3 B h b 2 N j c H Q s O H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y W d n b G 8 t S U M t M j A y N C A o M i k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U N f c G F v Y 2 N w d C w 5 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 h Z 2 d s b y 1 J Q y 0 y M D I 0 I C g y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t u Y n J f c G F v Y 2 N 0 c G F y d G l l b D A x L D E w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 h Z 2 d s b y 1 J Q y 0 y M D I 0 I C g y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 0 b 3 R h b F 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D E s M T F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W F n Z 2 x v L U l D L T I w M j Q g K D I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l D X 3 B h b 2 N j d H B h c n R p Z W w w M S w x M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y W d n b G 8 t S U M t M j A y N C A o M i k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b m J y X 3 B h b 2 N j d H B h c n R p Z W w w M i w x M 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y W d n b G 8 t S U M t M j A y N C A o M i k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 d G 9 0 Y W x f c G F v Y 2 N 0 c G F y d G l l b D A y L D E 0 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 h Z 2 d s b y 1 J Q y 0 y M D I 0 I C g y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J Q 1 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D I s M T V 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W F n Z 2 x v L U l D L T I w M j Q g K D I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 5 i c l 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D M s M T Z 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W F n Z 2 x v L U l D L T I w M j Q g K D I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 R v d G F s X 3 B h b 2 N j d H B h c n R p Z W w w M y w x N 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y W d n b G 8 t S U M t M j A y N C A o M i k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U N f c G F v Y 2 N 0 c G F y d G l l b D A z L D E 4 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 h Z 2 d s b y 1 J Q y 0 y M D I 0 I C g y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t u Y n J f c 3 N l b X B s b 2 k s M T l 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W F n Z 2 x v L U l D L T I w M j Q g K D I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 R v d G F s X 3 N z Z W 1 w b G 9 p L D I w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 h Z 2 d s b y 1 J Q y 0 y M D I 0 I C g y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J Q 1 9 z c 2 V t c G x v a S w y M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y W d n b G 8 t S U M t M j A y N C A o M i k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b m J y X 2 x p Z X V 0 c m F 2 L D I y f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 h Z 2 d s b y 1 J Q y 0 y M D I 0 I C g y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 0 b 3 R h b F 9 w Z X J z X 2 x p Z X V 0 c m F 2 L D I z f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 h Z 2 d s b y 1 J Q y 0 y M D I 0 I C g y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J Q 1 9 s a W V 1 d H J h d i w y N H 0 m c X V v d D t d L C Z x d W 9 0 O 1 J l b G F 0 a W 9 u c 2 h p c E l u Z m 8 m c X V v d D s 6 W 1 1 9 I i A v P j x F b n R y e S B U e X B l P S J S Z X N 1 b H R U e X B l I i B W Y W x 1 Z T 0 i c 1 R h Y m x l I i A v P j x F b n R y e S B U e X B l P S J O Y X Z p Z 2 F 0 a W 9 u U 3 R l c E 5 h b W U i I F Z h b H V l P S J z T m F 2 a W d h d G l v b i I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E 9 i a m V j d F R 5 c G U i I F Z h b H V l P S J z Q 2 9 u b m V j d G l v b k 9 u b H k i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k 5 h b W V V c G R h d G V k Q W Z 0 Z X J G a W x s I i B W Y W x 1 Z T 0 i b D A i I C 8 + P C 9 T d G F i b G V F b n R y a W V z P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v V E U y M y 0 w N j g t c 2 V y a W V j a H J v b m 8 t S U M t M j A y N D w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M + P E V u d H J 5 I F R 5 c G U 9 I k F k Z G V k V G 9 E Y X R h T W 9 k Z W w i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i Q n V m Z m V y T m V 4 d F J l Z n J l c 2 g i I F Z h b H V l P S J s M S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E N v d W 5 0 I i B W Y W x 1 Z T 0 i b D E y I i A v P j x F b n R y e S B U e X B l P S J G a W x s R W 5 h Y m x l Z C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J G a W x s R X J y b 3 J D b 2 R l I i B W Y W x 1 Z T 0 i c 1 V u a 2 5 v d 2 4 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x F c n J v c k N v d W 5 0 I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x M Y X N 0 V X B k Y X R l Z C I g V m F s d W U 9 I m Q y M D I 0 L T A y L T I 2 V D A 4 O j Q 2 O j E y L j I y N z E x M D R a I i A v P j x F b n R y e S B U e X B l P S J G a W x s Q 2 9 s d W 1 u V H l w Z X M i I F Z h b H V l P S J z Q X d V R k F 3 V U Z B d 1 V G Q X d V R k F 3 V U Z B d 1 V G Q X d V R k F 3 V U Y i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 2 x 1 b W 5 O Y W 1 l c y I g V m F s d W U 9 I n N b J n F 1 b 3 Q 7 b m J y X 3 B h J n F 1 b 3 Q 7 L C Z x d W 9 0 O 3 R v d G F s X 3 B h J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 l D X 3 B h J n F 1 b 3 Q 7 L C Z x d W 9 0 O 2 5 i c l 9 w Y W 9 j Y y Z x d W 9 0 O y w m c X V v d D t 0 b 3 R h b F 9 w Y W 9 j Y y Z x d W 9 0 O y w m c X V v d D t J Q 1 9 w Y W 9 j Y y Z x d W 9 0 O y w m c X V v d D t u Y n J f c G F v Y 2 N w d C Z x d W 9 0 O y w m c X V v d D t 0 b 3 R h b F 9 w Y W 9 j Y 3 B 0 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 l D X 3 B h b 2 N j c H Q m c X V v d D s s J n F 1 b 3 Q 7 b m J y X 3 B h b 2 N j d H B h c n R p Z W w w M S Z x d W 9 0 O y w m c X V v d D t 0 b 3 R h b F 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D E m c X V v d D s s J n F 1 b 3 Q 7 S U N f c G F v Y 2 N 0 c G F y d G l l b D A x J n F 1 b 3 Q 7 L C Z x d W 9 0 O 2 5 i c l 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D I m c X V v d D s s J n F 1 b 3 Q 7 d G 9 0 Y W x f c G F v Y 2 N 0 c G F y d G l l b D A y J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 l D X 3 B h b 2 N j d H B h c n R p Z W w w M i Z x d W 9 0 O y w m c X V v d D t u Y n J f c G F v Y 2 N 0 c G F y d G l l b D A z J n F 1 b 3 Q 7 L C Z x d W 9 0 O 3 R v d G F s X 3 B h b 2 N j d H B h c n R p Z W w w M y Z x d W 9 0 O y w m c X V v d D t J Q 1 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D M m c X V v d D s s J n F 1 b 3 Q 7 b m J y X 3 N z Z W 1 w b G 9 p J n F 1 b 3 Q 7 L C Z x d W 9 0 O 3 R v d G F s X 3 N z Z W 1 w b G 9 p J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 l D X 3 N z Z W 1 w b G 9 p J n F 1 b 3 Q 7 L C Z x d W 9 0 O 2 5 i c l 9 s a W V 1 d H J h d i Z x d W 9 0 O y w m c X V v d D t 0 b 3 R h b F 9 s a W V 1 d H J h d i Z x d W 9 0 O y w m c X V v d D t J Q 1 9 s a W V 1 d H J h d i Z x d W 9 0 O 1 0 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x l Z E N v b X B s Z X R l U m V z d W x 0 V G 9 X b 3 J r c 2 h l Z X Q i I F Z h b H V l P S J s M S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b F N 0 Y X R 1 c y I g V m F s d W U 9 I n N D b 2 1 w b G V 0 Z S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b F R v R G F 0 Y U 1 v Z G V s R W 5 h Y m x l Z C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J J c 1 B y a X Z h d G U i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i U X V l c n l J R C I g V m F s d W U 9 I n M 4 N z c w N z V j M C 0 w N z N h L T Q 4 O G U t O D A 0 Z C 1 i M j k 4 M 2 M y Y j k y M j k i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l J l b G F 0 a W 9 u c 2 h p c E l u Z m 9 D b 2 5 0 Y W l u Z X I i I F Z h b H V l P S J z e y Z x d W 9 0 O 2 N v b H V t b k N v d W 5 0 J n F 1 b 3 Q 7 O j I 0 L C Z x d W 9 0 O 2 t l e U N v b H V t b k 5 h b W V z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 3 F 1 Z X J 5 U m V s Y X R p b 2 5 z a G l w c y Z x d W 9 0 O z p b X S w m c X V v d D t j b 2 x 1 b W 5 J Z G V u d G l 0 a W V z J n F 1 b 3 Q 7 O l s m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 z Z X J p Z W N o c m 9 u b y 1 J Q y 0 y M D I 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 5 i c l 9 w Y S w w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 z Z X J p Z W N o c m 9 u b y 1 J Q y 0 y M D I 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 R v d G F s X 3 B h L D F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L X N l c m l l Y 2 h y b 2 5 v L U l D L T I w M j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U N f c G E s M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t c 2 V y a W V j a H J v b m 8 t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t u Y n J f c G F v Y 2 M s M 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t c 2 V y a W V j a H J v b m 8 t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 0 b 3 R h b F 9 w Y W 9 j Y y w 0 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 z Z X J p Z W N o c m 9 u b y 1 J Q y 0 y M D I 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l D X 3 B h b 2 N j L D V 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L X N l c m l l Y 2 h y b 2 5 v L U l D L T I w M j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b m J y X 3 B h b 2 N j c H Q s N n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t c 2 V y a W V j a H J v b m 8 t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 0 b 3 R h b F 9 w Y W 9 j Y 3 B 0 L D d 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L X N l c m l l Y 2 h y b 2 5 v L U l D L T I w M j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U N f c G F v Y 2 N w d C w 4 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 z Z X J p Z W N o c m 9 u b y 1 J Q y 0 y M D I 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 5 i c l 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D E s O X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t c 2 V y a W V j a H J v b m 8 t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 0 b 3 R h b F 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D E s M T B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L X N l c m l l Y 2 h y b 2 5 v L U l D L T I w M j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U N f c G F v Y 2 N 0 c G F y d G l l b D A x L D E x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 z Z X J p Z W N o c m 9 u b y 1 J Q y 0 y M D I 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 5 i c l 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D I s M T J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L X N l c m l l Y 2 h y b 2 5 v L U l D L T I w M j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 d G 9 0 Y W x f c G F v Y 2 N 0 c G F y d G l l b D A y L D E z f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 z Z X J p Z W N o c m 9 u b y 1 J Q y 0 y M D I 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l D X 3 B h b 2 N j d H B h c n R p Z W w w M i w x N H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t c 2 V y a W V j a H J v b m 8 t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t u Y n J f c G F v Y 2 N 0 c G F y d G l l b D A z L D E 1 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 z Z X J p Z W N o c m 9 u b y 1 J Q y 0 y M D I 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 R v d G F s X 3 B h b 2 N j d H B h c n R p Z W w w M y w x N n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t c 2 V y a W V j a H J v b m 8 t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J Q 1 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D M s M T d 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L X N l c m l l Y 2 h y b 2 5 v L U l D L T I w M j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b m J y X 3 N z Z W 1 w b G 9 p L D E 4 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 z Z X J p Z W N o c m 9 u b y 1 J Q y 0 y M D I 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 R v d G F s X 3 N z Z W 1 w b G 9 p L D E 5 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 z Z X J p Z W N o c m 9 u b y 1 J Q y 0 y M D I 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l D X 3 N z Z W 1 w b G 9 p L D I w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 z Z X J p Z W N o c m 9 u b y 1 J Q y 0 y M D I 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 5 i c l 9 s a W V 1 d H J h d i w y M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t c 2 V y a W V j a H J v b m 8 t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 0 b 3 R h b F 9 s a W V 1 d H J h d i w y M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t c 2 V y a W V j a H J v b m 8 t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J Q 1 9 s a W V 1 d H J h d i w y M 3 0 m c X V v d D t d L C Z x d W 9 0 O 0 N v b H V t b k N v d W 5 0 J n F 1 b 3 Q 7 O j I 0 L C Z x d W 9 0 O 0 t l e U N v b H V t b k 5 h b W V z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 0 N v b H V t b k l k Z W 5 0 a X R p Z X M m c X V v d D s 6 W y Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L X N l c m l l Y 2 h y b 2 5 v L U l D L T I w M j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b m J y X 3 B h L D B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L X N l c m l l Y 2 h y b 2 5 v L U l D L T I w M j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 d G 9 0 Y W x f c G E s M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t c 2 V y a W V j a H J v b m 8 t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J Q 1 9 w Y S w y f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 z Z X J p Z W N o c m 9 u b y 1 J Q y 0 y M D I 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 5 i c l 9 w Y W 9 j Y y w z f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 z Z X J p Z W N o c m 9 u b y 1 J Q y 0 y M D I 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 R v d G F s X 3 B h b 2 N j L D R 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L X N l c m l l Y 2 h y b 2 5 v L U l D L T I w M j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U N f c G F v Y 2 M s N X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t c 2 V y a W V j a H J v b m 8 t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t u Y n J f c G F v Y 2 N w d C w 2 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 z Z X J p Z W N o c m 9 u b y 1 J Q y 0 y M D I 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 R v d G F s X 3 B h b 2 N j c H Q s N 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t c 2 V y a W V j a H J v b m 8 t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J Q 1 9 w Y W 9 j Y 3 B 0 L D h 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L X N l c m l l Y 2 h y b 2 5 v L U l D L T I w M j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b m J y X 3 B h b 2 N j d H B h c n R p Z W w w M S w 5 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 z Z X J p Z W N o c m 9 u b y 1 J Q y 0 y M D I 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 R v d G F s X 3 B h b 2 N j d H B h c n R p Z W w w M S w x M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t c 2 V y a W V j a H J v b m 8 t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J Q 1 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D E s M T F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L X N l c m l l Y 2 h y b 2 5 v L U l D L T I w M j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b m J y X 3 B h b 2 N j d H B h c n R p Z W w w M i w x M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t c 2 V y a W V j a H J v b m 8 t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 0 b 3 R h b F 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D I s M T N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L X N l c m l l Y 2 h y b 2 5 v L U l D L T I w M j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U N f c G F v Y 2 N 0 c G F y d G l l b D A y L D E 0 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 z Z X J p Z W N o c m 9 u b y 1 J Q y 0 y M D I 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 5 i c l 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D M s M T V 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L X N l c m l l Y 2 h y b 2 5 v L U l D L T I w M j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 d G 9 0 Y W x f c G F v Y 2 N 0 c G F y d G l l b D A z L D E 2 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 z Z X J p Z W N o c m 9 u b y 1 J Q y 0 y M D I 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l D X 3 B h b 2 N j d H B h c n R p Z W w w M y w x N 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t c 2 V y a W V j a H J v b m 8 t S U M t M j A y N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t u Y n J f c 3 N l b X B s b 2 k s M T h 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L X N l c m l l Y 2 h y b 2 5 v L U l D L T I w M j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 d G 9 0 Y W x f c 3 N l b X B s b 2 k s M T l 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L X N l c m l l Y 2 h y b 2 5 v L U l D L T I w M j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U N f c 3 N l b X B s b 2 k s M j B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L X N l c m l l Y 2 h y b 2 5 v L U l D L T I w M j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b m J y X 2 x p Z X V 0 c m F 2 L D I x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 z Z X J p Z W N o c m 9 u b y 1 J Q y 0 y M D I 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 R v d G F s X 2 x p Z X V 0 c m F 2 L D I y f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 z Z X J p Z W N o c m 9 u b y 1 J Q y 0 y M D I 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l D X 2 x p Z X V 0 c m F 2 L D I z f S Z x d W 9 0 O 1 0 s J n F 1 b 3 Q 7 U m V s Y X R p b 2 5 z a G l w S W 5 m b y Z x d W 9 0 O z p b X X 0 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l J l c 3 V s d F R 5 c G U i I F Z h b H V l P S J z V G F i b G U i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k 5 h d m l n Y X R p b 2 5 T d G V w T m F t Z S I g V m F s d W U 9 I n N O Y X Z p Z 2 F 0 a W 9 u I i A v P j x F b n R y e S B U e X B l P S J G a W x s T 2 J q Z W N 0 V H l w Z S I g V m F s d W U 9 I n N D b 2 5 u Z W N 0 a W 9 u T 2 5 s e S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i T m F t Z V V w Z G F 0 Z W R B Z n R l c k Z p b G w i I F Z h b H V l P S J s M C I g L z 4 8 L 1 N 0 Y W J s Z U V u d H J p Z X M + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 j Y W 5 0 b 2 5 z L U l D L T I w M j Q v U 2 9 1 c m N l P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y 2 F u d G 9 u c y 1 J Q y 0 y M D I 0 L 0 V u L X Q l Q z M l Q U F 0 Z X M l M j B w c m 9 t d X M 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 j Y W 5 0 b 2 5 z L U l D L T I w M j Q v V H l w Z S U y M G 1 v Z G l m a S V D M y V B O T w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W N h b n R v b n M t S U M t M j A y N C U y M C g y K S 9 T b 3 V y Y 2 U 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 j Y W 5 0 b 2 5 z L U l D L T I w M j Q l M j A o M i k v R W 4 t d C V D M y V B Q X R l c y U y M H B y b 2 1 1 c z w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W N h b n R v b n M t S U M t M j A y N C U y M C g y K S 9 U e X B l J T I w b W 9 k a W Z p J U M z J U E 5 P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y 2 F u d G 9 u c y 1 J Q y 0 y M D I 0 J T I w K D M p L 1 N v d X J j Z T w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W N h b n R v b n M t S U M t M j A y N C U y M C g z K S 9 F b i 1 0 J U M z J U F B d G V z J T I w c H J v b X V z P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y 2 F u d G 9 u c y 1 J Q y 0 y M D I 0 J T I w K D M p L 1 R 5 c G U l M j B t b 2 R p Z m k l Q z M l Q T k 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 k a X N 0 c m l j d H M t S U M t M j A y N C 9 T b 3 V y Y 2 U 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 k a X N 0 c m l j d H M t S U M t M j A y N C 9 F b i 1 0 J U M z J U F B d G V z J T I w c H J v b X V z P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v V E U y M y 0 w N j g t Z G l z d H J p Y 3 R z L U l D L T I w M j Q v V H l w Z S U y M G 1 v Z G l m a S V D M y V B O T w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W F n Z 2 x v L U l D L T I w M j Q v U 2 9 1 c m N l P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y W d n b G 8 t S U M t M j A y N C 9 F b i 1 0 J U M z J U F B d G V z J T I w c H J v b X V z P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y W d n b G 8 t S U M t M j A y N C 9 U e X B l J T I w b W 9 k a W Z p J U M z J U E 5 P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y W d n b G 8 t S U M t M j A y N C U y M C g y K S 9 T b 3 V y Y 2 U 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 h Z 2 d s b y 1 J Q y 0 y M D I 0 J T I w K D I p L 0 V u L X Q l Q z M l Q U F 0 Z X M l M j B w c m 9 t d X M 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 h Z 2 d s b y 1 J Q y 0 y M D I 0 J T I w K D I p L 1 R 5 c G U l M j B t b 2 R p Z m k l Q z M l Q T k 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 z Z X J p Z W N o c m 9 u b y 1 J Q y 0 y M D I 0 L 1 N v d X J j Z T w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L X N l c m l l Y 2 h y b 2 5 v L U l D L T I w M j Q v R W 4 t d C V D M y V B Q X R l c y U y M H B y b 2 1 1 c z w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L X N l c m l l Y 2 h y b 2 5 v L U l D L T I w M j Q v V H l w Z S U y M G 1 v Z G l m a S V D M y V B O T w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + Q W x s R m 9 y b X V s Y X M 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a C A v P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z P j x F b n R y e S B U e X B l P S J R d W V y e U d y b 3 V w c y I g V m F s d W U 9 I n N B Q U F B Q U E 9 P S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V s Y X R p b 2 5 z a G l w c y I g V m F s d W U 9 I n N B Q U F B Q U E 9 P S I g L z 4 8 L 1 N 0 Y W J s Z U V u d H J p Z X M + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 h Z 2 d s b y 1 J Q y 0 y M D I 0 J T I w K D M p P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c z 4 8 R W 5 0 c n k g V H l w Z T 0 i S X N Q c m l 2 Y X R l I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x F b m F i b G V k I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x P Y m p l Y 3 R U e X B l I i B W Y W x 1 Z T 0 i c 0 N v b m 5 l Y 3 R p b 2 5 P b m x 5 I i A v P j x F b n R y e S B U e X B l P S J G a W x s V G 9 E Y X R h T W 9 k Z W x F b m F i b G V k I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l F 1 Z X J 5 S U Q i I F Z h b H V l P S J z Y z I 2 M j B m N T A t N 2 M z M i 0 0 Z D I x L W E z N G E t O T B m Y j F j Z D k 0 N W U 3 I i A v P j x F b n R y e S B U e X B l P S J C d W Z m Z X J O Z X h 0 U m V m c m V z a C I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J S Z X N 1 b H R U e X B l I i B W Y W x 1 Z T 0 i c 1 R h Y m x l I i A v P j x F b n R y e S B U e X B l P S J O Y W 1 l V X B k Y X R l Z E F m d G V y R m l s b C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J O Y X Z p Z 2 F 0 a W 9 u U 3 R l c E 5 h b W U i I F Z h b H V l P S J z T m F 2 a W d h d G l v b i I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b G V k Q 2 9 t c G x l d G V S Z X N 1 b H R U b 1 d v c m t z a G V l d C I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J B Z G R l Z F R v R G F 0 Y U 1 v Z G V s I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 3 V u d C I g V m F s d W U 9 I m w z I i A v P j x F b n R y e S B U e X B l P S J G a W x s R X J y b 3 J D b 2 R l I i B W Y W x 1 Z T 0 i c 1 V u a 2 5 v d 2 4 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x F c n J v c k N v d W 5 0 I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x M Y X N 0 V X B k Y X R l Z C I g V m F s d W U 9 I m Q y M D I 0 L T A y L T I 4 V D A 3 O j U 3 O j U x L j c 0 N j k x O D Z a I i A v P j x F b n R y e S B U e X B l P S J G a W x s Q 2 9 s d W 1 u V H l w Z X M i I F Z h b H V l P S J z Q m d N R k J R T U Z C U U 1 G Q l F N R k J R T U d C Z 0 1 H Q m d N R 0 J n T U Z C U T 0 9 I i A v P j x F b n R y e S B U e X B l P S J G a W x s Q 2 9 s d W 1 u T m F t Z X M i I F Z h b H V l P S J z W y Z x d W 9 0 O 0 F n Z 2 x v J n F 1 b 3 Q 7 L C Z x d W 9 0 O 2 5 i c l 9 w Y S Z x d W 9 0 O y w m c X V v d D t 0 b 3 R h b F 9 w Y S Z x d W 9 0 O y w m c X V v d D t J Q 1 9 w Y S Z x d W 9 0 O y w m c X V v d D t u Y n J f c G F v Y 2 M m c X V v d D s s J n F 1 b 3 Q 7 d G 9 0 Y W x f c G F v Y 2 M m c X V v d D s s J n F 1 b 3 Q 7 S U N f c G F v Y 2 M m c X V v d D s s J n F 1 b 3 Q 7 b m J y X 3 B h b 2 N j c H Q m c X V v d D s s J n F 1 b 3 Q 7 d G 9 0 Y W x f c G F v Y 2 N w d C Z x d W 9 0 O y w m c X V v d D t J Q 1 9 w Y W 9 j Y 3 B 0 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 2 5 i c l 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D E m c X V v d D s s J n F 1 b 3 Q 7 d G 9 0 Y W x f c G F v Y 2 N 0 c G F y d G l l b D A x J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 l D X 3 B h b 2 N j d H B h c n R p Z W w w M S Z x d W 9 0 O y w m c X V v d D t u Y n J f c G F v Y 2 N 0 c G F y d G l l b D A y J n F 1 b 3 Q 7 L C Z x d W 9 0 O 3 R v d G F s X 3 B h b 2 N j d H B h c n R p Z W w w M i Z x d W 9 0 O y w m c X V v d D t J Q 1 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D I m c X V v d D s s J n F 1 b 3 Q 7 b m J y X 3 B h b 2 N j d H B h c n R p Z W w w M y Z x d W 9 0 O y w m c X V v d D t 0 b 3 R h b F 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D M m c X V v d D s s J n F 1 b 3 Q 7 S U N f c G F v Y 2 N 0 c G F y d G l l b D A z J n F 1 b 3 Q 7 L C Z x d W 9 0 O 2 5 i c l 9 z c 2 V t c G x v a S Z x d W 9 0 O y w m c X V v d D t 0 b 3 R h b F 9 z c 2 V t c G x v a S Z x d W 9 0 O y w m c X V v d D t J Q 1 9 z c 2 V t c G x v a S Z x d W 9 0 O y w m c X V v d D t u Y n J f b G l l d X R y Y X Y m c X V v d D s s J n F 1 b 3 Q 7 d G 9 0 Y W x f c G V y c 1 9 s a W V 1 d H J h d i Z x d W 9 0 O y w m c X V v d D t J Q 1 9 s a W V 1 d H J h d i Z x d W 9 0 O 1 0 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x T d G F 0 d X M i I F Z h b H V l P S J z Q 2 9 t c G x l d G U i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l J l b G F 0 a W 9 u c 2 h p c E l u Z m 9 D b 2 5 0 Y W l u Z X I i I F Z h b H V l P S J z e y Z x d W 9 0 O 2 N v b H V t b k N v d W 5 0 J n F 1 b 3 Q 7 O j I 1 L C Z x d W 9 0 O 2 t l e U N v b H V t b k 5 h b W V z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 3 F 1 Z X J 5 U m V s Y X R p b 2 5 z a G l w c y Z x d W 9 0 O z p b X S w m c X V v d D t j b 2 x 1 b W 5 J Z G V u d G l 0 a W V z J n F 1 b 3 Q 7 O l s m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 h Z 2 d s b y 1 J Q y 0 y M D I 0 I C g z K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t B Z 2 d s b y w w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 h Z 2 d s b y 1 J Q y 0 y M D I 0 I C g z K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t u Y n J f c G E s M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y W d n b G 8 t S U M t M j A y N C A o M y k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 d G 9 0 Y W x f c G E s M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y W d n b G 8 t S U M t M j A y N C A o M y k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U N f c G E s M 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y W d n b G 8 t S U M t M j A y N C A o M y k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b m J y X 3 B h b 2 N j L D R 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W F n Z 2 x v L U l D L T I w M j Q g K D M p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 R v d G F s X 3 B h b 2 N j L D V 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W F n Z 2 x v L U l D L T I w M j Q g K D M p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l D X 3 B h b 2 N j L D Z 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W F n Z 2 x v L U l D L T I w M j Q g K D M p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 5 i c l 9 w Y W 9 j Y 3 B 0 L D d 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W F n Z 2 x v L U l D L T I w M j Q g K D M p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 R v d G F s X 3 B h b 2 N j c H Q s O H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y W d n b G 8 t S U M t M j A y N C A o M y k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U N f c G F v Y 2 N w d C w 5 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 h Z 2 d s b y 1 J Q y 0 y M D I 0 I C g z K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t u Y n J f c G F v Y 2 N 0 c G F y d G l l b D A x L D E w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 h Z 2 d s b y 1 J Q y 0 y M D I 0 I C g z K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 0 b 3 R h b F 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D E s M T F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W F n Z 2 x v L U l D L T I w M j Q g K D M p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l D X 3 B h b 2 N j d H B h c n R p Z W w w M S w x M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y W d n b G 8 t S U M t M j A y N C A o M y k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b m J y X 3 B h b 2 N j d H B h c n R p Z W w w M i w x M 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y W d n b G 8 t S U M t M j A y N C A o M y k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 d G 9 0 Y W x f c G F v Y 2 N 0 c G F y d G l l b D A y L D E 0 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 h Z 2 d s b y 1 J Q y 0 y M D I 0 I C g z K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J Q 1 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D I s M T V 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W F n Z 2 x v L U l D L T I w M j Q g K D M p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 5 i c l 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D M s M T Z 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W F n Z 2 x v L U l D L T I w M j Q g K D M p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 R v d G F s X 3 B h b 2 N j d H B h c n R p Z W w w M y w x N 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y W d n b G 8 t S U M t M j A y N C A o M y k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U N f c G F v Y 2 N 0 c G F y d G l l b D A z L D E 4 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 h Z 2 d s b y 1 J Q y 0 y M D I 0 I C g z K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t u Y n J f c 3 N l b X B s b 2 k s M T l 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W F n Z 2 x v L U l D L T I w M j Q g K D M p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 R v d G F s X 3 N z Z W 1 w b G 9 p L D I w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 h Z 2 d s b y 1 J Q y 0 y M D I 0 I C g z K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J Q 1 9 z c 2 V t c G x v a S w y M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y W d n b G 8 t S U M t M j A y N C A o M y k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b m J y X 2 x p Z X V 0 c m F 2 L D I y f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 h Z 2 d s b y 1 J Q y 0 y M D I 0 I C g z K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 0 b 3 R h b F 9 w Z X J z X 2 x p Z X V 0 c m F 2 L D I z f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 h Z 2 d s b y 1 J Q y 0 y M D I 0 I C g z K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J Q 1 9 s a W V 1 d H J h d i w y N H 0 m c X V v d D t d L C Z x d W 9 0 O 0 N v b H V t b k N v d W 5 0 J n F 1 b 3 Q 7 O j I 1 L C Z x d W 9 0 O 0 t l e U N v b H V t b k 5 h b W V z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 0 N v b H V t b k l k Z W 5 0 a X R p Z X M m c X V v d D s 6 W y Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W F n Z 2 x v L U l D L T I w M j Q g K D M p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 F n Z 2 x v L D B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W F n Z 2 x v L U l D L T I w M j Q g K D M p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 5 i c l 9 w Y S w x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 h Z 2 d s b y 1 J Q y 0 y M D I 0 I C g z K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 0 b 3 R h b F 9 w Y S w y f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 h Z 2 d s b y 1 J Q y 0 y M D I 0 I C g z K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J Q 1 9 w Y S w z f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 h Z 2 d s b y 1 J Q y 0 y M D I 0 I C g z K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t u Y n J f c G F v Y 2 M s N H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y W d n b G 8 t S U M t M j A y N C A o M y k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 d G 9 0 Y W x f c G F v Y 2 M s N X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y W d n b G 8 t S U M t M j A y N C A o M y k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U N f c G F v Y 2 M s N n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y W d n b G 8 t S U M t M j A y N C A o M y k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b m J y X 3 B h b 2 N j c H Q s N 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y W d n b G 8 t S U M t M j A y N C A o M y k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 d G 9 0 Y W x f c G F v Y 2 N w d C w 4 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 h Z 2 d s b y 1 J Q y 0 y M D I 0 I C g z K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J Q 1 9 w Y W 9 j Y 3 B 0 L D l 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W F n Z 2 x v L U l D L T I w M j Q g K D M p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 5 i c l 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D E s M T B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W F n Z 2 x v L U l D L T I w M j Q g K D M p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 R v d G F s X 3 B h b 2 N j d H B h c n R p Z W w w M S w x M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y W d n b G 8 t S U M t M j A y N C A o M y k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U N f c G F v Y 2 N 0 c G F y d G l l b D A x L D E y f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 h Z 2 d s b y 1 J Q y 0 y M D I 0 I C g z K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t u Y n J f c G F v Y 2 N 0 c G F y d G l l b D A y L D E z f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 h Z 2 d s b y 1 J Q y 0 y M D I 0 I C g z K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 0 b 3 R h b F 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D I s M T R 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W F n Z 2 x v L U l D L T I w M j Q g K D M p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l D X 3 B h b 2 N j d H B h c n R p Z W w w M i w x N X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y W d n b G 8 t S U M t M j A y N C A o M y k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b m J y X 3 B h b 2 N j d H B h c n R p Z W w w M y w x N n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y W d n b G 8 t S U M t M j A y N C A o M y k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 d G 9 0 Y W x f c G F v Y 2 N 0 c G F y d G l l b D A z L D E 3 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 h Z 2 d s b y 1 J Q y 0 y M D I 0 I C g z K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J Q 1 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D M s M T h 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W F n Z 2 x v L U l D L T I w M j Q g K D M p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 5 i c l 9 z c 2 V t c G x v a S w x O X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y W d n b G 8 t S U M t M j A y N C A o M y k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 d G 9 0 Y W x f c 3 N l b X B s b 2 k s M j B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W F n Z 2 x v L U l D L T I w M j Q g K D M p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l D X 3 N z Z W 1 w b G 9 p L D I x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 h Z 2 d s b y 1 J Q y 0 y M D I 0 I C g z K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t u Y n J f b G l l d X R y Y X Y s M j J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W F n Z 2 x v L U l D L T I w M j Q g K D M p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 R v d G F s X 3 B l c n N f b G l l d X R y Y X Y s M j N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W F n Z 2 x v L U l D L T I w M j Q g K D M p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l D X 2 x p Z X V 0 c m F 2 L D I 0 f S Z x d W 9 0 O 1 0 s J n F 1 b 3 Q 7 U m V s Y X R p b 2 5 z a G l w S W 5 m b y Z x d W 9 0 O z p b X X 0 i I C 8 + P C 9 T d G F i b G V F b n R y a W V z P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y W d n b G 8 t S U M t M j A y N C U y M C g z K S 9 T b 3 V y Y 2 U 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 h Z 2 d s b y 1 J Q y 0 y M D I 0 J T I w K D M p L 0 V u L X Q l Q z M l Q U F 0 Z X M l M j B w c m 9 t d X M 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 h Z 2 d s b y 1 J Q y 0 y M D I 0 J T I w K D M p L 1 R 5 c G U l M j B t b 2 R p Z m k l Q z M l Q T k 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 k a X N 0 c m l j d H M t S U M t M j A y N C U y M C g y K T w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M + P E V u d H J 5 I F R 5 c G U 9 I k l z U H J p d m F 0 Z S I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J G a W x s R W 5 h Y m x l Z C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J G a W x s T 2 J q Z W N 0 V H l w Z S I g V m F s d W U 9 I n N D b 2 5 u Z W N 0 a W 9 u T 2 5 s e S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b F R v R G F 0 Y U 1 v Z G V s R W 5 h Y m x l Z C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J R d W V y e U l E I i B W Y W x 1 Z T 0 i c z R i Y z E x M j M 2 L T Z k Y m E t N D c 3 Z C 1 h N G E x L W E z O G F j N W Q 0 O D c 5 N C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i Q n V m Z m V y T m V 4 d F J l Z n J l c 2 g i I F Z h b H V l P S J s M S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V z d W x 0 V H l w Z S I g V m F s d W U 9 I n N U Y W J s Z S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i T m F t Z V V w Z G F 0 Z W R B Z n R l c k Z p b G w i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i T m F 2 a W d h d G l v b l N 0 Z X B O Y W 1 l I i B W Y W x 1 Z T 0 i c 0 5 h d m l n Y X R p b 2 4 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x l Z E N v b X B s Z X R l U m V z d W x 0 V G 9 X b 3 J r c 2 h l Z X Q i I F Z h b H V l P S J s M S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i Q W R k Z W R U b 0 R h d G F N b 2 R l b C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J G a W x s Q 2 9 1 b n Q i I F Z h b H V l P S J s N y I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V y c m 9 y Q 2 9 k Z S I g V m F s d W U 9 I n N V b m t u b 3 d u I i A v P j x F b n R y e S B U e X B l P S J G a W x s R X J y b 3 J D b 3 V u d C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J G a W x s T G F z d F V w Z G F 0 Z W Q i I F Z h b H V l P S J k M j A y N C 0 w M i 0 y O F Q w O D o x M D o w N C 4 x M D A x N T k 5 W i I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E N v b H V t b l R 5 c G V z I i B W Y W x 1 Z T 0 i c 0 F 3 T U Z C U U 1 G Q l F N R k J R T U d C Z 0 1 H Q m d N R 0 J n T U d C Z 0 1 G Q l E 9 P S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E N v b H V t b k 5 h b W V z I i B W Y W x 1 Z T 0 i c 1 s m c X V v d D t E a X N 0 c m l j d F 9 u Y n I m c X V v d D s s J n F 1 b 3 Q 7 b m J y X 3 B h J n F 1 b 3 Q 7 L C Z x d W 9 0 O 3 R v d G F s X 3 B h J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 l D X 3 B h J n F 1 b 3 Q 7 L C Z x d W 9 0 O 2 5 i c l 9 w Y W 9 j Y y Z x d W 9 0 O y w m c X V v d D t 0 b 3 R h b F 9 w Y W 9 j Y y Z x d W 9 0 O y w m c X V v d D t J Q 1 9 w Y W 9 j Y y Z x d W 9 0 O y w m c X V v d D t u Y n J f c G F v Y 2 N w d C Z x d W 9 0 O y w m c X V v d D t 0 b 3 R h b F 9 w Y W 9 j Y 3 B 0 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 l D X 3 B h b 2 N j c H Q m c X V v d D s s J n F 1 b 3 Q 7 b m J y X 3 B h b 2 N j d H B h c n R p Z W w w M S Z x d W 9 0 O y w m c X V v d D t 0 b 3 R h b F 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D E m c X V v d D s s J n F 1 b 3 Q 7 S U N f c G F v Y 2 N 0 c G F y d G l l b D A x J n F 1 b 3 Q 7 L C Z x d W 9 0 O 2 5 i c l 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D I m c X V v d D s s J n F 1 b 3 Q 7 d G 9 0 Y W x f c G F v Y 2 N 0 c G F y d G l l b D A y J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 l D X 3 B h b 2 N j d H B h c n R p Z W w w M i Z x d W 9 0 O y w m c X V v d D t u Y n J f c G F v Y 2 N 0 c G F y d G l l b D A z J n F 1 b 3 Q 7 L C Z x d W 9 0 O 3 R v d G F s X 3 B h b 2 N j d H B h c n R p Z W w w M y Z x d W 9 0 O y w m c X V v d D t J Q 1 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D M m c X V v d D s s J n F 1 b 3 Q 7 b m J y X 3 N z Z W 1 w b G 9 p J n F 1 b 3 Q 7 L C Z x d W 9 0 O 3 R v d G F s X 3 N z Z W 1 w b G 9 p J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 l D X 3 N z Z W 1 w b G 9 p J n F 1 b 3 Q 7 L C Z x d W 9 0 O 2 5 i c l 9 s a W V 1 d H J h d i Z x d W 9 0 O y w m c X V v d D t 0 b 3 R h b F 9 w Z X J z X 2 x p Z X V 0 c m F 2 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 l D X 2 x p Z X V 0 c m F 2 J n F 1 b 3 Q 7 X S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b F N 0 Y X R 1 c y I g V m F s d W U 9 I n N D b 2 1 w b G V 0 Z S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V s Y X R p b 2 5 z a G l w S W 5 m b 0 N v b n R h a W 5 l c i I g V m F s d W U 9 I n N 7 J n F 1 b 3 Q 7 Y 2 9 s d W 1 u Q 2 9 1 b n Q m c X V v d D s 6 M j U s J n F 1 b 3 Q 7 a 2 V 5 Q 2 9 s d W 1 u T m F t Z X M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 c X V l c n l S Z W x h d G l v b n N o a X B z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 2 N v b H V t b k l k Z W 5 0 a X R p Z X M m c X V v d D s 6 W y Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W R p c 3 R y a W N 0 c y 1 J Q y 0 y M D I 0 I C g y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t E a X N 0 c m l j d F 9 u Y n I s M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Z G l z d H J p Y 3 R z L U l D L T I w M j Q g K D I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 5 i c l 9 w Y S w x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 k a X N 0 c m l j d H M t S U M t M j A y N C A o M i k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 d G 9 0 Y W x f c G E s M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Z G l z d H J p Y 3 R z L U l D L T I w M j Q g K D I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l D X 3 B h L D N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W R p c 3 R y a W N 0 c y 1 J Q y 0 y M D I 0 I C g y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t u Y n J f c G F v Y 2 M s N H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Z G l z d H J p Y 3 R z L U l D L T I w M j Q g K D I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 R v d G F s X 3 B h b 2 N j L D V 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W R p c 3 R y a W N 0 c y 1 J Q y 0 y M D I 0 I C g y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J Q 1 9 w Y W 9 j Y y w 2 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 k a X N 0 c m l j d H M t S U M t M j A y N C A o M i k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b m J y X 3 B h b 2 N j c H Q s N 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Z G l z d H J p Y 3 R z L U l D L T I w M j Q g K D I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 R v d G F s X 3 B h b 2 N j c H Q s O H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Z G l z d H J p Y 3 R z L U l D L T I w M j Q g K D I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l D X 3 B h b 2 N j c H Q s O X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Z G l z d H J p Y 3 R z L U l D L T I w M j Q g K D I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 5 i c l 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D E s M T B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W R p c 3 R y a W N 0 c y 1 J Q y 0 y M D I 0 I C g y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 0 b 3 R h b F 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D E s M T F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W R p c 3 R y a W N 0 c y 1 J Q y 0 y M D I 0 I C g y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J Q 1 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D E s M T J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W R p c 3 R y a W N 0 c y 1 J Q y 0 y M D I 0 I C g y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t u Y n J f c G F v Y 2 N 0 c G F y d G l l b D A y L D E z f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 k a X N 0 c m l j d H M t S U M t M j A y N C A o M i k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 d G 9 0 Y W x f c G F v Y 2 N 0 c G F y d G l l b D A y L D E 0 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 k a X N 0 c m l j d H M t S U M t M j A y N C A o M i k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U N f c G F v Y 2 N 0 c G F y d G l l b D A y L D E 1 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 k a X N 0 c m l j d H M t S U M t M j A y N C A o M i k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b m J y X 3 B h b 2 N j d H B h c n R p Z W w w M y w x N n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Z G l z d H J p Y 3 R z L U l D L T I w M j Q g K D I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 R v d G F s X 3 B h b 2 N j d H B h c n R p Z W w w M y w x N 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Z G l z d H J p Y 3 R z L U l D L T I w M j Q g K D I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l D X 3 B h b 2 N j d H B h c n R p Z W w w M y w x O H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Z G l z d H J p Y 3 R z L U l D L T I w M j Q g K D I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 5 i c l 9 z c 2 V t c G x v a S w x O X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Z G l z d H J p Y 3 R z L U l D L T I w M j Q g K D I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 R v d G F s X 3 N z Z W 1 w b G 9 p L D I w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 k a X N 0 c m l j d H M t S U M t M j A y N C A o M i k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U N f c 3 N l b X B s b 2 k s M j F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W R p c 3 R y a W N 0 c y 1 J Q y 0 y M D I 0 I C g y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t u Y n J f b G l l d X R y Y X Y s M j J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W R p c 3 R y a W N 0 c y 1 J Q y 0 y M D I 0 I C g y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 0 b 3 R h b F 9 w Z X J z X 2 x p Z X V 0 c m F 2 L D I z f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 k a X N 0 c m l j d H M t S U M t M j A y N C A o M i k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U N f b G l l d X R y Y X Y s M j R 9 J n F 1 b 3 Q 7 X S w m c X V v d D t D b 2 x 1 b W 5 D b 3 V u d C Z x d W 9 0 O z o y N S w m c X V v d D t L Z X l D b 2 x 1 b W 5 O Y W 1 l c y Z x d W 9 0 O z p b X S w m c X V v d D t D b 2 x 1 b W 5 J Z G V u d G l 0 a W V z J n F 1 b 3 Q 7 O l s m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 k a X N 0 c m l j d H M t S U M t M j A y N C A o M i k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R G l z d H J p Y 3 R f b m J y L D B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W R p c 3 R y a W N 0 c y 1 J Q y 0 y M D I 0 I C g y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t u Y n J f c G E s M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Z G l z d H J p Y 3 R z L U l D L T I w M j Q g K D I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 R v d G F s X 3 B h L D J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W R p c 3 R y a W N 0 c y 1 J Q y 0 y M D I 0 I C g y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J Q 1 9 w Y S w z f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 k a X N 0 c m l j d H M t S U M t M j A y N C A o M i k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b m J y X 3 B h b 2 N j L D R 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W R p c 3 R y a W N 0 c y 1 J Q y 0 y M D I 0 I C g y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 0 b 3 R h b F 9 w Y W 9 j Y y w 1 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 k a X N 0 c m l j d H M t S U M t M j A y N C A o M i k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U N f c G F v Y 2 M s N n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Z G l z d H J p Y 3 R z L U l D L T I w M j Q g K D I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 5 i c l 9 w Y W 9 j Y 3 B 0 L D d 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W R p c 3 R y a W N 0 c y 1 J Q y 0 y M D I 0 I C g y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 0 b 3 R h b F 9 w Y W 9 j Y 3 B 0 L D h 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W R p c 3 R y a W N 0 c y 1 J Q y 0 y M D I 0 I C g y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J Q 1 9 w Y W 9 j Y 3 B 0 L D l 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W R p c 3 R y a W N 0 c y 1 J Q y 0 y M D I 0 I C g y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t u Y n J f c G F v Y 2 N 0 c G F y d G l l b D A x L D E w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 k a X N 0 c m l j d H M t S U M t M j A y N C A o M i k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 d G 9 0 Y W x f c G F v Y 2 N 0 c G F y d G l l b D A x L D E x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 k a X N 0 c m l j d H M t S U M t M j A y N C A o M i k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U N f c G F v Y 2 N 0 c G F y d G l l b D A x L D E y f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 k a X N 0 c m l j d H M t S U M t M j A y N C A o M i k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b m J y X 3 B h b 2 N j d H B h c n R p Z W w w M i w x M 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Z G l z d H J p Y 3 R z L U l D L T I w M j Q g K D I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 R v d G F s X 3 B h b 2 N j d H B h c n R p Z W w w M i w x N H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Z G l z d H J p Y 3 R z L U l D L T I w M j Q g K D I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l D X 3 B h b 2 N j d H B h c n R p Z W w w M i w x N X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Z G l z d H J p Y 3 R z L U l D L T I w M j Q g K D I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 5 i c l 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D M s M T Z 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W R p c 3 R y a W N 0 c y 1 J Q y 0 y M D I 0 I C g y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 0 b 3 R h b F 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D M s M T d 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W R p c 3 R y a W N 0 c y 1 J Q y 0 y M D I 0 I C g y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J Q 1 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D M s M T h 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W R p c 3 R y a W N 0 c y 1 J Q y 0 y M D I 0 I C g y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t u Y n J f c 3 N l b X B s b 2 k s M T l 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W R p c 3 R y a W N 0 c y 1 J Q y 0 y M D I 0 I C g y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 0 b 3 R h b F 9 z c 2 V t c G x v a S w y M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Z G l z d H J p Y 3 R z L U l D L T I w M j Q g K D I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l D X 3 N z Z W 1 w b G 9 p L D I x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 k a X N 0 c m l j d H M t S U M t M j A y N C A o M i k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b m J y X 2 x p Z X V 0 c m F 2 L D I y f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 k a X N 0 c m l j d H M t S U M t M j A y N C A o M i k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 d G 9 0 Y W x f c G V y c 1 9 s a W V 1 d H J h d i w y M 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Z G l z d H J p Y 3 R z L U l D L T I w M j Q g K D I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l D X 2 x p Z X V 0 c m F 2 L D I 0 f S Z x d W 9 0 O 1 0 s J n F 1 b 3 Q 7 U m V s Y X R p b 2 5 z a G l w S W 5 m b y Z x d W 9 0 O z p b X X 0 i I C 8 + P C 9 T d G F i b G V F b n R y a W V z P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v V E U y M y 0 w N j g t Z G l z d H J p Y 3 R z L U l D L T I w M j Q l M j A o M i k v U 2 9 1 c m N l P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v V E U y M y 0 w N j g t Z G l z d H J p Y 3 R z L U l D L T I w M j Q l M j A o M i k v R W 4 t d C V D M y V B Q X R l c y U y M H B y b 2 1 1 c z w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W R p c 3 R y a W N 0 c y 1 J Q y 0 y M D I 0 J T I w K D I p L 1 R 5 c G U l M j B t b 2 R p Z m k l Q z M l Q T k 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 j Y W 5 0 b 2 5 z L U l D L T I w M j Q l M j A o N C k 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z P j x F b n R y e S B U e X B l P S J J c 1 B y a X Z h d G U i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V u Y W J s Z W Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E 9 i a m V j d F R 5 c G U i I F Z h b H V l P S J z Q 2 9 u b m V j d G l v b k 9 u b H k i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x U b 0 R h d G F N b 2 R l b E V u Y W J s Z W Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i U X V l c n l J R C I g V m F s d W U 9 I n M x M m Q 5 Y j V l O S 1 h Z D E z L T R h N D k t O G I 3 Z S 0 w Z j J m N j I 4 M z R i Y j Q i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k J 1 Z m Z l c k 5 l e H R S Z W Z y Z X N o I i B W Y W x 1 Z T 0 i b D E i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l J l c 3 V s d F R 5 c G U i I F Z h b H V l P S J z V G F i b G U i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k 5 h b W V V c G R h d G V k Q W Z 0 Z X J G a W x s I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k 5 h d m l n Y X R p b 2 5 T d G V w T m F t Z S I g V m F s d W U 9 I n N O Y X Z p Z 2 F 0 a W 9 u I i A v P j x F b n R y e S B U e X B l P S J G a W x s Z W R D b 2 1 w b G V 0 Z V J l c 3 V s d F R v V 2 9 y a 3 N o Z W V 0 I i B W Y W x 1 Z T 0 i b D E i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k F k Z G V k V G 9 E Y X R h T W 9 k Z W w i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E N v d W 5 0 I i B W Y W x 1 Z T 0 i b D I 4 I i A v P j x F b n R y e S B U e X B l P S J G a W x s R X J y b 3 J D b 2 R l I i B W Y W x 1 Z T 0 i c 1 V u a 2 5 v d 2 4 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x F c n J v c k N v d W 5 0 I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x M Y X N 0 V X B k Y X R l Z C I g V m F s d W U 9 I m Q y M D I 0 L T A y L T I 4 V D A 4 O j E 2 O j E z L j k 5 N D g z M z R a I i A v P j x F b n R y e S B U e X B l P S J G a W x s Q 2 9 s d W 1 u V H l w Z X M i I F Z h b H V l P S J z Q m d N R 0 J n T U d C Z 0 1 H Q m d N R 0 J n T U d C Z 0 1 H Q m d N R 0 J n T U Z C U T 0 9 I i A v P j x F b n R y e S B U e X B l P S J G a W x s Q 2 9 s d W 1 u T m F t Z X M i I F Z h b H V l P S J z W y Z x d W 9 0 O 0 N h b n R v b l 9 u b 2 0 m c X V v d D s s J n F 1 b 3 Q 7 b m J y X 3 B h J n F 1 b 3 Q 7 L C Z x d W 9 0 O 3 R v d G F s X 3 B h J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 l D X 3 B h J n F 1 b 3 Q 7 L C Z x d W 9 0 O 2 5 i c l 9 w Y W 9 j Y y Z x d W 9 0 O y w m c X V v d D t 0 b 3 R h b F 9 w Y W 9 j Y y Z x d W 9 0 O y w m c X V v d D t J Q 1 9 w Y W 9 j Y y Z x d W 9 0 O y w m c X V v d D t u Y n J f c G F v Y 2 N w d C Z x d W 9 0 O y w m c X V v d D t 0 b 3 R h b F 9 w Y W 9 j Y 3 B 0 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 l D X 3 B h b 2 N j c H Q m c X V v d D s s J n F 1 b 3 Q 7 b m J y X 3 B h b 2 N j d H B h c n R p Z W w w M S Z x d W 9 0 O y w m c X V v d D t 0 b 3 R h b F 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D E m c X V v d D s s J n F 1 b 3 Q 7 S U N f c G F v Y 2 N 0 c G F y d G l l b D A x J n F 1 b 3 Q 7 L C Z x d W 9 0 O 2 5 i c l 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D I m c X V v d D s s J n F 1 b 3 Q 7 d G 9 0 Y W x f c G F v Y 2 N 0 c G F y d G l l b D A y J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 l D X 3 B h b 2 N j d H B h c n R p Z W w w M i Z x d W 9 0 O y w m c X V v d D t u Y n J f c G F v Y 2 N 0 c G F y d G l l b D A z J n F 1 b 3 Q 7 L C Z x d W 9 0 O 3 R v d G F s X 3 B h b 2 N j d H B h c n R p Z W w w M y Z x d W 9 0 O y w m c X V v d D t J Q 1 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D M m c X V v d D s s J n F 1 b 3 Q 7 b m J y X 3 N z Z W 1 w b G 9 p J n F 1 b 3 Q 7 L C Z x d W 9 0 O 3 R v d G F s X 3 N z Z W 1 w b G 9 p J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 l D X 3 N z Z W 1 w b G 9 p J n F 1 b 3 Q 7 L C Z x d W 9 0 O 2 5 i c l 9 s a W V 1 d H J h d i Z x d W 9 0 O y w m c X V v d D t 0 b 3 R h b F 9 s a W V 1 d H J h d i Z x d W 9 0 O y w m c X V v d D t J Q 1 9 s a W V 1 d H J h d i Z x d W 9 0 O 1 0 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x T d G F 0 d X M i I F Z h b H V l P S J z Q 2 9 t c G x l d G U i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l J l b G F 0 a W 9 u c 2 h p c E l u Z m 9 D b 2 5 0 Y W l u Z X I i I F Z h b H V l P S J z e y Z x d W 9 0 O 2 N v b H V t b k N v d W 5 0 J n F 1 b 3 Q 7 O j I 1 L C Z x d W 9 0 O 2 t l e U N v b H V t b k 5 h b W V z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 3 F 1 Z X J 5 U m V s Y X R p b 2 5 z a G l w c y Z x d W 9 0 O z p b X S w m c X V v d D t j b 2 x 1 b W 5 J Z G V u d G l 0 a W V z J n F 1 b 3 Q 7 O l s m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 j Y W 5 0 b 2 5 z L U l D L T I w M j Q g K D Q p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 N h b n R v b l 9 u b 2 0 s M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y 2 F u d G 9 u c y 1 J Q y 0 y M D I 0 I C g 0 K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t u Y n J f c G E s M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y 2 F u d G 9 u c y 1 J Q y 0 y M D I 0 I C g 0 K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 0 b 3 R h b F 9 w Y S w y f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 j Y W 5 0 b 2 5 z L U l D L T I w M j Q g K D Q p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l D X 3 B h L D N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W N h b n R v b n M t S U M t M j A y N C A o N C k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b m J y X 3 B h b 2 N j L D R 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W N h b n R v b n M t S U M t M j A y N C A o N C k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 d G 9 0 Y W x f c G F v Y 2 M s N X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y 2 F u d G 9 u c y 1 J Q y 0 y M D I 0 I C g 0 K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J Q 1 9 w Y W 9 j Y y w 2 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 j Y W 5 0 b 2 5 z L U l D L T I w M j Q g K D Q p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 5 i c l 9 w Y W 9 j Y 3 B 0 L D d 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W N h b n R v b n M t S U M t M j A y N C A o N C k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 d G 9 0 Y W x f c G F v Y 2 N w d C w 4 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 j Y W 5 0 b 2 5 z L U l D L T I w M j Q g K D Q p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l D X 3 B h b 2 N j c H Q s O X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y 2 F u d G 9 u c y 1 J Q y 0 y M D I 0 I C g 0 K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t u Y n J f c G F v Y 2 N 0 c G F y d G l l b D A x L D E w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 j Y W 5 0 b 2 5 z L U l D L T I w M j Q g K D Q p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 R v d G F s X 3 B h b 2 N j d H B h c n R p Z W w w M S w x M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y 2 F u d G 9 u c y 1 J Q y 0 y M D I 0 I C g 0 K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J Q 1 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D E s M T J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W N h b n R v b n M t S U M t M j A y N C A o N C k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b m J y X 3 B h b 2 N j d H B h c n R p Z W w w M i w x M 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y 2 F u d G 9 u c y 1 J Q y 0 y M D I 0 I C g 0 K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 0 b 3 R h b F 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D I s M T R 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W N h b n R v b n M t S U M t M j A y N C A o N C k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U N f c G F v Y 2 N 0 c G F y d G l l b D A y L D E 1 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 j Y W 5 0 b 2 5 z L U l D L T I w M j Q g K D Q p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 5 i c l 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D M s M T Z 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W N h b n R v b n M t S U M t M j A y N C A o N C k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 d G 9 0 Y W x f c G F v Y 2 N 0 c G F y d G l l b D A z L D E 3 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 j Y W 5 0 b 2 5 z L U l D L T I w M j Q g K D Q p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l D X 3 B h b 2 N j d H B h c n R p Z W w w M y w x O H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y 2 F u d G 9 u c y 1 J Q y 0 y M D I 0 I C g 0 K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t u Y n J f c 3 N l b X B s b 2 k s M T l 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W N h b n R v b n M t S U M t M j A y N C A o N C k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 d G 9 0 Y W x f c 3 N l b X B s b 2 k s M j B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W N h b n R v b n M t S U M t M j A y N C A o N C k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U N f c 3 N l b X B s b 2 k s M j F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W N h b n R v b n M t S U M t M j A y N C A o N C k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b m J y X 2 x p Z X V 0 c m F 2 L D I y f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 j Y W 5 0 b 2 5 z L U l D L T I w M j Q g K D Q p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 R v d G F s X 2 x p Z X V 0 c m F 2 L D I z f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 j Y W 5 0 b 2 5 z L U l D L T I w M j Q g K D Q p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l D X 2 x p Z X V 0 c m F 2 L D I 0 f S Z x d W 9 0 O 1 0 s J n F 1 b 3 Q 7 Q 2 9 s d W 1 u Q 2 9 1 b n Q m c X V v d D s 6 M j U s J n F 1 b 3 Q 7 S 2 V 5 Q 2 9 s d W 1 u T m F t Z X M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 Q 2 9 s d W 1 u S W R l b n R p d G l l c y Z x d W 9 0 O z p b J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y 2 F u d G 9 u c y 1 J Q y 0 y M D I 0 I C g 0 K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t D Y W 5 0 b 2 5 f b m 9 t L D B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W N h b n R v b n M t S U M t M j A y N C A o N C k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b m J y X 3 B h L D F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W N h b n R v b n M t S U M t M j A y N C A o N C k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 d G 9 0 Y W x f c G E s M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y 2 F u d G 9 u c y 1 J Q y 0 y M D I 0 I C g 0 K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J Q 1 9 w Y S w z f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 j Y W 5 0 b 2 5 z L U l D L T I w M j Q g K D Q p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 5 i c l 9 w Y W 9 j Y y w 0 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 j Y W 5 0 b 2 5 z L U l D L T I w M j Q g K D Q p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 R v d G F s X 3 B h b 2 N j L D V 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W N h b n R v b n M t S U M t M j A y N C A o N C k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U N f c G F v Y 2 M s N n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y 2 F u d G 9 u c y 1 J Q y 0 y M D I 0 I C g 0 K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t u Y n J f c G F v Y 2 N w d C w 3 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 j Y W 5 0 b 2 5 z L U l D L T I w M j Q g K D Q p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 R v d G F s X 3 B h b 2 N j c H Q s O H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y 2 F u d G 9 u c y 1 J Q y 0 y M D I 0 I C g 0 K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J Q 1 9 w Y W 9 j Y 3 B 0 L D l 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W N h b n R v b n M t S U M t M j A y N C A o N C k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b m J y X 3 B h b 2 N j d H B h c n R p Z W w w M S w x M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y 2 F u d G 9 u c y 1 J Q y 0 y M D I 0 I C g 0 K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 0 b 3 R h b F 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D E s M T F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W N h b n R v b n M t S U M t M j A y N C A o N C k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U N f c G F v Y 2 N 0 c G F y d G l l b D A x L D E y f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 j Y W 5 0 b 2 5 z L U l D L T I w M j Q g K D Q p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 5 i c l 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D I s M T N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W N h b n R v b n M t S U M t M j A y N C A o N C k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 d G 9 0 Y W x f c G F v Y 2 N 0 c G F y d G l l b D A y L D E 0 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 j Y W 5 0 b 2 5 z L U l D L T I w M j Q g K D Q p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l D X 3 B h b 2 N j d H B h c n R p Z W w w M i w x N X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y 2 F u d G 9 u c y 1 J Q y 0 y M D I 0 I C g 0 K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t u Y n J f c G F v Y 2 N 0 c G F y d G l l b D A z L D E 2 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 j Y W 5 0 b 2 5 z L U l D L T I w M j Q g K D Q p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 R v d G F s X 3 B h b 2 N j d H B h c n R p Z W w w M y w x N 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y 2 F u d G 9 u c y 1 J Q y 0 y M D I 0 I C g 0 K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J Q 1 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D M s M T h 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W N h b n R v b n M t S U M t M j A y N C A o N C k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b m J y X 3 N z Z W 1 w b G 9 p L D E 5 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 j Y W 5 0 b 2 5 z L U l D L T I w M j Q g K D Q p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 R v d G F s X 3 N z Z W 1 w b G 9 p L D I w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 j Y W 5 0 b 2 5 z L U l D L T I w M j Q g K D Q p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l D X 3 N z Z W 1 w b G 9 p L D I x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 j Y W 5 0 b 2 5 z L U l D L T I w M j Q g K D Q p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 5 i c l 9 s a W V 1 d H J h d i w y M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y 2 F u d G 9 u c y 1 J Q y 0 y M D I 0 I C g 0 K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 0 b 3 R h b F 9 s a W V 1 d H J h d i w y M 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t Y 2 F u d G 9 u c y 1 J Q y 0 y M D I 0 I C g 0 K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J Q 1 9 s a W V 1 d H J h d i w y N H 0 m c X V v d D t d L C Z x d W 9 0 O 1 J l b G F 0 a W 9 u c 2 h p c E l u Z m 8 m c X V v d D s 6 W 1 1 9 I i A v P j w v U 3 R h Y m x l R W 5 0 c m l l c z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W N h b n R v b n M t S U M t M j A y N C U y M C g 0 K S 9 T b 3 V y Y 2 U 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 j Y W 5 0 b 2 5 z L U l D L T I w M j Q l M j A o N C k v R W 4 t d C V D M y V B Q X R l c y U y M H B y b 2 1 1 c z w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L W N h b n R v b n M t S U M t M j A y N C U y M C g 0 K S 9 U e X B l J T I w b W 9 k a W Z p J U M z J U E 5 P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v V E U y M y 0 w N j g t c 2 V y a W V j a H J v b m 8 t S U M t M j A y N C U y M C g y K T w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M + P E V u d H J 5 I F R 5 c G U 9 I k l z U H J p d m F 0 Z S I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J G a W x s R W 5 h Y m x l Z C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J G a W x s T 2 J q Z W N 0 V H l w Z S I g V m F s d W U 9 I n N D b 2 5 u Z W N 0 a W 9 u T 2 5 s e S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b F R v R G F 0 Y U 1 v Z G V s R W 5 h Y m x l Z C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J R d W V y e U l E I i B W Y W x 1 Z T 0 i c 2 M x Z G F k N 2 U x L T l l M z c t N D d i Z i 1 h N D Y w L T I 0 O D g x Y W U z Z G R l M i I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i Q n V m Z m V y T m V 4 d F J l Z n J l c 2 g i I F Z h b H V l P S J s M S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V z d W x 0 V H l w Z S I g V m F s d W U 9 I n N U Y W J s Z S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i T m F t Z V V w Z G F 0 Z W R B Z n R l c k Z p b G w i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i T m F 2 a W d h d G l v b l N 0 Z X B O Y W 1 l I i B W Y W x 1 Z T 0 i c 0 5 h d m l n Y X R p b 2 4 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x l Z E N v b X B s Z X R l U m V z d W x 0 V G 9 X b 3 J r c 2 h l Z X Q i I F Z h b H V l P S J s M S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i Q W R k Z W R U b 0 R h d G F N b 2 R l b C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J G a W x s Q 2 9 1 b n Q i I F Z h b H V l P S J s M T I i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x F c n J v c k N v Z G U i I F Z h b H V l P S J z V W 5 r b m 9 3 b i I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V y c m 9 y Q 2 9 1 b n Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E x h c 3 R V c G R h d G V k I i B W Y W x 1 Z T 0 i Z D I w M j Q t M D I t M j l U M T Q 6 M D M 6 M D U u N z E y O T k z O V o i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 2 x 1 b W 5 U e X B l c y I g V m F s d W U 9 I n N B d 1 V G Q X d V R k F 3 V U Z B d 1 V G Q X d V R k F 3 V U Z B d 1 V G Q X d V R i I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E N v b H V t b k 5 h b W V z I i B W Y W x 1 Z T 0 i c 1 s m c X V v d D t u Y n J f c G E m c X V v d D s s J n F 1 b 3 Q 7 d G 9 0 Y W x f c G E m c X V v d D s s J n F 1 b 3 Q 7 S U N f c G E m c X V v d D s s J n F 1 b 3 Q 7 b m J y X 3 B h b 2 N j J n F 1 b 3 Q 7 L C Z x d W 9 0 O 3 R v d G F s X 3 B h b 2 N j J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 l D X 3 B h b 2 N j J n F 1 b 3 Q 7 L C Z x d W 9 0 O 2 5 i c l 9 w Y W 9 j Y 3 B 0 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 3 R v d G F s X 3 B h b 2 N j c H Q m c X V v d D s s J n F 1 b 3 Q 7 S U N f c G F v Y 2 N w d C Z x d W 9 0 O y w m c X V v d D t u Y n J f c G F v Y 2 N 0 c G F y d G l l b D A x J n F 1 b 3 Q 7 L C Z x d W 9 0 O 3 R v d G F s X 3 B h b 2 N j d H B h c n R p Z W w w M S Z x d W 9 0 O y w m c X V v d D t J Q 1 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D E m c X V v d D s s J n F 1 b 3 Q 7 b m J y X 3 B h b 2 N j d H B h c n R p Z W w w M i Z x d W 9 0 O y w m c X V v d D t 0 b 3 R h b F 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D I m c X V v d D s s J n F 1 b 3 Q 7 S U N f c G F v Y 2 N 0 c G F y d G l l b D A y J n F 1 b 3 Q 7 L C Z x d W 9 0 O 2 5 i c l 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D M m c X V v d D s s J n F 1 b 3 Q 7 d G 9 0 Y W x f c G F v Y 2 N 0 c G F y d G l l b D A z J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 l D X 3 B h b 2 N j d H B h c n R p Z W w w M y Z x d W 9 0 O y w m c X V v d D t u Y n J f c 3 N l b X B s b 2 k m c X V v d D s s J n F 1 b 3 Q 7 d G 9 0 Y W x f c 3 N l b X B s b 2 k m c X V v d D s s J n F 1 b 3 Q 7 S U N f c 3 N l b X B s b 2 k m c X V v d D s s J n F 1 b 3 Q 7 b m J y X 2 x p Z X V 0 c m F 2 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 3 R v d G F s X 2 x p Z X V 0 c m F 2 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 l D X 2 x p Z X V 0 c m F 2 J n F 1 b 3 Q 7 X S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b F N 0 Y X R 1 c y I g V m F s d W U 9 I n N D b 2 1 w b G V 0 Z S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V s Y X R p b 2 5 z a G l w S W 5 m b 0 N v b n R h a W 5 l c i I g V m F s d W U 9 I n N 7 J n F 1 b 3 Q 7 Y 2 9 s d W 1 u Q 2 9 1 b n Q m c X V v d D s 6 M j Q s J n F 1 b 3 Q 7 a 2 V 5 Q 2 9 s d W 1 u T m F t Z X M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 c X V l c n l S Z W x h d G l v b n N o a X B z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 2 N v b H V t b k l k Z W 5 0 a X R p Z X M m c X V v d D s 6 W y Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L X N l c m l l Y 2 h y b 2 5 v L U l D L T I w M j Q g K D I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 5 i c l 9 w Y S w w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 z Z X J p Z W N o c m 9 u b y 1 J Q y 0 y M D I 0 I C g y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 0 b 3 R h b F 9 w Y S w x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 z Z X J p Z W N o c m 9 u b y 1 J Q y 0 y M D I 0 I C g y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J Q 1 9 w Y S w y f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 z Z X J p Z W N o c m 9 u b y 1 J Q y 0 y M D I 0 I C g y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t u Y n J f c G F v Y 2 M s M 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t c 2 V y a W V j a H J v b m 8 t S U M t M j A y N C A o M i k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 d G 9 0 Y W x f c G F v Y 2 M s N H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t c 2 V y a W V j a H J v b m 8 t S U M t M j A y N C A o M i k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U N f c G F v Y 2 M s N X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t c 2 V y a W V j a H J v b m 8 t S U M t M j A y N C A o M i k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b m J y X 3 B h b 2 N j c H Q s N n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t c 2 V y a W V j a H J v b m 8 t S U M t M j A y N C A o M i k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 d G 9 0 Y W x f c G F v Y 2 N w d C w 3 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 z Z X J p Z W N o c m 9 u b y 1 J Q y 0 y M D I 0 I C g y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J Q 1 9 w Y W 9 j Y 3 B 0 L D h 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L X N l c m l l Y 2 h y b 2 5 v L U l D L T I w M j Q g K D I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 5 i c l 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D E s O X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t c 2 V y a W V j a H J v b m 8 t S U M t M j A y N C A o M i k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 d G 9 0 Y W x f c G F v Y 2 N 0 c G F y d G l l b D A x L D E w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 z Z X J p Z W N o c m 9 u b y 1 J Q y 0 y M D I 0 I C g y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J Q 1 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D E s M T F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L X N l c m l l Y 2 h y b 2 5 v L U l D L T I w M j Q g K D I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 5 i c l 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D I s M T J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L X N l c m l l Y 2 h y b 2 5 v L U l D L T I w M j Q g K D I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 R v d G F s X 3 B h b 2 N j d H B h c n R p Z W w w M i w x M 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t c 2 V y a W V j a H J v b m 8 t S U M t M j A y N C A o M i k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U N f c G F v Y 2 N 0 c G F y d G l l b D A y L D E 0 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 z Z X J p Z W N o c m 9 u b y 1 J Q y 0 y M D I 0 I C g y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t u Y n J f c G F v Y 2 N 0 c G F y d G l l b D A z L D E 1 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 z Z X J p Z W N o c m 9 u b y 1 J Q y 0 y M D I 0 I C g y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 0 b 3 R h b F 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D M s M T Z 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L X N l c m l l Y 2 h y b 2 5 v L U l D L T I w M j Q g K D I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l D X 3 B h b 2 N j d H B h c n R p Z W w w M y w x N 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t c 2 V y a W V j a H J v b m 8 t S U M t M j A y N C A o M i k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b m J y X 3 N z Z W 1 w b G 9 p L D E 4 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 z Z X J p Z W N o c m 9 u b y 1 J Q y 0 y M D I 0 I C g y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 0 b 3 R h b F 9 z c 2 V t c G x v a S w x O X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t c 2 V y a W V j a H J v b m 8 t S U M t M j A y N C A o M i k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U N f c 3 N l b X B s b 2 k s M j B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L X N l c m l l Y 2 h y b 2 5 v L U l D L T I w M j Q g K D I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 5 i c l 9 s a W V 1 d H J h d i w y M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t c 2 V y a W V j a H J v b m 8 t S U M t M j A y N C A o M i k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 d G 9 0 Y W x f b G l l d X R y Y X Y s M j J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L X N l c m l l Y 2 h y b 2 5 v L U l D L T I w M j Q g K D I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l D X 2 x p Z X V 0 c m F 2 L D I z f S Z x d W 9 0 O 1 0 s J n F 1 b 3 Q 7 Q 2 9 s d W 1 u Q 2 9 1 b n Q m c X V v d D s 6 M j Q s J n F 1 b 3 Q 7 S 2 V 5 Q 2 9 s d W 1 u T m F t Z X M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 Q 2 9 s d W 1 u S W R l b n R p d G l l c y Z x d W 9 0 O z p b J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t c 2 V y a W V j a H J v b m 8 t S U M t M j A y N C A o M i k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b m J y X 3 B h L D B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L X N l c m l l Y 2 h y b 2 5 v L U l D L T I w M j Q g K D I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 R v d G F s X 3 B h L D F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L X N l c m l l Y 2 h y b 2 5 v L U l D L T I w M j Q g K D I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l D X 3 B h L D J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L X N l c m l l Y 2 h y b 2 5 v L U l D L T I w M j Q g K D I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 5 i c l 9 w Y W 9 j Y y w z f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 z Z X J p Z W N o c m 9 u b y 1 J Q y 0 y M D I 0 I C g y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 0 b 3 R h b F 9 w Y W 9 j Y y w 0 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 z Z X J p Z W N o c m 9 u b y 1 J Q y 0 y M D I 0 I C g y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J Q 1 9 w Y W 9 j Y y w 1 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 z Z X J p Z W N o c m 9 u b y 1 J Q y 0 y M D I 0 I C g y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t u Y n J f c G F v Y 2 N w d C w 2 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 z Z X J p Z W N o c m 9 u b y 1 J Q y 0 y M D I 0 I C g y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 0 b 3 R h b F 9 w Y W 9 j Y 3 B 0 L D d 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L X N l c m l l Y 2 h y b 2 5 v L U l D L T I w M j Q g K D I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l D X 3 B h b 2 N j c H Q s O H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t c 2 V y a W V j a H J v b m 8 t S U M t M j A y N C A o M i k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b m J y X 3 B h b 2 N j d H B h c n R p Z W w w M S w 5 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 z Z X J p Z W N o c m 9 u b y 1 J Q y 0 y M D I 0 I C g y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 0 b 3 R h b F 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D E s M T B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L X N l c m l l Y 2 h y b 2 5 v L U l D L T I w M j Q g K D I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l D X 3 B h b 2 N j d H B h c n R p Z W w w M S w x M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t c 2 V y a W V j a H J v b m 8 t S U M t M j A y N C A o M i k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b m J y X 3 B h b 2 N j d H B h c n R p Z W w w M i w x M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t c 2 V y a W V j a H J v b m 8 t S U M t M j A y N C A o M i k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 d G 9 0 Y W x f c G F v Y 2 N 0 c G F y d G l l b D A y L D E z f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 z Z X J p Z W N o c m 9 u b y 1 J Q y 0 y M D I 0 I C g y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J Q 1 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D I s M T R 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L X N l c m l l Y 2 h y b 2 5 v L U l D L T I w M j Q g K D I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 5 i c l 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D M s M T V 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L X N l c m l l Y 2 h y b 2 5 v L U l D L T I w M j Q g K D I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 R v d G F s X 3 B h b 2 N j d H B h c n R p Z W w w M y w x N n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t c 2 V y a W V j a H J v b m 8 t S U M t M j A y N C A o M i k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U N f c G F v Y 2 N 0 c G F y d G l l b D A z L D E 3 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 z Z X J p Z W N o c m 9 u b y 1 J Q y 0 y M D I 0 I C g y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t u Y n J f c 3 N l b X B s b 2 k s M T h 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L X N l c m l l Y 2 h y b 2 5 v L U l D L T I w M j Q g K D I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 R v d G F s X 3 N z Z W 1 w b G 9 p L D E 5 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 z Z X J p Z W N o c m 9 u b y 1 J Q y 0 y M D I 0 I C g y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J Q 1 9 z c 2 V t c G x v a S w y M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t c 2 V y a W V j a H J v b m 8 t S U M t M j A y N C A o M i k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b m J y X 2 x p Z X V 0 c m F 2 L D I x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 z Z X J p Z W N o c m 9 u b y 1 J Q y 0 y M D I 0 I C g y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 0 b 3 R h b F 9 s a W V 1 d H J h d i w y M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t c 2 V y a W V j a H J v b m 8 t S U M t M j A y N C A o M i k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U N f b G l l d X R y Y X Y s M j N 9 J n F 1 b 3 Q 7 X S w m c X V v d D t S Z W x h d G l v b n N o a X B J b m Z v J n F 1 b 3 Q 7 O l t d f S I g L z 4 8 L 1 N 0 Y W J s Z U V u d H J p Z X M + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 z Z X J p Z W N o c m 9 u b y 1 J Q y 0 y M D I 0 J T I w K D I p L 1 N v d X J j Z T w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L X N l c m l l Y 2 h y b 2 5 v L U l D L T I w M j Q l M j A o M i k v R W 4 t d C V D M y V B Q X R l c y U y M H B y b 2 1 1 c z w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L X N l c m l l Y 2 h y b 2 5 v L U l D L T I w M j Q l M j A o M i k v V H l w Z S U y M G 1 v Z G l m a S V D M y V B O T w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L X N l c m l l Y 2 h y b 2 5 v L U l D L T I w M j Q l M j A o M y k 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z P j x F b n R y e S B U e X B l P S J J c 1 B y a X Z h d G U i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V u Y W J s Z W Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E 9 i a m V j d F R 5 c G U i I F Z h b H V l P S J z Q 2 9 u b m V j d G l v b k 9 u b H k i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x U b 0 R h d G F N b 2 R l b E V u Y W J s Z W Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i U X V l c n l J R C I g V m F s d W U 9 I n M z N z d h M G E 2 Y y 0 w Y T I w L T R k Z W U t O T l i N y 0 y M T Y 3 Y j Y y M z h i Z T c i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k J 1 Z m Z l c k 5 l e H R S Z W Z y Z X N o I i B W Y W x 1 Z T 0 i b D E i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l J l c 3 V s d F R 5 c G U i I F Z h b H V l P S J z V G F i b G U i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k 5 h b W V V c G R h d G V k Q W Z 0 Z X J G a W x s I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k 5 h d m l n Y X R p b 2 5 T d G V w T m F t Z S I g V m F s d W U 9 I n N O Y X Z p Z 2 F 0 a W 9 u I i A v P j x F b n R y e S B U e X B l P S J G a W x s Z W R D b 2 1 w b G V 0 Z V J l c 3 V s d F R v V 2 9 y a 3 N o Z W V 0 I i B W Y W x 1 Z T 0 i b D E i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k F k Z G V k V G 9 E Y X R h T W 9 k Z W w i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E N v d W 5 0 I i B W Y W x 1 Z T 0 i b D E y I i A v P j x F b n R y e S B U e X B l P S J G a W x s R X J y b 3 J D b 2 R l I i B W Y W x 1 Z T 0 i c 1 V u a 2 5 v d 2 4 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x F c n J v c k N v d W 5 0 I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x M Y X N 0 V X B k Y X R l Z C I g V m F s d W U 9 I m Q y M D I 0 L T A z L T I x V D E y O j M 1 O j E 4 L j Q 3 N T U 5 M D R a I i A v P j x F b n R y e S B U e X B l P S J G a W x s Q 2 9 s d W 1 u V H l w Z X M i I F Z h b H V l P S J z Q X d V R k F 3 V U Z B d 1 V G Q X d V R k F 3 V U Z B d 1 V G Q X d V R k F 3 V U Y i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 2 x 1 b W 5 O Y W 1 l c y I g V m F s d W U 9 I n N b J n F 1 b 3 Q 7 b m J y X 3 B h J n F 1 b 3 Q 7 L C Z x d W 9 0 O 3 R v d G F s X 3 B h J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 l D X 3 B h J n F 1 b 3 Q 7 L C Z x d W 9 0 O 2 5 i c l 9 w Y W 9 j Y y Z x d W 9 0 O y w m c X V v d D t 0 b 3 R h b F 9 w Y W 9 j Y y Z x d W 9 0 O y w m c X V v d D t J Q 1 9 w Y W 9 j Y y Z x d W 9 0 O y w m c X V v d D t u Y n J f c G F v Y 2 N w d C Z x d W 9 0 O y w m c X V v d D t 0 b 3 R h b F 9 w Y W 9 j Y 3 B 0 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 l D X 3 B h b 2 N j c H Q m c X V v d D s s J n F 1 b 3 Q 7 b m J y X 3 B h b 2 N j d H B h c n R p Z W w w M S Z x d W 9 0 O y w m c X V v d D t 0 b 3 R h b F 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D E m c X V v d D s s J n F 1 b 3 Q 7 S U N f c G F v Y 2 N 0 c G F y d G l l b D A x J n F 1 b 3 Q 7 L C Z x d W 9 0 O 2 5 i c l 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D I m c X V v d D s s J n F 1 b 3 Q 7 d G 9 0 Y W x f c G F v Y 2 N 0 c G F y d G l l b D A y J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 l D X 3 B h b 2 N j d H B h c n R p Z W w w M i Z x d W 9 0 O y w m c X V v d D t u Y n J f c G F v Y 2 N 0 c G F y d G l l b D A z J n F 1 b 3 Q 7 L C Z x d W 9 0 O 3 R v d G F s X 3 B h b 2 N j d H B h c n R p Z W w w M y Z x d W 9 0 O y w m c X V v d D t J Q 1 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D M m c X V v d D s s J n F 1 b 3 Q 7 b m J y X 3 N z Z W 1 w b G 9 p J n F 1 b 3 Q 7 L C Z x d W 9 0 O 3 R v d G F s X 3 N z Z W 1 w b G 9 p J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 l D X 3 N z Z W 1 w b G 9 p J n F 1 b 3 Q 7 L C Z x d W 9 0 O 2 5 i c l 9 s a W V 1 d H J h d i Z x d W 9 0 O y w m c X V v d D t 0 b 3 R h b F 9 s a W V 1 d H J h d i Z x d W 9 0 O y w m c X V v d D t J Q 1 9 s a W V 1 d H J h d i Z x d W 9 0 O 1 0 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x T d G F 0 d X M i I F Z h b H V l P S J z Q 2 9 t c G x l d G U i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l J l b G F 0 a W 9 u c 2 h p c E l u Z m 9 D b 2 5 0 Y W l u Z X I i I F Z h b H V l P S J z e y Z x d W 9 0 O 2 N v b H V t b k N v d W 5 0 J n F 1 b 3 Q 7 O j I 0 L C Z x d W 9 0 O 2 t l e U N v b H V t b k 5 h b W V z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 3 F 1 Z X J 5 U m V s Y X R p b 2 5 z a G l w c y Z x d W 9 0 O z p b X S w m c X V v d D t j b 2 x 1 b W 5 J Z G V u d G l 0 a W V z J n F 1 b 3 Q 7 O l s m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 z Z X J p Z W N o c m 9 u b y 1 J Q y 0 y M D I 0 I C g z K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t u Y n J f c G E s M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t c 2 V y a W V j a H J v b m 8 t S U M t M j A y N C A o M y k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 d G 9 0 Y W x f c G E s M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t c 2 V y a W V j a H J v b m 8 t S U M t M j A y N C A o M y k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U N f c G E s M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t c 2 V y a W V j a H J v b m 8 t S U M t M j A y N C A o M y k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b m J y X 3 B h b 2 N j L D N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L X N l c m l l Y 2 h y b 2 5 v L U l D L T I w M j Q g K D M p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 R v d G F s X 3 B h b 2 N j L D R 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L X N l c m l l Y 2 h y b 2 5 v L U l D L T I w M j Q g K D M p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l D X 3 B h b 2 N j L D V 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L X N l c m l l Y 2 h y b 2 5 v L U l D L T I w M j Q g K D M p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 5 i c l 9 w Y W 9 j Y 3 B 0 L D Z 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L X N l c m l l Y 2 h y b 2 5 v L U l D L T I w M j Q g K D M p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 R v d G F s X 3 B h b 2 N j c H Q s N 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t c 2 V y a W V j a H J v b m 8 t S U M t M j A y N C A o M y k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U N f c G F v Y 2 N w d C w 4 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 z Z X J p Z W N o c m 9 u b y 1 J Q y 0 y M D I 0 I C g z K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t u Y n J f c G F v Y 2 N 0 c G F y d G l l b D A x L D l 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L X N l c m l l Y 2 h y b 2 5 v L U l D L T I w M j Q g K D M p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 R v d G F s X 3 B h b 2 N j d H B h c n R p Z W w w M S w x M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t c 2 V y a W V j a H J v b m 8 t S U M t M j A y N C A o M y k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U N f c G F v Y 2 N 0 c G F y d G l l b D A x L D E x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 z Z X J p Z W N o c m 9 u b y 1 J Q y 0 y M D I 0 I C g z K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t u Y n J f c G F v Y 2 N 0 c G F y d G l l b D A y L D E y f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 z Z X J p Z W N o c m 9 u b y 1 J Q y 0 y M D I 0 I C g z K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 0 b 3 R h b F 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D I s M T N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L X N l c m l l Y 2 h y b 2 5 v L U l D L T I w M j Q g K D M p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l D X 3 B h b 2 N j d H B h c n R p Z W w w M i w x N H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t c 2 V y a W V j a H J v b m 8 t S U M t M j A y N C A o M y k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b m J y X 3 B h b 2 N j d H B h c n R p Z W w w M y w x N X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t c 2 V y a W V j a H J v b m 8 t S U M t M j A y N C A o M y k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 d G 9 0 Y W x f c G F v Y 2 N 0 c G F y d G l l b D A z L D E 2 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 z Z X J p Z W N o c m 9 u b y 1 J Q y 0 y M D I 0 I C g z K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J Q 1 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D M s M T d 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L X N l c m l l Y 2 h y b 2 5 v L U l D L T I w M j Q g K D M p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 5 i c l 9 z c 2 V t c G x v a S w x O H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t c 2 V y a W V j a H J v b m 8 t S U M t M j A y N C A o M y k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 d G 9 0 Y W x f c 3 N l b X B s b 2 k s M T l 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L X N l c m l l Y 2 h y b 2 5 v L U l D L T I w M j Q g K D M p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l D X 3 N z Z W 1 w b G 9 p L D I w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 z Z X J p Z W N o c m 9 u b y 1 J Q y 0 y M D I 0 I C g z K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t u Y n J f b G l l d X R y Y X Y s M j F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L X N l c m l l Y 2 h y b 2 5 v L U l D L T I w M j Q g K D M p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 R v d G F s X 2 x p Z X V 0 c m F 2 L D I y f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 z Z X J p Z W N o c m 9 u b y 1 J Q y 0 y M D I 0 I C g z K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J Q 1 9 s a W V 1 d H J h d i w y M 3 0 m c X V v d D t d L C Z x d W 9 0 O 0 N v b H V t b k N v d W 5 0 J n F 1 b 3 Q 7 O j I 0 L C Z x d W 9 0 O 0 t l e U N v b H V t b k 5 h b W V z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 0 N v b H V t b k l k Z W 5 0 a X R p Z X M m c X V v d D s 6 W y Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L X N l c m l l Y 2 h y b 2 5 v L U l D L T I w M j Q g K D M p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 5 i c l 9 w Y S w w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 z Z X J p Z W N o c m 9 u b y 1 J Q y 0 y M D I 0 I C g z K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 0 b 3 R h b F 9 w Y S w x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 z Z X J p Z W N o c m 9 u b y 1 J Q y 0 y M D I 0 I C g z K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J Q 1 9 w Y S w y f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 z Z X J p Z W N o c m 9 u b y 1 J Q y 0 y M D I 0 I C g z K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t u Y n J f c G F v Y 2 M s M 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t c 2 V y a W V j a H J v b m 8 t S U M t M j A y N C A o M y k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 d G 9 0 Y W x f c G F v Y 2 M s N H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t c 2 V y a W V j a H J v b m 8 t S U M t M j A y N C A o M y k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U N f c G F v Y 2 M s N X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t c 2 V y a W V j a H J v b m 8 t S U M t M j A y N C A o M y k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b m J y X 3 B h b 2 N j c H Q s N n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t c 2 V y a W V j a H J v b m 8 t S U M t M j A y N C A o M y k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 d G 9 0 Y W x f c G F v Y 2 N w d C w 3 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 z Z X J p Z W N o c m 9 u b y 1 J Q y 0 y M D I 0 I C g z K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J Q 1 9 w Y W 9 j Y 3 B 0 L D h 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L X N l c m l l Y 2 h y b 2 5 v L U l D L T I w M j Q g K D M p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 5 i c l 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D E s O X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t c 2 V y a W V j a H J v b m 8 t S U M t M j A y N C A o M y k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 d G 9 0 Y W x f c G F v Y 2 N 0 c G F y d G l l b D A x L D E w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 z Z X J p Z W N o c m 9 u b y 1 J Q y 0 y M D I 0 I C g z K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J Q 1 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D E s M T F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L X N l c m l l Y 2 h y b 2 5 v L U l D L T I w M j Q g K D M p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 5 i c l 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D I s M T J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L X N l c m l l Y 2 h y b 2 5 v L U l D L T I w M j Q g K D M p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 R v d G F s X 3 B h b 2 N j d H B h c n R p Z W w w M i w x M 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t c 2 V y a W V j a H J v b m 8 t S U M t M j A y N C A o M y k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U N f c G F v Y 2 N 0 c G F y d G l l b D A y L D E 0 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 z Z X J p Z W N o c m 9 u b y 1 J Q y 0 y M D I 0 I C g z K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t u Y n J f c G F v Y 2 N 0 c G F y d G l l b D A z L D E 1 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 z Z X J p Z W N o c m 9 u b y 1 J Q y 0 y M D I 0 I C g z K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 0 b 3 R h b F 9 w Y W 9 j Y 3 R w Y X J 0 a W V s M D M s M T Z 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L X N l c m l l Y 2 h y b 2 5 v L U l D L T I w M j Q g K D M p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l D X 3 B h b 2 N j d H B h c n R p Z W w w M y w x N 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t c 2 V y a W V j a H J v b m 8 t S U M t M j A y N C A o M y k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b m J y X 3 N z Z W 1 w b G 9 p L D E 4 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 z Z X J p Z W N o c m 9 u b y 1 J Q y 0 y M D I 0 I C g z K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 0 b 3 R h b F 9 z c 2 V t c G x v a S w x O X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t c 2 V y a W V j a H J v b m 8 t S U M t M j A y N C A o M y k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U N f c 3 N l b X B s b 2 k s M j B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L X N l c m l l Y 2 h y b 2 5 v L U l D L T I w M j Q g K D M p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 5 i c l 9 s a W V 1 d H J h d i w y M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V E U y M y 0 w N j g t c 2 V y a W V j a H J v b m 8 t S U M t M j A y N C A o M y k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 d G 9 0 Y W x f b G l l d X R y Y X Y s M j J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R F M j M t M D Y 4 L X N l c m l l Y 2 h y b 2 5 v L U l D L T I w M j Q g K D M p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l D X 2 x p Z X V 0 c m F 2 L D I z f S Z x d W 9 0 O 1 0 s J n F 1 b 3 Q 7 U m V s Y X R p b 2 5 z a G l w S W 5 m b y Z x d W 9 0 O z p b X X 0 i I C 8 + P C 9 T d G F i b G V F b n R y a W V z P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v V E U y M y 0 w N j g t c 2 V y a W V j a H J v b m 8 t S U M t M j A y N C U y M C g z K S 9 T b 3 V y Y 2 U 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 z Z X J p Z W N o c m 9 u b y 1 J Q y 0 y M D I 0 J T I w K D M p L 0 V u L X Q l Q z M l Q U F 0 Z X M l M j B w c m 9 t d X M 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 U R T I z L T A 2 O C 1 z Z X J p Z W N o c m 9 u b y 1 J Q y 0 y M D I 0 J T I w K D M p L 1 R 5 c G U l M j B t b 2 R p Z m k l Q z M l Q T k 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j w v S X R l b X M + P C 9 M b 2 N h b F B h Y 2 t h Z 2 V N Z X R h Z G F 0 Y U Z p b G U + F g A A A F B L B Q Y A A A A A A A A A A A A A A A A A A A A A A A D a A A A A A Q A A A N C M n d 8 B F d E R j H o A w E / C l + s B A A A A u m a T 3 p L k z U C r u 6 D p 5 F 1 3 V Q A A A A A C A A A A A A A D Z g A A w A A A A B A A A A A 2 M j C t q s 6 z 8 X w x 2 P L 2 t P O x A A A A A A S A A A C g A A A A E A A A A F B Q 4 I / y l X 9 Z l N + z B C G u 3 i 5 Q A A A A l B C W z x 1 f g V 3 f v Q b 8 5 k a e G e + n Y x g 8 o K c r z x A g Z N K k 8 l 3 8 5 U e T E r R u t 0 6 p s 1 M F c 8 z A d 0 f Z P V L V E Z E 9 Y N l E u C / z 5 B 4 c n g F E t 9 Q Y m 2 / 3 v 4 x V l s k U A A A A K 5 Z q w d A O c r 4 t x f W a x 9 h R / F e w t 1 k = < / D a t a M a s h u p > 
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11A499C5-61B9-404C-940F-EA8ECD0AFD45}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/DataMashup"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>