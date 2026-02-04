--- v0 (2025-12-05)
+++ v1 (2026-02-04)
@@ -1,100 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="L:\00 Bases statistiques et produits généraux\01 Synthèses\03 Site Internet\06 Pages sous-produits\05 Protection sociale et santé\1305 Aide sociale au sens large\Excel\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="L:\00 Bases statistiques et produits généraux\01 Synthèses\03 Site Internet\06 Pages sous-produits\05 Protection sociale et santé\1305 Aide sociale économique\Excel\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{043F82C1-0A6E-4597-AE7A-703045956D0F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6B0BD9F6-5E87-4A20-A791-68CC648A1B43}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{391B856C-9B57-4CED-9E79-F08E0DC8D188}"/>
   </bookViews>
   <sheets>
-    <sheet name="te525" sheetId="3" r:id="rId1"/>
+    <sheet name="te525" sheetId="7" r:id="rId1"/>
     <sheet name="Signes - Zeichen" sheetId="4" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_AMO_UniqueIdentifier" hidden="1">"'e5574fd6-7cb9-48df-bd10-6f66a4681851'"</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'te525'!$A$1:$AA$34</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'te525'!$A$1:$AA$37</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="89" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="88" uniqueCount="57">
   <si>
     <t>—</t>
   </si>
   <si>
     <t>T13-05-02</t>
   </si>
   <si>
     <t>Total</t>
-  </si>
-[...1 lines deleted...]
-    <t>…</t>
   </si>
   <si>
     <r>
       <t>1</t>
     </r>
     <r>
       <rPr>
         <sz val="6"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Les éventuelles différences entre le total général et la somme des nombres sont dues aux nombres arrondis</t>
     </r>
   </si>
   <si>
     <r>
       <t>1</t>
     </r>
     <r>
       <rPr>
         <sz val="6"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Allfällige Unterschiede zwischen Gesamtsumme und addierten Einzelwerten sind auf Rundungsdifferenzen zurückzuführen </t>
@@ -103,59 +100,50 @@
   <si>
     <r>
       <t>2</t>
     </r>
     <r>
       <rPr>
         <sz val="6"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Part des bénéficiaires de l'aide sociale par rapport à la catégorie correspondante de la population résidante permanente</t>
     </r>
   </si>
   <si>
     <r>
       <t>2</t>
     </r>
     <r>
       <rPr>
         <sz val="6"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Anteil der Sozialhilfebeziehenden an der entsprechenden Kategorie der ständigen Wohnbevölkerung</t>
     </r>
-  </si>
-[...7 lines deleted...]
-    <t>Sozialhilfeempfänger nach Altersklasse von 2005 bis 2023</t>
   </si>
   <si>
     <t>0 - 17 ans / Jahre</t>
   </si>
   <si>
     <t>18 - 25 ans / Jahre</t>
   </si>
   <si>
     <t>26 - 35 ans / Jahre</t>
   </si>
   <si>
     <t>36 - 45 ans / Jahre</t>
   </si>
   <si>
     <t>46 -55 ans / Jahre</t>
   </si>
   <si>
     <t>56 - 64 ans / Jahre</t>
   </si>
   <si>
     <t>65 ans et plus / Jahre und mehr</t>
   </si>
   <si>
     <t>Sans indication / Ohne Angabe</t>
   </si>
@@ -181,56 +169,50 @@
       <rPr>
         <b/>
         <sz val="6"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 In %</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="6"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>1</t>
     </r>
   </si>
   <si>
     <t>Taux d'aide sociale², en %
 Sozialhilfe-quote², in %</t>
   </si>
   <si>
-    <t>Quelle: Schweizerische Sozialhilfestatistik von 2018 bis 2021 - Bundesamt für Statistik, Neuenburg, te25-525</t>
-[...4 lines deleted...]
-  <si>
     <t>Légende des signes</t>
   </si>
   <si>
     <t>Zeichenerklärung</t>
   </si>
   <si>
     <t>Signes</t>
   </si>
   <si>
     <t>Explication</t>
   </si>
   <si>
     <t>Zeichen</t>
   </si>
   <si>
     <t>Erklärung</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Valeur rigoureusement nulle ou inexistante</t>
   </si>
   <si>
     <t>Es kommt nichts vor (Wert genau Null)</t>
@@ -281,62 +263,94 @@
     <t>r</t>
   </si>
   <si>
     <t>Donnée revue et corrigée</t>
   </si>
   <si>
     <t>Korrigierter Wert</t>
   </si>
   <si>
     <t>p</t>
   </si>
   <si>
     <t>Donnée provisoire</t>
   </si>
   <si>
     <t>Provisorischer Wert</t>
   </si>
   <si>
     <t>e</t>
   </si>
   <si>
     <t>Donnée estimée</t>
   </si>
   <si>
     <t>Geschätzter Wert</t>
+  </si>
+  <si>
+    <t>Bénéficiaires de l'aide sociale, par classe d'âges, de 2005 à 2024</t>
+  </si>
+  <si>
+    <t>Sozialhilfeempfänger nach Altersklasse von 2005 bis 2024</t>
+  </si>
+  <si>
+    <t>Actualisation / Aktualisiert am: 15.01.2026</t>
+  </si>
+  <si>
+    <t>Canton de Fribourg / Kanton Freiburg</t>
+  </si>
+  <si>
+    <r>
+      <t>2024</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="6.5"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>1</t>
+    </r>
+  </si>
+  <si>
+    <t>Source: Statistique suisse de l'aide sociale, de 2005 à 2024 - Office fédéral de la statistique, Neuchâtel</t>
+  </si>
+  <si>
+    <t>Quelle: Schweizerische Sozialhilfestatistik von 2005 bis 2024 - Bundesamt für Statistik, Neuenburg, te26-525</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
     <numFmt numFmtId="166" formatCode="#\ ###\ ###"/>
   </numFmts>
-  <fonts count="14" x14ac:knownFonts="1">
+  <fonts count="15" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Courier"/>
       <family val="3"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
@@ -373,50 +387,56 @@
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Aptos"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <vertAlign val="superscript"/>
+      <sz val="6.5"/>
+      <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-4.9989318521683403E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
@@ -535,51 +555,51 @@
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="166" fontId="1" fillId="0" borderId="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="66">
+  <cellXfs count="69">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
@@ -630,140 +650,149 @@
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="5" fillId="0" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="5" fillId="0" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="9" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="5" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="5" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="3" fontId="5" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="5" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="5" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="5" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="5" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="5" fillId="0" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="5" fillId="0" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="5" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="5" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
-    </xf>
-[...16 lines deleted...]
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="3"/>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="3" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="3" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="3" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="3" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="9" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="2" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="9" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="2" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="9" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="10" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="3" applyFont="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="166" fontId="9" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="5" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="4" fillId="0" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="4" fillId="0" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="4" fillId="0" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="5" fillId="0" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{56E43365-3F29-4DE7-A7F6-4801ABD9F57D}"/>
     <cellStyle name="Normal 3" xfId="2" xr:uid="{1D02E176-2D5A-4047-847A-5CFD8F83D540}"/>
     <cellStyle name="Normal 5" xfId="3" xr:uid="{B050CB1E-802D-42B6-8A1F-10EAFC073DF8}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -1044,2157 +1073,2261 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3F4227AB-D429-4B85-8C9C-8A92517E2BF0}">
-  <dimension ref="A1:AA44"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{137C7DC6-C8EA-4AE2-99B1-6C96A4771F60}">
+  <dimension ref="A1:AA47"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScale="130" zoomScaleNormal="130" workbookViewId="0"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.54296875" defaultRowHeight="10.5" customHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="11.7265625" style="8" customWidth="1"/>
-    <col min="2" max="2" width="6.1796875" style="8" customWidth="1"/>
+    <col min="2" max="2" width="6.08984375" style="8" customWidth="1"/>
     <col min="3" max="3" width="5.453125" style="8" customWidth="1"/>
-    <col min="4" max="4" width="9.1796875" style="7" customWidth="1"/>
-    <col min="5" max="5" width="6.1796875" style="7" customWidth="1"/>
+    <col min="4" max="4" width="9.08984375" style="7" customWidth="1"/>
+    <col min="5" max="5" width="6.08984375" style="7" customWidth="1"/>
     <col min="6" max="6" width="5.453125" style="8" customWidth="1"/>
-    <col min="7" max="7" width="9.1796875" style="8" customWidth="1"/>
-    <col min="8" max="8" width="6.1796875" style="8" customWidth="1"/>
+    <col min="7" max="7" width="9.08984375" style="8" customWidth="1"/>
+    <col min="8" max="8" width="6.08984375" style="8" customWidth="1"/>
     <col min="9" max="9" width="5.453125" style="8" customWidth="1"/>
-    <col min="10" max="10" width="9.1796875" style="8" customWidth="1"/>
-    <col min="11" max="11" width="6.1796875" style="8" customWidth="1"/>
+    <col min="10" max="10" width="9.08984375" style="8" customWidth="1"/>
+    <col min="11" max="11" width="6.08984375" style="8" customWidth="1"/>
     <col min="12" max="12" width="5.453125" style="8" customWidth="1"/>
-    <col min="13" max="13" width="9.1796875" style="8" customWidth="1"/>
-    <col min="14" max="14" width="6.1796875" style="8" customWidth="1"/>
+    <col min="13" max="13" width="9.08984375" style="8" customWidth="1"/>
+    <col min="14" max="14" width="6.08984375" style="8" customWidth="1"/>
     <col min="15" max="15" width="5.453125" style="8" customWidth="1"/>
-    <col min="16" max="16" width="9.1796875" style="8" customWidth="1"/>
-    <col min="17" max="17" width="6.1796875" style="8" customWidth="1"/>
+    <col min="16" max="16" width="9.08984375" style="8" customWidth="1"/>
+    <col min="17" max="17" width="6.08984375" style="8" customWidth="1"/>
     <col min="18" max="18" width="5.453125" style="8" customWidth="1"/>
-    <col min="19" max="19" width="9.1796875" style="8" customWidth="1"/>
-    <col min="20" max="20" width="6.1796875" style="8" customWidth="1"/>
+    <col min="19" max="19" width="9.08984375" style="8" customWidth="1"/>
+    <col min="20" max="20" width="6.08984375" style="8" customWidth="1"/>
     <col min="21" max="21" width="5.453125" style="8" customWidth="1"/>
-    <col min="22" max="22" width="9.1796875" style="8" customWidth="1"/>
-    <col min="23" max="23" width="6.1796875" style="8" customWidth="1"/>
+    <col min="22" max="22" width="9.08984375" style="8" customWidth="1"/>
+    <col min="23" max="23" width="6.08984375" style="8" customWidth="1"/>
     <col min="24" max="24" width="5.453125" style="8" customWidth="1"/>
-    <col min="25" max="25" width="9.1796875" style="8" customWidth="1"/>
-    <col min="26" max="26" width="6.1796875" style="8" customWidth="1"/>
+    <col min="25" max="25" width="9.08984375" style="8" customWidth="1"/>
+    <col min="26" max="26" width="6.08984375" style="8" customWidth="1"/>
     <col min="27" max="27" width="5.453125" style="8" customWidth="1"/>
     <col min="28" max="16384" width="11.54296875" style="8"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:27" s="2" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A1" s="1" t="s">
-        <v>9</v>
+        <v>50</v>
       </c>
       <c r="E1" s="1"/>
     </row>
     <row r="2" spans="1:27" s="4" customFormat="1" ht="10" x14ac:dyDescent="0.35">
       <c r="A2" s="3" t="s">
-        <v>10</v>
+        <v>51</v>
       </c>
       <c r="E2" s="3"/>
     </row>
-    <row r="3" spans="1:27" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:27" ht="11.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="5" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="6"/>
     </row>
-    <row r="4" spans="1:27" s="22" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A4" s="21" t="s">
+    <row r="4" spans="1:27" ht="11.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="59" t="s">
+        <v>53</v>
+      </c>
+      <c r="B4" s="6"/>
+    </row>
+    <row r="5" spans="1:27" s="4" customFormat="1" ht="12.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B5" s="60"/>
+      <c r="C5" s="60"/>
+      <c r="D5" s="60"/>
+      <c r="E5" s="60"/>
+      <c r="F5" s="60"/>
+      <c r="G5" s="60"/>
+      <c r="H5" s="60"/>
+      <c r="I5" s="60"/>
+      <c r="J5" s="60"/>
+      <c r="K5" s="60"/>
+      <c r="L5" s="60"/>
+      <c r="M5" s="60"/>
+      <c r="N5" s="60"/>
+      <c r="O5" s="60"/>
+    </row>
+    <row r="6" spans="1:27" s="22" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A6" s="21" t="s">
         <v>1</v>
       </c>
-      <c r="B4" s="46" t="s">
+      <c r="B6" s="64" t="s">
         <v>2</v>
       </c>
-      <c r="C4" s="47"/>
-[...1 lines deleted...]
-      <c r="E4" s="43" t="s">
+      <c r="C6" s="65"/>
+      <c r="D6" s="66"/>
+      <c r="E6" s="61" t="s">
+        <v>7</v>
+      </c>
+      <c r="F6" s="62"/>
+      <c r="G6" s="63"/>
+      <c r="H6" s="61" t="s">
+        <v>8</v>
+      </c>
+      <c r="I6" s="62"/>
+      <c r="J6" s="63"/>
+      <c r="K6" s="61" t="s">
+        <v>9</v>
+      </c>
+      <c r="L6" s="62"/>
+      <c r="M6" s="63"/>
+      <c r="N6" s="61" t="s">
+        <v>10</v>
+      </c>
+      <c r="O6" s="62"/>
+      <c r="P6" s="63"/>
+      <c r="Q6" s="61" t="s">
         <v>11</v>
       </c>
-      <c r="F4" s="44"/>
-[...1 lines deleted...]
-      <c r="H4" s="43" t="s">
+      <c r="R6" s="62"/>
+      <c r="S6" s="63"/>
+      <c r="T6" s="61" t="s">
         <v>12</v>
       </c>
-      <c r="I4" s="44"/>
-[...1 lines deleted...]
-      <c r="K4" s="43" t="s">
+      <c r="U6" s="62"/>
+      <c r="V6" s="63"/>
+      <c r="W6" s="61" t="s">
         <v>13</v>
       </c>
-      <c r="L4" s="44"/>
-[...1 lines deleted...]
-      <c r="N4" s="43" t="s">
+      <c r="X6" s="62"/>
+      <c r="Y6" s="63"/>
+      <c r="Z6" s="61" t="s">
         <v>14</v>
       </c>
-      <c r="O4" s="44"/>
-[...1 lines deleted...]
-      <c r="Q4" s="43" t="s">
+      <c r="AA6" s="63"/>
+    </row>
+    <row r="7" spans="1:27" s="24" customFormat="1" ht="40.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A7" s="23"/>
+      <c r="B7" s="41" t="s">
         <v>15</v>
       </c>
-      <c r="R4" s="44"/>
-[...1 lines deleted...]
-      <c r="T4" s="43" t="s">
+      <c r="C7" s="41" t="s">
         <v>16</v>
       </c>
-      <c r="U4" s="44"/>
-[...1 lines deleted...]
-      <c r="W4" s="43" t="s">
+      <c r="D7" s="41" t="s">
         <v>17</v>
       </c>
-      <c r="X4" s="44"/>
-[...88 lines deleted...]
-      <c r="A6" s="25">
+      <c r="E7" s="41" t="s">
+        <v>15</v>
+      </c>
+      <c r="F7" s="41" t="s">
+        <v>16</v>
+      </c>
+      <c r="G7" s="41" t="s">
+        <v>17</v>
+      </c>
+      <c r="H7" s="41" t="s">
+        <v>15</v>
+      </c>
+      <c r="I7" s="41" t="s">
+        <v>16</v>
+      </c>
+      <c r="J7" s="41" t="s">
+        <v>17</v>
+      </c>
+      <c r="K7" s="41" t="s">
+        <v>15</v>
+      </c>
+      <c r="L7" s="41" t="s">
+        <v>16</v>
+      </c>
+      <c r="M7" s="41" t="s">
+        <v>17</v>
+      </c>
+      <c r="N7" s="41" t="s">
+        <v>15</v>
+      </c>
+      <c r="O7" s="41" t="s">
+        <v>16</v>
+      </c>
+      <c r="P7" s="41" t="s">
+        <v>17</v>
+      </c>
+      <c r="Q7" s="41" t="s">
+        <v>15</v>
+      </c>
+      <c r="R7" s="41" t="s">
+        <v>16</v>
+      </c>
+      <c r="S7" s="41" t="s">
+        <v>17</v>
+      </c>
+      <c r="T7" s="41" t="s">
+        <v>15</v>
+      </c>
+      <c r="U7" s="41" t="s">
+        <v>16</v>
+      </c>
+      <c r="V7" s="41" t="s">
+        <v>17</v>
+      </c>
+      <c r="W7" s="41" t="s">
+        <v>15</v>
+      </c>
+      <c r="X7" s="41" t="s">
+        <v>16</v>
+      </c>
+      <c r="Y7" s="41" t="s">
+        <v>17</v>
+      </c>
+      <c r="Z7" s="41" t="s">
+        <v>15</v>
+      </c>
+      <c r="AA7" s="41" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="8" spans="1:27" ht="10.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A8" s="25">
         <v>2005</v>
       </c>
-      <c r="B6" s="36">
+      <c r="B8" s="35">
         <v>6504</v>
       </c>
-      <c r="C6" s="37">
+      <c r="C8" s="36">
         <v>100</v>
       </c>
-      <c r="D6" s="37">
+      <c r="D8" s="36">
         <v>2.6</v>
       </c>
-      <c r="E6" s="26">
+      <c r="E8" s="26">
         <v>2165</v>
       </c>
-      <c r="F6" s="27">
+      <c r="F8" s="27">
         <v>33.287207872078717</v>
       </c>
-      <c r="G6" s="27">
+      <c r="G8" s="27">
         <v>3.9</v>
       </c>
-      <c r="H6" s="26">
+      <c r="H8" s="26">
         <v>870</v>
       </c>
-      <c r="I6" s="27">
+      <c r="I8" s="27">
         <v>13.376383763837639</v>
       </c>
-      <c r="J6" s="27">
+      <c r="J8" s="27">
         <v>3.7</v>
       </c>
-      <c r="K6" s="26">
+      <c r="K8" s="26">
         <v>1050</v>
       </c>
-      <c r="L6" s="27">
+      <c r="L8" s="27">
         <v>16.14391143911439</v>
       </c>
-      <c r="M6" s="27">
+      <c r="M8" s="27">
         <v>2.7</v>
       </c>
-      <c r="N6" s="26">
+      <c r="N8" s="26">
         <v>1148</v>
       </c>
-      <c r="O6" s="27">
+      <c r="O8" s="27">
         <v>17.650676506765066</v>
       </c>
-      <c r="P6" s="27">
+      <c r="P8" s="27">
         <v>2.9</v>
       </c>
-      <c r="Q6" s="26">
+      <c r="Q8" s="26">
         <v>812</v>
       </c>
-      <c r="R6" s="27">
+      <c r="R8" s="27">
         <v>12.484624846248462</v>
       </c>
-      <c r="S6" s="27">
+      <c r="S8" s="27">
         <v>2.6</v>
       </c>
-      <c r="T6" s="26">
+      <c r="T8" s="26">
         <v>360</v>
       </c>
-      <c r="U6" s="27">
+      <c r="U8" s="27">
         <v>5.5350553505535052</v>
       </c>
-      <c r="V6" s="27">
+      <c r="V8" s="27">
         <v>1.8</v>
       </c>
-      <c r="W6" s="26">
+      <c r="W8" s="26">
         <v>48</v>
       </c>
-      <c r="X6" s="28">
+      <c r="X8" s="28">
         <v>0.73800738007380073</v>
       </c>
-      <c r="Y6" s="27">
+      <c r="Y8" s="27">
         <v>0.2</v>
       </c>
-      <c r="Z6" s="26">
+      <c r="Z8" s="26">
         <v>51</v>
       </c>
-      <c r="AA6" s="29">
+      <c r="AA8" s="29">
         <v>0.78413284132841332</v>
-      </c>
-[...164 lines deleted...]
-        <v>3.3898305084745763E-2</v>
       </c>
     </row>
     <row r="9" spans="1:27" ht="10.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A9" s="7">
-        <v>2008</v>
-[...4 lines deleted...]
-      <c r="C9" s="39">
+        <v>2006</v>
+      </c>
+      <c r="B9" s="37">
+        <v>6588</v>
+      </c>
+      <c r="C9" s="38">
         <v>100</v>
       </c>
-      <c r="D9" s="39">
-        <v>2.2390099999999999</v>
+      <c r="D9" s="38">
+        <v>2.6</v>
       </c>
       <c r="E9" s="26">
-        <v>1933.77361</v>
+        <v>2134</v>
       </c>
       <c r="F9" s="27">
-        <v>32.710880879692134</v>
+        <v>32.392228293867639</v>
       </c>
       <c r="G9" s="27">
-        <v>3.15347</v>
+        <v>3.6</v>
       </c>
       <c r="H9" s="26">
-        <v>669.65012000000002</v>
+        <v>873</v>
       </c>
       <c r="I9" s="27">
-        <v>11.327512793181382</v>
+        <v>13.251366120218579</v>
       </c>
       <c r="J9" s="27">
-        <v>2.5830600000000001</v>
+        <v>3.5</v>
       </c>
       <c r="K9" s="26">
-        <v>891.44406000000004</v>
+        <v>1063</v>
       </c>
       <c r="L9" s="27">
-        <v>15.07928348322487</v>
+        <v>16.135397692774742</v>
       </c>
       <c r="M9" s="27">
-        <v>2.1225499999999999</v>
+        <v>2.6</v>
       </c>
       <c r="N9" s="26">
-        <v>1065.7495100000001</v>
+        <v>1134</v>
       </c>
       <c r="O9" s="27">
-        <v>18.027759345211184</v>
+        <v>17.21311475409836</v>
       </c>
       <c r="P9" s="27">
-        <v>2.4674700000000001</v>
+        <v>2.7</v>
       </c>
       <c r="Q9" s="26">
-        <v>837.86704999999995</v>
+        <v>886</v>
       </c>
       <c r="R9" s="27">
-        <v>14.172997875159261</v>
+        <v>13.44869459623558</v>
       </c>
       <c r="S9" s="27">
-        <v>2.4222000000000001</v>
+        <v>2.7</v>
       </c>
       <c r="T9" s="26">
-        <v>436.50400000000002</v>
+        <v>438</v>
       </c>
       <c r="U9" s="27">
-        <v>7.3837135193447683</v>
+        <v>6.6484517304189437</v>
       </c>
       <c r="V9" s="27">
-        <v>1.9664999999999999</v>
+        <v>2</v>
       </c>
       <c r="W9" s="26">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="X9" s="28">
-        <v>0.99821039200706196</v>
+        <v>0.78931390406800239</v>
       </c>
       <c r="Y9" s="27">
         <v>0.2</v>
       </c>
       <c r="Z9" s="26">
-        <v>18</v>
+        <v>8</v>
       </c>
       <c r="AA9" s="29">
-        <v>0.29964171217934416</v>
+        <v>0.12143290831815422</v>
       </c>
     </row>
     <row r="10" spans="1:27" ht="10.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A10" s="25">
-[...5 lines deleted...]
-      <c r="C10" s="39">
+      <c r="A10" s="7">
+        <v>2007</v>
+      </c>
+      <c r="B10" s="37">
+        <v>5900</v>
+      </c>
+      <c r="C10" s="38">
         <v>100</v>
       </c>
-      <c r="D10" s="39">
-        <v>2.4</v>
+      <c r="D10" s="38">
+        <v>2.2999999999999998</v>
       </c>
       <c r="E10" s="26">
-        <v>2037</v>
+        <v>1894</v>
       </c>
       <c r="F10" s="27">
-        <v>32.078740157480311</v>
+        <v>32.101694915254235</v>
       </c>
       <c r="G10" s="27">
-        <v>3.3</v>
+        <v>3.1</v>
       </c>
       <c r="H10" s="26">
-        <v>749</v>
+        <v>770</v>
       </c>
       <c r="I10" s="27">
-        <v>11.795275590551181</v>
+        <v>13.050847457627119</v>
       </c>
       <c r="J10" s="27">
-        <v>2.8</v>
+        <v>3</v>
       </c>
       <c r="K10" s="26">
-        <v>956</v>
+        <v>892</v>
       </c>
       <c r="L10" s="27">
-        <v>15.05511811023622</v>
+        <v>15.118644067796611</v>
       </c>
       <c r="M10" s="27">
         <v>2.2000000000000002</v>
       </c>
       <c r="N10" s="26">
-        <v>1136</v>
+        <v>1048</v>
       </c>
       <c r="O10" s="27">
-        <v>17.889763779527559</v>
+        <v>17.762711864406779</v>
       </c>
       <c r="P10" s="27">
-        <v>2.6</v>
+        <v>2.5</v>
       </c>
       <c r="Q10" s="26">
-        <v>946</v>
+        <v>836</v>
       </c>
       <c r="R10" s="27">
-        <v>14.897637795275591</v>
+        <v>14.169491525423728</v>
       </c>
       <c r="S10" s="27">
-        <v>2.7</v>
+        <v>2.5</v>
       </c>
       <c r="T10" s="26">
-        <v>436</v>
+        <v>411</v>
       </c>
       <c r="U10" s="27">
-        <v>6.8661417322834648</v>
+        <v>6.9661016949152543</v>
       </c>
       <c r="V10" s="27">
         <v>1.9</v>
       </c>
       <c r="W10" s="26">
-        <v>83</v>
+        <v>47</v>
       </c>
       <c r="X10" s="28">
-        <v>1.30708661417323</v>
+        <v>0.79661016949152541</v>
       </c>
       <c r="Y10" s="27">
-        <v>0.2</v>
+        <v>0.1</v>
       </c>
       <c r="Z10" s="26">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="AA10" s="29">
-        <v>0.110236220472441</v>
+        <v>3.3898305084745763E-2</v>
       </c>
     </row>
     <row r="11" spans="1:27" ht="10.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A11" s="7">
-        <v>2010</v>
-[...4 lines deleted...]
-      <c r="C11" s="39">
+        <v>2008</v>
+      </c>
+      <c r="B11" s="37">
+        <v>5911.7136499999997</v>
+      </c>
+      <c r="C11" s="38">
         <v>100</v>
       </c>
-      <c r="D11" s="39">
-        <v>2.4</v>
+      <c r="D11" s="38">
+        <v>2.2390099999999999</v>
       </c>
       <c r="E11" s="26">
-        <v>2079</v>
+        <v>1933.77361</v>
       </c>
       <c r="F11" s="27">
-        <v>31.735612883529232</v>
+        <v>32.710880879692134</v>
       </c>
       <c r="G11" s="27">
-        <v>3.3</v>
+        <v>3.15347</v>
       </c>
       <c r="H11" s="26">
-        <v>792</v>
+        <v>669.65012000000002</v>
       </c>
       <c r="I11" s="27">
-        <v>12.089757288963517</v>
+        <v>11.327512793181382</v>
       </c>
       <c r="J11" s="27">
-        <v>2.9</v>
+        <v>2.5830600000000001</v>
       </c>
       <c r="K11" s="26">
-        <v>998</v>
+        <v>891.44406000000004</v>
       </c>
       <c r="L11" s="27">
-        <v>15.234315371698978</v>
+        <v>15.07928348322487</v>
       </c>
       <c r="M11" s="27">
-        <v>2.2999999999999998</v>
+        <v>2.1225499999999999</v>
       </c>
       <c r="N11" s="26">
-        <v>1106</v>
+        <v>1065.7495100000001</v>
       </c>
       <c r="O11" s="27">
-        <v>16.88291863837582</v>
+        <v>18.027759345211184</v>
       </c>
       <c r="P11" s="27">
-        <v>2.5</v>
+        <v>2.4674700000000001</v>
       </c>
       <c r="Q11" s="26">
-        <v>1012</v>
+        <v>837.86704999999995</v>
       </c>
       <c r="R11" s="27">
-        <v>15.448023202564494</v>
+        <v>14.172997875159261</v>
       </c>
       <c r="S11" s="27">
-        <v>2.8</v>
+        <v>2.4222000000000001</v>
       </c>
       <c r="T11" s="26">
-        <v>491</v>
+        <v>436.50400000000002</v>
       </c>
       <c r="U11" s="27">
-        <v>7.4950389253549075</v>
+        <v>7.3837135193447683</v>
       </c>
       <c r="V11" s="27">
-        <v>2.1</v>
+        <v>1.9664999999999999</v>
       </c>
       <c r="W11" s="26">
-        <v>73</v>
+        <v>59</v>
       </c>
       <c r="X11" s="28">
-        <v>1.11433368951305</v>
+        <v>0.99821039200706196</v>
       </c>
       <c r="Y11" s="27">
         <v>0.2</v>
       </c>
       <c r="Z11" s="26">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="AA11" s="29">
-        <v>0.137383605556404</v>
+        <v>0.29964171217934416</v>
       </c>
     </row>
     <row r="12" spans="1:27" ht="10.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A12" s="7">
-[...5 lines deleted...]
-      <c r="C12" s="39">
+      <c r="A12" s="25">
+        <v>2009</v>
+      </c>
+      <c r="B12" s="37">
+        <v>6350</v>
+      </c>
+      <c r="C12" s="38">
         <v>100</v>
       </c>
-      <c r="D12" s="39">
+      <c r="D12" s="38">
         <v>2.4</v>
       </c>
       <c r="E12" s="26">
-        <v>2097</v>
+        <v>2037</v>
       </c>
       <c r="F12" s="27">
-        <v>31.917808219178081</v>
+        <v>32.078740157480311</v>
       </c>
       <c r="G12" s="27">
-        <v>3.5244900000000001</v>
+        <v>3.3</v>
       </c>
       <c r="H12" s="26">
-        <v>757</v>
+        <v>749</v>
       </c>
       <c r="I12" s="27">
-        <v>11.522070015220699</v>
+        <v>11.795275590551181</v>
       </c>
       <c r="J12" s="27">
-        <v>2.5783399999999999</v>
+        <v>2.8</v>
       </c>
       <c r="K12" s="26">
-        <v>994</v>
+        <v>956</v>
       </c>
       <c r="L12" s="27">
-        <v>15.129375951293758</v>
+        <v>15.05511811023622</v>
       </c>
       <c r="M12" s="27">
-        <v>2.7285200000000001</v>
+        <v>2.2000000000000002</v>
       </c>
       <c r="N12" s="26">
-        <v>1089</v>
+        <v>1136</v>
       </c>
       <c r="O12" s="27">
-        <v>16.575342465753423</v>
+        <v>17.889763779527559</v>
       </c>
       <c r="P12" s="27">
-        <v>2.4399500000000001</v>
+        <v>2.6</v>
       </c>
       <c r="Q12" s="26">
-        <v>1006</v>
+        <v>946</v>
       </c>
       <c r="R12" s="27">
-        <v>15.312024353120243</v>
+        <v>14.897637795275591</v>
       </c>
       <c r="S12" s="27">
-        <v>2.4161800000000002</v>
+        <v>2.7</v>
       </c>
       <c r="T12" s="26">
-        <v>565</v>
+        <v>436</v>
       </c>
       <c r="U12" s="27">
-        <v>8.5996955859969546</v>
+        <v>6.8661417322834648</v>
       </c>
       <c r="V12" s="27">
-        <v>2.0172099999999999</v>
+        <v>1.9</v>
       </c>
       <c r="W12" s="26">
-        <v>62</v>
+        <v>83</v>
       </c>
       <c r="X12" s="28">
-        <v>0.94368340943683404</v>
+        <v>1.30708661417323</v>
       </c>
       <c r="Y12" s="27">
         <v>0.2</v>
       </c>
       <c r="Z12" s="26">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="AA12" s="29">
-        <v>9.1324200913242004E-2</v>
+        <v>0.110236220472441</v>
       </c>
     </row>
     <row r="13" spans="1:27" ht="10.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A13" s="7">
-        <v>2012</v>
-[...4 lines deleted...]
-      <c r="C13" s="39">
+        <v>2010</v>
+      </c>
+      <c r="B13" s="37">
+        <v>6560</v>
+      </c>
+      <c r="C13" s="38">
         <v>100</v>
       </c>
-      <c r="D13" s="39">
+      <c r="D13" s="38">
         <v>2.4</v>
       </c>
       <c r="E13" s="26">
-        <v>2212</v>
+        <v>2079</v>
       </c>
       <c r="F13" s="27">
-        <v>31.8</v>
+        <v>31.735612883529232</v>
       </c>
       <c r="G13" s="27">
-        <v>3.7</v>
+        <v>3.3</v>
       </c>
       <c r="H13" s="26">
-        <v>833</v>
+        <v>792</v>
       </c>
       <c r="I13" s="27">
-        <v>12</v>
+        <v>12.089757288963517</v>
       </c>
       <c r="J13" s="27">
+        <v>2.9</v>
+      </c>
+      <c r="K13" s="26">
+        <v>998</v>
+      </c>
+      <c r="L13" s="27">
+        <v>15.234315371698978</v>
+      </c>
+      <c r="M13" s="27">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="N13" s="26">
+        <v>1106</v>
+      </c>
+      <c r="O13" s="27">
+        <v>16.88291863837582</v>
+      </c>
+      <c r="P13" s="27">
+        <v>2.5</v>
+      </c>
+      <c r="Q13" s="26">
+        <v>1012</v>
+      </c>
+      <c r="R13" s="27">
+        <v>15.448023202564494</v>
+      </c>
+      <c r="S13" s="27">
         <v>2.8</v>
       </c>
-      <c r="K13" s="26">
-[...25 lines deleted...]
-      </c>
       <c r="T13" s="26">
-        <v>596</v>
+        <v>491</v>
       </c>
       <c r="U13" s="27">
-        <v>8.6</v>
+        <v>7.4950389253549075</v>
       </c>
       <c r="V13" s="27">
         <v>2.1</v>
       </c>
       <c r="W13" s="26">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="X13" s="28">
-        <v>1</v>
+        <v>1.11433368951305</v>
       </c>
       <c r="Y13" s="27">
         <v>0.2</v>
       </c>
       <c r="Z13" s="26">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="AA13" s="29">
-        <v>0.1</v>
+        <v>0.137383605556404</v>
       </c>
     </row>
     <row r="14" spans="1:27" ht="10.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A14" s="25">
-[...5 lines deleted...]
-      <c r="C14" s="39">
+      <c r="A14" s="7">
+        <v>2011</v>
+      </c>
+      <c r="B14" s="37">
+        <v>6576</v>
+      </c>
+      <c r="C14" s="38">
         <v>100</v>
       </c>
-      <c r="D14" s="39">
-        <v>2.5</v>
+      <c r="D14" s="38">
+        <v>2.4</v>
       </c>
       <c r="E14" s="26">
-        <v>2288</v>
+        <v>2097</v>
       </c>
       <c r="F14" s="27">
-        <v>31.316725978647689</v>
+        <v>31.917808219178081</v>
       </c>
       <c r="G14" s="27">
-        <v>3.7</v>
+        <v>3.5244900000000001</v>
       </c>
       <c r="H14" s="26">
-        <v>849</v>
+        <v>757</v>
       </c>
       <c r="I14" s="27">
-        <v>11.620585819874076</v>
+        <v>11.522070015220699</v>
       </c>
       <c r="J14" s="27">
-        <v>2.7</v>
+        <v>2.5783399999999999</v>
       </c>
       <c r="K14" s="26">
-        <v>1111</v>
+        <v>994</v>
       </c>
       <c r="L14" s="27">
-        <v>15.206679441554886</v>
+        <v>15.129375951293758</v>
       </c>
       <c r="M14" s="27">
-        <v>2.8</v>
+        <v>2.7285200000000001</v>
       </c>
       <c r="N14" s="26">
-        <v>1174</v>
+        <v>1089</v>
       </c>
       <c r="O14" s="27">
-        <v>16.068984396386533</v>
+        <v>16.575342465753423</v>
       </c>
       <c r="P14" s="27">
-        <v>2.7</v>
+        <v>2.4399500000000001</v>
       </c>
       <c r="Q14" s="26">
-        <v>1178</v>
+        <v>1006</v>
       </c>
       <c r="R14" s="27">
-        <v>16.123733917328224</v>
+        <v>15.312024353120243</v>
       </c>
       <c r="S14" s="27">
-        <v>2.6</v>
+        <v>2.4161800000000002</v>
       </c>
       <c r="T14" s="26">
-        <v>626</v>
+        <v>565</v>
       </c>
       <c r="U14" s="27">
-        <v>8.5683000273747609</v>
+        <v>8.5996955859969546</v>
       </c>
       <c r="V14" s="27">
-        <v>2.2999999999999998</v>
+        <v>2.0172099999999999</v>
       </c>
       <c r="W14" s="26">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>1.02655351765672</v>
+        <v>62</v>
+      </c>
+      <c r="X14" s="28">
+        <v>0.94368340943683404</v>
       </c>
       <c r="Y14" s="27">
         <v>0.2</v>
       </c>
       <c r="Z14" s="26">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="AA14" s="29">
-        <v>6.8436901177114706E-2</v>
+        <v>9.1324200913242004E-2</v>
       </c>
     </row>
     <row r="15" spans="1:27" ht="10.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A15" s="7">
-        <v>2014</v>
-[...4 lines deleted...]
-      <c r="C15" s="39">
+        <v>2012</v>
+      </c>
+      <c r="B15" s="37">
+        <v>6951</v>
+      </c>
+      <c r="C15" s="38">
         <v>100</v>
       </c>
-      <c r="D15" s="39">
-        <v>2.5</v>
+      <c r="D15" s="38">
+        <v>2.4</v>
       </c>
       <c r="E15" s="26">
-        <v>2320</v>
+        <v>2212</v>
       </c>
       <c r="F15" s="27">
-        <v>30.394340364208045</v>
+        <v>31.8</v>
       </c>
       <c r="G15" s="27">
         <v>3.7</v>
       </c>
       <c r="H15" s="26">
-        <v>885</v>
+        <v>833</v>
       </c>
       <c r="I15" s="27">
-        <v>11.594392768243155</v>
+        <v>12</v>
       </c>
       <c r="J15" s="27">
-        <v>2.7</v>
+        <v>2.8</v>
       </c>
       <c r="K15" s="26">
-        <v>1148</v>
+        <v>1043</v>
       </c>
       <c r="L15" s="27">
-        <v>15.039958076771912</v>
+        <v>15</v>
       </c>
       <c r="M15" s="27">
         <v>2.8</v>
       </c>
       <c r="N15" s="26">
-        <v>1231</v>
+        <v>1139</v>
       </c>
       <c r="O15" s="27">
-        <v>16.127341805319009</v>
+        <v>16.399999999999999</v>
       </c>
       <c r="P15" s="27">
-        <v>2.7</v>
+        <v>2.6</v>
       </c>
       <c r="Q15" s="26">
-        <v>1263</v>
+        <v>1053</v>
       </c>
       <c r="R15" s="27">
-        <v>16.54657408620464</v>
+        <v>15.1</v>
       </c>
       <c r="S15" s="27">
-        <v>2.6</v>
+        <v>2.4</v>
       </c>
       <c r="T15" s="26">
-        <v>704</v>
+        <v>596</v>
       </c>
       <c r="U15" s="27">
-        <v>9.2231101794838199</v>
+        <v>8.6</v>
       </c>
       <c r="V15" s="27">
-        <v>2.2999999999999998</v>
+        <v>2.1</v>
       </c>
       <c r="W15" s="26">
-        <v>76</v>
-[...2 lines deleted...]
-        <v>0.995676667103367</v>
+        <v>70</v>
+      </c>
+      <c r="X15" s="28">
+        <v>1</v>
       </c>
       <c r="Y15" s="27">
         <v>0.2</v>
       </c>
       <c r="Z15" s="26">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>7.860605266605529E-2</v>
+        <v>5</v>
+      </c>
+      <c r="AA15" s="29">
+        <v>0.1</v>
       </c>
     </row>
     <row r="16" spans="1:27" ht="10.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A16" s="7">
-[...5 lines deleted...]
-      <c r="C16" s="39">
+      <c r="A16" s="25">
+        <v>2013</v>
+      </c>
+      <c r="B16" s="37">
+        <v>7306</v>
+      </c>
+      <c r="C16" s="38">
         <v>100</v>
       </c>
-      <c r="D16" s="39">
+      <c r="D16" s="38">
         <v>2.5</v>
       </c>
       <c r="E16" s="26">
-        <v>2286</v>
+        <v>2288</v>
       </c>
       <c r="F16" s="27">
-        <v>30.362597954575641</v>
+        <v>31.316725978647689</v>
       </c>
       <c r="G16" s="27">
         <v>3.7</v>
       </c>
       <c r="H16" s="26">
-        <v>869</v>
+        <v>849</v>
       </c>
       <c r="I16" s="27">
-        <v>11.542037455173329</v>
+        <v>11.620585819874076</v>
       </c>
       <c r="J16" s="27">
         <v>2.7</v>
       </c>
       <c r="K16" s="26">
-        <v>1145</v>
+        <v>1111</v>
       </c>
       <c r="L16" s="27">
-        <v>15.207862930003984</v>
+        <v>15.206679441554886</v>
       </c>
       <c r="M16" s="27">
         <v>2.8</v>
       </c>
       <c r="N16" s="26">
-        <v>1208</v>
+        <v>1174</v>
       </c>
       <c r="O16" s="27">
-        <v>16.044627440563154</v>
+        <v>16.068984396386533</v>
       </c>
       <c r="P16" s="27">
         <v>2.7</v>
       </c>
       <c r="Q16" s="26">
-        <v>1241</v>
+        <v>1178</v>
       </c>
       <c r="R16" s="27">
-        <v>16.482932660379863</v>
+        <v>16.123733917328224</v>
       </c>
       <c r="S16" s="27">
         <v>2.6</v>
       </c>
       <c r="T16" s="26">
-        <v>708</v>
+        <v>626</v>
       </c>
       <c r="U16" s="27">
-        <v>9.4036392615221143</v>
+        <v>8.5683000273747609</v>
       </c>
       <c r="V16" s="27">
         <v>2.2999999999999998</v>
       </c>
       <c r="W16" s="26">
-        <v>58</v>
+        <v>75</v>
       </c>
       <c r="X16" s="27">
-        <v>0.77035462876876082</v>
+        <v>1.02655351765672</v>
       </c>
       <c r="Y16" s="27">
-        <v>0.1</v>
+        <v>0.2</v>
       </c>
       <c r="Z16" s="26">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>0.18594766901314916</v>
+        <v>5</v>
+      </c>
+      <c r="AA16" s="29">
+        <v>6.8436901177114706E-2</v>
       </c>
     </row>
     <row r="17" spans="1:27" ht="10.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A17" s="7">
-        <v>2016</v>
-[...4 lines deleted...]
-      <c r="C17" s="39">
+        <v>2014</v>
+      </c>
+      <c r="B17" s="37">
+        <v>7633</v>
+      </c>
+      <c r="C17" s="38">
         <v>100</v>
       </c>
-      <c r="D17" s="39">
-        <v>2.4</v>
+      <c r="D17" s="38">
+        <v>2.5</v>
       </c>
       <c r="E17" s="26">
-        <v>2209</v>
+        <v>2320</v>
       </c>
       <c r="F17" s="27">
-        <v>30.276864035087719</v>
+        <v>30.394340364208045</v>
       </c>
       <c r="G17" s="27">
-        <v>3.5</v>
+        <v>3.7</v>
       </c>
       <c r="H17" s="26">
-        <v>799</v>
+        <v>885</v>
       </c>
       <c r="I17" s="27">
-        <v>10.951206140350877</v>
+        <v>11.594392768243155</v>
       </c>
       <c r="J17" s="27">
-        <v>2.5</v>
+        <v>2.7</v>
       </c>
       <c r="K17" s="26">
-        <v>1092</v>
+        <v>1148</v>
       </c>
       <c r="L17" s="27">
-        <v>14.967105263157894</v>
+        <v>15.039958076771912</v>
       </c>
       <c r="M17" s="27">
-        <v>2.6</v>
+        <v>2.8</v>
       </c>
       <c r="N17" s="26">
-        <v>1170</v>
+        <v>1231</v>
       </c>
       <c r="O17" s="27">
-        <v>16.036184210526315</v>
+        <v>16.127341805319009</v>
       </c>
       <c r="P17" s="27">
-        <v>2.6</v>
+        <v>2.7</v>
       </c>
       <c r="Q17" s="26">
-        <v>1256</v>
+        <v>1263</v>
       </c>
       <c r="R17" s="27">
-        <v>17.214912280701753</v>
+        <v>16.54657408620464</v>
       </c>
       <c r="S17" s="27">
         <v>2.6</v>
       </c>
       <c r="T17" s="26">
-        <v>706</v>
+        <v>704</v>
       </c>
       <c r="U17" s="27">
-        <v>9.6765350877192979</v>
+        <v>9.2231101794838199</v>
       </c>
       <c r="V17" s="27">
-        <v>2.2000000000000002</v>
+        <v>2.2999999999999998</v>
       </c>
       <c r="W17" s="26">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>0.71271929824561397</v>
+        <v>76</v>
+      </c>
+      <c r="X17" s="27">
+        <v>0.995676667103367</v>
       </c>
       <c r="Y17" s="27">
-        <v>0.1</v>
+        <v>0.2</v>
       </c>
       <c r="Z17" s="26">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>0.1644736842105263</v>
+        <v>6</v>
+      </c>
+      <c r="AA17" s="27">
+        <v>7.860605266605529E-2</v>
       </c>
     </row>
     <row r="18" spans="1:27" ht="10.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A18" s="25">
-[...5 lines deleted...]
-      <c r="C18" s="39">
+      <c r="A18" s="7">
+        <v>2015</v>
+      </c>
+      <c r="B18" s="37">
+        <v>7529</v>
+      </c>
+      <c r="C18" s="38">
         <v>100</v>
       </c>
-      <c r="D18" s="39">
-        <v>2.2999999999999998</v>
+      <c r="D18" s="38">
+        <v>2.5</v>
       </c>
       <c r="E18" s="26">
-        <v>2166</v>
+        <v>2286</v>
       </c>
       <c r="F18" s="27">
-        <v>30.141942666295577</v>
+        <v>30.362597954575641</v>
       </c>
       <c r="G18" s="27">
-        <v>3.4</v>
+        <v>3.7</v>
       </c>
       <c r="H18" s="26">
-        <v>797</v>
+        <v>869</v>
       </c>
       <c r="I18" s="27">
-        <v>11.091010297801281</v>
+        <v>11.542037455173329</v>
       </c>
       <c r="J18" s="27">
-        <v>2.4</v>
+        <v>2.7</v>
       </c>
       <c r="K18" s="26">
-        <v>1092</v>
+        <v>1145</v>
       </c>
       <c r="L18" s="27">
-        <v>15.196214862232118</v>
+        <v>15.207862930003984</v>
       </c>
       <c r="M18" s="27">
-        <v>2.5</v>
+        <v>2.8</v>
       </c>
       <c r="N18" s="26">
-        <v>1131</v>
+        <v>1208</v>
       </c>
       <c r="O18" s="27">
-        <v>15.738936821597552</v>
+        <v>16.044627440563154</v>
       </c>
       <c r="P18" s="27">
-        <v>2.6</v>
+        <v>2.7</v>
       </c>
       <c r="Q18" s="26">
-        <v>1254</v>
+        <v>1241</v>
       </c>
       <c r="R18" s="27">
-        <v>17.450598385750069</v>
+        <v>16.482932660379863</v>
       </c>
       <c r="S18" s="27">
         <v>2.6</v>
       </c>
       <c r="T18" s="26">
-        <v>698</v>
+        <v>708</v>
       </c>
       <c r="U18" s="27">
-        <v>9.713331477873643</v>
+        <v>9.4036392615221143</v>
       </c>
       <c r="V18" s="27">
-        <v>2.1</v>
+        <v>2.2999999999999998</v>
       </c>
       <c r="W18" s="26">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>0.61230169774561649</v>
+        <v>58</v>
+      </c>
+      <c r="X18" s="27">
+        <v>0.77035462876876082</v>
       </c>
       <c r="Y18" s="27">
         <v>0.1</v>
       </c>
       <c r="Z18" s="26">
-        <v>4</v>
+        <v>14</v>
       </c>
       <c r="AA18" s="30">
-        <v>5.5663790704146954E-2</v>
+        <v>0.18594766901314916</v>
       </c>
     </row>
     <row r="19" spans="1:27" ht="10.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A19" s="7">
-        <v>2018</v>
-[...4 lines deleted...]
-      <c r="C19" s="39">
+        <v>2016</v>
+      </c>
+      <c r="B19" s="37">
+        <v>7296</v>
+      </c>
+      <c r="C19" s="38">
         <v>100</v>
       </c>
-      <c r="D19" s="39">
-        <v>2.2999999999999998</v>
+      <c r="D19" s="38">
+        <v>2.4</v>
       </c>
       <c r="E19" s="26">
-        <v>2156</v>
+        <v>2209</v>
       </c>
       <c r="F19" s="27">
-        <v>30.302178496134925</v>
+        <v>30.276864035087719</v>
       </c>
       <c r="G19" s="27">
-        <v>3.4</v>
+        <v>3.5</v>
       </c>
       <c r="H19" s="26">
-        <v>781</v>
+        <v>799</v>
       </c>
       <c r="I19" s="27">
-        <v>10.976809557273365</v>
+        <v>10.951206140350877</v>
       </c>
       <c r="J19" s="27">
-        <v>2.4</v>
+        <v>2.5</v>
       </c>
       <c r="K19" s="26">
-        <v>1012</v>
+        <v>1092</v>
       </c>
       <c r="L19" s="27">
-        <v>14.223471539002107</v>
+        <v>14.967105263157894</v>
       </c>
       <c r="M19" s="27">
-        <v>2.2999999999999998</v>
+        <v>2.6</v>
       </c>
       <c r="N19" s="26">
-        <v>1106</v>
+        <v>1170</v>
       </c>
       <c r="O19" s="27">
-        <v>15.544624033731552</v>
+        <v>16.036184210526315</v>
       </c>
       <c r="P19" s="27">
-        <v>2.5</v>
+        <v>2.6</v>
       </c>
       <c r="Q19" s="26">
-        <v>1284</v>
+        <v>1256</v>
       </c>
       <c r="R19" s="27">
-        <v>18.046380885453267</v>
+        <v>17.214912280701753</v>
       </c>
       <c r="S19" s="27">
         <v>2.6</v>
       </c>
       <c r="T19" s="26">
-        <v>729</v>
+        <v>706</v>
       </c>
       <c r="U19" s="27">
-        <v>10.245959241040056</v>
+        <v>9.6765350877192979</v>
       </c>
       <c r="V19" s="27">
         <v>2.2000000000000002</v>
       </c>
       <c r="W19" s="26">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="X19" s="31">
-        <v>0.59030217849613487</v>
+        <v>0.71271929824561397</v>
       </c>
       <c r="Y19" s="27">
         <v>0.1</v>
       </c>
       <c r="Z19" s="26">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="AA19" s="30">
-        <v>7.0274068868587489E-2</v>
+        <v>0.1644736842105263</v>
       </c>
     </row>
     <row r="20" spans="1:27" ht="10.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A20" s="7">
-[...5 lines deleted...]
-      <c r="C20" s="39">
+      <c r="A20" s="25">
+        <v>2017</v>
+      </c>
+      <c r="B20" s="37">
+        <v>7186</v>
+      </c>
+      <c r="C20" s="38">
         <v>100</v>
       </c>
-      <c r="D20" s="39">
+      <c r="D20" s="38">
         <v>2.2999999999999998</v>
       </c>
       <c r="E20" s="26">
-        <v>2223</v>
+        <v>2166</v>
       </c>
       <c r="F20" s="27">
-        <v>30.447883851527187</v>
+        <v>30.141942666295577</v>
       </c>
       <c r="G20" s="27">
-        <v>3.5</v>
+        <v>3.4</v>
       </c>
       <c r="H20" s="26">
-        <v>761</v>
+        <v>797</v>
       </c>
       <c r="I20" s="27">
-        <v>10.423229694562389</v>
+        <v>11.091010297801281</v>
       </c>
       <c r="J20" s="27">
         <v>2.4</v>
       </c>
       <c r="K20" s="26">
-        <v>1115</v>
+        <v>1092</v>
       </c>
       <c r="L20" s="27">
-        <v>15.271880564306258</v>
+        <v>15.196214862232118</v>
       </c>
       <c r="M20" s="27">
         <v>2.5</v>
       </c>
       <c r="N20" s="26">
-        <v>1129</v>
+        <v>1131</v>
       </c>
       <c r="O20" s="27">
-        <v>15.463635118476921</v>
+        <v>15.738936821597552</v>
       </c>
       <c r="P20" s="27">
         <v>2.6</v>
       </c>
       <c r="Q20" s="26">
-        <v>1216</v>
+        <v>1254</v>
       </c>
       <c r="R20" s="27">
-        <v>16.655252705108889</v>
+        <v>17.450598385750069</v>
       </c>
       <c r="S20" s="27">
-        <v>2.5</v>
+        <v>2.6</v>
       </c>
       <c r="T20" s="26">
-        <v>796</v>
+        <v>698</v>
       </c>
       <c r="U20" s="27">
-        <v>10.902616079989041</v>
+        <v>9.713331477873643</v>
       </c>
       <c r="V20" s="27">
-        <v>2.2999999999999998</v>
+        <v>2.1</v>
       </c>
       <c r="W20" s="26">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="X20" s="31">
-        <v>0.71223120120531436</v>
+        <v>0.61230169774561649</v>
       </c>
       <c r="Y20" s="27">
         <v>0.1</v>
       </c>
       <c r="Z20" s="26">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="AA20" s="30">
-        <v>0.12327078482399671</v>
+        <v>5.5663790704146954E-2</v>
       </c>
     </row>
     <row r="21" spans="1:27" ht="10.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A21" s="7">
-        <v>2020</v>
-[...4 lines deleted...]
-      <c r="C21" s="39">
+        <v>2018</v>
+      </c>
+      <c r="B21" s="37">
+        <v>7115</v>
+      </c>
+      <c r="C21" s="38">
         <v>100</v>
       </c>
-      <c r="D21" s="39">
-        <v>2.2000000000000002</v>
+      <c r="D21" s="38">
+        <v>2.2999999999999998</v>
       </c>
       <c r="E21" s="26">
-        <v>2200</v>
+        <v>2156</v>
       </c>
       <c r="F21" s="27">
-        <v>30.606566499721758</v>
+        <v>30.302178496134925</v>
       </c>
       <c r="G21" s="27">
         <v>3.4</v>
       </c>
       <c r="H21" s="26">
-        <v>740</v>
+        <v>781</v>
       </c>
       <c r="I21" s="27">
-        <v>10.294936004451865</v>
+        <v>10.976809557273365</v>
       </c>
       <c r="J21" s="27">
+        <v>2.4</v>
+      </c>
+      <c r="K21" s="26">
+        <v>1012</v>
+      </c>
+      <c r="L21" s="27">
+        <v>14.223471539002107</v>
+      </c>
+      <c r="M21" s="27">
         <v>2.2999999999999998</v>
       </c>
-      <c r="K21" s="26">
-[...7 lines deleted...]
-      </c>
       <c r="N21" s="26">
-        <v>1093</v>
+        <v>1106</v>
       </c>
       <c r="O21" s="27">
-        <v>15.205898720089037</v>
+        <v>15.544624033731552</v>
       </c>
       <c r="P21" s="27">
         <v>2.5</v>
       </c>
       <c r="Q21" s="26">
-        <v>1119</v>
+        <v>1284</v>
       </c>
       <c r="R21" s="27">
-        <v>15.567612687813021</v>
+        <v>18.046380885453267</v>
       </c>
       <c r="S21" s="27">
-        <v>2.2999999999999998</v>
+        <v>2.6</v>
       </c>
       <c r="T21" s="26">
-        <v>822</v>
+        <v>729</v>
       </c>
       <c r="U21" s="27">
-        <v>11.435726210350584</v>
+        <v>10.245959241040056</v>
       </c>
       <c r="V21" s="27">
-        <v>2.2999999999999998</v>
+        <v>2.2000000000000002</v>
       </c>
       <c r="W21" s="26">
-        <v>56</v>
+        <v>42</v>
       </c>
       <c r="X21" s="31">
-        <v>0.77907623817473559</v>
+        <v>0.59030217849613487</v>
       </c>
       <c r="Y21" s="27">
         <v>0.1</v>
       </c>
       <c r="Z21" s="26">
         <v>5</v>
       </c>
       <c r="AA21" s="30">
-        <v>6.9560378408458537E-2</v>
+        <v>7.0274068868587489E-2</v>
       </c>
     </row>
     <row r="22" spans="1:27" ht="10.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A22" s="25">
-[...5 lines deleted...]
-      <c r="C22" s="39">
+      <c r="A22" s="7">
+        <v>2019</v>
+      </c>
+      <c r="B22" s="37">
+        <v>7301</v>
+      </c>
+      <c r="C22" s="38">
         <v>100</v>
       </c>
-      <c r="D22" s="39">
-        <v>2.1</v>
+      <c r="D22" s="38">
+        <v>2.2999999999999998</v>
       </c>
       <c r="E22" s="26">
-        <v>2125</v>
+        <v>2223</v>
       </c>
       <c r="F22" s="27">
-        <v>30.9</v>
+        <v>30.447883851527187</v>
       </c>
       <c r="G22" s="27">
-        <v>3.3</v>
+        <v>3.5</v>
       </c>
       <c r="H22" s="26">
-        <v>733</v>
+        <v>761</v>
       </c>
       <c r="I22" s="27">
-        <v>10.7</v>
+        <v>10.423229694562389</v>
       </c>
       <c r="J22" s="27">
+        <v>2.4</v>
+      </c>
+      <c r="K22" s="26">
+        <v>1115</v>
+      </c>
+      <c r="L22" s="27">
+        <v>15.271880564306258</v>
+      </c>
+      <c r="M22" s="27">
+        <v>2.5</v>
+      </c>
+      <c r="N22" s="26">
+        <v>1129</v>
+      </c>
+      <c r="O22" s="27">
+        <v>15.463635118476921</v>
+      </c>
+      <c r="P22" s="27">
+        <v>2.6</v>
+      </c>
+      <c r="Q22" s="26">
+        <v>1216</v>
+      </c>
+      <c r="R22" s="27">
+        <v>16.655252705108889</v>
+      </c>
+      <c r="S22" s="27">
+        <v>2.5</v>
+      </c>
+      <c r="T22" s="26">
+        <v>796</v>
+      </c>
+      <c r="U22" s="27">
+        <v>10.902616079989041</v>
+      </c>
+      <c r="V22" s="27">
         <v>2.2999999999999998</v>
       </c>
-      <c r="K22" s="26">
-[...34 lines deleted...]
-      </c>
       <c r="W22" s="26">
-        <v>44</v>
+        <v>52</v>
       </c>
       <c r="X22" s="31">
-        <v>0.6</v>
+        <v>0.71223120120531436</v>
       </c>
       <c r="Y22" s="27">
         <v>0.1</v>
       </c>
       <c r="Z22" s="26">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>9</v>
+      </c>
+      <c r="AA22" s="30">
+        <v>0.12327078482399671</v>
       </c>
     </row>
     <row r="23" spans="1:27" ht="10.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A23" s="7">
-        <v>2022</v>
-[...4 lines deleted...]
-      <c r="C23" s="39">
+        <v>2020</v>
+      </c>
+      <c r="B23" s="37">
+        <v>7188</v>
+      </c>
+      <c r="C23" s="38">
         <v>100</v>
       </c>
-      <c r="D23" s="39">
-        <v>2.1</v>
+      <c r="D23" s="38">
+        <v>2.2000000000000002</v>
       </c>
       <c r="E23" s="26">
-        <v>2027</v>
+        <v>2200</v>
       </c>
       <c r="F23" s="27">
-        <v>29.9</v>
+        <v>30.606566499721758</v>
       </c>
       <c r="G23" s="27">
-        <v>3.1</v>
+        <v>3.4</v>
       </c>
       <c r="H23" s="26">
-        <v>728</v>
+        <v>740</v>
       </c>
       <c r="I23" s="27">
-        <v>10.7</v>
+        <v>10.294936004451865</v>
       </c>
       <c r="J23" s="27">
         <v>2.2999999999999998</v>
       </c>
       <c r="K23" s="26">
+        <v>1153</v>
+      </c>
+      <c r="L23" s="27">
+        <v>16.040623260990539</v>
+      </c>
+      <c r="M23" s="27">
+        <v>2.6</v>
+      </c>
+      <c r="N23" s="26">
         <v>1093</v>
       </c>
-      <c r="L23" s="27">
-[...7 lines deleted...]
-      </c>
       <c r="O23" s="27">
-        <v>15.8</v>
+        <v>15.205898720089037</v>
       </c>
       <c r="P23" s="27">
-        <v>2.4</v>
+        <v>2.5</v>
       </c>
       <c r="Q23" s="26">
-        <v>987</v>
+        <v>1119</v>
       </c>
       <c r="R23" s="27">
-        <v>14.6</v>
+        <v>15.567612687813021</v>
       </c>
       <c r="S23" s="27">
-        <v>2.1</v>
+        <v>2.2999999999999998</v>
       </c>
       <c r="T23" s="26">
         <v>822</v>
       </c>
       <c r="U23" s="27">
-        <v>12.1</v>
+        <v>11.435726210350584</v>
       </c>
       <c r="V23" s="27">
-        <v>2.1</v>
+        <v>2.2999999999999998</v>
       </c>
       <c r="W23" s="26">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="X23" s="31">
-        <v>0.7</v>
+        <v>0.77907623817473559</v>
       </c>
       <c r="Y23" s="27">
         <v>0.1</v>
       </c>
       <c r="Z23" s="26">
+        <v>5</v>
+      </c>
+      <c r="AA23" s="30">
+        <v>6.9560378408458537E-2</v>
+      </c>
+    </row>
+    <row r="24" spans="1:27" ht="10.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A24" s="25">
+        <v>2021</v>
+      </c>
+      <c r="B24" s="37">
+        <v>6876</v>
+      </c>
+      <c r="C24" s="38">
+        <v>100</v>
+      </c>
+      <c r="D24" s="38">
+        <v>2.1</v>
+      </c>
+      <c r="E24" s="26">
+        <v>2125</v>
+      </c>
+      <c r="F24" s="27">
+        <v>30.9</v>
+      </c>
+      <c r="G24" s="27">
+        <v>3.3</v>
+      </c>
+      <c r="H24" s="26">
+        <v>733</v>
+      </c>
+      <c r="I24" s="27">
+        <v>10.7</v>
+      </c>
+      <c r="J24" s="27">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="K24" s="26">
+        <v>1089</v>
+      </c>
+      <c r="L24" s="27">
+        <v>15.8</v>
+      </c>
+      <c r="M24" s="27">
+        <v>2.4</v>
+      </c>
+      <c r="N24" s="26">
+        <v>1076</v>
+      </c>
+      <c r="O24" s="27">
+        <v>15.7</v>
+      </c>
+      <c r="P24" s="27">
+        <v>2.4</v>
+      </c>
+      <c r="Q24" s="26">
+        <v>1053</v>
+      </c>
+      <c r="R24" s="27">
+        <v>15.3</v>
+      </c>
+      <c r="S24" s="27">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="T24" s="26">
+        <v>754</v>
+      </c>
+      <c r="U24" s="27">
+        <v>11</v>
+      </c>
+      <c r="V24" s="27">
         <v>2</v>
       </c>
-      <c r="AA23" s="30" t="s">
+      <c r="W24" s="26">
+        <v>44</v>
+      </c>
+      <c r="X24" s="31">
+        <v>0.6</v>
+      </c>
+      <c r="Y24" s="27">
+        <v>0.1</v>
+      </c>
+      <c r="Z24" s="26">
+        <v>2</v>
+      </c>
+      <c r="AA24" s="30">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:27" ht="10.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A25" s="7">
+        <v>2022</v>
+      </c>
+      <c r="B25" s="37">
+        <v>6778</v>
+      </c>
+      <c r="C25" s="38">
+        <v>100</v>
+      </c>
+      <c r="D25" s="38">
+        <v>2.1</v>
+      </c>
+      <c r="E25" s="26">
+        <v>2027</v>
+      </c>
+      <c r="F25" s="27">
+        <v>29.9</v>
+      </c>
+      <c r="G25" s="27">
+        <v>3.1</v>
+      </c>
+      <c r="H25" s="26">
+        <v>728</v>
+      </c>
+      <c r="I25" s="27">
+        <v>10.7</v>
+      </c>
+      <c r="J25" s="27">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="K25" s="26">
+        <v>1093</v>
+      </c>
+      <c r="L25" s="27">
+        <v>16.100000000000001</v>
+      </c>
+      <c r="M25" s="27">
+        <v>2.4</v>
+      </c>
+      <c r="N25" s="26">
+        <v>1072</v>
+      </c>
+      <c r="O25" s="27">
+        <v>15.8</v>
+      </c>
+      <c r="P25" s="27">
+        <v>2.4</v>
+      </c>
+      <c r="Q25" s="26">
+        <v>987</v>
+      </c>
+      <c r="R25" s="27">
+        <v>14.6</v>
+      </c>
+      <c r="S25" s="27">
+        <v>2.1</v>
+      </c>
+      <c r="T25" s="26">
+        <v>822</v>
+      </c>
+      <c r="U25" s="27">
+        <v>12.1</v>
+      </c>
+      <c r="V25" s="27">
+        <v>2.1</v>
+      </c>
+      <c r="W25" s="26">
+        <v>47</v>
+      </c>
+      <c r="X25" s="31">
+        <v>0.7</v>
+      </c>
+      <c r="Y25" s="27">
+        <v>0.1</v>
+      </c>
+      <c r="Z25" s="26">
+        <v>2</v>
+      </c>
+      <c r="AA25" s="30">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="26" spans="1:27" ht="10.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A26" s="7">
+        <v>2023</v>
+      </c>
+      <c r="B26" s="37">
+        <v>6370</v>
+      </c>
+      <c r="C26" s="38">
+        <v>100</v>
+      </c>
+      <c r="D26" s="38">
+        <v>1.9</v>
+      </c>
+      <c r="E26" s="26">
+        <v>1877</v>
+      </c>
+      <c r="F26" s="27">
+        <v>29.5</v>
+      </c>
+      <c r="G26" s="27">
+        <v>2.9</v>
+      </c>
+      <c r="H26" s="26">
+        <v>702</v>
+      </c>
+      <c r="I26" s="27">
+        <v>11</v>
+      </c>
+      <c r="J26" s="27">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="K26" s="26">
+        <v>1035</v>
+      </c>
+      <c r="L26" s="27">
+        <v>16.3</v>
+      </c>
+      <c r="M26" s="27">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="N26" s="26">
+        <v>995</v>
+      </c>
+      <c r="O26" s="27">
+        <v>15.6</v>
+      </c>
+      <c r="P26" s="27">
+        <v>2.1</v>
+      </c>
+      <c r="Q26" s="26">
+        <v>908</v>
+      </c>
+      <c r="R26" s="27">
+        <v>14.3</v>
+      </c>
+      <c r="S26" s="27">
+        <v>1.9</v>
+      </c>
+      <c r="T26" s="26">
+        <v>801</v>
+      </c>
+      <c r="U26" s="27">
+        <v>12.6</v>
+      </c>
+      <c r="V26" s="27">
+        <v>2</v>
+      </c>
+      <c r="W26" s="26">
+        <v>51</v>
+      </c>
+      <c r="X26" s="31">
+        <v>0.8</v>
+      </c>
+      <c r="Y26" s="27">
+        <v>0.1</v>
+      </c>
+      <c r="Z26" s="26">
+        <v>1</v>
+      </c>
+      <c r="AA26" s="30">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="27" spans="1:27" ht="10.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A27" s="67" t="s">
+        <v>54</v>
+      </c>
+      <c r="B27" s="39">
+        <v>6905</v>
+      </c>
+      <c r="C27" s="40">
+        <v>100</v>
+      </c>
+      <c r="D27" s="40">
+        <v>2</v>
+      </c>
+      <c r="E27" s="32">
+        <v>2060</v>
+      </c>
+      <c r="F27" s="33">
+        <v>29.8</v>
+      </c>
+      <c r="G27" s="33">
+        <v>3.1</v>
+      </c>
+      <c r="H27" s="32">
+        <v>704</v>
+      </c>
+      <c r="I27" s="33">
+        <v>10.199999999999999</v>
+      </c>
+      <c r="J27" s="33">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="K27" s="32">
+        <v>1162</v>
+      </c>
+      <c r="L27" s="33">
+        <v>16.8</v>
+      </c>
+      <c r="M27" s="33">
+        <v>2.4</v>
+      </c>
+      <c r="N27" s="32">
+        <v>1123</v>
+      </c>
+      <c r="O27" s="33">
+        <v>16.3</v>
+      </c>
+      <c r="P27" s="33">
+        <v>2.4</v>
+      </c>
+      <c r="Q27" s="32">
+        <v>935</v>
+      </c>
+      <c r="R27" s="33">
+        <v>13.5</v>
+      </c>
+      <c r="S27" s="33">
+        <v>2</v>
+      </c>
+      <c r="T27" s="32">
+        <v>852</v>
+      </c>
+      <c r="U27" s="33">
+        <v>12.3</v>
+      </c>
+      <c r="V27" s="33">
+        <v>2.1</v>
+      </c>
+      <c r="W27" s="32">
+        <v>70</v>
+      </c>
+      <c r="X27" s="34">
+        <v>1</v>
+      </c>
+      <c r="Y27" s="33">
+        <v>0.1</v>
+      </c>
+      <c r="Z27" s="32">
+        <v>0</v>
+      </c>
+      <c r="AA27" s="33">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="28" spans="1:27" ht="10.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A28" s="17"/>
+      <c r="B28" s="11"/>
+      <c r="C28" s="15"/>
+      <c r="D28" s="11"/>
+      <c r="E28" s="11"/>
+      <c r="F28" s="15"/>
+    </row>
+    <row r="29" spans="1:27" ht="10.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A29" s="10" t="s">
         <v>3</v>
-      </c>
-[...124 lines deleted...]
-        <v>7</v>
       </c>
       <c r="B29" s="12"/>
       <c r="C29" s="15"/>
-      <c r="D29" s="15"/>
-      <c r="E29" s="15"/>
+      <c r="D29" s="10"/>
+      <c r="E29" s="10"/>
       <c r="F29" s="15"/>
+      <c r="K29" s="68"/>
     </row>
     <row r="30" spans="1:27" ht="10.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A30" s="15"/>
-      <c r="B30" s="16"/>
+      <c r="A30" s="10" t="s">
+        <v>4</v>
+      </c>
+      <c r="B30" s="14"/>
       <c r="C30" s="17"/>
-      <c r="D30" s="16"/>
-      <c r="E30" s="16"/>
+      <c r="D30" s="19"/>
+      <c r="E30" s="20"/>
       <c r="F30" s="17"/>
     </row>
     <row r="31" spans="1:27" ht="10.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A31" s="16" t="s">
-[...2 lines deleted...]
-      <c r="B31" s="16"/>
+      <c r="A31" s="13" t="s">
+        <v>5</v>
+      </c>
+      <c r="B31" s="14"/>
       <c r="C31" s="17"/>
-      <c r="D31" s="16"/>
-      <c r="E31" s="16"/>
+      <c r="D31" s="19"/>
+      <c r="E31" s="20"/>
       <c r="F31" s="17"/>
     </row>
     <row r="32" spans="1:27" ht="10.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A32" s="16" t="s">
-        <v>22</v>
+      <c r="A32" s="13" t="s">
+        <v>6</v>
       </c>
       <c r="B32" s="12"/>
-      <c r="C32" s="17"/>
-[...2 lines deleted...]
-      <c r="F32" s="17"/>
+      <c r="C32" s="15"/>
+      <c r="D32" s="15"/>
+      <c r="E32" s="15"/>
+      <c r="F32" s="15"/>
     </row>
     <row r="33" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A33" s="17"/>
-[...4 lines deleted...]
-      <c r="F33" s="18"/>
+      <c r="A33" s="15"/>
+      <c r="B33" s="16"/>
+      <c r="C33" s="17"/>
+      <c r="D33" s="16"/>
+      <c r="E33" s="16"/>
+      <c r="F33" s="17"/>
     </row>
     <row r="34" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A34" s="17" t="s">
-[...3 lines deleted...]
-      <c r="E34" s="8"/>
+      <c r="A34" s="16" t="s">
+        <v>55</v>
+      </c>
+      <c r="B34" s="16"/>
+      <c r="C34" s="17"/>
+      <c r="D34" s="16"/>
+      <c r="E34" s="16"/>
+      <c r="F34" s="17"/>
     </row>
     <row r="35" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="D35" s="8"/>
-      <c r="E35" s="9"/>
+      <c r="A35" s="16" t="s">
+        <v>56</v>
+      </c>
+      <c r="B35" s="12"/>
+      <c r="C35" s="17"/>
+      <c r="D35" s="16"/>
+      <c r="E35" s="17"/>
+      <c r="F35" s="17"/>
     </row>
     <row r="36" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="D36" s="8"/>
-      <c r="E36" s="8"/>
+      <c r="A36" s="17"/>
+      <c r="B36" s="12"/>
+      <c r="C36" s="18"/>
+      <c r="D36" s="14"/>
+      <c r="E36" s="14"/>
+      <c r="F36" s="18"/>
     </row>
     <row r="37" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="D37" s="8"/>
+      <c r="A37" s="17" t="s">
+        <v>52</v>
+      </c>
+      <c r="B37" s="9"/>
       <c r="E37" s="8"/>
     </row>
     <row r="38" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="D38" s="8"/>
-      <c r="E38" s="8"/>
+      <c r="E38" s="9"/>
     </row>
     <row r="39" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="D39" s="8"/>
       <c r="E39" s="8"/>
     </row>
     <row r="40" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="D40" s="8"/>
       <c r="E40" s="8"/>
     </row>
     <row r="41" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="D41" s="8"/>
       <c r="E41" s="8"/>
     </row>
     <row r="42" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="D42" s="8"/>
       <c r="E42" s="8"/>
     </row>
     <row r="43" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="D43" s="8"/>
       <c r="E43" s="8"/>
     </row>
     <row r="44" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="D44" s="8"/>
       <c r="E44" s="8"/>
     </row>
+    <row r="45" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="D45" s="8"/>
+      <c r="E45" s="8"/>
+    </row>
+    <row r="46" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="D46" s="8"/>
+      <c r="E46" s="8"/>
+    </row>
+    <row r="47" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="D47" s="8"/>
+      <c r="E47" s="8"/>
+    </row>
   </sheetData>
   <mergeCells count="9">
-    <mergeCell ref="T4:V4"/>
-[...7 lines deleted...]
-    <mergeCell ref="Q4:S4"/>
+    <mergeCell ref="T6:V6"/>
+    <mergeCell ref="W6:Y6"/>
+    <mergeCell ref="Z6:AA6"/>
+    <mergeCell ref="B6:D6"/>
+    <mergeCell ref="E6:G6"/>
+    <mergeCell ref="H6:J6"/>
+    <mergeCell ref="K6:M6"/>
+    <mergeCell ref="N6:P6"/>
+    <mergeCell ref="Q6:S6"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.47244094488188981" bottom="0.82677165354330717" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;"Arial,Normal"&amp;6Service de la statistique et de la donnée du canton de Fribourg
 &amp;F-&amp;D-&amp;T&amp;R&amp;"Arial,Normal"&amp;6&amp;P/&amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{01F68DA8-250A-4995-8065-5BDB4E8D362E}">
   <dimension ref="A1:E17"/>
   <sheetViews>
-    <sheetView showGridLines="0" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.453125" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="8.453125" style="50" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="16384" width="11.453125" style="50"/>
+    <col min="1" max="1" width="8.453125" style="43" customWidth="1"/>
+    <col min="2" max="2" width="37.7265625" style="43" customWidth="1"/>
+    <col min="3" max="3" width="3.453125" style="43" customWidth="1"/>
+    <col min="4" max="4" width="8.453125" style="43" customWidth="1"/>
+    <col min="5" max="5" width="37.7265625" style="43" customWidth="1"/>
+    <col min="6" max="16384" width="11.453125" style="43"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.35">
-      <c r="A1" s="49" t="s">
+      <c r="A1" s="42" t="s">
+        <v>18</v>
+      </c>
+      <c r="D1" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="2" spans="1:5" s="45" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="44" t="s">
+        <v>0</v>
+      </c>
+      <c r="D2" s="44" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="3" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A3" s="46" t="s">
+        <v>20</v>
+      </c>
+      <c r="B3" s="47" t="s">
+        <v>21</v>
+      </c>
+      <c r="C3" s="48"/>
+      <c r="D3" s="46" t="s">
+        <v>22</v>
+      </c>
+      <c r="E3" s="46" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A4" s="49" t="s">
         <v>24</v>
       </c>
-      <c r="D1" s="49" t="s">
+      <c r="B4" s="50" t="s">
         <v>25</v>
       </c>
-    </row>
-[...9 lines deleted...]
-      <c r="A3" s="53" t="s">
+      <c r="C4" s="51"/>
+      <c r="D4" s="49" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" s="50" t="s">
         <v>26</v>
       </c>
-      <c r="B3" s="54" t="s">
+    </row>
+    <row r="5" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A5" s="52" t="s">
         <v>27</v>
       </c>
-      <c r="C3" s="55"/>
-      <c r="D3" s="53" t="s">
+      <c r="B5" s="53" t="s">
         <v>28</v>
       </c>
-      <c r="E3" s="53" t="s">
+      <c r="C5" s="51"/>
+      <c r="D5" s="52" t="s">
         <v>29</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" s="56" t="s">
+      <c r="E5" s="53" t="s">
         <v>30</v>
       </c>
-      <c r="B4" s="57" t="s">
+    </row>
+    <row r="6" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A6" s="54" t="s">
         <v>31</v>
       </c>
-      <c r="C4" s="58"/>
-[...3 lines deleted...]
-      <c r="E4" s="57" t="s">
+      <c r="B6" s="50" t="s">
         <v>32</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="59" t="s">
+      <c r="C6" s="51"/>
+      <c r="D6" s="54" t="s">
         <v>33</v>
       </c>
-      <c r="B5" s="60" t="s">
+      <c r="E6" s="50" t="s">
         <v>34</v>
       </c>
-      <c r="C5" s="58"/>
-      <c r="D5" s="59" t="s">
+    </row>
+    <row r="7" spans="1:5" ht="17" x14ac:dyDescent="0.35">
+      <c r="A7" s="52" t="s">
         <v>35</v>
       </c>
-      <c r="E5" s="60" t="s">
+      <c r="B7" s="53" t="s">
         <v>36</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A6" s="61" t="s">
+      <c r="C7" s="51"/>
+      <c r="D7" s="52" t="s">
+        <v>35</v>
+      </c>
+      <c r="E7" s="53" t="s">
         <v>37</v>
       </c>
-      <c r="B6" s="57" t="s">
+    </row>
+    <row r="8" spans="1:5" ht="17" x14ac:dyDescent="0.35">
+      <c r="A8" s="49" t="s">
         <v>38</v>
       </c>
-      <c r="C6" s="58"/>
-      <c r="D6" s="61" t="s">
+      <c r="B8" s="50" t="s">
         <v>39</v>
       </c>
-      <c r="E6" s="57" t="s">
+      <c r="C8" s="51"/>
+      <c r="D8" s="49" t="s">
+        <v>38</v>
+      </c>
+      <c r="E8" s="50" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="7" spans="1:5" ht="17" x14ac:dyDescent="0.35">
-      <c r="A7" s="59" t="s">
+    <row r="9" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A9" s="52" t="s">
         <v>41</v>
       </c>
-      <c r="B7" s="60" t="s">
+      <c r="B9" s="53" t="s">
         <v>42</v>
       </c>
-      <c r="C7" s="58"/>
-      <c r="D7" s="59" t="s">
+      <c r="C9" s="51"/>
+      <c r="D9" s="52" t="s">
         <v>41</v>
       </c>
-      <c r="E7" s="60" t="s">
+      <c r="E9" s="53" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="8" spans="1:5" ht="17" x14ac:dyDescent="0.35">
-      <c r="A8" s="56" t="s">
+    <row r="10" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A10" s="49" t="s">
         <v>44</v>
       </c>
-      <c r="B8" s="57" t="s">
+      <c r="B10" s="50" t="s">
         <v>45</v>
       </c>
-      <c r="C8" s="58"/>
-      <c r="D8" s="56" t="s">
+      <c r="C10" s="51"/>
+      <c r="D10" s="49" t="s">
         <v>44</v>
       </c>
-      <c r="E8" s="57" t="s">
+      <c r="E10" s="50" t="s">
         <v>46</v>
       </c>
     </row>
-    <row r="9" spans="1:5" x14ac:dyDescent="0.35">
-      <c r="A9" s="59" t="s">
+    <row r="11" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A11" s="55" t="s">
         <v>47</v>
       </c>
-      <c r="B9" s="60" t="s">
+      <c r="B11" s="56" t="s">
         <v>48</v>
       </c>
-      <c r="C9" s="58"/>
-      <c r="D9" s="59" t="s">
+      <c r="C11" s="51"/>
+      <c r="D11" s="55" t="s">
         <v>47</v>
       </c>
-      <c r="E9" s="60" t="s">
+      <c r="E11" s="56" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="10" spans="1:5" x14ac:dyDescent="0.35">
-[...28 lines deleted...]
-    </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.35">
-      <c r="A12" s="64"/>
-      <c r="D12" s="64"/>
+      <c r="A12" s="57"/>
+      <c r="D12" s="57"/>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.35">
-      <c r="A13" s="64"/>
-      <c r="D13" s="64"/>
+      <c r="A13" s="57"/>
+      <c r="D13" s="57"/>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.35">
-      <c r="A14" s="65"/>
-      <c r="D14" s="64"/>
+      <c r="A14" s="58"/>
+      <c r="D14" s="57"/>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.35">
-      <c r="A15" s="65"/>
-      <c r="D15" s="64"/>
+      <c r="A15" s="58"/>
+      <c r="D15" s="57"/>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.35">
-      <c r="A16" s="64"/>
-      <c r="D16" s="64"/>
+      <c r="A16" s="57"/>
+      <c r="D16" s="57"/>
     </row>
     <row r="17" spans="1:4" x14ac:dyDescent="0.35">
-      <c r="A17" s="64"/>
-      <c r="D17" s="64"/>
+      <c r="A17" s="57"/>
+      <c r="D17" s="57"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Plages nommées</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>