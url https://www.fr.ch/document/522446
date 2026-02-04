--- v0 (2025-12-05)
+++ v1 (2026-02-04)
@@ -1,98 +1,98 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="L:\00 Bases statistiques et produits généraux\01 Synthèses\03 Site Internet\06 Pages sous-produits\05 Protection sociale et santé\1305 Aide sociale au sens large\Excel\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\ad.net.fr.ch\dfs\DEE\SSD\WP\00 Bases statistiques et produits généraux\01 Synthèses\03 Site Internet\06 Pages sous-produits\05 Protection sociale et santé\1305 Aide sociale au sens large\Excel\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FD6FE490-45AC-47E5-86FD-9DD7EBC013A4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B7D58038-6E14-44F0-A2B2-ADFCE888AB36}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{01203690-2167-403C-9A60-4E7A74959FC4}"/>
+    <workbookView xWindow="28680" yWindow="-2400" windowWidth="29040" windowHeight="15720" xr2:uid="{01203690-2167-403C-9A60-4E7A74959FC4}"/>
   </bookViews>
   <sheets>
-    <sheet name="te524" sheetId="3" r:id="rId1"/>
+    <sheet name="te524" sheetId="5" r:id="rId1"/>
     <sheet name="Signes - Zeichen" sheetId="4" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_AMO_UniqueIdentifier" hidden="1">"'e5574fd6-7cb9-48df-bd10-6f66a4681851'"</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'te524'!$A$1:$F$77</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'te524'!$A$1:$F$78</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="E42" i="3" l="1"/>
-[...5 lines deleted...]
-  <c r="E36" i="3"/>
+  <c r="E42" i="5" l="1"/>
+  <c r="E41" i="5"/>
+  <c r="E40" i="5"/>
+  <c r="E39" i="5"/>
+  <c r="E38" i="5"/>
+  <c r="E37" i="5"/>
+  <c r="E36" i="5"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="110" uniqueCount="96">
   <si>
     <t>—</t>
   </si>
   <si>
     <t>T13-05-01</t>
   </si>
   <si>
     <r>
       <t>Dossiers</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="6"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>2</t>
     </r>
@@ -351,208 +351,208 @@
       <t>2</t>
     </r>
     <r>
       <rPr>
         <sz val="6"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Allfällige Unterschiede zwischen Gesamtsumme und addierten Einzelwerten sind auf Doppelzählungen und Gewichtungen zurückzuführen</t>
     </r>
   </si>
   <si>
     <r>
       <t>3</t>
     </r>
     <r>
       <rPr>
         <sz val="6"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Part des bénéficiaires de l'aide sociale par rapport à la population résidante permanente / Anteil der Sozialhilfebeziehenden an der ständigen Wohnbevölkerung</t>
     </r>
   </si>
   <si>
-    <t>Suisse / Schweiz (2023)</t>
-[...5 lines deleted...]
-    <t>Kanton Freiburg (2023)</t>
+    <t>Légende des signes</t>
+  </si>
+  <si>
+    <t>Zeichenerklärung</t>
+  </si>
+  <si>
+    <t>Signes</t>
+  </si>
+  <si>
+    <t>Explication</t>
+  </si>
+  <si>
+    <t>Zeichen</t>
+  </si>
+  <si>
+    <t>Erklärung</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>Valeur rigoureusement nulle ou inexistante</t>
+  </si>
+  <si>
+    <t>Es kommt nichts vor (Wert genau Null)</t>
+  </si>
+  <si>
+    <t>0 ou 0,0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Valeur très faible, arrondie à zéro, mais non nulle </t>
+  </si>
+  <si>
+    <t>0 oder 0,0</t>
+  </si>
+  <si>
+    <t>Sehr kleiner Wert, auf Null gerundet, aber nicht genau null</t>
+  </si>
+  <si>
+    <t>(chiffre)</t>
+  </si>
+  <si>
+    <t>Résultat à interpréter avec prudence (trop peu d'observations)</t>
+  </si>
+  <si>
+    <t>(Zahl)</t>
+  </si>
+  <si>
+    <t>Resultat mit Vorsicht zu interpretieren (zu wenige Beobachtungen)</t>
+  </si>
+  <si>
+    <t>( )</t>
+  </si>
+  <si>
+    <t>Donnée confidentielle, non communiquée pour des raisons de protection des données</t>
+  </si>
+  <si>
+    <t>Zahlenangabe unterbleibt aus Gründen des Datenschutzes</t>
+  </si>
+  <si>
+    <t>...</t>
+  </si>
+  <si>
+    <t>Donnée inconnue, inconcevable ou non mentionnée pour des raisons statistiques</t>
+  </si>
+  <si>
+    <t>Zahl nicht bekannt, gegenstandslos oder aus statistischen Gründen nicht aufgeführt</t>
+  </si>
+  <si>
+    <t>r</t>
+  </si>
+  <si>
+    <t>Donnée revue et corrigée</t>
+  </si>
+  <si>
+    <t>Korrigierter Wert</t>
+  </si>
+  <si>
+    <t>p</t>
+  </si>
+  <si>
+    <t>Donnée provisoire</t>
+  </si>
+  <si>
+    <t>Provisorischer Wert</t>
+  </si>
+  <si>
+    <t>e</t>
+  </si>
+  <si>
+    <t>Donnée estimée</t>
+  </si>
+  <si>
+    <t>Geschätzter Wert</t>
   </si>
   <si>
     <r>
       <t>Aide sociale</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="6.5"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>1</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>, par canton et district, de 2005 à 2023</t>
+      <t>, par canton et district, de 2005 à 2024</t>
     </r>
   </si>
   <si>
     <r>
       <t>Sozialhilfe</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">1 </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>nach Kanton und Bezirk von 2005 bis 2023</t>
+      <t>nach Kanton und Bezirk von 2005 bis 2024</t>
     </r>
   </si>
   <si>
-    <t>Source: Statistique suisse de l'aide sociale, de 2005 à 2023 - Office fédéral de la statistique, Neuchâtel</t>
-[...101 lines deleted...]
-    <t>Geschätzter Wert</t>
+    <t>Suisse / Schweiz (2024)</t>
+  </si>
+  <si>
+    <t>Canton de Fribourg (2024)</t>
+  </si>
+  <si>
+    <t>Kanton Freiburg (2024)</t>
+  </si>
+  <si>
+    <t>Source: Statistique suisse de l'aide sociale, de 2005 à 2024 - Office fédéral de la statistique, Neuchâtel</t>
+  </si>
+  <si>
+    <t>Quelle: Schweizerische Sozialhilfestatistik von 2005 bis 2024 - Bundesamt für Statistik, Neuenburg, te26-524</t>
+  </si>
+  <si>
+    <t>Actualisation / Aktualisiert am: 15.01.2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="#\ ###\ ###"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
     <numFmt numFmtId="166" formatCode="#,##0.0"/>
     <numFmt numFmtId="167" formatCode="#.0\ ###\ ###"/>
   </numFmts>
   <fonts count="20" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Courier"/>
       <family val="3"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
@@ -799,51 +799,51 @@
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="89">
+  <cellXfs count="90">
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
@@ -1053,104 +1053,107 @@
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="6" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="6" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="5" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="7" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="8" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="2" applyFont="1"/>
     <xf numFmtId="164" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="166" fontId="5" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{D1200D68-8990-4999-841D-CD9F04EF7ADA}"/>
     <cellStyle name="Normal 5" xfId="2" xr:uid="{5D8CA38D-487D-4705-BA67-A1B4BC5FBFE7}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>6</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>48</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>6</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>48</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="2" name="Texte 4">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{14F46933-9CEB-40F9-8122-F05004DEACE0}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{63369CC3-D25B-4933-80D8-1AA546B217A9}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1">
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="6667500" y="6496050"/>
+          <a:off x="6686550" y="6496050"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:srgbClr val="EAEAEA"/>
         </a:solidFill>
         <a:ln w="9525">
           <a:noFill/>
           <a:miter lim="800000"/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
       </xdr:spPr>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" wrap="square" lIns="27432" tIns="27432" rIns="0" bIns="0" anchor="t" upright="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="l" rtl="0">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:endParaRPr lang="fr-CH" sz="700" b="0" i="0" u="none" strike="noStrike" baseline="0">
             <a:solidFill>
               <a:srgbClr val="000000"/>
@@ -1494,1740 +1497,1755 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3EF17E41-B920-498C-A71D-BF96BE1073D3}">
-  <dimension ref="A1:I94"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8D96FFF0-45BD-4466-8203-D40AC5631BFB}">
+  <dimension ref="A1:I95"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView showGridLines="0" tabSelected="1" zoomScale="130" zoomScaleNormal="130" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11" defaultRowHeight="10.5" customHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11" defaultRowHeight="10.5" customHeight="1" x14ac:dyDescent="0.15"/>
   <cols>
-    <col min="1" max="1" width="18.4140625" style="31" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="7" max="7" width="14.4140625" style="31" customWidth="1"/>
+    <col min="1" max="6" width="14.625" style="31" customWidth="1"/>
+    <col min="7" max="7" width="14.5" style="31" customWidth="1"/>
     <col min="8" max="16384" width="11" style="31"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" s="2" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:7" s="2" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A1" s="1" t="s">
-        <v>59</v>
+        <v>88</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
     </row>
-    <row r="2" spans="1:7" s="4" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:7" s="4" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A2" s="3" t="s">
-        <v>60</v>
+        <v>89</v>
       </c>
       <c r="B2" s="3"/>
       <c r="C2" s="3"/>
       <c r="D2" s="3"/>
       <c r="E2" s="3"/>
       <c r="F2" s="3"/>
     </row>
-    <row r="3" spans="1:7" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:7" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A3" s="5" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
       <c r="D3" s="6"/>
       <c r="E3" s="6"/>
       <c r="F3" s="6"/>
     </row>
-    <row r="4" spans="1:7" s="12" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:7" s="12" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A4" s="7" t="s">
         <v>1</v>
       </c>
       <c r="B4" s="8" t="s">
         <v>2</v>
       </c>
       <c r="C4" s="9" t="s">
         <v>3</v>
       </c>
       <c r="D4" s="10"/>
       <c r="E4" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F4" s="11" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="5" spans="1:7" s="12" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:7" s="12" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A5" s="13"/>
       <c r="B5" s="14" t="s">
         <v>6</v>
       </c>
       <c r="C5" s="11" t="s">
         <v>7</v>
       </c>
       <c r="D5" s="11" t="s">
         <v>8</v>
       </c>
       <c r="E5" s="15" t="s">
         <v>9</v>
       </c>
       <c r="F5" s="15" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="6" spans="1:7" s="12" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:7" s="12" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A6" s="16"/>
       <c r="B6" s="17"/>
       <c r="C6" s="18"/>
       <c r="D6" s="18" t="s">
         <v>11</v>
       </c>
       <c r="E6" s="19"/>
       <c r="F6" s="18"/>
     </row>
-    <row r="7" spans="1:7" s="25" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:7" s="25" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A7" s="20" t="s">
-        <v>56</v>
+        <v>90</v>
       </c>
       <c r="B7" s="21">
-        <v>158744</v>
+        <v>162777</v>
       </c>
       <c r="C7" s="21">
-        <v>249659</v>
+        <v>255804</v>
       </c>
       <c r="D7" s="22">
-        <v>52.383851573546316</v>
+        <v>52.050007036637425</v>
       </c>
       <c r="E7" s="23">
-        <v>1.5727145592904299</v>
+        <v>1.57</v>
       </c>
       <c r="F7" s="24">
-        <v>2.8</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:7" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+        <v>2.9</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A8" s="26" t="s">
         <v>12</v>
       </c>
       <c r="B8" s="27">
-        <v>7617</v>
+        <v>7364</v>
       </c>
       <c r="C8" s="27">
-        <v>11873</v>
+        <v>11327</v>
       </c>
       <c r="D8" s="28">
-        <v>57.441253263707573</v>
+        <v>56.934757658691623</v>
       </c>
       <c r="E8" s="29">
-        <v>1.5587501641066037</v>
+        <v>1.54</v>
       </c>
       <c r="F8" s="30">
-        <v>1.7</v>
+        <v>1.6</v>
       </c>
       <c r="G8" s="25"/>
     </row>
-    <row r="9" spans="1:7" s="32" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:7" s="32" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A9" s="26" t="s">
         <v>13</v>
       </c>
       <c r="B9" s="27">
-        <v>742</v>
+        <v>759</v>
       </c>
       <c r="C9" s="27">
-        <v>1060</v>
+        <v>1052</v>
       </c>
       <c r="D9" s="28">
-        <v>48.962264150943398</v>
+        <v>50.285171102661593</v>
       </c>
       <c r="E9" s="29">
-        <v>1.4285714285714286</v>
+        <v>1.39</v>
       </c>
       <c r="F9" s="30">
         <v>1.9</v>
       </c>
       <c r="G9" s="25"/>
     </row>
-    <row r="10" spans="1:7" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:7" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A10" s="26" t="s">
         <v>14</v>
       </c>
       <c r="B10" s="27">
-        <v>68</v>
+        <v>80</v>
       </c>
       <c r="C10" s="27">
-        <v>132</v>
+        <v>149</v>
       </c>
       <c r="D10" s="28">
-        <v>62.121212121212125</v>
+        <v>66.442953020134226</v>
       </c>
       <c r="E10" s="29">
-        <v>1.9411764705882353</v>
+        <v>1.86</v>
       </c>
       <c r="F10" s="30">
-        <v>0.8</v>
+        <v>0.9</v>
       </c>
       <c r="G10" s="25"/>
     </row>
-    <row r="11" spans="1:7" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:7" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A11" s="26" t="s">
         <v>15</v>
       </c>
       <c r="B11" s="27">
-        <v>4435</v>
+        <v>4672</v>
       </c>
       <c r="C11" s="27">
-        <v>7129</v>
+        <v>7214</v>
       </c>
       <c r="D11" s="28">
-        <v>56.824239023705992</v>
+        <v>57.346825616856108</v>
       </c>
       <c r="E11" s="29">
-        <v>1.6074408117249155</v>
+        <v>1.54</v>
       </c>
       <c r="F11" s="30">
         <v>2.4</v>
       </c>
       <c r="G11" s="25"/>
     </row>
-    <row r="12" spans="1:7" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:7" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A12" s="26" t="s">
         <v>16</v>
       </c>
       <c r="B12" s="27">
-        <v>6257</v>
+        <v>6221</v>
       </c>
       <c r="C12" s="27">
-        <v>9362</v>
+        <v>9304</v>
       </c>
       <c r="D12" s="28">
-        <v>51.046784875026709</v>
+        <v>51.612209802235597</v>
       </c>
       <c r="E12" s="29">
-        <v>1.4962442064887327</v>
+        <v>1.5</v>
       </c>
       <c r="F12" s="30">
-        <v>4.8</v>
+        <v>4.7</v>
       </c>
       <c r="G12" s="25"/>
     </row>
-    <row r="13" spans="1:7" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:7" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A13" s="26" t="s">
         <v>17</v>
       </c>
       <c r="B13" s="27">
-        <v>23763</v>
+        <v>24738</v>
       </c>
       <c r="C13" s="27">
-        <v>37137</v>
+        <v>38790</v>
       </c>
       <c r="D13" s="28">
-        <v>49.193526671513581</v>
+        <v>50.505284867233826</v>
       </c>
       <c r="E13" s="29">
-        <v>1.5628077262971847</v>
+        <v>1.57</v>
       </c>
       <c r="F13" s="30">
-        <v>3.5</v>
+        <v>3.6</v>
       </c>
       <c r="G13" s="25"/>
     </row>
-    <row r="14" spans="1:7" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:7" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A14" s="26" t="s">
         <v>18</v>
       </c>
       <c r="B14" s="27">
-        <v>3762</v>
+        <v>4081</v>
       </c>
       <c r="C14" s="27">
-        <v>6370</v>
+        <v>6905</v>
       </c>
       <c r="D14" s="28">
-        <v>57.032967032967029</v>
+        <v>54.945691527878346</v>
       </c>
       <c r="E14" s="29">
-        <v>1.6932482721956406</v>
+        <v>1.69</v>
       </c>
       <c r="F14" s="30">
-        <v>1.9</v>
+        <v>2</v>
       </c>
       <c r="G14" s="25"/>
     </row>
-    <row r="15" spans="1:7" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:7" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A15" s="26" t="s">
         <v>19</v>
       </c>
       <c r="B15" s="27">
-        <v>20251</v>
+        <v>21871</v>
       </c>
       <c r="C15" s="27">
-        <v>32556</v>
+        <v>34886</v>
       </c>
       <c r="D15" s="28">
-        <v>52.414301511242165</v>
+        <v>52.390643811270998</v>
       </c>
       <c r="E15" s="29">
-        <v>1.6076243148486495</v>
+        <v>1.6</v>
       </c>
       <c r="F15" s="30">
-        <v>6.3</v>
+        <v>6.7</v>
       </c>
       <c r="G15" s="25"/>
     </row>
-    <row r="16" spans="1:7" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:7" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A16" s="26" t="s">
         <v>20</v>
       </c>
       <c r="B16" s="27">
-        <v>420</v>
+        <v>426</v>
       </c>
       <c r="C16" s="27">
-        <v>638</v>
+        <v>648</v>
       </c>
       <c r="D16" s="28">
-        <v>51.253918495297803</v>
+        <v>50.771604938271608</v>
       </c>
       <c r="E16" s="29">
-        <v>1.519047619047619</v>
+        <v>1.52</v>
       </c>
       <c r="F16" s="30">
         <v>1.5</v>
       </c>
       <c r="G16" s="25"/>
     </row>
-    <row r="17" spans="1:9" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:9" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A17" s="26" t="s">
         <v>21</v>
       </c>
       <c r="B17" s="27">
-        <v>1388</v>
+        <v>1345</v>
       </c>
       <c r="C17" s="27">
-        <v>2187</v>
+        <v>2081</v>
       </c>
       <c r="D17" s="28">
-        <v>50.114311842706904</v>
+        <v>51.417587698222015</v>
       </c>
       <c r="E17" s="29">
-        <v>1.5756484149855907</v>
+        <v>1.55</v>
       </c>
       <c r="F17" s="30">
-        <v>1.1000000000000001</v>
+        <v>1</v>
       </c>
       <c r="G17" s="25"/>
     </row>
-    <row r="18" spans="1:9" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:9" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A18" s="26" t="s">
         <v>22</v>
       </c>
       <c r="B18" s="27">
-        <v>1673</v>
+        <v>1787</v>
       </c>
       <c r="C18" s="27">
-        <v>2711</v>
+        <v>2887</v>
       </c>
       <c r="D18" s="28">
-        <v>47.399483585392844</v>
+        <v>47.350190509179079</v>
       </c>
       <c r="E18" s="29">
-        <v>1.6204423191870891</v>
+        <v>1.62</v>
       </c>
       <c r="F18" s="30">
-        <v>3.7</v>
+        <v>3.9</v>
       </c>
       <c r="G18" s="25"/>
     </row>
-    <row r="19" spans="1:9" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:9" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A19" s="26" t="s">
         <v>23</v>
       </c>
       <c r="B19" s="27">
-        <v>5695</v>
+        <v>5592</v>
       </c>
       <c r="C19" s="27">
-        <v>9288</v>
+        <v>8873</v>
       </c>
       <c r="D19" s="28">
-        <v>57.36434108527132</v>
+        <v>56.86915361208159</v>
       </c>
       <c r="E19" s="29">
-        <v>1.6309043020193152</v>
+        <v>1.59</v>
       </c>
       <c r="F19" s="30">
-        <v>2.2000000000000002</v>
+        <v>2.1</v>
       </c>
       <c r="G19" s="25"/>
     </row>
-    <row r="20" spans="1:9" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:9" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A20" s="26" t="s">
         <v>24</v>
       </c>
       <c r="B20" s="27">
-        <v>6398</v>
+        <v>6344</v>
       </c>
       <c r="C20" s="27">
-        <v>10341</v>
+        <v>10227</v>
       </c>
       <c r="D20" s="28">
-        <v>44.918286432646745</v>
+        <v>44.910530947491935</v>
       </c>
       <c r="E20" s="29">
-        <v>1.6162863394810878</v>
+        <v>1.61</v>
       </c>
       <c r="F20" s="30">
-        <v>5.9</v>
+        <v>5.7</v>
       </c>
       <c r="G20" s="25"/>
     </row>
-    <row r="21" spans="1:9" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:9" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A21" s="26" t="s">
         <v>25</v>
       </c>
       <c r="B21" s="27">
-        <v>268</v>
+        <v>255</v>
       </c>
       <c r="C21" s="27">
-        <v>482</v>
+        <v>450</v>
       </c>
       <c r="D21" s="28">
-        <v>54.149377593360995</v>
+        <v>56.000000000000007</v>
       </c>
       <c r="E21" s="29">
-        <v>1.7985074626865671</v>
+        <v>1.76</v>
       </c>
       <c r="F21" s="30">
-        <v>1.1000000000000001</v>
+        <v>1</v>
       </c>
       <c r="G21" s="25"/>
     </row>
-    <row r="22" spans="1:9" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:9" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A22" s="26" t="s">
         <v>26</v>
       </c>
       <c r="B22" s="27">
-        <v>252</v>
+        <v>217</v>
       </c>
       <c r="C22" s="27">
-        <v>370</v>
+        <v>309</v>
       </c>
       <c r="D22" s="28">
-        <v>51.351351351351347</v>
+        <v>48.543689320388353</v>
       </c>
       <c r="E22" s="29">
-        <v>1.4682539682539681</v>
+        <v>1.42</v>
       </c>
       <c r="F22" s="30">
-        <v>1</v>
+        <v>0.8</v>
       </c>
       <c r="G22" s="25"/>
     </row>
-    <row r="23" spans="1:9" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:9" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A23" s="26" t="s">
         <v>27</v>
       </c>
       <c r="B23" s="27">
-        <v>6314</v>
+        <v>6213</v>
       </c>
       <c r="C23" s="27">
-        <v>9939</v>
+        <v>9654</v>
       </c>
       <c r="D23" s="28">
-        <v>53.737800583559711</v>
+        <v>52.807126579656106</v>
       </c>
       <c r="E23" s="29">
-        <v>1.5741210009502693</v>
+        <v>1.55</v>
       </c>
       <c r="F23" s="30">
-        <v>1.9</v>
+        <v>1.8</v>
       </c>
       <c r="G23" s="25"/>
     </row>
-    <row r="24" spans="1:9" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:9" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A24" s="26" t="s">
         <v>28</v>
       </c>
       <c r="B24" s="27">
-        <v>1580</v>
+        <v>1620</v>
       </c>
       <c r="C24" s="27">
-        <v>2437</v>
+        <v>2452</v>
       </c>
       <c r="D24" s="28">
-        <v>56.750102585145669</v>
+        <v>55.097879282218599</v>
       </c>
       <c r="E24" s="29">
-        <v>1.5424050632911392</v>
+        <v>1.51</v>
       </c>
       <c r="F24" s="30">
-        <v>2.9</v>
+        <v>2.8</v>
       </c>
       <c r="G24" s="25"/>
     </row>
-    <row r="25" spans="1:9" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:9" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A25" s="26" t="s">
         <v>29</v>
       </c>
       <c r="B25" s="27">
-        <v>1415</v>
+        <v>1402</v>
       </c>
       <c r="C25" s="27">
-        <v>2261</v>
+        <v>2199</v>
       </c>
       <c r="D25" s="28">
-        <v>61.034940291906238</v>
+        <v>59.299681673487946</v>
       </c>
       <c r="E25" s="29">
-        <v>1.5978798586572438</v>
+        <v>1.57</v>
       </c>
       <c r="F25" s="30">
-        <v>1.4</v>
+        <v>1.3</v>
       </c>
       <c r="G25" s="25"/>
     </row>
-    <row r="26" spans="1:9" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:9" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A26" s="26" t="s">
         <v>30</v>
       </c>
       <c r="B26" s="27">
-        <v>6196</v>
+        <v>6555</v>
       </c>
       <c r="C26" s="27">
-        <v>9084</v>
+        <v>9740</v>
       </c>
       <c r="D26" s="28">
-        <v>49.24042272126816</v>
+        <v>48.932238193018478</v>
       </c>
       <c r="E26" s="29">
-        <v>1.4661071659134925</v>
+        <v>1.49</v>
       </c>
       <c r="F26" s="30">
-        <v>3.2</v>
+        <v>3.4</v>
       </c>
       <c r="G26" s="33"/>
       <c r="H26" s="33"/>
       <c r="I26" s="33"/>
     </row>
-    <row r="27" spans="1:9" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:9" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A27" s="26" t="s">
         <v>31</v>
       </c>
       <c r="B27" s="27">
-        <v>2219</v>
+        <v>2313</v>
       </c>
       <c r="C27" s="27">
-        <v>3132</v>
+        <v>3267</v>
       </c>
       <c r="D27" s="28">
-        <v>44.891443167305233</v>
+        <v>45.056626874808693</v>
       </c>
       <c r="E27" s="29">
-        <v>1.4114465975664714</v>
+        <v>1.41</v>
       </c>
       <c r="F27" s="30">
         <v>1.1000000000000001</v>
       </c>
       <c r="G27" s="25"/>
     </row>
-    <row r="28" spans="1:9" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:9" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A28" s="26" t="s">
         <v>32</v>
       </c>
       <c r="B28" s="27">
-        <v>5895</v>
+        <v>7015</v>
       </c>
       <c r="C28" s="27">
-        <v>8439</v>
+        <v>10174</v>
       </c>
       <c r="D28" s="28">
-        <v>39.03306078919303</v>
+        <v>44.446628661293488</v>
       </c>
       <c r="E28" s="29">
-        <v>1.4315521628498729</v>
+        <v>1.45</v>
       </c>
       <c r="F28" s="30">
-        <v>2.4</v>
+        <v>2.8</v>
       </c>
       <c r="G28" s="25"/>
     </row>
-    <row r="29" spans="1:9" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:9" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A29" s="26" t="s">
         <v>33</v>
       </c>
       <c r="B29" s="27">
-        <v>253</v>
+        <v>245</v>
       </c>
       <c r="C29" s="27">
-        <v>419</v>
+        <v>424</v>
       </c>
       <c r="D29" s="28">
-        <v>66.109785202863961</v>
+        <v>65.566037735849065</v>
       </c>
       <c r="E29" s="29">
-        <v>1.6561264822134387</v>
+        <v>1.73</v>
       </c>
       <c r="F29" s="30">
         <v>1.1000000000000001</v>
       </c>
       <c r="G29" s="25"/>
     </row>
-    <row r="30" spans="1:9" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:9" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A30" s="26" t="s">
         <v>34</v>
       </c>
       <c r="B30" s="27">
-        <v>3882</v>
+        <v>4134</v>
       </c>
       <c r="C30" s="27">
-        <v>6513</v>
+        <v>7043</v>
       </c>
       <c r="D30" s="28">
-        <v>54.444956241363428</v>
+        <v>59.420701405651002</v>
       </c>
       <c r="E30" s="29">
-        <v>1.67774343122102</v>
+        <v>1.7</v>
       </c>
       <c r="F30" s="30">
-        <v>1.8</v>
+        <v>1.9</v>
       </c>
       <c r="G30" s="25"/>
     </row>
-    <row r="31" spans="1:9" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:9" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A31" s="26" t="s">
         <v>35</v>
       </c>
       <c r="B31" s="27">
-        <v>21355</v>
+        <v>21281</v>
       </c>
       <c r="C31" s="27">
-        <v>34511</v>
+        <v>35641</v>
       </c>
       <c r="D31" s="28">
-        <v>55.454782533105387</v>
+        <v>51.10125978507898</v>
       </c>
       <c r="E31" s="29">
-        <v>1.6160618122219621</v>
+        <v>1.67</v>
       </c>
       <c r="F31" s="30">
         <v>4.2</v>
       </c>
       <c r="G31" s="25"/>
     </row>
-    <row r="32" spans="1:9" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:9" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A32" s="26" t="s">
         <v>36</v>
       </c>
       <c r="B32" s="27">
-        <v>1125</v>
+        <v>1083</v>
       </c>
       <c r="C32" s="27">
-        <v>1788</v>
+        <v>1719</v>
       </c>
       <c r="D32" s="28">
-        <v>62.919463087248317</v>
+        <v>62.187318208260614</v>
       </c>
       <c r="E32" s="29">
-        <v>1.5893333333333333</v>
+        <v>1.59</v>
       </c>
       <c r="F32" s="30">
-        <v>1.4</v>
+        <v>1.3</v>
       </c>
       <c r="G32" s="25"/>
     </row>
-    <row r="33" spans="1:7" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:7" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A33" s="34" t="s">
         <v>37</v>
       </c>
       <c r="B33" s="27">
-        <v>26666</v>
+        <v>26137</v>
       </c>
       <c r="C33" s="27">
-        <v>41080</v>
+        <v>39830</v>
       </c>
       <c r="D33" s="28">
-        <v>52.351509250243424</v>
+        <v>52.287220687923671</v>
       </c>
       <c r="E33" s="29">
-        <v>1.5405385134628367</v>
+        <v>1.52</v>
       </c>
       <c r="F33" s="30">
-        <v>2.6</v>
+        <v>2.5</v>
       </c>
       <c r="G33" s="25"/>
     </row>
-    <row r="34" spans="1:7" s="37" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:7" s="37" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A34" s="35" t="s">
-        <v>57</v>
+        <v>91</v>
       </c>
       <c r="B34" s="21"/>
       <c r="C34" s="21"/>
       <c r="D34" s="21"/>
       <c r="E34" s="39"/>
       <c r="F34" s="40"/>
     </row>
-    <row r="35" spans="1:7" s="37" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:7" s="37" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A35" s="20" t="s">
-        <v>58</v>
+        <v>92</v>
       </c>
       <c r="B35" s="21">
-        <v>3762</v>
+        <v>4081</v>
       </c>
       <c r="C35" s="21">
-        <v>6370</v>
-[...2 lines deleted...]
-        <v>57.032967032967001</v>
+        <v>6905</v>
+      </c>
+      <c r="D35" s="89">
+        <v>54.945691527878346</v>
       </c>
       <c r="E35" s="23">
-        <v>1.6932482721956399</v>
+        <v>1.69</v>
       </c>
       <c r="F35" s="24">
-        <v>1.9</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:7" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A36" s="67" t="s">
         <v>38</v>
       </c>
       <c r="B36" s="68">
-        <v>278</v>
+        <v>354</v>
       </c>
       <c r="C36" s="68">
-        <v>435</v>
+        <v>535</v>
       </c>
       <c r="D36" s="69" t="s">
         <v>39</v>
       </c>
       <c r="E36" s="70">
         <f t="shared" ref="E36:E42" si="0">C36/B36</f>
-        <v>1.564748201438849</v>
+        <v>1.5112994350282485</v>
       </c>
       <c r="F36" s="71">
-        <v>1.2</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:7" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+        <v>1.5</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A37" s="67" t="s">
         <v>40</v>
       </c>
       <c r="B37" s="68">
-        <v>231</v>
+        <v>300</v>
       </c>
       <c r="C37" s="68">
-        <v>368</v>
+        <v>472</v>
       </c>
       <c r="D37" s="69" t="s">
         <v>39</v>
       </c>
       <c r="E37" s="70">
         <f t="shared" si="0"/>
-        <v>1.5930735930735931</v>
+        <v>1.5733333333333333</v>
       </c>
       <c r="F37" s="71">
-        <v>1.4</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:7" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+        <v>1.8</v>
+      </c>
+    </row>
+    <row r="38" spans="1:7" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A38" s="67" t="s">
         <v>41</v>
       </c>
       <c r="B38" s="68">
-        <v>792</v>
+        <v>889</v>
       </c>
       <c r="C38" s="68">
-        <v>1328</v>
+        <v>1489</v>
       </c>
       <c r="D38" s="69" t="s">
         <v>39</v>
       </c>
       <c r="E38" s="70">
         <f t="shared" si="0"/>
-        <v>1.6767676767676767</v>
+        <v>1.6749156355455568</v>
       </c>
       <c r="F38" s="71">
-        <v>2.2000000000000002</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:7" s="37" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+        <v>2.4</v>
+      </c>
+    </row>
+    <row r="39" spans="1:7" s="37" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A39" s="67" t="s">
         <v>42</v>
       </c>
       <c r="B39" s="68">
-        <v>1731</v>
+        <v>1914</v>
       </c>
       <c r="C39" s="68">
-        <v>3106</v>
+        <v>3383</v>
       </c>
       <c r="D39" s="69" t="s">
         <v>39</v>
       </c>
       <c r="E39" s="70">
         <f t="shared" si="0"/>
-        <v>1.7943385326400925</v>
+        <v>1.7675026123301985</v>
       </c>
       <c r="F39" s="71">
-        <v>2.9</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:7" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="40" spans="1:7" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A40" s="67" t="s">
         <v>43</v>
       </c>
       <c r="B40" s="68">
-        <v>240</v>
+        <v>158</v>
       </c>
       <c r="C40" s="68">
-        <v>376</v>
+        <v>264</v>
       </c>
       <c r="D40" s="69" t="s">
         <v>39</v>
       </c>
       <c r="E40" s="70">
         <f t="shared" si="0"/>
-        <v>1.5666666666666667</v>
+        <v>1.6708860759493671</v>
       </c>
       <c r="F40" s="71">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:7" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+        <v>0.7</v>
+      </c>
+    </row>
+    <row r="41" spans="1:7" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A41" s="67" t="s">
         <v>44</v>
       </c>
       <c r="B41" s="68">
-        <v>390</v>
+        <v>322</v>
       </c>
       <c r="C41" s="68">
-        <v>613</v>
+        <v>560</v>
       </c>
       <c r="D41" s="69" t="s">
         <v>39</v>
       </c>
       <c r="E41" s="70">
         <f t="shared" si="0"/>
-        <v>1.5717948717948718</v>
+        <v>1.7391304347826086</v>
       </c>
       <c r="F41" s="71">
-        <v>1.3</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:7" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+        <v>1.2</v>
+      </c>
+    </row>
+    <row r="42" spans="1:7" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A42" s="67" t="s">
         <v>45</v>
       </c>
       <c r="B42" s="68">
-        <v>146</v>
+        <v>199</v>
       </c>
       <c r="C42" s="68">
-        <v>213</v>
+        <v>280</v>
       </c>
       <c r="D42" s="69" t="s">
         <v>39</v>
       </c>
       <c r="E42" s="70">
         <f t="shared" si="0"/>
-        <v>1.4589041095890412</v>
+        <v>1.4070351758793971</v>
       </c>
       <c r="F42" s="71">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:7" s="37" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+        <v>1.3</v>
+      </c>
+    </row>
+    <row r="43" spans="1:7" s="37" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A43" s="35" t="s">
         <v>46</v>
       </c>
       <c r="B43" s="21"/>
       <c r="C43" s="21"/>
       <c r="D43" s="21"/>
       <c r="E43" s="39"/>
       <c r="F43" s="40"/>
     </row>
-    <row r="44" spans="1:7" s="37" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:7" s="37" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A44" s="20" t="s">
         <v>47</v>
       </c>
       <c r="B44" s="36"/>
       <c r="C44" s="36"/>
       <c r="D44" s="36"/>
       <c r="E44" s="39"/>
       <c r="F44" s="40"/>
     </row>
-    <row r="45" spans="1:7" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:7" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A45" s="42">
         <v>2005</v>
       </c>
       <c r="B45" s="27">
         <v>3266</v>
       </c>
       <c r="C45" s="27">
         <v>6504</v>
       </c>
       <c r="D45" s="38">
         <v>45.2</v>
       </c>
       <c r="E45" s="29">
         <v>1.9914268218003675</v>
       </c>
       <c r="F45" s="30">
         <v>2.5610937413862351</v>
       </c>
     </row>
-    <row r="46" spans="1:7" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:7" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A46" s="42">
         <v>2006</v>
       </c>
       <c r="B46" s="27">
         <v>3385.9043700000002</v>
       </c>
       <c r="C46" s="27">
         <v>6587.8285800000003</v>
       </c>
       <c r="D46" s="38">
         <v>44.2</v>
       </c>
       <c r="E46" s="29">
         <v>1.9456629190032322</v>
       </c>
       <c r="F46" s="30">
         <v>2.5509303238697085</v>
       </c>
     </row>
-    <row r="47" spans="1:7" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:7" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A47" s="42">
         <v>2007</v>
       </c>
       <c r="B47" s="27">
         <v>3057</v>
       </c>
       <c r="C47" s="27">
         <v>5900</v>
       </c>
       <c r="D47" s="38">
         <v>43.2</v>
       </c>
       <c r="E47" s="29">
         <v>1.93</v>
       </c>
       <c r="F47" s="30">
         <v>2.2999999999999998</v>
       </c>
     </row>
-    <row r="48" spans="1:7" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:7" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A48" s="42">
         <v>2008</v>
       </c>
       <c r="B48" s="27">
         <v>3051.2163399999999</v>
       </c>
       <c r="C48" s="27">
         <v>5911.7136399999999</v>
       </c>
       <c r="D48" s="38">
         <v>42.447099999999999</v>
       </c>
       <c r="E48" s="29">
         <v>1.9374899999999999</v>
       </c>
       <c r="F48" s="30">
         <v>2.2457400000000001</v>
       </c>
     </row>
-    <row r="49" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A49" s="41">
         <v>2009</v>
       </c>
       <c r="B49" s="27">
         <v>3298</v>
       </c>
       <c r="C49" s="27">
         <v>6350</v>
       </c>
       <c r="D49" s="38">
         <v>44.242205802847359</v>
       </c>
       <c r="E49" s="29">
         <v>1.9254093389933293</v>
       </c>
       <c r="F49" s="30">
         <v>2.3620299999999999</v>
       </c>
     </row>
-    <row r="50" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A50" s="42">
         <v>2010</v>
       </c>
       <c r="B50" s="27">
         <v>3474</v>
       </c>
       <c r="C50" s="27">
         <v>6560</v>
       </c>
       <c r="D50" s="38">
         <v>46.574123509521264</v>
       </c>
       <c r="E50" s="29">
         <v>1.89</v>
       </c>
       <c r="F50" s="30">
         <v>2.4</v>
       </c>
     </row>
-    <row r="51" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A51" s="42">
         <v>2011</v>
       </c>
       <c r="B51" s="27">
         <v>3526</v>
       </c>
       <c r="C51" s="27">
         <v>6576</v>
       </c>
       <c r="D51" s="38">
         <v>45.857142857142854</v>
       </c>
       <c r="E51" s="29">
         <v>1.865</v>
       </c>
       <c r="F51" s="30">
         <v>2.3612799999999998</v>
       </c>
     </row>
-    <row r="52" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A52" s="42">
         <v>2012</v>
       </c>
       <c r="B52" s="27">
         <v>3775</v>
       </c>
       <c r="C52" s="27">
         <v>6951</v>
       </c>
       <c r="D52" s="38">
         <v>47.450915690480116</v>
       </c>
       <c r="E52" s="29">
         <v>1.84</v>
       </c>
       <c r="F52" s="30">
         <v>2.4</v>
       </c>
     </row>
-    <row r="53" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A53" s="42">
         <v>2013</v>
       </c>
       <c r="B53" s="27">
         <v>3999</v>
       </c>
       <c r="C53" s="27">
         <v>7306</v>
       </c>
       <c r="D53" s="38">
         <v>48.451702357109845</v>
       </c>
       <c r="E53" s="29">
         <v>1.8269599999999999</v>
       </c>
       <c r="F53" s="30">
         <v>2.50725</v>
       </c>
     </row>
-    <row r="54" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A54" s="42">
         <v>2014</v>
       </c>
       <c r="B54" s="27">
         <v>4175</v>
       </c>
       <c r="C54" s="27">
         <v>7633</v>
       </c>
       <c r="D54" s="38">
         <v>50.117198945209495</v>
       </c>
       <c r="E54" s="29">
         <v>1.82826</v>
       </c>
       <c r="F54" s="30">
         <v>2.5646599999999999</v>
       </c>
     </row>
-    <row r="55" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A55" s="42">
         <v>2015</v>
       </c>
       <c r="B55" s="27">
         <v>4071</v>
       </c>
       <c r="C55" s="27">
         <v>7529</v>
       </c>
       <c r="D55" s="38">
         <v>51.147199046483905</v>
       </c>
       <c r="E55" s="29">
         <v>1.85</v>
       </c>
       <c r="F55" s="30">
         <v>2.5</v>
       </c>
     </row>
-    <row r="56" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A56" s="42">
         <v>2016</v>
       </c>
       <c r="B56" s="27">
         <v>4035</v>
       </c>
       <c r="C56" s="27">
         <v>7296</v>
       </c>
       <c r="D56" s="38">
         <v>51.831198191409186</v>
       </c>
       <c r="E56" s="29">
         <v>1.8062300711307333</v>
       </c>
       <c r="F56" s="30">
         <v>2.4</v>
       </c>
     </row>
-    <row r="57" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A57" s="42">
         <v>2017</v>
       </c>
       <c r="B57" s="27">
         <v>4055</v>
       </c>
       <c r="C57" s="27">
         <v>7186</v>
       </c>
       <c r="D57" s="38">
         <v>50.536137028269046</v>
       </c>
       <c r="E57" s="29">
         <v>1.7721331689272504</v>
       </c>
       <c r="F57" s="30">
         <v>2.2999999999999998</v>
       </c>
     </row>
-    <row r="58" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A58" s="42">
         <v>2018</v>
       </c>
       <c r="B58" s="27">
         <v>4022</v>
       </c>
       <c r="C58" s="27">
         <v>7115</v>
       </c>
       <c r="D58" s="38">
         <v>48.677918424753869</v>
       </c>
       <c r="E58" s="29">
         <v>1.77</v>
       </c>
       <c r="F58" s="30">
         <v>2.2999999999999998</v>
       </c>
     </row>
-    <row r="59" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A59" s="42">
         <v>2019</v>
       </c>
       <c r="B59" s="27">
         <v>4135</v>
       </c>
       <c r="C59" s="27">
         <v>7301</v>
       </c>
       <c r="D59" s="28">
         <v>51.186068833127649</v>
       </c>
       <c r="E59" s="29">
         <v>1.77</v>
       </c>
       <c r="F59" s="30">
         <v>2.2999999999999998</v>
       </c>
     </row>
-    <row r="60" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A60" s="42">
         <v>2020</v>
       </c>
       <c r="B60" s="27">
         <v>4091</v>
       </c>
       <c r="C60" s="27">
         <v>7188</v>
       </c>
       <c r="D60" s="38">
         <v>54.740359181400535</v>
       </c>
       <c r="E60" s="29">
         <v>1.7570276216084086</v>
       </c>
       <c r="F60" s="30">
         <v>2.2338</v>
       </c>
     </row>
-    <row r="61" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A61" s="42">
         <v>2021</v>
       </c>
       <c r="B61" s="27">
         <v>3908</v>
       </c>
       <c r="C61" s="27">
         <v>6876</v>
       </c>
       <c r="D61" s="38">
         <v>56.793715449519929</v>
       </c>
       <c r="E61" s="29">
         <v>1.76</v>
       </c>
       <c r="F61" s="30">
         <v>2.1</v>
       </c>
     </row>
-    <row r="62" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A62" s="42">
         <v>2022</v>
       </c>
       <c r="B62" s="27">
         <v>3916</v>
       </c>
       <c r="C62" s="27">
         <v>6778</v>
       </c>
       <c r="D62" s="38">
         <v>56.936245572609209</v>
       </c>
       <c r="E62" s="29">
         <v>1.73</v>
       </c>
       <c r="F62" s="30">
         <v>2.1</v>
       </c>
     </row>
-    <row r="63" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A63" s="43">
+    <row r="63" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A63" s="42">
         <v>2023</v>
       </c>
-      <c r="B63" s="44">
+      <c r="B63" s="27">
         <v>3762</v>
       </c>
-      <c r="C63" s="44">
+      <c r="C63" s="27">
         <v>6370</v>
       </c>
-      <c r="D63" s="45">
+      <c r="D63" s="38">
         <v>57.032967032967001</v>
       </c>
-      <c r="E63" s="46">
+      <c r="E63" s="29">
         <v>1.6932482721956406</v>
       </c>
-      <c r="F63" s="47">
+      <c r="F63" s="30">
         <v>1.9</v>
       </c>
     </row>
-    <row r="64" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
-[...8 lines deleted...]
-      <c r="A65" s="52" t="s">
+    <row r="64" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A64" s="43">
+        <v>2024</v>
+      </c>
+      <c r="B64" s="44">
+        <v>4081</v>
+      </c>
+      <c r="C64" s="44">
+        <v>6905</v>
+      </c>
+      <c r="D64" s="45">
+        <v>54.945691527878346</v>
+      </c>
+      <c r="E64" s="46">
+        <v>1.69</v>
+      </c>
+      <c r="F64" s="47">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="65" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A65" s="48"/>
+      <c r="B65" s="49"/>
+      <c r="C65" s="49"/>
+      <c r="D65" s="50"/>
+      <c r="E65" s="51"/>
+      <c r="F65" s="50"/>
+    </row>
+    <row r="66" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A66" s="52" t="s">
         <v>48</v>
-      </c>
-[...8 lines deleted...]
-        <v>49</v>
       </c>
       <c r="B66" s="53"/>
       <c r="C66" s="53"/>
       <c r="D66" s="54"/>
       <c r="E66" s="55"/>
       <c r="F66" s="54"/>
     </row>
-    <row r="67" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A67" s="56" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B67" s="53"/>
       <c r="C67" s="53"/>
       <c r="D67" s="54"/>
       <c r="E67" s="55"/>
       <c r="F67" s="54"/>
     </row>
-    <row r="68" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>51</v>
+    <row r="68" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A68" s="56" t="s">
+        <v>50</v>
       </c>
       <c r="B68" s="53"/>
       <c r="C68" s="53"/>
       <c r="D68" s="54"/>
       <c r="E68" s="55"/>
       <c r="F68" s="54"/>
     </row>
-    <row r="69" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>52</v>
+    <row r="69" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A69" s="52" t="s">
+        <v>51</v>
       </c>
       <c r="B69" s="53"/>
       <c r="C69" s="53"/>
       <c r="D69" s="54"/>
       <c r="E69" s="55"/>
       <c r="F69" s="54"/>
     </row>
-    <row r="70" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>53</v>
+    <row r="70" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A70" s="56" t="s">
+        <v>52</v>
       </c>
       <c r="B70" s="53"/>
       <c r="C70" s="53"/>
       <c r="D70" s="54"/>
       <c r="E70" s="55"/>
       <c r="F70" s="54"/>
     </row>
-    <row r="71" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A71" s="52" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="B71" s="53"/>
       <c r="C71" s="53"/>
       <c r="D71" s="54"/>
       <c r="E71" s="55"/>
       <c r="F71" s="54"/>
     </row>
-    <row r="72" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="72" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A72" s="52" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B72" s="53"/>
       <c r="C72" s="53"/>
       <c r="D72" s="54"/>
       <c r="E72" s="55"/>
       <c r="F72" s="54"/>
     </row>
-    <row r="73" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
-[...17 lines deleted...]
-    <row r="75" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A73" s="52" t="s">
+        <v>55</v>
+      </c>
+      <c r="B73" s="53"/>
+      <c r="C73" s="53"/>
+      <c r="D73" s="54"/>
+      <c r="E73" s="55"/>
+      <c r="F73" s="54"/>
+    </row>
+    <row r="74" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A74" s="57"/>
+      <c r="B74" s="58"/>
+      <c r="C74" s="58"/>
+      <c r="D74" s="58"/>
+      <c r="E74" s="58"/>
+      <c r="F74" s="58"/>
+    </row>
+    <row r="75" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A75" s="56" t="s">
-        <v>62</v>
+        <v>93</v>
       </c>
       <c r="B75" s="56"/>
       <c r="C75" s="56"/>
       <c r="D75" s="56"/>
       <c r="E75" s="56"/>
-      <c r="F75" s="59"/>
-[...21 lines deleted...]
-      <c r="C78" s="61"/>
+      <c r="F75" s="56"/>
+    </row>
+    <row r="76" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A76" s="56" t="s">
+        <v>94</v>
+      </c>
+      <c r="B76" s="56"/>
+      <c r="C76" s="56"/>
+      <c r="D76" s="56"/>
+      <c r="E76" s="56"/>
+      <c r="F76" s="59"/>
+    </row>
+    <row r="77" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A77" s="60"/>
+      <c r="B77" s="61"/>
+      <c r="C77" s="61"/>
+      <c r="D77" s="61"/>
+      <c r="E77" s="61"/>
+      <c r="F77" s="61"/>
+    </row>
+    <row r="78" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A78" s="62" t="s">
+        <v>95</v>
+      </c>
+      <c r="C78" s="66"/>
       <c r="D78" s="63"/>
       <c r="E78" s="63"/>
       <c r="F78" s="63"/>
     </row>
-    <row r="79" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A79" s="64"/>
+    <row r="79" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A79" s="60"/>
       <c r="B79" s="61"/>
       <c r="C79" s="61"/>
-      <c r="D79" s="61"/>
-[...3 lines deleted...]
-    <row r="80" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D79" s="63"/>
+      <c r="E79" s="63"/>
+      <c r="F79" s="63"/>
+    </row>
+    <row r="80" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A80" s="64"/>
       <c r="B80" s="61"/>
       <c r="C80" s="61"/>
       <c r="D80" s="61"/>
       <c r="E80" s="61"/>
       <c r="F80" s="61"/>
     </row>
-    <row r="81" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A81" s="60"/>
+    <row r="81" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B81" s="61"/>
       <c r="C81" s="61"/>
       <c r="D81" s="61"/>
       <c r="E81" s="61"/>
       <c r="F81" s="61"/>
     </row>
-    <row r="82" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="82" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A82" s="60"/>
       <c r="B82" s="61"/>
       <c r="C82" s="61"/>
       <c r="D82" s="61"/>
       <c r="E82" s="61"/>
       <c r="F82" s="61"/>
     </row>
-    <row r="83" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="83" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A83" s="60"/>
       <c r="B83" s="61"/>
       <c r="C83" s="61"/>
       <c r="D83" s="61"/>
       <c r="E83" s="61"/>
       <c r="F83" s="61"/>
     </row>
-    <row r="84" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="84" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A84" s="60"/>
       <c r="B84" s="61"/>
       <c r="C84" s="61"/>
       <c r="D84" s="61"/>
       <c r="E84" s="61"/>
       <c r="F84" s="61"/>
     </row>
-    <row r="85" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A85" s="60"/>
       <c r="B85" s="61"/>
       <c r="C85" s="61"/>
+      <c r="D85" s="61"/>
       <c r="E85" s="61"/>
-    </row>
-    <row r="86" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="F85" s="61"/>
+    </row>
+    <row r="86" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A86" s="60"/>
       <c r="B86" s="61"/>
       <c r="C86" s="61"/>
       <c r="E86" s="61"/>
     </row>
-    <row r="87" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="87" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A87" s="60"/>
+      <c r="B87" s="61"/>
       <c r="C87" s="61"/>
-      <c r="F87" s="61"/>
-[...1 lines deleted...]
-    <row r="88" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E87" s="61"/>
+    </row>
+    <row r="88" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A88" s="60"/>
-      <c r="B88" s="61"/>
       <c r="C88" s="61"/>
-      <c r="E88" s="65"/>
-[...2 lines deleted...]
-    <row r="89" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="F88" s="61"/>
+    </row>
+    <row r="89" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A89" s="60"/>
       <c r="B89" s="61"/>
       <c r="C89" s="61"/>
       <c r="E89" s="65"/>
       <c r="F89" s="66"/>
     </row>
-    <row r="90" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="90" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A90" s="60"/>
       <c r="B90" s="61"/>
       <c r="C90" s="61"/>
       <c r="E90" s="65"/>
       <c r="F90" s="66"/>
     </row>
-    <row r="91" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="91" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A91" s="60"/>
       <c r="B91" s="61"/>
       <c r="C91" s="61"/>
       <c r="E91" s="65"/>
       <c r="F91" s="66"/>
     </row>
-    <row r="92" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="92" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A92" s="60"/>
       <c r="B92" s="61"/>
       <c r="C92" s="61"/>
       <c r="E92" s="65"/>
       <c r="F92" s="66"/>
     </row>
-    <row r="93" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="93" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A93" s="60"/>
       <c r="B93" s="61"/>
       <c r="C93" s="61"/>
       <c r="E93" s="65"/>
       <c r="F93" s="66"/>
     </row>
-    <row r="94" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="94" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A94" s="60"/>
       <c r="B94" s="61"/>
+      <c r="C94" s="61"/>
       <c r="E94" s="65"/>
       <c r="F94" s="66"/>
+    </row>
+    <row r="95" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B95" s="61"/>
+      <c r="E95" s="65"/>
+      <c r="F95" s="66"/>
     </row>
   </sheetData>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.47244094488188981" bottom="0.82677165354330717" header="0.51181102362204722" footer="0.15748031496062992"/>
   <pageSetup paperSize="9" scale="96" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;"Arial,Normal"&amp;6Service de la statistique du canton de Fribourg-RM
 &amp;Z&amp;F-&amp;D-&amp;T&amp;R&amp;"Arial Narrow,Normal"&amp;6&amp;P/&amp;N</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{34266642-851D-44F9-84ED-F92019CC3EB0}">
   <dimension ref="A1:E17"/>
   <sheetViews>
-    <sheetView showGridLines="0" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="10.5" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="10.5" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="7.75" style="73" customWidth="1"/>
-    <col min="2" max="2" width="34.58203125" style="73" customWidth="1"/>
-    <col min="3" max="3" width="3.1640625" style="73" customWidth="1"/>
+    <col min="2" max="2" width="34.625" style="73" customWidth="1"/>
+    <col min="3" max="3" width="3.125" style="73" customWidth="1"/>
     <col min="4" max="4" width="7.75" style="73" customWidth="1"/>
-    <col min="5" max="5" width="34.58203125" style="73" customWidth="1"/>
+    <col min="5" max="5" width="34.625" style="73" customWidth="1"/>
     <col min="6" max="16384" width="10.5" style="73"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1" s="72" t="s">
-        <v>64</v>
+        <v>56</v>
       </c>
       <c r="D1" s="72" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:5" s="75" customFormat="1" x14ac:dyDescent="0.25">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="2" spans="1:5" s="75" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A2" s="74" t="s">
         <v>0</v>
       </c>
       <c r="D2" s="74" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A3" s="76" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="B3" s="77" t="s">
-        <v>67</v>
+        <v>59</v>
       </c>
       <c r="C3" s="78"/>
       <c r="D3" s="76" t="s">
-        <v>68</v>
+        <v>60</v>
       </c>
       <c r="E3" s="76" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:5" x14ac:dyDescent="0.35">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A4" s="79" t="s">
-        <v>70</v>
+        <v>62</v>
       </c>
       <c r="B4" s="80" t="s">
-        <v>71</v>
+        <v>63</v>
       </c>
       <c r="C4" s="81"/>
       <c r="D4" s="79" t="s">
-        <v>70</v>
+        <v>62</v>
       </c>
       <c r="E4" s="80" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:5" x14ac:dyDescent="0.35">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="5" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A5" s="82" t="s">
-        <v>73</v>
+        <v>65</v>
       </c>
       <c r="B5" s="83" t="s">
-        <v>74</v>
+        <v>66</v>
       </c>
       <c r="C5" s="81"/>
       <c r="D5" s="82" t="s">
-        <v>75</v>
+        <v>67</v>
       </c>
       <c r="E5" s="83" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:5" x14ac:dyDescent="0.35">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="6" spans="1:5" ht="18" x14ac:dyDescent="0.25">
       <c r="A6" s="84" t="s">
-        <v>77</v>
+        <v>69</v>
       </c>
       <c r="B6" s="80" t="s">
-        <v>78</v>
+        <v>70</v>
       </c>
       <c r="C6" s="81"/>
       <c r="D6" s="84" t="s">
-        <v>79</v>
+        <v>71</v>
       </c>
       <c r="E6" s="80" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:5" ht="17" x14ac:dyDescent="0.35">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="7" spans="1:5" ht="18" x14ac:dyDescent="0.25">
       <c r="A7" s="82" t="s">
-        <v>81</v>
+        <v>73</v>
       </c>
       <c r="B7" s="83" t="s">
-        <v>82</v>
+        <v>74</v>
       </c>
       <c r="C7" s="81"/>
       <c r="D7" s="82" t="s">
-        <v>81</v>
+        <v>73</v>
       </c>
       <c r="E7" s="83" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:5" ht="17" x14ac:dyDescent="0.35">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5" ht="18" x14ac:dyDescent="0.25">
       <c r="A8" s="79" t="s">
-        <v>84</v>
+        <v>76</v>
       </c>
       <c r="B8" s="80" t="s">
-        <v>85</v>
+        <v>77</v>
       </c>
       <c r="C8" s="81"/>
       <c r="D8" s="79" t="s">
-        <v>84</v>
+        <v>76</v>
       </c>
       <c r="E8" s="80" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:5" x14ac:dyDescent="0.35">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A9" s="82" t="s">
-        <v>87</v>
+        <v>79</v>
       </c>
       <c r="B9" s="83" t="s">
-        <v>88</v>
+        <v>80</v>
       </c>
       <c r="C9" s="81"/>
       <c r="D9" s="82" t="s">
-        <v>87</v>
+        <v>79</v>
       </c>
       <c r="E9" s="83" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:5" x14ac:dyDescent="0.35">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A10" s="79" t="s">
-        <v>90</v>
+        <v>82</v>
       </c>
       <c r="B10" s="80" t="s">
-        <v>91</v>
+        <v>83</v>
       </c>
       <c r="C10" s="81"/>
       <c r="D10" s="79" t="s">
-        <v>90</v>
+        <v>82</v>
       </c>
       <c r="E10" s="80" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:5" x14ac:dyDescent="0.35">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A11" s="85" t="s">
-        <v>93</v>
+        <v>85</v>
       </c>
       <c r="B11" s="86" t="s">
-        <v>94</v>
+        <v>86</v>
       </c>
       <c r="C11" s="81"/>
       <c r="D11" s="85" t="s">
-        <v>93</v>
+        <v>85</v>
       </c>
       <c r="E11" s="86" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:5" x14ac:dyDescent="0.35">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A12" s="87"/>
       <c r="D12" s="87"/>
     </row>
-    <row r="13" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A13" s="87"/>
       <c r="D13" s="87"/>
     </row>
-    <row r="14" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A14" s="88"/>
       <c r="D14" s="87"/>
     </row>
-    <row r="15" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A15" s="88"/>
       <c r="D15" s="87"/>
     </row>
-    <row r="16" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A16" s="87"/>
       <c r="D16" s="87"/>
     </row>
-    <row r="17" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A17" s="87"/>
       <c r="D17" s="87"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Plages nommées</vt:lpstr>
       </vt:variant>