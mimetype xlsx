--- v0 (2025-12-05)
+++ v1 (2026-03-10)
@@ -1,63 +1,63 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/externalLinks/externalLink2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="L:\00 Bases statistiques et produits généraux\01 Synthèses\03 Site Internet\06 Pages sous-produits\02 Infrastructure et environnement\1102 Coûts et financement des transports\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\ad.net.fr.ch\dfs\DEE\SSD\WP\00 Bases statistiques et produits généraux\01 Synthèses\03 Site Internet\06 Pages sous-produits\02 Infrastructure et environnement\1102 Coûts et financement des transports\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C9B5488F-ED87-44CE-B1B4-EA10889C0FB5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5AE76233-9F26-4E37-871C-47101967124C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="te194" sheetId="18" r:id="rId1"/>
+    <sheet name="te194" sheetId="20" r:id="rId1"/>
     <sheet name="Signes - Zeichen" sheetId="19" r:id="rId2"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId3"/>
     <externalReference r:id="rId4"/>
   </externalReferences>
   <definedNames>
     <definedName name="_AMO_UniqueIdentifier" hidden="1">"'e5574fd6-7cb9-48df-bd10-6f66a4681851'"</definedName>
     <definedName name="Ausgaben_NS_B_AG">[1]SU4!$B$26</definedName>
     <definedName name="Ausgaben_NS_B_AI">[1]SU4!$B$34</definedName>
     <definedName name="Ausgaben_NS_B_AR">[1]SU4!$B$33</definedName>
     <definedName name="Ausgaben_NS_B_BE">[1]SU4!$B$17</definedName>
     <definedName name="Ausgaben_NS_B_BL">[1]SU4!$B$25</definedName>
     <definedName name="Ausgaben_NS_B_BS">[1]SU4!$B$24</definedName>
     <definedName name="Ausgaben_NS_B_FR">[1]SU4!$B$18</definedName>
     <definedName name="Ausgaben_NS_B_GE">[1]SU4!$B$14</definedName>
     <definedName name="Ausgaben_NS_B_GL">[1]SU4!$B$31</definedName>
     <definedName name="Ausgaben_NS_B_GR">[1]SU4!$B$36</definedName>
     <definedName name="Ausgaben_NS_B_JU">[1]SU4!$B$21</definedName>
     <definedName name="Ausgaben_NS_B_LU">[1]SU4!$B$40</definedName>
     <definedName name="Ausgaben_NS_B_NE">[1]SU4!$B$20</definedName>
     <definedName name="Ausgaben_NS_B_NW">[1]SU4!$B$44</definedName>
     <definedName name="Ausgaben_NS_B_OW">[1]SU4!$B$43</definedName>
     <definedName name="Ausgaben_NS_B_SG">[1]SU4!$B$35</definedName>
     <definedName name="Ausgaben_NS_B_SH">[1]SU4!$B$32</definedName>
@@ -100,51 +100,51 @@
     <definedName name="Polizei_2014_AI">[2]Polizei!$C$17</definedName>
     <definedName name="Polizei_2014_AR">[2]Polizei!$C$16</definedName>
     <definedName name="Polizei_2014_BE">[2]Polizei!$C$3</definedName>
     <definedName name="Polizei_2014_BL">[2]Polizei!$C$14</definedName>
     <definedName name="Polizei_2014_BS">[2]Polizei!$C$13</definedName>
     <definedName name="Polizei_2014_FR">[2]Polizei!$C$11</definedName>
     <definedName name="Polizei_2014_GE">[2]Polizei!$C$26</definedName>
     <definedName name="Polizei_2014_GL">[2]Polizei!$C$9</definedName>
     <definedName name="Polizei_2014_GR">[2]Polizei!$C$19</definedName>
     <definedName name="Polizei_2014_JU">[2]Polizei!$C$27</definedName>
     <definedName name="Polizei_2014_LU">[2]Polizei!$C$4</definedName>
     <definedName name="Polizei_2014_NE">[2]Polizei!$C$25</definedName>
     <definedName name="Polizei_2014_NW">[2]Polizei!$C$8</definedName>
     <definedName name="Polizei_2014_OW">[2]Polizei!$C$7</definedName>
     <definedName name="Polizei_2014_SG">[2]Polizei!$C$18</definedName>
     <definedName name="Polizei_2014_SH">[2]Polizei!$C$15</definedName>
     <definedName name="Polizei_2014_SO">[2]Polizei!$C$12</definedName>
     <definedName name="Polizei_2014_SZ">[2]Polizei!$C$6</definedName>
     <definedName name="Polizei_2014_TG">[2]Polizei!$C$21</definedName>
     <definedName name="Polizei_2014_TI">[2]Polizei!$C$22</definedName>
     <definedName name="Polizei_2014_UR">[2]Polizei!$C$5</definedName>
     <definedName name="Polizei_2014_VD">[2]Polizei!$C$23</definedName>
     <definedName name="Polizei_2014_VS">[2]Polizei!$C$24</definedName>
     <definedName name="Polizei_2014_ZG">[2]Polizei!$C$10</definedName>
     <definedName name="Polizei_2014_ZH">[2]Polizei!$C$2</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'te194'!$A$1:$K$51</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'te194'!$A$1:$K$52</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="93" uniqueCount="73">
   <si>
     <t>—</t>
   </si>
   <si>
     <t>Routes nationales et cantonales / National- und Kantonsstrassen</t>
   </si>
   <si>
@@ -225,68 +225,56 @@
   <si>
     <t>T11-02-02</t>
   </si>
   <si>
     <t xml:space="preserve">Source : Compte infrastructure routière (STR) - Office fédéral de la statistique: Section Mobilité, Neuchâtel </t>
   </si>
   <si>
     <t>Total¹</t>
   </si>
   <si>
     <t>nationales¹</t>
   </si>
   <si>
     <t>strassen¹</t>
   </si>
   <si>
     <t>¹Dès 2008, les montants sont estimés par l'OFS / Ab 2008 sind die Beträge durch das BFS geschätzt</t>
   </si>
   <si>
     <t>²Les éventuelles différences entre le total général et la somme des nombres sont dues aux nombres arrondis</t>
   </si>
   <si>
     <t xml:space="preserve">²Allfällige Unterschiede zwischen Gesamtsumme und addierten Einzelwerten sind auf Rundungsdifferenzen zurückzuführen </t>
   </si>
   <si>
-    <t>Quelle: Strasseninfrastrukturrechnung (STR) - Bundesamt für Statistik: Sektion Mobilität, Neuenburg, te25-194</t>
-[...1 lines deleted...]
-  <si>
     <t>Canton de Fribourg. Dépenses pour les routes ouvertes au trafic motorisé, sans les contributions, en milliers de francs. Série révisée</t>
   </si>
   <si>
     <t>Kanton Freiburg. Ausgaben für die Strassen, die für den Motorfahrzeugverkehr geöffnet sind, ohne Beiträge, in Tausend Franken. Reviedierte Serie</t>
   </si>
   <si>
-    <t>Dépenses du canton pour les routes, de 1994 à 2022</t>
-[...7 lines deleted...]
-  <si>
     <t>Légende des signes</t>
   </si>
   <si>
     <t>Zeichenerklärung</t>
   </si>
   <si>
     <t>Signes</t>
   </si>
   <si>
     <t>Explication</t>
   </si>
   <si>
     <t>Zeichen</t>
   </si>
   <si>
     <t>Erklärung</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Valeur rigoureusement nulle ou inexistante</t>
   </si>
   <si>
     <t>Es kommt nichts vor (Wert genau Null)</t>
@@ -337,56 +325,71 @@
     <t>r</t>
   </si>
   <si>
     <t>Donnée revue et corrigée</t>
   </si>
   <si>
     <t>Korrigierter Wert</t>
   </si>
   <si>
     <t>p</t>
   </si>
   <si>
     <t>Donnée provisoire</t>
   </si>
   <si>
     <t>Provisorischer Wert</t>
   </si>
   <si>
     <t>e</t>
   </si>
   <si>
     <t>Donnée estimée</t>
   </si>
   <si>
     <t>Geschätzter Wert</t>
+  </si>
+  <si>
+    <t>Dépenses du canton pour les routes, de 1994 à 2023</t>
+  </si>
+  <si>
+    <t>Ausgaben des Kantons für die Strassen von 1994 bis 2023</t>
+  </si>
+  <si>
+    <t>Quelle: Strasseninfrastrukturrechnung (STR) - Bundesamt für Statistik: Sektion Mobilität, Neuenburg, te26-194</t>
+  </si>
+  <si>
+    <t>Actualisation / Aktualisiert am: 05.02.2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <numFmts count="1">
+    <numFmt numFmtId="164" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+  </numFmts>
   <fonts count="18">
     <font>
       <sz val="10"/>
       <name val="Helvetica-Narrow"/>
     </font>
     <font>
       <sz val="6.5"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Courier"/>
       <family val="3"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -420,64 +423,63 @@
     </font>
     <font>
       <sz val="12"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="NewsGothic"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Helv"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="MS Sans Serif"/>
     </font>
     <font>
-      <sz val="6"/>
-[...3 lines deleted...]
-    <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Aptos"/>
       <family val="2"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="Helvetica-Narrow"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-4.9989318521683403E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor indexed="64"/>
@@ -640,246 +642,252 @@
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="10">
+  <cellStyleXfs count="11">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0"/>
+    <xf numFmtId="164" fontId="17" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
   <cellXfs count="67">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="1" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="1" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="6" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="1" fillId="0" borderId="10" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="1" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="1" fillId="0" borderId="12" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="13" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="12" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="11" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="2" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFill="1"/>
-[...8 lines deleted...]
-    </xf>
     <xf numFmtId="3" fontId="6" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="3" fontId="1" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="10" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="12" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="3" fontId="1" fillId="2" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="1" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="1" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center"/>
-[...7 lines deleted...]
-    <xf numFmtId="3" fontId="7" fillId="2" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="4"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="4" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="15" xfId="4" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="6" xfId="4" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="10" xfId="4" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="4" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="10" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="4" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="10" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="4" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="12" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="4" applyFont="1"/>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="4" applyFont="1"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="1" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="1" fillId="0" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="14" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="1" fillId="2" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="1" fillId="2" borderId="14" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="1" fillId="2" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
   </cellXfs>
-  <cellStyles count="10">
+  <cellStyles count="11">
+    <cellStyle name="Milliers 2" xfId="10" xr:uid="{6E14D0D4-93A0-4641-AF0E-F63D149F3A59}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Normal 2 2" xfId="8" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Normal 2 3" xfId="9" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Normal 3" xfId="2" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="Normal 4" xfId="3" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="Normal 5" xfId="4" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="Normal 6" xfId="5" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
     <cellStyle name="Normal 7" xfId="6" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="Normal 8" xfId="7" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -1660,1642 +1668,1677 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="A1:L52"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{12910932-D5AC-4477-B1E1-50C030DE606A}">
+  <dimension ref="A1:L53"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScale="130" zoomScaleNormal="130" zoomScaleSheetLayoutView="115" workbookViewId="0"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScale="110" zoomScaleNormal="110" zoomScaleSheetLayoutView="115" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="12" defaultRowHeight="10.5" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="8.26953125" style="6" customWidth="1"/>
-    <col min="2" max="2" width="7.54296875" style="7" customWidth="1"/>
-[...9 lines deleted...]
-    <col min="12" max="12" width="11.81640625" style="8" customWidth="1"/>
+    <col min="2" max="11" width="10.453125" style="7" customWidth="1"/>
+    <col min="12" max="12" width="4.7265625" style="7" customWidth="1"/>
     <col min="13" max="16384" width="12" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" s="2" customFormat="1" ht="12" customHeight="1">
       <c r="A1" s="1" t="s">
-        <v>38</v>
+        <v>69</v>
       </c>
       <c r="G1" s="3"/>
       <c r="H1" s="3"/>
       <c r="K1" s="3"/>
+      <c r="L1" s="3"/>
     </row>
     <row r="2" spans="1:12" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A2" s="4" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:12" s="8" customFormat="1" ht="10.5" customHeight="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="3" spans="1:12" s="56" customFormat="1" ht="10.5" customHeight="1">
       <c r="A3" s="5" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="7"/>
       <c r="C3" s="7"/>
       <c r="D3" s="7"/>
       <c r="E3" s="7"/>
       <c r="F3" s="7"/>
       <c r="G3" s="7"/>
       <c r="H3" s="7"/>
       <c r="I3" s="7"/>
       <c r="J3" s="7"/>
       <c r="K3" s="7"/>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" s="9" t="s">
+      <c r="L3" s="7"/>
+    </row>
+    <row r="4" spans="1:12" s="8" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A4" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="5" spans="1:12" s="8" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A5" s="8" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="5" spans="1:12" s="9" customFormat="1" ht="10.5" customHeight="1">
-[...18 lines deleted...]
-      <c r="A7" s="22" t="s">
+    <row r="6" spans="1:12" s="56" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A6" s="9"/>
+      <c r="B6" s="10"/>
+      <c r="C6" s="16"/>
+      <c r="D6" s="16"/>
+      <c r="E6" s="16"/>
+      <c r="F6" s="16"/>
+      <c r="G6" s="16"/>
+      <c r="H6" s="16"/>
+      <c r="I6" s="16"/>
+      <c r="J6" s="16"/>
+      <c r="K6" s="16"/>
+      <c r="L6" s="16"/>
+    </row>
+    <row r="7" spans="1:12" s="56" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A7" s="21" t="s">
         <v>27</v>
       </c>
-      <c r="B7" s="25" t="s">
+      <c r="B7" s="23" t="s">
         <v>29</v>
       </c>
-      <c r="C7" s="28" t="s">
+      <c r="C7" s="26" t="s">
         <v>1</v>
       </c>
-      <c r="D7" s="29"/>
-[...3 lines deleted...]
-      <c r="H7" s="28" t="s">
+      <c r="D7" s="27"/>
+      <c r="E7" s="27"/>
+      <c r="F7" s="27"/>
+      <c r="G7" s="28"/>
+      <c r="H7" s="26" t="s">
         <v>2</v>
       </c>
-      <c r="I7" s="29"/>
-[...6 lines deleted...]
-      <c r="C8" s="25" t="s">
+      <c r="I7" s="27"/>
+      <c r="J7" s="27"/>
+      <c r="K7" s="29"/>
+      <c r="L7" s="57"/>
+    </row>
+    <row r="8" spans="1:12" s="56" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A8" s="22"/>
+      <c r="B8" s="24"/>
+      <c r="C8" s="23" t="s">
         <v>29</v>
       </c>
-      <c r="D8" s="25" t="s">
+      <c r="D8" s="23" t="s">
         <v>3</v>
       </c>
-      <c r="E8" s="33" t="s">
+      <c r="E8" s="31" t="s">
         <v>4</v>
       </c>
-      <c r="F8" s="18"/>
-      <c r="G8" s="25" t="s">
+      <c r="F8" s="17"/>
+      <c r="G8" s="23" t="s">
         <v>20</v>
       </c>
-      <c r="H8" s="25" t="s">
+      <c r="H8" s="23" t="s">
         <v>29</v>
       </c>
-      <c r="I8" s="25" t="s">
+      <c r="I8" s="23" t="s">
         <v>3</v>
       </c>
-      <c r="J8" s="25" t="s">
+      <c r="J8" s="23" t="s">
         <v>22</v>
       </c>
-      <c r="K8" s="42" t="s">
+      <c r="K8" s="35" t="s">
         <v>20</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D9" s="32" t="s">
+      <c r="L8" s="58"/>
+    </row>
+    <row r="9" spans="1:12" s="56" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A9" s="22"/>
+      <c r="B9" s="24"/>
+      <c r="C9" s="30"/>
+      <c r="D9" s="30" t="s">
         <v>5</v>
       </c>
-      <c r="E9" s="34" t="s">
+      <c r="E9" s="32" t="s">
         <v>6</v>
       </c>
-      <c r="F9" s="27"/>
-      <c r="G9" s="32" t="s">
+      <c r="F9" s="25"/>
+      <c r="G9" s="30" t="s">
         <v>21</v>
       </c>
-      <c r="H9" s="32"/>
-      <c r="I9" s="32" t="s">
+      <c r="H9" s="30"/>
+      <c r="I9" s="30" t="s">
         <v>5</v>
       </c>
-      <c r="J9" s="32" t="s">
+      <c r="J9" s="30" t="s">
         <v>25</v>
       </c>
-      <c r="K9" s="42" t="s">
+      <c r="K9" s="35" t="s">
         <v>19</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D10" s="32" t="s">
+      <c r="L9" s="58"/>
+    </row>
+    <row r="10" spans="1:12" s="56" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A10" s="22"/>
+      <c r="B10" s="24"/>
+      <c r="C10" s="30"/>
+      <c r="D10" s="30" t="s">
         <v>7</v>
       </c>
-      <c r="E10" s="25" t="s">
+      <c r="E10" s="23" t="s">
         <v>8</v>
       </c>
-      <c r="F10" s="25" t="s">
+      <c r="F10" s="23" t="s">
         <v>8</v>
       </c>
-      <c r="G10" s="32" t="s">
+      <c r="G10" s="30" t="s">
         <v>23</v>
       </c>
-      <c r="H10" s="32"/>
-      <c r="I10" s="32" t="s">
+      <c r="H10" s="30"/>
+      <c r="I10" s="30" t="s">
         <v>7</v>
       </c>
-      <c r="J10" s="32" t="s">
+      <c r="J10" s="30" t="s">
         <v>26</v>
       </c>
-      <c r="K10" s="42" t="s">
+      <c r="K10" s="35" t="s">
         <v>23</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D11" s="32" t="s">
+      <c r="L10" s="58"/>
+    </row>
+    <row r="11" spans="1:12" s="56" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A11" s="22"/>
+      <c r="B11" s="24"/>
+      <c r="C11" s="30"/>
+      <c r="D11" s="30" t="s">
         <v>10</v>
       </c>
-      <c r="E11" s="32" t="s">
+      <c r="E11" s="30" t="s">
         <v>30</v>
       </c>
-      <c r="F11" s="32" t="s">
+      <c r="F11" s="30" t="s">
         <v>9</v>
       </c>
-      <c r="G11" s="32" t="s">
+      <c r="G11" s="30" t="s">
         <v>24</v>
       </c>
-      <c r="H11" s="32"/>
-      <c r="I11" s="32" t="s">
+      <c r="H11" s="30"/>
+      <c r="I11" s="30" t="s">
         <v>10</v>
       </c>
-      <c r="J11" s="32" t="s">
+      <c r="J11" s="30" t="s">
         <v>13</v>
       </c>
-      <c r="K11" s="42" t="s">
+      <c r="K11" s="35" t="s">
         <v>24</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D12" s="32" t="s">
+      <c r="L11" s="58"/>
+    </row>
+    <row r="12" spans="1:12" s="56" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A12" s="22"/>
+      <c r="B12" s="24"/>
+      <c r="C12" s="30"/>
+      <c r="D12" s="30" t="s">
         <v>14</v>
       </c>
-      <c r="E12" s="32" t="s">
+      <c r="E12" s="30" t="s">
         <v>11</v>
       </c>
-      <c r="F12" s="32" t="s">
+      <c r="F12" s="30" t="s">
         <v>12</v>
       </c>
-      <c r="G12" s="32"/>
-[...1 lines deleted...]
-      <c r="I12" s="32" t="s">
+      <c r="G12" s="30"/>
+      <c r="H12" s="30"/>
+      <c r="I12" s="30" t="s">
         <v>14</v>
       </c>
-      <c r="J12" s="32" t="s">
+      <c r="J12" s="30" t="s">
         <v>16</v>
       </c>
-      <c r="K12" s="42"/>
-[...5 lines deleted...]
-      <c r="D13" s="24" t="s">
+      <c r="K12" s="35"/>
+      <c r="L12" s="58"/>
+    </row>
+    <row r="13" spans="1:12" s="56" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A13" s="30"/>
+      <c r="B13" s="30"/>
+      <c r="C13" s="30"/>
+      <c r="D13" s="30" t="s">
         <v>17</v>
       </c>
-      <c r="E13" s="24" t="s">
+      <c r="E13" s="30" t="s">
         <v>31</v>
       </c>
-      <c r="F13" s="24" t="s">
+      <c r="F13" s="30" t="s">
         <v>15</v>
       </c>
-      <c r="G13" s="24"/>
-[...1 lines deleted...]
-      <c r="I13" s="24" t="s">
+      <c r="G13" s="30"/>
+      <c r="H13" s="30"/>
+      <c r="I13" s="30" t="s">
         <v>17</v>
       </c>
-      <c r="J13" s="24" t="s">
+      <c r="J13" s="30" t="s">
         <v>18</v>
       </c>
-      <c r="K13" s="43"/>
+      <c r="K13" s="35"/>
+      <c r="L13" s="58"/>
     </row>
     <row r="14" spans="1:12" ht="10.5" customHeight="1">
-      <c r="A14" s="36">
+      <c r="A14" s="59">
         <v>1994</v>
       </c>
-      <c r="B14" s="47">
+      <c r="B14" s="64">
         <v>227393</v>
       </c>
-      <c r="C14" s="45">
+      <c r="C14" s="36">
         <v>172684</v>
       </c>
-      <c r="D14" s="13">
+      <c r="D14" s="34">
         <v>113535</v>
       </c>
-      <c r="E14" s="12">
+      <c r="E14" s="60">
         <v>21504</v>
       </c>
-      <c r="F14" s="12">
+      <c r="F14" s="60">
         <v>21943</v>
       </c>
-      <c r="G14" s="41">
+      <c r="G14" s="34">
         <v>15702</v>
       </c>
-      <c r="H14" s="44">
+      <c r="H14" s="36">
         <v>54708</v>
       </c>
-      <c r="I14" s="13">
+      <c r="I14" s="34">
         <v>22791</v>
       </c>
-      <c r="J14" s="13">
+      <c r="J14" s="34">
         <v>31093</v>
       </c>
-      <c r="K14" s="19">
+      <c r="K14" s="61">
         <v>823</v>
       </c>
-      <c r="L14" s="35"/>
+      <c r="L14" s="12"/>
     </row>
     <row r="15" spans="1:12" ht="10.5" customHeight="1">
-      <c r="A15" s="37">
+      <c r="A15" s="62">
         <v>1995</v>
       </c>
-      <c r="B15" s="48">
+      <c r="B15" s="65">
         <v>264493</v>
       </c>
-      <c r="C15" s="45">
+      <c r="C15" s="37">
         <v>197579</v>
       </c>
-      <c r="D15" s="13">
+      <c r="D15" s="12">
         <v>134015</v>
       </c>
-      <c r="E15" s="12">
+      <c r="E15" s="11">
         <v>24195</v>
       </c>
-      <c r="F15" s="12">
+      <c r="F15" s="11">
         <v>22553</v>
       </c>
-      <c r="G15" s="13">
+      <c r="G15" s="12">
         <v>16816</v>
       </c>
-      <c r="H15" s="45">
+      <c r="H15" s="37">
         <v>66914</v>
       </c>
-      <c r="I15" s="13">
+      <c r="I15" s="12">
         <v>32885</v>
       </c>
-      <c r="J15" s="13">
+      <c r="J15" s="12">
         <v>33367</v>
       </c>
-      <c r="K15" s="19">
+      <c r="K15" s="18">
         <v>662</v>
       </c>
-      <c r="L15" s="35"/>
+      <c r="L15" s="12"/>
     </row>
     <row r="16" spans="1:12" ht="10.5" customHeight="1">
-      <c r="A16" s="37">
+      <c r="A16" s="62">
         <v>1996</v>
       </c>
-      <c r="B16" s="48">
+      <c r="B16" s="65">
         <v>300099</v>
       </c>
-      <c r="C16" s="45">
+      <c r="C16" s="37">
         <v>229173</v>
       </c>
-      <c r="D16" s="13">
+      <c r="D16" s="12">
         <v>175427</v>
       </c>
-      <c r="E16" s="12">
+      <c r="E16" s="11">
         <v>15120</v>
       </c>
-      <c r="F16" s="12">
+      <c r="F16" s="11">
         <v>22099</v>
       </c>
-      <c r="G16" s="13">
+      <c r="G16" s="12">
         <v>16527</v>
       </c>
-      <c r="H16" s="45">
+      <c r="H16" s="37">
         <v>70926</v>
       </c>
-      <c r="I16" s="13">
+      <c r="I16" s="12">
         <v>30923</v>
       </c>
-      <c r="J16" s="13">
+      <c r="J16" s="12">
         <v>39066</v>
       </c>
-      <c r="K16" s="19">
+      <c r="K16" s="18">
         <v>936</v>
       </c>
-      <c r="L16" s="35"/>
+      <c r="L16" s="12"/>
     </row>
     <row r="17" spans="1:12" ht="10.5" customHeight="1">
-      <c r="A17" s="37">
+      <c r="A17" s="62">
         <v>1997</v>
       </c>
-      <c r="B17" s="48">
+      <c r="B17" s="65">
         <v>303915</v>
       </c>
-      <c r="C17" s="45">
+      <c r="C17" s="37">
         <v>234902</v>
       </c>
-      <c r="D17" s="13">
+      <c r="D17" s="12">
         <v>173591</v>
       </c>
-      <c r="E17" s="12">
+      <c r="E17" s="11">
         <v>18605</v>
       </c>
-      <c r="F17" s="12">
+      <c r="F17" s="11">
         <v>23925</v>
       </c>
-      <c r="G17" s="13">
+      <c r="G17" s="12">
         <v>18781</v>
       </c>
-      <c r="H17" s="45">
+      <c r="H17" s="37">
         <v>69015</v>
       </c>
-      <c r="I17" s="13">
+      <c r="I17" s="12">
         <v>30091</v>
       </c>
-      <c r="J17" s="13">
+      <c r="J17" s="12">
         <v>37895</v>
       </c>
-      <c r="K17" s="19">
+      <c r="K17" s="18">
         <v>1029</v>
       </c>
-      <c r="L17" s="35"/>
+      <c r="L17" s="12"/>
     </row>
     <row r="18" spans="1:12" ht="10.5" customHeight="1">
-      <c r="A18" s="37">
+      <c r="A18" s="62">
         <v>1998</v>
       </c>
-      <c r="B18" s="48">
+      <c r="B18" s="65">
         <v>289526</v>
       </c>
-      <c r="C18" s="45">
+      <c r="C18" s="37">
         <v>223354</v>
       </c>
-      <c r="D18" s="13">
+      <c r="D18" s="12">
         <v>163830</v>
       </c>
-      <c r="E18" s="12">
+      <c r="E18" s="11">
         <v>16954</v>
       </c>
-      <c r="F18" s="12">
+      <c r="F18" s="11">
         <v>22471</v>
       </c>
-      <c r="G18" s="13">
+      <c r="G18" s="12">
         <v>20099</v>
       </c>
-      <c r="H18" s="45">
+      <c r="H18" s="37">
         <v>66172</v>
       </c>
-      <c r="I18" s="13">
+      <c r="I18" s="12">
         <v>29924</v>
       </c>
-      <c r="J18" s="13">
+      <c r="J18" s="12">
         <v>35090</v>
       </c>
-      <c r="K18" s="19">
+      <c r="K18" s="18">
         <v>1158</v>
       </c>
-      <c r="L18" s="35"/>
+      <c r="L18" s="12"/>
     </row>
     <row r="19" spans="1:12" ht="10.5" customHeight="1">
-      <c r="A19" s="37">
+      <c r="A19" s="62">
         <v>1999</v>
       </c>
-      <c r="B19" s="48">
+      <c r="B19" s="65">
         <v>261334</v>
       </c>
-      <c r="C19" s="45">
+      <c r="C19" s="37">
         <v>184320</v>
       </c>
-      <c r="D19" s="13">
+      <c r="D19" s="12">
         <v>125438</v>
       </c>
-      <c r="E19" s="12">
+      <c r="E19" s="11">
         <v>15685</v>
       </c>
-      <c r="F19" s="12">
+      <c r="F19" s="11">
         <v>24444</v>
       </c>
-      <c r="G19" s="13">
+      <c r="G19" s="12">
         <v>18753</v>
       </c>
-      <c r="H19" s="45">
+      <c r="H19" s="37">
         <v>77015</v>
       </c>
-      <c r="I19" s="13">
+      <c r="I19" s="12">
         <v>30010</v>
       </c>
-      <c r="J19" s="13">
+      <c r="J19" s="12">
         <v>45646</v>
       </c>
-      <c r="K19" s="19">
+      <c r="K19" s="18">
         <v>1359</v>
       </c>
-      <c r="L19" s="35"/>
+      <c r="L19" s="12"/>
     </row>
     <row r="20" spans="1:12" ht="10.5" customHeight="1">
-      <c r="A20" s="37">
+      <c r="A20" s="62">
         <v>2000</v>
       </c>
-      <c r="B20" s="48">
+      <c r="B20" s="65">
         <v>244358</v>
       </c>
-      <c r="C20" s="45">
+      <c r="C20" s="37">
         <v>173074</v>
       </c>
-      <c r="D20" s="13">
+      <c r="D20" s="12">
         <v>117474</v>
       </c>
-      <c r="E20" s="12">
+      <c r="E20" s="11">
         <v>13139</v>
       </c>
-      <c r="F20" s="12">
+      <c r="F20" s="11">
         <v>22958</v>
       </c>
-      <c r="G20" s="13">
+      <c r="G20" s="12">
         <v>19503</v>
       </c>
-      <c r="H20" s="45">
+      <c r="H20" s="37">
         <v>71284</v>
       </c>
-      <c r="I20" s="13">
+      <c r="I20" s="12">
         <v>30426</v>
       </c>
-      <c r="J20" s="13">
+      <c r="J20" s="12">
         <v>39982</v>
       </c>
-      <c r="K20" s="19">
+      <c r="K20" s="18">
         <v>876</v>
       </c>
-      <c r="L20" s="35"/>
+      <c r="L20" s="12"/>
     </row>
     <row r="21" spans="1:12" ht="10.5" customHeight="1">
-      <c r="A21" s="37">
+      <c r="A21" s="62">
         <v>2001</v>
       </c>
-      <c r="B21" s="48">
+      <c r="B21" s="65">
         <v>215367</v>
       </c>
-      <c r="C21" s="45">
+      <c r="C21" s="37">
         <v>150265</v>
       </c>
-      <c r="D21" s="12">
+      <c r="D21" s="11">
         <v>91949</v>
       </c>
-      <c r="E21" s="12">
+      <c r="E21" s="11">
         <v>13803</v>
       </c>
-      <c r="F21" s="12">
+      <c r="F21" s="11">
         <v>23608</v>
       </c>
-      <c r="G21" s="12">
+      <c r="G21" s="11">
         <v>20905</v>
       </c>
-      <c r="H21" s="45">
+      <c r="H21" s="37">
         <v>65102</v>
       </c>
-      <c r="I21" s="12">
+      <c r="I21" s="11">
         <v>20618</v>
       </c>
-      <c r="J21" s="12">
+      <c r="J21" s="11">
         <v>43417</v>
       </c>
-      <c r="K21" s="19">
+      <c r="K21" s="18">
         <v>1067</v>
       </c>
-      <c r="L21" s="35"/>
+      <c r="L21" s="12"/>
     </row>
     <row r="22" spans="1:12" ht="10.5" customHeight="1">
-      <c r="A22" s="37">
+      <c r="A22" s="62">
         <v>2002</v>
       </c>
-      <c r="B22" s="48">
+      <c r="B22" s="65">
         <v>168693</v>
       </c>
-      <c r="C22" s="45">
+      <c r="C22" s="37">
         <v>100958</v>
       </c>
-      <c r="D22" s="12">
+      <c r="D22" s="11">
         <v>41127</v>
       </c>
-      <c r="E22" s="12">
+      <c r="E22" s="11">
         <v>13154</v>
       </c>
-      <c r="F22" s="12">
+      <c r="F22" s="11">
         <v>24518</v>
       </c>
-      <c r="G22" s="12">
+      <c r="G22" s="11">
         <v>22159</v>
       </c>
-      <c r="H22" s="45">
+      <c r="H22" s="37">
         <v>67736</v>
       </c>
-      <c r="I22" s="12">
+      <c r="I22" s="11">
         <v>24534</v>
       </c>
-      <c r="J22" s="12">
+      <c r="J22" s="11">
         <v>42133</v>
       </c>
-      <c r="K22" s="19">
+      <c r="K22" s="18">
         <v>1067</v>
       </c>
-      <c r="L22" s="35"/>
+      <c r="L22" s="12"/>
     </row>
     <row r="23" spans="1:12" ht="10.5" customHeight="1">
-      <c r="A23" s="37">
+      <c r="A23" s="62">
         <v>2003</v>
       </c>
-      <c r="B23" s="48">
+      <c r="B23" s="65">
         <v>204686</v>
       </c>
-      <c r="C23" s="45">
+      <c r="C23" s="37">
         <v>139881</v>
       </c>
-      <c r="D23" s="12">
+      <c r="D23" s="11">
         <v>36241</v>
       </c>
-      <c r="E23" s="12">
+      <c r="E23" s="11">
         <v>53994</v>
       </c>
-      <c r="F23" s="12">
+      <c r="F23" s="11">
         <v>26653</v>
       </c>
-      <c r="G23" s="12">
+      <c r="G23" s="11">
         <v>22993</v>
       </c>
-      <c r="H23" s="45">
+      <c r="H23" s="37">
         <v>64804</v>
       </c>
-      <c r="I23" s="12">
+      <c r="I23" s="11">
         <v>16844</v>
       </c>
-      <c r="J23" s="12">
+      <c r="J23" s="11">
         <v>46906</v>
       </c>
-      <c r="K23" s="19">
+      <c r="K23" s="18">
         <v>1054</v>
       </c>
-      <c r="L23" s="35"/>
+      <c r="L23" s="12"/>
     </row>
     <row r="24" spans="1:12" ht="10.5" customHeight="1">
-      <c r="A24" s="37">
+      <c r="A24" s="62">
         <v>2004</v>
       </c>
-      <c r="B24" s="48">
+      <c r="B24" s="65">
         <v>233552</v>
       </c>
-      <c r="C24" s="45">
+      <c r="C24" s="37">
         <v>161311</v>
       </c>
-      <c r="D24" s="12">
+      <c r="D24" s="11">
         <v>41153</v>
       </c>
-      <c r="E24" s="12">
+      <c r="E24" s="11">
         <v>71649</v>
       </c>
-      <c r="F24" s="12">
+      <c r="F24" s="11">
         <v>26131</v>
       </c>
-      <c r="G24" s="12">
+      <c r="G24" s="11">
         <v>22378</v>
       </c>
-      <c r="H24" s="45">
+      <c r="H24" s="37">
         <v>72242</v>
       </c>
-      <c r="I24" s="12">
+      <c r="I24" s="11">
         <v>19494</v>
       </c>
-      <c r="J24" s="12">
+      <c r="J24" s="11">
         <v>51678</v>
       </c>
-      <c r="K24" s="19">
+      <c r="K24" s="18">
         <v>1070</v>
       </c>
-      <c r="L24" s="35"/>
+      <c r="L24" s="12"/>
     </row>
     <row r="25" spans="1:12" ht="10.5" customHeight="1">
-      <c r="A25" s="37">
+      <c r="A25" s="62">
         <v>2005</v>
       </c>
-      <c r="B25" s="48">
+      <c r="B25" s="65">
         <v>224206</v>
       </c>
-      <c r="C25" s="45">
+      <c r="C25" s="37">
         <v>145466</v>
       </c>
-      <c r="D25" s="12">
+      <c r="D25" s="11">
         <v>57971</v>
       </c>
-      <c r="E25" s="12">
+      <c r="E25" s="11">
         <v>33784</v>
       </c>
-      <c r="F25" s="12">
+      <c r="F25" s="11">
         <v>29329</v>
       </c>
-      <c r="G25" s="12">
+      <c r="G25" s="11">
         <v>24382</v>
       </c>
-      <c r="H25" s="45">
+      <c r="H25" s="37">
         <v>78740</v>
       </c>
-      <c r="I25" s="12">
+      <c r="I25" s="11">
         <v>24828</v>
       </c>
-      <c r="J25" s="12">
+      <c r="J25" s="11">
         <v>52485</v>
       </c>
-      <c r="K25" s="19">
+      <c r="K25" s="18">
         <v>1427</v>
       </c>
-      <c r="L25" s="35"/>
+      <c r="L25" s="12"/>
     </row>
     <row r="26" spans="1:12" ht="10.5" customHeight="1">
-      <c r="A26" s="37">
+      <c r="A26" s="62">
         <v>2006</v>
       </c>
-      <c r="B26" s="48">
+      <c r="B26" s="65">
         <v>269930</v>
       </c>
-      <c r="C26" s="45">
+      <c r="C26" s="37">
         <v>158055</v>
       </c>
-      <c r="D26" s="12">
+      <c r="D26" s="11">
         <v>80364</v>
       </c>
-      <c r="E26" s="12">
+      <c r="E26" s="11">
         <v>19872</v>
       </c>
-      <c r="F26" s="12">
+      <c r="F26" s="11">
         <v>32784</v>
       </c>
-      <c r="G26" s="12">
+      <c r="G26" s="11">
         <v>25035</v>
       </c>
-      <c r="H26" s="45">
+      <c r="H26" s="37">
         <v>111873</v>
       </c>
-      <c r="I26" s="12">
+      <c r="I26" s="11">
         <v>42434</v>
       </c>
-      <c r="J26" s="12">
+      <c r="J26" s="11">
         <v>67577</v>
       </c>
-      <c r="K26" s="19">
+      <c r="K26" s="18">
         <v>1862</v>
       </c>
-      <c r="L26" s="35"/>
+      <c r="L26" s="12"/>
     </row>
     <row r="27" spans="1:12" ht="10.5" customHeight="1">
-      <c r="A27" s="37">
+      <c r="A27" s="62">
         <v>2007</v>
       </c>
-      <c r="B27" s="48">
+      <c r="B27" s="65">
         <v>259034</v>
       </c>
-      <c r="C27" s="45">
+      <c r="C27" s="37">
         <v>181455</v>
       </c>
-      <c r="D27" s="12">
+      <c r="D27" s="11">
         <v>106122</v>
       </c>
-      <c r="E27" s="12">
+      <c r="E27" s="11">
         <v>14939</v>
       </c>
-      <c r="F27" s="12">
+      <c r="F27" s="11">
         <v>35338</v>
       </c>
-      <c r="G27" s="12">
+      <c r="G27" s="11">
         <v>25056</v>
       </c>
-      <c r="H27" s="45">
+      <c r="H27" s="37">
         <v>77579</v>
       </c>
-      <c r="I27" s="12">
+      <c r="I27" s="11">
         <v>29890</v>
       </c>
-      <c r="J27" s="12">
+      <c r="J27" s="11">
         <v>46263</v>
       </c>
-      <c r="K27" s="19">
+      <c r="K27" s="18">
         <v>1426</v>
       </c>
-      <c r="L27" s="35"/>
+      <c r="L27" s="12"/>
     </row>
     <row r="28" spans="1:12" ht="10.5" customHeight="1">
-      <c r="A28" s="37">
+      <c r="A28" s="62">
         <v>2008</v>
       </c>
-      <c r="B28" s="48">
+      <c r="B28" s="65">
         <v>301592</v>
       </c>
-      <c r="C28" s="45">
+      <c r="C28" s="37">
         <v>218954</v>
       </c>
-      <c r="D28" s="12">
+      <c r="D28" s="11">
         <v>98307</v>
       </c>
-      <c r="E28" s="12">
+      <c r="E28" s="11">
         <v>53241</v>
       </c>
-      <c r="F28" s="12">
+      <c r="F28" s="11">
         <v>34813</v>
       </c>
-      <c r="G28" s="12">
+      <c r="G28" s="11">
         <v>32593</v>
       </c>
-      <c r="H28" s="45">
+      <c r="H28" s="37">
         <v>82638</v>
       </c>
-      <c r="I28" s="12">
+      <c r="I28" s="11">
         <v>31966</v>
       </c>
-      <c r="J28" s="12">
+      <c r="J28" s="11">
         <v>49224</v>
       </c>
-      <c r="K28" s="19">
+      <c r="K28" s="18">
         <v>1448</v>
       </c>
-      <c r="L28" s="35"/>
+      <c r="L28" s="12"/>
     </row>
     <row r="29" spans="1:12" ht="10.5" customHeight="1">
-      <c r="A29" s="37">
+      <c r="A29" s="62">
         <v>2009</v>
       </c>
-      <c r="B29" s="48">
+      <c r="B29" s="65">
         <v>250446</v>
       </c>
-      <c r="C29" s="45">
+      <c r="C29" s="37">
         <v>160094</v>
       </c>
-      <c r="D29" s="12">
+      <c r="D29" s="11">
         <v>58739</v>
       </c>
-      <c r="E29" s="12">
+      <c r="E29" s="11">
         <v>30808</v>
       </c>
-      <c r="F29" s="12">
+      <c r="F29" s="11">
         <v>43037</v>
       </c>
-      <c r="G29" s="12">
+      <c r="G29" s="11">
         <v>27510</v>
       </c>
-      <c r="H29" s="45">
+      <c r="H29" s="37">
         <v>90353</v>
       </c>
-      <c r="I29" s="12">
+      <c r="I29" s="11">
         <v>32026</v>
       </c>
-      <c r="J29" s="12">
+      <c r="J29" s="11">
         <v>56880</v>
       </c>
-      <c r="K29" s="19">
+      <c r="K29" s="18">
         <v>1447</v>
       </c>
-      <c r="L29" s="35"/>
+      <c r="L29" s="12"/>
     </row>
     <row r="30" spans="1:12" ht="10.5" customHeight="1">
-      <c r="A30" s="37">
+      <c r="A30" s="62">
         <v>2010</v>
       </c>
-      <c r="B30" s="48">
+      <c r="B30" s="65">
         <v>300097</v>
       </c>
-      <c r="C30" s="45">
+      <c r="C30" s="37">
         <v>213532</v>
       </c>
-      <c r="D30" s="12">
+      <c r="D30" s="11">
         <v>137097</v>
       </c>
-      <c r="E30" s="12">
+      <c r="E30" s="11">
         <v>9830</v>
       </c>
-      <c r="F30" s="12">
+      <c r="F30" s="11">
         <v>40580</v>
       </c>
-      <c r="G30" s="12">
+      <c r="G30" s="11">
         <v>26025</v>
       </c>
-      <c r="H30" s="45">
+      <c r="H30" s="37">
         <v>86564</v>
       </c>
-      <c r="I30" s="12">
+      <c r="I30" s="11">
         <v>25377</v>
       </c>
-      <c r="J30" s="12">
+      <c r="J30" s="11">
         <v>59747</v>
       </c>
-      <c r="K30" s="19">
+      <c r="K30" s="18">
         <v>1440</v>
       </c>
-      <c r="L30" s="35"/>
+      <c r="L30" s="12"/>
     </row>
     <row r="31" spans="1:12" ht="10.5" customHeight="1">
-      <c r="A31" s="37">
+      <c r="A31" s="62">
         <v>2011</v>
       </c>
-      <c r="B31" s="48">
+      <c r="B31" s="65">
         <v>266168</v>
       </c>
-      <c r="C31" s="45">
+      <c r="C31" s="37">
         <v>181287</v>
       </c>
-      <c r="D31" s="12">
+      <c r="D31" s="11">
         <v>102606</v>
       </c>
-      <c r="E31" s="12">
+      <c r="E31" s="11">
         <v>10558</v>
       </c>
-      <c r="F31" s="12">
+      <c r="F31" s="11">
         <v>41121</v>
       </c>
-      <c r="G31" s="12">
+      <c r="G31" s="11">
         <v>27002</v>
       </c>
-      <c r="H31" s="45">
+      <c r="H31" s="37">
         <v>84881</v>
       </c>
-      <c r="I31" s="12">
+      <c r="I31" s="11">
         <v>26817</v>
       </c>
-      <c r="J31" s="12">
+      <c r="J31" s="11">
         <v>56641</v>
       </c>
-      <c r="K31" s="19">
+      <c r="K31" s="18">
         <v>1423</v>
       </c>
-      <c r="L31" s="35"/>
+      <c r="L31" s="12"/>
     </row>
     <row r="32" spans="1:12" ht="10.5" customHeight="1">
-      <c r="A32" s="37">
+      <c r="A32" s="62">
         <v>2012</v>
       </c>
-      <c r="B32" s="48">
+      <c r="B32" s="65">
         <v>243191</v>
       </c>
-      <c r="C32" s="45">
+      <c r="C32" s="37">
         <v>154489</v>
       </c>
-      <c r="D32" s="12">
+      <c r="D32" s="11">
         <v>75223</v>
       </c>
-      <c r="E32" s="12">
+      <c r="E32" s="11">
         <v>12568</v>
       </c>
-      <c r="F32" s="12">
+      <c r="F32" s="11">
         <v>38305</v>
       </c>
-      <c r="G32" s="12">
+      <c r="G32" s="11">
         <v>28393</v>
       </c>
-      <c r="H32" s="45">
+      <c r="H32" s="37">
         <v>88702</v>
       </c>
-      <c r="I32" s="12">
+      <c r="I32" s="11">
         <v>25393</v>
       </c>
-      <c r="J32" s="12">
+      <c r="J32" s="11">
         <v>61912</v>
       </c>
-      <c r="K32" s="19">
+      <c r="K32" s="18">
         <v>1397</v>
       </c>
-      <c r="L32" s="35"/>
+      <c r="L32" s="12"/>
     </row>
     <row r="33" spans="1:12" ht="10.5" customHeight="1">
-      <c r="A33" s="37">
+      <c r="A33" s="62">
         <v>2013</v>
       </c>
-      <c r="B33" s="48">
+      <c r="B33" s="65">
         <v>248763</v>
       </c>
-      <c r="C33" s="45">
+      <c r="C33" s="37">
         <v>156575</v>
       </c>
-      <c r="D33" s="12">
+      <c r="D33" s="11">
         <v>79673</v>
       </c>
-      <c r="E33" s="12">
+      <c r="E33" s="11">
         <v>12062</v>
       </c>
-      <c r="F33" s="12">
+      <c r="F33" s="11">
         <v>35340</v>
       </c>
-      <c r="G33" s="12">
+      <c r="G33" s="11">
         <v>29500</v>
       </c>
-      <c r="H33" s="45">
+      <c r="H33" s="37">
         <v>92188</v>
       </c>
-      <c r="I33" s="12">
+      <c r="I33" s="11">
         <v>25771</v>
       </c>
-      <c r="J33" s="12">
+      <c r="J33" s="11">
         <v>64948</v>
       </c>
-      <c r="K33" s="19">
+      <c r="K33" s="18">
         <v>1470</v>
       </c>
-      <c r="L33" s="35"/>
+      <c r="L33" s="12"/>
     </row>
     <row r="34" spans="1:12" ht="10.5" customHeight="1">
-      <c r="A34" s="37">
+      <c r="A34" s="62">
         <v>2014</v>
       </c>
-      <c r="B34" s="48">
+      <c r="B34" s="65">
         <v>273283</v>
       </c>
-      <c r="C34" s="45">
+      <c r="C34" s="37">
         <v>167169</v>
       </c>
-      <c r="D34" s="12">
+      <c r="D34" s="11">
         <v>90566</v>
       </c>
-      <c r="E34" s="12">
+      <c r="E34" s="11">
         <v>12169</v>
       </c>
-      <c r="F34" s="12">
+      <c r="F34" s="11">
         <v>34924</v>
       </c>
-      <c r="G34" s="12">
+      <c r="G34" s="11">
         <v>29510</v>
       </c>
-      <c r="H34" s="45">
+      <c r="H34" s="37">
         <v>106114</v>
       </c>
-      <c r="I34" s="12">
+      <c r="I34" s="11">
         <v>42819</v>
       </c>
-      <c r="J34" s="12">
+      <c r="J34" s="11">
         <v>61751</v>
       </c>
-      <c r="K34" s="19">
+      <c r="K34" s="18">
         <v>1544</v>
       </c>
-      <c r="L34" s="35"/>
+      <c r="L34" s="12"/>
     </row>
     <row r="35" spans="1:12" ht="10.5" customHeight="1">
-      <c r="A35" s="37">
+      <c r="A35" s="62">
         <v>2015</v>
       </c>
-      <c r="B35" s="48">
+      <c r="B35" s="65">
         <v>258482</v>
       </c>
-      <c r="C35" s="45">
+      <c r="C35" s="37">
         <v>159591</v>
       </c>
-      <c r="D35" s="12">
+      <c r="D35" s="11">
         <v>81082</v>
       </c>
-      <c r="E35" s="12">
+      <c r="E35" s="11">
         <v>11613</v>
       </c>
-      <c r="F35" s="12">
+      <c r="F35" s="11">
         <v>36310</v>
       </c>
-      <c r="G35" s="12">
+      <c r="G35" s="11">
         <v>30586</v>
       </c>
-      <c r="H35" s="45">
+      <c r="H35" s="37">
         <v>98893</v>
       </c>
-      <c r="I35" s="12">
+      <c r="I35" s="11">
         <v>39558</v>
       </c>
-      <c r="J35" s="12">
+      <c r="J35" s="11">
         <v>57636</v>
       </c>
-      <c r="K35" s="19">
+      <c r="K35" s="18">
         <v>1699</v>
       </c>
-      <c r="L35" s="35"/>
+      <c r="L35" s="12"/>
     </row>
     <row r="36" spans="1:12" ht="10.5" customHeight="1">
-      <c r="A36" s="37">
+      <c r="A36" s="62">
         <v>2016</v>
       </c>
-      <c r="B36" s="48">
+      <c r="B36" s="65">
         <v>233187</v>
       </c>
-      <c r="C36" s="45">
+      <c r="C36" s="37">
         <v>133710</v>
       </c>
-      <c r="D36" s="12">
+      <c r="D36" s="11">
         <v>54528</v>
       </c>
-      <c r="E36" s="12">
+      <c r="E36" s="11">
         <v>12312</v>
       </c>
-      <c r="F36" s="12">
+      <c r="F36" s="11">
         <v>37062</v>
       </c>
-      <c r="G36" s="12">
+      <c r="G36" s="11">
         <v>29808</v>
       </c>
-      <c r="H36" s="45">
+      <c r="H36" s="37">
         <v>99477</v>
       </c>
-      <c r="I36" s="12">
+      <c r="I36" s="11">
         <v>38333</v>
       </c>
-      <c r="J36" s="12">
+      <c r="J36" s="11">
         <v>59496</v>
       </c>
-      <c r="K36" s="19">
+      <c r="K36" s="18">
         <v>1648</v>
       </c>
-      <c r="L36" s="35"/>
+      <c r="L36" s="12"/>
     </row>
     <row r="37" spans="1:12" ht="10.5" customHeight="1">
-      <c r="A37" s="37">
+      <c r="A37" s="62">
         <v>2017</v>
       </c>
-      <c r="B37" s="48">
+      <c r="B37" s="65">
         <v>246391</v>
       </c>
-      <c r="C37" s="45">
+      <c r="C37" s="37">
         <v>136470</v>
       </c>
-      <c r="D37" s="12">
+      <c r="D37" s="11">
         <v>52364</v>
       </c>
-      <c r="E37" s="12">
+      <c r="E37" s="11">
         <v>13298</v>
       </c>
-      <c r="F37" s="12">
+      <c r="F37" s="11">
         <v>39085</v>
       </c>
-      <c r="G37" s="12">
+      <c r="G37" s="11">
         <v>31723</v>
       </c>
-      <c r="H37" s="45">
+      <c r="H37" s="37">
         <v>109920</v>
       </c>
-      <c r="I37" s="12">
+      <c r="I37" s="11">
         <v>40754</v>
       </c>
-      <c r="J37" s="12">
+      <c r="J37" s="11">
         <v>67413</v>
       </c>
-      <c r="K37" s="19">
+      <c r="K37" s="18">
         <v>1753</v>
       </c>
-      <c r="L37" s="35"/>
+      <c r="L37" s="12"/>
     </row>
     <row r="38" spans="1:12" ht="10.5" customHeight="1">
-      <c r="A38" s="37">
+      <c r="A38" s="62">
         <v>2018</v>
       </c>
-      <c r="B38" s="48">
+      <c r="B38" s="65">
         <v>240648</v>
       </c>
-      <c r="C38" s="45">
+      <c r="C38" s="37">
         <v>140293</v>
       </c>
-      <c r="D38" s="12">
+      <c r="D38" s="11">
         <v>59579</v>
       </c>
-      <c r="E38" s="12">
+      <c r="E38" s="11">
         <v>13073</v>
       </c>
-      <c r="F38" s="12">
+      <c r="F38" s="11">
         <v>34905</v>
       </c>
-      <c r="G38" s="12">
+      <c r="G38" s="11">
         <v>32736</v>
       </c>
-      <c r="H38" s="45">
+      <c r="H38" s="37">
         <v>100354</v>
       </c>
-      <c r="I38" s="12">
+      <c r="I38" s="11">
         <v>37425</v>
       </c>
-      <c r="J38" s="12">
+      <c r="J38" s="11">
         <v>60940</v>
       </c>
-      <c r="K38" s="19">
+      <c r="K38" s="18">
         <v>1988</v>
       </c>
-      <c r="L38" s="35"/>
+      <c r="L38" s="12"/>
     </row>
     <row r="39" spans="1:12" ht="10.5" customHeight="1">
-      <c r="A39" s="37">
+      <c r="A39" s="62">
         <v>2019</v>
       </c>
-      <c r="B39" s="48">
+      <c r="B39" s="65">
         <v>241668</v>
       </c>
-      <c r="C39" s="45">
+      <c r="C39" s="37">
         <v>144771</v>
       </c>
-      <c r="D39" s="12">
+      <c r="D39" s="11">
         <v>62984</v>
       </c>
-      <c r="E39" s="12">
+      <c r="E39" s="11">
         <v>13147</v>
       </c>
-      <c r="F39" s="12">
+      <c r="F39" s="11">
         <v>33873</v>
       </c>
-      <c r="G39" s="12">
+      <c r="G39" s="11">
         <v>34767</v>
       </c>
-      <c r="H39" s="45">
+      <c r="H39" s="37">
         <v>96896</v>
       </c>
-      <c r="I39" s="12">
+      <c r="I39" s="11">
         <v>33007</v>
       </c>
-      <c r="J39" s="12">
+      <c r="J39" s="11">
         <v>61941</v>
       </c>
-      <c r="K39" s="19">
+      <c r="K39" s="18">
         <v>1949</v>
       </c>
-      <c r="L39" s="35"/>
+      <c r="L39" s="12"/>
     </row>
     <row r="40" spans="1:12" ht="10.5" customHeight="1">
-      <c r="A40" s="37">
+      <c r="A40" s="62">
         <v>2020</v>
       </c>
-      <c r="B40" s="48">
+      <c r="B40" s="65">
         <v>214043</v>
       </c>
-      <c r="C40" s="45">
+      <c r="C40" s="37">
         <v>112293</v>
       </c>
-      <c r="D40" s="12">
+      <c r="D40" s="11">
         <v>31199</v>
       </c>
-      <c r="E40" s="12">
+      <c r="E40" s="11">
         <v>14005</v>
       </c>
-      <c r="F40" s="12">
+      <c r="F40" s="11">
         <v>34175</v>
       </c>
-      <c r="G40" s="12">
+      <c r="G40" s="11">
         <v>32914</v>
       </c>
-      <c r="H40" s="45">
+      <c r="H40" s="37">
         <v>101749</v>
       </c>
-      <c r="I40" s="12">
+      <c r="I40" s="11">
         <v>36338</v>
       </c>
-      <c r="J40" s="12">
+      <c r="J40" s="11">
         <v>63045</v>
       </c>
-      <c r="K40" s="19">
+      <c r="K40" s="18">
         <v>2366</v>
       </c>
-      <c r="L40" s="35"/>
+      <c r="L40" s="12"/>
     </row>
     <row r="41" spans="1:12" ht="10.5" customHeight="1">
-      <c r="A41" s="37">
+      <c r="A41" s="62">
         <v>2021</v>
       </c>
-      <c r="B41" s="48">
+      <c r="B41" s="65">
         <v>226913</v>
       </c>
-      <c r="C41" s="45">
+      <c r="C41" s="37">
         <v>115778</v>
       </c>
-      <c r="D41" s="12">
+      <c r="D41" s="11">
         <v>31240</v>
       </c>
-      <c r="E41" s="12">
+      <c r="E41" s="11">
         <v>13411</v>
       </c>
-      <c r="F41" s="12">
+      <c r="F41" s="11">
         <v>38291</v>
       </c>
-      <c r="G41" s="12">
+      <c r="G41" s="11">
         <v>32836</v>
       </c>
-      <c r="H41" s="45">
+      <c r="H41" s="37">
         <v>111136</v>
       </c>
-      <c r="I41" s="12">
+      <c r="I41" s="11">
         <v>33543</v>
       </c>
-      <c r="J41" s="12">
+      <c r="J41" s="11">
         <v>75655</v>
       </c>
-      <c r="K41" s="19">
+      <c r="K41" s="18">
         <v>1938</v>
       </c>
-      <c r="L41" s="35"/>
+      <c r="L41" s="12"/>
     </row>
     <row r="42" spans="1:12" ht="10.5" customHeight="1">
-      <c r="A42" s="38">
+      <c r="A42" s="62">
         <v>2022</v>
       </c>
-      <c r="B42" s="49">
+      <c r="B42" s="65">
         <v>229662</v>
       </c>
-      <c r="C42" s="46">
+      <c r="C42" s="37">
         <v>115302</v>
       </c>
-      <c r="D42" s="20">
+      <c r="D42" s="11">
         <v>30782</v>
       </c>
-      <c r="E42" s="20">
+      <c r="E42" s="11">
         <v>14097</v>
       </c>
-      <c r="F42" s="20">
+      <c r="F42" s="11">
         <v>37444</v>
       </c>
-      <c r="G42" s="20">
+      <c r="G42" s="11">
         <v>32979</v>
       </c>
-      <c r="H42" s="46">
+      <c r="H42" s="37">
         <v>114361</v>
       </c>
-      <c r="I42" s="20">
+      <c r="I42" s="11">
         <v>33746</v>
       </c>
-      <c r="J42" s="20">
+      <c r="J42" s="11">
         <v>78548</v>
       </c>
-      <c r="K42" s="21">
+      <c r="K42" s="18">
         <v>2066</v>
       </c>
-      <c r="L42" s="35"/>
-[...11 lines deleted...]
-      <c r="A44" s="16" t="s">
+      <c r="L42" s="12"/>
+    </row>
+    <row r="43" spans="1:12" ht="10.5" customHeight="1">
+      <c r="A43" s="63">
+        <v>2023</v>
+      </c>
+      <c r="B43" s="66">
+        <v>236823</v>
+      </c>
+      <c r="C43" s="38">
+        <v>118191</v>
+      </c>
+      <c r="D43" s="19">
+        <v>32365</v>
+      </c>
+      <c r="E43" s="19">
+        <v>14740</v>
+      </c>
+      <c r="F43" s="19">
+        <v>38539</v>
+      </c>
+      <c r="G43" s="19">
+        <v>32547</v>
+      </c>
+      <c r="H43" s="38">
+        <v>118633</v>
+      </c>
+      <c r="I43" s="19">
+        <v>38644</v>
+      </c>
+      <c r="J43" s="19">
+        <v>77846</v>
+      </c>
+      <c r="K43" s="20">
+        <v>2142</v>
+      </c>
+      <c r="L43" s="12"/>
+    </row>
+    <row r="44" spans="1:12" s="8" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A44" s="15"/>
+      <c r="B44" s="13"/>
+      <c r="C44" s="33"/>
+      <c r="D44" s="13"/>
+      <c r="E44" s="13"/>
+      <c r="F44" s="14"/>
+    </row>
+    <row r="45" spans="1:12" s="8" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A45" s="15" t="s">
         <v>32</v>
       </c>
-      <c r="B44" s="14"/>
-[...5 lines deleted...]
-      <c r="A45" s="16" t="s">
+      <c r="B45" s="13"/>
+      <c r="C45" s="13"/>
+      <c r="D45" s="13"/>
+      <c r="E45" s="13"/>
+    </row>
+    <row r="46" spans="1:12" s="8" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A46" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="B45" s="14"/>
-[...5 lines deleted...]
-      <c r="A46" s="16" t="s">
+      <c r="B46" s="13"/>
+      <c r="C46" s="13"/>
+      <c r="D46" s="13"/>
+      <c r="E46" s="13"/>
+    </row>
+    <row r="47" spans="1:12" s="8" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A47" s="15" t="s">
         <v>34</v>
       </c>
-      <c r="B46" s="14"/>
-[...9 lines deleted...]
-      <c r="A48" s="16" t="s">
+      <c r="B47" s="13"/>
+      <c r="C47" s="13"/>
+      <c r="D47" s="13"/>
+      <c r="E47" s="13"/>
+    </row>
+    <row r="48" spans="1:12" s="8" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A48" s="15"/>
+    </row>
+    <row r="49" spans="1:12" s="8" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A49" s="15" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="49" spans="1:12" s="9" customFormat="1" ht="10.5" customHeight="1">
-[...43 lines deleted...]
-      <c r="L52" s="40"/>
+    <row r="50" spans="1:12" s="8" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A50" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="B50" s="13"/>
+      <c r="C50" s="13"/>
+      <c r="D50" s="13"/>
+      <c r="E50" s="13"/>
+      <c r="F50" s="13"/>
+      <c r="G50" s="13"/>
+      <c r="I50" s="13"/>
+      <c r="K50" s="13"/>
+      <c r="L50" s="13"/>
+    </row>
+    <row r="51" spans="1:12" s="8" customFormat="1" ht="10.5" customHeight="1">
+      <c r="B51" s="14"/>
+      <c r="C51" s="14"/>
+      <c r="D51" s="14"/>
+      <c r="E51" s="14"/>
+      <c r="F51" s="14"/>
+      <c r="G51" s="14"/>
+      <c r="H51" s="14"/>
+      <c r="I51" s="14"/>
+      <c r="J51" s="14"/>
+      <c r="K51" s="14"/>
+      <c r="L51" s="14"/>
+    </row>
+    <row r="52" spans="1:12" s="8" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A52" s="15" t="s">
+        <v>72</v>
+      </c>
+      <c r="B52" s="14"/>
+      <c r="C52" s="14"/>
+      <c r="D52" s="14"/>
+      <c r="E52" s="14"/>
+      <c r="F52" s="14"/>
+      <c r="G52" s="14"/>
+      <c r="H52" s="14"/>
+      <c r="I52" s="14"/>
+      <c r="J52" s="14"/>
+      <c r="K52" s="14"/>
+      <c r="L52" s="14"/>
+    </row>
+    <row r="53" spans="1:12" s="8" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A53" s="15"/>
     </row>
   </sheetData>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.196850393700787" right="0.196850393700787" top="0.47" bottom="0.82677165354330695" header="0.4921259845" footer="0.4921259845"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;"Arial Narrow,Normal"&amp;8Service de la statistique du canton de Fribourg-RM
 &amp;Z&amp;F-&amp;D-&amp;T&amp;R&amp;"Arial Narrow,Normal"&amp;8&amp;P/&amp;N</oddFooter>
   </headerFooter>
   <rowBreaks count="4" manualBreakCount="4">
     <brk id="69" max="65535" man="1"/>
     <brk id="127" max="65535" man="1"/>
     <brk id="185" max="65535" man="1"/>
     <brk id="243" max="65535" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7D101F6C-4D19-42A9-92B3-64B77CBB4945}">
   <dimension ref="A1:E17"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <selection sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.453125" defaultRowHeight="10"/>
   <cols>
-    <col min="1" max="1" width="8.453125" style="51" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="16384" width="11.453125" style="51"/>
+    <col min="1" max="1" width="8.453125" style="40" customWidth="1"/>
+    <col min="2" max="2" width="37.7265625" style="40" customWidth="1"/>
+    <col min="3" max="3" width="3.453125" style="40" customWidth="1"/>
+    <col min="4" max="4" width="8.453125" style="40" customWidth="1"/>
+    <col min="5" max="5" width="37.7265625" style="40" customWidth="1"/>
+    <col min="6" max="16384" width="11.453125" style="40"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="10.5">
-      <c r="A1" s="50" t="s">
+      <c r="A1" s="39" t="s">
+        <v>37</v>
+      </c>
+      <c r="D1" s="39" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="2" spans="1:5" s="42" customFormat="1">
+      <c r="A2" s="41" t="s">
+        <v>0</v>
+      </c>
+      <c r="D2" s="41" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="3" spans="1:5">
+      <c r="A3" s="43" t="s">
+        <v>39</v>
+      </c>
+      <c r="B3" s="44" t="s">
+        <v>40</v>
+      </c>
+      <c r="C3" s="45"/>
+      <c r="D3" s="43" t="s">
         <v>41</v>
       </c>
-      <c r="D1" s="50" t="s">
+      <c r="E3" s="43" t="s">
         <v>42</v>
       </c>
     </row>
-    <row r="2" spans="1:5" s="53" customFormat="1">
-[...8 lines deleted...]
-      <c r="A3" s="54" t="s">
+    <row r="4" spans="1:5">
+      <c r="A4" s="46" t="s">
         <v>43</v>
       </c>
-      <c r="B3" s="55" t="s">
+      <c r="B4" s="47" t="s">
         <v>44</v>
       </c>
-      <c r="C3" s="56"/>
-      <c r="D3" s="54" t="s">
+      <c r="C4" s="48"/>
+      <c r="D4" s="46" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" s="47" t="s">
         <v>45</v>
       </c>
-      <c r="E3" s="54" t="s">
+    </row>
+    <row r="5" spans="1:5">
+      <c r="A5" s="49" t="s">
         <v>46</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" s="57" t="s">
+      <c r="B5" s="50" t="s">
         <v>47</v>
       </c>
-      <c r="B4" s="58" t="s">
+      <c r="C5" s="48"/>
+      <c r="D5" s="49" t="s">
         <v>48</v>
       </c>
-      <c r="C4" s="59"/>
-[...3 lines deleted...]
-      <c r="E4" s="58" t="s">
+      <c r="E5" s="50" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="5" spans="1:5">
-      <c r="A5" s="60" t="s">
+    <row r="6" spans="1:5">
+      <c r="A6" s="51" t="s">
         <v>50</v>
       </c>
-      <c r="B5" s="61" t="s">
+      <c r="B6" s="47" t="s">
         <v>51</v>
       </c>
-      <c r="C5" s="59"/>
-      <c r="D5" s="60" t="s">
+      <c r="C6" s="48"/>
+      <c r="D6" s="51" t="s">
         <v>52</v>
       </c>
-      <c r="E5" s="61" t="s">
+      <c r="E6" s="47" t="s">
         <v>53</v>
       </c>
     </row>
-    <row r="6" spans="1:5">
-      <c r="A6" s="62" t="s">
+    <row r="7" spans="1:5" ht="17">
+      <c r="A7" s="49" t="s">
         <v>54</v>
       </c>
-      <c r="B6" s="58" t="s">
+      <c r="B7" s="50" t="s">
         <v>55</v>
       </c>
-      <c r="C6" s="59"/>
-      <c r="D6" s="62" t="s">
+      <c r="C7" s="48"/>
+      <c r="D7" s="49" t="s">
+        <v>54</v>
+      </c>
+      <c r="E7" s="50" t="s">
         <v>56</v>
       </c>
-      <c r="E6" s="58" t="s">
+    </row>
+    <row r="8" spans="1:5" ht="17">
+      <c r="A8" s="46" t="s">
         <v>57</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A7" s="60" t="s">
+      <c r="B8" s="47" t="s">
         <v>58</v>
       </c>
-      <c r="B7" s="61" t="s">
+      <c r="C8" s="48"/>
+      <c r="D8" s="46" t="s">
+        <v>57</v>
+      </c>
+      <c r="E8" s="47" t="s">
         <v>59</v>
       </c>
-      <c r="C7" s="59"/>
-[...3 lines deleted...]
-      <c r="E7" s="61" t="s">
+    </row>
+    <row r="9" spans="1:5">
+      <c r="A9" s="49" t="s">
         <v>60</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A8" s="57" t="s">
+      <c r="B9" s="50" t="s">
         <v>61</v>
       </c>
-      <c r="B8" s="58" t="s">
+      <c r="C9" s="48"/>
+      <c r="D9" s="49" t="s">
+        <v>60</v>
+      </c>
+      <c r="E9" s="50" t="s">
         <v>62</v>
       </c>
-      <c r="C8" s="59"/>
-[...3 lines deleted...]
-      <c r="E8" s="58" t="s">
+    </row>
+    <row r="10" spans="1:5">
+      <c r="A10" s="46" t="s">
         <v>63</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A9" s="60" t="s">
+      <c r="B10" s="47" t="s">
         <v>64</v>
       </c>
-      <c r="B9" s="61" t="s">
+      <c r="C10" s="48"/>
+      <c r="D10" s="46" t="s">
+        <v>63</v>
+      </c>
+      <c r="E10" s="47" t="s">
         <v>65</v>
       </c>
-      <c r="C9" s="59"/>
-[...3 lines deleted...]
-      <c r="E9" s="61" t="s">
+    </row>
+    <row r="11" spans="1:5">
+      <c r="A11" s="52" t="s">
         <v>66</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A10" s="57" t="s">
+      <c r="B11" s="53" t="s">
         <v>67</v>
       </c>
-      <c r="B10" s="58" t="s">
+      <c r="C11" s="48"/>
+      <c r="D11" s="52" t="s">
+        <v>66</v>
+      </c>
+      <c r="E11" s="53" t="s">
         <v>68</v>
       </c>
-      <c r="C10" s="59"/>
-[...20 lines deleted...]
-      </c>
     </row>
     <row r="12" spans="1:5" ht="12.5">
-      <c r="A12" s="65"/>
-      <c r="D12" s="65"/>
+      <c r="A12" s="54"/>
+      <c r="D12" s="54"/>
     </row>
     <row r="13" spans="1:5" ht="12.5">
-      <c r="A13" s="65"/>
-      <c r="D13" s="65"/>
+      <c r="A13" s="54"/>
+      <c r="D13" s="54"/>
     </row>
     <row r="14" spans="1:5" ht="14.5">
-      <c r="A14" s="66"/>
-      <c r="D14" s="65"/>
+      <c r="A14" s="55"/>
+      <c r="D14" s="54"/>
     </row>
     <row r="15" spans="1:5" ht="14.5">
-      <c r="A15" s="66"/>
-      <c r="D15" s="65"/>
+      <c r="A15" s="55"/>
+      <c r="D15" s="54"/>
     </row>
     <row r="16" spans="1:5" ht="12.5">
-      <c r="A16" s="65"/>
-      <c r="D16" s="65"/>
+      <c r="A16" s="54"/>
+      <c r="D16" s="54"/>
     </row>
     <row r="17" spans="1:4" ht="12.5">
-      <c r="A17" s="65"/>
-      <c r="D17" s="65"/>
+      <c r="A17" s="54"/>
+      <c r="D17" s="54"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Plages nommées</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>