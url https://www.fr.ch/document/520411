--- v0 (2025-12-05)
+++ v1 (2026-01-15)
@@ -1,82 +1,82 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="L:\Administration du SESAM\Publication site internet\Publication Liste thérapeutes\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BC99B0F9-9FFC-4711-B4FE-48EA0B7D34DA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FB6013C3-13E3-423A-9620-CF140DFB7DB2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21120" tabRatio="837" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-38520" yWindow="-5340" windowWidth="38640" windowHeight="21120" tabRatio="837" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="SESAM-SoA 2025" sheetId="5" r:id="rId1"/>
     <sheet name="Feuil2" sheetId="7" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'SESAM-SoA 2025'!$A$2:$J$62</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="563" uniqueCount="274">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="566" uniqueCount="274">
   <si>
     <t>Baeriswyl-Rouiller</t>
   </si>
   <si>
     <t>Irène</t>
   </si>
   <si>
     <t>1700 Fribourg</t>
   </si>
   <si>
     <t>Rue St-Pierre 2</t>
   </si>
   <si>
     <t>Marie-Laure</t>
   </si>
   <si>
     <t>Brigitta</t>
   </si>
   <si>
     <t>3280 Murten</t>
   </si>
   <si>
     <t>Fuchs</t>
   </si>
   <si>
@@ -229,93 +229,87 @@
   <si>
     <t>Plapperlaplapp</t>
   </si>
   <si>
     <t>Collaud Stauffacher</t>
   </si>
   <si>
     <t>Masur Luu</t>
   </si>
   <si>
     <t>Christelle</t>
   </si>
   <si>
     <t>Rue du Château 115</t>
   </si>
   <si>
     <t>Mélanie</t>
   </si>
   <si>
     <t>Patricia</t>
   </si>
   <si>
     <t>Pauline</t>
   </si>
   <si>
-    <t>Damerval</t>
-[...1 lines deleted...]
-  <si>
     <t>1723 Marly</t>
   </si>
   <si>
     <t>Bernasconi</t>
   </si>
   <si>
     <t>1716 Plaffeien</t>
   </si>
   <si>
     <t>Perrine</t>
   </si>
   <si>
     <t>Hedjazi</t>
   </si>
   <si>
     <t>Logo !</t>
   </si>
   <si>
     <t>caroline.delacretaz@logoromont.ch</t>
   </si>
   <si>
     <t>Rue de l'Eglise 49</t>
   </si>
   <si>
     <t>Allée Jean-Tinguely 2</t>
   </si>
   <si>
     <t>Budzinski</t>
   </si>
   <si>
     <t>Mercier</t>
   </si>
   <si>
     <t>Georges</t>
   </si>
   <si>
     <t>devancoillie@gmail.com</t>
-  </si>
-[...1 lines deleted...]
-    <t>carodame@hotmail.fr</t>
   </si>
   <si>
     <t>Route de Riaz 83</t>
   </si>
   <si>
     <t>perrine.mahee.logo@gmail.com</t>
   </si>
   <si>
     <t>christa.hertli@logofr.ch</t>
   </si>
   <si>
     <t>Sophie</t>
   </si>
   <si>
     <t>Impasse du Puits 1</t>
   </si>
   <si>
     <t>Baumann</t>
   </si>
   <si>
     <t>Stefanie</t>
   </si>
   <si>
     <t>Studer-Eichenberger</t>
   </si>
@@ -852,62 +846,68 @@
   <si>
     <t>078 907 14 66</t>
   </si>
   <si>
     <t>aline.logo@outlook.com</t>
   </si>
   <si>
     <t>Dorthe</t>
   </si>
   <si>
     <t>077 463 96 71</t>
   </si>
   <si>
     <t>026 323 14 74</t>
   </si>
   <si>
     <t>Cabinet de logopédie 'À fleur de mots'</t>
   </si>
   <si>
     <t>Boulin</t>
   </si>
   <si>
     <t>Cabinet Delphine Vancoillie</t>
   </si>
   <si>
-    <t>-</t>
-[...1 lines deleted...]
-  <si>
     <t>Prévention
 Prävention</t>
   </si>
   <si>
     <t>x</t>
   </si>
   <si>
     <t>Thérapeutes indépendant-e-s de logopédie agréé-e-s par le SESAM
 Vom SoA anerkannte freischaffende Therapeuten/innen für Logopädie</t>
+  </si>
+  <si>
+    <t>demande.bilan.logo.bulle@gmail.com</t>
+  </si>
+  <si>
+    <t>De Mooij</t>
+  </si>
+  <si>
+    <t>Laurianne</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
@@ -977,51 +977,51 @@
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFCC"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF99CCFF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="7">
+  <borders count="8">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
@@ -1063,86 +1063,100 @@
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="25">
+  <cellXfs count="26">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="2" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="2" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="2" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="2" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="7" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Lien hypertexte" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 4" xfId="2" xr:uid="{C7E1B590-10FD-4F38-9481-DCD6E8FE52F5}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFD6CDE1"/>
       <color rgb="FF99CCFF"/>
       <color rgb="FF6699FF"/>
       <color rgb="FFFFFFCC"/>
       <color rgb="FF0000FF"/>
       <color rgb="FFFF66CC"/>
@@ -1428,2044 +1442,2056 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stadtgraben.logo@hin.ch" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:devancoillie@gmail.com" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cemoser7@proton.me" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sophie.mercier.logo@protonmail.com" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rachelle.raemy@hin.ch" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:martinelogo@bluewin.ch" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:castella.emilie@cabinet-logopedie.ch" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:irene.baeriswyl@bluewin.ch" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pia.voirol@plapperlaplapp.ch" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sabineriedo@hin.ch" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:studer_esther@bluewin.ch" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:annehurni@bluewin.ch" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact@logopedie-peyraud.ch" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cml.logopediste@protonmail.ch" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sandra.galli@cornali.ch" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rachelle.raemy@hin.ch" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carodame@hotmail.fr" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:franziska.kilchoer@gmail.com" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stephanie.franz-logo@protonmail.com" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:logo.gibloux@proton.me" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aline.logo@outlook.com" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fuchsk@gmx.ch" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:collaud.amelie@cabinet-logopedie.ch" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:micheleschaad@logo-hin.ch" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:perrine.mahee.logo@gmail.com" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fdubosson@protonmail.com" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:georgespauline.logo@protonmail.com" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mireille.rodi@logoromont.ch" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:christa.hertli@logofr.ch" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oli.sandra.pillonel@bluewin.ch" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:caroline.delacretaz@logoromont.ch" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:magali.chanez@logo-hin.ch" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:salomeschwob@proton.me" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:laure.logopedie@gmail.com" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:brigitta.bischoff@hin.ch" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:logopedie@lcemery.ch" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stadtgraben.logo@hin.ch" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:devancoillie@gmail.com" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:franziska.kilchoer@gmail.com" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sophie.mercier.logo@protonmail.com" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:logo.gibloux@proton.me" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aline.logo@outlook.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:martinelogo@bluewin.ch" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:castella.emilie@cabinet-logopedie.ch" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:irene.baeriswyl@bluewin.ch" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stephanie.franz-logo@protonmail.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sabineriedo@hin.ch" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fdubosson@protonmail.com" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:georgespauline.logo@protonmail.com" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:demande.bilan.logo.bulle@gmail.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact@logopedie-peyraud.ch" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cml.logopediste@protonmail.ch" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sandra.galli@cornali.ch" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rachelle.raemy@hin.ch" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:magali.chanez@logo-hin.ch" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:salomeschwob@proton.me" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:logopedie@lcemery.ch" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:laure.logopedie@gmail.com" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fuchsk@gmx.ch" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:collaud.amelie@cabinet-logopedie.ch" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:micheleschaad@logo-hin.ch" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:perrine.mahee.logo@gmail.com" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cemoser7@proton.me" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rachelle.raemy@hin.ch" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mireille.rodi@logoromont.ch" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:christa.hertli@logofr.ch" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oli.sandra.pillonel@bluewin.ch" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:caroline.delacretaz@logoromont.ch" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:studer_esther@bluewin.ch" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pia.voirol@plapperlaplapp.ch" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:demande.bilan.logo.bulle@gmail.com" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:brigitta.bischoff@hin.ch" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:annehurni@bluewin.ch" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D5A62567-157D-4B98-90A8-44332D81D4BD}">
   <sheetPr>
     <tabColor rgb="FFFFFFCC"/>
   </sheetPr>
   <dimension ref="A1:N78"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
+      <selection pane="bottomLeft" activeCell="B3" sqref="B3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="17.42578125" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="13.7109375" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="17.453125" customWidth="1"/>
+    <col min="2" max="2" width="8.1796875" customWidth="1"/>
+    <col min="3" max="3" width="17.7265625" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="13.7265625" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="45" customWidth="1"/>
-    <col min="6" max="6" width="28.42578125" customWidth="1"/>
+    <col min="6" max="6" width="28.453125" customWidth="1"/>
     <col min="7" max="7" width="24" customWidth="1"/>
-    <col min="8" max="8" width="11.28515625" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="10" max="10" width="36.85546875" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="11.26953125" customWidth="1"/>
+    <col min="9" max="9" width="15.81640625" customWidth="1"/>
+    <col min="10" max="10" width="36.81640625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" s="1" customFormat="1" ht="43.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...13 lines deleted...]
-    <row r="2" spans="1:10" ht="63" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:11" s="1" customFormat="1" ht="43.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A1" s="23" t="s">
+        <v>270</v>
+      </c>
+      <c r="B1" s="24"/>
+      <c r="C1" s="24"/>
+      <c r="D1" s="24"/>
+      <c r="E1" s="24"/>
+      <c r="F1" s="24"/>
+      <c r="G1" s="24"/>
+      <c r="H1" s="24"/>
+      <c r="I1" s="24"/>
+      <c r="J1" s="25"/>
+    </row>
+    <row r="2" spans="1:11" ht="31" x14ac:dyDescent="0.35">
       <c r="A2" s="10" t="s">
+        <v>184</v>
+      </c>
+      <c r="B2" s="10" t="s">
+        <v>182</v>
+      </c>
+      <c r="C2" s="10" t="s">
+        <v>185</v>
+      </c>
+      <c r="D2" s="10" t="s">
         <v>186</v>
       </c>
-      <c r="B2" s="10" t="s">
-[...2 lines deleted...]
-      <c r="C2" s="10" t="s">
+      <c r="E2" s="10" t="s">
+        <v>188</v>
+      </c>
+      <c r="F2" s="10" t="s">
         <v>187</v>
       </c>
-      <c r="D2" s="10" t="s">
-[...5 lines deleted...]
-      <c r="F2" s="10" t="s">
+      <c r="G2" s="10" t="s">
+        <v>183</v>
+      </c>
+      <c r="H2" s="10" t="s">
+        <v>268</v>
+      </c>
+      <c r="I2" s="10" t="s">
+        <v>193</v>
+      </c>
+      <c r="J2" s="10" t="s">
         <v>189</v>
       </c>
-      <c r="G2" s="10" t="s">
-[...12 lines deleted...]
-    <row r="3" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="K2" s="22" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="3" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A3" s="11" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="B3" s="8" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="C3" s="6" t="s">
-        <v>54</v>
+        <v>148</v>
       </c>
       <c r="D3" s="6" t="s">
-        <v>4</v>
-[...5 lines deleted...]
-        <v>93</v>
+        <v>149</v>
+      </c>
+      <c r="E3" s="3"/>
+      <c r="F3" s="3" t="s">
+        <v>90</v>
       </c>
       <c r="G3" s="7" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-        <v>266</v>
+        <v>16</v>
+      </c>
+      <c r="H3" s="20" t="s">
+        <v>269</v>
+      </c>
+      <c r="I3" s="12" t="s">
+        <v>251</v>
       </c>
       <c r="J3" s="16" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="4" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A4" s="11" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="B4" s="8" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="C4" s="6" t="s">
-        <v>109</v>
+        <v>258</v>
       </c>
       <c r="D4" s="6" t="s">
-        <v>108</v>
-[...3 lines deleted...]
-        <v>110</v>
+        <v>259</v>
+      </c>
+      <c r="E4" s="4"/>
+      <c r="F4" s="3" t="s">
+        <v>90</v>
       </c>
       <c r="G4" s="7" t="s">
-        <v>111</v>
+        <v>16</v>
       </c>
       <c r="H4" s="20" t="s">
-        <v>272</v>
-[...2 lines deleted...]
-        <v>227</v>
+        <v>269</v>
+      </c>
+      <c r="I4" s="12" t="s">
+        <v>260</v>
       </c>
       <c r="J4" s="16" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="5" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A5" s="11" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="B5" s="8" t="s">
-        <v>183</v>
+        <v>138</v>
       </c>
       <c r="C5" s="6" t="s">
-        <v>0</v>
+        <v>98</v>
       </c>
       <c r="D5" s="6" t="s">
-        <v>1</v>
+        <v>97</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>71</v>
+        <v>235</v>
       </c>
       <c r="F5" s="3" t="s">
-        <v>3</v>
-[...10 lines deleted...]
-    <row r="6" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
+        <v>127</v>
+      </c>
+      <c r="G5" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="H5" s="20"/>
+      <c r="I5" s="12" t="s">
+        <v>223</v>
+      </c>
+      <c r="J5" s="18" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="6" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A6" s="11" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="B6" s="8" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="C6" s="6" t="s">
-        <v>26</v>
+        <v>145</v>
       </c>
       <c r="D6" s="6" t="s">
-        <v>142</v>
+        <v>33</v>
       </c>
       <c r="E6" s="3"/>
       <c r="F6" s="3" t="s">
-        <v>214</v>
+        <v>82</v>
       </c>
       <c r="G6" s="7" t="s">
-        <v>143</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="H6" s="20"/>
       <c r="I6" s="12" t="s">
-        <v>215</v>
+        <v>203</v>
       </c>
       <c r="J6" s="16" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="7" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A7" s="11" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="B7" s="8" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="C7" s="6" t="s">
-        <v>85</v>
+        <v>175</v>
       </c>
       <c r="D7" s="6" t="s">
-        <v>86</v>
-[...3 lines deleted...]
-      </c>
+        <v>176</v>
+      </c>
+      <c r="E7" s="3"/>
       <c r="F7" s="3" t="s">
-        <v>25</v>
-[...6 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="G7" s="7" t="s">
+        <v>177</v>
+      </c>
+      <c r="H7" s="20"/>
       <c r="I7" s="12"/>
       <c r="J7" s="16" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="8" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A8" s="11" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="B8" s="8" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>21</v>
+        <v>81</v>
       </c>
       <c r="E8" s="3"/>
       <c r="F8" s="3" t="s">
-        <v>61</v>
+        <v>29</v>
       </c>
       <c r="G8" s="7" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="H8" s="20"/>
+        <v>14</v>
+      </c>
+      <c r="H8" s="20" t="s">
+        <v>269</v>
+      </c>
       <c r="I8" s="12" t="s">
-        <v>231</v>
+        <v>197</v>
       </c>
       <c r="J8" s="16" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="9" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A9" s="11" t="s">
+        <v>190</v>
+      </c>
+      <c r="B9" s="8" t="s">
+        <v>138</v>
+      </c>
+      <c r="C9" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="D9" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="G9" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="H9" s="20" t="s">
+        <v>269</v>
+      </c>
+      <c r="I9" s="12" t="s">
+        <v>210</v>
+      </c>
+      <c r="J9" s="16" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="10" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A10" s="11" t="s">
+        <v>190</v>
+      </c>
+      <c r="B10" s="8" t="s">
         <v>192</v>
       </c>
-      <c r="B9" s="8" t="s">
-[...15 lines deleted...]
-      <c r="H9" s="20" t="s">
+      <c r="C10" s="6" t="s">
+        <v>76</v>
+      </c>
+      <c r="D10" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="G10" s="7" t="s">
+        <v>23</v>
+      </c>
+      <c r="H10" s="20" t="s">
+        <v>269</v>
+      </c>
+      <c r="I10" s="12" t="s">
+        <v>228</v>
+      </c>
+      <c r="J10" s="16" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="11" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A11" s="11" t="s">
+        <v>190</v>
+      </c>
+      <c r="B11" s="8" t="s">
+        <v>138</v>
+      </c>
+      <c r="C11" s="6" t="s">
+        <v>164</v>
+      </c>
+      <c r="D11" s="6" t="s">
+        <v>68</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="F11" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="G11" s="7" t="s">
+        <v>23</v>
+      </c>
+      <c r="H11" s="20" t="s">
+        <v>269</v>
+      </c>
+      <c r="I11" s="12"/>
+      <c r="J11" s="16" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="12" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A12" s="11" t="s">
+        <v>190</v>
+      </c>
+      <c r="B12" s="8" t="s">
+        <v>138</v>
+      </c>
+      <c r="C12" s="6" t="s">
+        <v>75</v>
+      </c>
+      <c r="D12" s="6" t="s">
+        <v>81</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>237</v>
+      </c>
+      <c r="F12" s="19" t="s">
+        <v>55</v>
+      </c>
+      <c r="G12" s="7" t="s">
+        <v>23</v>
+      </c>
+      <c r="H12" s="20" t="s">
+        <v>269</v>
+      </c>
+      <c r="I12" s="12" t="s">
+        <v>238</v>
+      </c>
+      <c r="J12" s="16" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="13" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A13" s="11" t="s">
+        <v>190</v>
+      </c>
+      <c r="B13" s="8" t="s">
+        <v>138</v>
+      </c>
+      <c r="C13" s="6" t="s">
+        <v>54</v>
+      </c>
+      <c r="D13" s="6" t="s">
+        <v>4</v>
+      </c>
+      <c r="E13" s="5" t="s">
+        <v>244</v>
+      </c>
+      <c r="F13" s="4" t="s">
+        <v>91</v>
+      </c>
+      <c r="G13" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="H13" s="20"/>
+      <c r="I13" s="13" t="s">
+        <v>264</v>
+      </c>
+      <c r="J13" s="16" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="14" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A14" s="11" t="s">
+        <v>190</v>
+      </c>
+      <c r="B14" s="8" t="s">
+        <v>138</v>
+      </c>
+      <c r="C14" s="6" t="s">
+        <v>266</v>
+      </c>
+      <c r="D14" s="6" t="s">
+        <v>134</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="F14" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="G14" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="H14" s="20"/>
+      <c r="I14" s="12"/>
+      <c r="J14" s="16" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="15" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A15" s="11" t="s">
+        <v>190</v>
+      </c>
+      <c r="B15" s="8" t="s">
+        <v>138</v>
+      </c>
+      <c r="C15" s="6" t="s">
         <v>272</v>
       </c>
-      <c r="I9" s="13" t="s">
-[...159 lines deleted...]
-      </c>
       <c r="D15" s="6" t="s">
-        <v>30</v>
+        <v>273</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="F15" s="3" t="s">
-        <v>203</v>
+        <v>78</v>
       </c>
       <c r="G15" s="7" t="s">
         <v>28</v>
       </c>
       <c r="H15" s="20" t="s">
-        <v>272</v>
-[...2 lines deleted...]
-        <v>200</v>
+        <v>269</v>
+      </c>
+      <c r="I15" s="13" t="s">
+        <v>110</v>
       </c>
       <c r="J15" s="16" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="16" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A16" s="11" t="s">
+        <v>190</v>
+      </c>
+      <c r="B16" s="8" t="s">
+        <v>138</v>
+      </c>
+      <c r="C16" s="6" t="s">
+        <v>147</v>
+      </c>
+      <c r="D16" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="F16" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="G16" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="H16" s="20" t="s">
+        <v>269</v>
+      </c>
+      <c r="I16" s="12" t="s">
+        <v>198</v>
+      </c>
+      <c r="J16" s="16" t="s">
         <v>50</v>
       </c>
     </row>
-    <row r="16" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
-[...29 lines deleted...]
-    <row r="17" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A17" s="11" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="B17" s="8" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="C17" s="6" t="s">
         <v>58</v>
       </c>
       <c r="D17" s="6" t="s">
         <v>31</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="F17" s="3" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="G17" s="7" t="s">
         <v>28</v>
       </c>
       <c r="H17" s="20" t="s">
-        <v>272</v>
+        <v>269</v>
       </c>
       <c r="I17" s="12" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="J17" s="16" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="18" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A18" s="11" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="B18" s="8" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="C18" s="6" t="s">
-        <v>123</v>
+        <v>178</v>
       </c>
       <c r="D18" s="6" t="s">
-        <v>124</v>
-[...3 lines deleted...]
-      </c>
+        <v>35</v>
+      </c>
+      <c r="E18" s="3"/>
       <c r="F18" s="3" t="s">
-        <v>3</v>
+        <v>78</v>
       </c>
       <c r="G18" s="7" t="s">
-        <v>2</v>
+        <v>28</v>
       </c>
       <c r="H18" s="20" t="s">
-        <v>272</v>
-[...3 lines deleted...]
-      </c>
+        <v>269</v>
+      </c>
+      <c r="I18" s="12"/>
       <c r="J18" s="16" t="s">
-        <v>128</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="19" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A19" s="11" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="B19" s="8" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="C19" s="6" t="s">
-        <v>153</v>
+        <v>248</v>
       </c>
       <c r="D19" s="6" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-        <v>242</v>
+        <v>132</v>
+      </c>
+      <c r="E19" s="2" t="s">
+        <v>247</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>38</v>
-[...9 lines deleted...]
-      </c>
+        <v>136</v>
+      </c>
+      <c r="G19" s="6" t="s">
+        <v>137</v>
+      </c>
+      <c r="H19" s="21"/>
+      <c r="I19" s="12"/>
       <c r="J19" s="16" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="20" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A20" s="11" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="B20" s="8" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="C20" s="6" t="s">
-        <v>65</v>
+        <v>168</v>
       </c>
       <c r="D20" s="6" t="s">
-        <v>49</v>
-[...1 lines deleted...]
-      <c r="E20" s="3"/>
+        <v>19</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>214</v>
+      </c>
       <c r="F20" s="3" t="s">
-        <v>80</v>
+        <v>215</v>
       </c>
       <c r="G20" s="7" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="H20" s="20" t="s">
-        <v>272</v>
-[...1 lines deleted...]
-      <c r="I20" s="12"/>
+        <v>269</v>
+      </c>
+      <c r="I20" s="12" t="s">
+        <v>216</v>
+      </c>
       <c r="J20" s="16" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="21" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A21" s="11" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="B21" s="8" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="C21" s="6" t="s">
-        <v>155</v>
+        <v>143</v>
       </c>
       <c r="D21" s="6" t="s">
-        <v>49</v>
-[...1 lines deleted...]
-      <c r="E21" s="2"/>
+        <v>21</v>
+      </c>
+      <c r="E21" s="3"/>
       <c r="F21" s="3" t="s">
-        <v>126</v>
+        <v>61</v>
       </c>
       <c r="G21" s="7" t="s">
         <v>22</v>
       </c>
-      <c r="H21" s="20" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H21" s="20"/>
       <c r="I21" s="12" t="s">
-        <v>245</v>
+        <v>229</v>
       </c>
       <c r="J21" s="16" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="22" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A22" s="11" t="s">
+        <v>190</v>
+      </c>
+      <c r="B22" s="8" t="s">
+        <v>138</v>
+      </c>
+      <c r="C22" s="6" t="s">
+        <v>74</v>
+      </c>
+      <c r="D22" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="E22" s="3"/>
+      <c r="F22" s="3" t="s">
         <v>72</v>
       </c>
-    </row>
-[...18 lines deleted...]
-      </c>
       <c r="G22" s="7" t="s">
-        <v>257</v>
+        <v>22</v>
       </c>
       <c r="H22" s="20" t="s">
-        <v>272</v>
-[...3 lines deleted...]
-      </c>
+        <v>269</v>
+      </c>
+      <c r="I22" s="12"/>
       <c r="J22" s="16" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="23" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A23" s="11" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="B23" s="8" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="C23" s="6" t="s">
-        <v>96</v>
+        <v>153</v>
       </c>
       <c r="D23" s="6" t="s">
-        <v>97</v>
-[...3 lines deleted...]
-      </c>
+        <v>49</v>
+      </c>
+      <c r="E23" s="2"/>
       <c r="F23" s="3" t="s">
-        <v>73</v>
+        <v>124</v>
       </c>
       <c r="G23" s="7" t="s">
         <v>22</v>
       </c>
-      <c r="H23" s="20"/>
-      <c r="I23" s="12"/>
+      <c r="H23" s="20" t="s">
+        <v>269</v>
+      </c>
+      <c r="I23" s="12" t="s">
+        <v>243</v>
+      </c>
       <c r="J23" s="16" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="24" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A24" s="11" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="B24" s="8" t="s">
-        <v>210</v>
+        <v>138</v>
       </c>
       <c r="C24" s="6" t="s">
-        <v>117</v>
+        <v>94</v>
       </c>
       <c r="D24" s="6" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>95</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>113</v>
       </c>
       <c r="F24" s="3" t="s">
-        <v>121</v>
+        <v>72</v>
       </c>
       <c r="G24" s="7" t="s">
-        <v>2</v>
-[...6 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="H24" s="20"/>
+      <c r="I24" s="12"/>
       <c r="J24" s="16" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="25" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A25" s="11" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="B25" s="8" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="C25" s="6" t="s">
-        <v>127</v>
+        <v>253</v>
       </c>
       <c r="D25" s="6" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-        <v>110</v>
+        <v>112</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="F25" s="4" t="s">
+        <v>72</v>
       </c>
       <c r="G25" s="7" t="s">
-        <v>111</v>
-[...6 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="H25" s="20"/>
+      <c r="I25" s="13"/>
       <c r="J25" s="16" t="s">
-        <v>226</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="26" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A26" s="11" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="B26" s="8" t="s">
-        <v>183</v>
+        <v>138</v>
       </c>
       <c r="C26" s="6" t="s">
-        <v>156</v>
+        <v>59</v>
       </c>
       <c r="D26" s="6" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="E26" s="3"/>
+        <v>60</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>113</v>
+      </c>
       <c r="F26" s="3" t="s">
-        <v>52</v>
-[...4 lines deleted...]
-      <c r="H26" s="21"/>
+        <v>72</v>
+      </c>
+      <c r="G26" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26" s="20" t="s">
+        <v>269</v>
+      </c>
       <c r="I26" s="12"/>
       <c r="J26" s="16" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="27" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A27" s="11" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="B27" s="8" t="s">
-        <v>183</v>
+        <v>138</v>
       </c>
       <c r="C27" s="6" t="s">
-        <v>7</v>
+        <v>170</v>
       </c>
       <c r="D27" s="6" t="s">
-        <v>158</v>
+        <v>24</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>157</v>
+        <v>234</v>
       </c>
       <c r="F27" s="3" t="s">
-        <v>3</v>
+        <v>124</v>
       </c>
       <c r="G27" s="6" t="s">
-        <v>2</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="H27" s="21"/>
       <c r="I27" s="12" t="s">
         <v>220</v>
       </c>
       <c r="J27" s="17" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="28" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A28" s="11" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="B28" s="8" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="C28" s="6" t="s">
-        <v>159</v>
+        <v>27</v>
       </c>
       <c r="D28" s="6" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="E28" s="4"/>
+        <v>166</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>205</v>
+      </c>
       <c r="F28" s="3" t="s">
-        <v>12</v>
+        <v>104</v>
       </c>
       <c r="G28" s="7" t="s">
-        <v>2</v>
-[...3 lines deleted...]
-      </c>
+        <v>105</v>
+      </c>
+      <c r="H28" s="20"/>
       <c r="I28" s="12" t="s">
         <v>206</v>
       </c>
       <c r="J28" s="16" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="29" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A29" s="11" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="B29" s="8" t="s">
-        <v>140</v>
+        <v>181</v>
       </c>
       <c r="C29" s="6" t="s">
-        <v>260</v>
+        <v>0</v>
       </c>
       <c r="D29" s="6" t="s">
-        <v>261</v>
-[...1 lines deleted...]
-      <c r="E29" s="4"/>
+        <v>1</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>70</v>
+      </c>
       <c r="F29" s="3" t="s">
-        <v>92</v>
-[...9 lines deleted...]
-      </c>
+        <v>3</v>
+      </c>
+      <c r="G29" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="H29" s="21"/>
+      <c r="I29" s="12"/>
       <c r="J29" s="16" t="s">
-        <v>263</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="30" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A30" s="11" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="B30" s="8" t="s">
-        <v>194</v>
+        <v>138</v>
       </c>
       <c r="C30" s="6" t="s">
-        <v>77</v>
+        <v>121</v>
       </c>
       <c r="D30" s="6" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>229</v>
+        <v>122</v>
+      </c>
+      <c r="E30" s="4" t="s">
+        <v>70</v>
       </c>
       <c r="F30" s="3" t="s">
-        <v>55</v>
+        <v>3</v>
       </c>
       <c r="G30" s="7" t="s">
-        <v>23</v>
+        <v>2</v>
       </c>
       <c r="H30" s="20" t="s">
-        <v>272</v>
+        <v>269</v>
       </c>
       <c r="I30" s="12" t="s">
-        <v>230</v>
+        <v>217</v>
       </c>
       <c r="J30" s="16" t="s">
-        <v>193</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="31" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A31" s="11" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="B31" s="8" t="s">
-        <v>243</v>
+        <v>138</v>
       </c>
       <c r="C31" s="6" t="s">
-        <v>160</v>
+        <v>151</v>
       </c>
       <c r="D31" s="6" t="s">
-        <v>161</v>
+        <v>152</v>
       </c>
       <c r="E31" s="4" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>38</v>
       </c>
       <c r="G31" s="7" t="s">
         <v>2</v>
       </c>
       <c r="H31" s="20" t="s">
-        <v>272</v>
+        <v>269</v>
       </c>
       <c r="I31" s="12" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="J31" s="16" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="32" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A32" s="11" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="B32" s="8" t="s">
-        <v>140</v>
+        <v>208</v>
       </c>
       <c r="C32" s="6" t="s">
-        <v>255</v>
+        <v>115</v>
       </c>
       <c r="D32" s="6" t="s">
-        <v>114</v>
-[...5 lines deleted...]
-        <v>73</v>
+        <v>116</v>
+      </c>
+      <c r="E32" s="9" t="s">
+        <v>150</v>
+      </c>
+      <c r="F32" s="3" t="s">
+        <v>119</v>
       </c>
       <c r="G32" s="7" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-      <c r="I32" s="13"/>
+        <v>2</v>
+      </c>
+      <c r="H32" s="20" t="s">
+        <v>269</v>
+      </c>
+      <c r="I32" s="12" t="s">
+        <v>236</v>
+      </c>
       <c r="J32" s="16" t="s">
-        <v>256</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="33" spans="1:12" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A33" s="11" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="B33" s="8" t="s">
-        <v>140</v>
+        <v>181</v>
       </c>
       <c r="C33" s="6" t="s">
-        <v>70</v>
+        <v>154</v>
       </c>
       <c r="D33" s="6" t="s">
-        <v>63</v>
-[...3 lines deleted...]
-      </c>
+        <v>51</v>
+      </c>
+      <c r="E33" s="3"/>
       <c r="F33" s="3" t="s">
-        <v>125</v>
-[...9 lines deleted...]
-      </c>
+        <v>52</v>
+      </c>
+      <c r="G33" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="H33" s="21"/>
+      <c r="I33" s="12"/>
       <c r="J33" s="16" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="34" spans="1:12" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A34" s="11" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="B34" s="8" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="C34" s="6" t="s">
-        <v>234</v>
+        <v>7</v>
       </c>
       <c r="D34" s="6" t="s">
-        <v>9</v>
+        <v>156</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>71</v>
+        <v>155</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="G34" s="7" t="s">
+      <c r="G34" s="6" t="s">
         <v>2</v>
       </c>
-      <c r="H34" s="20" t="s">
-        <v>272</v>
+      <c r="H34" s="21" t="s">
+        <v>269</v>
       </c>
       <c r="I34" s="12" t="s">
-        <v>235</v>
+        <v>218</v>
       </c>
       <c r="J34" s="16" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="35" spans="1:12" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A35" s="11" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="B35" s="8" t="s">
-        <v>183</v>
+        <v>138</v>
       </c>
       <c r="C35" s="6" t="s">
-        <v>162</v>
+        <v>157</v>
       </c>
       <c r="D35" s="6" t="s">
-        <v>32</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="E35" s="4"/>
       <c r="F35" s="3" t="s">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="G35" s="7" t="s">
         <v>2</v>
       </c>
-      <c r="H35" s="20"/>
-      <c r="I35" s="12"/>
+      <c r="H35" s="20" t="s">
+        <v>269</v>
+      </c>
+      <c r="I35" s="12" t="s">
+        <v>204</v>
+      </c>
       <c r="J35" s="16" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="36" spans="1:12" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A36" s="11" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="B36" s="8" t="s">
-        <v>140</v>
+        <v>241</v>
       </c>
       <c r="C36" s="6" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D36" s="6" t="s">
-        <v>164</v>
+        <v>159</v>
       </c>
       <c r="E36" s="4" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>38</v>
       </c>
       <c r="G36" s="7" t="s">
         <v>2</v>
       </c>
       <c r="H36" s="20" t="s">
-        <v>272</v>
+        <v>269</v>
       </c>
       <c r="I36" s="12" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="J36" s="16" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="K36" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="L36" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="37" spans="1:12" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A37" s="11" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="B37" s="8" t="s">
-        <v>141</v>
+        <v>181</v>
       </c>
       <c r="C37" s="6" t="s">
-        <v>165</v>
+        <v>232</v>
       </c>
       <c r="D37" s="6" t="s">
-        <v>113</v>
-[...2 lines deleted...]
-        <v>57</v>
+        <v>9</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>70</v>
       </c>
       <c r="F37" s="3" t="s">
-        <v>94</v>
-[...4 lines deleted...]
-      <c r="H37" s="21"/>
+        <v>3</v>
+      </c>
+      <c r="G37" s="7" t="s">
+        <v>2</v>
+      </c>
+      <c r="H37" s="20" t="s">
+        <v>269</v>
+      </c>
       <c r="I37" s="12" t="s">
         <v>233</v>
       </c>
       <c r="J37" s="16" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="38" spans="1:12" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A38" s="11" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="B38" s="8" t="s">
-        <v>140</v>
+        <v>181</v>
       </c>
       <c r="C38" s="6" t="s">
-        <v>250</v>
+        <v>160</v>
       </c>
       <c r="D38" s="6" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-        <v>249</v>
+        <v>32</v>
+      </c>
+      <c r="E38" s="3" t="s">
+        <v>155</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>138</v>
-[...4 lines deleted...]
-      <c r="H38" s="21"/>
+        <v>3</v>
+      </c>
+      <c r="G38" s="7" t="s">
+        <v>2</v>
+      </c>
+      <c r="H38" s="20"/>
       <c r="I38" s="12"/>
       <c r="J38" s="16" t="s">
-        <v>248</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="39" spans="1:12" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A39" s="11" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="B39" s="8" t="s">
-        <v>183</v>
+        <v>138</v>
       </c>
       <c r="C39" s="6" t="s">
-        <v>101</v>
+        <v>161</v>
       </c>
       <c r="D39" s="6" t="s">
-        <v>102</v>
+        <v>162</v>
       </c>
       <c r="E39" s="4" t="s">
-        <v>157</v>
+        <v>240</v>
       </c>
       <c r="F39" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="G39" s="7" t="s">
+        <v>2</v>
+      </c>
+      <c r="H39" s="20" t="s">
+        <v>269</v>
+      </c>
+      <c r="I39" s="12" t="s">
+        <v>242</v>
+      </c>
+      <c r="J39" s="16" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="40" spans="1:12" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A40" s="11" t="s">
+        <v>190</v>
+      </c>
+      <c r="B40" s="8" t="s">
+        <v>181</v>
+      </c>
+      <c r="C40" s="6" t="s">
+        <v>99</v>
+      </c>
+      <c r="D40" s="6" t="s">
+        <v>100</v>
+      </c>
+      <c r="E40" s="4" t="s">
+        <v>155</v>
+      </c>
+      <c r="F40" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="G39" s="6" t="s">
+      <c r="G40" s="6" t="s">
         <v>2</v>
       </c>
-      <c r="H39" s="21" t="s">
-[...30 lines deleted...]
-        <v>272</v>
+      <c r="H40" s="21" t="s">
+        <v>269</v>
       </c>
       <c r="I40" s="12"/>
       <c r="J40" s="16" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="41" spans="1:12" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A41" s="11" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="B41" s="8" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="C41" s="6" t="s">
-        <v>59</v>
+        <v>165</v>
       </c>
       <c r="D41" s="6" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>115</v>
+        <v>1</v>
+      </c>
+      <c r="E41" s="4" t="s">
+        <v>240</v>
       </c>
       <c r="F41" s="3" t="s">
-        <v>73</v>
+        <v>38</v>
       </c>
       <c r="G41" s="7" t="s">
-        <v>22</v>
+        <v>2</v>
       </c>
       <c r="H41" s="20" t="s">
-        <v>272</v>
-[...1 lines deleted...]
-      <c r="I41" s="12"/>
+        <v>269</v>
+      </c>
+      <c r="I41" s="12" t="s">
+        <v>242</v>
+      </c>
       <c r="J41" s="16" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="42" spans="1:12" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A42" s="11" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="B42" s="8" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="C42" s="6" t="s">
-        <v>76</v>
+        <v>102</v>
       </c>
       <c r="D42" s="6" t="s">
-        <v>83</v>
+        <v>103</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>239</v>
+        <v>155</v>
       </c>
       <c r="F42" s="3" t="s">
-        <v>55</v>
-[...6 lines deleted...]
-      </c>
+        <v>3</v>
+      </c>
+      <c r="G42" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="H42" s="21"/>
       <c r="I42" s="12" t="s">
+        <v>218</v>
+      </c>
+      <c r="J42" s="16" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="43" spans="1:12" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A43" s="11" t="s">
+        <v>190</v>
+      </c>
+      <c r="B43" s="8" t="s">
+        <v>138</v>
+      </c>
+      <c r="C43" s="6" t="s">
+        <v>169</v>
+      </c>
+      <c r="D43" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E43" s="4" t="s">
         <v>240</v>
-      </c>
-[...18 lines deleted...]
-        <v>242</v>
       </c>
       <c r="F43" s="3" t="s">
         <v>38</v>
       </c>
       <c r="G43" s="7" t="s">
         <v>2</v>
       </c>
       <c r="H43" s="20" t="s">
-        <v>272</v>
+        <v>269</v>
       </c>
       <c r="I43" s="12" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="J43" s="16" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="44" spans="1:12" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A44" s="11" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="B44" s="8" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="C44" s="6" t="s">
-        <v>100</v>
+        <v>173</v>
       </c>
       <c r="D44" s="6" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-        <v>237</v>
+        <v>152</v>
+      </c>
+      <c r="E44" s="4" t="s">
+        <v>240</v>
       </c>
       <c r="F44" s="3" t="s">
-        <v>129</v>
+        <v>38</v>
       </c>
       <c r="G44" s="7" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="H44" s="20"/>
+        <v>2</v>
+      </c>
+      <c r="H44" s="20" t="s">
+        <v>269</v>
+      </c>
       <c r="I44" s="12" t="s">
-        <v>225</v>
-[...5 lines deleted...]
-    <row r="45" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
+        <v>242</v>
+      </c>
+      <c r="J44" s="16" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="45" spans="1:12" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A45" s="11" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="B45" s="8" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="C45" s="6" t="s">
-        <v>104</v>
+        <v>85</v>
       </c>
       <c r="D45" s="6" t="s">
-        <v>105</v>
+        <v>86</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>157</v>
+        <v>89</v>
       </c>
       <c r="F45" s="3" t="s">
-        <v>3</v>
+        <v>87</v>
       </c>
       <c r="G45" s="6" t="s">
         <v>2</v>
       </c>
-      <c r="H45" s="21"/>
-[...2 lines deleted...]
-      </c>
+      <c r="H45" s="21" t="s">
+        <v>269</v>
+      </c>
+      <c r="I45" s="12"/>
       <c r="J45" s="16" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="46" spans="1:12" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A46" s="11" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="B46" s="8" t="s">
+        <v>208</v>
+      </c>
+      <c r="C46" s="6" t="s">
+        <v>174</v>
+      </c>
+      <c r="D46" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="E46" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="F46" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="G46" s="7" t="s">
+        <v>2</v>
+      </c>
+      <c r="H46" s="20"/>
+      <c r="I46" s="13" t="s">
+        <v>196</v>
+      </c>
+      <c r="J46" s="16" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="47" spans="1:12" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A47" s="11" t="s">
+        <v>190</v>
+      </c>
+      <c r="B47" s="8" t="s">
+        <v>139</v>
+      </c>
+      <c r="C47" s="6" t="s">
+        <v>163</v>
+      </c>
+      <c r="D47" s="6" t="s">
+        <v>111</v>
+      </c>
+      <c r="E47" s="2" t="s">
+        <v>57</v>
+      </c>
+      <c r="F47" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="G47" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="H47" s="21"/>
+      <c r="I47" s="12" t="s">
+        <v>231</v>
+      </c>
+      <c r="J47" s="16" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="48" spans="1:12" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A48" s="11" t="s">
+        <v>190</v>
+      </c>
+      <c r="B48" s="8" t="s">
+        <v>139</v>
+      </c>
+      <c r="C48" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="D48" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="E48" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="F48" s="4" t="s">
+        <v>92</v>
+      </c>
+      <c r="G48" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="H48" s="21"/>
+      <c r="I48" s="13" t="s">
+        <v>219</v>
+      </c>
+      <c r="J48" s="16" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="49" spans="1:14" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A49" s="11" t="s">
+        <v>190</v>
+      </c>
+      <c r="B49" s="8" t="s">
+        <v>139</v>
+      </c>
+      <c r="C49" s="6" t="s">
+        <v>179</v>
+      </c>
+      <c r="D49" s="6" t="s">
+        <v>180</v>
+      </c>
+      <c r="E49" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="F49" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="G49" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="H49" s="21"/>
+      <c r="I49" s="12" t="s">
+        <v>250</v>
+      </c>
+      <c r="J49" s="16" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="50" spans="1:14" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A50" s="11" t="s">
+        <v>190</v>
+      </c>
+      <c r="B50" s="8" t="s">
+        <v>138</v>
+      </c>
+      <c r="C50" s="6" t="s">
+        <v>69</v>
+      </c>
+      <c r="D50" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="E50" s="2" t="s">
+        <v>265</v>
+      </c>
+      <c r="F50" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="G50" s="7" t="s">
+        <v>65</v>
+      </c>
+      <c r="H50" s="20" t="s">
+        <v>269</v>
+      </c>
+      <c r="I50" s="12" t="s">
+        <v>195</v>
+      </c>
+      <c r="J50" s="16" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="51" spans="1:14" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A51" s="11" t="s">
+        <v>190</v>
+      </c>
+      <c r="B51" s="8" t="s">
+        <v>138</v>
+      </c>
+      <c r="C51" s="6" t="s">
+        <v>167</v>
+      </c>
+      <c r="D51" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E51" s="3"/>
+      <c r="F51" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="G51" s="7" t="s">
+        <v>18</v>
+      </c>
+      <c r="H51" s="20" t="s">
+        <v>269</v>
+      </c>
+      <c r="I51" s="12" t="s">
+        <v>257</v>
+      </c>
+      <c r="J51" s="16" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="52" spans="1:14" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A52" s="11" t="s">
+        <v>190</v>
+      </c>
+      <c r="B52" s="8" t="s">
+        <v>138</v>
+      </c>
+      <c r="C52" s="6" t="s">
+        <v>66</v>
+      </c>
+      <c r="D52" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="E52" s="3"/>
+      <c r="F52" s="4" t="s">
+        <v>135</v>
+      </c>
+      <c r="G52" s="7" t="s">
+        <v>114</v>
+      </c>
+      <c r="H52" s="20" t="s">
+        <v>269</v>
+      </c>
+      <c r="I52" s="13" t="s">
+        <v>226</v>
+      </c>
+      <c r="J52" s="16" t="s">
+        <v>110</v>
+      </c>
+      <c r="N52" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="53" spans="1:14" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A53" s="11" t="s">
+        <v>190</v>
+      </c>
+      <c r="B53" s="8" t="s">
+        <v>138</v>
+      </c>
+      <c r="C53" s="6" t="s">
+        <v>262</v>
+      </c>
+      <c r="D53" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E53" s="4" t="s">
+        <v>205</v>
+      </c>
+      <c r="F53" s="3" t="s">
+        <v>256</v>
+      </c>
+      <c r="G53" s="7" t="s">
+        <v>255</v>
+      </c>
+      <c r="H53" s="20" t="s">
+        <v>269</v>
+      </c>
+      <c r="I53" s="12" t="s">
+        <v>263</v>
+      </c>
+      <c r="J53" s="16" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="54" spans="1:14" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A54" s="11" t="s">
+        <v>190</v>
+      </c>
+      <c r="B54" s="8" t="s">
+        <v>138</v>
+      </c>
+      <c r="C54" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="D54" s="6" t="s">
         <v>140</v>
       </c>
-      <c r="C46" s="6" t="s">
-[...8 lines deleted...]
-      <c r="F46" s="3" t="s">
+      <c r="E54" s="3"/>
+      <c r="F54" s="3" t="s">
+        <v>212</v>
+      </c>
+      <c r="G54" s="7" t="s">
+        <v>141</v>
+      </c>
+      <c r="H54" s="7" t="s">
+        <v>269</v>
+      </c>
+      <c r="I54" s="14" t="s">
+        <v>213</v>
+      </c>
+      <c r="J54" s="16" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="55" spans="1:14" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A55" s="11" t="s">
+        <v>190</v>
+      </c>
+      <c r="B55" s="8" t="s">
+        <v>138</v>
+      </c>
+      <c r="C55" s="6" t="s">
+        <v>107</v>
+      </c>
+      <c r="D55" s="6" t="s">
         <v>106</v>
       </c>
-      <c r="G46" s="7" t="s">
-[...171 lines deleted...]
-      <c r="C52" s="6" t="s">
+      <c r="E55" s="3"/>
+      <c r="F55" s="4" t="s">
+        <v>108</v>
+      </c>
+      <c r="G55" s="7" t="s">
+        <v>109</v>
+      </c>
+      <c r="H55" s="7" t="s">
+        <v>269</v>
+      </c>
+      <c r="I55" s="15" t="s">
+        <v>225</v>
+      </c>
+      <c r="J55" s="16" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="56" spans="1:14" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A56" s="11" t="s">
+        <v>190</v>
+      </c>
+      <c r="B56" s="8" t="s">
+        <v>138</v>
+      </c>
+      <c r="C56" s="6" t="s">
+        <v>125</v>
+      </c>
+      <c r="D56" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="E56" s="2"/>
+      <c r="F56" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="G56" s="7" t="s">
+        <v>109</v>
+      </c>
+      <c r="H56" s="7" t="s">
+        <v>269</v>
+      </c>
+      <c r="I56" s="14" t="s">
+        <v>202</v>
+      </c>
+      <c r="J56" s="16" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="57" spans="1:14" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A57" s="11" t="s">
+        <v>190</v>
+      </c>
+      <c r="B57" s="8" t="s">
+        <v>139</v>
+      </c>
+      <c r="C57" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="D52" s="6" t="s">
-[...5 lines deleted...]
-      <c r="F52" s="3" t="s">
+      <c r="D57" s="6" t="s">
+        <v>166</v>
+      </c>
+      <c r="E57" s="2" t="s">
+        <v>129</v>
+      </c>
+      <c r="F57" s="3" t="s">
         <v>48</v>
       </c>
-      <c r="G52" s="6" t="s">
+      <c r="G57" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="H52" s="21" t="s">
-[...47 lines deleted...]
-      <c r="C54" s="6" t="s">
+      <c r="H57" s="6" t="s">
+        <v>269</v>
+      </c>
+      <c r="I57" s="14"/>
+      <c r="J57" s="16" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="58" spans="1:14" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A58" s="11" t="s">
+        <v>190</v>
+      </c>
+      <c r="B58" s="8" t="s">
+        <v>139</v>
+      </c>
+      <c r="C58" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="D54" s="6" t="s">
+      <c r="D58" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="E54" s="2" t="s">
-[...2 lines deleted...]
-      <c r="F54" s="3" t="s">
+      <c r="E58" s="2" t="s">
+        <v>129</v>
+      </c>
+      <c r="F58" s="3" t="s">
         <v>48</v>
       </c>
-      <c r="G54" s="6" t="s">
+      <c r="G58" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="H54" s="6" t="s">
-[...124 lines deleted...]
-      </c>
       <c r="H58" s="6" t="s">
-        <v>272</v>
+        <v>269</v>
       </c>
       <c r="I58" s="14"/>
       <c r="J58" s="16" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:14" ht="15.75" x14ac:dyDescent="0.25">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="59" spans="1:14" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A59" s="11" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="B59" s="8" t="s">
-        <v>210</v>
+        <v>139</v>
       </c>
       <c r="C59" s="6" t="s">
-        <v>176</v>
+        <v>83</v>
       </c>
       <c r="D59" s="6" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>84</v>
+      </c>
+      <c r="E59" s="2" t="s">
+        <v>245</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>3</v>
-[...7 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="G59" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H59" s="6" t="s">
+        <v>269</v>
+      </c>
+      <c r="I59" s="14"/>
       <c r="J59" s="16" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:14" ht="15.75" x14ac:dyDescent="0.25">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="60" spans="1:14" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A60" s="11" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="B60" s="8" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="C60" s="6" t="s">
-        <v>177</v>
+        <v>144</v>
       </c>
       <c r="D60" s="6" t="s">
-        <v>178</v>
-[...1 lines deleted...]
-      <c r="E60" s="3"/>
+        <v>5</v>
+      </c>
+      <c r="E60" s="2" t="s">
+        <v>142</v>
+      </c>
       <c r="F60" s="3" t="s">
-        <v>17</v>
-[...5 lines deleted...]
-      <c r="I60" s="14"/>
+        <v>25</v>
+      </c>
+      <c r="G60" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H60" s="6"/>
+      <c r="I60" s="14" t="s">
+        <v>200</v>
+      </c>
       <c r="J60" s="16" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:14" ht="15.75" x14ac:dyDescent="0.25">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="61" spans="1:14" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A61" s="11" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="B61" s="8" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="C61" s="6" t="s">
-        <v>180</v>
+        <v>45</v>
       </c>
       <c r="D61" s="6" t="s">
-        <v>35</v>
-[...11 lines deleted...]
-      <c r="I61" s="14"/>
+        <v>46</v>
+      </c>
+      <c r="E61" s="4" t="s">
+        <v>129</v>
+      </c>
+      <c r="F61" s="4" t="s">
+        <v>131</v>
+      </c>
+      <c r="G61" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H61" s="6"/>
+      <c r="I61" s="15" t="s">
+        <v>219</v>
+      </c>
       <c r="J61" s="16" t="s">
-        <v>78</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:14" ht="15.75" x14ac:dyDescent="0.25">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="62" spans="1:14" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A62" s="11" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="B62" s="8" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="C62" s="6" t="s">
-        <v>181</v>
+        <v>171</v>
       </c>
       <c r="D62" s="6" t="s">
-        <v>182</v>
-[...2 lines deleted...]
-        <v>251</v>
+        <v>172</v>
+      </c>
+      <c r="E62" s="2" t="s">
+        <v>142</v>
       </c>
       <c r="F62" s="3" t="s">
-        <v>94</v>
+        <v>25</v>
       </c>
       <c r="G62" s="6" t="s">
-        <v>68</v>
-[...1 lines deleted...]
-      <c r="H62" s="6"/>
+        <v>6</v>
+      </c>
+      <c r="H62" s="6" t="s">
+        <v>269</v>
+      </c>
       <c r="I62" s="14" t="s">
-        <v>252</v>
+        <v>200</v>
       </c>
       <c r="J62" s="16" t="s">
-        <v>122</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:14" x14ac:dyDescent="0.25">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="64" spans="1:14" x14ac:dyDescent="0.35">
       <c r="E64" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="65" spans="5:10" x14ac:dyDescent="0.25">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="65" spans="5:10" x14ac:dyDescent="0.35">
       <c r="E65" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="68" spans="5:10" x14ac:dyDescent="0.25">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="68" spans="5:10" x14ac:dyDescent="0.35">
       <c r="E68" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="75" spans="5:10" x14ac:dyDescent="0.25">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="75" spans="5:10" x14ac:dyDescent="0.35">
       <c r="J75" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="78" spans="5:10" x14ac:dyDescent="0.25">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="78" spans="5:10" x14ac:dyDescent="0.35">
       <c r="J78" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A2:J62" xr:uid="{D5A62567-157D-4B98-90A8-44332D81D4BD}"/>
+  <autoFilter ref="A2:J62" xr:uid="{D5A62567-157D-4B98-90A8-44332D81D4BD}">
+    <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:J62">
+      <sortCondition ref="G2:G62"/>
+    </sortState>
+  </autoFilter>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <phoneticPr fontId="11" type="noConversion"/>
   <hyperlinks>
-    <hyperlink ref="J34" r:id="rId1" xr:uid="{C6C3F37E-4F25-4E08-86CD-9B4DADBD8EAE}"/>
-    <hyperlink ref="J15" r:id="rId2" xr:uid="{E2F5DF7D-EB63-4616-8AC8-AE9A3F961879}"/>
+    <hyperlink ref="J37" r:id="rId1" xr:uid="{C6C3F37E-4F25-4E08-86CD-9B4DADBD8EAE}"/>
+    <hyperlink ref="J16" r:id="rId2" xr:uid="{E2F5DF7D-EB63-4616-8AC8-AE9A3F961879}"/>
     <hyperlink ref="J17" r:id="rId3" xr:uid="{EAA07226-F2AC-4DBC-ACA5-3F25455E54C2}"/>
-    <hyperlink ref="J28" r:id="rId4" xr:uid="{AECB7D6B-C2C8-40F7-BE9D-93481E1C0FAD}"/>
-[...52 lines deleted...]
-    <hyperlink ref="J22" r:id="rId57" display="murielcrausaz@gmail.com" xr:uid="{4C3772B1-C704-446C-A962-036D451C4D5A}"/>
+    <hyperlink ref="J35" r:id="rId4" xr:uid="{AECB7D6B-C2C8-40F7-BE9D-93481E1C0FAD}"/>
+    <hyperlink ref="J28" r:id="rId5" xr:uid="{255CC198-19DE-411F-A60D-50C92A4F5496}"/>
+    <hyperlink ref="J51" r:id="rId6" xr:uid="{F2088997-4130-4059-93A3-ADBBA3321CAC}"/>
+    <hyperlink ref="J7" r:id="rId7" xr:uid="{4D4A2415-5DEB-4B3A-8693-148EB7C28A40}"/>
+    <hyperlink ref="J34" r:id="rId8" xr:uid="{02807A68-B575-4D1D-BD4C-E92FBC937FD9}"/>
+    <hyperlink ref="J31" r:id="rId9" display="murielcrausaz@gmail.com" xr:uid="{C4E40506-CECD-426A-B61A-D5E134D3A4C4}"/>
+    <hyperlink ref="J60" r:id="rId10" xr:uid="{9D5B5777-E8E4-472F-AEA2-261032B590A4}"/>
+    <hyperlink ref="J57" r:id="rId11" xr:uid="{5ED5D87C-8BE4-4FA8-BECB-CBD143BB42E1}"/>
+    <hyperlink ref="J58" r:id="rId12" xr:uid="{531D3502-3FE7-405A-9AED-EAB9E102D239}"/>
+    <hyperlink ref="J62" r:id="rId13" xr:uid="{6429FCCA-FE37-4C96-A28B-B0D9B60AE0B8}"/>
+    <hyperlink ref="J61" r:id="rId14" xr:uid="{F0663C5A-3CD7-4DFB-809D-C59BD7AE538D}"/>
+    <hyperlink ref="J23" r:id="rId15" xr:uid="{5351CD52-23A2-497C-95A7-0F3C468E6FE9}"/>
+    <hyperlink ref="J29" r:id="rId16" xr:uid="{04AF9371-FABB-4C60-8B85-DCCCD3FFFC30}"/>
+    <hyperlink ref="J11" r:id="rId17" xr:uid="{F343AC4F-3E45-4D05-815E-60D9DBCF22F1}"/>
+    <hyperlink ref="J18" r:id="rId18" xr:uid="{468A45EE-20AD-446C-A2D7-B0B3C08D07ED}"/>
+    <hyperlink ref="J26" r:id="rId19" xr:uid="{9305FE7A-6BBF-47DD-914B-08A4F081B9C9}"/>
+    <hyperlink ref="J27" r:id="rId20" xr:uid="{89D9D9FD-724F-4FE6-83E1-4C3E7267C442}"/>
+    <hyperlink ref="J12" r:id="rId21" xr:uid="{83AD1742-F725-490C-9A30-5A90F446B166}"/>
+    <hyperlink ref="J3" r:id="rId22" xr:uid="{3476279E-4B3B-4D83-A00F-0600CF04C811}"/>
+    <hyperlink ref="J45" r:id="rId23" xr:uid="{6999668E-BE0D-4FE9-82AE-71F58F959FA8}"/>
+    <hyperlink ref="J24" r:id="rId24" xr:uid="{19788CE4-114D-43F0-B40E-E764CC80076E}"/>
+    <hyperlink ref="J5" r:id="rId25" xr:uid="{FABFDFAE-C266-41A9-802F-5CE32AD9BA9A}"/>
+    <hyperlink ref="J40" r:id="rId26" xr:uid="{0CEF1D68-8D28-4A1B-934B-E30EACAE934B}"/>
+    <hyperlink ref="J9" r:id="rId27" xr:uid="{860C3EB2-9A49-4123-BA22-902EEDB395A2}"/>
+    <hyperlink ref="J49" r:id="rId28" xr:uid="{27127557-5A9F-4B12-9925-74E0B7A8AC49}"/>
+    <hyperlink ref="J56" r:id="rId29" xr:uid="{8C7ACABA-D015-4D96-B5E9-36B91AE1AB07}"/>
+    <hyperlink ref="J32" r:id="rId30" xr:uid="{AB2DC6CA-44BA-4F2C-A973-2F118C1E7758}"/>
+    <hyperlink ref="J38" r:id="rId31" xr:uid="{30816E78-A4EF-4773-BB7C-03FF26A27358}"/>
+    <hyperlink ref="J10" r:id="rId32" xr:uid="{25FD7B1B-CD07-4D84-8EC2-634451879647}"/>
+    <hyperlink ref="J48" r:id="rId33" xr:uid="{0FD65352-9F69-4B91-A1A3-205DB35D717D}"/>
+    <hyperlink ref="J19" r:id="rId34" xr:uid="{8FFF71CF-227A-40A9-96F7-F716251A7BE4}"/>
+    <hyperlink ref="J25" r:id="rId35" xr:uid="{DC06D828-10B1-404D-A2FD-66A470165694}"/>
+    <hyperlink ref="J33" r:id="rId36" display="murielcrausaz@gmail.com" xr:uid="{E0477365-90C8-48BF-90C3-27D3CC90A956}"/>
+    <hyperlink ref="J36" r:id="rId37" display="murielcrausaz@gmail.com" xr:uid="{227F3359-E3BE-413C-B468-E0DFB4EBE62E}"/>
+    <hyperlink ref="J50" r:id="rId38" display="murielcrausaz@gmail.com" xr:uid="{0DC12F77-5143-46CA-B57B-9E506E151C5F}"/>
+    <hyperlink ref="J36:J37" r:id="rId39" display="murielcrausaz@gmail.com" xr:uid="{2E011742-3A6D-4473-A8EB-DEAB3B6CD093}"/>
+    <hyperlink ref="J41" r:id="rId40" display="murielcrausaz@gmail.com" xr:uid="{804B9E96-7D25-45D1-A5D5-D31F62A6A74A}"/>
+    <hyperlink ref="J42" r:id="rId41" display="murielcrausaz@gmail.com" xr:uid="{0381FFE2-4480-4C6E-9423-1F055CBB6832}"/>
+    <hyperlink ref="J20" r:id="rId42" display="murielcrausaz@gmail.com" xr:uid="{E98E7A29-0168-4DFB-AA4A-38AB70B58A06}"/>
+    <hyperlink ref="J43" r:id="rId43" display="murielcrausaz@gmail.com" xr:uid="{BFF78077-5378-43EE-8685-54F3DE7D8B67}"/>
+    <hyperlink ref="J44" r:id="rId44" display="murielcrausaz@gmail.com" xr:uid="{6570F832-0D56-40A3-A465-FD0C8740C121}"/>
+    <hyperlink ref="J46" r:id="rId45" display="murielcrausaz@gmail.com" xr:uid="{5A375AA6-4906-4511-A434-5D1D16CDD4F0}"/>
+    <hyperlink ref="J13" r:id="rId46" display="murielcrausaz@gmail.com" xr:uid="{8A2BC5C6-A79A-4632-BC34-118BB9418E40}"/>
+    <hyperlink ref="J55" r:id="rId47" display="murielcrausaz@gmail.com" xr:uid="{248F4CD8-158F-4DFD-9160-F29A047CF305}"/>
+    <hyperlink ref="J54" r:id="rId48" display="murielcrausaz@gmail.com" xr:uid="{F2427EA5-232C-4CD7-9731-B7148004284B}"/>
+    <hyperlink ref="J59" r:id="rId49" display="murielcrausaz@gmail.com" xr:uid="{9281DEF5-ED25-4ADB-999D-94C4D8487301}"/>
+    <hyperlink ref="J21" r:id="rId50" display="murielcrausaz@gmail.com" xr:uid="{9DE332A9-2718-4C5A-A5B2-632FBB37BABC}"/>
+    <hyperlink ref="J52" r:id="rId51" display="murielcrausaz@gmail.com" xr:uid="{F7BA765B-338F-40A2-AF77-4F2F5572B3E1}"/>
+    <hyperlink ref="J6" r:id="rId52" display="murielcrausaz@gmail.com" xr:uid="{6AB9E465-6A57-4A40-A7EC-B27CB320BC25}"/>
+    <hyperlink ref="J22" r:id="rId53" display="murielcrausaz@gmail.com" xr:uid="{F439106C-1E82-443B-9A0B-CD264D1F5607}"/>
+    <hyperlink ref="J8" r:id="rId54" display="murielcrausaz@gmail.com" xr:uid="{4FECE64D-EF5B-48F0-B273-F06C4AED2BAC}"/>
+    <hyperlink ref="J4" r:id="rId55" xr:uid="{4AD25CA0-2C67-450B-9440-E0EFF481B057}"/>
+    <hyperlink ref="J53" r:id="rId56" display="murielcrausaz@gmail.com" xr:uid="{4C3772B1-C704-446C-A962-036D451C4D5A}"/>
+    <hyperlink ref="J14" r:id="rId57" xr:uid="{D29A5D77-D9BB-407F-A8B4-9B9AB8DB9EEB}"/>
+    <hyperlink ref="J15" r:id="rId58" xr:uid="{698C3D67-6BD5-42C3-BFA3-C352552129FF}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId58"/>
+  <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId59"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CAA6CC41-CAFC-4342-B948-AF3D17A19522}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>SESAM-SoA 2025</vt:lpstr>
       <vt:lpstr>Feuil2</vt:lpstr>