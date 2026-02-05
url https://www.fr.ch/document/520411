--- v1 (2026-01-15)
+++ v2 (2026-02-05)
@@ -1,82 +1,82 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="L:\Administration du SESAM\Publication site internet\Publication Liste thérapeutes\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FB6013C3-13E3-423A-9620-CF140DFB7DB2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{75C7A53E-A2D6-410F-811D-44A5F0118A9E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-38520" yWindow="-5340" windowWidth="38640" windowHeight="21120" tabRatio="837" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="837" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="SESAM-SoA 2025" sheetId="5" r:id="rId1"/>
     <sheet name="Feuil2" sheetId="7" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'SESAM-SoA 2025'!$A$2:$J$62</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="566" uniqueCount="274">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="566" uniqueCount="275">
   <si>
     <t>Baeriswyl-Rouiller</t>
   </si>
   <si>
     <t>Irène</t>
   </si>
   <si>
     <t>1700 Fribourg</t>
   </si>
   <si>
     <t>Rue St-Pierre 2</t>
   </si>
   <si>
     <t>Marie-Laure</t>
   </si>
   <si>
     <t>Brigitta</t>
   </si>
   <si>
     <t>3280 Murten</t>
   </si>
   <si>
     <t>Fuchs</t>
   </si>
   <si>
@@ -777,53 +777,50 @@
   <si>
     <t>Cabinet Logopédique de la Dent de Lys</t>
   </si>
   <si>
     <t>021 348 06 37</t>
   </si>
   <si>
     <t>sophie.mercier.logo@protonmail.com</t>
   </si>
   <si>
     <t>Cabinet de Logopédie du Sonnenberg</t>
   </si>
   <si>
     <t>FR - ES</t>
   </si>
   <si>
     <t>026 424 18 10</t>
   </si>
   <si>
     <t>079 679 22 16</t>
   </si>
   <si>
     <t>Cabinet de logopédie-orthophonie</t>
   </si>
   <si>
-    <t>Gemeinschaftspraxis für Ergotherapie und Logopädie</t>
-[...1 lines deleted...]
-  <si>
     <t>logo.gibloux@proton.me</t>
   </si>
   <si>
     <t>Logo Gibloux</t>
   </si>
   <si>
     <t>Jusnel</t>
   </si>
   <si>
     <t>Plapperlaplapp - Praxis für Logopädie und Wortzaubereien</t>
   </si>
   <si>
     <t>078 739 03 51</t>
   </si>
   <si>
     <t>079 542 42 11</t>
   </si>
   <si>
     <t>magali.chanez@logo-hin.ch</t>
   </si>
   <si>
     <t>Giraud</t>
   </si>
   <si>
     <t>laure.logopedie@gmail.com</t>
@@ -864,50 +861,56 @@
   <si>
     <t>Boulin</t>
   </si>
   <si>
     <t>Cabinet Delphine Vancoillie</t>
   </si>
   <si>
     <t>Prévention
 Prävention</t>
   </si>
   <si>
     <t>x</t>
   </si>
   <si>
     <t>Thérapeutes indépendant-e-s de logopédie agréé-e-s par le SESAM
 Vom SoA anerkannte freischaffende Therapeuten/innen für Logopädie</t>
   </si>
   <si>
     <t>demande.bilan.logo.bulle@gmail.com</t>
   </si>
   <si>
     <t>De Mooij</t>
   </si>
   <si>
     <t>Laurianne</t>
+  </si>
+  <si>
+    <t>Pra Pury 7d</t>
+  </si>
+  <si>
+    <t xml:space="preserve">stefanie.baumann@hin.ch </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
@@ -1067,105 +1070,104 @@
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
-      <right style="thin">
-[...1 lines deleted...]
-      </right>
+      <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="26">
+  <cellXfs count="27">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="2" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="2" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="2" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="2" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="5" fillId="3" borderId="7" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="7" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Lien hypertexte" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 4" xfId="2" xr:uid="{C7E1B590-10FD-4F38-9481-DCD6E8FE52F5}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFD6CDE1"/>
       <color rgb="FF99CCFF"/>
       <color rgb="FF6699FF"/>
       <color rgb="FFFFFFCC"/>
       <color rgb="FF0000FF"/>
       <color rgb="FFFF66CC"/>
       <color rgb="FFD60093"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
@@ -1442,1970 +1444,1971 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stadtgraben.logo@hin.ch" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:devancoillie@gmail.com" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:franziska.kilchoer@gmail.com" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sophie.mercier.logo@protonmail.com" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:logo.gibloux@proton.me" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aline.logo@outlook.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:martinelogo@bluewin.ch" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:castella.emilie@cabinet-logopedie.ch" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:irene.baeriswyl@bluewin.ch" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stephanie.franz-logo@protonmail.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sabineriedo@hin.ch" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fdubosson@protonmail.com" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:georgespauline.logo@protonmail.com" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:demande.bilan.logo.bulle@gmail.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact@logopedie-peyraud.ch" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cml.logopediste@protonmail.ch" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sandra.galli@cornali.ch" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rachelle.raemy@hin.ch" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:magali.chanez@logo-hin.ch" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:salomeschwob@proton.me" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:logopedie@lcemery.ch" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:laure.logopedie@gmail.com" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fuchsk@gmx.ch" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:collaud.amelie@cabinet-logopedie.ch" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:micheleschaad@logo-hin.ch" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:perrine.mahee.logo@gmail.com" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cemoser7@proton.me" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rachelle.raemy@hin.ch" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mireille.rodi@logoromont.ch" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:christa.hertli@logofr.ch" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oli.sandra.pillonel@bluewin.ch" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:caroline.delacretaz@logoromont.ch" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:studer_esther@bluewin.ch" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pia.voirol@plapperlaplapp.ch" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:demande.bilan.logo.bulle@gmail.com" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:brigitta.bischoff@hin.ch" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:annehurni@bluewin.ch" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stadtgraben.logo@hin.ch" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:devancoillie@gmail.com" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:franziska.kilchoer@gmail.com" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sophie.mercier.logo@protonmail.com" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:logo.gibloux@proton.me" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aline.logo@outlook.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:martinelogo@bluewin.ch" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:castella.emilie@cabinet-logopedie.ch" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:irene.baeriswyl@bluewin.ch" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stephanie.franz-logo@protonmail.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sabineriedo@hin.ch" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fdubosson@protonmail.com" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:georgespauline.logo@protonmail.com" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:demande.bilan.logo.bulle@gmail.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact@logopedie-peyraud.ch" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cml.logopediste@protonmail.ch" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sandra.galli@cornali.ch" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rachelle.raemy@hin.ch" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:magali.chanez@logo-hin.ch" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:salomeschwob@proton.me" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:logopedie@lcemery.ch" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:laure.logopedie@gmail.com" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fuchsk@gmx.ch" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:collaud.amelie@cabinet-logopedie.ch" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:micheleschaad@logo-hin.ch" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:perrine.mahee.logo@gmail.com" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cemoser7@proton.me" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rachelle.raemy@hin.ch" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mireille.rodi@logoromont.ch" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:christa.hertli@logofr.ch" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oli.sandra.pillonel@bluewin.ch" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:caroline.delacretaz@logoromont.ch" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:studer_esther@bluewin.ch" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pia.voirol@plapperlaplapp.ch" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stefanie.baumann@hin.ch%20" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:demande.bilan.logo.bulle@gmail.com" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:brigitta.bischoff@hin.ch" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:annehurni@bluewin.ch" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D5A62567-157D-4B98-90A8-44332D81D4BD}">
   <sheetPr>
     <tabColor rgb="FFFFFFCC"/>
   </sheetPr>
   <dimension ref="A1:N78"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="B3" sqref="B3"/>
+      <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="17.453125" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="13.7265625" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="17.42578125" customWidth="1"/>
+    <col min="2" max="2" width="8.140625" customWidth="1"/>
+    <col min="3" max="3" width="17.7109375" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="13.7109375" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="45" customWidth="1"/>
-    <col min="6" max="6" width="28.453125" customWidth="1"/>
+    <col min="6" max="6" width="28.42578125" customWidth="1"/>
     <col min="7" max="7" width="24" customWidth="1"/>
-    <col min="8" max="8" width="11.26953125" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="10" max="10" width="36.81640625" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="11.28515625" customWidth="1"/>
+    <col min="9" max="9" width="15.85546875" customWidth="1"/>
+    <col min="10" max="10" width="36.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" s="1" customFormat="1" ht="43.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-[...13 lines deleted...]
-    <row r="2" spans="1:11" ht="31" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:12" s="1" customFormat="1" ht="43.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="22" t="s">
+        <v>269</v>
+      </c>
+      <c r="B1" s="23"/>
+      <c r="C1" s="23"/>
+      <c r="D1" s="23"/>
+      <c r="E1" s="23"/>
+      <c r="F1" s="23"/>
+      <c r="G1" s="23"/>
+      <c r="H1" s="23"/>
+      <c r="I1" s="23"/>
+      <c r="J1" s="24"/>
+    </row>
+    <row r="2" spans="1:12" ht="63" x14ac:dyDescent="0.25">
       <c r="A2" s="10" t="s">
         <v>184</v>
       </c>
       <c r="B2" s="10" t="s">
         <v>182</v>
       </c>
       <c r="C2" s="10" t="s">
         <v>185</v>
       </c>
       <c r="D2" s="10" t="s">
         <v>186</v>
       </c>
       <c r="E2" s="10" t="s">
         <v>188</v>
       </c>
       <c r="F2" s="10" t="s">
         <v>187</v>
       </c>
       <c r="G2" s="10" t="s">
         <v>183</v>
       </c>
       <c r="H2" s="10" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="I2" s="10" t="s">
         <v>193</v>
       </c>
       <c r="J2" s="10" t="s">
         <v>189</v>
       </c>
-      <c r="K2" s="22" t="s">
+      <c r="K2" s="25" t="s">
         <v>110</v>
       </c>
-    </row>
-    <row r="3" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="L2" s="26"/>
+    </row>
+    <row r="3" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="11" t="s">
         <v>190</v>
       </c>
       <c r="B3" s="8" t="s">
         <v>138</v>
       </c>
       <c r="C3" s="6" t="s">
         <v>148</v>
       </c>
       <c r="D3" s="6" t="s">
         <v>149</v>
       </c>
       <c r="E3" s="3"/>
       <c r="F3" s="3" t="s">
         <v>90</v>
       </c>
       <c r="G3" s="7" t="s">
         <v>16</v>
       </c>
       <c r="H3" s="20" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="I3" s="12" t="s">
+        <v>250</v>
+      </c>
+      <c r="J3" s="16" t="s">
         <v>251</v>
       </c>
-      <c r="J3" s="16" t="s">
-[...3 lines deleted...]
-    <row r="4" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
+    </row>
+    <row r="4" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="11" t="s">
         <v>190</v>
       </c>
       <c r="B4" s="8" t="s">
         <v>138</v>
       </c>
       <c r="C4" s="6" t="s">
+        <v>257</v>
+      </c>
+      <c r="D4" s="6" t="s">
         <v>258</v>
-      </c>
-[...1 lines deleted...]
-        <v>259</v>
       </c>
       <c r="E4" s="4"/>
       <c r="F4" s="3" t="s">
         <v>90</v>
       </c>
       <c r="G4" s="7" t="s">
         <v>16</v>
       </c>
       <c r="H4" s="20" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="I4" s="12" t="s">
+        <v>259</v>
+      </c>
+      <c r="J4" s="16" t="s">
         <v>260</v>
       </c>
-      <c r="J4" s="16" t="s">
-[...3 lines deleted...]
-    <row r="5" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
+    </row>
+    <row r="5" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A5" s="11" t="s">
         <v>190</v>
       </c>
       <c r="B5" s="8" t="s">
         <v>138</v>
       </c>
       <c r="C5" s="6" t="s">
         <v>98</v>
       </c>
       <c r="D5" s="6" t="s">
         <v>97</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>235</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>127</v>
       </c>
       <c r="G5" s="7" t="s">
         <v>41</v>
       </c>
       <c r="H5" s="20"/>
       <c r="I5" s="12" t="s">
         <v>223</v>
       </c>
       <c r="J5" s="18" t="s">
         <v>194</v>
       </c>
     </row>
-    <row r="6" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A6" s="11" t="s">
         <v>190</v>
       </c>
       <c r="B6" s="8" t="s">
         <v>138</v>
       </c>
       <c r="C6" s="6" t="s">
         <v>145</v>
       </c>
       <c r="D6" s="6" t="s">
         <v>33</v>
       </c>
       <c r="E6" s="3"/>
       <c r="F6" s="3" t="s">
         <v>82</v>
       </c>
       <c r="G6" s="7" t="s">
         <v>37</v>
       </c>
       <c r="H6" s="20"/>
       <c r="I6" s="12" t="s">
         <v>203</v>
       </c>
       <c r="J6" s="16" t="s">
         <v>110</v>
       </c>
     </row>
-    <row r="7" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A7" s="11" t="s">
         <v>190</v>
       </c>
       <c r="B7" s="8" t="s">
         <v>138</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>175</v>
       </c>
       <c r="D7" s="6" t="s">
         <v>176</v>
       </c>
       <c r="E7" s="3"/>
       <c r="F7" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G7" s="7" t="s">
         <v>177</v>
       </c>
       <c r="H7" s="20"/>
       <c r="I7" s="12"/>
       <c r="J7" s="16" t="s">
         <v>44</v>
       </c>
     </row>
-    <row r="8" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A8" s="11" t="s">
         <v>190</v>
       </c>
       <c r="B8" s="8" t="s">
         <v>138</v>
       </c>
       <c r="C8" s="6" t="s">
         <v>147</v>
       </c>
       <c r="D8" s="6" t="s">
         <v>81</v>
       </c>
       <c r="E8" s="3"/>
       <c r="F8" s="3" t="s">
         <v>29</v>
       </c>
       <c r="G8" s="7" t="s">
         <v>14</v>
       </c>
       <c r="H8" s="20" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="I8" s="12" t="s">
         <v>197</v>
       </c>
       <c r="J8" s="16" t="s">
         <v>110</v>
       </c>
     </row>
-    <row r="9" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A9" s="11" t="s">
         <v>190</v>
       </c>
       <c r="B9" s="8" t="s">
         <v>138</v>
       </c>
       <c r="C9" s="6" t="s">
         <v>117</v>
       </c>
       <c r="D9" s="6" t="s">
         <v>118</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>150</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>209</v>
       </c>
       <c r="G9" s="7" t="s">
         <v>14</v>
       </c>
       <c r="H9" s="20" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="I9" s="12" t="s">
         <v>210</v>
       </c>
       <c r="J9" s="16" t="s">
         <v>211</v>
       </c>
     </row>
-    <row r="10" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A10" s="11" t="s">
         <v>190</v>
       </c>
       <c r="B10" s="8" t="s">
         <v>192</v>
       </c>
       <c r="C10" s="6" t="s">
         <v>76</v>
       </c>
       <c r="D10" s="6" t="s">
         <v>64</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>227</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>55</v>
       </c>
       <c r="G10" s="7" t="s">
         <v>23</v>
       </c>
       <c r="H10" s="20" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="I10" s="12" t="s">
         <v>228</v>
       </c>
       <c r="J10" s="16" t="s">
         <v>191</v>
       </c>
     </row>
-    <row r="11" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A11" s="11" t="s">
         <v>190</v>
       </c>
       <c r="B11" s="8" t="s">
         <v>138</v>
       </c>
       <c r="C11" s="6" t="s">
         <v>164</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>68</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>146</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>55</v>
       </c>
       <c r="G11" s="7" t="s">
         <v>23</v>
       </c>
       <c r="H11" s="20" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="I11" s="12"/>
       <c r="J11" s="16" t="s">
         <v>79</v>
       </c>
     </row>
-    <row r="12" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A12" s="11" t="s">
         <v>190</v>
       </c>
       <c r="B12" s="8" t="s">
         <v>138</v>
       </c>
       <c r="C12" s="6" t="s">
         <v>75</v>
       </c>
       <c r="D12" s="6" t="s">
         <v>81</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>237</v>
       </c>
       <c r="F12" s="19" t="s">
         <v>55</v>
       </c>
       <c r="G12" s="7" t="s">
         <v>23</v>
       </c>
       <c r="H12" s="20" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="I12" s="12" t="s">
         <v>238</v>
       </c>
       <c r="J12" s="16" t="s">
         <v>239</v>
       </c>
     </row>
-    <row r="13" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A13" s="11" t="s">
         <v>190</v>
       </c>
       <c r="B13" s="8" t="s">
         <v>138</v>
       </c>
       <c r="C13" s="6" t="s">
         <v>54</v>
       </c>
       <c r="D13" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E13" s="5" t="s">
         <v>244</v>
       </c>
       <c r="F13" s="4" t="s">
         <v>91</v>
       </c>
       <c r="G13" s="7" t="s">
         <v>28</v>
       </c>
       <c r="H13" s="20"/>
       <c r="I13" s="13" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
       <c r="J13" s="16" t="s">
         <v>110</v>
       </c>
     </row>
-    <row r="14" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A14" s="11" t="s">
         <v>190</v>
       </c>
       <c r="B14" s="8" t="s">
         <v>138</v>
       </c>
       <c r="C14" s="6" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
       <c r="D14" s="6" t="s">
         <v>134</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>78</v>
       </c>
       <c r="G14" s="7" t="s">
         <v>28</v>
       </c>
       <c r="H14" s="20"/>
       <c r="I14" s="12"/>
       <c r="J14" s="16" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A15" s="11" t="s">
+        <v>190</v>
+      </c>
+      <c r="B15" s="8" t="s">
+        <v>138</v>
+      </c>
+      <c r="C15" s="6" t="s">
         <v>271</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C15" s="6" t="s">
+      <c r="D15" s="6" t="s">
         <v>272</v>
-      </c>
-[...1 lines deleted...]
-        <v>273</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>150</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>78</v>
       </c>
       <c r="G15" s="7" t="s">
         <v>28</v>
       </c>
       <c r="H15" s="20" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="I15" s="13" t="s">
         <v>110</v>
       </c>
       <c r="J15" s="16" t="s">
-        <v>271</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="16" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A16" s="11" t="s">
         <v>190</v>
       </c>
       <c r="B16" s="8" t="s">
         <v>138</v>
       </c>
       <c r="C16" s="6" t="s">
         <v>147</v>
       </c>
       <c r="D16" s="6" t="s">
         <v>30</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>150</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>201</v>
       </c>
       <c r="G16" s="7" t="s">
         <v>28</v>
       </c>
       <c r="H16" s="20" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="I16" s="12" t="s">
         <v>198</v>
       </c>
       <c r="J16" s="16" t="s">
         <v>50</v>
       </c>
     </row>
-    <row r="17" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A17" s="11" t="s">
         <v>190</v>
       </c>
       <c r="B17" s="8" t="s">
         <v>138</v>
       </c>
       <c r="C17" s="6" t="s">
         <v>58</v>
       </c>
       <c r="D17" s="6" t="s">
         <v>31</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>150</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>201</v>
       </c>
       <c r="G17" s="7" t="s">
         <v>28</v>
       </c>
       <c r="H17" s="20" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="I17" s="12" t="s">
         <v>198</v>
       </c>
       <c r="J17" s="16" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="18" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A18" s="11" t="s">
         <v>190</v>
       </c>
       <c r="B18" s="8" t="s">
         <v>138</v>
       </c>
       <c r="C18" s="6" t="s">
         <v>178</v>
       </c>
       <c r="D18" s="6" t="s">
         <v>35</v>
       </c>
       <c r="E18" s="3"/>
       <c r="F18" s="3" t="s">
         <v>78</v>
       </c>
       <c r="G18" s="7" t="s">
         <v>28</v>
       </c>
       <c r="H18" s="20" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="I18" s="12"/>
       <c r="J18" s="16" t="s">
         <v>77</v>
       </c>
     </row>
-    <row r="19" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A19" s="11" t="s">
         <v>190</v>
       </c>
       <c r="B19" s="8" t="s">
         <v>138</v>
       </c>
       <c r="C19" s="6" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>132</v>
       </c>
       <c r="E19" s="2" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>136</v>
       </c>
       <c r="G19" s="6" t="s">
         <v>137</v>
       </c>
       <c r="H19" s="21"/>
       <c r="I19" s="12"/>
       <c r="J19" s="16" t="s">
-        <v>246</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="20" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A20" s="11" t="s">
         <v>190</v>
       </c>
       <c r="B20" s="8" t="s">
         <v>138</v>
       </c>
       <c r="C20" s="6" t="s">
         <v>168</v>
       </c>
       <c r="D20" s="6" t="s">
         <v>19</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>214</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>215</v>
       </c>
       <c r="G20" s="7" t="s">
         <v>20</v>
       </c>
       <c r="H20" s="20" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="I20" s="12" t="s">
         <v>216</v>
       </c>
       <c r="J20" s="16" t="s">
         <v>110</v>
       </c>
     </row>
-    <row r="21" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A21" s="11" t="s">
         <v>190</v>
       </c>
       <c r="B21" s="8" t="s">
         <v>138</v>
       </c>
       <c r="C21" s="6" t="s">
         <v>143</v>
       </c>
       <c r="D21" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E21" s="3"/>
       <c r="F21" s="3" t="s">
         <v>61</v>
       </c>
       <c r="G21" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H21" s="20"/>
       <c r="I21" s="12" t="s">
         <v>229</v>
       </c>
       <c r="J21" s="16" t="s">
         <v>110</v>
       </c>
     </row>
-    <row r="22" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A22" s="11" t="s">
         <v>190</v>
       </c>
       <c r="B22" s="8" t="s">
         <v>138</v>
       </c>
       <c r="C22" s="6" t="s">
         <v>74</v>
       </c>
       <c r="D22" s="6" t="s">
         <v>15</v>
       </c>
       <c r="E22" s="3"/>
       <c r="F22" s="3" t="s">
         <v>72</v>
       </c>
       <c r="G22" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H22" s="20" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="I22" s="12"/>
       <c r="J22" s="16" t="s">
         <v>110</v>
       </c>
     </row>
-    <row r="23" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A23" s="11" t="s">
         <v>190</v>
       </c>
       <c r="B23" s="8" t="s">
         <v>138</v>
       </c>
       <c r="C23" s="6" t="s">
         <v>153</v>
       </c>
       <c r="D23" s="6" t="s">
         <v>49</v>
       </c>
       <c r="E23" s="2"/>
       <c r="F23" s="3" t="s">
         <v>124</v>
       </c>
       <c r="G23" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H23" s="20" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="I23" s="12" t="s">
         <v>243</v>
       </c>
       <c r="J23" s="16" t="s">
         <v>71</v>
       </c>
     </row>
-    <row r="24" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A24" s="11" t="s">
         <v>190</v>
       </c>
       <c r="B24" s="8" t="s">
         <v>138</v>
       </c>
       <c r="C24" s="6" t="s">
         <v>94</v>
       </c>
       <c r="D24" s="6" t="s">
         <v>95</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>113</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>72</v>
       </c>
       <c r="G24" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H24" s="20"/>
       <c r="I24" s="12"/>
       <c r="J24" s="16" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="25" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A25" s="11" t="s">
         <v>190</v>
       </c>
       <c r="B25" s="8" t="s">
         <v>138</v>
       </c>
       <c r="C25" s="6" t="s">
-        <v>253</v>
+        <v>252</v>
       </c>
       <c r="D25" s="6" t="s">
         <v>112</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>113</v>
       </c>
       <c r="F25" s="4" t="s">
         <v>72</v>
       </c>
       <c r="G25" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H25" s="20"/>
       <c r="I25" s="13"/>
       <c r="J25" s="16" t="s">
-        <v>254</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="26" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A26" s="11" t="s">
         <v>190</v>
       </c>
       <c r="B26" s="8" t="s">
         <v>138</v>
       </c>
       <c r="C26" s="6" t="s">
         <v>59</v>
       </c>
       <c r="D26" s="6" t="s">
         <v>60</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>113</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>72</v>
       </c>
       <c r="G26" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H26" s="20" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="I26" s="12"/>
       <c r="J26" s="16" t="s">
         <v>93</v>
       </c>
     </row>
-    <row r="27" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A27" s="11" t="s">
         <v>190</v>
       </c>
       <c r="B27" s="8" t="s">
         <v>138</v>
       </c>
       <c r="C27" s="6" t="s">
         <v>170</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>24</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>234</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>124</v>
       </c>
       <c r="G27" s="6" t="s">
         <v>22</v>
       </c>
       <c r="H27" s="21"/>
       <c r="I27" s="12" t="s">
         <v>220</v>
       </c>
       <c r="J27" s="17" t="s">
         <v>221</v>
       </c>
     </row>
-    <row r="28" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A28" s="11" t="s">
         <v>190</v>
       </c>
       <c r="B28" s="8" t="s">
         <v>138</v>
       </c>
       <c r="C28" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D28" s="6" t="s">
         <v>166</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>205</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>104</v>
       </c>
       <c r="G28" s="7" t="s">
         <v>105</v>
       </c>
       <c r="H28" s="20"/>
       <c r="I28" s="12" t="s">
         <v>206</v>
       </c>
       <c r="J28" s="16" t="s">
         <v>207</v>
       </c>
     </row>
-    <row r="29" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A29" s="11" t="s">
         <v>190</v>
       </c>
       <c r="B29" s="8" t="s">
         <v>181</v>
       </c>
       <c r="C29" s="6" t="s">
         <v>0</v>
       </c>
       <c r="D29" s="6" t="s">
         <v>1</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>70</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>3</v>
       </c>
       <c r="G29" s="6" t="s">
         <v>2</v>
       </c>
       <c r="H29" s="21"/>
       <c r="I29" s="12"/>
       <c r="J29" s="16" t="s">
         <v>53</v>
       </c>
     </row>
-    <row r="30" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A30" s="11" t="s">
         <v>190</v>
       </c>
       <c r="B30" s="8" t="s">
         <v>138</v>
       </c>
       <c r="C30" s="6" t="s">
         <v>121</v>
       </c>
       <c r="D30" s="6" t="s">
         <v>122</v>
       </c>
       <c r="E30" s="4" t="s">
         <v>70</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>3</v>
       </c>
       <c r="G30" s="7" t="s">
         <v>2</v>
       </c>
       <c r="H30" s="20" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="I30" s="12" t="s">
         <v>217</v>
       </c>
       <c r="J30" s="16" t="s">
         <v>126</v>
       </c>
     </row>
-    <row r="31" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="31" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A31" s="11" t="s">
         <v>190</v>
       </c>
       <c r="B31" s="8" t="s">
         <v>138</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>151</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>152</v>
       </c>
       <c r="E31" s="4" t="s">
         <v>240</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>38</v>
       </c>
       <c r="G31" s="7" t="s">
         <v>2</v>
       </c>
       <c r="H31" s="20" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="I31" s="12" t="s">
         <v>242</v>
       </c>
       <c r="J31" s="16" t="s">
         <v>110</v>
       </c>
     </row>
-    <row r="32" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="32" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A32" s="11" t="s">
         <v>190</v>
       </c>
       <c r="B32" s="8" t="s">
         <v>208</v>
       </c>
       <c r="C32" s="6" t="s">
         <v>115</v>
       </c>
       <c r="D32" s="6" t="s">
         <v>116</v>
       </c>
       <c r="E32" s="9" t="s">
         <v>150</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>119</v>
       </c>
       <c r="G32" s="7" t="s">
         <v>2</v>
       </c>
       <c r="H32" s="20" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="I32" s="12" t="s">
         <v>236</v>
       </c>
       <c r="J32" s="16" t="s">
         <v>128</v>
       </c>
     </row>
-    <row r="33" spans="1:12" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="33" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A33" s="11" t="s">
         <v>190</v>
       </c>
       <c r="B33" s="8" t="s">
         <v>181</v>
       </c>
       <c r="C33" s="6" t="s">
         <v>154</v>
       </c>
       <c r="D33" s="6" t="s">
         <v>51</v>
       </c>
       <c r="E33" s="3"/>
       <c r="F33" s="3" t="s">
         <v>52</v>
       </c>
       <c r="G33" s="6" t="s">
         <v>2</v>
       </c>
       <c r="H33" s="21"/>
       <c r="I33" s="12"/>
       <c r="J33" s="16" t="s">
         <v>110</v>
       </c>
     </row>
-    <row r="34" spans="1:12" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="34" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A34" s="11" t="s">
         <v>190</v>
       </c>
       <c r="B34" s="8" t="s">
         <v>181</v>
       </c>
       <c r="C34" s="6" t="s">
         <v>7</v>
       </c>
       <c r="D34" s="6" t="s">
         <v>156</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>155</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>3</v>
       </c>
       <c r="G34" s="6" t="s">
         <v>2</v>
       </c>
       <c r="H34" s="21" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="I34" s="12" t="s">
         <v>218</v>
       </c>
       <c r="J34" s="16" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="35" spans="1:12" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="35" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A35" s="11" t="s">
         <v>190</v>
       </c>
       <c r="B35" s="8" t="s">
         <v>138</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>157</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>11</v>
       </c>
       <c r="E35" s="4"/>
       <c r="F35" s="3" t="s">
         <v>12</v>
       </c>
       <c r="G35" s="7" t="s">
         <v>2</v>
       </c>
       <c r="H35" s="20" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="I35" s="12" t="s">
         <v>204</v>
       </c>
       <c r="J35" s="16" t="s">
         <v>42</v>
       </c>
     </row>
-    <row r="36" spans="1:12" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="36" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A36" s="11" t="s">
         <v>190</v>
       </c>
       <c r="B36" s="8" t="s">
         <v>241</v>
       </c>
       <c r="C36" s="6" t="s">
         <v>158</v>
       </c>
       <c r="D36" s="6" t="s">
         <v>159</v>
       </c>
       <c r="E36" s="4" t="s">
         <v>240</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>38</v>
       </c>
       <c r="G36" s="7" t="s">
         <v>2</v>
       </c>
       <c r="H36" s="20" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="I36" s="12" t="s">
         <v>242</v>
       </c>
       <c r="J36" s="16" t="s">
         <v>110</v>
       </c>
       <c r="K36" t="s">
         <v>110</v>
       </c>
       <c r="L36" t="s">
         <v>110</v>
       </c>
     </row>
-    <row r="37" spans="1:12" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="37" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A37" s="11" t="s">
         <v>190</v>
       </c>
       <c r="B37" s="8" t="s">
         <v>181</v>
       </c>
       <c r="C37" s="6" t="s">
         <v>232</v>
       </c>
       <c r="D37" s="6" t="s">
         <v>9</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>70</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>3</v>
       </c>
       <c r="G37" s="7" t="s">
         <v>2</v>
       </c>
       <c r="H37" s="20" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="I37" s="12" t="s">
         <v>233</v>
       </c>
       <c r="J37" s="16" t="s">
         <v>80</v>
       </c>
     </row>
-    <row r="38" spans="1:12" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="38" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A38" s="11" t="s">
         <v>190</v>
       </c>
       <c r="B38" s="8" t="s">
         <v>181</v>
       </c>
       <c r="C38" s="6" t="s">
         <v>160</v>
       </c>
       <c r="D38" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>155</v>
       </c>
       <c r="F38" s="3" t="s">
         <v>3</v>
       </c>
       <c r="G38" s="7" t="s">
         <v>2</v>
       </c>
       <c r="H38" s="20"/>
       <c r="I38" s="12"/>
       <c r="J38" s="16" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="39" spans="1:12" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="39" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A39" s="11" t="s">
         <v>190</v>
       </c>
       <c r="B39" s="8" t="s">
         <v>138</v>
       </c>
       <c r="C39" s="6" t="s">
         <v>161</v>
       </c>
       <c r="D39" s="6" t="s">
         <v>162</v>
       </c>
       <c r="E39" s="4" t="s">
         <v>240</v>
       </c>
       <c r="F39" s="3" t="s">
         <v>38</v>
       </c>
       <c r="G39" s="7" t="s">
         <v>2</v>
       </c>
       <c r="H39" s="20" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="I39" s="12" t="s">
         <v>242</v>
       </c>
       <c r="J39" s="16" t="s">
         <v>110</v>
       </c>
     </row>
-    <row r="40" spans="1:12" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="40" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A40" s="11" t="s">
         <v>190</v>
       </c>
       <c r="B40" s="8" t="s">
         <v>181</v>
       </c>
       <c r="C40" s="6" t="s">
         <v>99</v>
       </c>
       <c r="D40" s="6" t="s">
         <v>100</v>
       </c>
       <c r="E40" s="4" t="s">
         <v>155</v>
       </c>
       <c r="F40" s="3" t="s">
         <v>3</v>
       </c>
       <c r="G40" s="6" t="s">
         <v>2</v>
       </c>
       <c r="H40" s="21" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="I40" s="12"/>
       <c r="J40" s="16" t="s">
         <v>101</v>
       </c>
     </row>
-    <row r="41" spans="1:12" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="41" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A41" s="11" t="s">
         <v>190</v>
       </c>
       <c r="B41" s="8" t="s">
         <v>138</v>
       </c>
       <c r="C41" s="6" t="s">
         <v>165</v>
       </c>
       <c r="D41" s="6" t="s">
         <v>1</v>
       </c>
       <c r="E41" s="4" t="s">
         <v>240</v>
       </c>
       <c r="F41" s="3" t="s">
         <v>38</v>
       </c>
       <c r="G41" s="7" t="s">
         <v>2</v>
       </c>
       <c r="H41" s="20" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="I41" s="12" t="s">
         <v>242</v>
       </c>
       <c r="J41" s="16" t="s">
         <v>110</v>
       </c>
     </row>
-    <row r="42" spans="1:12" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="42" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A42" s="11" t="s">
         <v>190</v>
       </c>
       <c r="B42" s="8" t="s">
         <v>139</v>
       </c>
       <c r="C42" s="6" t="s">
         <v>102</v>
       </c>
       <c r="D42" s="6" t="s">
         <v>103</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>155</v>
       </c>
       <c r="F42" s="3" t="s">
         <v>3</v>
       </c>
       <c r="G42" s="6" t="s">
         <v>2</v>
       </c>
       <c r="H42" s="21"/>
       <c r="I42" s="12" t="s">
         <v>218</v>
       </c>
       <c r="J42" s="16" t="s">
         <v>110</v>
       </c>
     </row>
-    <row r="43" spans="1:12" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="43" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A43" s="11" t="s">
         <v>190</v>
       </c>
       <c r="B43" s="8" t="s">
         <v>138</v>
       </c>
       <c r="C43" s="6" t="s">
         <v>169</v>
       </c>
       <c r="D43" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="4" t="s">
         <v>240</v>
       </c>
       <c r="F43" s="3" t="s">
         <v>38</v>
       </c>
       <c r="G43" s="7" t="s">
         <v>2</v>
       </c>
       <c r="H43" s="20" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="I43" s="12" t="s">
         <v>242</v>
       </c>
       <c r="J43" s="16" t="s">
         <v>110</v>
       </c>
     </row>
-    <row r="44" spans="1:12" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="44" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A44" s="11" t="s">
         <v>190</v>
       </c>
       <c r="B44" s="8" t="s">
         <v>138</v>
       </c>
       <c r="C44" s="6" t="s">
         <v>173</v>
       </c>
       <c r="D44" s="6" t="s">
         <v>152</v>
       </c>
       <c r="E44" s="4" t="s">
         <v>240</v>
       </c>
       <c r="F44" s="3" t="s">
         <v>38</v>
       </c>
       <c r="G44" s="7" t="s">
         <v>2</v>
       </c>
       <c r="H44" s="20" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="I44" s="12" t="s">
         <v>242</v>
       </c>
       <c r="J44" s="16" t="s">
         <v>110</v>
       </c>
     </row>
-    <row r="45" spans="1:12" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="45" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A45" s="11" t="s">
         <v>190</v>
       </c>
       <c r="B45" s="8" t="s">
         <v>139</v>
       </c>
       <c r="C45" s="6" t="s">
         <v>85</v>
       </c>
       <c r="D45" s="6" t="s">
         <v>86</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>89</v>
       </c>
       <c r="F45" s="3" t="s">
         <v>87</v>
       </c>
       <c r="G45" s="6" t="s">
         <v>2</v>
       </c>
       <c r="H45" s="21" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="I45" s="12"/>
       <c r="J45" s="16" t="s">
         <v>88</v>
       </c>
     </row>
-    <row r="46" spans="1:12" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="46" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A46" s="11" t="s">
         <v>190</v>
       </c>
       <c r="B46" s="8" t="s">
         <v>208</v>
       </c>
       <c r="C46" s="6" t="s">
         <v>174</v>
       </c>
       <c r="D46" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>150</v>
       </c>
       <c r="F46" s="3" t="s">
         <v>3</v>
       </c>
       <c r="G46" s="7" t="s">
         <v>2</v>
       </c>
       <c r="H46" s="20"/>
       <c r="I46" s="13" t="s">
         <v>196</v>
       </c>
       <c r="J46" s="16" t="s">
         <v>110</v>
       </c>
     </row>
-    <row r="47" spans="1:12" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="47" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A47" s="11" t="s">
         <v>190</v>
       </c>
       <c r="B47" s="8" t="s">
         <v>139</v>
       </c>
       <c r="C47" s="6" t="s">
         <v>163</v>
       </c>
       <c r="D47" s="6" t="s">
         <v>111</v>
       </c>
       <c r="E47" s="2" t="s">
         <v>57</v>
       </c>
       <c r="F47" s="3" t="s">
         <v>92</v>
       </c>
       <c r="G47" s="6" t="s">
         <v>67</v>
       </c>
       <c r="H47" s="21"/>
       <c r="I47" s="12" t="s">
         <v>231</v>
       </c>
       <c r="J47" s="16" t="s">
         <v>110</v>
       </c>
     </row>
-    <row r="48" spans="1:12" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="48" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A48" s="11" t="s">
         <v>190</v>
       </c>
       <c r="B48" s="8" t="s">
         <v>139</v>
       </c>
       <c r="C48" s="6" t="s">
         <v>45</v>
       </c>
       <c r="D48" s="6" t="s">
         <v>46</v>
       </c>
       <c r="E48" s="4" t="s">
         <v>57</v>
       </c>
       <c r="F48" s="4" t="s">
         <v>92</v>
       </c>
       <c r="G48" s="6" t="s">
         <v>67</v>
       </c>
       <c r="H48" s="21"/>
       <c r="I48" s="13" t="s">
         <v>219</v>
       </c>
       <c r="J48" s="16" t="s">
         <v>133</v>
       </c>
     </row>
-    <row r="49" spans="1:14" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="49" spans="1:14" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A49" s="11" t="s">
         <v>190</v>
       </c>
       <c r="B49" s="8" t="s">
         <v>139</v>
       </c>
       <c r="C49" s="6" t="s">
         <v>179</v>
       </c>
       <c r="D49" s="6" t="s">
         <v>180</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="F49" s="3" t="s">
         <v>92</v>
       </c>
       <c r="G49" s="6" t="s">
         <v>67</v>
       </c>
       <c r="H49" s="21"/>
       <c r="I49" s="12" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="J49" s="16" t="s">
         <v>120</v>
       </c>
     </row>
-    <row r="50" spans="1:14" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="50" spans="1:14" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A50" s="11" t="s">
         <v>190</v>
       </c>
       <c r="B50" s="8" t="s">
         <v>138</v>
       </c>
       <c r="C50" s="6" t="s">
         <v>69</v>
       </c>
       <c r="D50" s="6" t="s">
         <v>63</v>
       </c>
       <c r="E50" s="2" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="F50" s="3" t="s">
         <v>123</v>
       </c>
       <c r="G50" s="7" t="s">
         <v>65</v>
       </c>
       <c r="H50" s="20" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="I50" s="12" t="s">
         <v>195</v>
       </c>
       <c r="J50" s="16" t="s">
         <v>110</v>
       </c>
     </row>
-    <row r="51" spans="1:14" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="51" spans="1:14" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A51" s="11" t="s">
         <v>190</v>
       </c>
       <c r="B51" s="8" t="s">
         <v>138</v>
       </c>
       <c r="C51" s="6" t="s">
         <v>167</v>
       </c>
       <c r="D51" s="6" t="s">
         <v>11</v>
       </c>
       <c r="E51" s="3"/>
       <c r="F51" s="3" t="s">
         <v>73</v>
       </c>
       <c r="G51" s="7" t="s">
         <v>18</v>
       </c>
       <c r="H51" s="20" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="I51" s="12" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="J51" s="16" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="52" spans="1:14" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="52" spans="1:14" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A52" s="11" t="s">
         <v>190</v>
       </c>
       <c r="B52" s="8" t="s">
         <v>138</v>
       </c>
       <c r="C52" s="6" t="s">
         <v>66</v>
       </c>
       <c r="D52" s="6" t="s">
         <v>62</v>
       </c>
       <c r="E52" s="3"/>
       <c r="F52" s="4" t="s">
         <v>135</v>
       </c>
       <c r="G52" s="7" t="s">
         <v>114</v>
       </c>
       <c r="H52" s="20" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="I52" s="13" t="s">
         <v>226</v>
       </c>
       <c r="J52" s="16" t="s">
         <v>110</v>
       </c>
       <c r="N52" t="s">
         <v>110</v>
       </c>
     </row>
-    <row r="53" spans="1:14" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="53" spans="1:14" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A53" s="11" t="s">
         <v>190</v>
       </c>
       <c r="B53" s="8" t="s">
         <v>138</v>
       </c>
       <c r="C53" s="6" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="D53" s="6" t="s">
         <v>31</v>
       </c>
       <c r="E53" s="4" t="s">
         <v>205</v>
       </c>
       <c r="F53" s="3" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="G53" s="7" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="H53" s="20" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="I53" s="12" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="J53" s="16" t="s">
         <v>110</v>
       </c>
     </row>
-    <row r="54" spans="1:14" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="54" spans="1:14" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A54" s="11" t="s">
         <v>190</v>
       </c>
       <c r="B54" s="8" t="s">
         <v>138</v>
       </c>
       <c r="C54" s="6" t="s">
         <v>26</v>
       </c>
       <c r="D54" s="6" t="s">
         <v>140</v>
       </c>
       <c r="E54" s="3"/>
       <c r="F54" s="3" t="s">
         <v>212</v>
       </c>
       <c r="G54" s="7" t="s">
         <v>141</v>
       </c>
       <c r="H54" s="7" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="I54" s="14" t="s">
         <v>213</v>
       </c>
       <c r="J54" s="16" t="s">
         <v>110</v>
       </c>
     </row>
-    <row r="55" spans="1:14" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="55" spans="1:14" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A55" s="11" t="s">
         <v>190</v>
       </c>
       <c r="B55" s="8" t="s">
         <v>138</v>
       </c>
       <c r="C55" s="6" t="s">
         <v>107</v>
       </c>
       <c r="D55" s="6" t="s">
         <v>106</v>
       </c>
       <c r="E55" s="3"/>
       <c r="F55" s="4" t="s">
         <v>108</v>
       </c>
       <c r="G55" s="7" t="s">
         <v>109</v>
       </c>
       <c r="H55" s="7" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="I55" s="15" t="s">
         <v>225</v>
       </c>
       <c r="J55" s="16" t="s">
         <v>110</v>
       </c>
     </row>
-    <row r="56" spans="1:14" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="56" spans="1:14" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A56" s="11" t="s">
         <v>190</v>
       </c>
       <c r="B56" s="8" t="s">
         <v>138</v>
       </c>
       <c r="C56" s="6" t="s">
         <v>125</v>
       </c>
       <c r="D56" s="6" t="s">
         <v>34</v>
       </c>
       <c r="E56" s="2"/>
       <c r="F56" s="3" t="s">
         <v>108</v>
       </c>
       <c r="G56" s="7" t="s">
         <v>109</v>
       </c>
       <c r="H56" s="7" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="I56" s="14" t="s">
         <v>202</v>
       </c>
       <c r="J56" s="16" t="s">
         <v>224</v>
       </c>
     </row>
-    <row r="57" spans="1:14" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="57" spans="1:14" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A57" s="11" t="s">
         <v>190</v>
       </c>
       <c r="B57" s="8" t="s">
         <v>139</v>
       </c>
       <c r="C57" s="6" t="s">
         <v>40</v>
       </c>
       <c r="D57" s="6" t="s">
         <v>166</v>
       </c>
       <c r="E57" s="2" t="s">
         <v>129</v>
       </c>
       <c r="F57" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G57" s="6" t="s">
         <v>39</v>
       </c>
       <c r="H57" s="6" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="I57" s="14"/>
       <c r="J57" s="16" t="s">
         <v>230</v>
       </c>
     </row>
-    <row r="58" spans="1:14" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="58" spans="1:14" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A58" s="11" t="s">
         <v>190</v>
       </c>
       <c r="B58" s="8" t="s">
         <v>139</v>
       </c>
       <c r="C58" s="6" t="s">
         <v>56</v>
       </c>
       <c r="D58" s="6" t="s">
         <v>36</v>
       </c>
       <c r="E58" s="2" t="s">
         <v>129</v>
       </c>
       <c r="F58" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G58" s="6" t="s">
         <v>39</v>
       </c>
       <c r="H58" s="6" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="I58" s="14"/>
       <c r="J58" s="16" t="s">
         <v>130</v>
       </c>
     </row>
-    <row r="59" spans="1:14" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="59" spans="1:14" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A59" s="11" t="s">
         <v>190</v>
       </c>
       <c r="B59" s="8" t="s">
         <v>139</v>
       </c>
       <c r="C59" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D59" s="6" t="s">
         <v>84</v>
       </c>
       <c r="E59" s="2" t="s">
-        <v>245</v>
+        <v>129</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>25</v>
+        <v>273</v>
       </c>
       <c r="G59" s="6" t="s">
         <v>6</v>
       </c>
       <c r="H59" s="6" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="I59" s="14"/>
       <c r="J59" s="16" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:14" ht="15.5" x14ac:dyDescent="0.35">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="60" spans="1:14" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A60" s="11" t="s">
         <v>190</v>
       </c>
       <c r="B60" s="8" t="s">
         <v>139</v>
       </c>
       <c r="C60" s="6" t="s">
         <v>144</v>
       </c>
       <c r="D60" s="6" t="s">
         <v>5</v>
       </c>
       <c r="E60" s="2" t="s">
         <v>142</v>
       </c>
       <c r="F60" s="3" t="s">
         <v>25</v>
       </c>
       <c r="G60" s="6" t="s">
         <v>6</v>
       </c>
       <c r="H60" s="6"/>
       <c r="I60" s="14" t="s">
         <v>200</v>
       </c>
       <c r="J60" s="16" t="s">
         <v>199</v>
       </c>
     </row>
-    <row r="61" spans="1:14" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="61" spans="1:14" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A61" s="11" t="s">
         <v>190</v>
       </c>
       <c r="B61" s="8" t="s">
         <v>139</v>
       </c>
       <c r="C61" s="6" t="s">
         <v>45</v>
       </c>
       <c r="D61" s="6" t="s">
         <v>46</v>
       </c>
       <c r="E61" s="4" t="s">
         <v>129</v>
       </c>
       <c r="F61" s="4" t="s">
         <v>131</v>
       </c>
       <c r="G61" s="6" t="s">
         <v>6</v>
       </c>
       <c r="H61" s="6"/>
       <c r="I61" s="15" t="s">
         <v>219</v>
       </c>
       <c r="J61" s="16" t="s">
         <v>133</v>
       </c>
     </row>
-    <row r="62" spans="1:14" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="62" spans="1:14" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A62" s="11" t="s">
         <v>190</v>
       </c>
       <c r="B62" s="8" t="s">
         <v>139</v>
       </c>
       <c r="C62" s="6" t="s">
         <v>171</v>
       </c>
       <c r="D62" s="6" t="s">
         <v>172</v>
       </c>
       <c r="E62" s="2" t="s">
         <v>142</v>
       </c>
       <c r="F62" s="3" t="s">
         <v>25</v>
       </c>
       <c r="G62" s="6" t="s">
         <v>6</v>
       </c>
       <c r="H62" s="6" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="I62" s="14" t="s">
         <v>200</v>
       </c>
       <c r="J62" s="16" t="s">
         <v>222</v>
       </c>
     </row>
-    <row r="64" spans="1:14" x14ac:dyDescent="0.35">
+    <row r="64" spans="1:14" x14ac:dyDescent="0.25">
       <c r="E64" t="s">
         <v>110</v>
       </c>
     </row>
-    <row r="65" spans="5:10" x14ac:dyDescent="0.35">
+    <row r="65" spans="5:10" x14ac:dyDescent="0.25">
       <c r="E65" t="s">
         <v>110</v>
       </c>
     </row>
-    <row r="68" spans="5:10" x14ac:dyDescent="0.35">
+    <row r="68" spans="5:10" x14ac:dyDescent="0.25">
       <c r="E68" t="s">
         <v>110</v>
       </c>
     </row>
-    <row r="75" spans="5:10" x14ac:dyDescent="0.35">
+    <row r="75" spans="5:10" x14ac:dyDescent="0.25">
       <c r="J75" t="s">
         <v>110</v>
       </c>
     </row>
-    <row r="78" spans="5:10" x14ac:dyDescent="0.35">
+    <row r="78" spans="5:10" x14ac:dyDescent="0.25">
       <c r="J78" t="s">
         <v>110</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A2:J62" xr:uid="{D5A62567-157D-4B98-90A8-44332D81D4BD}">
     <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:J62">
       <sortCondition ref="G2:G62"/>
     </sortState>
   </autoFilter>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <phoneticPr fontId="11" type="noConversion"/>
   <hyperlinks>
     <hyperlink ref="J37" r:id="rId1" xr:uid="{C6C3F37E-4F25-4E08-86CD-9B4DADBD8EAE}"/>
     <hyperlink ref="J16" r:id="rId2" xr:uid="{E2F5DF7D-EB63-4616-8AC8-AE9A3F961879}"/>
     <hyperlink ref="J17" r:id="rId3" xr:uid="{EAA07226-F2AC-4DBC-ACA5-3F25455E54C2}"/>
     <hyperlink ref="J35" r:id="rId4" xr:uid="{AECB7D6B-C2C8-40F7-BE9D-93481E1C0FAD}"/>
     <hyperlink ref="J28" r:id="rId5" xr:uid="{255CC198-19DE-411F-A60D-50C92A4F5496}"/>
     <hyperlink ref="J51" r:id="rId6" xr:uid="{F2088997-4130-4059-93A3-ADBBA3321CAC}"/>
     <hyperlink ref="J7" r:id="rId7" xr:uid="{4D4A2415-5DEB-4B3A-8693-148EB7C28A40}"/>
     <hyperlink ref="J34" r:id="rId8" xr:uid="{02807A68-B575-4D1D-BD4C-E92FBC937FD9}"/>
     <hyperlink ref="J31" r:id="rId9" display="murielcrausaz@gmail.com" xr:uid="{C4E40506-CECD-426A-B61A-D5E134D3A4C4}"/>
     <hyperlink ref="J60" r:id="rId10" xr:uid="{9D5B5777-E8E4-472F-AEA2-261032B590A4}"/>
@@ -3425,73 +3428,73 @@
     <hyperlink ref="J24" r:id="rId24" xr:uid="{19788CE4-114D-43F0-B40E-E764CC80076E}"/>
     <hyperlink ref="J5" r:id="rId25" xr:uid="{FABFDFAE-C266-41A9-802F-5CE32AD9BA9A}"/>
     <hyperlink ref="J40" r:id="rId26" xr:uid="{0CEF1D68-8D28-4A1B-934B-E30EACAE934B}"/>
     <hyperlink ref="J9" r:id="rId27" xr:uid="{860C3EB2-9A49-4123-BA22-902EEDB395A2}"/>
     <hyperlink ref="J49" r:id="rId28" xr:uid="{27127557-5A9F-4B12-9925-74E0B7A8AC49}"/>
     <hyperlink ref="J56" r:id="rId29" xr:uid="{8C7ACABA-D015-4D96-B5E9-36B91AE1AB07}"/>
     <hyperlink ref="J32" r:id="rId30" xr:uid="{AB2DC6CA-44BA-4F2C-A973-2F118C1E7758}"/>
     <hyperlink ref="J38" r:id="rId31" xr:uid="{30816E78-A4EF-4773-BB7C-03FF26A27358}"/>
     <hyperlink ref="J10" r:id="rId32" xr:uid="{25FD7B1B-CD07-4D84-8EC2-634451879647}"/>
     <hyperlink ref="J48" r:id="rId33" xr:uid="{0FD65352-9F69-4B91-A1A3-205DB35D717D}"/>
     <hyperlink ref="J19" r:id="rId34" xr:uid="{8FFF71CF-227A-40A9-96F7-F716251A7BE4}"/>
     <hyperlink ref="J25" r:id="rId35" xr:uid="{DC06D828-10B1-404D-A2FD-66A470165694}"/>
     <hyperlink ref="J33" r:id="rId36" display="murielcrausaz@gmail.com" xr:uid="{E0477365-90C8-48BF-90C3-27D3CC90A956}"/>
     <hyperlink ref="J36" r:id="rId37" display="murielcrausaz@gmail.com" xr:uid="{227F3359-E3BE-413C-B468-E0DFB4EBE62E}"/>
     <hyperlink ref="J50" r:id="rId38" display="murielcrausaz@gmail.com" xr:uid="{0DC12F77-5143-46CA-B57B-9E506E151C5F}"/>
     <hyperlink ref="J36:J37" r:id="rId39" display="murielcrausaz@gmail.com" xr:uid="{2E011742-3A6D-4473-A8EB-DEAB3B6CD093}"/>
     <hyperlink ref="J41" r:id="rId40" display="murielcrausaz@gmail.com" xr:uid="{804B9E96-7D25-45D1-A5D5-D31F62A6A74A}"/>
     <hyperlink ref="J42" r:id="rId41" display="murielcrausaz@gmail.com" xr:uid="{0381FFE2-4480-4C6E-9423-1F055CBB6832}"/>
     <hyperlink ref="J20" r:id="rId42" display="murielcrausaz@gmail.com" xr:uid="{E98E7A29-0168-4DFB-AA4A-38AB70B58A06}"/>
     <hyperlink ref="J43" r:id="rId43" display="murielcrausaz@gmail.com" xr:uid="{BFF78077-5378-43EE-8685-54F3DE7D8B67}"/>
     <hyperlink ref="J44" r:id="rId44" display="murielcrausaz@gmail.com" xr:uid="{6570F832-0D56-40A3-A465-FD0C8740C121}"/>
     <hyperlink ref="J46" r:id="rId45" display="murielcrausaz@gmail.com" xr:uid="{5A375AA6-4906-4511-A434-5D1D16CDD4F0}"/>
     <hyperlink ref="J13" r:id="rId46" display="murielcrausaz@gmail.com" xr:uid="{8A2BC5C6-A79A-4632-BC34-118BB9418E40}"/>
     <hyperlink ref="J55" r:id="rId47" display="murielcrausaz@gmail.com" xr:uid="{248F4CD8-158F-4DFD-9160-F29A047CF305}"/>
     <hyperlink ref="J54" r:id="rId48" display="murielcrausaz@gmail.com" xr:uid="{F2427EA5-232C-4CD7-9731-B7148004284B}"/>
-    <hyperlink ref="J59" r:id="rId49" display="murielcrausaz@gmail.com" xr:uid="{9281DEF5-ED25-4ADB-999D-94C4D8487301}"/>
+    <hyperlink ref="J59" r:id="rId49" xr:uid="{9281DEF5-ED25-4ADB-999D-94C4D8487301}"/>
     <hyperlink ref="J21" r:id="rId50" display="murielcrausaz@gmail.com" xr:uid="{9DE332A9-2718-4C5A-A5B2-632FBB37BABC}"/>
     <hyperlink ref="J52" r:id="rId51" display="murielcrausaz@gmail.com" xr:uid="{F7BA765B-338F-40A2-AF77-4F2F5572B3E1}"/>
     <hyperlink ref="J6" r:id="rId52" display="murielcrausaz@gmail.com" xr:uid="{6AB9E465-6A57-4A40-A7EC-B27CB320BC25}"/>
     <hyperlink ref="J22" r:id="rId53" display="murielcrausaz@gmail.com" xr:uid="{F439106C-1E82-443B-9A0B-CD264D1F5607}"/>
     <hyperlink ref="J8" r:id="rId54" display="murielcrausaz@gmail.com" xr:uid="{4FECE64D-EF5B-48F0-B273-F06C4AED2BAC}"/>
     <hyperlink ref="J4" r:id="rId55" xr:uid="{4AD25CA0-2C67-450B-9440-E0EFF481B057}"/>
     <hyperlink ref="J53" r:id="rId56" display="murielcrausaz@gmail.com" xr:uid="{4C3772B1-C704-446C-A962-036D451C4D5A}"/>
     <hyperlink ref="J14" r:id="rId57" xr:uid="{D29A5D77-D9BB-407F-A8B4-9B9AB8DB9EEB}"/>
     <hyperlink ref="J15" r:id="rId58" xr:uid="{698C3D67-6BD5-42C3-BFA3-C352552129FF}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId59"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CAA6CC41-CAFC-4342-B948-AF3D17A19522}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>SESAM-SoA 2025</vt:lpstr>
       <vt:lpstr>Feuil2</vt:lpstr>