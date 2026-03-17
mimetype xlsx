--- v2 (2026-02-05)
+++ v3 (2026-03-17)
@@ -1,82 +1,82 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29530"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="L:\Administration du SESAM\Publication site internet\Publication Liste thérapeutes\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{75C7A53E-A2D6-410F-811D-44A5F0118A9E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F43CEE59-B677-4942-AFBE-CBF33228D34A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="837" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="837" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="SESAM-SoA 2025" sheetId="5" r:id="rId1"/>
+    <sheet name="SESAM-SoA" sheetId="5" r:id="rId1"/>
     <sheet name="Feuil2" sheetId="7" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'SESAM-SoA 2025'!$A$2:$J$62</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'SESAM-SoA'!$A$2:$J$62</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="566" uniqueCount="275">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="568" uniqueCount="277">
   <si>
     <t>Baeriswyl-Rouiller</t>
   </si>
   <si>
     <t>Irène</t>
   </si>
   <si>
     <t>1700 Fribourg</t>
   </si>
   <si>
     <t>Rue St-Pierre 2</t>
   </si>
   <si>
     <t>Marie-Laure</t>
   </si>
   <si>
     <t>Brigitta</t>
   </si>
   <si>
     <t>3280 Murten</t>
   </si>
   <si>
     <t>Fuchs</t>
   </si>
   <si>
@@ -389,53 +389,50 @@
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>Geraldine</t>
   </si>
   <si>
     <t>Laure</t>
   </si>
   <si>
     <t>Cabinet de logopédie Aquar'ailes</t>
   </si>
   <si>
     <t>1752 Villars-sur-Glâne</t>
   </si>
   <si>
     <t>Emery</t>
   </si>
   <si>
     <t>Laure-Christine</t>
   </si>
   <si>
     <t>Schwob</t>
   </si>
   <si>
     <t>Salomé</t>
-  </si>
-[...1 lines deleted...]
-    <t>Rue de Morat 18B</t>
   </si>
   <si>
     <t xml:space="preserve">pia.voirol@plapperlaplapp.ch </t>
   </si>
   <si>
     <t>Corpataux</t>
   </si>
   <si>
     <t>Sylvie</t>
   </si>
   <si>
     <t>Route de Chésalles 21</t>
   </si>
   <si>
     <t>Grand-Rue 34</t>
   </si>
   <si>
     <t>Franz</t>
   </si>
   <si>
     <t>sylviecorpat@gmail.com</t>
   </si>
   <si>
     <t>Avenue de Bussy 4</t>
   </si>
@@ -867,50 +864,59 @@
   <si>
     <t>Prévention
 Prävention</t>
   </si>
   <si>
     <t>x</t>
   </si>
   <si>
     <t>Thérapeutes indépendant-e-s de logopédie agréé-e-s par le SESAM
 Vom SoA anerkannte freischaffende Therapeuten/innen für Logopädie</t>
   </si>
   <si>
     <t>demande.bilan.logo.bulle@gmail.com</t>
   </si>
   <si>
     <t>De Mooij</t>
   </si>
   <si>
     <t>Laurianne</t>
   </si>
   <si>
     <t>Pra Pury 7d</t>
   </si>
   <si>
     <t xml:space="preserve">stefanie.baumann@hin.ch </t>
+  </si>
+  <si>
+    <t>1754 Avry-sur-Matran</t>
+  </si>
+  <si>
+    <t>Route d'Agy 14</t>
+  </si>
+  <si>
+    <t>1763 Granges-Paccot</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
@@ -1084,90 +1090,89 @@
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="27">
+  <cellXfs count="26">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="2" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="2" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="2" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="2" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="7" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="7" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Lien hypertexte" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 4" xfId="2" xr:uid="{C7E1B590-10FD-4F38-9481-DCD6E8FE52F5}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFD6CDE1"/>
       <color rgb="FF99CCFF"/>
       <color rgb="FF6699FF"/>
       <color rgb="FFFFFFCC"/>
       <color rgb="FF0000FF"/>
       <color rgb="FFFF66CC"/>
       <color rgb="FFD60093"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
@@ -1456,1969 +1461,1968 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stadtgraben.logo@hin.ch" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:devancoillie@gmail.com" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:franziska.kilchoer@gmail.com" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sophie.mercier.logo@protonmail.com" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:logo.gibloux@proton.me" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aline.logo@outlook.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:martinelogo@bluewin.ch" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:castella.emilie@cabinet-logopedie.ch" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:irene.baeriswyl@bluewin.ch" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stephanie.franz-logo@protonmail.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sabineriedo@hin.ch" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fdubosson@protonmail.com" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:georgespauline.logo@protonmail.com" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:demande.bilan.logo.bulle@gmail.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact@logopedie-peyraud.ch" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cml.logopediste@protonmail.ch" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sandra.galli@cornali.ch" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rachelle.raemy@hin.ch" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:magali.chanez@logo-hin.ch" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:salomeschwob@proton.me" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:logopedie@lcemery.ch" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:laure.logopedie@gmail.com" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fuchsk@gmx.ch" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:collaud.amelie@cabinet-logopedie.ch" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:micheleschaad@logo-hin.ch" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:perrine.mahee.logo@gmail.com" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cemoser7@proton.me" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rachelle.raemy@hin.ch" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mireille.rodi@logoromont.ch" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:christa.hertli@logofr.ch" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oli.sandra.pillonel@bluewin.ch" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:caroline.delacretaz@logoromont.ch" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:studer_esther@bluewin.ch" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pia.voirol@plapperlaplapp.ch" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stefanie.baumann@hin.ch%20" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:demande.bilan.logo.bulle@gmail.com" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:brigitta.bischoff@hin.ch" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:annehurni@bluewin.ch" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murielcrausaz@gmail.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D5A62567-157D-4B98-90A8-44332D81D4BD}">
   <sheetPr>
     <tabColor rgb="FFFFFFCC"/>
   </sheetPr>
   <dimension ref="A1:N78"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
+      <selection pane="bottomLeft" activeCell="C3" sqref="C3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="17.42578125" customWidth="1"/>
     <col min="2" max="2" width="8.140625" customWidth="1"/>
     <col min="3" max="3" width="17.7109375" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="13.7109375" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="45" customWidth="1"/>
     <col min="6" max="6" width="28.42578125" customWidth="1"/>
     <col min="7" max="7" width="24" customWidth="1"/>
     <col min="8" max="8" width="11.28515625" customWidth="1"/>
     <col min="9" max="9" width="15.85546875" customWidth="1"/>
     <col min="10" max="10" width="36.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" s="1" customFormat="1" ht="43.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...13 lines deleted...]
-    <row r="2" spans="1:12" ht="63" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:11" s="1" customFormat="1" ht="43.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="23" t="s">
+        <v>268</v>
+      </c>
+      <c r="B1" s="24"/>
+      <c r="C1" s="24"/>
+      <c r="D1" s="24"/>
+      <c r="E1" s="24"/>
+      <c r="F1" s="24"/>
+      <c r="G1" s="24"/>
+      <c r="H1" s="24"/>
+      <c r="I1" s="24"/>
+      <c r="J1" s="25"/>
+    </row>
+    <row r="2" spans="1:11" ht="63" x14ac:dyDescent="0.25">
       <c r="A2" s="10" t="s">
+        <v>183</v>
+      </c>
+      <c r="B2" s="10" t="s">
+        <v>181</v>
+      </c>
+      <c r="C2" s="10" t="s">
         <v>184</v>
       </c>
-      <c r="B2" s="10" t="s">
+      <c r="D2" s="10" t="s">
+        <v>185</v>
+      </c>
+      <c r="E2" s="10" t="s">
+        <v>187</v>
+      </c>
+      <c r="F2" s="10" t="s">
+        <v>186</v>
+      </c>
+      <c r="G2" s="10" t="s">
         <v>182</v>
       </c>
-      <c r="C2" s="10" t="s">
-[...5 lines deleted...]
-      <c r="E2" s="10" t="s">
+      <c r="H2" s="10" t="s">
+        <v>266</v>
+      </c>
+      <c r="I2" s="10" t="s">
+        <v>192</v>
+      </c>
+      <c r="J2" s="10" t="s">
         <v>188</v>
       </c>
-      <c r="F2" s="10" t="s">
-[...14 lines deleted...]
-      <c r="K2" s="25" t="s">
+      <c r="K2" s="22" t="s">
         <v>110</v>
       </c>
-      <c r="L2" s="26"/>
-[...1 lines deleted...]
-    <row r="3" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
+    </row>
+    <row r="3" spans="1:11" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="11" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B3" s="8" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="C3" s="6" t="s">
+        <v>147</v>
+      </c>
+      <c r="D3" s="6" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
       <c r="E3" s="3"/>
       <c r="F3" s="3" t="s">
         <v>90</v>
       </c>
       <c r="G3" s="7" t="s">
         <v>16</v>
       </c>
       <c r="H3" s="20" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="I3" s="12" t="s">
+        <v>249</v>
+      </c>
+      <c r="J3" s="16" t="s">
         <v>250</v>
       </c>
-      <c r="J3" s="16" t="s">
-[...3 lines deleted...]
-    <row r="4" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
+    </row>
+    <row r="4" spans="1:11" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="11" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B4" s="8" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="C4" s="6" t="s">
+        <v>256</v>
+      </c>
+      <c r="D4" s="6" t="s">
         <v>257</v>
-      </c>
-[...1 lines deleted...]
-        <v>258</v>
       </c>
       <c r="E4" s="4"/>
       <c r="F4" s="3" t="s">
         <v>90</v>
       </c>
       <c r="G4" s="7" t="s">
         <v>16</v>
       </c>
       <c r="H4" s="20" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="I4" s="12" t="s">
+        <v>258</v>
+      </c>
+      <c r="J4" s="16" t="s">
         <v>259</v>
       </c>
-      <c r="J4" s="16" t="s">
-[...3 lines deleted...]
-    <row r="5" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
+    </row>
+    <row r="5" spans="1:11" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A5" s="11" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B5" s="8" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="C5" s="6" t="s">
         <v>98</v>
       </c>
       <c r="D5" s="6" t="s">
         <v>97</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="F5" s="3" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="G5" s="7" t="s">
         <v>41</v>
       </c>
       <c r="H5" s="20"/>
       <c r="I5" s="12" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="J5" s="18" t="s">
-        <v>194</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="6" spans="1:11" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A6" s="11" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B6" s="8" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="C6" s="6" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="D6" s="6" t="s">
         <v>33</v>
       </c>
       <c r="E6" s="3"/>
       <c r="F6" s="3" t="s">
         <v>82</v>
       </c>
       <c r="G6" s="7" t="s">
         <v>37</v>
       </c>
       <c r="H6" s="20"/>
       <c r="I6" s="12" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="J6" s="16" t="s">
         <v>110</v>
       </c>
     </row>
-    <row r="7" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:11" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A7" s="11" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B7" s="8" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="C7" s="6" t="s">
+        <v>174</v>
+      </c>
+      <c r="D7" s="6" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="E7" s="3"/>
       <c r="F7" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G7" s="7" t="s">
-        <v>177</v>
-[...1 lines deleted...]
-      <c r="H7" s="20"/>
+        <v>176</v>
+      </c>
+      <c r="H7" s="20" t="s">
+        <v>267</v>
+      </c>
       <c r="I7" s="12"/>
       <c r="J7" s="16" t="s">
         <v>44</v>
       </c>
     </row>
-    <row r="8" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:11" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A8" s="11" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B8" s="8" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="D8" s="6" t="s">
         <v>81</v>
       </c>
       <c r="E8" s="3"/>
       <c r="F8" s="3" t="s">
         <v>29</v>
       </c>
       <c r="G8" s="7" t="s">
         <v>14</v>
       </c>
       <c r="H8" s="20" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="I8" s="12" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="J8" s="16" t="s">
         <v>110</v>
       </c>
     </row>
-    <row r="9" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:11" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A9" s="11" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B9" s="8" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="C9" s="6" t="s">
         <v>117</v>
       </c>
       <c r="D9" s="6" t="s">
         <v>118</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="F9" s="3" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="G9" s="7" t="s">
         <v>14</v>
       </c>
       <c r="H9" s="20" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="I9" s="12" t="s">
+        <v>209</v>
+      </c>
+      <c r="J9" s="16" t="s">
         <v>210</v>
       </c>
-      <c r="J9" s="16" t="s">
-[...3 lines deleted...]
-    <row r="10" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
+    </row>
+    <row r="10" spans="1:11" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A10" s="11" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B10" s="8" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="C10" s="6" t="s">
         <v>76</v>
       </c>
       <c r="D10" s="6" t="s">
         <v>64</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>55</v>
       </c>
       <c r="G10" s="7" t="s">
         <v>23</v>
       </c>
       <c r="H10" s="20" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="I10" s="12" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="J10" s="16" t="s">
-        <v>191</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="11" spans="1:11" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A11" s="11" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B11" s="8" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="C11" s="6" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>68</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>55</v>
       </c>
       <c r="G11" s="7" t="s">
         <v>23</v>
       </c>
       <c r="H11" s="20" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="I11" s="12"/>
       <c r="J11" s="16" t="s">
         <v>79</v>
       </c>
     </row>
-    <row r="12" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:11" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A12" s="11" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B12" s="8" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="C12" s="6" t="s">
         <v>75</v>
       </c>
       <c r="D12" s="6" t="s">
         <v>81</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="F12" s="19" t="s">
         <v>55</v>
       </c>
       <c r="G12" s="7" t="s">
         <v>23</v>
       </c>
       <c r="H12" s="20" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="I12" s="12" t="s">
+        <v>237</v>
+      </c>
+      <c r="J12" s="16" t="s">
         <v>238</v>
       </c>
-      <c r="J12" s="16" t="s">
-[...3 lines deleted...]
-    <row r="13" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
+    </row>
+    <row r="13" spans="1:11" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A13" s="11" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B13" s="8" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="C13" s="6" t="s">
         <v>54</v>
       </c>
       <c r="D13" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E13" s="5" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
       <c r="F13" s="4" t="s">
         <v>91</v>
       </c>
       <c r="G13" s="7" t="s">
         <v>28</v>
       </c>
       <c r="H13" s="20"/>
       <c r="I13" s="13" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="J13" s="16" t="s">
         <v>110</v>
       </c>
     </row>
-    <row r="14" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:11" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A14" s="11" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B14" s="8" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="C14" s="6" t="s">
+        <v>264</v>
+      </c>
+      <c r="D14" s="6" t="s">
+        <v>133</v>
+      </c>
+      <c r="E14" s="3" t="s">
         <v>265</v>
-      </c>
-[...4 lines deleted...]
-        <v>266</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>78</v>
       </c>
       <c r="G14" s="7" t="s">
         <v>28</v>
       </c>
       <c r="H14" s="20"/>
       <c r="I14" s="12"/>
       <c r="J14" s="16" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="15" spans="1:11" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A15" s="11" t="s">
+        <v>189</v>
+      </c>
+      <c r="B15" s="8" t="s">
+        <v>137</v>
+      </c>
+      <c r="C15" s="6" t="s">
         <v>270</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C15" s="6" t="s">
+      <c r="D15" s="6" t="s">
         <v>271</v>
       </c>
-      <c r="D15" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E15" s="3" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>78</v>
       </c>
       <c r="G15" s="7" t="s">
         <v>28</v>
       </c>
       <c r="H15" s="20" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="I15" s="13" t="s">
         <v>110</v>
       </c>
       <c r="J15" s="16" t="s">
-        <v>270</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="16" spans="1:11" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A16" s="11" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B16" s="8" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="C16" s="6" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="D16" s="6" t="s">
         <v>30</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="F16" s="3" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="G16" s="7" t="s">
         <v>28</v>
       </c>
       <c r="H16" s="20" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="I16" s="12" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="J16" s="16" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="17" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A17" s="11" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B17" s="8" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="C17" s="6" t="s">
         <v>58</v>
       </c>
       <c r="D17" s="6" t="s">
         <v>31</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="F17" s="3" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="G17" s="7" t="s">
         <v>28</v>
       </c>
       <c r="H17" s="20" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="I17" s="12" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="J17" s="16" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="18" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A18" s="11" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B18" s="8" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="C18" s="6" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="D18" s="6" t="s">
         <v>35</v>
       </c>
       <c r="E18" s="3"/>
       <c r="F18" s="3" t="s">
         <v>78</v>
       </c>
       <c r="G18" s="7" t="s">
         <v>28</v>
       </c>
       <c r="H18" s="20" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="I18" s="12"/>
       <c r="J18" s="16" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="19" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A19" s="11" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B19" s="8" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="C19" s="6" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D19" s="6" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="E19" s="2" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="F19" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="G19" s="6" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="H19" s="21"/>
       <c r="I19" s="12"/>
       <c r="J19" s="16" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
     </row>
     <row r="20" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A20" s="11" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B20" s="8" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="C20" s="6" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="D20" s="6" t="s">
         <v>19</v>
       </c>
       <c r="E20" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="F20" s="3" t="s">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>215</v>
       </c>
       <c r="G20" s="7" t="s">
         <v>20</v>
       </c>
       <c r="H20" s="20" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="I20" s="12" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="J20" s="16" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="21" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A21" s="11" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B21" s="8" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="C21" s="6" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="D21" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E21" s="3"/>
       <c r="F21" s="3" t="s">
         <v>61</v>
       </c>
       <c r="G21" s="7" t="s">
         <v>22</v>
       </c>
-      <c r="H21" s="20"/>
+      <c r="H21" s="20" t="s">
+        <v>267</v>
+      </c>
       <c r="I21" s="12" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="J21" s="16" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="22" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A22" s="11" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B22" s="8" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="C22" s="6" t="s">
         <v>74</v>
       </c>
       <c r="D22" s="6" t="s">
         <v>15</v>
       </c>
       <c r="E22" s="3"/>
       <c r="F22" s="3" t="s">
         <v>72</v>
       </c>
       <c r="G22" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H22" s="20" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="I22" s="12"/>
       <c r="J22" s="16" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="23" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A23" s="11" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B23" s="8" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="C23" s="6" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="D23" s="6" t="s">
         <v>49</v>
       </c>
       <c r="E23" s="2"/>
       <c r="F23" s="3" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="G23" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H23" s="20" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="I23" s="12" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="J23" s="16" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="24" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A24" s="11" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B24" s="8" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="C24" s="6" t="s">
         <v>94</v>
       </c>
       <c r="D24" s="6" t="s">
         <v>95</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>113</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>72</v>
       </c>
       <c r="G24" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H24" s="20"/>
       <c r="I24" s="12"/>
       <c r="J24" s="16" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="25" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A25" s="11" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B25" s="8" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="C25" s="6" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="D25" s="6" t="s">
         <v>112</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>113</v>
       </c>
       <c r="F25" s="4" t="s">
         <v>72</v>
       </c>
       <c r="G25" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H25" s="20"/>
       <c r="I25" s="13"/>
       <c r="J25" s="16" t="s">
-        <v>253</v>
+        <v>252</v>
       </c>
     </row>
     <row r="26" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A26" s="11" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B26" s="8" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="C26" s="6" t="s">
         <v>59</v>
       </c>
       <c r="D26" s="6" t="s">
         <v>60</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>113</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>72</v>
       </c>
       <c r="G26" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H26" s="20" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="I26" s="12"/>
       <c r="J26" s="16" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="27" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A27" s="11" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B27" s="8" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="C27" s="6" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>24</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="F27" s="3" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="G27" s="6" t="s">
         <v>22</v>
       </c>
       <c r="H27" s="21"/>
       <c r="I27" s="12" t="s">
+        <v>219</v>
+      </c>
+      <c r="J27" s="17" t="s">
         <v>220</v>
-      </c>
-[...1 lines deleted...]
-        <v>221</v>
       </c>
     </row>
     <row r="28" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A28" s="11" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B28" s="8" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="C28" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D28" s="6" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>104</v>
       </c>
       <c r="G28" s="7" t="s">
         <v>105</v>
       </c>
       <c r="H28" s="20"/>
       <c r="I28" s="12" t="s">
+        <v>205</v>
+      </c>
+      <c r="J28" s="16" t="s">
         <v>206</v>
-      </c>
-[...1 lines deleted...]
-        <v>207</v>
       </c>
     </row>
     <row r="29" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A29" s="11" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B29" s="8" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="C29" s="6" t="s">
         <v>0</v>
       </c>
       <c r="D29" s="6" t="s">
         <v>1</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>70</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>3</v>
       </c>
       <c r="G29" s="6" t="s">
         <v>2</v>
       </c>
       <c r="H29" s="21"/>
       <c r="I29" s="12"/>
       <c r="J29" s="16" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="30" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A30" s="11" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B30" s="8" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="C30" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="D30" s="6" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
       <c r="E30" s="4" t="s">
         <v>70</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>3</v>
       </c>
       <c r="G30" s="7" t="s">
         <v>2</v>
       </c>
       <c r="H30" s="20" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="I30" s="12" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="J30" s="16" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
     </row>
     <row r="31" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A31" s="11" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B31" s="8" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="C31" s="6" t="s">
+        <v>150</v>
+      </c>
+      <c r="D31" s="6" t="s">
         <v>151</v>
       </c>
-      <c r="D31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E31" s="4" t="s">
-        <v>240</v>
+        <v>149</v>
       </c>
       <c r="F31" s="3" t="s">
-        <v>38</v>
+        <v>275</v>
       </c>
       <c r="G31" s="7" t="s">
-        <v>2</v>
+        <v>276</v>
       </c>
       <c r="H31" s="20" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="I31" s="12" t="s">
-        <v>242</v>
+        <v>110</v>
       </c>
       <c r="J31" s="16" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="32" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A32" s="11" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B32" s="8" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="C32" s="6" t="s">
         <v>115</v>
       </c>
       <c r="D32" s="6" t="s">
         <v>116</v>
       </c>
       <c r="E32" s="9" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="F32" s="3" t="s">
-        <v>119</v>
+        <v>3</v>
       </c>
       <c r="G32" s="7" t="s">
         <v>2</v>
       </c>
       <c r="H32" s="20" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="I32" s="12" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="J32" s="16" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
     </row>
     <row r="33" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A33" s="11" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B33" s="8" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="C33" s="6" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D33" s="6" t="s">
         <v>51</v>
       </c>
       <c r="E33" s="3"/>
       <c r="F33" s="3" t="s">
         <v>52</v>
       </c>
       <c r="G33" s="6" t="s">
         <v>2</v>
       </c>
       <c r="H33" s="21"/>
       <c r="I33" s="12"/>
       <c r="J33" s="16" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="34" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A34" s="11" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B34" s="8" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="C34" s="6" t="s">
         <v>7</v>
       </c>
       <c r="D34" s="6" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>3</v>
       </c>
       <c r="G34" s="6" t="s">
         <v>2</v>
       </c>
       <c r="H34" s="21" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="I34" s="12" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="J34" s="16" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="35" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A35" s="11" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B35" s="8" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="C35" s="6" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>11</v>
       </c>
       <c r="E35" s="4"/>
       <c r="F35" s="3" t="s">
         <v>12</v>
       </c>
       <c r="G35" s="7" t="s">
         <v>2</v>
       </c>
       <c r="H35" s="20" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="I35" s="12" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="J35" s="16" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="36" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A36" s="11" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B36" s="8" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="C36" s="6" t="s">
+        <v>157</v>
+      </c>
+      <c r="D36" s="6" t="s">
         <v>158</v>
       </c>
-      <c r="D36" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E36" s="4" t="s">
-        <v>240</v>
+        <v>149</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>38</v>
+        <v>254</v>
       </c>
       <c r="G36" s="7" t="s">
-        <v>2</v>
+        <v>274</v>
       </c>
       <c r="H36" s="20" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="I36" s="12" t="s">
-        <v>242</v>
+        <v>110</v>
       </c>
       <c r="J36" s="16" t="s">
         <v>110</v>
       </c>
       <c r="K36" t="s">
         <v>110</v>
       </c>
       <c r="L36" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="37" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A37" s="11" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B37" s="8" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="C37" s="6" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="D37" s="6" t="s">
         <v>9</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>70</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>3</v>
       </c>
       <c r="G37" s="7" t="s">
         <v>2</v>
       </c>
       <c r="H37" s="20" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="I37" s="12" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="J37" s="16" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="38" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A38" s="11" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B38" s="8" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="C38" s="6" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="D38" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="F38" s="3" t="s">
         <v>3</v>
       </c>
       <c r="G38" s="7" t="s">
         <v>2</v>
       </c>
       <c r="H38" s="20"/>
       <c r="I38" s="12"/>
       <c r="J38" s="16" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A39" s="11" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B39" s="8" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="C39" s="6" t="s">
+        <v>160</v>
+      </c>
+      <c r="D39" s="6" t="s">
         <v>161</v>
       </c>
-      <c r="D39" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E39" s="4" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="F39" s="3" t="s">
         <v>38</v>
       </c>
       <c r="G39" s="7" t="s">
         <v>2</v>
       </c>
       <c r="H39" s="20" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="I39" s="12" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="J39" s="16" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="40" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A40" s="11" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B40" s="8" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="C40" s="6" t="s">
         <v>99</v>
       </c>
       <c r="D40" s="6" t="s">
         <v>100</v>
       </c>
       <c r="E40" s="4" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="F40" s="3" t="s">
         <v>3</v>
       </c>
       <c r="G40" s="6" t="s">
         <v>2</v>
       </c>
       <c r="H40" s="21" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="I40" s="12"/>
       <c r="J40" s="16" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="41" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A41" s="11" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B41" s="8" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="C41" s="6" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="D41" s="6" t="s">
         <v>1</v>
       </c>
       <c r="E41" s="4" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="F41" s="3" t="s">
         <v>38</v>
       </c>
       <c r="G41" s="7" t="s">
         <v>2</v>
       </c>
       <c r="H41" s="20" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="I41" s="12" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="J41" s="16" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="42" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A42" s="11" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B42" s="8" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="C42" s="6" t="s">
         <v>102</v>
       </c>
       <c r="D42" s="6" t="s">
         <v>103</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="F42" s="3" t="s">
         <v>3</v>
       </c>
       <c r="G42" s="6" t="s">
         <v>2</v>
       </c>
       <c r="H42" s="21"/>
       <c r="I42" s="12" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="J42" s="16" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="43" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A43" s="11" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B43" s="8" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="C43" s="6" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="D43" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="4" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="F43" s="3" t="s">
         <v>38</v>
       </c>
       <c r="G43" s="7" t="s">
         <v>2</v>
       </c>
       <c r="H43" s="20" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="I43" s="12" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="J43" s="16" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="44" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A44" s="11" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B44" s="8" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="C44" s="6" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="D44" s="6" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="E44" s="4" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="F44" s="3" t="s">
         <v>38</v>
       </c>
       <c r="G44" s="7" t="s">
         <v>2</v>
       </c>
       <c r="H44" s="20" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="I44" s="12" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="J44" s="16" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="45" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A45" s="11" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B45" s="8" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="C45" s="6" t="s">
         <v>85</v>
       </c>
       <c r="D45" s="6" t="s">
         <v>86</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>89</v>
       </c>
       <c r="F45" s="3" t="s">
         <v>87</v>
       </c>
       <c r="G45" s="6" t="s">
         <v>2</v>
       </c>
       <c r="H45" s="21" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="I45" s="12"/>
       <c r="J45" s="16" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="46" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A46" s="11" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B46" s="8" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="C46" s="6" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="D46" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="F46" s="3" t="s">
         <v>3</v>
       </c>
       <c r="G46" s="7" t="s">
         <v>2</v>
       </c>
       <c r="H46" s="20"/>
       <c r="I46" s="13" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="J46" s="16" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="47" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A47" s="11" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B47" s="8" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="C47" s="6" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="D47" s="6" t="s">
         <v>111</v>
       </c>
       <c r="E47" s="2" t="s">
         <v>57</v>
       </c>
       <c r="F47" s="3" t="s">
         <v>92</v>
       </c>
       <c r="G47" s="6" t="s">
         <v>67</v>
       </c>
       <c r="H47" s="21"/>
       <c r="I47" s="12" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="J47" s="16" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="48" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A48" s="11" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B48" s="8" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="C48" s="6" t="s">
         <v>45</v>
       </c>
       <c r="D48" s="6" t="s">
         <v>46</v>
       </c>
       <c r="E48" s="4" t="s">
         <v>57</v>
       </c>
       <c r="F48" s="4" t="s">
         <v>92</v>
       </c>
       <c r="G48" s="6" t="s">
         <v>67</v>
       </c>
       <c r="H48" s="21"/>
       <c r="I48" s="13" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="J48" s="16" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
     </row>
     <row r="49" spans="1:14" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A49" s="11" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B49" s="8" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="C49" s="6" t="s">
+        <v>178</v>
+      </c>
+      <c r="D49" s="6" t="s">
         <v>179</v>
       </c>
-      <c r="D49" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E49" s="3" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="F49" s="3" t="s">
         <v>92</v>
       </c>
       <c r="G49" s="6" t="s">
         <v>67</v>
       </c>
       <c r="H49" s="21"/>
       <c r="I49" s="12" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="J49" s="16" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
     </row>
     <row r="50" spans="1:14" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A50" s="11" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B50" s="8" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="C50" s="6" t="s">
         <v>69</v>
       </c>
       <c r="D50" s="6" t="s">
         <v>63</v>
       </c>
       <c r="E50" s="2" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
       <c r="F50" s="3" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="G50" s="7" t="s">
         <v>65</v>
       </c>
       <c r="H50" s="20" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="I50" s="12" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="J50" s="16" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="51" spans="1:14" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A51" s="11" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B51" s="8" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="C51" s="6" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="D51" s="6" t="s">
         <v>11</v>
       </c>
       <c r="E51" s="3"/>
       <c r="F51" s="3" t="s">
         <v>73</v>
       </c>
       <c r="G51" s="7" t="s">
         <v>18</v>
       </c>
       <c r="H51" s="20" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="I51" s="12" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="J51" s="16" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="52" spans="1:14" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A52" s="11" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B52" s="8" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="C52" s="6" t="s">
         <v>66</v>
       </c>
       <c r="D52" s="6" t="s">
         <v>62</v>
       </c>
       <c r="E52" s="3"/>
       <c r="F52" s="4" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="G52" s="7" t="s">
         <v>114</v>
       </c>
       <c r="H52" s="20" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="I52" s="13" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="J52" s="16" t="s">
         <v>110</v>
       </c>
       <c r="N52" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="53" spans="1:14" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A53" s="11" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B53" s="8" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="C53" s="6" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="D53" s="6" t="s">
         <v>31</v>
       </c>
       <c r="E53" s="4" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="F53" s="3" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="G53" s="7" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="H53" s="20" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="I53" s="12" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="J53" s="16" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="54" spans="1:14" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A54" s="11" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B54" s="8" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="C54" s="6" t="s">
         <v>26</v>
       </c>
       <c r="D54" s="6" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="E54" s="3"/>
       <c r="F54" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="G54" s="7" t="s">
+        <v>140</v>
+      </c>
+      <c r="H54" s="7" t="s">
+        <v>267</v>
+      </c>
+      <c r="I54" s="14" t="s">
         <v>212</v>
-      </c>
-[...7 lines deleted...]
-        <v>213</v>
       </c>
       <c r="J54" s="16" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="55" spans="1:14" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A55" s="11" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B55" s="8" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="C55" s="6" t="s">
         <v>107</v>
       </c>
       <c r="D55" s="6" t="s">
         <v>106</v>
       </c>
       <c r="E55" s="3"/>
       <c r="F55" s="4" t="s">
         <v>108</v>
       </c>
       <c r="G55" s="7" t="s">
         <v>109</v>
       </c>
       <c r="H55" s="7" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="I55" s="15" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="J55" s="16" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="56" spans="1:14" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A56" s="11" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B56" s="8" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="C56" s="6" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D56" s="6" t="s">
         <v>34</v>
       </c>
       <c r="E56" s="2"/>
       <c r="F56" s="3" t="s">
         <v>108</v>
       </c>
       <c r="G56" s="7" t="s">
         <v>109</v>
       </c>
       <c r="H56" s="7" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="I56" s="14" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="J56" s="16" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
     </row>
     <row r="57" spans="1:14" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A57" s="11" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B57" s="8" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="C57" s="6" t="s">
         <v>40</v>
       </c>
       <c r="D57" s="6" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="E57" s="2" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="F57" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G57" s="6" t="s">
         <v>39</v>
       </c>
       <c r="H57" s="6" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="I57" s="14"/>
       <c r="J57" s="16" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
     </row>
     <row r="58" spans="1:14" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A58" s="11" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B58" s="8" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="C58" s="6" t="s">
         <v>56</v>
       </c>
       <c r="D58" s="6" t="s">
         <v>36</v>
       </c>
       <c r="E58" s="2" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="F58" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G58" s="6" t="s">
         <v>39</v>
       </c>
       <c r="H58" s="6" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="I58" s="14"/>
       <c r="J58" s="16" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
     </row>
     <row r="59" spans="1:14" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A59" s="11" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B59" s="8" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="C59" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D59" s="6" t="s">
         <v>84</v>
       </c>
       <c r="E59" s="2" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="G59" s="6" t="s">
         <v>6</v>
       </c>
       <c r="H59" s="6" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="I59" s="14"/>
       <c r="J59" s="16" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
     </row>
     <row r="60" spans="1:14" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A60" s="11" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B60" s="8" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="C60" s="6" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="D60" s="6" t="s">
         <v>5</v>
       </c>
       <c r="E60" s="2" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="F60" s="3" t="s">
         <v>25</v>
       </c>
       <c r="G60" s="6" t="s">
         <v>6</v>
       </c>
       <c r="H60" s="6"/>
       <c r="I60" s="14" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="J60" s="16" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
     </row>
     <row r="61" spans="1:14" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A61" s="11" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B61" s="8" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="C61" s="6" t="s">
         <v>45</v>
       </c>
       <c r="D61" s="6" t="s">
         <v>46</v>
       </c>
       <c r="E61" s="4" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="F61" s="4" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="G61" s="6" t="s">
         <v>6</v>
       </c>
       <c r="H61" s="6"/>
       <c r="I61" s="15" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="J61" s="16" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
     </row>
     <row r="62" spans="1:14" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A62" s="11" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B62" s="8" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="C62" s="6" t="s">
+        <v>170</v>
+      </c>
+      <c r="D62" s="6" t="s">
         <v>171</v>
       </c>
-      <c r="D62" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E62" s="2" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="F62" s="3" t="s">
         <v>25</v>
       </c>
       <c r="G62" s="6" t="s">
         <v>6</v>
       </c>
       <c r="H62" s="6" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="I62" s="14" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="J62" s="16" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
     </row>
     <row r="64" spans="1:14" x14ac:dyDescent="0.25">
       <c r="E64" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="65" spans="5:10" x14ac:dyDescent="0.25">
       <c r="E65" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="68" spans="5:10" x14ac:dyDescent="0.25">
       <c r="E68" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="75" spans="5:10" x14ac:dyDescent="0.25">
       <c r="J75" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="78" spans="5:10" x14ac:dyDescent="0.25">
       <c r="J78" t="s">
         <v>110</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A2:J62" xr:uid="{D5A62567-157D-4B98-90A8-44332D81D4BD}">
-[...3 lines deleted...]
-  </autoFilter>
+  <autoFilter ref="A2:J62" xr:uid="{D5A62567-157D-4B98-90A8-44332D81D4BD}"/>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <phoneticPr fontId="11" type="noConversion"/>
   <hyperlinks>
     <hyperlink ref="J37" r:id="rId1" xr:uid="{C6C3F37E-4F25-4E08-86CD-9B4DADBD8EAE}"/>
     <hyperlink ref="J16" r:id="rId2" xr:uid="{E2F5DF7D-EB63-4616-8AC8-AE9A3F961879}"/>
     <hyperlink ref="J17" r:id="rId3" xr:uid="{EAA07226-F2AC-4DBC-ACA5-3F25455E54C2}"/>
     <hyperlink ref="J35" r:id="rId4" xr:uid="{AECB7D6B-C2C8-40F7-BE9D-93481E1C0FAD}"/>
     <hyperlink ref="J28" r:id="rId5" xr:uid="{255CC198-19DE-411F-A60D-50C92A4F5496}"/>
     <hyperlink ref="J51" r:id="rId6" xr:uid="{F2088997-4130-4059-93A3-ADBBA3321CAC}"/>
     <hyperlink ref="J7" r:id="rId7" xr:uid="{4D4A2415-5DEB-4B3A-8693-148EB7C28A40}"/>
     <hyperlink ref="J34" r:id="rId8" xr:uid="{02807A68-B575-4D1D-BD4C-E92FBC937FD9}"/>
     <hyperlink ref="J31" r:id="rId9" display="murielcrausaz@gmail.com" xr:uid="{C4E40506-CECD-426A-B61A-D5E134D3A4C4}"/>
     <hyperlink ref="J60" r:id="rId10" xr:uid="{9D5B5777-E8E4-472F-AEA2-261032B590A4}"/>
     <hyperlink ref="J57" r:id="rId11" xr:uid="{5ED5D87C-8BE4-4FA8-BECB-CBD143BB42E1}"/>
     <hyperlink ref="J58" r:id="rId12" xr:uid="{531D3502-3FE7-405A-9AED-EAB9E102D239}"/>
     <hyperlink ref="J62" r:id="rId13" xr:uid="{6429FCCA-FE37-4C96-A28B-B0D9B60AE0B8}"/>
     <hyperlink ref="J61" r:id="rId14" xr:uid="{F0663C5A-3CD7-4DFB-809D-C59BD7AE538D}"/>
     <hyperlink ref="J23" r:id="rId15" xr:uid="{5351CD52-23A2-497C-95A7-0F3C468E6FE9}"/>
     <hyperlink ref="J29" r:id="rId16" xr:uid="{04AF9371-FABB-4C60-8B85-DCCCD3FFFC30}"/>
     <hyperlink ref="J11" r:id="rId17" xr:uid="{F343AC4F-3E45-4D05-815E-60D9DBCF22F1}"/>
     <hyperlink ref="J18" r:id="rId18" xr:uid="{468A45EE-20AD-446C-A2D7-B0B3C08D07ED}"/>
     <hyperlink ref="J26" r:id="rId19" xr:uid="{9305FE7A-6BBF-47DD-914B-08A4F081B9C9}"/>
     <hyperlink ref="J27" r:id="rId20" xr:uid="{89D9D9FD-724F-4FE6-83E1-4C3E7267C442}"/>
@@ -3474,46 +3478,46 @@
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
-      <vt:lpstr>SESAM-SoA 2025</vt:lpstr>
+      <vt:lpstr>SESAM-SoA</vt:lpstr>
       <vt:lpstr>Feuil2</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Sitel</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Etat de Fribourg</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>