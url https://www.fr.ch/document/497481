--- v0 (2025-12-05)
+++ v1 (2026-01-15)
@@ -1,2655 +1,7078 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
+  <Override PartName="/word/glossary/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="37B777E1" w14:textId="77777777" w:rsidR="004060AE" w:rsidRPr="005B6B94" w:rsidRDefault="004060AE" w:rsidP="004060AE">
-[...2 lines deleted...]
-        <w:contextualSpacing/>
+    <w:p w14:paraId="4A9D8801" w14:textId="7A11B312" w:rsidR="004F5083" w:rsidRPr="004F5083" w:rsidRDefault="000E7546">
+      <w:pPr>
+        <w:pStyle w:val="05objet"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Villars-sur-Glâne</w:t>
+      </w:r>
+      <w:r w:rsidR="004F5083" w:rsidRPr="004F5083">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, le </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF208C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>11 décembre 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04800F2C" w14:textId="14242B4B" w:rsidR="008E1627" w:rsidRPr="002874C2" w:rsidRDefault="00EB4FB9">
+      <w:pPr>
+        <w:pStyle w:val="05objet"/>
+        <w:rPr>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>PROTOCOLE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="616C1F01" w14:textId="43034E3F" w:rsidR="00844A4B" w:rsidRPr="00844A4B" w:rsidRDefault="00844A4B" w:rsidP="00844A4B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="26"/>
-[...1 lines deleted...]
-          <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005B6B94">
+      <w:r w:rsidRPr="00844A4B">
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="26"/>
-[...1 lines deleted...]
-          <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Protocole d’application d’une mesure de contrainte et/ou limitative de liberté de mouvement</w:t>
+        <w:t>Application d’une mesure de contrainte et/ou limitative de liberté de mouvement</w:t>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-        <w:contextualSpacing/>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="007C06C8">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844A4B">
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>(Réf. Loi sur la santé du 16 novembre 1999, art 53, 54, 55 et Code civil, art. 383, 384, 385)</w:t>
+        <w:t>(Réf. Loi sur la santé du 16 novembre 1999, art 53, 54, 55 et Code civil, art.383, 384, 385)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D98312A" w14:textId="77777777" w:rsidR="004060AE" w:rsidRDefault="004060AE" w:rsidP="004060AE">
-[...19 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="112C9A33" w14:textId="067CF109" w:rsidR="002874C2" w:rsidRPr="0051087C" w:rsidRDefault="00EB4FB9" w:rsidP="0051087C">
+      <w:pPr>
+        <w:pStyle w:val="05objet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0051087C">
         <w:t>Définitions :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32A2F372" w14:textId="77777777" w:rsidR="004060AE" w:rsidRDefault="004060AE" w:rsidP="004060AE">
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="77245623" w14:textId="767EAB24" w:rsidR="00EB4FB9" w:rsidRPr="0051087C" w:rsidRDefault="00EB4FB9" w:rsidP="00EB4FB9">
+      <w:pPr>
+        <w:pStyle w:val="05objet"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0051087C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mesure de </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0051087C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>contrainte:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0051087C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> toute mesure appliquée contre la volonté autodéterminée du ou de la patient-e ou en dépit de son opposition est considérée comme étant de la contrainte (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidR="00EE68CF" w:rsidRPr="0051087C">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:b w:val="0"/>
+            <w:bCs/>
+          </w:rPr>
+          <w:t>Mesures de contrainte en médecine</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00EE68CF" w:rsidRPr="0051087C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00B97385">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0051087C">
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
-          <w:b/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
           <w:bCs/>
-          <w:i/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Mesure de contrainte </w:t>
-[...49 lines deleted...]
-        <w:t xml:space="preserve">Art. 3.1.) </w:t>
+        <w:t>Académie Suisse des Sciences Médicales).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3062386D" w14:textId="77777777" w:rsidR="004060AE" w:rsidRDefault="004060AE" w:rsidP="004060AE">
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="48098516" w14:textId="77777777" w:rsidR="002874C2" w:rsidRPr="0051087C" w:rsidRDefault="00EB4FB9" w:rsidP="00EB4FB9">
+      <w:pPr>
+        <w:pStyle w:val="05objet"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B97385">
+      <w:r w:rsidRPr="0051087C">
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
-          <w:b/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
           <w:bCs/>
-          <w:i/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Mesure</w:t>
-[...53 lines deleted...]
-        <w:t>(art. 384 du Code Civil)</w:t>
+        <w:t>Mesure limitative de liberté de mouvement : toute mesure limitant la liberté de mouvement à une personne incapable de discernement (art. 384 du Code Civil).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="431B8989" w14:textId="77777777" w:rsidR="004060AE" w:rsidRDefault="004060AE" w:rsidP="004060AE">
-[...11 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="304366F3" w14:textId="699019C0" w:rsidR="00EE68CF" w:rsidRPr="00FF20B7" w:rsidRDefault="00FF20B7" w:rsidP="0051087C">
+      <w:pPr>
+        <w:pStyle w:val="05objet"/>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF20B7">
+        <w:t xml:space="preserve">Nom, </w:t>
+      </w:r>
+      <w:r w:rsidR="008E7D9E" w:rsidRPr="00FF20B7">
+        <w:t>prénom, date de naissance du/de la résident-e :</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="127821BE" w14:textId="703CF7D3" w:rsidR="004060AE" w:rsidRPr="007C06C8" w:rsidRDefault="004060AE" w:rsidP="004060AE">
-      <w:pPr>
+    <w:p w14:paraId="24D13678" w14:textId="77777777" w:rsidR="000516C6" w:rsidRPr="00EA6AA0" w:rsidRDefault="00842CEC" w:rsidP="0051087C">
+      <w:pPr>
+        <w:pStyle w:val="10numrotation"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="0"/>
         </w:numPr>
-        <w:tabs>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007C06C8">
-[...6 lines deleted...]
-      </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="1429852507"/>
           <w:placeholder>
-            <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+            <w:docPart w:val="96B0FC78DE0C48649FF36CEF08EE01C7"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="00D37FF0">
+          <w:r w:rsidR="008E7D9E" w:rsidRPr="00EA6AA0">
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+            </w:rPr>
+            <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="09236A4C" w14:textId="4E8C2975" w:rsidR="008E7D9E" w:rsidRPr="00FF20B7" w:rsidRDefault="008E7D9E" w:rsidP="0051087C">
+      <w:pPr>
+        <w:pStyle w:val="05objet"/>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF20B7">
+        <w:t xml:space="preserve">Nom des personnes consultées, fonctions </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0051087C">
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>(représentant thérapeutique, proches, curateur, médecin, etc.)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF20B7">
+        <w:t xml:space="preserve"> et date : </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EB18AC6" w14:textId="77777777" w:rsidR="000516C6" w:rsidRPr="00EA6AA0" w:rsidRDefault="00842CEC" w:rsidP="0051087C">
+      <w:pPr>
+        <w:pStyle w:val="10numrotation"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:id w:val="1881823734"/>
+          <w:placeholder>
+            <w:docPart w:val="037A36E47BBD457B88C3C77FFD3B9E46"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00B73A30" w:rsidRPr="00EA6AA0">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="25B328C0" w14:textId="658BA65E" w:rsidR="004060AE" w:rsidRPr="007C06C8" w:rsidRDefault="004060AE" w:rsidP="004060AE">
-      <w:pPr>
+    <w:p w14:paraId="6C25AB5D" w14:textId="3DD8FCF7" w:rsidR="00B73A30" w:rsidRPr="00FF20B7" w:rsidRDefault="00B73A30" w:rsidP="0051087C">
+      <w:pPr>
+        <w:pStyle w:val="05objet"/>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF20B7">
+        <w:t xml:space="preserve">Motifs de la nécessité d’appliquer une mesure de contrainte et/ou de limitation de liberté de mouvement </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0051087C">
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>(restriction de liberté d’action et/ou de mouvement, mesure de privation)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF20B7">
+        <w:t xml:space="preserve"> : </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C2BFC07" w14:textId="77777777" w:rsidR="00B73A30" w:rsidRPr="00EA6AA0" w:rsidRDefault="00842CEC" w:rsidP="0051087C">
+      <w:pPr>
+        <w:pStyle w:val="10numrotation"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="0"/>
         </w:numPr>
-        <w:tabs>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007C06C8">
-[...45 lines deleted...]
-      </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
-          <w:id w:val="1881823734"/>
+          <w:id w:val="1857221272"/>
           <w:placeholder>
-            <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+            <w:docPart w:val="2D1EEC9520E748E8975920928855A8CE"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="00D37FF0">
+          <w:r w:rsidR="00B73A30" w:rsidRPr="00EA6AA0">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="6FBFC602" w14:textId="76E18CDB" w:rsidR="004060AE" w:rsidRDefault="004060AE" w:rsidP="004060AE">
-      <w:pPr>
+    <w:p w14:paraId="3E709274" w14:textId="62C700AF" w:rsidR="000516C6" w:rsidRPr="00FF20B7" w:rsidRDefault="00B73A30" w:rsidP="0051087C">
+      <w:pPr>
+        <w:pStyle w:val="05objet"/>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF20B7">
+        <w:t xml:space="preserve">Objectif visé </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0051087C">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>(décrire en termes de comportement observable, évaluable, dans quelles conditions et quel délai)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF20B7">
+        <w:t> :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FAF33FE" w14:textId="77777777" w:rsidR="00B73A30" w:rsidRPr="00EA6AA0" w:rsidRDefault="00842CEC" w:rsidP="0051087C">
+      <w:pPr>
+        <w:pStyle w:val="10numrotation"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="0"/>
         </w:numPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:id w:val="-1846929227"/>
+          <w:placeholder>
+            <w:docPart w:val="A27F24D0EE6D41CAB35B5E63E9CDA909"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00B73A30" w:rsidRPr="00EA6AA0">
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+              <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="7F6A9EE4" w14:textId="0568BA89" w:rsidR="00B73A30" w:rsidRPr="00B73A30" w:rsidRDefault="00B73A30" w:rsidP="0051087C">
+      <w:pPr>
+        <w:pStyle w:val="05objet"/>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF20B7">
+        <w:t xml:space="preserve">Description de la mesure et des conditions d’application </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0051087C">
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>(type de mesure, durée, moment de la journée)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF20B7">
+        <w:t xml:space="preserve"> :</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B73A30">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:id w:val="-1581981778"/>
+          <w:placeholder>
+            <w:docPart w:val="332E20537F5E4EA8B645610C67F8F6AE"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00EA6AA0">
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+              <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+              <w:b w:val="0"/>
+              <w:bCs/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="385E8857" w14:textId="55197611" w:rsidR="00EE68CF" w:rsidRPr="00FF20B7" w:rsidRDefault="00B73A30" w:rsidP="0051087C">
+      <w:pPr>
+        <w:pStyle w:val="05objet"/>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF20B7">
+        <w:t>Mesures compensatoires ou d’accompagnement :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DA140A8" w14:textId="77777777" w:rsidR="00B73A30" w:rsidRPr="00EA6AA0" w:rsidRDefault="00842CEC" w:rsidP="0051087C">
+      <w:pPr>
+        <w:pStyle w:val="10numrotation"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:id w:val="-1777097612"/>
+          <w:placeholder>
+            <w:docPart w:val="35BCF98452364C60902DBF40F102DDD9"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00B73A30" w:rsidRPr="00EA6AA0">
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+              <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="4E3A38B5" w14:textId="77777777" w:rsidR="00B73A30" w:rsidRDefault="00B73A30" w:rsidP="00B73A30">
+      <w:pPr>
+        <w:pStyle w:val="10numrotation"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="369"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A9E6321" w14:textId="77777777" w:rsidR="000516C6" w:rsidRDefault="000516C6" w:rsidP="000516C6">
+      <w:pPr>
+        <w:pStyle w:val="06atexteprincipal"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="194DA7A2" w14:textId="77777777" w:rsidR="00EE68CF" w:rsidRPr="0051087C" w:rsidRDefault="00EE68CF" w:rsidP="00EE68CF">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9923"/>
         </w:tabs>
-        <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="284" w:hanging="284"/>
+        <w:spacing w:after="240"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0051087C">
+        <w:t>Décision prise par : infirmier(ère) diplôm</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE3A24" w:rsidRPr="0051087C">
+        <w:t>é-e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0051087C">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53249FA2" w14:textId="77777777" w:rsidR="00EE68CF" w:rsidRPr="0051087C" w:rsidRDefault="00EE68CF" w:rsidP="00EE68CF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9923"/>
+        </w:tabs>
+        <w:spacing w:after="240"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0051087C">
+        <w:t xml:space="preserve">Nom, prénom et signature :  </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1871531730"/>
+          <w:placeholder>
+            <w:docPart w:val="BCB6FD3ADDAD4713AABB5F057C240841"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="0051087C">
+            <w:rPr>
+              <w:rFonts w:eastAsia="Calibri"/>
+              <w:color w:val="808080"/>
+            </w:rPr>
+            <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="3F0CE304" w14:textId="77777777" w:rsidR="00EE68CF" w:rsidRPr="0051087C" w:rsidRDefault="00EE68CF" w:rsidP="00EE68CF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9923"/>
+          <w:tab w:val="left" w:pos="10490"/>
+        </w:tabs>
+        <w:spacing w:after="240"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0051087C">
+        <w:t>Date de l’entrée en vigueur de la mesure :  </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-343320937"/>
+          <w:placeholder>
+            <w:docPart w:val="ED79905372CD4D5694DFCF3E184C0A36"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:date>
+            <w:dateFormat w:val="dd.MM.yyyy"/>
+            <w:lid w:val="fr-CH"/>
+            <w:storeMappedDataAs w:val="dateTime"/>
+            <w:calendar w:val="gregorian"/>
+          </w:date>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="0051087C">
+            <w:rPr>
+              <w:rFonts w:eastAsia="Calibri"/>
+              <w:color w:val="808080"/>
+            </w:rPr>
+            <w:t>Cliquez ou appuyez ici pour entrer une date.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="6C6DF022" w14:textId="1AC434F6" w:rsidR="00EE68CF" w:rsidRPr="0051087C" w:rsidRDefault="00EE68CF" w:rsidP="00EE68CF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9923"/>
+          <w:tab w:val="left" w:pos="10490"/>
+        </w:tabs>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0051087C">
+        <w:t xml:space="preserve">Dates ou fréquence de l’évaluation : </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-849795170"/>
+          <w:placeholder>
+            <w:docPart w:val="BCB6FD3ADDAD4713AABB5F057C240841"/>
+          </w:placeholder>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:sdt>
+            <w:sdtPr>
+              <w:id w:val="-1110501371"/>
+              <w:placeholder>
+                <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+              </w:placeholder>
+            </w:sdtPr>
+            <w:sdtEndPr/>
+            <w:sdtContent>
+              <w:sdt>
+                <w:sdtPr>
+                  <w:id w:val="-1358654089"/>
+                  <w:placeholder>
+                    <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+                  </w:placeholder>
+                  <w:showingPlcHdr/>
+                </w:sdtPr>
+                <w:sdtEndPr/>
+                <w:sdtContent>
+                  <w:r w:rsidR="00DF208C" w:rsidRPr="00681A9A">
+                    <w:rPr>
+                      <w:rStyle w:val="Textedelespacerserv"/>
+                    </w:rPr>
+                    <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
+                  </w:r>
+                </w:sdtContent>
+              </w:sdt>
+            </w:sdtContent>
+          </w:sdt>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="50A246D4" w14:textId="77777777" w:rsidR="00EE68CF" w:rsidRPr="0051087C" w:rsidRDefault="00EE68CF" w:rsidP="00EE68CF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4820"/>
+          <w:tab w:val="right" w:leader="dot" w:pos="9923"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-1"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C84243B" w14:textId="77777777" w:rsidR="00EE68CF" w:rsidRPr="0051087C" w:rsidRDefault="00EE68CF" w:rsidP="00EE68CF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4820"/>
+          <w:tab w:val="right" w:leader="dot" w:pos="9923"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-1"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0051087C">
+        <w:t>Décision validée par :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="746ED6E1" w14:textId="77777777" w:rsidR="00EE68CF" w:rsidRPr="0051087C" w:rsidRDefault="00EE68CF" w:rsidP="00EE68CF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4820"/>
+          <w:tab w:val="right" w:leader="dot" w:pos="9923"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-1"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0051087C">
+        <w:t>Infirmier</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF20B7" w:rsidRPr="0051087C">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0051087C">
+        <w:t>ère-chef</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE3A24" w:rsidRPr="0051087C">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0051087C">
+        <w:t>fe</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0051087C">
+        <w:tab/>
+        <w:t>Médecin (si impliqué dans la décision)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B3661DC" w14:textId="77777777" w:rsidR="00EE68CF" w:rsidRPr="0051087C" w:rsidRDefault="00EE68CF" w:rsidP="00EE68CF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4820"/>
+          <w:tab w:val="right" w:leader="dot" w:pos="9923"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0051087C">
+        <w:t>Nom, prénom, date et signature</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0051087C">
+        <w:tab/>
+        <w:t>Nom, prénom, date et signature</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="505512F5" w14:textId="6B0FDAE3" w:rsidR="00EE68CF" w:rsidRPr="0051087C" w:rsidRDefault="00842CEC" w:rsidP="00EE68CF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1134"/>
+          <w:tab w:val="left" w:pos="-709"/>
+          <w:tab w:val="left" w:leader="dot" w:pos="4253"/>
+          <w:tab w:val="left" w:pos="4820"/>
+          <w:tab w:val="right" w:leader="dot" w:pos="9923"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="55050096"/>
+          <w:placeholder>
+            <w:docPart w:val="BCB6FD3ADDAD4713AABB5F057C240841"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00393167" w:rsidRPr="0051087C">
+            <w:rPr>
+              <w:rFonts w:eastAsia="Calibri"/>
+              <w:color w:val="808080"/>
+            </w:rPr>
+            <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00EE68CF" w:rsidRPr="0051087C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00EE68CF" w:rsidRPr="0051087C">
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-708025823"/>
+          <w:placeholder>
+            <w:docPart w:val="BCB6FD3ADDAD4713AABB5F057C240841"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00393167" w:rsidRPr="0051087C">
+            <w:rPr>
+              <w:rFonts w:eastAsia="Calibri"/>
+              <w:color w:val="808080"/>
+            </w:rPr>
+            <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="266744DC" w14:textId="5DB8D812" w:rsidR="00EE68CF" w:rsidRPr="00EE68CF" w:rsidRDefault="00EE68CF" w:rsidP="00EE68CF">
+      <w:pPr>
+        <w:spacing w:after="60"/>
+        <w:ind w:right="-428"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007C06C8">
+      <w:r w:rsidRPr="0051087C">
+        <w:lastRenderedPageBreak/>
+        <w:t>Résident</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE3A24" w:rsidRPr="0051087C">
+        <w:t>-e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0051087C">
+        <w:t xml:space="preserve"> inform</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE3A24" w:rsidRPr="0051087C">
+        <w:t>é-e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0051087C">
+        <w:t xml:space="preserve"> de la mesure le</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE68CF">
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">Motifs de la nécessité d’appliquer une mesure de contrainte et/ou de limitation de liberté de mouvement </w:t>
+        <w:t> :</w:t>
       </w:r>
-      <w:r w:rsidRPr="007C06C8">
-[...67 lines deleted...]
-      <w:r w:rsidRPr="007C06C8">
+      <w:r w:rsidRPr="00EE68CF">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
-          <w:id w:val="-1687669250"/>
+          <w:id w:val="883303554"/>
           <w:placeholder>
-            <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+            <w:docPart w:val="BCB6FD3ADDAD4713AABB5F057C240841"/>
           </w:placeholder>
-          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:sdt>
+            <w:sdtPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:id w:val="-1449229834"/>
+              <w:placeholder>
+                <w:docPart w:val="ED79905372CD4D5694DFCF3E184C0A36"/>
+              </w:placeholder>
+              <w:showingPlcHdr/>
+              <w:date>
+                <w:dateFormat w:val="dd.MM.yyyy"/>
+                <w:lid w:val="fr-CH"/>
+                <w:storeMappedDataAs w:val="dateTime"/>
+                <w:calendar w:val="gregorian"/>
+              </w:date>
+            </w:sdtPr>
+            <w:sdtEndPr/>
+            <w:sdtContent>
+              <w:r w:rsidR="00393167" w:rsidRPr="0051087C">
+                <w:rPr>
+                  <w:rFonts w:eastAsia="Calibri"/>
+                  <w:color w:val="808080"/>
+                </w:rPr>
+                <w:t>Cliquez ou appuyez ici pour entrer une date.</w:t>
+              </w:r>
+            </w:sdtContent>
+          </w:sdt>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="62C968D6" w14:textId="7567A04B" w:rsidR="00EE68CF" w:rsidRPr="0051087C" w:rsidRDefault="00EE68CF" w:rsidP="00EE68CF">
+      <w:pPr>
+        <w:spacing w:after="60"/>
+        <w:ind w:right="-428"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0051087C">
+        <w:t>Représentant</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE3A24" w:rsidRPr="0051087C">
+        <w:t>-e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0051087C">
+        <w:t xml:space="preserve"> thérapeutique informé</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE3A24" w:rsidRPr="0051087C">
+        <w:t>-e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0051087C">
+        <w:t xml:space="preserve"> de la mesure le : </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-843471204"/>
+          <w:placeholder>
+            <w:docPart w:val="BCB6FD3ADDAD4713AABB5F057C240841"/>
+          </w:placeholder>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="00D37FF0">
-[...5 lines deleted...]
-          </w:r>
+          <w:sdt>
+            <w:sdtPr>
+              <w:id w:val="-1652745811"/>
+              <w:placeholder>
+                <w:docPart w:val="ED79905372CD4D5694DFCF3E184C0A36"/>
+              </w:placeholder>
+              <w:showingPlcHdr/>
+              <w:date>
+                <w:dateFormat w:val="dd.MM.yyyy"/>
+                <w:lid w:val="fr-CH"/>
+                <w:storeMappedDataAs w:val="dateTime"/>
+                <w:calendar w:val="gregorian"/>
+              </w:date>
+            </w:sdtPr>
+            <w:sdtEndPr/>
+            <w:sdtContent>
+              <w:r w:rsidR="00393167" w:rsidRPr="0051087C">
+                <w:rPr>
+                  <w:rFonts w:eastAsia="Calibri"/>
+                  <w:color w:val="808080"/>
+                </w:rPr>
+                <w:t>Cliquez ou appuyez ici pour entrer une date.</w:t>
+              </w:r>
+            </w:sdtContent>
+          </w:sdt>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="2ABC6952" w14:textId="77777777" w:rsidR="004060AE" w:rsidRDefault="004060AE" w:rsidP="004060AE">
-[...9 lines deleted...]
-        <w:ind w:left="284" w:hanging="284"/>
+    <w:p w14:paraId="63C7CD6E" w14:textId="1A99808F" w:rsidR="00EE68CF" w:rsidRPr="00EE68CF" w:rsidRDefault="00EE68CF" w:rsidP="00EE68CF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-428"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007C06C8">
+      <w:r w:rsidRPr="0051087C">
+        <w:t>Nom, prénom du</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE3A24" w:rsidRPr="0051087C">
+        <w:t>/de la</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0051087C">
+        <w:t xml:space="preserve"> représentant</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE3A24" w:rsidRPr="0051087C">
+        <w:t>-e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0051087C">
+        <w:t xml:space="preserve"> thérapeutique</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE68CF">
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>Objectif visé (</w:t>
+        <w:t> :</w:t>
       </w:r>
-      <w:r w:rsidRPr="007C06C8">
-[...48 lines deleted...]
-      <w:r w:rsidRPr="004060AE">
+      <w:r w:rsidRPr="00EE68CF">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
-          <w:id w:val="1393535525"/>
+          <w:id w:val="-1259826439"/>
           <w:placeholder>
-            <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+            <w:docPart w:val="BCB6FD3ADDAD4713AABB5F057C240841"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="004060AE">
+          <w:r w:rsidR="00393167" w:rsidRPr="0051087C">
             <w:rPr>
-              <w:rStyle w:val="Textedelespacerserv"/>
-              <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              <w:rFonts w:eastAsia="Calibri"/>
+              <w:color w:val="808080"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="0CD453AE" w14:textId="18937FBF" w:rsidR="004060AE" w:rsidRDefault="004060AE" w:rsidP="004060AE">
-[...816 lines deleted...]
-    <w:p w14:paraId="335E2BE8" w14:textId="5FCEC452" w:rsidR="004060AE" w:rsidRDefault="004060AE" w:rsidP="004060AE">
+    <w:p w14:paraId="0320E030" w14:textId="77777777" w:rsidR="00EE68CF" w:rsidRPr="00EE68CF" w:rsidRDefault="00EE68CF" w:rsidP="00EE68CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-428"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004911FD">
-[...80 lines deleted...]
-      </w:sdt>
     </w:p>
-    <w:p w14:paraId="3EC74118" w14:textId="77777777" w:rsidR="004060AE" w:rsidRPr="005041F0" w:rsidRDefault="004060AE" w:rsidP="004060AE">
-[...11 lines deleted...]
-    <w:p w14:paraId="7D18F913" w14:textId="77777777" w:rsidR="004060AE" w:rsidRPr="001F7DB6" w:rsidRDefault="004060AE" w:rsidP="004060AE">
+    <w:p w14:paraId="1F454225" w14:textId="77777777" w:rsidR="00EE68CF" w:rsidRPr="00EE68CF" w:rsidRDefault="00EE68CF" w:rsidP="00EE68CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F7DB6">
+      <w:r w:rsidRPr="00F34171">
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Les signatures de l’infirmier(ère) diplômé(e) et de l’infirmier(ère)-chef (fe) sont impératives. Les proches doivent être informés. En cas de désaccord, ils peuvent s’adresser à la direction de l’établissement ou recourir auprès de l’Autorité de protection de l’enfant et de l’adulte (Justice de paix). En cas d’urgence, l’infirmier(ère) peut imposer une mesure de contrainte et requérir la signature de l’infirmier(ère)-chef (fe), voir du médecin, ultérieurement. La présente décision est répertoriée dans le « </w:t>
+        <w:t>Les signatures de l’infirmier</w:t>
       </w:r>
-      <w:r w:rsidRPr="001F7DB6">
+      <w:r w:rsidR="001770D1" w:rsidRPr="00F34171">
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F34171">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ère diplômé</w:t>
+      </w:r>
+      <w:r w:rsidR="001770D1" w:rsidRPr="00F34171">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>-e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F34171">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et de l’infirmier</w:t>
+      </w:r>
+      <w:r w:rsidR="001770D1" w:rsidRPr="00F34171">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F34171">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ère-chef</w:t>
+      </w:r>
+      <w:r w:rsidR="001770D1" w:rsidRPr="00F34171">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F34171">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>fe sont impératives. Les proches doivent être informés. En cas de désaccord, ils peuvent s’adresser à la direction de l’établissement ou recourir auprès de l’Autorité de protection de l’enfant et de l’adulte (Justice de paix). En cas d’urgence, l’infirmier</w:t>
+      </w:r>
+      <w:r w:rsidR="001770D1" w:rsidRPr="00F34171">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F34171">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ère peut imposer une mesure de contrainte et requérir la signature de l’infirmier</w:t>
+      </w:r>
+      <w:r w:rsidR="001770D1" w:rsidRPr="00F34171">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F34171">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ère-chef</w:t>
+      </w:r>
+      <w:r w:rsidR="001770D1" w:rsidRPr="00F34171">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F34171">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>fe, voir du médecin, ultérieurement. La présente décision est répertoriée dans le « </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F34171">
+        <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Registre des mesures de contraintes et limitatives de liberté</w:t>
       </w:r>
-      <w:r w:rsidRPr="001F7DB6">
+      <w:r w:rsidRPr="00F34171">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> » de l’institution</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE68CF">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t> » de l’institution.</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4218596B" w14:textId="77777777" w:rsidR="004060AE" w:rsidRDefault="004060AE" w:rsidP="004060AE">
+    <w:p w14:paraId="3F073B78" w14:textId="77777777" w:rsidR="00EE68CF" w:rsidRPr="00EE68CF" w:rsidRDefault="00EE68CF" w:rsidP="00EE68CF">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6C05D48C" w14:textId="7B5006A2" w:rsidR="0000147C" w:rsidRPr="004060AE" w:rsidRDefault="004060AE" w:rsidP="004060AE">
-[...61 lines deleted...]
-      </w:r>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9639" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="284" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9639"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="001770D1" w14:paraId="6DE11C59" w14:textId="77777777" w:rsidTr="00472F9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9639" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="454" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="138133A7" w14:textId="77777777" w:rsidR="001770D1" w:rsidRPr="002404C1" w:rsidRDefault="001770D1" w:rsidP="00472F9F">
+            <w:pPr>
+              <w:pStyle w:val="08annexecontactrenseignementsetc"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Copie de la décision</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5EA744F7" w14:textId="77777777" w:rsidR="001770D1" w:rsidRPr="00FB5C51" w:rsidRDefault="001770D1" w:rsidP="00472F9F">
+            <w:pPr>
+              <w:pStyle w:val="08annexecontactrenseignementsetc"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB5C51">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>—</w:t>
+            </w:r>
+          </w:p>
+          <w:sdt>
+            <w:sdtPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:id w:val="28201782"/>
+              <w:placeholder>
+                <w:docPart w:val="D50E5C8C8514475E991B056668E4DE9A"/>
+              </w:placeholder>
+            </w:sdtPr>
+            <w:sdtEndPr/>
+            <w:sdtContent>
+              <w:p w14:paraId="520D9384" w14:textId="77777777" w:rsidR="001770D1" w:rsidRPr="00FB5C51" w:rsidRDefault="001770D1" w:rsidP="00472F9F">
+                <w:pPr>
+                  <w:pStyle w:val="08annexecontactrenseignementsetc"/>
+                  <w:rPr>
+                    <w:b/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:bCs/>
+                  </w:rPr>
+                  <w:t>Au/à la représentante thérapeutique</w:t>
+                </w:r>
+              </w:p>
+            </w:sdtContent>
+          </w:sdt>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="700963A9" w14:textId="77777777" w:rsidR="001770D1" w:rsidRDefault="001770D1" w:rsidP="001770D1">
+      <w:pPr>
+        <w:pStyle w:val="rpertoire1"/>
+      </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="0000147C" w:rsidRPr="004060AE" w:rsidSect="004060AE">
-[...3 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId10"/>
+    <w:sectPr w:rsidR="001770D1" w:rsidSect="00861F1A">
+      <w:headerReference w:type="even" r:id="rId9"/>
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:headerReference w:type="first" r:id="rId12"/>
+      <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1985" w:right="851" w:bottom="1701" w:left="1418" w:header="652" w:footer="510" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="52679BF1" w14:textId="77777777" w:rsidR="00FE2286" w:rsidRDefault="00C825C2">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="0D9EF244" w14:textId="77777777" w:rsidR="000337CE" w:rsidRDefault="000337CE" w:rsidP="008E1627">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2BB8DD11" w14:textId="77777777" w:rsidR="00FE2286" w:rsidRDefault="00C825C2">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="736D0CF4" w14:textId="77777777" w:rsidR="000337CE" w:rsidRDefault="000337CE" w:rsidP="008E1627">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...3 lines deleted...]
-    <w:family w:val="swiss"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1EC80DCB" w14:textId="77777777" w:rsidR="00732FBD" w:rsidRDefault="00196F28" w:rsidP="002C6C8E">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="65123164" w14:textId="77777777" w:rsidR="00FB5C51" w:rsidRPr="00861F1A" w:rsidRDefault="00FB5C51" w:rsidP="00861F1A">
     <w:pPr>
-      <w:pStyle w:val="01entteetbasdepage"/>
+      <w:pStyle w:val="Pieddepage"/>
+      <w:rPr>
+        <w:lang w:val="fr-CH"/>
+      </w:rPr>
     </w:pPr>
-    <w:r>
-[...13 lines deleted...]
-      <w:t>Direction de la santé et des affaires sociales</w:t>
+    <w:r w:rsidRPr="00861F1A">
+      <w:rPr>
+        <w:lang w:val="fr-CH"/>
+      </w:rPr>
+      <w:t>*</w:t>
     </w:r>
     <w:r>
-      <w:t xml:space="preserve"> </w:t>
+      <w:rPr>
+        <w:lang w:val="fr-CH"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> Les anciens diplômes (SG, N2, HMP, PSY) sont reconnus de niveau HES (</w:t>
     </w:r>
-    <w:r w:rsidRPr="009F4D5B">
-[...4 lines deleted...]
-      <w:t>DSAS</w:t>
+    <w:proofErr w:type="spellStart"/>
+    <w:r>
+      <w:rPr>
+        <w:lang w:val="fr-CH"/>
+      </w:rPr>
+      <w:t>bachelor</w:t>
     </w:r>
-  </w:p>
-[...32 lines deleted...]
-    </w:pPr>
+    <w:proofErr w:type="spellEnd"/>
     <w:r>
-      <w:t>—</w:t>
-[...45 lines deleted...]
-      <w:t>GSD</w:t>
+      <w:rPr>
+        <w:lang w:val="fr-CH"/>
+      </w:rPr>
+      <w:t>)</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7C1456B4" w14:textId="77777777" w:rsidR="00FE2286" w:rsidRDefault="00C825C2">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="6A92A46E" w14:textId="77777777" w:rsidR="000337CE" w:rsidRDefault="000337CE" w:rsidP="008E1627">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7C3C3910" w14:textId="77777777" w:rsidR="00FE2286" w:rsidRDefault="00C825C2">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="1FF51D9D" w14:textId="77777777" w:rsidR="000337CE" w:rsidRDefault="000337CE" w:rsidP="008E1627">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9298" w:type="dxa"/>
       <w:tblInd w:w="341" w:type="dxa"/>
       <w:tblBorders>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="9298"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00732FBD" w14:paraId="62F16A51" w14:textId="77777777">
+    <w:tr w:rsidR="00FB5C51" w14:paraId="729A2001" w14:textId="77777777" w:rsidTr="00FB5C51">
       <w:trPr>
         <w:trHeight w:val="567"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="9298" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="1A253D9D" w14:textId="77777777" w:rsidR="00732FBD" w:rsidRPr="003E0C17" w:rsidRDefault="00196F28" w:rsidP="00FC3224">
+        <w:p w14:paraId="6D5F53C5" w14:textId="77777777" w:rsidR="00FB5C51" w:rsidRDefault="00FF20B7" w:rsidP="00FB5C51">
           <w:pPr>
-            <w:pStyle w:val="01entteetbasdepage"/>
-[...3 lines deleted...]
-            </w:rPr>
+            <w:pStyle w:val="09enttepage2"/>
           </w:pPr>
-          <w:r w:rsidRPr="009F4D5B">
-[...4 lines deleted...]
-            <w:t xml:space="preserve">Service </w:t>
+          <w:r>
+            <w:t>Service du médecin cantonal</w:t>
+          </w:r>
+          <w:r w:rsidR="00FB5C51" w:rsidRPr="00363712">
+            <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r>
             <w:rPr>
-              <w:b/>
-              <w:bCs/>
+              <w:b w:val="0"/>
             </w:rPr>
-            <w:t xml:space="preserve">du médecin cantonal </w:t>
-[...1 lines deleted...]
-          <w:r>
             <w:t>SMC</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="21B97605" w14:textId="236B38C1" w:rsidR="00732FBD" w:rsidRPr="0064336A" w:rsidRDefault="00196F28" w:rsidP="00391C63">
+        <w:p w14:paraId="7D1D92EA" w14:textId="77777777" w:rsidR="00FB5C51" w:rsidRPr="0064336A" w:rsidRDefault="00FB5C51" w:rsidP="00FB5C51">
           <w:pPr>
             <w:pStyle w:val="09enttepage2"/>
             <w:rPr>
               <w:rStyle w:val="Numrodepage"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00053112">
+          <w:r w:rsidRPr="00FF20B7">
             <w:rPr>
               <w:b w:val="0"/>
-              <w:bCs w:val="0"/>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
             <w:t xml:space="preserve">Page </w:t>
           </w:r>
-          <w:r w:rsidRPr="00053112">
+          <w:r w:rsidRPr="0064336A">
             <w:rPr>
               <w:b w:val="0"/>
-              <w:bCs w:val="0"/>
-              <w:lang w:val="fr-CH"/>
+              <w:lang w:val="de-DE"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
-          <w:r w:rsidRPr="00053112">
+          <w:r w:rsidRPr="00FF20B7">
             <w:rPr>
               <w:b w:val="0"/>
-              <w:bCs w:val="0"/>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> PAGE </w:instrText>
           </w:r>
-          <w:r w:rsidRPr="00053112">
+          <w:r w:rsidRPr="0064336A">
             <w:rPr>
               <w:b w:val="0"/>
-              <w:bCs w:val="0"/>
-              <w:lang w:val="fr-CH"/>
+              <w:lang w:val="de-DE"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r>
+          <w:r w:rsidRPr="00FF20B7">
             <w:rPr>
               <w:b w:val="0"/>
-              <w:bCs w:val="0"/>
               <w:noProof/>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
             <w:t>2</w:t>
           </w:r>
-          <w:r w:rsidRPr="00053112">
+          <w:r w:rsidRPr="0064336A">
             <w:rPr>
               <w:b w:val="0"/>
-              <w:bCs w:val="0"/>
-              <w:lang w:val="fr-CH"/>
+              <w:lang w:val="de-DE"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
-          <w:r w:rsidRPr="00053112">
+          <w:r w:rsidRPr="00FF20B7">
             <w:rPr>
               <w:b w:val="0"/>
-              <w:bCs w:val="0"/>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidRPr="0064336A">
             <w:rPr>
               <w:b w:val="0"/>
-              <w:bCs w:val="0"/>
             </w:rPr>
             <w:t>de</w:t>
           </w:r>
-          <w:r w:rsidRPr="00053112">
+          <w:r w:rsidRPr="00FF20B7">
             <w:rPr>
               <w:b w:val="0"/>
-              <w:bCs w:val="0"/>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
-          <w:r w:rsidRPr="00053112">
+          <w:r w:rsidRPr="0064336A">
             <w:rPr>
               <w:b w:val="0"/>
-              <w:bCs w:val="0"/>
-              <w:lang w:val="fr-CH"/>
+              <w:lang w:val="de-DE"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
-          <w:r w:rsidRPr="00053112">
+          <w:r w:rsidRPr="00FF20B7">
             <w:rPr>
               <w:b w:val="0"/>
-              <w:bCs w:val="0"/>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
           </w:r>
-          <w:r w:rsidRPr="00053112">
+          <w:r w:rsidRPr="0064336A">
             <w:rPr>
               <w:b w:val="0"/>
-              <w:bCs w:val="0"/>
-              <w:lang w:val="fr-CH"/>
+              <w:lang w:val="de-DE"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r>
+          <w:r w:rsidRPr="00FF20B7">
             <w:rPr>
               <w:b w:val="0"/>
-              <w:bCs w:val="0"/>
               <w:noProof/>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
             <w:t>2</w:t>
           </w:r>
-          <w:r w:rsidRPr="00053112">
+          <w:r w:rsidRPr="0064336A">
             <w:rPr>
               <w:b w:val="0"/>
-              <w:bCs w:val="0"/>
-              <w:lang w:val="fr-CH"/>
+              <w:lang w:val="de-DE"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
-          <w:r w:rsidR="004060AE">
+          <w:r w:rsidRPr="0064336A">
             <w:rPr>
+              <w:b w:val="0"/>
               <w:noProof/>
+              <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
             </w:rPr>
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="107CFC88" wp14:editId="3205CBE1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="4ABDE391" wp14:editId="71D00A2A">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>-215265</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>25400</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="116205" cy="220980"/>
-                <wp:effectExtent l="0" t="0" r="0" b="7620"/>
+                <wp:effectExtent l="19050" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
-                <wp:docPr id="2" name="Image 2" descr="ecusson_seite_2_300.jpg"/>
+                <wp:docPr id="5" name="Picture 2" descr="ecusson_seite_2_300.jpg"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="Picture 2" descr="ecusson_seite_2_300.jpg"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
-                        <a:blip r:embed="rId1">
-[...5 lines deleted...]
-                        </a:blip>
+                        <a:blip r:embed="rId1"/>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="116205" cy="220980"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
+                        <a:ln w="9525">
+                          <a:noFill/>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
-                <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="628890B9" w14:textId="77777777" w:rsidR="00732FBD" w:rsidRDefault="007D5403" w:rsidP="00391C63"/>
+  <w:p w14:paraId="1DCAB017" w14:textId="77777777" w:rsidR="00FB5C51" w:rsidRDefault="00FB5C51">
+    <w:pPr>
+      <w:pStyle w:val="En-tte"/>
+    </w:pPr>
+  </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblW w:w="9204" w:type="dxa"/>
+      <w:tblW w:w="9298" w:type="dxa"/>
+      <w:tblInd w:w="341" w:type="dxa"/>
+      <w:tblBorders>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblLayout w:type="fixed"/>
+      <w:tblCellMar>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+      <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="9298"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="00FB5C51" w14:paraId="7A34AF94" w14:textId="77777777">
+      <w:trPr>
+        <w:trHeight w:val="567"/>
+      </w:trPr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="9298" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="2F514A65" w14:textId="77777777" w:rsidR="00FB5C51" w:rsidRDefault="00FB5C51" w:rsidP="002B4996">
+          <w:pPr>
+            <w:pStyle w:val="09enttepage2"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00363712">
+            <w:t xml:space="preserve">Direction de la santé et des affaires sociales </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:b w:val="0"/>
+            </w:rPr>
+            <w:t>DSAS</w:t>
+          </w:r>
+        </w:p>
+        <w:p w14:paraId="5C9FD17E" w14:textId="77777777" w:rsidR="00FB5C51" w:rsidRPr="0064336A" w:rsidRDefault="00FB5C51" w:rsidP="008E1627">
+          <w:pPr>
+            <w:pStyle w:val="09enttepage2"/>
+            <w:rPr>
+              <w:rStyle w:val="Numrodepage"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="0064336A">
+            <w:rPr>
+              <w:b w:val="0"/>
+              <w:lang w:val="de-DE"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Page </w:t>
+          </w:r>
+          <w:r w:rsidRPr="0064336A">
+            <w:rPr>
+              <w:b w:val="0"/>
+              <w:lang w:val="de-DE"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidRPr="0064336A">
+            <w:rPr>
+              <w:b w:val="0"/>
+              <w:lang w:val="de-DE"/>
+            </w:rPr>
+            <w:instrText xml:space="preserve"> PAGE </w:instrText>
+          </w:r>
+          <w:r w:rsidRPr="0064336A">
+            <w:rPr>
+              <w:b w:val="0"/>
+              <w:lang w:val="de-DE"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:b w:val="0"/>
+              <w:noProof/>
+              <w:lang w:val="de-DE"/>
+            </w:rPr>
+            <w:t>3</w:t>
+          </w:r>
+          <w:r w:rsidRPr="0064336A">
+            <w:rPr>
+              <w:b w:val="0"/>
+              <w:lang w:val="de-DE"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+          <w:r w:rsidRPr="0064336A">
+            <w:rPr>
+              <w:b w:val="0"/>
+              <w:lang w:val="de-DE"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidRPr="0064336A">
+            <w:rPr>
+              <w:b w:val="0"/>
+            </w:rPr>
+            <w:t>de</w:t>
+          </w:r>
+          <w:r w:rsidRPr="0064336A">
+            <w:rPr>
+              <w:b w:val="0"/>
+              <w:lang w:val="de-DE"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidRPr="0064336A">
+            <w:rPr>
+              <w:b w:val="0"/>
+              <w:lang w:val="de-DE"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidRPr="0064336A">
+            <w:rPr>
+              <w:b w:val="0"/>
+              <w:lang w:val="de-DE"/>
+            </w:rPr>
+            <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
+          </w:r>
+          <w:r w:rsidRPr="0064336A">
+            <w:rPr>
+              <w:b w:val="0"/>
+              <w:lang w:val="de-DE"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:b w:val="0"/>
+              <w:noProof/>
+              <w:lang w:val="de-DE"/>
+            </w:rPr>
+            <w:t>3</w:t>
+          </w:r>
+          <w:r w:rsidRPr="0064336A">
+            <w:rPr>
+              <w:b w:val="0"/>
+              <w:lang w:val="de-DE"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+          <w:r w:rsidRPr="0064336A">
+            <w:rPr>
+              <w:b w:val="0"/>
+              <w:noProof/>
+              <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
+            </w:rPr>
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="5522DAF4" wp14:editId="3536997C">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>-215265</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="page">
+                  <wp:posOffset>25400</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="116205" cy="220980"/>
+                <wp:effectExtent l="19050" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="4" name="Picture 2" descr="ecusson_seite_2_300.jpg"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                    <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:nvPicPr>
+                        <pic:cNvPr id="0" name="Picture 2" descr="ecusson_seite_2_300.jpg"/>
+                        <pic:cNvPicPr>
+                          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                        </pic:cNvPicPr>
+                      </pic:nvPicPr>
+                      <pic:blipFill>
+                        <a:blip r:embed="rId1"/>
+                        <a:srcRect/>
+                        <a:stretch>
+                          <a:fillRect/>
+                        </a:stretch>
+                      </pic:blipFill>
+                      <pic:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="116205" cy="220980"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="9525">
+                          <a:noFill/>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </pic:spPr>
+                    </pic:pic>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </w:r>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p w14:paraId="5240B4AE" w14:textId="77777777" w:rsidR="00FB5C51" w:rsidRDefault="00FB5C51" w:rsidP="008E1627"/>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:tbl>
+    <w:tblPr>
+      <w:tblW w:w="9639" w:type="dxa"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="57" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
-      <w:gridCol w:w="5252"/>
-      <w:gridCol w:w="3952"/>
+      <w:gridCol w:w="5500"/>
+      <w:gridCol w:w="4139"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00732FBD" w:rsidRPr="004A0F2D" w14:paraId="2F34A435" w14:textId="77777777">
+    <w:tr w:rsidR="00FB5C51" w:rsidRPr="004A0F2D" w14:paraId="6ABE5179" w14:textId="77777777">
       <w:trPr>
-        <w:trHeight w:val="1236"/>
+        <w:trHeight w:val="1701"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="5252" w:type="dxa"/>
+          <w:tcW w:w="5500" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="06C599F4" w14:textId="73A3B7E2" w:rsidR="00732FBD" w:rsidRPr="00AA545D" w:rsidRDefault="004060AE" w:rsidP="00391C63">
+        <w:p w14:paraId="7417F8DA" w14:textId="77777777" w:rsidR="00FB5C51" w:rsidRPr="00AA545D" w:rsidRDefault="00FB5C51" w:rsidP="008E1627">
           <w:pPr>
             <w:pStyle w:val="TM1"/>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
           </w:pPr>
-          <w:r>
+          <w:r w:rsidRPr="00AA545D">
             <w:rPr>
               <w:noProof/>
+              <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
             </w:rPr>
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="25F098DE" wp14:editId="673B93D8">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0AAAF188" wp14:editId="5B00ACD2">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>-3175</wp:posOffset>
+                  <wp:posOffset>-2963</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
-                  <wp:posOffset>635</wp:posOffset>
+                  <wp:posOffset>847</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="935990" cy="795655"/>
-                <wp:effectExtent l="0" t="0" r="0" b="4445"/>
+                <wp:extent cx="935990" cy="795866"/>
+                <wp:effectExtent l="25400" t="0" r="3810" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Image 1" descr="logo_fr_300.jpg"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="Image 1" descr="logo_fr_300.jpg"/>
-[...2 lines deleted...]
-                        </pic:cNvPicPr>
+                        <pic:cNvPr id="0" name="logo_fr_300.jpg"/>
+                        <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
-                        <a:blip r:embed="rId1">
-[...6 lines deleted...]
-                        <a:srcRect/>
+                        <a:blip r:embed="rId1"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
-                      <pic:spPr bwMode="auto">
+                      <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="935990" cy="795655"/>
+                          <a:ext cx="935990" cy="795867"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
-                        <a:noFill/>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
-                <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="3952" w:type="dxa"/>
+          <w:tcW w:w="4139" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="65AFDD03" w14:textId="77777777" w:rsidR="00732FBD" w:rsidRPr="00630798" w:rsidRDefault="00196F28" w:rsidP="00053112">
+        <w:p w14:paraId="56B2B54F" w14:textId="77777777" w:rsidR="00EE68CF" w:rsidRPr="00630798" w:rsidRDefault="00EE68CF" w:rsidP="00EE68CF">
           <w:pPr>
             <w:pStyle w:val="01entteetbasdepage"/>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:i/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="009F4D5B">
             <w:rPr>
               <w:b/>
               <w:bCs/>
             </w:rPr>
             <w:t>Service d</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:bCs/>
             </w:rPr>
             <w:t xml:space="preserve">u médecin cantonal </w:t>
           </w:r>
           <w:r>
             <w:t xml:space="preserve">SMC </w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="26BE9ED9" w14:textId="77777777" w:rsidR="00732FBD" w:rsidRPr="003C7C2F" w:rsidRDefault="00196F28" w:rsidP="00053112">
+        <w:p w14:paraId="20E28A1E" w14:textId="77777777" w:rsidR="00EE68CF" w:rsidRPr="003C7C2F" w:rsidRDefault="00EE68CF" w:rsidP="00EE68CF">
           <w:pPr>
             <w:pStyle w:val="01entteetbasdepage"/>
             <w:rPr>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
           </w:pPr>
+          <w:proofErr w:type="spellStart"/>
           <w:r w:rsidRPr="003C7C2F">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
-            <w:t xml:space="preserve">Kantonsarztamt </w:t>
+            <w:t>Kantonsarztamt</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="003C7C2F">
+            <w:rPr>
+              <w:b/>
+              <w:bCs/>
+              <w:lang w:val="fr-CH"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
             <w:t>KAA</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="79E0ADBD" w14:textId="77777777" w:rsidR="00732FBD" w:rsidRPr="003C7C2F" w:rsidRDefault="007D5403" w:rsidP="00053112">
+        <w:p w14:paraId="2DD96263" w14:textId="77777777" w:rsidR="00FB5C51" w:rsidRPr="00EE68CF" w:rsidRDefault="00FB5C51" w:rsidP="002B4996">
           <w:pPr>
             <w:pStyle w:val="01entteetbasdepage"/>
             <w:rPr>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="3B7633BB" w14:textId="77777777" w:rsidR="00732FBD" w:rsidRPr="003C7C2F" w:rsidRDefault="00196F28" w:rsidP="009F4D5B">
+        <w:p w14:paraId="07A0405E" w14:textId="77777777" w:rsidR="00FB5C51" w:rsidRPr="002B4996" w:rsidRDefault="00FB5C51" w:rsidP="002B4996">
           <w:pPr>
             <w:pStyle w:val="01entteetbasdepage"/>
+            <w:rPr>
+              <w:lang w:val="fr-CH"/>
+            </w:rPr>
           </w:pPr>
-          <w:r>
-            <w:t>Route de Villars 101, 1752 Villars-sur-Glâne</w:t>
+          <w:r w:rsidRPr="002B4996">
+            <w:rPr>
+              <w:szCs w:val="12"/>
+              <w:lang w:val="fr-CH"/>
+            </w:rPr>
+            <w:t>Route de</w:t>
+          </w:r>
+          <w:r w:rsidR="00EE68CF">
+            <w:rPr>
+              <w:szCs w:val="12"/>
+              <w:lang w:val="fr-CH"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> Villars 101, 1752 Villars-sur-Glâne</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="40AB6161" w14:textId="5D4B697F" w:rsidR="00732FBD" w:rsidRPr="00920A79" w:rsidRDefault="00196F28" w:rsidP="00053112">
+        <w:p w14:paraId="29D205CE" w14:textId="77777777" w:rsidR="00FB5C51" w:rsidRPr="002B4996" w:rsidRDefault="00FB5C51" w:rsidP="002B4996">
+          <w:pPr>
+            <w:pStyle w:val="01entteetbasdepage"/>
+            <w:rPr>
+              <w:lang w:val="fr-CH"/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+        <w:p w14:paraId="79357764" w14:textId="77777777" w:rsidR="00FB5C51" w:rsidRPr="00920A79" w:rsidRDefault="00FB5C51" w:rsidP="002B4996">
           <w:pPr>
             <w:pStyle w:val="01entteetbasdepage"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve">T +41 </w:t>
           </w:r>
           <w:r w:rsidRPr="00920A79">
             <w:t xml:space="preserve">26 305 </w:t>
           </w:r>
-          <w:r>
+          <w:r w:rsidR="00EE68CF">
             <w:t>79 80</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="09C394EB" w14:textId="77777777" w:rsidR="00732FBD" w:rsidRPr="00053112" w:rsidRDefault="00196F28" w:rsidP="009F4D5B">
+        <w:p w14:paraId="13322314" w14:textId="77777777" w:rsidR="00FB5C51" w:rsidRDefault="00FB5C51" w:rsidP="008E1627">
+          <w:pPr>
+            <w:pStyle w:val="01entteetbasdepage"/>
+          </w:pPr>
+          <w:r>
+            <w:t>www.fr.ch/</w:t>
+          </w:r>
+          <w:r w:rsidR="00EE68CF">
+            <w:t>smc</w:t>
+          </w:r>
+        </w:p>
+        <w:p w14:paraId="0578718A" w14:textId="77777777" w:rsidR="00FB5C51" w:rsidRDefault="00FB5C51" w:rsidP="008E1627">
+          <w:pPr>
+            <w:pStyle w:val="01entteetbasdepage"/>
+          </w:pPr>
+        </w:p>
+        <w:p w14:paraId="78A8623E" w14:textId="77777777" w:rsidR="00FB5C51" w:rsidRDefault="00FB5C51" w:rsidP="008E1627">
+          <w:pPr>
+            <w:pStyle w:val="01entteetbasdepage"/>
+          </w:pPr>
+          <w:r>
+            <w:t>—</w:t>
+          </w:r>
+        </w:p>
+        <w:p w14:paraId="6ECDDDAE" w14:textId="77777777" w:rsidR="00FB5C51" w:rsidRPr="00E5117F" w:rsidRDefault="00FB5C51" w:rsidP="008E1627">
           <w:pPr>
             <w:pStyle w:val="01entteetbasdepage"/>
             <w:rPr>
               <w:rStyle w:val="Lienhypertexte"/>
             </w:rPr>
           </w:pPr>
-          <w:r>
-[...1 lines deleted...]
-          </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="118C5EDF" w14:textId="77777777" w:rsidR="00732FBD" w:rsidRPr="00B30A1E" w:rsidRDefault="00196F28" w:rsidP="00B30A1E">
-[...67 lines deleted...]
-  </w:p>
+  <w:p w14:paraId="22487323" w14:textId="77777777" w:rsidR="00FB5C51" w:rsidRDefault="00FB5C51" w:rsidP="008E1627"/>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:numPicBullet w:numPicBulletId="0">
+    <w:pict>
+      <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+        <v:stroke joinstyle="miter"/>
+        <v:formulas>
+          <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+          <v:f eqn="sum @0 1 0"/>
+          <v:f eqn="sum 0 0 @1"/>
+          <v:f eqn="prod @2 1 2"/>
+          <v:f eqn="prod @3 21600 pixelWidth"/>
+          <v:f eqn="prod @3 21600 pixelHeight"/>
+          <v:f eqn="sum @0 0 1"/>
+          <v:f eqn="prod @6 1 2"/>
+          <v:f eqn="prod @7 21600 pixelWidth"/>
+          <v:f eqn="sum @8 21600 0"/>
+          <v:f eqn="prod @7 21600 pixelHeight"/>
+          <v:f eqn="sum @10 21600 0"/>
+        </v:formulas>
+        <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+        <o:lock v:ext="edit" aspectratio="t"/>
+      </v:shapetype>
+      <v:shape id="Image 1200313293" o:spid="_x0000_i1026" type="#_x0000_t75" style="width:10.05pt;height:10.05pt;visibility:visible;mso-wrap-style:square" o:bullet="t">
+        <v:imagedata r:id="rId1" o:title=""/>
+      </v:shape>
+    </w:pict>
+  </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="537922AF"/>
-[...1 lines deleted...]
-    <w:tmpl w:val="A526445A"/>
+    <w:nsid w:val="048645B7"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="589E2B9E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlPicBulletId w:val="0"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="227"/>
+        </w:tabs>
+        <w:ind w:left="227" w:hanging="227"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:vanish w:val="0"/>
+        <w:color w:val="2F60AC"/>
+        <w:sz w:val="20"/>
+        <w:u w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
+          <w14:srgbClr w14:val="000000"/>
+        </w14:shadow>
+        <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+          <w14:noFill/>
+          <w14:prstDash w14:val="solid"/>
+          <w14:bevel/>
+        </w14:textOutline>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="10583E2F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DF54310E"/>
+    <w:lvl w:ilvl="0" w:tplc="7232654E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimalZero"/>
+      <w:pStyle w:val="10dnumrotation4eniveau"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1475"/>
+        </w:tabs>
+        <w:ind w:left="1475" w:hanging="369"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:vanish w:val="0"/>
+        <w:color w:val="auto"/>
+        <w:sz w:val="24"/>
+        <w:u w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
+          <w14:srgbClr w14:val="000000"/>
+        </w14:shadow>
+        <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+          <w14:noFill/>
+          <w14:prstDash w14:val="solid"/>
+          <w14:bevel/>
+        </w14:textOutline>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1. "/>
-[...6 lines deleted...]
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="10C635E8"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="D518B810"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlPicBulletId w:val="0"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="227"/>
+        </w:tabs>
+        <w:ind w:left="227" w:hanging="227"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:b/>
+        <w:i w:val="0"/>
+        <w:color w:val="2F60AC"/>
+        <w:sz w:val="17"/>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="12E33261"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="52F6392A"/>
+    <w:lvl w:ilvl="0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="+"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="680"/>
+        </w:tabs>
+        <w:ind w:left="680" w:hanging="226"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b w:val="0"/>
-        <w:bCs w:val="0"/>
         <w:i w:val="0"/>
-        <w:iCs w:val="0"/>
-[...1 lines deleted...]
-        <w:szCs w:val="22"/>
+        <w:caps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:vanish w:val="0"/>
+        <w:color w:val="auto"/>
+        <w:sz w:val="20"/>
         <w:u w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
+          <w14:srgbClr w14:val="000000"/>
+        </w14:shadow>
+        <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+          <w14:noFill/>
+          <w14:prstDash w14:val="solid"/>
+          <w14:bevel/>
+        </w14:textOutline>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="100998813">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="20337E7D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CB18CD3C"/>
+    <w:lvl w:ilvl="0" w:tplc="100C0001">
+      <w:start w:val="6"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="100C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="100C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="100C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="100C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="100C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="100C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="100C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="100C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3F4921D5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2BB661F8"/>
+    <w:lvl w:ilvl="0" w:tplc="100C0019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="645" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="100C0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1365" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="100C001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2085" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="100C000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2805" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="100C0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3525" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="100C001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4245" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="100C000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4965" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="100C0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5685" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="100C001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6405" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3FBD72DA"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="A7422CAC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="›"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="454"/>
+        </w:tabs>
+        <w:ind w:left="454" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:vanish w:val="0"/>
+        <w:color w:val="auto"/>
+        <w:sz w:val="20"/>
+        <w:u w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
+          <w14:srgbClr w14:val="000000"/>
+        </w14:shadow>
+        <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+          <w14:noFill/>
+          <w14:prstDash w14:val="solid"/>
+          <w14:bevel/>
+        </w14:textOutline>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1894" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2614" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3334" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4054" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4774" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5494" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6214" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6934" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="44232D12"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="D27670FA"/>
+    <w:lvl w:ilvl="0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="/"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="680"/>
+        </w:tabs>
+        <w:ind w:left="680" w:hanging="226"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:vanish w:val="0"/>
+        <w:color w:val="auto"/>
+        <w:sz w:val="20"/>
+        <w:u w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
+          <w14:srgbClr w14:val="000000"/>
+        </w14:shadow>
+        <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+          <w14:noFill/>
+          <w14:prstDash w14:val="solid"/>
+          <w14:bevel/>
+        </w14:textOutline>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="45F20B99"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="A3B49B20"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlPicBulletId w:val="0"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="357"/>
+        </w:tabs>
+        <w:ind w:left="142" w:hanging="142"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:b/>
+        <w:i w:val="0"/>
+        <w:color w:val="2F60AC"/>
+        <w:sz w:val="17"/>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="49FE48D2"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="180A8C7C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="»"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="454"/>
+        </w:tabs>
+        <w:ind w:left="454" w:hanging="227"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:vanish w:val="0"/>
+        <w:color w:val="auto"/>
+        <w:sz w:val="20"/>
+        <w:u w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
+          <w14:srgbClr w14:val="000000"/>
+        </w14:shadow>
+        <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+          <w14:noFill/>
+          <w14:prstDash w14:val="solid"/>
+          <w14:bevel/>
+        </w14:textOutline>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1894" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2614" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3334" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4054" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4774" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5494" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6214" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6934" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4ABC410F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="20CC8138"/>
+    <w:lvl w:ilvl="0" w:tplc="100C0019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="100C0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="100C001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="100C000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="100C0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="100C001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="100C000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="100C0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="100C001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4E64299C"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="DC36BE4C"/>
+    <w:lvl w:ilvl="0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="+"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="680"/>
+        </w:tabs>
+        <w:ind w:left="680" w:hanging="226"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:vanish w:val="0"/>
+        <w:color w:val="auto"/>
+        <w:sz w:val="20"/>
+        <w:u w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
+          <w14:srgbClr w14:val="000000"/>
+        </w14:shadow>
+        <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+          <w14:noFill/>
+          <w14:prstDash w14:val="solid"/>
+          <w14:bevel/>
+        </w14:textOutline>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="546A1B12"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3996AFE0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:pStyle w:val="10cnumrotation3eniveau"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1106"/>
+        </w:tabs>
+        <w:ind w:left="1106" w:hanging="369"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:vanish w:val="0"/>
+        <w:color w:val="auto"/>
+        <w:spacing w:val="0"/>
+        <w:position w:val="0"/>
+        <w:sz w:val="24"/>
+        <w:u w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
+          <w14:srgbClr w14:val="000000"/>
+        </w14:shadow>
+        <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+          <w14:noFill/>
+          <w14:prstDash w14:val="solid"/>
+          <w14:bevel/>
+        </w14:textOutline>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1361"/>
+        </w:tabs>
+        <w:ind w:left="1361" w:hanging="992"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:caps/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:vanish w:val="0"/>
+        <w:color w:val="auto"/>
+        <w:sz w:val="20"/>
+        <w:u w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
+          <w14:srgbClr w14:val="000000"/>
+        </w14:shadow>
+        <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+          <w14:noFill/>
+          <w14:prstDash w14:val="solid"/>
+          <w14:bevel/>
+        </w14:textOutline>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1361"/>
+        </w:tabs>
+        <w:ind w:left="1361" w:hanging="992"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
+        <w:b/>
+        <w:i w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:vanish w:val="0"/>
+        <w:color w:val="auto"/>
+        <w:sz w:val="20"/>
+        <w:u w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
+          <w14:srgbClr w14:val="000000"/>
+        </w14:shadow>
+        <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+          <w14:noFill/>
+          <w14:prstDash w14:val="solid"/>
+          <w14:bevel/>
+        </w14:textOutline>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1361"/>
+        </w:tabs>
+        <w:ind w:left="1361" w:hanging="992"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:vanish w:val="0"/>
+        <w:color w:val="auto"/>
+        <w:sz w:val="20"/>
+        <w:u w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
+          <w14:srgbClr w14:val="000000"/>
+        </w14:shadow>
+        <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+          <w14:noFill/>
+          <w14:prstDash w14:val="solid"/>
+          <w14:bevel/>
+        </w14:textOutline>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1361"/>
+        </w:tabs>
+        <w:ind w:left="1361" w:hanging="992"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:i/>
+        <w:caps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:vanish w:val="0"/>
+        <w:color w:val="auto"/>
+        <w:spacing w:val="0"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:sz w:val="20"/>
+        <w:u w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
+          <w14:srgbClr w14:val="000000"/>
+        </w14:shadow>
+        <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+          <w14:noFill/>
+          <w14:prstDash w14:val="solid"/>
+          <w14:bevel/>
+        </w14:textOutline>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3102"/>
+        </w:tabs>
+        <w:ind w:left="3102" w:hanging="936"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3966"/>
+        </w:tabs>
+        <w:ind w:left="3606" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4326"/>
+        </w:tabs>
+        <w:ind w:left="4110" w:hanging="1224"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4686"/>
+        </w:tabs>
+        <w:ind w:left="4686" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="55741AF2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B636E168"/>
+    <w:lvl w:ilvl="0" w:tplc="100C0001">
+      <w:start w:val="6"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="100C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="100C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="100C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="100C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="100C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="100C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="100C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="100C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="57260FD6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6D20CB4C"/>
+    <w:lvl w:ilvl="0" w:tplc="E168CDEA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:pStyle w:val="10bnumrotation2eniveau"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="737"/>
+        </w:tabs>
+        <w:ind w:left="737" w:hanging="368"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:vanish w:val="0"/>
+        <w:color w:val="auto"/>
+        <w:sz w:val="24"/>
+        <w:u w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
+          <w14:srgbClr w14:val="000000"/>
+        </w14:shadow>
+        <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+          <w14:noFill/>
+          <w14:prstDash w14:val="solid"/>
+          <w14:bevel/>
+        </w14:textOutline>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5BAB6D52"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="CA628CDA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlPicBulletId w:val="0"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="454"/>
+        </w:tabs>
+        <w:ind w:left="454" w:hanging="227"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:b/>
+        <w:i w:val="0"/>
+        <w:color w:val="2F60AC"/>
+        <w:sz w:val="17"/>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5D641417"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="9E3ABDAA"/>
+    <w:lvl w:ilvl="0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="_"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="680"/>
+        </w:tabs>
+        <w:ind w:left="680" w:hanging="226"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:vanish w:val="0"/>
+        <w:color w:val="auto"/>
+        <w:sz w:val="20"/>
+        <w:u w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
+          <w14:srgbClr w14:val="000000"/>
+        </w14:shadow>
+        <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+          <w14:noFill/>
+          <w14:prstDash w14:val="solid"/>
+          <w14:bevel/>
+        </w14:textOutline>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5DD92850"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="8BB651B4"/>
+    <w:lvl w:ilvl="0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="›"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="680"/>
+        </w:tabs>
+        <w:ind w:left="680" w:hanging="226"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:vanish w:val="0"/>
+        <w:color w:val="auto"/>
+        <w:sz w:val="20"/>
+        <w:u w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
+          <w14:srgbClr w14:val="000000"/>
+        </w14:shadow>
+        <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+          <w14:noFill/>
+          <w14:prstDash w14:val="solid"/>
+          <w14:bevel/>
+        </w14:textOutline>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5FE34DC6"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="766A475A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Titre1"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="851" w:hanging="851"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:b/>
+        <w:i w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:vanish w:val="0"/>
+        <w:color w:val="auto"/>
+        <w:spacing w:val="0"/>
+        <w:position w:val="0"/>
+        <w:sz w:val="24"/>
+        <w:u w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
+          <w14:srgbClr w14:val="000000"/>
+        </w14:shadow>
+        <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+          <w14:noFill/>
+          <w14:prstDash w14:val="solid"/>
+          <w14:bevel/>
+        </w14:textOutline>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Titre2"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="851" w:hanging="851"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:b/>
+        <w:i w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:vanish w:val="0"/>
+        <w:color w:val="767878"/>
+        <w:sz w:val="24"/>
+        <w:u w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
+          <w14:srgbClr w14:val="000000"/>
+        </w14:shadow>
+        <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+          <w14:noFill/>
+          <w14:prstDash w14:val="solid"/>
+          <w14:bevel/>
+        </w14:textOutline>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Titre3"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="851" w:hanging="851"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:vanish w:val="0"/>
+        <w:color w:val="auto"/>
+        <w:sz w:val="24"/>
+        <w:u w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
+          <w14:srgbClr w14:val="000000"/>
+        </w14:shadow>
+        <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+          <w14:noFill/>
+          <w14:prstDash w14:val="solid"/>
+          <w14:bevel/>
+        </w14:textOutline>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Titre4"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="851" w:hanging="851"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:i/>
+        <w:caps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:vanish w:val="0"/>
+        <w:color w:val="auto"/>
+        <w:sz w:val="24"/>
+        <w:u w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
+          <w14:srgbClr w14:val="000000"/>
+        </w14:shadow>
+        <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+          <w14:noFill/>
+          <w14:prstDash w14:val="solid"/>
+          <w14:bevel/>
+        </w14:textOutline>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Titre5"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="992"/>
+        </w:tabs>
+        <w:ind w:left="992" w:hanging="992"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:i/>
+        <w:caps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:vanish w:val="0"/>
+        <w:color w:val="auto"/>
+        <w:spacing w:val="0"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="17"/>
+        <w:u w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
+          <w14:srgbClr w14:val="000000"/>
+        </w14:shadow>
+        <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+          <w14:noFill/>
+          <w14:prstDash w14:val="solid"/>
+          <w14:bevel/>
+        </w14:textOutline>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2733"/>
+        </w:tabs>
+        <w:ind w:left="2733" w:hanging="936"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3597"/>
+        </w:tabs>
+        <w:ind w:left="3237" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3957"/>
+        </w:tabs>
+        <w:ind w:left="3741" w:hanging="1224"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4317"/>
+        </w:tabs>
+        <w:ind w:left="4317" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5FF211D0"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="8FF086D6"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="›"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="454"/>
+        </w:tabs>
+        <w:ind w:left="454" w:hanging="227"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:vanish w:val="0"/>
+        <w:color w:val="auto"/>
+        <w:sz w:val="20"/>
+        <w:u w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
+          <w14:srgbClr w14:val="000000"/>
+        </w14:shadow>
+        <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+          <w14:noFill/>
+          <w14:prstDash w14:val="solid"/>
+          <w14:bevel/>
+        </w14:textOutline>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1894" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2614" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3334" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4054" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4774" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5494" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6214" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6934" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5FFB6583"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="59F6CDE2"/>
+    <w:lvl w:ilvl="0" w:tplc="C3EEF458">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:pStyle w:val="11Chapitre"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0407001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0407000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04070019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0407001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0407000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="60753F9E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4FC80038"/>
+    <w:lvl w:ilvl="0" w:tplc="100C000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="100C0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="100C001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="100C000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="100C0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="100C001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="100C000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="100C0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="100C001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="634C1E34"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="FC16712E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="64474ACA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4E5EED5E"/>
+    <w:lvl w:ilvl="0" w:tplc="56D6BDDC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="07puces2"/>
+      <w:lvlText w:val="&gt;"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="587" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:vanish w:val="0"/>
+        <w:color w:val="auto"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
+          <w14:srgbClr w14:val="000000"/>
+        </w14:shadow>
+        <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+          <w14:noFill/>
+          <w14:prstDash w14:val="solid"/>
+          <w14:bevel/>
+        </w14:textOutline>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1894" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2614" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3334" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4054" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4774" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5494" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6214" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6934" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="65DC676D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="E96EC220"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="›"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="908"/>
+        </w:tabs>
+        <w:ind w:left="908" w:hanging="227"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:vanish w:val="0"/>
+        <w:color w:val="auto"/>
+        <w:sz w:val="20"/>
+        <w:u w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
+          <w14:srgbClr w14:val="000000"/>
+        </w14:shadow>
+        <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+          <w14:noFill/>
+          <w14:prstDash w14:val="solid"/>
+          <w14:bevel/>
+        </w14:textOutline>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1894" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2614" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3334" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4054" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4774" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5494" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6214" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6934" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="697A4428"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="33F47C16"/>
+    <w:lvl w:ilvl="0" w:tplc="12942732">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="07puces"/>
+      <w:lvlText w:val="&gt;"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b/>
+        <w:i w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:vanish w:val="0"/>
+        <w:color w:val="auto"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
+          <w14:srgbClr w14:val="000000"/>
+        </w14:shadow>
+        <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+          <w14:noFill/>
+          <w14:prstDash w14:val="solid"/>
+          <w14:bevel/>
+        </w14:textOutline>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6A3E0F1A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A050B83E"/>
+    <w:lvl w:ilvl="0" w:tplc="B0FE923E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="10numrotation"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="369"/>
+        </w:tabs>
+        <w:ind w:left="369" w:hanging="369"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04070019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0407001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0407000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04070019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0407001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0407000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="72F44F4F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A330F360"/>
+    <w:lvl w:ilvl="0" w:tplc="100C0001">
+      <w:start w:val="6"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="100C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="100C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="100C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="100C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="100C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="100C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="100C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="100C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7592455A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8DA203D8"/>
+    <w:lvl w:ilvl="0" w:tplc="100C0001">
+      <w:start w:val="6"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="100C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="100C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="100C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="100C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="100C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="100C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="100C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="100C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="76C07FBC"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="BCD85DF2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="›"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="454"/>
+        </w:tabs>
+        <w:ind w:left="454" w:hanging="227"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:vanish w:val="0"/>
+        <w:color w:val="auto"/>
+        <w:sz w:val="20"/>
+        <w:u w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
+          <w14:srgbClr w14:val="000000"/>
+        </w14:shadow>
+        <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+          <w14:noFill/>
+          <w14:prstDash w14:val="solid"/>
+          <w14:bevel/>
+        </w14:textOutline>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="77856DF1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2DA8CF16"/>
+    <w:lvl w:ilvl="0" w:tplc="5F5EECB2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="07puces3"/>
+      <w:lvlText w:val="&gt;"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="814" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:vanish w:val="0"/>
+        <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
+          <w14:srgbClr w14:val="000000"/>
+        </w14:shadow>
+        <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+          <w14:noFill/>
+          <w14:prstDash w14:val="solid"/>
+          <w14:bevel/>
+        </w14:textOutline>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04070005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04070001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04070005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04070001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7A404AD3"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="CB086674"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="»"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="227"/>
+        </w:tabs>
+        <w:ind w:left="227" w:hanging="227"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:vanish w:val="0"/>
+        <w:color w:val="auto"/>
+        <w:sz w:val="20"/>
+        <w:u w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
+          <w14:srgbClr w14:val="000000"/>
+        </w14:shadow>
+        <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+          <w14:noFill/>
+          <w14:prstDash w14:val="solid"/>
+          <w14:bevel/>
+        </w14:textOutline>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7CDD7722"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="A1B2C066"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlPicBulletId w:val="0"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="646"/>
+        </w:tabs>
+        <w:ind w:left="425" w:hanging="141"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:b/>
+        <w:i w:val="0"/>
+        <w:color w:val="2F60AC"/>
+        <w:sz w:val="17"/>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7EFC4D73"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="938CDD7E"/>
+    <w:lvl w:ilvl="0" w:tplc="100C0001">
+      <w:start w:val="6"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="100C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="100C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="100C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="100C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="100C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="100C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="100C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="100C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="92827345">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="2062172606">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="380642672">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="772552016">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1988392567">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="2054767468">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="242568934">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="709494134">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1156074165">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="408507745">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1762138400">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="432868496">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="2050953243">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="309213254">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="440414169">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1746224793">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1842624115">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1472091429">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="1473789950">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="263464290">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="241984933">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="2076120551">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="828130652">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="618997485">
     <w:abstractNumId w:val="0"/>
   </w:num>
+  <w:num w:numId="25" w16cid:durableId="207496062">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="1691026690">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="2043049281">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="790512511">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="1703630891">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="706494079">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="610165384">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="483280679">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="1390685810">
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="34" w16cid:durableId="1797870534">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:numIdMacAtCleanup w:val="5"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="90"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="1cvQW+olS/auueGXCdTyF3HgDt4HHsnoQz3s5M3A+/ie11VsK/juBZreWzmgXb92ilpETzUiK+dK8c8mT0Afdg==" w:salt="qeyI8gUqJMS/FKUg2KSABg=="/>
-  <w:defaultTabStop w:val="708"/>
+  <w:stylePaneFormatFilter w:val="1021" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
+  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="A8QYDVMr0A1FJLL+31K+Tgu2i21kf/atLtneG4UUb7HzRdPioDJZ8Uqaq8tR588+cr4y+J5aHetRS5dJZmcWqw==" w:salt="F+8kwOXExrcKgCM29pHtMQ=="/>
+  <w:styleLockTheme/>
+  <w:styleLockQFSet/>
+  <w:defaultTabStop w:val="709"/>
+  <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
+  <w:evenAndOddHeaders/>
+  <w:drawingGridHorizontalSpacing w:val="120"/>
+  <w:displayHorizontalDrawingGridEvery w:val="2"/>
+  <w:doNotShadeFormData/>
+  <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="14337"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="004060AE"/>
-[...9 lines deleted...]
-    <w:rsid w:val="00FE2286"/>
+    <w:rsidRoot w:val="000337CE"/>
+    <w:rsid w:val="000337CE"/>
+    <w:rsid w:val="000516C6"/>
+    <w:rsid w:val="00092108"/>
+    <w:rsid w:val="00092D1B"/>
+    <w:rsid w:val="00096870"/>
+    <w:rsid w:val="000A7029"/>
+    <w:rsid w:val="000B26E0"/>
+    <w:rsid w:val="000E7546"/>
+    <w:rsid w:val="00133E7B"/>
+    <w:rsid w:val="0014014D"/>
+    <w:rsid w:val="0014544B"/>
+    <w:rsid w:val="00164469"/>
+    <w:rsid w:val="00164C2E"/>
+    <w:rsid w:val="001770D1"/>
+    <w:rsid w:val="001D5039"/>
+    <w:rsid w:val="00216573"/>
+    <w:rsid w:val="002404C1"/>
+    <w:rsid w:val="002863F0"/>
+    <w:rsid w:val="002874C2"/>
+    <w:rsid w:val="00293302"/>
+    <w:rsid w:val="00293F50"/>
+    <w:rsid w:val="002B4996"/>
+    <w:rsid w:val="002D6283"/>
+    <w:rsid w:val="00393167"/>
+    <w:rsid w:val="003E1E20"/>
+    <w:rsid w:val="003E285D"/>
+    <w:rsid w:val="003E3689"/>
+    <w:rsid w:val="004114B6"/>
+    <w:rsid w:val="00415DBA"/>
+    <w:rsid w:val="00425F06"/>
+    <w:rsid w:val="004405AB"/>
+    <w:rsid w:val="00440CE5"/>
+    <w:rsid w:val="0045221D"/>
+    <w:rsid w:val="0046773B"/>
+    <w:rsid w:val="00496127"/>
+    <w:rsid w:val="004A09F6"/>
+    <w:rsid w:val="004D5C7D"/>
+    <w:rsid w:val="004E4E8A"/>
+    <w:rsid w:val="004E782A"/>
+    <w:rsid w:val="004F5083"/>
+    <w:rsid w:val="00505A51"/>
+    <w:rsid w:val="00505F92"/>
+    <w:rsid w:val="0051087C"/>
+    <w:rsid w:val="00510EDE"/>
+    <w:rsid w:val="00532C9E"/>
+    <w:rsid w:val="005427DE"/>
+    <w:rsid w:val="00546422"/>
+    <w:rsid w:val="00576A37"/>
+    <w:rsid w:val="005A51BA"/>
+    <w:rsid w:val="005D5AC0"/>
+    <w:rsid w:val="0063021A"/>
+    <w:rsid w:val="00644AD9"/>
+    <w:rsid w:val="00662EB9"/>
+    <w:rsid w:val="00680568"/>
+    <w:rsid w:val="00703783"/>
+    <w:rsid w:val="0072031D"/>
+    <w:rsid w:val="00741666"/>
+    <w:rsid w:val="0076349D"/>
+    <w:rsid w:val="007762D7"/>
+    <w:rsid w:val="007C7B87"/>
+    <w:rsid w:val="007F326E"/>
+    <w:rsid w:val="00822159"/>
+    <w:rsid w:val="00833C19"/>
+    <w:rsid w:val="00842CEC"/>
+    <w:rsid w:val="00844A4B"/>
+    <w:rsid w:val="008559DB"/>
+    <w:rsid w:val="00861F1A"/>
+    <w:rsid w:val="008719AE"/>
+    <w:rsid w:val="008822AB"/>
+    <w:rsid w:val="00893BF2"/>
+    <w:rsid w:val="008D4E35"/>
+    <w:rsid w:val="008E1627"/>
+    <w:rsid w:val="008E7D9E"/>
+    <w:rsid w:val="00902A3E"/>
+    <w:rsid w:val="00904277"/>
+    <w:rsid w:val="00905A45"/>
+    <w:rsid w:val="0091601B"/>
+    <w:rsid w:val="00935A3B"/>
+    <w:rsid w:val="00940066"/>
+    <w:rsid w:val="00954497"/>
+    <w:rsid w:val="009F6BCE"/>
+    <w:rsid w:val="00A34C16"/>
+    <w:rsid w:val="00A45A58"/>
+    <w:rsid w:val="00A512AF"/>
+    <w:rsid w:val="00A871DB"/>
+    <w:rsid w:val="00A97A26"/>
+    <w:rsid w:val="00AA07DB"/>
+    <w:rsid w:val="00AD0EC3"/>
+    <w:rsid w:val="00AE57C4"/>
+    <w:rsid w:val="00AE66F8"/>
+    <w:rsid w:val="00AF0634"/>
+    <w:rsid w:val="00B1162A"/>
+    <w:rsid w:val="00B1195A"/>
+    <w:rsid w:val="00B20A5A"/>
+    <w:rsid w:val="00B60C3F"/>
+    <w:rsid w:val="00B66003"/>
+    <w:rsid w:val="00B73A30"/>
+    <w:rsid w:val="00BE28B2"/>
+    <w:rsid w:val="00BF0177"/>
+    <w:rsid w:val="00BF50CB"/>
+    <w:rsid w:val="00C04BE0"/>
+    <w:rsid w:val="00C102B8"/>
+    <w:rsid w:val="00C21A51"/>
+    <w:rsid w:val="00C44F32"/>
+    <w:rsid w:val="00C547A9"/>
+    <w:rsid w:val="00C65098"/>
+    <w:rsid w:val="00C84306"/>
+    <w:rsid w:val="00C84D6E"/>
+    <w:rsid w:val="00CD06C0"/>
+    <w:rsid w:val="00CE0480"/>
+    <w:rsid w:val="00CE59B8"/>
+    <w:rsid w:val="00D04CFE"/>
+    <w:rsid w:val="00D21B1F"/>
+    <w:rsid w:val="00D27DE5"/>
+    <w:rsid w:val="00D31417"/>
+    <w:rsid w:val="00D37FA5"/>
+    <w:rsid w:val="00DC0D38"/>
+    <w:rsid w:val="00DE3A24"/>
+    <w:rsid w:val="00DF208C"/>
+    <w:rsid w:val="00DF483F"/>
+    <w:rsid w:val="00DF51C0"/>
+    <w:rsid w:val="00E277C3"/>
+    <w:rsid w:val="00E520C8"/>
+    <w:rsid w:val="00E62C1A"/>
+    <w:rsid w:val="00E87FC8"/>
+    <w:rsid w:val="00EA639D"/>
+    <w:rsid w:val="00EA6AA0"/>
+    <w:rsid w:val="00EB0B19"/>
+    <w:rsid w:val="00EB4D7A"/>
+    <w:rsid w:val="00EB4FB9"/>
+    <w:rsid w:val="00EB6284"/>
+    <w:rsid w:val="00EC122D"/>
+    <w:rsid w:val="00EE68CF"/>
+    <w:rsid w:val="00F058AA"/>
+    <w:rsid w:val="00F34171"/>
+    <w:rsid w:val="00F3646F"/>
+    <w:rsid w:val="00F91C7D"/>
+    <w:rsid w:val="00F95A58"/>
+    <w:rsid w:val="00FB5C51"/>
+    <w:rsid w:val="00FC05F2"/>
+    <w:rsid w:val="00FE7BF6"/>
+    <w:rsid w:val="00FF20B7"/>
+    <w:rsid w:val="00FF295A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
-    <m:dispDef/>
+    <m:dispDef m:val="0"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
-    <m:wrapIndent m:val="1440"/>
+    <m:wrapRight/>
     <m:intLim m:val="subSup"/>
-    <m:naryLim m:val="undOvr"/>
+    <m:naryLim m:val="subSup"/>
   </m:mathPr>
-  <w:themeFontLang w:val="fr-CH" w:bidi="ar-SA"/>
+  <w:themeFontLang w:val="fr-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="14337"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="4C4AD45A"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{1F138DD9-1127-488C-ACFE-8C37405BEF8E}"/>
+  <w14:docId w14:val="569DE55B"/>
+  <w15:docId w15:val="{4064FA3C-3701-489D-9EEF-C4069ABABB8B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...2 lines deleted...]
-        <w:lang w:val="fr-CH" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="de-DE" w:eastAsia="de-DE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-[...9 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...2 lines deleted...]
-    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
-    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -2670,155 +7093,150 @@
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-[...20 lines deleted...]
-    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Placeholder Text" w:uiPriority="99"/>
+    <w:lsdException w:name="Light Shading"/>
+    <w:lsdException w:name="Light List"/>
+    <w:lsdException w:name="Light Grid"/>
+    <w:lsdException w:name="Medium Shading 1"/>
+    <w:lsdException w:name="Medium Shading 2"/>
+    <w:lsdException w:name="Medium List 1"/>
+    <w:lsdException w:name="Medium List 2"/>
+    <w:lsdException w:name="Medium Grid 1"/>
+    <w:lsdException w:name="Medium Grid 2"/>
+    <w:lsdException w:name="Medium Grid 3"/>
+    <w:lsdException w:name="Dark List"/>
+    <w:lsdException w:name="Colorful Shading"/>
+    <w:lsdException w:name="Colorful List"/>
+    <w:lsdException w:name="Colorful Grid"/>
+    <w:lsdException w:name="Light Shading Accent 1"/>
+    <w:lsdException w:name="Light List Accent 1"/>
+    <w:lsdException w:name="Light Grid Accent 1"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1"/>
+    <w:lsdException w:name="Medium List 1 Accent 1"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
-    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
-[...76 lines deleted...]
-    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Medium List 2 Accent 1"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1"/>
+    <w:lsdException w:name="Dark List Accent 1"/>
+    <w:lsdException w:name="Colorful Shading Accent 1"/>
+    <w:lsdException w:name="Colorful List Accent 1"/>
+    <w:lsdException w:name="Colorful Grid Accent 1"/>
+    <w:lsdException w:name="Light Shading Accent 2"/>
+    <w:lsdException w:name="Light List Accent 2"/>
+    <w:lsdException w:name="Light Grid Accent 2"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2"/>
+    <w:lsdException w:name="Medium List 1 Accent 2"/>
+    <w:lsdException w:name="Medium List 2 Accent 2"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2"/>
+    <w:lsdException w:name="Dark List Accent 2"/>
+    <w:lsdException w:name="Colorful Shading Accent 2"/>
+    <w:lsdException w:name="Colorful List Accent 2"/>
+    <w:lsdException w:name="Colorful Grid Accent 2"/>
+    <w:lsdException w:name="Light Shading Accent 3"/>
+    <w:lsdException w:name="Light List Accent 3"/>
+    <w:lsdException w:name="Light Grid Accent 3"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3"/>
+    <w:lsdException w:name="Medium List 1 Accent 3"/>
+    <w:lsdException w:name="Medium List 2 Accent 3"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3"/>
+    <w:lsdException w:name="Dark List Accent 3"/>
+    <w:lsdException w:name="Colorful Shading Accent 3"/>
+    <w:lsdException w:name="Colorful List Accent 3"/>
+    <w:lsdException w:name="Colorful Grid Accent 3"/>
+    <w:lsdException w:name="Light Shading Accent 4"/>
+    <w:lsdException w:name="Light List Accent 4"/>
+    <w:lsdException w:name="Light Grid Accent 4"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4"/>
+    <w:lsdException w:name="Medium List 1 Accent 4"/>
+    <w:lsdException w:name="Medium List 2 Accent 4"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4"/>
+    <w:lsdException w:name="Dark List Accent 4"/>
+    <w:lsdException w:name="Colorful Shading Accent 4"/>
+    <w:lsdException w:name="Colorful List Accent 4"/>
+    <w:lsdException w:name="Colorful Grid Accent 4"/>
+    <w:lsdException w:name="Light Shading Accent 5"/>
+    <w:lsdException w:name="Light List Accent 5"/>
+    <w:lsdException w:name="Light Grid Accent 5"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5"/>
+    <w:lsdException w:name="Medium List 1 Accent 5"/>
+    <w:lsdException w:name="Medium List 2 Accent 5"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5"/>
+    <w:lsdException w:name="Dark List Accent 5"/>
+    <w:lsdException w:name="Colorful Shading Accent 5"/>
+    <w:lsdException w:name="Colorful List Accent 5"/>
+    <w:lsdException w:name="Colorful Grid Accent 5"/>
+    <w:lsdException w:name="Light Shading Accent 6"/>
+    <w:lsdException w:name="Light List Accent 6"/>
+    <w:lsdException w:name="Light Grid Accent 6"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6"/>
+    <w:lsdException w:name="Medium List 1 Accent 6"/>
+    <w:lsdException w:name="Medium List 2 Accent 6"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6"/>
+    <w:lsdException w:name="Dark List Accent 6"/>
+    <w:lsdException w:name="Colorful Shading Accent 6"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
@@ -2888,403 +7306,1484 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="004060AE"/>
+    <w:rsid w:val="00EC122D"/>
     <w:pPr>
       <w:spacing w:after="180" w:line="280" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titre1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rsid w:val="004C64A6"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:numPr>
+        <w:numId w:val="1"/>
+      </w:numPr>
+      <w:spacing w:after="100"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:b/>
+      <w:kern w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titre2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rsid w:val="004C64A6"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+        <w:numId w:val="1"/>
+      </w:numPr>
+      <w:spacing w:after="100"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:b/>
+      <w:color w:val="767878"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titre3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rsid w:val="00D47086"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:numPr>
+        <w:ilvl w:val="2"/>
+        <w:numId w:val="1"/>
+      </w:numPr>
+      <w:spacing w:after="100"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titre4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Titre4Car"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rsid w:val="00D47086"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:numPr>
+        <w:ilvl w:val="3"/>
+        <w:numId w:val="1"/>
+      </w:numPr>
+      <w:spacing w:after="100"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:bCs/>
+      <w:i/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titre5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Titre5Car"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rsid w:val="00D47086"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="4"/>
+        <w:numId w:val="1"/>
+      </w:numPr>
+      <w:spacing w:after="100"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titre6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Titre6Car"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rsid w:val="00E06965"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:after="60"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Policepardfaut">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableauNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Aucuneliste">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Lienhypertexte">
     <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="Policepardfaut"/>
     <w:semiHidden/>
-    <w:rsid w:val="004060AE"/>
+    <w:locked/>
+    <w:rsid w:val="00042B29"/>
     <w:rPr>
-      <w:rFonts w:cs="Times New Roman"/>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TM1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:semiHidden/>
-    <w:rsid w:val="004060AE"/>
+    <w:locked/>
+    <w:rsid w:val="00155AF3"/>
     <w:pPr>
       <w:spacing w:line="260" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TM2">
+    <w:name w:val="toc 2"/>
+    <w:basedOn w:val="Titre2"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:semiHidden/>
+    <w:locked/>
+    <w:rsid w:val="00155AF3"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="0"/>
+        <w:numId w:val="0"/>
+      </w:numPr>
+      <w:spacing w:after="0"/>
+      <w:ind w:left="198"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b w:val="0"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TM3">
+    <w:name w:val="toc 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:semiHidden/>
+    <w:locked/>
+    <w:rsid w:val="00155AF3"/>
+    <w:pPr>
+      <w:spacing w:line="260" w:lineRule="exact"/>
+      <w:ind w:left="397"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Numrodepage">
+    <w:name w:val="page number"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:semiHidden/>
+    <w:locked/>
+    <w:rsid w:val="00042B29"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:sz w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="01entteetbasdepage">
+    <w:name w:val="01_en_tête_et_bas_de_page"/>
+    <w:qFormat/>
+    <w:rsid w:val="003521DC"/>
+    <w:pPr>
+      <w:spacing w:line="220" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="09enttepage2">
+    <w:name w:val="09_en_tête_page_2"/>
+    <w:basedOn w:val="01entteetbasdepage"/>
+    <w:qFormat/>
+    <w:rsid w:val="00837C57"/>
+    <w:pPr>
+      <w:spacing w:line="200" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="05objet">
+    <w:name w:val="05_objet"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D47086"/>
+    <w:pPr>
+      <w:spacing w:after="180" w:line="280" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="06atexteprincipal">
+    <w:name w:val="06a_texte_principal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00345398"/>
+    <w:pPr>
+      <w:spacing w:after="180" w:line="280" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titre4Car">
+    <w:name w:val="Titre 4 Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Titre4"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00D47086"/>
+    <w:rPr>
+      <w:bCs/>
+      <w:i/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="07puces">
+    <w:name w:val="07_puces"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A871DB"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="2"/>
+      </w:numPr>
+      <w:spacing w:line="280" w:lineRule="exact"/>
+      <w:ind w:left="227" w:hanging="227"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="08annexecontactrenseignementsetc">
+    <w:name w:val="08_annexe_contact_renseignements_etc."/>
+    <w:qFormat/>
+    <w:rsid w:val="00E04101"/>
+    <w:pPr>
+      <w:spacing w:line="220" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="En-tte">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:semiHidden/>
+    <w:locked/>
+    <w:rsid w:val="00042B29"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Pieddepage">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="PieddepageCar"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="00042B29"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titre5Car">
+    <w:name w:val="Titre 5 Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Titre5"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00D47086"/>
+    <w:rPr>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:szCs w:val="26"/>
+      <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="rpertoire1">
+    <w:name w:val="répertoire_1"/>
+    <w:basedOn w:val="TM1"/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rsid w:val="00D47086"/>
+    <w:pPr>
+      <w:spacing w:after="100" w:line="280" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:b/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="rpertoire2">
+    <w:name w:val="répertoire_2"/>
+    <w:basedOn w:val="TM2"/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rsid w:val="00D47086"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="rpertoire3">
+    <w:name w:val="répertoire_3"/>
+    <w:basedOn w:val="TM3"/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rsid w:val="00D47086"/>
+    <w:pPr>
+      <w:spacing w:after="100" w:line="280" w:lineRule="exact"/>
+      <w:ind w:left="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="07puces2">
+    <w:name w:val="07_puces_2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A871DB"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="13"/>
+      </w:numPr>
+      <w:spacing w:after="0"/>
+      <w:ind w:left="454" w:hanging="227"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="07puces3">
+    <w:name w:val="07_puces_3"/>
+    <w:basedOn w:val="07puces2"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A871DB"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="3"/>
+      </w:numPr>
+      <w:ind w:left="681" w:hanging="227"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TM4">
+    <w:name w:val="toc 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:semiHidden/>
+    <w:locked/>
+    <w:rsid w:val="00155AF3"/>
+    <w:pPr>
+      <w:spacing w:line="260" w:lineRule="exact"/>
+      <w:ind w:left="595"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TM5">
+    <w:name w:val="toc 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:semiHidden/>
+    <w:locked/>
+    <w:rsid w:val="00155AF3"/>
+    <w:pPr>
+      <w:spacing w:line="260" w:lineRule="exact"/>
+      <w:ind w:left="794"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Lienhypertextesuivivisit">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:semiHidden/>
+    <w:locked/>
+    <w:rsid w:val="00532108"/>
+    <w:rPr>
+      <w:color w:val="800080"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="06btexteprincipalsansespacebloc">
+    <w:name w:val="06b_texte_principal_sans_espace_bloc"/>
+    <w:basedOn w:val="06atexteprincipal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00345398"/>
+    <w:pPr>
+      <w:spacing w:after="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="04date">
+    <w:name w:val="04_date"/>
+    <w:basedOn w:val="06atexteprincipal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D47086"/>
+    <w:pPr>
+      <w:spacing w:after="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="03adressedestinataire">
+    <w:name w:val="03_adresse_destinataire"/>
+    <w:basedOn w:val="06atexteprincipal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D47086"/>
+    <w:pPr>
+      <w:framePr w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="1362" w:y="2553"/>
+      <w:spacing w:after="0"/>
+      <w:suppressOverlap/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="02expditeurfentre">
+    <w:name w:val="02_expéditeur_fenêtre"/>
+    <w:autoRedefine/>
+    <w:qFormat/>
+    <w:rsid w:val="00EB6284"/>
+    <w:pPr>
+      <w:keepLines/>
+      <w:framePr w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="1419" w:y="2553"/>
+      <w:spacing w:line="170" w:lineRule="exact"/>
+      <w:suppressOverlap/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="12"/>
+      <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titre6Car">
+    <w:name w:val="Titre 6 Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Titre6"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00E06965"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="de-CH" w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="10numrotation">
+    <w:name w:val="10_numérotation"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00345398"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="4"/>
+      </w:numPr>
+      <w:spacing w:after="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="11Chapitre">
+    <w:name w:val="11_Chapitre"/>
+    <w:basedOn w:val="Titre1"/>
+    <w:next w:val="06atexteprincipal"/>
+    <w:qFormat/>
+    <w:rsid w:val="004C64A6"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="5"/>
+      </w:numPr>
+      <w:ind w:left="851" w:hanging="851"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Sansinterligne">
+    <w:name w:val="No Spacing"/>
+    <w:rsid w:val="00B44F22"/>
+    <w:pPr>
+      <w:spacing w:line="280" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="10bnumrotation2eniveau">
+    <w:name w:val="10b_numérotation_2e_niveau"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D43596"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="21"/>
+      </w:numPr>
+      <w:spacing w:line="280" w:lineRule="exact"/>
+      <w:ind w:left="738" w:hanging="369"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="10cnumrotation3eniveau">
+    <w:name w:val="10c_numérotation_3e_niveau"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D43596"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="22"/>
+      </w:numPr>
+      <w:spacing w:line="280" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="10dnumrotation4eniveau">
+    <w:name w:val="10d_numérotation_4e_niveau"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D43596"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="23"/>
+      </w:numPr>
+      <w:spacing w:line="280" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Textedelespacerserv">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00AF0634"/>
+    <w:rPr>
+      <w:color w:val="808080"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Textedebulles">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="TextedebullesCar"/>
+    <w:rsid w:val="00AF0634"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextedebullesCar">
+    <w:name w:val="Texte de bulles Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Textedebulles"/>
+    <w:rsid w:val="00AF0634"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Style1">
+    <w:name w:val="Style1"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00905A45"/>
+    <w:rPr>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Paragraphedeliste">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00546422"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="fr-CH" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="07atexteprincipal">
+    <w:name w:val="07a_texte_principal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00096870"/>
+    <w:pPr>
+      <w:spacing w:after="180" w:line="280" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Grilledutableau">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:rsid w:val="00EB4D7A"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Notedefin">
+    <w:name w:val="endnote text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="NotedefinCar"/>
+    <w:rsid w:val="002404C1"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Numrodepage">
-[...2 lines deleted...]
-    <w:rsid w:val="004060AE"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NotedefinCar">
+    <w:name w:val="Note de fin Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Notedefin"/>
+    <w:rsid w:val="002404C1"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...13 lines deleted...]
-      <w:szCs w:val="16"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
       <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="09enttepage2">
-[...2 lines deleted...]
-    <w:rsid w:val="004060AE"/>
+  <w:style w:type="character" w:styleId="Appeldenotedefin">
+    <w:name w:val="endnote reference"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:rsid w:val="002404C1"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Notedebasdepage">
+    <w:name w:val="footnote text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="NotedebasdepageCar"/>
+    <w:rsid w:val="002404C1"/>
     <w:pPr>
-      <w:spacing w:line="200" w:lineRule="exact"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
-      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Textedelespacerserv">
-    <w:name w:val="Placeholder Text"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NotedebasdepageCar">
+    <w:name w:val="Note de bas de page Car"/>
     <w:basedOn w:val="Policepardfaut"/>
-    <w:uiPriority w:val="99"/>
-[...1 lines deleted...]
-    <w:rsid w:val="004060AE"/>
+    <w:link w:val="Notedebasdepage"/>
+    <w:rsid w:val="002404C1"/>
     <w:rPr>
-      <w:color w:val="808080"/>
-[...26 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
       <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Pieddepage">
-[...12 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:styleId="Appelnotedebasdep">
+    <w:name w:val="footnote reference"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:rsid w:val="002404C1"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PieddepageCar">
     <w:name w:val="Pied de page Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Pieddepage"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00C825C2"/>
+    <w:rsid w:val="00415DBA"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:optimizeForBrowser/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.samw.ch/fr/Ethique/Apercu-des-themes/Mesures-de-contrainte.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
+<file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/></Relationships>
+</file>
+
+<file path=word/_rels/numbering.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+</file>
+
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="96B0FC78DE0C48649FF36CEF08EE01C7"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{CBCEA79A-C4EA-4938-BCD5-99D6F58C69D1}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00D81509" w:rsidRDefault="001760BF" w:rsidP="001760BF">
+          <w:pPr>
+            <w:pStyle w:val="96B0FC78DE0C48649FF36CEF08EE01C71"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00EA6AA0">
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+            </w:rPr>
+            <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="037A36E47BBD457B88C3C77FFD3B9E46"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{22EEC205-D733-4FDD-9AE7-6EF320201CE4}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00D81509" w:rsidRDefault="001760BF" w:rsidP="001760BF">
+          <w:pPr>
+            <w:pStyle w:val="037A36E47BBD457B88C3C77FFD3B9E461"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00EA6AA0">
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+              <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="2D1EEC9520E748E8975920928855A8CE"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{2A57C803-8667-405A-B2D1-380BEECBBA2C}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00D81509" w:rsidRDefault="001760BF" w:rsidP="001760BF">
+          <w:pPr>
+            <w:pStyle w:val="2D1EEC9520E748E8975920928855A8CE1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00EA6AA0">
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+              <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="A27F24D0EE6D41CAB35B5E63E9CDA909"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{0FAE2704-52F3-482D-9B91-548FFEE5C197}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00D81509" w:rsidRDefault="001760BF" w:rsidP="001760BF">
+          <w:pPr>
+            <w:pStyle w:val="A27F24D0EE6D41CAB35B5E63E9CDA9091"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00EA6AA0">
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+              <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="332E20537F5E4EA8B645610C67F8F6AE"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{43C7E75D-076B-486F-B54A-6A9236337020}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00D81509" w:rsidRDefault="001760BF" w:rsidP="001760BF">
+          <w:pPr>
+            <w:pStyle w:val="332E20537F5E4EA8B645610C67F8F6AE1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00EA6AA0">
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+              <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+              <w:b w:val="0"/>
+              <w:bCs/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="35BCF98452364C60902DBF40F102DDD9"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{6062F36E-BFA8-4C2C-8E38-0710890984C2}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00D81509" w:rsidRDefault="001760BF" w:rsidP="001760BF">
+          <w:pPr>
+            <w:pStyle w:val="35BCF98452364C60902DBF40F102DDD91"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00EA6AA0">
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+              <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="BCB6FD3ADDAD4713AABB5F057C240841"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{7493DB39-EA2F-4958-BD30-A3B34B842746}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00D81509" w:rsidRDefault="001760BF" w:rsidP="001760BF">
+          <w:pPr>
+            <w:pStyle w:val="BCB6FD3ADDAD4713AABB5F057C2408411"/>
+          </w:pPr>
+          <w:r w:rsidRPr="0051087C">
+            <w:rPr>
+              <w:rFonts w:eastAsia="Calibri"/>
+              <w:color w:val="808080"/>
+            </w:rPr>
+            <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="ED79905372CD4D5694DFCF3E184C0A36"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{BF3EC085-40EB-46C8-8644-A10B0726E2D2}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00D81509" w:rsidRDefault="001760BF" w:rsidP="001760BF">
+          <w:pPr>
+            <w:pStyle w:val="ED79905372CD4D5694DFCF3E184C0A361"/>
+          </w:pPr>
+          <w:r w:rsidRPr="0051087C">
+            <w:rPr>
+              <w:rFonts w:eastAsia="Calibri"/>
+              <w:color w:val="808080"/>
+            </w:rPr>
+            <w:t>Cliquez ou appuyez ici pour entrer une date.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="D50E5C8C8514475E991B056668E4DE9A"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{93BFA5A7-47C8-4EAD-AE84-30D64BF882C6}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00D81509" w:rsidRDefault="00D81509">
+          <w:pPr>
+            <w:pStyle w:val="D50E5C8C8514475E991B056668E4DE9A"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+            </w:rPr>
+            <w:t>Destinataires avec adresses complètes</w:t>
+          </w:r>
+          <w:r w:rsidRPr="003A11ED">
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+            </w:rPr>
+            <w:t>.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{8B136777-B295-47B4-957E-78781D40A80C}"/>
+        <w:guid w:val="{A40F4AE6-6E8E-4D52-A85F-B9C3725E71CC}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00282630" w:rsidRDefault="00D415B2">
-          <w:r w:rsidRPr="00D37FF0">
+        <w:p w:rsidR="00616A90" w:rsidRDefault="00616A90">
+          <w:r w:rsidRPr="00681A9A">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
-          </w:r>
-[...24 lines deleted...]
-            <w:t>Cliquez ou appuyez ici pour entrer une date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...3 lines deleted...]
-    <w:family w:val="swiss"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/glossary/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="40677B1C"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="844E13D0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="96B0FC78DE0C48649FF36CEF08EE01C71"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1288005169">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00D415B2"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00D415B2"/>
+    <w:rsidRoot w:val="00D81509"/>
+    <w:rsid w:val="001760BF"/>
+    <w:rsid w:val="001D5039"/>
+    <w:rsid w:val="00532C9E"/>
+    <w:rsid w:val="00616A90"/>
+    <w:rsid w:val="00644AD9"/>
+    <w:rsid w:val="00662EB9"/>
+    <w:rsid w:val="007762D7"/>
+    <w:rsid w:val="007F326E"/>
+    <w:rsid w:val="009F6BCE"/>
+    <w:rsid w:val="00A45A58"/>
+    <w:rsid w:val="00AD0EC3"/>
+    <w:rsid w:val="00AE2FCD"/>
+    <w:rsid w:val="00AE57C4"/>
+    <w:rsid w:val="00AE66F8"/>
+    <w:rsid w:val="00BE28B2"/>
+    <w:rsid w:val="00D81509"/>
+    <w:rsid w:val="00DC0D38"/>
+    <w:rsid w:val="00E81423"/>
+    <w:rsid w:val="00F3646F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-        <w:sz w:val="22"/>
-        <w:szCs w:val="22"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
         <w:lang w:val="fr-CH" w:eastAsia="fr-CH" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3657,385 +9156,562 @@
   <w:style w:type="table" w:default="1" w:styleId="TableauNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Aucuneliste">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Textedelespacerserv">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
-    <w:rsid w:val="00D415B2"/>
+    <w:rsid w:val="00616A90"/>
     <w:rPr>
       <w:color w:val="808080"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D50E5C8C8514475E991B056668E4DE9A">
+    <w:name w:val="D50E5C8C8514475E991B056668E4DE9A"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="96B0FC78DE0C48649FF36CEF08EE01C71">
+    <w:name w:val="96B0FC78DE0C48649FF36CEF08EE01C71"/>
+    <w:rsid w:val="001760BF"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="1"/>
+      </w:numPr>
+      <w:tabs>
+        <w:tab w:val="num" w:pos="369"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="280" w:lineRule="exact"/>
+      <w:ind w:left="369" w:hanging="369"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="037A36E47BBD457B88C3C77FFD3B9E461">
+    <w:name w:val="037A36E47BBD457B88C3C77FFD3B9E461"/>
+    <w:rsid w:val="001760BF"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="num" w:pos="369"/>
+        <w:tab w:val="num" w:pos="720"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="280" w:lineRule="exact"/>
+      <w:ind w:left="369" w:hanging="369"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2D1EEC9520E748E8975920928855A8CE1">
+    <w:name w:val="2D1EEC9520E748E8975920928855A8CE1"/>
+    <w:rsid w:val="001760BF"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="num" w:pos="369"/>
+        <w:tab w:val="num" w:pos="720"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="280" w:lineRule="exact"/>
+      <w:ind w:left="369" w:hanging="369"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A27F24D0EE6D41CAB35B5E63E9CDA9091">
+    <w:name w:val="A27F24D0EE6D41CAB35B5E63E9CDA9091"/>
+    <w:rsid w:val="001760BF"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="num" w:pos="369"/>
+        <w:tab w:val="num" w:pos="720"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="280" w:lineRule="exact"/>
+      <w:ind w:left="369" w:hanging="369"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="332E20537F5E4EA8B645610C67F8F6AE1">
+    <w:name w:val="332E20537F5E4EA8B645610C67F8F6AE1"/>
+    <w:rsid w:val="001760BF"/>
+    <w:pPr>
+      <w:spacing w:after="180" w:line="280" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:kern w:val="0"/>
+      <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="35BCF98452364C60902DBF40F102DDD91">
+    <w:name w:val="35BCF98452364C60902DBF40F102DDD91"/>
+    <w:rsid w:val="001760BF"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="num" w:pos="369"/>
+        <w:tab w:val="num" w:pos="720"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="280" w:lineRule="exact"/>
+      <w:ind w:left="369" w:hanging="369"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BCB6FD3ADDAD4713AABB5F057C2408411">
+    <w:name w:val="BCB6FD3ADDAD4713AABB5F057C2408411"/>
+    <w:rsid w:val="001760BF"/>
+    <w:pPr>
+      <w:spacing w:after="180" w:line="280" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ED79905372CD4D5694DFCF3E184C0A361">
+    <w:name w:val="ED79905372CD4D5694DFCF3E184C0A361"/>
+    <w:rsid w:val="001760BF"/>
+    <w:pPr>
+      <w:spacing w:after="180" w:line="280" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...7 lines deleted...]
-                <a:lumMod val="100000"/>
+                <a:tint val="100000"/>
                 <a:shade val="100000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:tint val="50000"/>
+                <a:shade val="100000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:spDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="3">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </a:style>
+    </a:spDef>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F8EF7823-BFBF-4797-AAE9-18B3D481AB0C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>2644</Characters>
+  <Pages>2</Pages>
+  <Words>479</Words>
+  <Characters>2637</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>22</Lines>
+  <Lines>21</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr/>
+      <vt:lpstr>Correspondance</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Manager/>
+  <Company>MACMAC Media SA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3118</CharactersWithSpaces>
+  <CharactersWithSpaces>3110</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
+  <dc:title>Correspondance</dc:title>
   <dc:subject/>
-  <dc:creator>Almasri Lara</dc:creator>
+  <dc:creator>Vojtasik Sabine</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category/>
 </cp:coreProperties>
 </file>