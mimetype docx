--- v0 (2026-01-11)
+++ v1 (2026-02-24)
@@ -20,1197 +20,2028 @@
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="229548D9" w14:textId="3A506A2B" w:rsidR="00952828" w:rsidRPr="00952828" w:rsidRDefault="00952828">
+    <w:p w14:paraId="10BB9A92" w14:textId="7613ABC3" w:rsidR="00757024" w:rsidRPr="009B1624" w:rsidRDefault="00952828">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
+          <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
+          <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00952828">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>Swiss</w:t>
+        <w:t>Swiss Mobility</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...21 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> -</w:t>
       </w:r>
       <w:r w:rsidRPr="00952828">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Formulaire de candidature stagiaire</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10BB9A92" w14:textId="1905EC79" w:rsidR="00757024" w:rsidRDefault="00757024"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="369" w:type="dxa"/>
           <w:left w:w="340" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9639"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E070C6" w:rsidRPr="00952828" w14:paraId="684FF22C" w14:textId="77777777" w:rsidTr="0082650E">
         <w:trPr>
           <w:trHeight w:val="134"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="451434F0" w14:textId="7C08B15B" w:rsidR="004541D3" w:rsidRDefault="00952828" w:rsidP="008740D7">
+          <w:p w14:paraId="45F51189" w14:textId="77777777" w:rsidR="00FE3D9A" w:rsidRDefault="00952828" w:rsidP="008740D7">
             <w:pPr>
               <w:pStyle w:val="05titreprincipalouobjetgras"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5025"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004541D3">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Données personnelles du/de la </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="004541D3">
+              <w:t>Données personnelles du/de la candidat-e</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00952828">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="22"/>
-[...4 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
             <w:r w:rsidRPr="00952828">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00952828">
-[...325 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblStyle w:val="Grilledutableau"/>
+              <w:tblW w:w="0" w:type="auto"/>
+              <w:tblBorders>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:tblBorders>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="1980"/>
+              <w:gridCol w:w="2832"/>
+              <w:gridCol w:w="1425"/>
+              <w:gridCol w:w="3387"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="00FE3D9A" w14:paraId="17891F30" w14:textId="77777777" w:rsidTr="00EC3D08">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1980" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="3380AF41" w14:textId="77777777" w:rsidR="00326212" w:rsidRDefault="00FE3D9A" w:rsidP="008740D7">
+                  <w:pPr>
+                    <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="5025"/>
+                    </w:tabs>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:t>Nom</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="33DF4454" w14:textId="49DB72E1" w:rsidR="005E35AB" w:rsidRDefault="005E35AB" w:rsidP="008740D7">
+                  <w:pPr>
+                    <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="5025"/>
+                    </w:tabs>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:sdt>
+                <w:sdtPr>
+                  <w:id w:val="-940071559"/>
+                  <w:placeholder>
+                    <w:docPart w:val="5BED600BE577485AA9F8FB65AF1A8DC3"/>
+                  </w:placeholder>
+                  <w:showingPlcHdr/>
+                  <w15:appearance w15:val="hidden"/>
+                  <w:text/>
+                </w:sdtPr>
+                <w:sdtEndPr/>
+                <w:sdtContent>
+                  <w:tc>
+                    <w:tcPr>
+                      <w:tcW w:w="2832" w:type="dxa"/>
+                      <w:tcBorders>
+                        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                      </w:tcBorders>
+                      <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                    </w:tcPr>
+                    <w:p w14:paraId="174D0EDA" w14:textId="7F3E86F7" w:rsidR="00FE3D9A" w:rsidRDefault="005E35AB" w:rsidP="008740D7">
+                      <w:pPr>
+                        <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                        <w:tabs>
+                          <w:tab w:val="left" w:pos="5025"/>
+                        </w:tabs>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                      </w:pPr>
+                      <w:r>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                    </w:p>
+                  </w:tc>
+                </w:sdtContent>
+              </w:sdt>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1425" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="023F8DDA" w14:textId="351BC390" w:rsidR="00FE3D9A" w:rsidRDefault="00FE3D9A" w:rsidP="008740D7">
+                  <w:pPr>
+                    <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="5025"/>
+                    </w:tabs>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:t>Prénom</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:sdt>
+                <w:sdtPr>
+                  <w:id w:val="1025899700"/>
+                  <w:placeholder>
+                    <w:docPart w:val="1EA47DA381D244578CF43EF47688373B"/>
+                  </w:placeholder>
+                  <w:showingPlcHdr/>
+                  <w15:appearance w15:val="hidden"/>
+                  <w:text/>
+                </w:sdtPr>
+                <w:sdtEndPr/>
+                <w:sdtContent>
+                  <w:tc>
+                    <w:tcPr>
+                      <w:tcW w:w="3387" w:type="dxa"/>
+                      <w:tcBorders>
+                        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                      </w:tcBorders>
+                      <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                    </w:tcPr>
+                    <w:p w14:paraId="5B3190B4" w14:textId="72265E6A" w:rsidR="00FE3D9A" w:rsidRDefault="0052710B" w:rsidP="008740D7">
+                      <w:pPr>
+                        <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                        <w:tabs>
+                          <w:tab w:val="left" w:pos="5025"/>
+                        </w:tabs>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                      </w:pPr>
+                      <w:r>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                    </w:p>
+                  </w:tc>
+                </w:sdtContent>
+              </w:sdt>
+            </w:tr>
+            <w:tr w:rsidR="00FE3D9A" w14:paraId="7B0D8841" w14:textId="77777777" w:rsidTr="00B71F79">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1980" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="39F88E2E" w14:textId="77777777" w:rsidR="00FE3D9A" w:rsidRDefault="00213A44" w:rsidP="008740D7">
+                  <w:pPr>
+                    <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="5025"/>
+                    </w:tabs>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:t>Date de naissance</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="027E3E19" w14:textId="6E501090" w:rsidR="00BB1869" w:rsidRDefault="00BB1869" w:rsidP="008740D7">
+                  <w:pPr>
+                    <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="5025"/>
+                    </w:tabs>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:sdt>
+                <w:sdtPr>
+                  <w:id w:val="1014044578"/>
+                  <w:placeholder>
+                    <w:docPart w:val="F31827E72B034FA69761453F5B351F3B"/>
+                  </w:placeholder>
+                  <w:showingPlcHdr/>
+                  <w15:appearance w15:val="hidden"/>
+                  <w:text/>
+                </w:sdtPr>
+                <w:sdtEndPr/>
+                <w:sdtContent>
+                  <w:tc>
+                    <w:tcPr>
+                      <w:tcW w:w="2832" w:type="dxa"/>
+                      <w:tcBorders>
+                        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                      </w:tcBorders>
+                      <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                    </w:tcPr>
+                    <w:p w14:paraId="4020E766" w14:textId="6F5A3233" w:rsidR="00FE3D9A" w:rsidRDefault="0052710B" w:rsidP="008740D7">
+                      <w:pPr>
+                        <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                        <w:tabs>
+                          <w:tab w:val="left" w:pos="5025"/>
+                        </w:tabs>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                      </w:pPr>
+                      <w:r>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                    </w:p>
+                  </w:tc>
+                </w:sdtContent>
+              </w:sdt>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1425" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="495A153D" w14:textId="3F79B502" w:rsidR="00FE3D9A" w:rsidRDefault="00213A44" w:rsidP="008740D7">
+                  <w:pPr>
+                    <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="5025"/>
+                    </w:tabs>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:t>Nationalité</w:t>
+                  </w:r>
+                  <w:r w:rsidR="0052710B">
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:sdt>
+                <w:sdtPr>
+                  <w:id w:val="-1410528620"/>
+                  <w:placeholder>
+                    <w:docPart w:val="9F630294EAE649E38D475B20F22F62DC"/>
+                  </w:placeholder>
+                  <w:showingPlcHdr/>
+                  <w15:appearance w15:val="hidden"/>
+                  <w:text/>
+                </w:sdtPr>
+                <w:sdtEndPr/>
+                <w:sdtContent>
+                  <w:tc>
+                    <w:tcPr>
+                      <w:tcW w:w="3387" w:type="dxa"/>
+                      <w:tcBorders>
+                        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                      </w:tcBorders>
+                      <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                    </w:tcPr>
+                    <w:p w14:paraId="1FEDA632" w14:textId="0B9D71A6" w:rsidR="00FE3D9A" w:rsidRDefault="0052710B" w:rsidP="008740D7">
+                      <w:pPr>
+                        <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                        <w:tabs>
+                          <w:tab w:val="left" w:pos="5025"/>
+                        </w:tabs>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                      </w:pPr>
+                      <w:r>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                    </w:p>
+                  </w:tc>
+                </w:sdtContent>
+              </w:sdt>
+            </w:tr>
+            <w:tr w:rsidR="00FE3D9A" w14:paraId="214BEE47" w14:textId="77777777" w:rsidTr="00B71F79">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1980" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="534F1B9F" w14:textId="3E4D7262" w:rsidR="00FE3D9A" w:rsidRDefault="003D0DCE" w:rsidP="008740D7">
+                  <w:pPr>
+                    <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="5025"/>
+                    </w:tabs>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:t>Sexe</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="51311960" w14:textId="50BE6188" w:rsidR="00BB1869" w:rsidRDefault="00BB1869" w:rsidP="008740D7">
+                  <w:pPr>
+                    <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="5025"/>
+                    </w:tabs>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2832" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+                </w:tcPr>
+                <w:p w14:paraId="63A76A24" w14:textId="07C8DD71" w:rsidR="00FE3D9A" w:rsidRDefault="00497639" w:rsidP="007914E1">
+                  <w:pPr>
+                    <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="840"/>
+                    </w:tabs>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  </w:pPr>
+                  <w:sdt>
+                    <w:sdtPr>
+                      <w:id w:val="-1400352727"/>
+                      <w14:checkbox>
+                        <w14:checked w14:val="0"/>
+                        <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                        <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                      </w14:checkbox>
+                    </w:sdtPr>
+                    <w:sdtEndPr/>
+                    <w:sdtContent>
+                      <w:r w:rsidR="00B71F79">
+                        <w:rPr>
+                          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                        </w:rPr>
+                        <w:t>☐</w:t>
+                      </w:r>
+                    </w:sdtContent>
+                  </w:sdt>
+                  <w:r w:rsidR="007914E1">
+                    <w:t xml:space="preserve">F  </w:t>
+                  </w:r>
+                  <w:sdt>
+                    <w:sdtPr>
+                      <w:id w:val="848213705"/>
+                      <w15:appearance w15:val="hidden"/>
+                      <w14:checkbox>
+                        <w14:checked w14:val="0"/>
+                        <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                        <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                      </w14:checkbox>
+                    </w:sdtPr>
+                    <w:sdtEndPr/>
+                    <w:sdtContent>
+                      <w:r w:rsidR="00B71F79">
+                        <w:rPr>
+                          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                        </w:rPr>
+                        <w:t>☐</w:t>
+                      </w:r>
+                    </w:sdtContent>
+                  </w:sdt>
+                  <w:r w:rsidR="007914E1">
+                    <w:t xml:space="preserve">M  </w:t>
+                  </w:r>
+                  <w:sdt>
+                    <w:sdtPr>
+                      <w:id w:val="1858386735"/>
+                      <w14:checkbox>
+                        <w14:checked w14:val="0"/>
+                        <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                        <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                      </w14:checkbox>
+                    </w:sdtPr>
+                    <w:sdtEndPr/>
+                    <w:sdtContent>
+                      <w:r w:rsidR="00B71F79">
+                        <w:rPr>
+                          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                        </w:rPr>
+                        <w:t>☐</w:t>
+                      </w:r>
+                    </w:sdtContent>
+                  </w:sdt>
+                  <w:r w:rsidR="007914E1">
+                    <w:t>Autre</w:t>
+                  </w:r>
+                  <w:r w:rsidR="007914E1">
+                    <w:tab/>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1425" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:left w:val="nil"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="289FC0FE" w14:textId="513B9CEE" w:rsidR="00FE3D9A" w:rsidRDefault="001A4256" w:rsidP="008740D7">
+                  <w:pPr>
+                    <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="5025"/>
+                    </w:tabs>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:t>Adresse</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:sdt>
+                <w:sdtPr>
+                  <w:id w:val="-826204718"/>
+                  <w:placeholder>
+                    <w:docPart w:val="B7BC783A11B84700800C2B062B0DDD53"/>
+                  </w:placeholder>
+                  <w:showingPlcHdr/>
+                  <w15:appearance w15:val="hidden"/>
+                  <w:text/>
+                </w:sdtPr>
+                <w:sdtEndPr/>
+                <w:sdtContent>
+                  <w:tc>
+                    <w:tcPr>
+                      <w:tcW w:w="3387" w:type="dxa"/>
+                      <w:tcBorders>
+                        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                      </w:tcBorders>
+                      <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                    </w:tcPr>
+                    <w:p w14:paraId="13BBA8EB" w14:textId="25BE5517" w:rsidR="00FE3D9A" w:rsidRDefault="0052710B" w:rsidP="008740D7">
+                      <w:pPr>
+                        <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                        <w:tabs>
+                          <w:tab w:val="left" w:pos="5025"/>
+                        </w:tabs>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                      </w:pPr>
+                      <w:r>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                    </w:p>
+                  </w:tc>
+                </w:sdtContent>
+              </w:sdt>
+            </w:tr>
+            <w:tr w:rsidR="00FE3D9A" w14:paraId="5F23329B" w14:textId="77777777" w:rsidTr="00EC3D08">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1980" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="610A10C4" w14:textId="4B1839B0" w:rsidR="00FE3D9A" w:rsidRDefault="001A4256" w:rsidP="008740D7">
+                  <w:pPr>
+                    <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="5025"/>
+                    </w:tabs>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:t>Téléphone</w:t>
+                  </w:r>
+                  <w:r w:rsidR="0052710B">
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="7900E864" w14:textId="26D74A77" w:rsidR="00BB1869" w:rsidRDefault="00BB1869" w:rsidP="008740D7">
+                  <w:pPr>
+                    <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="5025"/>
+                    </w:tabs>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:sdt>
+                <w:sdtPr>
+                  <w:id w:val="1281687346"/>
+                  <w:placeholder>
+                    <w:docPart w:val="8EA13A7855D349ABB6ED8D769BB22A26"/>
+                  </w:placeholder>
+                  <w:showingPlcHdr/>
+                  <w15:appearance w15:val="hidden"/>
+                  <w:text/>
+                </w:sdtPr>
+                <w:sdtEndPr/>
+                <w:sdtContent>
+                  <w:tc>
+                    <w:tcPr>
+                      <w:tcW w:w="2832" w:type="dxa"/>
+                      <w:tcBorders>
+                        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                      </w:tcBorders>
+                      <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                    </w:tcPr>
+                    <w:p w14:paraId="32E032EC" w14:textId="3F1B32F3" w:rsidR="00FE3D9A" w:rsidRDefault="0052710B" w:rsidP="008740D7">
+                      <w:pPr>
+                        <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                        <w:tabs>
+                          <w:tab w:val="left" w:pos="5025"/>
+                        </w:tabs>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                      </w:pPr>
+                      <w:r>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                    </w:p>
+                  </w:tc>
+                </w:sdtContent>
+              </w:sdt>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1425" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="5E0E6578" w14:textId="3EC47F4D" w:rsidR="00FE3D9A" w:rsidRDefault="001A4256" w:rsidP="008740D7">
+                  <w:pPr>
+                    <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="5025"/>
+                    </w:tabs>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  </w:pPr>
+                  <w:proofErr w:type="gramStart"/>
+                  <w:r>
+                    <w:t>E-mail</w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramEnd"/>
+                  <w:r w:rsidR="00D82AA5">
+                    <w:t xml:space="preserve"> privé</w:t>
+                  </w:r>
+                  <w:r w:rsidR="0052710B">
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:sdt>
+                <w:sdtPr>
+                  <w:id w:val="1030143838"/>
+                  <w:placeholder>
+                    <w:docPart w:val="516837CBEBB04002BDC40A6F14658284"/>
+                  </w:placeholder>
+                  <w:showingPlcHdr/>
+                  <w15:appearance w15:val="hidden"/>
+                  <w:text/>
+                </w:sdtPr>
+                <w:sdtEndPr/>
+                <w:sdtContent>
+                  <w:tc>
+                    <w:tcPr>
+                      <w:tcW w:w="3387" w:type="dxa"/>
+                      <w:tcBorders>
+                        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                      </w:tcBorders>
+                      <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                    </w:tcPr>
+                    <w:p w14:paraId="69578F59" w14:textId="67A5F5BD" w:rsidR="00FE3D9A" w:rsidRDefault="0052710B" w:rsidP="008740D7">
+                      <w:pPr>
+                        <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                        <w:tabs>
+                          <w:tab w:val="left" w:pos="5025"/>
+                        </w:tabs>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                      </w:pPr>
+                      <w:r>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                    </w:p>
+                  </w:tc>
+                </w:sdtContent>
+              </w:sdt>
+            </w:tr>
+            <w:tr w:rsidR="007C6D71" w14:paraId="14E9AB78" w14:textId="77777777" w:rsidTr="005E35AB">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="9624" w:type="dxa"/>
+                  <w:gridSpan w:val="4"/>
+                  <w:tcBorders>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="7FC07893" w14:textId="77777777" w:rsidR="005E35AB" w:rsidRDefault="005E35AB" w:rsidP="008740D7">
+                  <w:pPr>
+                    <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="5025"/>
+                    </w:tabs>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="666453F4" w14:textId="77777777" w:rsidR="00BB1869" w:rsidRDefault="007C6D71" w:rsidP="008740D7">
+                  <w:pPr>
+                    <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="5025"/>
+                    </w:tabs>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:t>Personnes de référence en cas d’urgence (nom</w:t>
+                  </w:r>
+                  <w:r w:rsidR="004B498D">
+                    <w:t xml:space="preserve">, prénom, relation, téléphone, </w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramStart"/>
+                  <w:r w:rsidR="004B498D">
+                    <w:t>e-mail</w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramEnd"/>
+                  <w:r w:rsidR="004B498D">
+                    <w:t>)</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="601807A2" w14:textId="421A6C5F" w:rsidR="009B1624" w:rsidRDefault="009B1624" w:rsidP="008740D7">
+                  <w:pPr>
+                    <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="5025"/>
+                    </w:tabs>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="005E35AB" w14:paraId="1DE11B27" w14:textId="77777777" w:rsidTr="005E35AB">
+              <w:sdt>
+                <w:sdtPr>
+                  <w:id w:val="-1213263889"/>
+                  <w:placeholder>
+                    <w:docPart w:val="6B1FE211A79341C5BFFD7E1999F2E858"/>
+                  </w:placeholder>
+                  <w:showingPlcHdr/>
+                  <w15:appearance w15:val="hidden"/>
+                  <w:text/>
+                </w:sdtPr>
+                <w:sdtEndPr/>
+                <w:sdtContent>
+                  <w:tc>
+                    <w:tcPr>
+                      <w:tcW w:w="9624" w:type="dxa"/>
+                      <w:gridSpan w:val="4"/>
+                      <w:tcBorders>
+                        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                      </w:tcBorders>
+                      <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                    </w:tcPr>
+                    <w:p w14:paraId="09EB2B19" w14:textId="3EDE016D" w:rsidR="005E35AB" w:rsidRDefault="0052710B" w:rsidP="008740D7">
+                      <w:pPr>
+                        <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                        <w:tabs>
+                          <w:tab w:val="left" w:pos="5025"/>
+                        </w:tabs>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                      </w:pPr>
+                      <w:r>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                    </w:p>
+                  </w:tc>
+                </w:sdtContent>
+              </w:sdt>
+            </w:tr>
+          </w:tbl>
+          <w:p w14:paraId="11CF32D0" w14:textId="77777777" w:rsidR="00850B19" w:rsidRDefault="00850B19" w:rsidP="008740D7">
+            <w:pPr>
+              <w:pStyle w:val="05titreprincipalouobjetgras"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="5025"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
           </w:p>
           <w:p w14:paraId="2CA94F62" w14:textId="26B48C74" w:rsidR="004541D3" w:rsidRDefault="00A02F95" w:rsidP="00B976F6">
             <w:pPr>
               <w:pStyle w:val="05titreprincipalouobjetgras"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Données</w:t>
             </w:r>
             <w:r w:rsidR="00952828" w:rsidRPr="004541D3">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> de l'entreprise formatrice (pour les jeunes ayant une formation en entreprise)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="085B1365" w14:textId="7B224895" w:rsidR="004541D3" w:rsidRDefault="00952828" w:rsidP="00B976F6">
+          <w:tbl>
+            <w:tblPr>
+              <w:tblStyle w:val="Grilledutableau"/>
+              <w:tblW w:w="0" w:type="auto"/>
+              <w:tblBorders>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:tblBorders>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="1980"/>
+              <w:gridCol w:w="2832"/>
+              <w:gridCol w:w="1425"/>
+              <w:gridCol w:w="3387"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="007F130D" w14:paraId="708379ED" w14:textId="77777777" w:rsidTr="00EC3D08">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1980" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="10BC0E0B" w14:textId="3D26E8A3" w:rsidR="007F130D" w:rsidRDefault="007F130D" w:rsidP="007F130D">
+                  <w:pPr>
+                    <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="5025"/>
+                    </w:tabs>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:t>Nom entreprise</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="19736B5A" w14:textId="77777777" w:rsidR="007F130D" w:rsidRDefault="007F130D" w:rsidP="007F130D">
+                  <w:pPr>
+                    <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="5025"/>
+                    </w:tabs>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:sdt>
+                <w:sdtPr>
+                  <w:id w:val="-931431003"/>
+                  <w:placeholder>
+                    <w:docPart w:val="31B4BE411BD7413F85BFC51FA6935425"/>
+                  </w:placeholder>
+                  <w:showingPlcHdr/>
+                  <w15:appearance w15:val="hidden"/>
+                  <w:text/>
+                </w:sdtPr>
+                <w:sdtEndPr/>
+                <w:sdtContent>
+                  <w:tc>
+                    <w:tcPr>
+                      <w:tcW w:w="2832" w:type="dxa"/>
+                      <w:tcBorders>
+                        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                      </w:tcBorders>
+                      <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                    </w:tcPr>
+                    <w:p w14:paraId="7BEA2DBD" w14:textId="77777777" w:rsidR="007F130D" w:rsidRDefault="007F130D" w:rsidP="007F130D">
+                      <w:pPr>
+                        <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                        <w:tabs>
+                          <w:tab w:val="left" w:pos="5025"/>
+                        </w:tabs>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                      </w:pPr>
+                      <w:r>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                    </w:p>
+                  </w:tc>
+                </w:sdtContent>
+              </w:sdt>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1425" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="61E9A7E4" w14:textId="320FA426" w:rsidR="007F130D" w:rsidRDefault="00663523" w:rsidP="007F130D">
+                  <w:pPr>
+                    <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="5025"/>
+                    </w:tabs>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:t>Téléphone</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:sdt>
+                <w:sdtPr>
+                  <w:id w:val="1821690357"/>
+                  <w:placeholder>
+                    <w:docPart w:val="0104D6DFC26E44888FFEE37DED23C3A3"/>
+                  </w:placeholder>
+                  <w:showingPlcHdr/>
+                  <w15:appearance w15:val="hidden"/>
+                  <w:text/>
+                </w:sdtPr>
+                <w:sdtEndPr/>
+                <w:sdtContent>
+                  <w:tc>
+                    <w:tcPr>
+                      <w:tcW w:w="3387" w:type="dxa"/>
+                      <w:tcBorders>
+                        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                      </w:tcBorders>
+                      <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                    </w:tcPr>
+                    <w:p w14:paraId="5BDAB5F6" w14:textId="77777777" w:rsidR="007F130D" w:rsidRDefault="007F130D" w:rsidP="007F130D">
+                      <w:pPr>
+                        <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                        <w:tabs>
+                          <w:tab w:val="left" w:pos="5025"/>
+                        </w:tabs>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                      </w:pPr>
+                      <w:r>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                    </w:p>
+                  </w:tc>
+                </w:sdtContent>
+              </w:sdt>
+            </w:tr>
+            <w:tr w:rsidR="007F130D" w14:paraId="42A8408C" w14:textId="77777777" w:rsidTr="00EC3D08">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1980" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="7EE977F3" w14:textId="096E166D" w:rsidR="007F130D" w:rsidRDefault="00EC3D08" w:rsidP="007F130D">
+                  <w:pPr>
+                    <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="5025"/>
+                    </w:tabs>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:t>Adresse</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="5DAB930C" w14:textId="77777777" w:rsidR="007F130D" w:rsidRDefault="007F130D" w:rsidP="007F130D">
+                  <w:pPr>
+                    <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="5025"/>
+                    </w:tabs>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:sdt>
+                <w:sdtPr>
+                  <w:id w:val="654649942"/>
+                  <w:placeholder>
+                    <w:docPart w:val="4019D6E1BC2E4FFBAA424CF9FC15E7B3"/>
+                  </w:placeholder>
+                  <w:showingPlcHdr/>
+                  <w15:appearance w15:val="hidden"/>
+                  <w:text/>
+                </w:sdtPr>
+                <w:sdtEndPr/>
+                <w:sdtContent>
+                  <w:tc>
+                    <w:tcPr>
+                      <w:tcW w:w="2832" w:type="dxa"/>
+                      <w:tcBorders>
+                        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                      </w:tcBorders>
+                      <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                    </w:tcPr>
+                    <w:p w14:paraId="1A35113F" w14:textId="77777777" w:rsidR="007F130D" w:rsidRDefault="007F130D" w:rsidP="007F130D">
+                      <w:pPr>
+                        <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                        <w:tabs>
+                          <w:tab w:val="left" w:pos="5025"/>
+                        </w:tabs>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                      </w:pPr>
+                      <w:r>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                    </w:p>
+                  </w:tc>
+                </w:sdtContent>
+              </w:sdt>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1425" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="00E36838" w14:textId="62702CA3" w:rsidR="007F130D" w:rsidRDefault="0042383A" w:rsidP="007F130D">
+                  <w:pPr>
+                    <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="5025"/>
+                    </w:tabs>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:t>Site web</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:sdt>
+                <w:sdtPr>
+                  <w:id w:val="-583684776"/>
+                  <w:placeholder>
+                    <w:docPart w:val="8B45005F11724E81B915A629AE3A05B4"/>
+                  </w:placeholder>
+                  <w:showingPlcHdr/>
+                  <w15:appearance w15:val="hidden"/>
+                  <w:text/>
+                </w:sdtPr>
+                <w:sdtEndPr/>
+                <w:sdtContent>
+                  <w:tc>
+                    <w:tcPr>
+                      <w:tcW w:w="3387" w:type="dxa"/>
+                      <w:tcBorders>
+                        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                      </w:tcBorders>
+                      <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                    </w:tcPr>
+                    <w:p w14:paraId="2F21E704" w14:textId="77777777" w:rsidR="007F130D" w:rsidRDefault="007F130D" w:rsidP="007F130D">
+                      <w:pPr>
+                        <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                        <w:tabs>
+                          <w:tab w:val="left" w:pos="5025"/>
+                        </w:tabs>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                      </w:pPr>
+                      <w:r>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                    </w:p>
+                  </w:tc>
+                </w:sdtContent>
+              </w:sdt>
+            </w:tr>
+            <w:tr w:rsidR="007F130D" w14:paraId="5B0FF88B" w14:textId="77777777" w:rsidTr="00FC583C">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="9624" w:type="dxa"/>
+                  <w:gridSpan w:val="4"/>
+                  <w:tcBorders>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="5486DAF3" w14:textId="77777777" w:rsidR="007F130D" w:rsidRDefault="007F130D" w:rsidP="007F130D">
+                  <w:pPr>
+                    <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="5025"/>
+                    </w:tabs>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="36679B82" w14:textId="77777777" w:rsidR="007F130D" w:rsidRDefault="00AB1B6D" w:rsidP="007F130D">
+                  <w:pPr>
+                    <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="5025"/>
+                    </w:tabs>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:t>Formateur</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00DA38D2">
+                    <w:t xml:space="preserve"> en entreprise (nom, prénom, téléphone, mail)</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="604F3E25" w14:textId="278C9DE4" w:rsidR="009B1624" w:rsidRDefault="009B1624" w:rsidP="007F130D">
+                  <w:pPr>
+                    <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="5025"/>
+                    </w:tabs>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="007F130D" w14:paraId="476FA70D" w14:textId="77777777" w:rsidTr="00FC583C">
+              <w:sdt>
+                <w:sdtPr>
+                  <w:id w:val="457927377"/>
+                  <w:placeholder>
+                    <w:docPart w:val="425AC436D639483B847A7787EF1DAF3E"/>
+                  </w:placeholder>
+                  <w:showingPlcHdr/>
+                  <w15:appearance w15:val="hidden"/>
+                  <w:text/>
+                </w:sdtPr>
+                <w:sdtEndPr/>
+                <w:sdtContent>
+                  <w:tc>
+                    <w:tcPr>
+                      <w:tcW w:w="9624" w:type="dxa"/>
+                      <w:gridSpan w:val="4"/>
+                      <w:tcBorders>
+                        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                      </w:tcBorders>
+                      <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                    </w:tcPr>
+                    <w:p w14:paraId="0EBEC3F1" w14:textId="77777777" w:rsidR="007F130D" w:rsidRDefault="007F130D" w:rsidP="007F130D">
+                      <w:pPr>
+                        <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                        <w:tabs>
+                          <w:tab w:val="left" w:pos="5025"/>
+                        </w:tabs>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                      </w:pPr>
+                      <w:r>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                    </w:p>
+                  </w:tc>
+                </w:sdtContent>
+              </w:sdt>
+            </w:tr>
+          </w:tbl>
+          <w:p w14:paraId="7FB492BC" w14:textId="77777777" w:rsidR="0052710B" w:rsidRDefault="0052710B" w:rsidP="00B976F6">
             <w:pPr>
               <w:pStyle w:val="05titreprincipalouobjetgras"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00952828">
-[...132 lines deleted...]
-            </w:sdt>
           </w:p>
           <w:p w14:paraId="601F5849" w14:textId="77777777" w:rsidR="0082650E" w:rsidRDefault="00952828" w:rsidP="0082650E">
             <w:pPr>
               <w:pStyle w:val="05titreprincipalouobjetgras"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004541D3">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Données de l'école professionnelle (en cours ou dernière fréquentée)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="101DE50E" w14:textId="6C51056A" w:rsidR="004541D3" w:rsidRPr="0082650E" w:rsidRDefault="00952828" w:rsidP="0082650E">
+          <w:p w14:paraId="61B38B94" w14:textId="77777777" w:rsidR="00DA38D2" w:rsidRDefault="00952828" w:rsidP="0082650E">
             <w:pPr>
               <w:pStyle w:val="05titreprincipalouobjetgras"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00952828">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00952828">
-[...131 lines deleted...]
-            </w:r>
           </w:p>
-          <w:p w14:paraId="362C10CC" w14:textId="77777777" w:rsidR="004541D3" w:rsidRDefault="004541D3" w:rsidP="00B976F6">
+          <w:tbl>
+            <w:tblPr>
+              <w:tblStyle w:val="Grilledutableau"/>
+              <w:tblW w:w="0" w:type="auto"/>
+              <w:tblBorders>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:tblBorders>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="1962"/>
+              <w:gridCol w:w="2858"/>
+              <w:gridCol w:w="1417"/>
+              <w:gridCol w:w="3397"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="00DA38D2" w14:paraId="56E479C4" w14:textId="77777777" w:rsidTr="0028497D">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1962" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="4A617254" w14:textId="7425CE70" w:rsidR="00DA38D2" w:rsidRDefault="00DA38D2" w:rsidP="00DA38D2">
+                  <w:pPr>
+                    <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="5025"/>
+                    </w:tabs>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:t>Nom de l’école professionnelle</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="176BE67F" w14:textId="77777777" w:rsidR="00DA38D2" w:rsidRDefault="00DA38D2" w:rsidP="00DA38D2">
+                  <w:pPr>
+                    <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="5025"/>
+                    </w:tabs>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:sdt>
+                <w:sdtPr>
+                  <w:id w:val="2147241637"/>
+                  <w:placeholder>
+                    <w:docPart w:val="692EB9AB58D3476D8A365FC05A253059"/>
+                  </w:placeholder>
+                  <w:showingPlcHdr/>
+                  <w15:appearance w15:val="hidden"/>
+                  <w:text/>
+                </w:sdtPr>
+                <w:sdtEndPr/>
+                <w:sdtContent>
+                  <w:tc>
+                    <w:tcPr>
+                      <w:tcW w:w="2858" w:type="dxa"/>
+                      <w:tcBorders>
+                        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                      </w:tcBorders>
+                      <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                    </w:tcPr>
+                    <w:p w14:paraId="217651C8" w14:textId="77777777" w:rsidR="00DA38D2" w:rsidRDefault="00DA38D2" w:rsidP="00DA38D2">
+                      <w:pPr>
+                        <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                        <w:tabs>
+                          <w:tab w:val="left" w:pos="5025"/>
+                        </w:tabs>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                      </w:pPr>
+                      <w:r>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                    </w:p>
+                  </w:tc>
+                </w:sdtContent>
+              </w:sdt>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1417" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="532C2F9C" w14:textId="73FCB8D3" w:rsidR="00DA38D2" w:rsidRDefault="00031AB8" w:rsidP="00DA38D2">
+                  <w:pPr>
+                    <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="5025"/>
+                    </w:tabs>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:t>Adresse</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:sdt>
+                <w:sdtPr>
+                  <w:id w:val="1508793980"/>
+                  <w:placeholder>
+                    <w:docPart w:val="D9CF5E3D877648E9818706D865A6CA8F"/>
+                  </w:placeholder>
+                  <w:showingPlcHdr/>
+                  <w15:appearance w15:val="hidden"/>
+                  <w:text/>
+                </w:sdtPr>
+                <w:sdtEndPr/>
+                <w:sdtContent>
+                  <w:tc>
+                    <w:tcPr>
+                      <w:tcW w:w="3397" w:type="dxa"/>
+                      <w:tcBorders>
+                        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                      </w:tcBorders>
+                      <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                    </w:tcPr>
+                    <w:p w14:paraId="612B5839" w14:textId="77777777" w:rsidR="00DA38D2" w:rsidRDefault="00DA38D2" w:rsidP="00DA38D2">
+                      <w:pPr>
+                        <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                        <w:tabs>
+                          <w:tab w:val="left" w:pos="5025"/>
+                        </w:tabs>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                      </w:pPr>
+                      <w:r>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                    </w:p>
+                  </w:tc>
+                </w:sdtContent>
+              </w:sdt>
+            </w:tr>
+            <w:tr w:rsidR="00DA38D2" w14:paraId="363761F1" w14:textId="77777777" w:rsidTr="0028497D">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1962" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="16204619" w14:textId="4D1D953E" w:rsidR="00DA38D2" w:rsidRDefault="00031AB8" w:rsidP="00DA38D2">
+                  <w:pPr>
+                    <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="5025"/>
+                    </w:tabs>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:t>Téléphone</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="6F2DE427" w14:textId="77777777" w:rsidR="00DA38D2" w:rsidRDefault="00DA38D2" w:rsidP="00DA38D2">
+                  <w:pPr>
+                    <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="5025"/>
+                    </w:tabs>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:sdt>
+                <w:sdtPr>
+                  <w:id w:val="614790636"/>
+                  <w:placeholder>
+                    <w:docPart w:val="A38898F58E054796BCB1B848F683798D"/>
+                  </w:placeholder>
+                  <w:showingPlcHdr/>
+                  <w15:appearance w15:val="hidden"/>
+                  <w:text/>
+                </w:sdtPr>
+                <w:sdtEndPr/>
+                <w:sdtContent>
+                  <w:tc>
+                    <w:tcPr>
+                      <w:tcW w:w="2858" w:type="dxa"/>
+                      <w:tcBorders>
+                        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                      </w:tcBorders>
+                      <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                    </w:tcPr>
+                    <w:p w14:paraId="4E96996A" w14:textId="77777777" w:rsidR="00DA38D2" w:rsidRDefault="00DA38D2" w:rsidP="00DA38D2">
+                      <w:pPr>
+                        <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                        <w:tabs>
+                          <w:tab w:val="left" w:pos="5025"/>
+                        </w:tabs>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                      </w:pPr>
+                      <w:r>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                    </w:p>
+                  </w:tc>
+                </w:sdtContent>
+              </w:sdt>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1417" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="02884B0F" w14:textId="77777777" w:rsidR="00DA38D2" w:rsidRDefault="00DA38D2" w:rsidP="00DA38D2">
+                  <w:pPr>
+                    <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="5025"/>
+                    </w:tabs>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:t>Site web</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:sdt>
+                <w:sdtPr>
+                  <w:id w:val="-790973346"/>
+                  <w:placeholder>
+                    <w:docPart w:val="D542D23CC5AA4446B93A69E86863A2CA"/>
+                  </w:placeholder>
+                  <w:showingPlcHdr/>
+                  <w15:appearance w15:val="hidden"/>
+                  <w:text/>
+                </w:sdtPr>
+                <w:sdtEndPr/>
+                <w:sdtContent>
+                  <w:tc>
+                    <w:tcPr>
+                      <w:tcW w:w="3397" w:type="dxa"/>
+                      <w:tcBorders>
+                        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                      </w:tcBorders>
+                      <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                    </w:tcPr>
+                    <w:p w14:paraId="41B41FDE" w14:textId="77777777" w:rsidR="00DA38D2" w:rsidRDefault="00DA38D2" w:rsidP="00DA38D2">
+                      <w:pPr>
+                        <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                        <w:tabs>
+                          <w:tab w:val="left" w:pos="5025"/>
+                        </w:tabs>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                      </w:pPr>
+                      <w:r>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                    </w:p>
+                  </w:tc>
+                </w:sdtContent>
+              </w:sdt>
+            </w:tr>
+            <w:tr w:rsidR="00DA38D2" w14:paraId="6E2D6B36" w14:textId="77777777" w:rsidTr="0028497D">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="9634" w:type="dxa"/>
+                  <w:gridSpan w:val="4"/>
+                  <w:tcBorders>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="05B52050" w14:textId="77777777" w:rsidR="00DA38D2" w:rsidRDefault="00DA38D2" w:rsidP="00DA38D2">
+                  <w:pPr>
+                    <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="5025"/>
+                    </w:tabs>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="1D2566FD" w14:textId="77777777" w:rsidR="00DA38D2" w:rsidRDefault="009B1624" w:rsidP="00DA38D2">
+                  <w:pPr>
+                    <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="5025"/>
+                    </w:tabs>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:t>Professeur de classe ou doyen responsable</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00DA38D2">
+                    <w:t xml:space="preserve"> (nom, prénom, téléphone, mail)</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="31ADA8B1" w14:textId="55F1A168" w:rsidR="009B1624" w:rsidRDefault="009B1624" w:rsidP="00DA38D2">
+                  <w:pPr>
+                    <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="5025"/>
+                    </w:tabs>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00DA38D2" w14:paraId="6D80DABB" w14:textId="77777777" w:rsidTr="0028497D">
+              <w:sdt>
+                <w:sdtPr>
+                  <w:id w:val="-683676316"/>
+                  <w:placeholder>
+                    <w:docPart w:val="8F3BA26B719D4FB7BBD957FB36194E85"/>
+                  </w:placeholder>
+                  <w:showingPlcHdr/>
+                  <w15:appearance w15:val="hidden"/>
+                  <w:text/>
+                </w:sdtPr>
+                <w:sdtEndPr/>
+                <w:sdtContent>
+                  <w:tc>
+                    <w:tcPr>
+                      <w:tcW w:w="9634" w:type="dxa"/>
+                      <w:gridSpan w:val="4"/>
+                      <w:tcBorders>
+                        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                      </w:tcBorders>
+                      <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                    </w:tcPr>
+                    <w:p w14:paraId="5F76D972" w14:textId="77777777" w:rsidR="00DA38D2" w:rsidRDefault="00DA38D2" w:rsidP="00DA38D2">
+                      <w:pPr>
+                        <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                        <w:tabs>
+                          <w:tab w:val="left" w:pos="5025"/>
+                        </w:tabs>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                      </w:pPr>
+                      <w:r>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                    </w:p>
+                  </w:tc>
+                </w:sdtContent>
+              </w:sdt>
+            </w:tr>
+          </w:tbl>
+          <w:p w14:paraId="29CF69B6" w14:textId="77777777" w:rsidR="009B1624" w:rsidRDefault="009B1624" w:rsidP="009B1624">
             <w:pPr>
               <w:pStyle w:val="05titreprincipalouobjetgras"/>
-              <w:rPr>
-[...39 lines deleted...]
-              <w:spacing w:after="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="09CC9DB0" w14:textId="77777777" w:rsidR="0082650E" w:rsidRDefault="0082650E" w:rsidP="00B06724">
+          <w:p w14:paraId="2A079CE9" w14:textId="77777777" w:rsidR="00187B93" w:rsidRDefault="00187B93" w:rsidP="009B1624">
             <w:pPr>
               <w:pStyle w:val="05titreprincipalouobjetgras"/>
-              <w:spacing w:after="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2A025B6A" w14:textId="77777777" w:rsidR="00744B2B" w:rsidRDefault="00744B2B" w:rsidP="00B06724">
+          <w:p w14:paraId="122A9414" w14:textId="77777777" w:rsidR="00187B93" w:rsidRDefault="00187B93" w:rsidP="009B1624">
             <w:pPr>
               <w:pStyle w:val="05titreprincipalouobjetgras"/>
-              <w:spacing w:after="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6CEA4777" w14:textId="77777777" w:rsidR="00194369" w:rsidRDefault="00194369" w:rsidP="00B06724">
+          <w:p w14:paraId="65203B7E" w14:textId="77777777" w:rsidR="00187B93" w:rsidRDefault="00187B93" w:rsidP="009B1624">
             <w:pPr>
               <w:pStyle w:val="05titreprincipalouobjetgras"/>
-              <w:spacing w:after="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="51F6553D" w14:textId="6F24AC13" w:rsidR="00B06724" w:rsidRDefault="00952828" w:rsidP="00B06724">
+          <w:p w14:paraId="67315237" w14:textId="77777777" w:rsidR="00187B93" w:rsidRDefault="00187B93" w:rsidP="009B1624">
             <w:pPr>
               <w:pStyle w:val="05titreprincipalouobjetgras"/>
-              <w:spacing w:after="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0013072E">
+          </w:p>
+          <w:p w14:paraId="364E443B" w14:textId="77777777" w:rsidR="00187B93" w:rsidRDefault="00187B93" w:rsidP="009B1624">
+            <w:pPr>
+              <w:pStyle w:val="05titreprincipalouobjetgras"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4F5C5D54" w14:textId="77777777" w:rsidR="00187B93" w:rsidRDefault="00187B93" w:rsidP="009B1624">
+            <w:pPr>
+              <w:pStyle w:val="05titreprincipalouobjetgras"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1EAD1825" w14:textId="77777777" w:rsidR="00187B93" w:rsidRDefault="00187B93" w:rsidP="009B1624">
+            <w:pPr>
+              <w:pStyle w:val="05titreprincipalouobjetgras"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7D44B6F7" w14:textId="2575438C" w:rsidR="000A7BC1" w:rsidRDefault="00952828" w:rsidP="009B1624">
+            <w:pPr>
+              <w:pStyle w:val="05titreprincipalouobjetgras"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0013072E">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Formation professionnelle de base</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5B4C7376" w14:textId="73BF4AD3" w:rsidR="00B06724" w:rsidRDefault="00B06724" w:rsidP="002C4ECA">
+          <w:p w14:paraId="29692C64" w14:textId="77777777" w:rsidR="000A7BC1" w:rsidRPr="000A7BC1" w:rsidRDefault="000A7BC1" w:rsidP="009B1624">
             <w:pPr>
               <w:pStyle w:val="05titreprincipalouobjetgras"/>
-              <w:spacing w:after="0"/>
-              <w:rPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="228CFC93" w14:textId="58337828" w:rsidR="002C4ECA" w:rsidRPr="002C4ECA" w:rsidRDefault="002C4ECA" w:rsidP="0A11125B">
-[...183 lines deleted...]
-          <w:p w14:paraId="062AF3F0" w14:textId="77777777" w:rsidR="00325BCE" w:rsidRDefault="00325BCE" w:rsidP="00B976F6">
+          <w:tbl>
+            <w:tblPr>
+              <w:tblStyle w:val="Grilledutableau"/>
+              <w:tblW w:w="0" w:type="auto"/>
+              <w:tblBorders>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:tblBorders>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="4820"/>
+              <w:gridCol w:w="4814"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="001743B3" w14:paraId="0C2BCF84" w14:textId="77777777" w:rsidTr="00187B93">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4820" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="660C592B" w14:textId="77777777" w:rsidR="001743B3" w:rsidRDefault="001743B3" w:rsidP="001743B3">
+                  <w:pPr>
+                    <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="5025"/>
+                    </w:tabs>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:t>Année de fin</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00AE2D85">
+                    <w:t xml:space="preserve"> de</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:t xml:space="preserve"> formation</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00AE2D85">
+                    <w:t xml:space="preserve"> (CFC, AFP ou MP)</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="35F2667D" w14:textId="4B2BDFE4" w:rsidR="00187B93" w:rsidRDefault="00187B93" w:rsidP="001743B3">
+                  <w:pPr>
+                    <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="5025"/>
+                    </w:tabs>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4814" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+                </w:tcPr>
+                <w:p w14:paraId="2F5287AD" w14:textId="321289A8" w:rsidR="001743B3" w:rsidRDefault="00497639" w:rsidP="001743B3">
+                  <w:pPr>
+                    <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="5025"/>
+                    </w:tabs>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  </w:pPr>
+                  <w:sdt>
+                    <w:sdtPr>
+                      <w:id w:val="-1461105755"/>
+                      <w14:checkbox>
+                        <w14:checked w14:val="0"/>
+                        <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                        <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                      </w14:checkbox>
+                    </w:sdtPr>
+                    <w:sdtEndPr/>
+                    <w:sdtContent>
+                      <w:r w:rsidR="001743B3">
+                        <w:rPr>
+                          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                        </w:rPr>
+                        <w:t>☐</w:t>
+                      </w:r>
+                    </w:sdtContent>
+                  </w:sdt>
+                  <w:r w:rsidR="001743B3">
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramStart"/>
+                  <w:r w:rsidR="001743B3">
+                    <w:t xml:space="preserve">2026  </w:t>
+                  </w:r>
+                  <w:r w:rsidR="001743B3">
+                    <w:tab/>
+                  </w:r>
+                  <w:proofErr w:type="gramEnd"/>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="000A7BC1" w14:paraId="7F3FE9AE" w14:textId="77777777" w:rsidTr="00187B93">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4820" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="77892869" w14:textId="77777777" w:rsidR="000A7BC1" w:rsidRDefault="00AE2D85" w:rsidP="000A7BC1">
+                  <w:pPr>
+                    <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="5025"/>
+                    </w:tabs>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:t>Profession</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00187B93">
+                    <w:t xml:space="preserve"> (nom officiel inscrit sur le CFC, l’AFP)</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="2261213C" w14:textId="3D8438D9" w:rsidR="00187B93" w:rsidRDefault="00187B93" w:rsidP="000A7BC1">
+                  <w:pPr>
+                    <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="5025"/>
+                    </w:tabs>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:sdt>
+                <w:sdtPr>
+                  <w:id w:val="1427997792"/>
+                  <w:placeholder>
+                    <w:docPart w:val="37479E22DB01423EAD7ED93C2941F56F"/>
+                  </w:placeholder>
+                  <w:showingPlcHdr/>
+                  <w15:appearance w15:val="hidden"/>
+                  <w:text/>
+                </w:sdtPr>
+                <w:sdtEndPr/>
+                <w:sdtContent>
+                  <w:tc>
+                    <w:tcPr>
+                      <w:tcW w:w="4814" w:type="dxa"/>
+                      <w:tcBorders>
+                        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                      </w:tcBorders>
+                      <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                    </w:tcPr>
+                    <w:p w14:paraId="0344BE29" w14:textId="77777777" w:rsidR="000A7BC1" w:rsidRDefault="000A7BC1" w:rsidP="000A7BC1">
+                      <w:pPr>
+                        <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                        <w:tabs>
+                          <w:tab w:val="left" w:pos="5025"/>
+                        </w:tabs>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                      </w:pPr>
+                      <w:r>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                    </w:p>
+                  </w:tc>
+                </w:sdtContent>
+              </w:sdt>
+            </w:tr>
+            <w:tr w:rsidR="00187B93" w14:paraId="40A11869" w14:textId="77777777" w:rsidTr="00187B93">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4820" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="358FD4F5" w14:textId="34D2E4F1" w:rsidR="00187B93" w:rsidRDefault="00187B93" w:rsidP="00187B93">
+                  <w:pPr>
+                    <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="5025"/>
+                    </w:tabs>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:t>Activité/Branche souhaitée durant le stage</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00340608">
+                    <w:t xml:space="preserve"> (lié</w:t>
+                  </w:r>
+                  <w:r w:rsidR="0027087E">
+                    <w:t xml:space="preserve"> à la profession</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00D93CD0">
+                    <w:t>)</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:sdt>
+                <w:sdtPr>
+                  <w:id w:val="1636377128"/>
+                  <w:placeholder>
+                    <w:docPart w:val="7BAD346E68574D2E90223C6B78D0D1CE"/>
+                  </w:placeholder>
+                  <w:showingPlcHdr/>
+                  <w15:appearance w15:val="hidden"/>
+                  <w:text/>
+                </w:sdtPr>
+                <w:sdtEndPr/>
+                <w:sdtContent>
+                  <w:tc>
+                    <w:tcPr>
+                      <w:tcW w:w="4814" w:type="dxa"/>
+                      <w:tcBorders>
+                        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                      </w:tcBorders>
+                      <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                    </w:tcPr>
+                    <w:p w14:paraId="69E9925E" w14:textId="427AAEFD" w:rsidR="00187B93" w:rsidRDefault="00187B93" w:rsidP="00187B93">
+                      <w:pPr>
+                        <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                        <w:tabs>
+                          <w:tab w:val="left" w:pos="840"/>
+                        </w:tabs>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                      </w:pPr>
+                      <w:r>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                    </w:p>
+                  </w:tc>
+                </w:sdtContent>
+              </w:sdt>
+            </w:tr>
+          </w:tbl>
+          <w:p w14:paraId="0D7470C8" w14:textId="77777777" w:rsidR="009B1624" w:rsidRDefault="009B1624" w:rsidP="00B976F6">
             <w:pPr>
               <w:pStyle w:val="04titreprincipalouobjetnormal"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="701999BE" w14:textId="486C84AE" w:rsidR="00B976F6" w:rsidRDefault="002C4ECA" w:rsidP="00B976F6">
+          <w:p w14:paraId="701999BE" w14:textId="6BB15771" w:rsidR="00B976F6" w:rsidRDefault="002C4ECA" w:rsidP="00B976F6">
             <w:pPr>
               <w:pStyle w:val="04titreprincipalouobjetnormal"/>
             </w:pPr>
             <w:r>
               <w:t>Offre</w:t>
             </w:r>
             <w:r w:rsidR="00952828" w:rsidRPr="00952828">
-              <w:t xml:space="preserve"> </w:t>
-[...13 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> Swiss Mobility</w:t>
+            </w:r>
             <w:r w:rsidR="00952828" w:rsidRPr="00952828">
               <w:br/>
             </w:r>
           </w:p>
           <w:p w14:paraId="0A0A5B56" w14:textId="2C37B4A3" w:rsidR="00952828" w:rsidRPr="00B976F6" w:rsidRDefault="00952828" w:rsidP="00B976F6">
             <w:pPr>
               <w:pStyle w:val="05titreprincipalouobjetgras"/>
             </w:pPr>
             <w:r w:rsidRPr="00B976F6">
-              <w:t xml:space="preserve">Le séjour dans le canton d’accueil </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> est structuré comme suit :</w:t>
+              <w:t>Le séjour dans le canton d’accueil Swiss Mobilty est structuré comme suit :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4A5EBB4C" w14:textId="69D4ED5E" w:rsidR="00952828" w:rsidRPr="00952828" w:rsidRDefault="0A11125B" w:rsidP="0A11125B">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0A11125B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="fr-FR"/>
@@ -1223,127 +2054,87 @@
             <w:r w:rsidRPr="0A11125B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>Le lieu, la durée, la forme et l'intensité du cours de langue préparatoire ou cours du soir</w:t>
             </w:r>
             <w:r w:rsidR="009252F5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve"> pendant le stage</w:t>
             </w:r>
             <w:r w:rsidRPr="0A11125B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
-              <w:t xml:space="preserve"> sont définis par la personne de contact </w:t>
-[...39 lines deleted...]
-              <w:t xml:space="preserve"> du canton de destination, </w:t>
+              <w:t xml:space="preserve"> sont définis par la personne de contact Swiss Mobility du canton de destination, </w:t>
             </w:r>
             <w:r w:rsidRPr="0A11125B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>seulement après la confirmation par l’entreprise</w:t>
             </w:r>
             <w:r w:rsidRPr="0A11125B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>. La décision est basée sur les exigences de l’entreprise, sur les besoins linguistiques du/de la stagiaire et sur le budget Movetia disponible.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2F443045" w14:textId="77777777" w:rsidR="00952828" w:rsidRPr="00952828" w:rsidRDefault="00952828" w:rsidP="00952828">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="65FCA2DA" w14:textId="22DFFE01" w:rsidR="00952828" w:rsidRPr="00952828" w:rsidRDefault="0A11125B" w:rsidP="0A11125B">
+          <w:p w14:paraId="65FCA2DA" w14:textId="583D2D4A" w:rsidR="00952828" w:rsidRPr="00952828" w:rsidRDefault="0A11125B" w:rsidP="0A11125B">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0A11125B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>Stage professionnel</w:t>
             </w:r>
@@ -1353,112 +2144,99 @@
             <w:r w:rsidRPr="0A11125B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve">Stage professionnel à temps plein (dans le domaine de formation) d'une durée de 3 à 5 mois. Salaire mensuel versé par l’entreprise : </w:t>
             </w:r>
             <w:r w:rsidR="002C4ECA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve">env. </w:t>
             </w:r>
             <w:r w:rsidRPr="0A11125B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
-              <w:t xml:space="preserve">CHF 1'200.- (montant indicatif selon le secteur d’activité). </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="002C4ECA">
+              <w:t>CHF 1'</w:t>
+            </w:r>
+            <w:r w:rsidR="00E53154">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
-              <w:t>Swiss</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="002C4ECA">
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0A11125B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t xml:space="preserve">00.- (montant indicatif selon le secteur d’activité). </w:t>
+            </w:r>
             <w:r w:rsidR="002C4ECA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
-              <w:t>Mobility</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Swiss Mobility </w:t>
             </w:r>
             <w:r w:rsidRPr="0A11125B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>verse une contribution fixe aux frais d’hébergement durant le séjour dans le canton d’accueil.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="28007298" w14:textId="77777777" w:rsidR="00952828" w:rsidRPr="00952828" w:rsidRDefault="00952828" w:rsidP="00952828">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3438EC30" w14:textId="6FD2FB34" w:rsidR="00952828" w:rsidRPr="00952828" w:rsidRDefault="00952828" w:rsidP="00952828">
+          <w:p w14:paraId="3438EC30" w14:textId="04E36C87" w:rsidR="00952828" w:rsidRPr="00952828" w:rsidRDefault="00952828" w:rsidP="00952828">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00952828">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve">Langue à perfectionner : </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                   <w:bCs/>
                   <w:lang w:val="fr-FR"/>
                 </w:rPr>
                 <w:id w:val="-1828664938"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
@@ -1499,111 +2277,170 @@
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00952828">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:lang w:val="fr-FR"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidRPr="00952828">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve"> italien</w:t>
             </w:r>
             <w:r w:rsidRPr="00952828">
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:br/>
-              <w:t xml:space="preserve">Indique ton canton de préférence* (numérote par ordre de préférence, 1=ton premier choix) : </w:t>
+              <w:t>Indique</w:t>
+            </w:r>
+            <w:r w:rsidR="00744C64">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>r</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00952828">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00700A2D">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>le</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00952828">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> canton de préférence* (numérote par ordre de préférence, 1=</w:t>
+            </w:r>
+            <w:r w:rsidR="00744C64">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>votre</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00952828">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> premier choix) : </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="06C9C568" w14:textId="2C63231A" w:rsidR="00952828" w:rsidRPr="00D6534E" w:rsidRDefault="0A11125B" w:rsidP="00952828">
+          <w:p w14:paraId="06C9C568" w14:textId="103FF49E" w:rsidR="00952828" w:rsidRPr="00677827" w:rsidRDefault="0A11125B" w:rsidP="00952828">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00B25D34">
               <w:t xml:space="preserve">Pour l’allemand : </w:t>
             </w:r>
             <w:r w:rsidR="00F21119" w:rsidRPr="00B25D34">
               <w:t>(</w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="257108083"/>
                 <w:placeholder>
                   <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
                 </w:placeholder>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F21119" w:rsidRPr="00B25D34">
                   <w:t xml:space="preserve"> No.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00F21119" w:rsidRPr="00B25D34">
               <w:t xml:space="preserve">) </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B25D34">
+            <w:r w:rsidRPr="00677827">
               <w:t xml:space="preserve">Lucerne </w:t>
             </w:r>
-            <w:r w:rsidR="00D6534E" w:rsidRPr="00B25D34">
+            <w:r w:rsidR="00D6534E" w:rsidRPr="00677827">
               <w:t>(</w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="-1774854804"/>
                 <w:placeholder>
                   <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
                 </w:placeholder>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00D6534E" w:rsidRPr="00B25D34">
+                <w:r w:rsidR="00D6534E" w:rsidRPr="00677827">
                   <w:t xml:space="preserve"> No.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00D6534E" w:rsidRPr="00B25D34">
+            <w:r w:rsidR="00D6534E" w:rsidRPr="00677827">
               <w:t xml:space="preserve">) </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D6534E">
+            <w:r w:rsidRPr="00677827">
               <w:t>Valais</w:t>
+            </w:r>
+            <w:r w:rsidR="00700A2D" w:rsidRPr="00677827">
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:id w:val="-1351640227"/>
+                <w:placeholder>
+                  <w:docPart w:val="B69A7C66DFE243F2BB3783CF92F9EF78"/>
+                </w:placeholder>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00700A2D" w:rsidRPr="00677827">
+                  <w:t xml:space="preserve"> No.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00700A2D" w:rsidRPr="00677827">
+              <w:t>) Fribourg</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6E7A175A" w14:textId="4F52FCDA" w:rsidR="00952828" w:rsidRPr="00952828" w:rsidRDefault="00952828" w:rsidP="00952828">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00952828">
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve">Pour l’italien : </w:t>
             </w:r>
             <w:r w:rsidR="00D6534E" w:rsidRPr="0A11125B">
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="fr-FR"/>
@@ -1629,2786 +2466,3018 @@
               </w:rPr>
               <w:t xml:space="preserve">) </w:t>
             </w:r>
             <w:r w:rsidRPr="00952828">
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>Tessin</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4495D5B9" w14:textId="638BAFAB" w:rsidR="00952828" w:rsidRDefault="0A11125B" w:rsidP="004541D3">
             <w:pPr>
               <w:pStyle w:val="04titreprincipalouobjetnormal"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0A11125B">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> * Le point 3 des conditions générales s’applique : le/la </w:t>
-[...53 lines deleted...]
-              <w:t xml:space="preserve"> pour la recherche de l’entreprise puisse ne pas figurer parmi les cantons souhaités.</w:t>
+              <w:t xml:space="preserve"> * Le point 3 des conditions générales s’applique : le/la candidat-e accepte que le canton proposé par Swiss Mobility pour la recherche de l’entreprise puisse ne pas figurer parmi les cantons souhaités.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="738EBE19" w14:textId="77777777" w:rsidR="00317A0F" w:rsidRDefault="00317A0F" w:rsidP="004541D3">
             <w:pPr>
               <w:pStyle w:val="04titreprincipalouobjetnormal"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4799249D" w14:textId="447E5D74" w:rsidR="00317A0F" w:rsidRPr="00952828" w:rsidRDefault="007E5101" w:rsidP="004541D3">
+          <w:p w14:paraId="4799249D" w14:textId="3A62D316" w:rsidR="00317A0F" w:rsidRPr="00952828" w:rsidRDefault="00497639" w:rsidP="004541D3">
             <w:pPr>
               <w:pStyle w:val="04titreprincipalouobjetnormal"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="635765223"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r>
+                <w:r w:rsidR="007E5101">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00601E83">
-              <w:t xml:space="preserve"> Je suis</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="001D7A21">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidR="002B307F">
+              <w:t>Je suis prêt-e à</w:t>
+            </w:r>
             <w:r w:rsidR="00601E83">
-              <w:t xml:space="preserve">disposé-e à </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00D1187E">
               <w:t>chercher par moi-même</w:t>
             </w:r>
             <w:r w:rsidR="00F14820">
               <w:t xml:space="preserve"> une place de stage dans un autre canton</w:t>
             </w:r>
             <w:r w:rsidR="001D7A21">
               <w:t xml:space="preserve"> dans le cas où je ne serais pas sélectionné</w:t>
             </w:r>
             <w:r w:rsidR="001934FF">
               <w:t>-e</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4402A708" w14:textId="6009E08A" w:rsidR="00952828" w:rsidRPr="00952828" w:rsidRDefault="00952828" w:rsidP="004541D3">
             <w:pPr>
               <w:pStyle w:val="04titreprincipalouobjetnormal"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7261D8C5" w14:textId="098C3EE9" w:rsidR="00952828" w:rsidRPr="00D6534E" w:rsidRDefault="00D6534E" w:rsidP="004541D3">
+          <w:p w14:paraId="7261D8C5" w14:textId="098C3EE9" w:rsidR="00952828" w:rsidRDefault="00D6534E" w:rsidP="004541D3">
             <w:pPr>
               <w:pStyle w:val="04titreprincipalouobjetnormal"/>
               <w:rPr>
                 <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D6534E">
               <w:rPr>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t>Compétences linguistiques</w:t>
             </w:r>
             <w:r w:rsidR="0A11125B" w:rsidRPr="00D6534E">
               <w:rPr>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> dans la langue à perfectionner : </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5CDEC2EB" w14:textId="038E261A" w:rsidR="00952828" w:rsidRPr="00952828" w:rsidRDefault="0A11125B" w:rsidP="004541D3">
+          <w:p w14:paraId="7DAC6C6C" w14:textId="77777777" w:rsidR="00BF03C5" w:rsidRPr="00D6534E" w:rsidRDefault="00BF03C5" w:rsidP="004541D3">
+            <w:pPr>
+              <w:pStyle w:val="04titreprincipalouobjetnormal"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5CDEC2EB" w14:textId="21E6AEA9" w:rsidR="00952828" w:rsidRDefault="00497639" w:rsidP="004541D3">
             <w:pPr>
               <w:pStyle w:val="04titreprincipalouobjetnormal"/>
             </w:pPr>
-            <w:r w:rsidRPr="0A11125B">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+                  <w:b w:val="0"/>
+                  <w:bCs w:val="0"/>
+                </w:rPr>
+                <w:id w:val="-1563014513"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00443941">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:b w:val="0"/>
+                    <w:bCs w:val="0"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="0A11125B" w:rsidRPr="0A11125B">
+              <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
-              <w:t>☐</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0A11125B">
+              <w:t xml:space="preserve"> A1 </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:b w:val="0"/>
+                  <w:bCs w:val="0"/>
+                </w:rPr>
+                <w:id w:val="883378528"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00443941">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:b w:val="0"/>
+                    <w:bCs w:val="0"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="0A11125B" w:rsidRPr="0A11125B">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+              <w:t xml:space="preserve"> A2 </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:b w:val="0"/>
+                  <w:bCs w:val="0"/>
+                </w:rPr>
+                <w:id w:val="-1289894467"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="001010C9">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:b w:val="0"/>
+                    <w:bCs w:val="0"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="0A11125B" w:rsidRPr="0A11125B">
+              <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
-              <w:t>☐</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0A11125B">
+              <w:t xml:space="preserve"> B1</w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:b w:val="0"/>
+                  <w:bCs w:val="0"/>
+                </w:rPr>
+                <w:id w:val="-243717910"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="001010C9">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:b w:val="0"/>
+                    <w:bCs w:val="0"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="0A11125B" w:rsidRPr="0A11125B">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A2 </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+              <w:t xml:space="preserve"> B2 </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:b w:val="0"/>
+                  <w:bCs w:val="0"/>
+                </w:rPr>
+                <w:id w:val="-1683043101"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="001010C9">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:b w:val="0"/>
+                    <w:bCs w:val="0"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="0A11125B" w:rsidRPr="0A11125B">
+              <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
-              <w:t>☐</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0A11125B">
+              <w:t xml:space="preserve"> C1 </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:b w:val="0"/>
+                  <w:bCs w:val="0"/>
+                </w:rPr>
+                <w:id w:val="1300876924"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="001010C9">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:b w:val="0"/>
+                    <w:bCs w:val="0"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="0A11125B" w:rsidRPr="0A11125B">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve"> B1</w:t>
-[...43 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> C2</w:t>
             </w:r>
             <w:r w:rsidR="00952828">
               <w:br/>
             </w:r>
             <w:r w:rsidR="00952828">
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00D6534E">
+            <w:r w:rsidR="0A11125B" w:rsidRPr="00D6534E">
               <w:rPr>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t>Période de stage</w:t>
             </w:r>
             <w:r w:rsidR="00D6534E">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="33381CF0" w14:textId="77777777" w:rsidR="00706C2E" w:rsidRDefault="00952828" w:rsidP="0A11125B">
+          <w:p w14:paraId="56C2CE5E" w14:textId="77777777" w:rsidR="00BF03C5" w:rsidRPr="00952828" w:rsidRDefault="00BF03C5" w:rsidP="004541D3">
+            <w:pPr>
+              <w:pStyle w:val="04titreprincipalouobjetnormal"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6E406053" w14:textId="0A37B829" w:rsidR="004865EB" w:rsidRDefault="00952828" w:rsidP="0A11125B">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00952828">
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>Indique la période et la durée souhaitées (août 202</w:t>
             </w:r>
             <w:r w:rsidR="00365044">
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="00952828">
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve"> à juillet 202</w:t>
             </w:r>
             <w:r w:rsidR="00365044">
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidRPr="00952828">
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
-              <w:t xml:space="preserve">) : </w:t>
+              <w:t>) :</w:t>
+            </w:r>
+            <w:r w:rsidR="000D2444">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00952828">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
+                  <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   <w:lang w:val="fr-FR"/>
                 </w:rPr>
-                <w:id w:val="1447808412"/>
+                <w:id w:val="354164513"/>
                 <w:placeholder>
-                  <w:docPart w:val="4AE4AB13225D4F9B80F87E98A3A63765"/>
+                  <w:docPart w:val="CEB2B29F72BC4082A823E85BE4F7A395"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00161E06" w:rsidRPr="00786466">
+                <w:r w:rsidR="006C19D4" w:rsidRPr="001010C9">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
-                  <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidR="00164977" w:rsidRPr="001010C9">
+                  <w:rPr>
+                    <w:rStyle w:val="Textedelespacerserv"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve">                            </w:t>
+                </w:r>
+                <w:r w:rsidR="00164977" w:rsidRPr="001010C9">
+                  <w:rPr>
+                    <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                    <w:lang w:val="fr-FR"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve">  </w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="00952828">
-[...4 lines deleted...]
-            </w:r>
           </w:p>
-          <w:p w14:paraId="404DC0F3" w14:textId="4AE5C9EF" w:rsidR="00706C2E" w:rsidRDefault="00706C2E" w:rsidP="0A11125B">
+          <w:p w14:paraId="7FFC6CC4" w14:textId="77777777" w:rsidR="005A319B" w:rsidRDefault="005A319B" w:rsidP="0A11125B">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="71F44C62" w14:textId="6C4AE373" w:rsidR="00706C2E" w:rsidRDefault="008C7AF5" w:rsidP="0A11125B">
+          <w:p w14:paraId="2E17F2AB" w14:textId="77777777" w:rsidR="005A319B" w:rsidRDefault="005A319B" w:rsidP="0A11125B">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
+          </w:p>
+          <w:p w14:paraId="52C159B2" w14:textId="77777777" w:rsidR="005A319B" w:rsidRDefault="005A319B" w:rsidP="0A11125B">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4EE47D65" w14:textId="44502C54" w:rsidR="00952828" w:rsidRPr="00952828" w:rsidRDefault="00952828" w:rsidP="0A11125B">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D6534E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Références</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6ED3CCB4" w14:textId="538657DE" w:rsidR="00952828" w:rsidRPr="00952828" w:rsidRDefault="00952828" w:rsidP="0A11125B">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0A11125B">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Les références peuvent être demandées à l'école professionnelle ou à l'entreprise formatrice (formateur/-rice ou direction dans les deux cas)</w:t>
+            </w:r>
+            <w:r w:rsidR="00161E06">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D646756" w14:textId="77777777" w:rsidR="00706C2E" w:rsidRDefault="00952828" w:rsidP="0A11125B">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0A11125B">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Avec les données suivantes, je recommande cette candidature au stage professionnel Swiss Mobility et me tiens volontiers à disposition pour des renseignements.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00ED7C18" w14:textId="3DEA379D" w:rsidR="00952828" w:rsidRPr="00706C2E" w:rsidRDefault="00952828" w:rsidP="0A11125B">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D6534E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Données personne de référence</w:t>
+            </w:r>
+          </w:p>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblStyle w:val="Grilledutableau"/>
+              <w:tblW w:w="0" w:type="auto"/>
+              <w:tblBorders>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:tblBorders>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="1980"/>
+              <w:gridCol w:w="2832"/>
+              <w:gridCol w:w="1425"/>
+              <w:gridCol w:w="3387"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="003D5346" w14:paraId="5CAA5FB8" w14:textId="77777777" w:rsidTr="00FC583C">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1980" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="3368E84B" w14:textId="77777777" w:rsidR="003D5346" w:rsidRDefault="003D5346" w:rsidP="003D5346">
+                  <w:pPr>
+                    <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="5025"/>
+                    </w:tabs>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:t>Nom</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="5AA4599D" w14:textId="77777777" w:rsidR="003D5346" w:rsidRDefault="003D5346" w:rsidP="003D5346">
+                  <w:pPr>
+                    <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="5025"/>
+                    </w:tabs>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:sdt>
+                <w:sdtPr>
+                  <w:id w:val="1669294090"/>
+                  <w:placeholder>
+                    <w:docPart w:val="80AF0E840B984D6E94B3438BA8D9818E"/>
+                  </w:placeholder>
+                  <w:showingPlcHdr/>
+                  <w15:appearance w15:val="hidden"/>
+                  <w:text/>
+                </w:sdtPr>
+                <w:sdtEndPr/>
+                <w:sdtContent>
+                  <w:tc>
+                    <w:tcPr>
+                      <w:tcW w:w="2832" w:type="dxa"/>
+                      <w:tcBorders>
+                        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                      </w:tcBorders>
+                      <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                    </w:tcPr>
+                    <w:p w14:paraId="6E0ECA1A" w14:textId="77777777" w:rsidR="003D5346" w:rsidRDefault="003D5346" w:rsidP="003D5346">
+                      <w:pPr>
+                        <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                        <w:tabs>
+                          <w:tab w:val="left" w:pos="5025"/>
+                        </w:tabs>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                      </w:pPr>
+                      <w:r>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                    </w:p>
+                  </w:tc>
+                </w:sdtContent>
+              </w:sdt>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1425" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="486C4121" w14:textId="77777777" w:rsidR="003D5346" w:rsidRDefault="003D5346" w:rsidP="003D5346">
+                  <w:pPr>
+                    <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="5025"/>
+                    </w:tabs>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:t>Prénom</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:sdt>
+                <w:sdtPr>
+                  <w:id w:val="-1876613190"/>
+                  <w:placeholder>
+                    <w:docPart w:val="0EABDE047346478698B0FB3A93111A88"/>
+                  </w:placeholder>
+                  <w:showingPlcHdr/>
+                  <w15:appearance w15:val="hidden"/>
+                  <w:text/>
+                </w:sdtPr>
+                <w:sdtEndPr/>
+                <w:sdtContent>
+                  <w:tc>
+                    <w:tcPr>
+                      <w:tcW w:w="3387" w:type="dxa"/>
+                      <w:tcBorders>
+                        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                      </w:tcBorders>
+                      <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                    </w:tcPr>
+                    <w:p w14:paraId="7C0B6839" w14:textId="77777777" w:rsidR="003D5346" w:rsidRDefault="003D5346" w:rsidP="003D5346">
+                      <w:pPr>
+                        <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                        <w:tabs>
+                          <w:tab w:val="left" w:pos="5025"/>
+                        </w:tabs>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                      </w:pPr>
+                      <w:r>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                    </w:p>
+                  </w:tc>
+                </w:sdtContent>
+              </w:sdt>
+            </w:tr>
+            <w:tr w:rsidR="003D5346" w14:paraId="2288514D" w14:textId="77777777" w:rsidTr="0027015E">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1980" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="0F27105B" w14:textId="22E21F97" w:rsidR="003D5346" w:rsidRDefault="003D5346" w:rsidP="003D5346">
+                  <w:pPr>
+                    <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="5025"/>
+                    </w:tabs>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:t>Fonction</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="68AB25DC" w14:textId="77777777" w:rsidR="003D5346" w:rsidRDefault="003D5346" w:rsidP="003D5346">
+                  <w:pPr>
+                    <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="5025"/>
+                    </w:tabs>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:sdt>
+                <w:sdtPr>
+                  <w:id w:val="1478721462"/>
+                  <w:placeholder>
+                    <w:docPart w:val="2A7ED907ED3A492A93BDA100C724FA2C"/>
+                  </w:placeholder>
+                  <w:showingPlcHdr/>
+                  <w15:appearance w15:val="hidden"/>
+                  <w:text/>
+                </w:sdtPr>
+                <w:sdtEndPr/>
+                <w:sdtContent>
+                  <w:tc>
+                    <w:tcPr>
+                      <w:tcW w:w="2832" w:type="dxa"/>
+                      <w:tcBorders>
+                        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                      </w:tcBorders>
+                      <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                    </w:tcPr>
+                    <w:p w14:paraId="08D8489C" w14:textId="77777777" w:rsidR="003D5346" w:rsidRDefault="003D5346" w:rsidP="003D5346">
+                      <w:pPr>
+                        <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                        <w:tabs>
+                          <w:tab w:val="left" w:pos="5025"/>
+                        </w:tabs>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                      </w:pPr>
+                      <w:r>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                    </w:p>
+                  </w:tc>
+                </w:sdtContent>
+              </w:sdt>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1425" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="6C663A6C" w14:textId="1E130E11" w:rsidR="003D5346" w:rsidRDefault="003D5346" w:rsidP="003D5346">
+                  <w:pPr>
+                    <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="5025"/>
+                    </w:tabs>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:t xml:space="preserve">Mail </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:sdt>
+                <w:sdtPr>
+                  <w:id w:val="-1094864389"/>
+                  <w:placeholder>
+                    <w:docPart w:val="3562A156B473430EAB6A12B7471D5577"/>
+                  </w:placeholder>
+                  <w:showingPlcHdr/>
+                  <w15:appearance w15:val="hidden"/>
+                  <w:text/>
+                </w:sdtPr>
+                <w:sdtEndPr/>
+                <w:sdtContent>
+                  <w:tc>
+                    <w:tcPr>
+                      <w:tcW w:w="3387" w:type="dxa"/>
+                      <w:tcBorders>
+                        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                      </w:tcBorders>
+                      <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                    </w:tcPr>
+                    <w:p w14:paraId="28DC3274" w14:textId="77777777" w:rsidR="003D5346" w:rsidRDefault="003D5346" w:rsidP="003D5346">
+                      <w:pPr>
+                        <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                        <w:tabs>
+                          <w:tab w:val="left" w:pos="5025"/>
+                        </w:tabs>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                      </w:pPr>
+                      <w:r>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                    </w:p>
+                  </w:tc>
+                </w:sdtContent>
+              </w:sdt>
+            </w:tr>
+            <w:tr w:rsidR="00602252" w14:paraId="22278104" w14:textId="77777777" w:rsidTr="00C86BD7">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1980" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="090C78AD" w14:textId="77777777" w:rsidR="0027015E" w:rsidRDefault="0027015E" w:rsidP="003D5346">
+                  <w:pPr>
+                    <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="5025"/>
+                    </w:tabs>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:t>Téléphone</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="6D583314" w14:textId="58CC7815" w:rsidR="00C86BD7" w:rsidRDefault="00C86BD7" w:rsidP="003D5346">
+                  <w:pPr>
+                    <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="5025"/>
+                    </w:tabs>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:sdt>
+                <w:sdtPr>
+                  <w:id w:val="-1462725297"/>
+                  <w:placeholder>
+                    <w:docPart w:val="E54EEFC17BE640809FD517F5E4E4A32A"/>
+                  </w:placeholder>
+                  <w:showingPlcHdr/>
+                  <w15:appearance w15:val="hidden"/>
+                  <w:text/>
+                </w:sdtPr>
+                <w:sdtEndPr/>
+                <w:sdtContent>
+                  <w:tc>
+                    <w:tcPr>
+                      <w:tcW w:w="2832" w:type="dxa"/>
+                      <w:tcBorders>
+                        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                      </w:tcBorders>
+                      <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                    </w:tcPr>
+                    <w:p w14:paraId="6BAC86FD" w14:textId="28BAA9B7" w:rsidR="00602252" w:rsidRDefault="00C86BD7" w:rsidP="003D5346">
+                      <w:pPr>
+                        <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                        <w:tabs>
+                          <w:tab w:val="left" w:pos="5025"/>
+                        </w:tabs>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                      </w:pPr>
+                      <w:r>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                    </w:p>
+                  </w:tc>
+                </w:sdtContent>
+              </w:sdt>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1425" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+                </w:tcPr>
+                <w:p w14:paraId="54C39A82" w14:textId="77777777" w:rsidR="00602252" w:rsidRDefault="00602252" w:rsidP="003D5346">
+                  <w:pPr>
+                    <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="5025"/>
+                    </w:tabs>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3387" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+                </w:tcPr>
+                <w:p w14:paraId="6F0B5E24" w14:textId="77777777" w:rsidR="00602252" w:rsidRDefault="00602252" w:rsidP="003D5346">
+                  <w:pPr>
+                    <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="5025"/>
+                    </w:tabs>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00602252" w14:paraId="5051754C" w14:textId="77777777" w:rsidTr="00135D87">
+              <w:trPr>
+                <w:trHeight w:val="364"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1980" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="47B8A737" w14:textId="77777777" w:rsidR="00602252" w:rsidRDefault="00602252" w:rsidP="003D5346">
+                  <w:pPr>
+                    <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="5025"/>
+                    </w:tabs>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2832" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+                </w:tcPr>
+                <w:p w14:paraId="73F6170E" w14:textId="77777777" w:rsidR="00602252" w:rsidRDefault="00602252" w:rsidP="003D5346">
+                  <w:pPr>
+                    <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="5025"/>
+                    </w:tabs>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="11F3D2EF" w14:textId="77777777" w:rsidR="00C86BD7" w:rsidRDefault="00C86BD7" w:rsidP="003D5346">
+                  <w:pPr>
+                    <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="5025"/>
+                    </w:tabs>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1425" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:left w:val="nil"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+                </w:tcPr>
+                <w:p w14:paraId="51EFC828" w14:textId="77777777" w:rsidR="00602252" w:rsidRDefault="00602252" w:rsidP="003D5346">
+                  <w:pPr>
+                    <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="5025"/>
+                    </w:tabs>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3387" w:type="dxa"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+                </w:tcPr>
+                <w:p w14:paraId="76DE7C3F" w14:textId="77777777" w:rsidR="00602252" w:rsidRDefault="00602252" w:rsidP="003D5346">
+                  <w:pPr>
+                    <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="5025"/>
+                    </w:tabs>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00602252" w14:paraId="1F7CE544" w14:textId="77777777" w:rsidTr="00E31F2F">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1980" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="0A615066" w14:textId="071E95EA" w:rsidR="00602252" w:rsidRDefault="00C86BD7" w:rsidP="003D5346">
+                  <w:pPr>
+                    <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="5025"/>
+                    </w:tabs>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:t>Lieu et date</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:sdt>
+                <w:sdtPr>
+                  <w:id w:val="252628703"/>
+                  <w:placeholder>
+                    <w:docPart w:val="778B331B8AB54B77AA9C9B885BC1612A"/>
+                  </w:placeholder>
+                  <w:showingPlcHdr/>
+                  <w15:appearance w15:val="hidden"/>
+                  <w:text/>
+                </w:sdtPr>
+                <w:sdtEndPr/>
+                <w:sdtContent>
+                  <w:tc>
+                    <w:tcPr>
+                      <w:tcW w:w="2832" w:type="dxa"/>
+                      <w:tcBorders>
+                        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                      </w:tcBorders>
+                      <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                    </w:tcPr>
+                    <w:p w14:paraId="52562255" w14:textId="5DD36AEF" w:rsidR="00602252" w:rsidRDefault="00C86BD7" w:rsidP="003D5346">
+                      <w:pPr>
+                        <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                        <w:tabs>
+                          <w:tab w:val="left" w:pos="5025"/>
+                        </w:tabs>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                      </w:pPr>
+                      <w:r>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                    </w:p>
+                  </w:tc>
+                </w:sdtContent>
+              </w:sdt>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1425" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="4D700972" w14:textId="77777777" w:rsidR="00602252" w:rsidRDefault="00602252" w:rsidP="003D5346">
+                  <w:pPr>
+                    <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="5025"/>
+                    </w:tabs>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3387" w:type="dxa"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+                </w:tcPr>
+                <w:p w14:paraId="5E2729D6" w14:textId="265161B7" w:rsidR="00C86BD7" w:rsidRDefault="00C86BD7" w:rsidP="003D5346">
+                  <w:pPr>
+                    <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="5025"/>
+                    </w:tabs>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00C86BD7" w14:paraId="3F73C212" w14:textId="77777777" w:rsidTr="00E31F2F">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1980" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="3522A286" w14:textId="77777777" w:rsidR="00C86BD7" w:rsidRDefault="00C86BD7" w:rsidP="003D5346">
+                  <w:pPr>
+                    <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="5025"/>
+                    </w:tabs>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2832" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+                </w:tcPr>
+                <w:p w14:paraId="0CC1CFDD" w14:textId="77777777" w:rsidR="00C86BD7" w:rsidRDefault="00C86BD7" w:rsidP="003D5346">
+                  <w:pPr>
+                    <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="5025"/>
+                    </w:tabs>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1425" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:left w:val="nil"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="02501B52" w14:textId="77777777" w:rsidR="00C86BD7" w:rsidRDefault="00C86BD7" w:rsidP="003D5346">
+                  <w:pPr>
+                    <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="5025"/>
+                    </w:tabs>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3387" w:type="dxa"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+                </w:tcPr>
+                <w:p w14:paraId="5634B795" w14:textId="77777777" w:rsidR="00C86BD7" w:rsidRDefault="00C86BD7" w:rsidP="003D5346">
+                  <w:pPr>
+                    <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="5025"/>
+                    </w:tabs>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00C86BD7" w14:paraId="544FABAC" w14:textId="77777777" w:rsidTr="00E31F2F">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1980" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="2E9B3CF8" w14:textId="6626CD7B" w:rsidR="00C86BD7" w:rsidRDefault="00C86BD7" w:rsidP="003D5346">
+                  <w:pPr>
+                    <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="5025"/>
+                    </w:tabs>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:t>Signature</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2832" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+                </w:tcPr>
+                <w:p w14:paraId="147EAF91" w14:textId="77777777" w:rsidR="00C86BD7" w:rsidRDefault="00C86BD7" w:rsidP="003D5346">
+                  <w:pPr>
+                    <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="5025"/>
+                    </w:tabs>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1425" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:left w:val="nil"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="5B220D5D" w14:textId="77777777" w:rsidR="00C86BD7" w:rsidRDefault="00C86BD7" w:rsidP="003D5346">
+                  <w:pPr>
+                    <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="5025"/>
+                    </w:tabs>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3387" w:type="dxa"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+                </w:tcPr>
+                <w:p w14:paraId="446791C2" w14:textId="77777777" w:rsidR="00C86BD7" w:rsidRDefault="00C86BD7" w:rsidP="003D5346">
+                  <w:pPr>
+                    <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="5025"/>
+                    </w:tabs>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w14:paraId="7952667F" w14:textId="64D69DDF" w:rsidR="00952828" w:rsidRPr="00952828" w:rsidRDefault="00952828" w:rsidP="00952828">
+            <w:pPr>
+              <w:pBdr>
+                <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00952828">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00952828">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00952828">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00952828">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00952828">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="449A99A6" w14:textId="787FB14B" w:rsidR="00161E06" w:rsidRPr="00161E06" w:rsidRDefault="00161E06" w:rsidP="0A11125B">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00161E06">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Signature candidat-e</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="619098E5" w14:textId="77777777" w:rsidR="00161E06" w:rsidRDefault="0A11125B" w:rsidP="00161E06">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0A11125B">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Par ma signature, je me porte candidat-e pour un stage Swiss Mobility. J'ai lu et compris les conditions générales et les accepte.</w:t>
+            </w:r>
+            <w:r w:rsidR="00161E06">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0A11125B">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Je suis conscient-e que l'obtention d'une place de stage n'est pas garantie.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A0B46EB" w14:textId="0362E066" w:rsidR="0A11125B" w:rsidRDefault="0A11125B" w:rsidP="00161E06">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0A11125B">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>J'accepte que les partenaires Swiss Mobility ainsi que les entreprises contactées puissent consulter mon dossier.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03475245" w14:textId="77777777" w:rsidR="00161E06" w:rsidRDefault="00161E06" w:rsidP="00161E06">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="084BD77B" w14:textId="011D38E7" w:rsidR="00135D87" w:rsidRPr="0A11125B" w:rsidRDefault="0A11125B" w:rsidP="0A11125B">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0A11125B">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>J'autorise également que les partenaires Swiss Mobility et les entreprises contactées se renseignent auprès de la référence indiquée plus haut.</w:t>
+            </w:r>
+          </w:p>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblStyle w:val="Grilledutableau"/>
+              <w:tblW w:w="0" w:type="auto"/>
+              <w:tblBorders>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:tblBorders>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="1980"/>
+              <w:gridCol w:w="2832"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="00135D87" w14:paraId="04E24163" w14:textId="77777777" w:rsidTr="00FC583C">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1980" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="1288F52D" w14:textId="10DD400C" w:rsidR="00135D87" w:rsidRDefault="00135D87" w:rsidP="00135D87">
+                  <w:pPr>
+                    <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="5025"/>
+                    </w:tabs>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:t>Nom, prénom</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="2B326C15" w14:textId="77777777" w:rsidR="00135D87" w:rsidRDefault="00135D87" w:rsidP="00135D87">
+                  <w:pPr>
+                    <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="5025"/>
+                    </w:tabs>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:sdt>
+                <w:sdtPr>
+                  <w:id w:val="922529906"/>
+                  <w:placeholder>
+                    <w:docPart w:val="E167898D8C60475FA5363614F736A3AF"/>
+                  </w:placeholder>
+                  <w:showingPlcHdr/>
+                  <w15:appearance w15:val="hidden"/>
+                  <w:text/>
+                </w:sdtPr>
+                <w:sdtEndPr/>
+                <w:sdtContent>
+                  <w:tc>
+                    <w:tcPr>
+                      <w:tcW w:w="2832" w:type="dxa"/>
+                      <w:tcBorders>
+                        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                      </w:tcBorders>
+                      <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                    </w:tcPr>
+                    <w:p w14:paraId="486925F7" w14:textId="77777777" w:rsidR="00135D87" w:rsidRDefault="00135D87" w:rsidP="00135D87">
+                      <w:pPr>
+                        <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                        <w:tabs>
+                          <w:tab w:val="left" w:pos="5025"/>
+                        </w:tabs>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                      </w:pPr>
+                      <w:r>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                    </w:p>
+                  </w:tc>
+                </w:sdtContent>
+              </w:sdt>
+            </w:tr>
+            <w:tr w:rsidR="00135D87" w14:paraId="676200D2" w14:textId="77777777" w:rsidTr="00135D87">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1980" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="76F31F78" w14:textId="216C4A28" w:rsidR="00135D87" w:rsidRDefault="00135D87" w:rsidP="00135D87">
+                  <w:pPr>
+                    <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="5025"/>
+                    </w:tabs>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:t>Lieu et date</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="680B3ABF" w14:textId="77777777" w:rsidR="00135D87" w:rsidRDefault="00135D87" w:rsidP="00135D87">
+                  <w:pPr>
+                    <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="5025"/>
+                    </w:tabs>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:sdt>
+                <w:sdtPr>
+                  <w:id w:val="1773581699"/>
+                  <w:placeholder>
+                    <w:docPart w:val="BE0ED8DCE5564DFB95827570060CB97B"/>
+                  </w:placeholder>
+                  <w:showingPlcHdr/>
+                  <w15:appearance w15:val="hidden"/>
+                  <w:text/>
+                </w:sdtPr>
+                <w:sdtEndPr/>
+                <w:sdtContent>
+                  <w:tc>
+                    <w:tcPr>
+                      <w:tcW w:w="2832" w:type="dxa"/>
+                      <w:tcBorders>
+                        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                      </w:tcBorders>
+                      <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                    </w:tcPr>
+                    <w:p w14:paraId="11D9B0D8" w14:textId="77777777" w:rsidR="00135D87" w:rsidRDefault="00135D87" w:rsidP="00135D87">
+                      <w:pPr>
+                        <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                        <w:tabs>
+                          <w:tab w:val="left" w:pos="5025"/>
+                        </w:tabs>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                      </w:pPr>
+                      <w:r>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                    </w:p>
+                  </w:tc>
+                </w:sdtContent>
+              </w:sdt>
+            </w:tr>
+            <w:tr w:rsidR="00135D87" w14:paraId="79F3A4BB" w14:textId="77777777" w:rsidTr="00135D87">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1980" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="3583E8CC" w14:textId="77777777" w:rsidR="00212B42" w:rsidRDefault="00212B42" w:rsidP="00135D87">
+                  <w:pPr>
+                    <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="5025"/>
+                    </w:tabs>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="35C65487" w14:textId="4B2069B4" w:rsidR="00135D87" w:rsidRDefault="00135D87" w:rsidP="00135D87">
+                  <w:pPr>
+                    <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="5025"/>
+                    </w:tabs>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:t>Signature</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="14A58986" w14:textId="77777777" w:rsidR="00135D87" w:rsidRDefault="00135D87" w:rsidP="00135D87">
+                  <w:pPr>
+                    <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="5025"/>
+                    </w:tabs>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2832" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+                </w:tcPr>
+                <w:p w14:paraId="2D99A249" w14:textId="3933975C" w:rsidR="00135D87" w:rsidRDefault="00135D87" w:rsidP="00135D87">
+                  <w:pPr>
+                    <w:pStyle w:val="05titreprincipalouobjetgras"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="5025"/>
+                    </w:tabs>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w14:paraId="3C2DF2C5" w14:textId="77777777" w:rsidR="00135D87" w:rsidRDefault="00135D87" w:rsidP="0A11125B">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="032234CC" w14:textId="591CAD37" w:rsidR="0A11125B" w:rsidRDefault="0A11125B" w:rsidP="0A11125B">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0A11125B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Pour tous les candidat-e-s (majeur</w:t>
+            </w:r>
+            <w:r w:rsidR="00145A29">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>-e-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0A11125B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>s également)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7199ECFC" w14:textId="70C35635" w:rsidR="00AB6846" w:rsidRPr="00135D87" w:rsidRDefault="0A11125B" w:rsidP="0A11125B">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0A11125B">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Signature du/de la représentant-e légal-e (pour son information) :</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="765F78A1" w14:textId="77777777" w:rsidR="00135D87" w:rsidRDefault="0A11125B" w:rsidP="0079543F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0A11125B">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Envoyer ce formulaire, les conditions générales signées ainsi que l’ensemble des documents demandés (</w:t>
+            </w:r>
+            <w:r w:rsidR="00EC7458">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>voir checklist en dernière page</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0A11125B">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) à l'adresse postale suivante ou à l’adresse </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0A11125B">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>mail</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0A11125B">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11">
+              <w:r w:rsidRPr="0A11125B">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:lang w:val="fr-FR"/>
+                </w:rPr>
+                <w:t>leila.bersier@edufr.ch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="0A11125B">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0A11125B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">jusqu’au </w:t>
+            </w:r>
+            <w:r w:rsidR="000F5389">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+            <w:r w:rsidR="002F442C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> février 202</w:t>
+            </w:r>
+            <w:r w:rsidR="00365044">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0A11125B">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00952828" w:rsidRPr="00952828">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A495023" w14:textId="77777777" w:rsidR="00135D87" w:rsidRDefault="00952828" w:rsidP="00135D87">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00952828">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Service de la formation professionnelle</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00952828">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00952828">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="00B06724">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Madame</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00952828">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Leïla Bersier</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B7CFF73" w14:textId="0A917BDC" w:rsidR="00B06724" w:rsidRPr="00135D87" w:rsidRDefault="00952828" w:rsidP="00135D87">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00952828">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Derrière-les-Remparts</w:t>
+            </w:r>
+            <w:r w:rsidR="00567A30">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00952828">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="576008FC" w14:textId="77777777" w:rsidR="00212B42" w:rsidRDefault="00952828" w:rsidP="00212B42">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00952828">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>CH-1700 Fribourg</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D026471" w14:textId="7DE50E3C" w:rsidR="00952828" w:rsidRPr="00212B42" w:rsidRDefault="00952828" w:rsidP="00212B42">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004541D3">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Conditions générales</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00952828">
+              <w:br/>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00952828">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004F04E9">
+              <w:t>1. Le/la candidat-e au stage professionnel Swiss Mobility rempl</w:t>
+            </w:r>
+            <w:r w:rsidR="00716A14">
+              <w:t>it</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F04E9">
+              <w:t xml:space="preserve"> les conditions d'admission suivantes :</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5FD43D68" w14:textId="77777777" w:rsidR="00952828" w:rsidRPr="00952828" w:rsidRDefault="00952828" w:rsidP="00065E89">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00952828">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>a) nationalité suisse ou étrangère avec un permis B ou C ;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C44B072" w14:textId="3FB00412" w:rsidR="00952828" w:rsidRDefault="3A15A158" w:rsidP="00065E89">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="3A15A158">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>b) diplôme de formation professionnelle de base, niveau secondaire II (AFC, CFC ou maturité professionnelle) délivré en 202</w:t>
+            </w:r>
+            <w:r w:rsidR="00365044">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3A15A158">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00952828">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="00952828">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="3A15A158">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. Le/la candidat-e adresse au Service de la formation professionnelle (SFP) </w:t>
+            </w:r>
+            <w:r w:rsidR="00716A14">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>le formulaire</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3A15A158">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ainsi que l’ensemble des documents requis (voir checklist </w:t>
+            </w:r>
+            <w:r w:rsidR="00EC7458">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>en dernière page</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3A15A158">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">), jusqu’au </w:t>
+            </w:r>
+            <w:r w:rsidR="002F442C">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="000F5389">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="002F442C">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> février 202</w:t>
+            </w:r>
+            <w:r w:rsidR="00365044">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3A15A158">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7892CEC7" w14:textId="77777777" w:rsidR="00B83C4C" w:rsidRPr="00952828" w:rsidRDefault="00B83C4C" w:rsidP="00065E89">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2231F44F" w14:textId="77777777" w:rsidR="00952828" w:rsidRPr="00952828" w:rsidRDefault="00952828" w:rsidP="00B83C4C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00952828">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3. La procédure de sélection se déroule comme suit : </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71764DF1" w14:textId="7ED3BD0A" w:rsidR="00952828" w:rsidRPr="00952828" w:rsidRDefault="00952828" w:rsidP="00B83C4C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00952828">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">a) le SFP sélectionne les candidatures selon leur ordre d’arrivée, leur </w:t>
+            </w:r>
+            <w:r w:rsidR="009B4DF5">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>intégralité</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00952828">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> et leur qualité (documents complétés, signés + CV et </w:t>
+            </w:r>
+            <w:r w:rsidR="00716A14">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>formulaire</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00952828">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de motivation</w:t>
+            </w:r>
+            <w:r w:rsidR="009B4DF5">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de qualité</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00952828">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00952828">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62990F2F" w14:textId="1C083593" w:rsidR="00952828" w:rsidRPr="00952828" w:rsidRDefault="00952828" w:rsidP="00B83C4C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00952828">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>b) le SFP transmet les candidatures sélectionnées aux cantons indiqués comme favoris sur le formulaire. Le canton d’accueil examine les dossiers et indique au SFP les candidatures qu’il peut traiter, en fonction de la capacité organisationnelle et des professions concernées ;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24E86900" w14:textId="3313A1E7" w:rsidR="00952828" w:rsidRDefault="00952828" w:rsidP="00B83C4C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00952828">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">c) le SFP communique le canton sélectionné au/à la candidat-e. Ce canton peut ne pas être dans les premiers choix du/de la candidat-e. Après confirmation du/de la candidat-e, le partenaire Swiss Mobility du canton sélectionné commence la recherche de l’entreprise d’accueil. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29BBAE0F" w14:textId="707B55C1" w:rsidR="006E21C6" w:rsidRDefault="00223AEE" w:rsidP="00B83C4C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">d) le ou la candidat-e </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A54C02">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>non sélectionné-e</w:t>
+            </w:r>
+            <w:r w:rsidR="001C3369">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> par un canton partenaire peut chercher par ses propres moye</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50ADE">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ns ; </w:t>
+            </w:r>
+            <w:r w:rsidR="00174EDB">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">si </w:t>
+            </w:r>
+            <w:r w:rsidR="001E2FA6">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">une place de stage est trouvée, le SFP </w:t>
+            </w:r>
+            <w:r w:rsidR="00F17DA3">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>s’occupe de la coordination administrative</w:t>
+            </w:r>
+            <w:r w:rsidR="003551D9">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (point 6)</w:t>
+            </w:r>
+            <w:r w:rsidR="00F17DA3">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1336ED44" w14:textId="77777777" w:rsidR="00B83C4C" w:rsidRPr="00952828" w:rsidRDefault="00B83C4C" w:rsidP="00B83C4C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0310E033" w14:textId="77777777" w:rsidR="00952828" w:rsidRPr="00952828" w:rsidRDefault="00952828" w:rsidP="00952828">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00952828">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>4. Le canton d’accueil sélectionné ne peut pas garantir de réussir à trouver une entreprise de stage. Le/la candidat-e est invité-e à participer à la recherche, à l’aide d’une fiche d’information sur le projet Swiss Mobility mis à disposition par le canton d’accueil sélectionné.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52973FC0" w14:textId="3AE9D431" w:rsidR="00952828" w:rsidRPr="00952828" w:rsidRDefault="00952828" w:rsidP="004F04E9">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00952828">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007A5851">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Normalement, l’entreprise intéressée demande un entretien personnel pour évaluer le/la candidat-e. Après l’offre de stage définitive (y compris les dates), le/la candidat-e est invité-e à confirmer l’offre dans les 15 jours. Une deuxième offre n’est pas garantie.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C6BB712" w14:textId="332884F9" w:rsidR="003469F4" w:rsidRDefault="00952828" w:rsidP="004F04E9">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00952828">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6. Ce n’est qu’après la confirmation de l’entreprise de stage et du/de la candidat-e que la personne de contact Swiss Mobility du canton d’accueil organise le cours de langue et aide à la recherche d’un logement. Le canton du Tessin, principal chargé du projet Swiss Mobility, établit le contrat pour la bourse. Il finance ensuite le cours de langue et verse au/à la participant-e une contribution fixe pour les frais d’hébergement et pour le </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E50D4B">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>transport aller-retou</w:t>
+            </w:r>
+            <w:r w:rsidR="00961A21" w:rsidRPr="00E50D4B">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>r</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E50D4B">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00952828">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00952828">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">7. Frais à la charge du/de la candidat-e : cours de langue supplémentaires, hébergement (part non couverte par le financement Swiss Mobility), </w:t>
+            </w:r>
+            <w:r w:rsidR="008A4418">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>repas</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00952828">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, transports publics locaux, dépenses personnelles, </w:t>
+            </w:r>
+            <w:r w:rsidR="008A4418">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">autres </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00952828">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>voyage</w:t>
+            </w:r>
+            <w:r w:rsidR="008A4418">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00952828">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> et </w:t>
+            </w:r>
+            <w:r w:rsidR="008A4418">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>tous les frais</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00952828">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="008A4418">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>non</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00952828">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> mentionné</w:t>
+            </w:r>
+            <w:r w:rsidR="008A4418">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00952828">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> au point 6.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00952828">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00952828">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>8. Le/la candidat-e reçoit le salaire, dont le montant indicatif est mentionné au point 9, uniquement s’il travaille à temps plein dans l'entreprise. Le salaire est directement versé par l’entreprise au/à la stagiaire.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61FACC5B" w14:textId="4E77CDA1" w:rsidR="009A68EB" w:rsidRDefault="00952828" w:rsidP="00B83C4C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00952828">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>9. Stage professionnel à temps plein dans l'entreprise : l’entreprise signe une convention de stage avec le canton d’accueil et le/la candidat-e, dans laquelle elle s'engage à verser un salaire mensuel brut de CHF 1'200.- (montant indicatif selon le secteur d’activité), de prendre en charge les frais liés aux prestations de sécurité sociale et d’assurer le stagiaire pour les cas d’accidents.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5211C2E4" w14:textId="7CC9A675" w:rsidR="004F04E9" w:rsidRDefault="00952828" w:rsidP="00B83C4C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00952828">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>10. Le/la candidat-e sélectionné-e envoie dès que possible au SFP un certificat ou une copie de sa police d'assurance responsabilité civile</w:t>
+            </w:r>
+            <w:r w:rsidR="00BC06ED">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> privé</w:t>
+            </w:r>
+            <w:r w:rsidR="001E190D">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00952828">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (ou celle des parents s’ils vivent encore sous le même toit).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="731BF376" w14:textId="77777777" w:rsidR="003B3378" w:rsidRDefault="003B3378" w:rsidP="00B83C4C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="147CDD1C" w14:textId="77777777" w:rsidR="00BC06ED" w:rsidRPr="00952828" w:rsidRDefault="00BC06ED" w:rsidP="00B83C4C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="66B05C37" w14:textId="51449168" w:rsidR="00E50D4B" w:rsidRDefault="0A11125B" w:rsidP="00E50D4B">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0A11125B">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">11. En cas d'interruption volontaire du séjour, quelle qu’en soit la raison, avant le délai planifié et convenu, le/la stagiaire s'engage à rembourser </w:t>
+            </w:r>
+            <w:r w:rsidR="007575C3">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>au</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0A11125B">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="007575C3">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">partenaire Swiss Mobility </w:t>
+            </w:r>
+            <w:r w:rsidR="00BC06ED">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>la totalité d</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0A11125B">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>es frais prévus pour le cours de langue et l'hébergement.</w:t>
+            </w:r>
+            <w:r w:rsidR="00952828">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="00952828">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="0A11125B">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>12. Le canton d’accueil peut mettre fin au stage avec effet immédiat, en accord avec le SFP et le Service</w:t>
+            </w:r>
+            <w:r w:rsidR="007575C3">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Mobilità e scambi</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0A11125B">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="007575C3">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0A11125B">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>MeS</w:t>
+            </w:r>
+            <w:r w:rsidR="007575C3">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0A11125B">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>, si le/la candidat-e :</w:t>
+            </w:r>
+            <w:r w:rsidR="00952828">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="0A11125B">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>a) a fait une fausse déclaration de santé ou de bonne conduite</w:t>
+            </w:r>
+            <w:r w:rsidR="007575C3">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0A11125B">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidR="00952828">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="0A11125B">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>b) est dans une situation de détresse (accident, maladie certifiée, détresse psychologique extrême, problème familial)</w:t>
+            </w:r>
+            <w:r w:rsidR="007575C3">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BC06ED">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidR="00952828">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="0A11125B">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>c) ne respecte pas les instructions et les directives de l'employeur,</w:t>
+            </w:r>
+            <w:r w:rsidR="009B7536">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> du SFP,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0A11125B">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> des organisateurs partenaires Swiss Mobility, du propriétaire du logement ou les lois suisses.</w:t>
+            </w:r>
+            <w:r w:rsidR="00952828">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="00952828">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="0A11125B">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>13. Dans le cas 12</w:t>
+            </w:r>
+            <w:r w:rsidR="009B7536">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> a) et</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0A11125B">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> c), le/la stagiaire s'engage à rembourser les frais prévus pour le séjour, le cours de langue et le logement au Service MeS.</w:t>
+            </w:r>
+            <w:r w:rsidR="00952828">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="00952828">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="0A11125B">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">14. Ni les organisateurs Swiss Mobility (canton d’origine et canton d’accueil), ni l’entreprise de stage ou le bailleur ne </w:t>
+            </w:r>
+            <w:r w:rsidR="005F562E">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>peuvent être tenus</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0A11125B">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> responsables du/de la candidat-e et des conséquences de ses actes.</w:t>
+            </w:r>
+            <w:r w:rsidR="00952828">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="00952828">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="0A11125B">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>15. Le/la candidat-e informe</w:t>
+            </w:r>
+            <w:r w:rsidR="005F562E">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> immédiatement</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0A11125B">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> le</w:t>
+            </w:r>
+            <w:r w:rsidR="005F562E">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>s partenaires Swiss Mobility et le SFP</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0A11125B">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> des éventuelles difficultés pouvant survenir pendant le séjour et aide à </w:t>
+            </w:r>
+            <w:r w:rsidR="005F562E">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>la recherche de solutions</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0A11125B">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00952828">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="00952828">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="0A11125B">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>16. À la fin du séjour, le/la candidat-e s'engage à remplir tous les formulaires demandés par le canton d’accueil et à les renvoyer dans les meilleurs délais. Les données sont traitées à des fins statistiques, de manière confidentielle et anonyme.</w:t>
+            </w:r>
+            <w:r w:rsidR="00952828">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="00952828">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="0A11125B">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">17. À la fin du </w:t>
+            </w:r>
+            <w:r w:rsidR="005F562E">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>stage</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0A11125B">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>, le/la candidat-e reçoit un certificat de travail de l’entreprise et un certificat de participation au projet Swiss Mobility.</w:t>
+            </w:r>
+            <w:r w:rsidR="00952828">
+              <w:br/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60D58CF6" w14:textId="77777777" w:rsidR="00194369" w:rsidRDefault="00194369" w:rsidP="007575C3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="01BF8525" w14:textId="77777777" w:rsidR="00194369" w:rsidRDefault="00194369" w:rsidP="007575C3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="25ABFB03" w14:textId="77777777" w:rsidR="00194369" w:rsidRDefault="00194369" w:rsidP="007575C3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="38149D1C" w14:textId="77777777" w:rsidR="00194369" w:rsidRDefault="00194369" w:rsidP="007575C3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5AA90B10" w14:textId="77777777" w:rsidR="00194369" w:rsidRDefault="00194369" w:rsidP="007575C3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="66242458" w14:textId="77777777" w:rsidR="00194369" w:rsidRDefault="00194369" w:rsidP="007575C3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1032E59F" w14:textId="77777777" w:rsidR="00194369" w:rsidRDefault="00194369" w:rsidP="007575C3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0A7721CF" w14:textId="77777777" w:rsidR="00194369" w:rsidRDefault="00194369" w:rsidP="007575C3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="413B9FA6" w14:textId="4E790A14" w:rsidR="00194369" w:rsidRDefault="00194369" w:rsidP="007575C3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6F229FC6" w14:textId="77777777" w:rsidR="00194369" w:rsidRDefault="00194369" w:rsidP="007575C3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2D33BC78" w14:textId="256994D7" w:rsidR="00AB6846" w:rsidRDefault="00AB6846" w:rsidP="007575C3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="781AE1E1" w14:textId="77777777" w:rsidR="00AB6846" w:rsidRDefault="00AB6846" w:rsidP="007575C3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3AB6E7C4" w14:textId="02991D5A" w:rsidR="001934FF" w:rsidRDefault="001934FF" w:rsidP="007575C3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="36F0A377" w14:textId="77777777" w:rsidR="001934FF" w:rsidRDefault="001934FF" w:rsidP="007575C3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6A0BE281" w14:textId="77777777" w:rsidR="001934FF" w:rsidRDefault="001934FF" w:rsidP="007575C3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="66DD5067" w14:textId="2E8B23B5" w:rsidR="001934FF" w:rsidRDefault="001934FF" w:rsidP="007575C3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="002C3D76" w14:textId="77777777" w:rsidR="001934FF" w:rsidRDefault="001934FF" w:rsidP="007575C3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="46A27E93" w14:textId="77777777" w:rsidR="001934FF" w:rsidRDefault="001934FF" w:rsidP="007575C3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="10B79EBC" w14:textId="16A0B252" w:rsidR="001934FF" w:rsidRDefault="00236009" w:rsidP="007575C3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00297327">
               <w:rPr>
+                <w:noProof/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="20FD418D" wp14:editId="7981A981">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2DE5BAD3" wp14:editId="2C46E5F9">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="margin">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
-                    <wp:posOffset>290195</wp:posOffset>
+                    <wp:posOffset>161925</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2858770" cy="421005"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapTight wrapText="bothSides">
                     <wp:wrapPolygon edited="0">
                       <wp:start x="0" y="0"/>
                       <wp:lineTo x="0" y="20525"/>
                       <wp:lineTo x="21446" y="20525"/>
                       <wp:lineTo x="21446" y="0"/>
                       <wp:lineTo x="0" y="0"/>
                     </wp:wrapPolygon>
                   </wp:wrapTight>
                   <wp:docPr id="6" name="Immagine 6" descr="Une image contenant texte, clipart&#10;&#10;Description générée automatiquement"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="6" name="Immagine 6" descr="Une image contenant texte, clipart&#10;&#10;Description générée automatiquement"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId11" cstate="print">
+                          <a:blip r:embed="rId12" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2858770" cy="421005"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
-          <w:p w14:paraId="188D6D2F" w14:textId="4C5ECF7E" w:rsidR="00706C2E" w:rsidRDefault="00706C2E" w:rsidP="0A11125B">
+          <w:p w14:paraId="53E6BDF1" w14:textId="77777777" w:rsidR="003B3378" w:rsidRDefault="003B3378" w:rsidP="007575C3">
             <w:pPr>
-              <w:spacing w:line="276" w:lineRule="auto"/>
-[...345 lines deleted...]
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-            <w:r w:rsidR="00161E06" w:rsidRPr="00161E06">
+          </w:p>
+          <w:p w14:paraId="7FCF70A4" w14:textId="77777777" w:rsidR="003B3378" w:rsidRDefault="003B3378" w:rsidP="007575C3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
-              <w:t>Signature candidat-e</w:t>
-[...50 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="505D137E" w14:textId="276D924B" w:rsidR="0A11125B" w:rsidRDefault="0A11125B" w:rsidP="0A11125B">
-[...1676 lines deleted...]
-          <w:p w14:paraId="60D58CF6" w14:textId="77777777" w:rsidR="00194369" w:rsidRDefault="00194369" w:rsidP="007575C3">
+          <w:p w14:paraId="18EA9B95" w14:textId="77777777" w:rsidR="003B3378" w:rsidRDefault="003B3378" w:rsidP="007575C3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="01BF8525" w14:textId="77777777" w:rsidR="00194369" w:rsidRDefault="00194369" w:rsidP="007575C3">
+          <w:p w14:paraId="181C3559" w14:textId="77777777" w:rsidR="003B3378" w:rsidRDefault="003B3378" w:rsidP="007575C3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="25ABFB03" w14:textId="77777777" w:rsidR="00194369" w:rsidRDefault="00194369" w:rsidP="007575C3">
-[...203 lines deleted...]
-          <w:p w14:paraId="6DB8681D" w14:textId="7D3EBBC0" w:rsidR="007575C3" w:rsidRDefault="0A11125B" w:rsidP="007575C3">
+          <w:p w14:paraId="6DB8681D" w14:textId="7B5F7519" w:rsidR="007575C3" w:rsidRDefault="0A11125B" w:rsidP="007575C3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00944A97">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Checklist des documents de candidature</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="14631E90" w14:textId="53BA40F8" w:rsidR="001F2062" w:rsidRPr="00944A97" w:rsidRDefault="00952828" w:rsidP="007575C3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -4571,117 +5640,537 @@
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve">6) </w:t>
             </w:r>
             <w:r w:rsidR="0A11125B" w:rsidRPr="00944A97">
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve">Copie du passeport ou de la carte d'identité </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3F783FED" w14:textId="7A6EB73C" w:rsidR="00944A97" w:rsidRDefault="00944A97" w:rsidP="00944A97">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">7) </w:t>
             </w:r>
             <w:r w:rsidR="0A11125B" w:rsidRPr="00944A97">
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>Déclaration sur l’état de santé (complétée et signée)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="10BAC623" w14:textId="12EB1D0A" w:rsidR="00B25D34" w:rsidRPr="00944A97" w:rsidRDefault="00944A97" w:rsidP="00944A97">
+          <w:p w14:paraId="1398842C" w14:textId="77777777" w:rsidR="00B25D34" w:rsidRDefault="00944A97" w:rsidP="00944A97">
             <w:pPr>
+              <w:pBdr>
+                <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+              </w:pBdr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">8) </w:t>
             </w:r>
             <w:r w:rsidR="0A11125B" w:rsidRPr="00944A97">
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>Déclaration de bonne conduite (complétée et signée)</w:t>
             </w:r>
+          </w:p>
+          <w:p w14:paraId="56354715" w14:textId="77777777" w:rsidR="00340608" w:rsidRDefault="00340608" w:rsidP="00944A97">
+            <w:pPr>
+              <w:pBdr>
+                <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6EA9B273" w14:textId="000B0CCB" w:rsidR="004F0E74" w:rsidRPr="004F0E74" w:rsidRDefault="004F0E74" w:rsidP="004F0E74">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0E74">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Curriculum Vitae : consignes pour sa rédaction</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F2FCD66" w14:textId="77777777" w:rsidR="004F0E74" w:rsidRPr="004F0E74" w:rsidRDefault="004F0E74" w:rsidP="00432D8F">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="23"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0E74">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Photo</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67E7CA59" w14:textId="77777777" w:rsidR="004F0E74" w:rsidRPr="004F0E74" w:rsidRDefault="004F0E74" w:rsidP="00432D8F">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="23"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0E74">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Récente – de face ou légèrement de profil – cadrer l’objectif sur le visage (les épaules peuvent apparaître) – visage souriant – regarder l’objectif – fond neutre et uni</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="424AA1C2" w14:textId="77777777" w:rsidR="004F0E74" w:rsidRDefault="004F0E74" w:rsidP="00432D8F">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="23"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0E74">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Essentiel : rester naturel !</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C65E62F" w14:textId="77777777" w:rsidR="00432D8F" w:rsidRPr="004F0E74" w:rsidRDefault="00432D8F" w:rsidP="00432D8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="1440"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="442C58C2" w14:textId="77777777" w:rsidR="004F0E74" w:rsidRPr="004F0E74" w:rsidRDefault="004F0E74" w:rsidP="00432D8F">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="23"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0E74">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Profession et activité recherchée</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0E74">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7455D6AD" w14:textId="77777777" w:rsidR="004F0E74" w:rsidRPr="004F0E74" w:rsidRDefault="004F0E74" w:rsidP="00432D8F">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="23"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0E74">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Nom de la profession</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C19A0A3" w14:textId="77777777" w:rsidR="004F0E74" w:rsidRDefault="004F0E74" w:rsidP="00432D8F">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="23"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0E74">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Secteur d’activité souhaité, lié à la profession</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="025417C0" w14:textId="77777777" w:rsidR="00432D8F" w:rsidRPr="004F0E74" w:rsidRDefault="00432D8F" w:rsidP="00432D8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="1440"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1E345560" w14:textId="77777777" w:rsidR="004F0E74" w:rsidRPr="004F0E74" w:rsidRDefault="004F0E74" w:rsidP="00432D8F">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="23"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0E74">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Expérience professionnelle</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58BBF447" w14:textId="77777777" w:rsidR="004F0E74" w:rsidRDefault="004F0E74" w:rsidP="00432D8F">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="23"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0E74">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Saisir chaque expérience d’au moins une semaine de travail, non rémunérée, à l’exception des stages durant l’école secondaire</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31BBF6A7" w14:textId="77777777" w:rsidR="00432D8F" w:rsidRPr="004F0E74" w:rsidRDefault="00432D8F" w:rsidP="00432D8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="1440"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3D972EAC" w14:textId="77777777" w:rsidR="004F0E74" w:rsidRPr="004F0E74" w:rsidRDefault="004F0E74" w:rsidP="00432D8F">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="23"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0E74">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Compétences (énumérer et détailler)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BE63F05" w14:textId="77777777" w:rsidR="004F0E74" w:rsidRPr="004F0E74" w:rsidRDefault="004F0E74" w:rsidP="00432D8F">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="23"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0E74">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Activités extrascolaires (dates, rôles, tâches). Par exemple : moniteur de scout, assistant moniteur athlétisme, arbitre, groupe musical, etc.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B0C880B" w14:textId="77777777" w:rsidR="004F0E74" w:rsidRPr="004F0E74" w:rsidRDefault="004F0E74" w:rsidP="00432D8F">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="23"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0E74">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Sports pratiqués régulièrement (durée, club de sport, récompenses, prix, etc.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2ACBF71F" w14:textId="77777777" w:rsidR="004F0E74" w:rsidRPr="004F0E74" w:rsidRDefault="004F0E74" w:rsidP="00432D8F">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="23"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0E74">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Instrument pratiqué régulièrement (durée, concerts, prix, etc.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6DD4341B" w14:textId="77777777" w:rsidR="004F0E74" w:rsidRPr="004F0E74" w:rsidRDefault="004F0E74" w:rsidP="00432D8F">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="23"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0E74">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Autres loisirs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00DFD378" w14:textId="77777777" w:rsidR="004F0E74" w:rsidRPr="004F0E74" w:rsidRDefault="004F0E74" w:rsidP="00432D8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="25C04630" w14:textId="77777777" w:rsidR="004F0E74" w:rsidRPr="004F0E74" w:rsidRDefault="004F0E74" w:rsidP="00432D8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0E74">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Suivre le modèle de CV Europass en ligne : </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r w:rsidRPr="004F0E74">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:bCs/>
+                  <w:lang w:val="fr-FR"/>
+                </w:rPr>
+                <w:t>https://europa.eu/europass/fr/create-your-europass-cv</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="004F0E74">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21FE043E" w14:textId="77777777" w:rsidR="00677827" w:rsidRDefault="00677827" w:rsidP="00944A97">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="10BAC623" w14:textId="4A86F4B9" w:rsidR="00677827" w:rsidRPr="00944A97" w:rsidRDefault="00677827" w:rsidP="00944A97">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C86BD7" w:rsidRPr="00952828" w14:paraId="72C6F5A1" w14:textId="77777777" w:rsidTr="0082650E">
+        <w:trPr>
+          <w:trHeight w:val="134"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9639" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="142" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3604D75E" w14:textId="77777777" w:rsidR="00C86BD7" w:rsidRPr="004541D3" w:rsidRDefault="00C86BD7" w:rsidP="008740D7">
+            <w:pPr>
+              <w:pStyle w:val="05titreprincipalouobjetgras"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="5025"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="14725E36" w14:textId="5F95BC49" w:rsidR="000F5389" w:rsidRPr="00297327" w:rsidRDefault="00B707C4" w:rsidP="00297327">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="000F5389" w:rsidRPr="00297327" w:rsidSect="00A4416B">
-      <w:headerReference w:type="even" r:id="rId15"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId20"/>
+      <w:headerReference w:type="even" r:id="rId16"/>
+      <w:headerReference w:type="default" r:id="rId17"/>
+      <w:footerReference w:type="even" r:id="rId18"/>
+      <w:footerReference w:type="default" r:id="rId19"/>
+      <w:headerReference w:type="first" r:id="rId20"/>
+      <w:footerReference w:type="first" r:id="rId21"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1701" w:right="851" w:bottom="1134" w:left="1418" w:header="652" w:footer="510" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="53C2D16B" w14:textId="77777777" w:rsidR="00A604A5" w:rsidRDefault="00A604A5">
+    <w:p w14:paraId="1725C851" w14:textId="77777777" w:rsidR="008A5452" w:rsidRDefault="008A5452">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="46CB5B66" w14:textId="77777777" w:rsidR="00A604A5" w:rsidRDefault="00A604A5">
+    <w:p w14:paraId="6CCC8FC5" w14:textId="77777777" w:rsidR="008A5452" w:rsidRDefault="008A5452">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -4881,61 +6370,61 @@
       </w:rPr>
       <w:t>B</w:t>
     </w:r>
     <w:r w:rsidRPr="00EC5B93">
       <w:rPr>
         <w:b/>
         <w:lang w:val="fr-CH"/>
       </w:rPr>
       <w:t>D</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="1B5C7E29" w14:textId="77777777" w:rsidR="00A83152" w:rsidRPr="00BF50CB" w:rsidRDefault="00A83152" w:rsidP="0021282B">
     <w:pPr>
       <w:pStyle w:val="01entteetbasdepage"/>
       <w:rPr>
         <w:lang w:val="fr-CH"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6845356C" w14:textId="77777777" w:rsidR="00A604A5" w:rsidRDefault="00A604A5">
+    <w:p w14:paraId="0ADE7187" w14:textId="77777777" w:rsidR="008A5452" w:rsidRDefault="008A5452">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4A79F23F" w14:textId="77777777" w:rsidR="00A604A5" w:rsidRDefault="00A604A5">
+    <w:p w14:paraId="6956DC4E" w14:textId="77777777" w:rsidR="008A5452" w:rsidRDefault="008A5452">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3958CCC9" w14:textId="77777777" w:rsidR="00E02054" w:rsidRDefault="00E02054">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
@@ -5079,51 +6568,51 @@
           <w:r w:rsidRPr="0064336A">
             <w:rPr>
               <w:b w:val="0"/>
               <w:lang w:val="de-DE"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
           <w:r w:rsidRPr="0064336A">
             <w:rPr>
               <w:b w:val="0"/>
               <w:noProof/>
               <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
             </w:rPr>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="30F50612" wp14:editId="42F6A3D3">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>-215265</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>25400</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="116205" cy="220980"/>
                 <wp:effectExtent l="19050" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
-                <wp:docPr id="4" name="Picture 2" descr="ecusson_seite_2_300.jpg"/>
+                <wp:docPr id="1607513589" name="Picture 2" descr="ecusson_seite_2_300.jpg"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="431380620" name="Picture 2" descr="ecusson_seite_2_300.jpg"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="116205" cy="220980"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
@@ -5175,51 +6664,51 @@
         </w:tcPr>
         <w:p w14:paraId="357A7020" w14:textId="77777777" w:rsidR="000F5389" w:rsidRPr="00AA545D" w:rsidRDefault="00D73EB1" w:rsidP="002121B3">
           <w:pPr>
             <w:pStyle w:val="TM1"/>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00AA545D">
             <w:rPr>
               <w:noProof/>
               <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
             </w:rPr>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0AF7B3D7" wp14:editId="5BBAFEF1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>-2963</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>847</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="935990" cy="795866"/>
                 <wp:effectExtent l="25400" t="0" r="3810" b="0"/>
                 <wp:wrapNone/>
-                <wp:docPr id="1" name="Image 1" descr="logo_fr_300.jpg"/>
+                <wp:docPr id="751954178" name="Image 751954178" descr="logo_fr_300.jpg"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="648964106" name="logo_fr_300.jpg"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="935990" cy="795867"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
@@ -5365,51 +6854,51 @@
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:numPicBullet w:numPicBulletId="0">
     <w:pict>
       <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
         <v:stroke joinstyle="miter"/>
         <v:formulas>
           <v:f eqn="if lineDrawn pixelLineWidth 0"/>
           <v:f eqn="sum @0 1 0"/>
           <v:f eqn="sum 0 0 @1"/>
           <v:f eqn="prod @2 1 2"/>
           <v:f eqn="prod @3 21600 pixelWidth"/>
           <v:f eqn="prod @3 21600 pixelHeight"/>
           <v:f eqn="sum @0 0 1"/>
           <v:f eqn="prod @6 1 2"/>
           <v:f eqn="prod @7 21600 pixelWidth"/>
           <v:f eqn="sum @8 21600 0"/>
           <v:f eqn="prod @7 21600 pixelHeight"/>
           <v:f eqn="sum @10 21600 0"/>
         </v:formulas>
         <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
         <o:lock v:ext="edit" aspectratio="t"/>
       </v:shapetype>
-      <v:shape id="_x0000_i1026" type="#_x0000_t75" style="width:10.5pt;height:10.5pt" o:bullet="t">
+      <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:10.5pt;height:10.5pt" o:bullet="t">
         <v:imagedata r:id="rId1" o:title="ecusson"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF80"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="297CE232"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
@@ -5829,50 +7318,163 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="8F042176" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C661604" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1A2374D9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C2665086"/>
+    <w:lvl w:ilvl="0" w:tplc="100C0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="9DBEE7EE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="100C0005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="100C0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="100C0003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="100C0005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="100C0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="100C0003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="100C0005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="22C93BF8"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A3B49B20"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="357"/>
         </w:tabs>
         <w:ind w:left="142" w:hanging="142"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:color w:val="2F60AC"/>
         <w:sz w:val="17"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
@@ -5950,51 +7552,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2841032F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A1B2C066"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="646"/>
         </w:tabs>
         <w:ind w:left="425" w:hanging="141"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:color w:val="2F60AC"/>
         <w:sz w:val="17"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
@@ -6096,51 +7698,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="44330E24"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="65586536"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="227"/>
         </w:tabs>
         <w:ind w:left="227" w:hanging="227"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:color w:val="2F60AC"/>
         <w:sz w:val="17"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
@@ -6218,51 +7820,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="546A1B12"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="3996AFE0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:pStyle w:val="10cnumrotation3eniveau"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1106"/>
         </w:tabs>
         <w:ind w:left="1106" w:hanging="369"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:caps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:vanish w:val="0"/>
         <w:color w:val="auto"/>
         <w:spacing w:val="0"/>
@@ -6454,51 +8056,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="4326"/>
         </w:tabs>
         <w:ind w:left="4110" w:hanging="1224"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4686"/>
         </w:tabs>
         <w:ind w:left="4686" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="57260FD6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6D20CB4C"/>
     <w:lvl w:ilvl="0" w:tplc="999C65E4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:pStyle w:val="10bnumrotation2eniveau"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="737"/>
         </w:tabs>
         <w:ind w:left="737" w:hanging="368"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:caps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:vanish w:val="0"/>
         <w:color w:val="auto"/>
         <w:sz w:val="24"/>
@@ -6565,51 +8167,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="2E68BD36" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="57167BF4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="57D372EB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9372DF3A"/>
     <w:lvl w:ilvl="0" w:tplc="6D20C1E4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="08puces3"/>
       <w:lvlText w:val="&gt;"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="814" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:caps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:vanish w:val="0"/>
         <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none"/>
         <w:vertAlign w:val="baseline"/>
@@ -6698,51 +8300,51 @@
     <w:lvl w:ilvl="7" w:tplc="ECE00A9A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="122CA9D8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5A897F7A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="96A0DD84"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="851" w:hanging="851"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:caps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:vanish w:val="0"/>
         <w:color w:val="auto"/>
         <w:spacing w:val="0"/>
         <w:position w:val="0"/>
@@ -6934,51 +8536,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="3957"/>
         </w:tabs>
         <w:ind w:left="3741" w:hanging="1224"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4317"/>
         </w:tabs>
         <w:ind w:left="4317" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5FE34DC6"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="60AE4E32"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Titre1"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="851" w:hanging="851"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:caps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:vanish w:val="0"/>
         <w:color w:val="auto"/>
         <w:spacing w:val="0"/>
@@ -7175,51 +8777,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="3957"/>
         </w:tabs>
         <w:ind w:left="3741" w:hanging="1224"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4317"/>
         </w:tabs>
         <w:ind w:left="4317" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5FFB6583"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="59F6CDE2"/>
     <w:lvl w:ilvl="0" w:tplc="89DC4B64">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:pStyle w:val="11Chapitre"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="B4B4FC50" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -7265,51 +8867,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="298AFC06" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0E529F3C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="697A4428"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1326DE60"/>
     <w:lvl w:ilvl="0" w:tplc="A3B84746">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="08puces"/>
       <w:lvlText w:val="&gt;"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:caps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:vanish w:val="0"/>
         <w:color w:val="auto"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none"/>
         <w:vertAlign w:val="baseline"/>
@@ -7398,51 +9000,51 @@
     <w:lvl w:ilvl="7" w:tplc="D5A80D6A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FACAE510" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6A3E0F1A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FC16712E"/>
     <w:lvl w:ilvl="0" w:tplc="EFDE9D1E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="10numrotation"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="15B41D7E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="F5D0BC34" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -7485,51 +9087,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="D35C2034" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="CBA2A778" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6BA973F6"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9662C768"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="»"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="454"/>
         </w:tabs>
         <w:ind w:left="454" w:hanging="227"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:caps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:vanish w:val="0"/>
         <w:color w:val="auto"/>
         <w:sz w:val="20"/>
         <w:u w:val="none"/>
@@ -7643,51 +9245,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="77856DF1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D3563D80"/>
     <w:lvl w:ilvl="0" w:tplc="A2701690">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="08puces2"/>
       <w:lvlText w:val="&gt;"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="587" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:caps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:vanish w:val="0"/>
         <w:color w:val="auto"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none"/>
         <w:vertAlign w:val="baseline"/>
@@ -7800,51 +9402,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="241838E2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7E055563"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="03E6D3F6"/>
     <w:lvl w:ilvl="0" w:tplc="100C000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="100C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="100C001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -7887,273 +9489,387 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="100C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="100C001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1838576777">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1607999144">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1280915447">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="2082287852">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1698383161">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1280915447">
-[...7 lines deleted...]
-  </w:num>
   <w:num w:numId="6" w16cid:durableId="2103259953">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1780682267">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1765808326">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="865099624">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="2038891414">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1589728111">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="999695620">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1305306117">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1003628939">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="1003628939">
-[...1 lines deleted...]
-  </w:num>
   <w:num w:numId="15" w16cid:durableId="7608927">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="148252607">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1139416115">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1301418642">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1931691880">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="692194087">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="618613371">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="642851084">
-    <w:abstractNumId w:val="21"/>
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="55321650">
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="5"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="1021" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="EUOWkGWdNLKc50qIwEDIzVHnCYjSy87N78FsldMJTzywWe4m3kYOh4c6DTKQyoOdYJ0vEb7p2zWzBXrlSGnb6w==" w:salt="9pfXGuKJZe7BeJedDio0zQ=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="lmQqb19UutEYFPHy+klpPBF7+iP4q3Aofzl+2NOMDolw/u9D81+LAt0SRt/zl/ioqkg1rKCHsMJWVUyBCeQTpA==" w:salt="kXjkrTFt+OvQ6fdbzS5Mrw=="/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00952828"/>
+    <w:rsid w:val="00031AB8"/>
     <w:rsid w:val="00033067"/>
+    <w:rsid w:val="00043000"/>
     <w:rsid w:val="00043F91"/>
+    <w:rsid w:val="00047E7F"/>
     <w:rsid w:val="00065E89"/>
     <w:rsid w:val="000A1631"/>
+    <w:rsid w:val="000A7BC1"/>
+    <w:rsid w:val="000D2444"/>
     <w:rsid w:val="000F5389"/>
+    <w:rsid w:val="001010C9"/>
     <w:rsid w:val="00104B4E"/>
     <w:rsid w:val="00120F1D"/>
     <w:rsid w:val="0013072E"/>
+    <w:rsid w:val="00135D87"/>
     <w:rsid w:val="00145A29"/>
     <w:rsid w:val="00161E06"/>
+    <w:rsid w:val="00162AA5"/>
+    <w:rsid w:val="00164977"/>
+    <w:rsid w:val="001743B3"/>
     <w:rsid w:val="00174EDB"/>
+    <w:rsid w:val="00187B93"/>
     <w:rsid w:val="001934FF"/>
     <w:rsid w:val="00194369"/>
+    <w:rsid w:val="001A4256"/>
+    <w:rsid w:val="001A7681"/>
+    <w:rsid w:val="001B6AC1"/>
     <w:rsid w:val="001C3369"/>
     <w:rsid w:val="001D4407"/>
     <w:rsid w:val="001D7A21"/>
     <w:rsid w:val="001E190D"/>
     <w:rsid w:val="001E2FA6"/>
     <w:rsid w:val="001F2062"/>
+    <w:rsid w:val="00202639"/>
+    <w:rsid w:val="00212B42"/>
+    <w:rsid w:val="00213A44"/>
     <w:rsid w:val="00223AEE"/>
+    <w:rsid w:val="00236009"/>
+    <w:rsid w:val="00236A29"/>
+    <w:rsid w:val="0024793F"/>
+    <w:rsid w:val="00267153"/>
+    <w:rsid w:val="0027015E"/>
+    <w:rsid w:val="0027087E"/>
+    <w:rsid w:val="0028497D"/>
     <w:rsid w:val="00297327"/>
     <w:rsid w:val="002A0328"/>
+    <w:rsid w:val="002B307F"/>
     <w:rsid w:val="002C46B2"/>
     <w:rsid w:val="002C4ECA"/>
     <w:rsid w:val="002C6D8F"/>
     <w:rsid w:val="002D144F"/>
+    <w:rsid w:val="002E5302"/>
     <w:rsid w:val="002F442C"/>
     <w:rsid w:val="00317A0F"/>
     <w:rsid w:val="00325BCE"/>
+    <w:rsid w:val="00326212"/>
+    <w:rsid w:val="00340608"/>
     <w:rsid w:val="003469F4"/>
     <w:rsid w:val="00353676"/>
+    <w:rsid w:val="003551D9"/>
     <w:rsid w:val="00363262"/>
     <w:rsid w:val="00365044"/>
+    <w:rsid w:val="003B3378"/>
+    <w:rsid w:val="003D0DCE"/>
+    <w:rsid w:val="003D5346"/>
     <w:rsid w:val="003E1061"/>
     <w:rsid w:val="003E51A8"/>
     <w:rsid w:val="003F4FD9"/>
     <w:rsid w:val="003F74EA"/>
+    <w:rsid w:val="00407CB0"/>
+    <w:rsid w:val="0042383A"/>
+    <w:rsid w:val="00432D8F"/>
+    <w:rsid w:val="0043525F"/>
+    <w:rsid w:val="00443941"/>
     <w:rsid w:val="004541D3"/>
+    <w:rsid w:val="00470B9D"/>
+    <w:rsid w:val="00482765"/>
+    <w:rsid w:val="004865EB"/>
+    <w:rsid w:val="00497639"/>
+    <w:rsid w:val="004B498D"/>
     <w:rsid w:val="004F04E9"/>
+    <w:rsid w:val="004F0E74"/>
     <w:rsid w:val="004F7AC4"/>
     <w:rsid w:val="00501A55"/>
     <w:rsid w:val="00505EFD"/>
     <w:rsid w:val="00523C1D"/>
+    <w:rsid w:val="00526977"/>
+    <w:rsid w:val="0052710B"/>
     <w:rsid w:val="00567A30"/>
+    <w:rsid w:val="005A319B"/>
     <w:rsid w:val="005C6FB4"/>
     <w:rsid w:val="005D3804"/>
+    <w:rsid w:val="005E35AB"/>
     <w:rsid w:val="005F562E"/>
     <w:rsid w:val="00601E83"/>
+    <w:rsid w:val="00602252"/>
     <w:rsid w:val="00631BA8"/>
+    <w:rsid w:val="0063221F"/>
+    <w:rsid w:val="00663523"/>
+    <w:rsid w:val="00677827"/>
+    <w:rsid w:val="00682664"/>
+    <w:rsid w:val="00685487"/>
+    <w:rsid w:val="006B5634"/>
+    <w:rsid w:val="006C19D4"/>
     <w:rsid w:val="006C635B"/>
     <w:rsid w:val="006D4ADA"/>
     <w:rsid w:val="006E21C6"/>
+    <w:rsid w:val="00700A2D"/>
+    <w:rsid w:val="00700E7F"/>
     <w:rsid w:val="0070628B"/>
     <w:rsid w:val="00706C2E"/>
     <w:rsid w:val="00714A24"/>
     <w:rsid w:val="00716A14"/>
+    <w:rsid w:val="00721DE5"/>
+    <w:rsid w:val="007431A8"/>
     <w:rsid w:val="00744B2B"/>
+    <w:rsid w:val="00744C64"/>
     <w:rsid w:val="00757024"/>
     <w:rsid w:val="007575C3"/>
+    <w:rsid w:val="00757E1B"/>
+    <w:rsid w:val="0076630D"/>
     <w:rsid w:val="00767D76"/>
     <w:rsid w:val="00770A54"/>
+    <w:rsid w:val="007914E1"/>
+    <w:rsid w:val="0079543F"/>
     <w:rsid w:val="007A5851"/>
+    <w:rsid w:val="007C6D71"/>
     <w:rsid w:val="007E3CE5"/>
     <w:rsid w:val="007E5101"/>
+    <w:rsid w:val="007F130D"/>
+    <w:rsid w:val="00825907"/>
     <w:rsid w:val="0082650E"/>
+    <w:rsid w:val="008450EF"/>
+    <w:rsid w:val="00850B19"/>
+    <w:rsid w:val="008638E8"/>
     <w:rsid w:val="008740D7"/>
     <w:rsid w:val="008A4418"/>
+    <w:rsid w:val="008A5452"/>
+    <w:rsid w:val="008A6D23"/>
+    <w:rsid w:val="008B1801"/>
     <w:rsid w:val="008C7AF5"/>
+    <w:rsid w:val="008F1EE8"/>
     <w:rsid w:val="008F534E"/>
+    <w:rsid w:val="0091274A"/>
     <w:rsid w:val="009252F5"/>
     <w:rsid w:val="009268E5"/>
     <w:rsid w:val="009268F8"/>
+    <w:rsid w:val="00927A28"/>
     <w:rsid w:val="00944A97"/>
+    <w:rsid w:val="009476DF"/>
     <w:rsid w:val="00952828"/>
     <w:rsid w:val="00961A21"/>
+    <w:rsid w:val="009A68EB"/>
+    <w:rsid w:val="009B1624"/>
     <w:rsid w:val="009B4DF5"/>
     <w:rsid w:val="009B7536"/>
     <w:rsid w:val="00A02F95"/>
+    <w:rsid w:val="00A36E45"/>
+    <w:rsid w:val="00A54C02"/>
     <w:rsid w:val="00A604A5"/>
     <w:rsid w:val="00A628AD"/>
     <w:rsid w:val="00A801CF"/>
     <w:rsid w:val="00A83152"/>
+    <w:rsid w:val="00AB1B6D"/>
     <w:rsid w:val="00AB6846"/>
     <w:rsid w:val="00AD2CD6"/>
+    <w:rsid w:val="00AE2D85"/>
+    <w:rsid w:val="00AE4B55"/>
     <w:rsid w:val="00AF3C50"/>
+    <w:rsid w:val="00B0448E"/>
     <w:rsid w:val="00B06724"/>
     <w:rsid w:val="00B25D34"/>
     <w:rsid w:val="00B707C4"/>
+    <w:rsid w:val="00B70E60"/>
+    <w:rsid w:val="00B71F79"/>
     <w:rsid w:val="00B83C4C"/>
+    <w:rsid w:val="00B937FB"/>
     <w:rsid w:val="00B976F6"/>
+    <w:rsid w:val="00BB1869"/>
     <w:rsid w:val="00BC06ED"/>
+    <w:rsid w:val="00BF03C5"/>
     <w:rsid w:val="00BF13BF"/>
     <w:rsid w:val="00C05B6C"/>
     <w:rsid w:val="00C20423"/>
+    <w:rsid w:val="00C3068F"/>
     <w:rsid w:val="00C71AA6"/>
     <w:rsid w:val="00C8607D"/>
+    <w:rsid w:val="00C86BD7"/>
     <w:rsid w:val="00C95B72"/>
+    <w:rsid w:val="00CA34DD"/>
     <w:rsid w:val="00CB0E94"/>
     <w:rsid w:val="00CC70DB"/>
     <w:rsid w:val="00D1187E"/>
+    <w:rsid w:val="00D226A4"/>
     <w:rsid w:val="00D467A2"/>
     <w:rsid w:val="00D50ADE"/>
+    <w:rsid w:val="00D517CB"/>
     <w:rsid w:val="00D6534E"/>
     <w:rsid w:val="00D73EB1"/>
+    <w:rsid w:val="00D82AA5"/>
+    <w:rsid w:val="00D90D1D"/>
     <w:rsid w:val="00D91A0B"/>
+    <w:rsid w:val="00D93CD0"/>
+    <w:rsid w:val="00DA38D2"/>
     <w:rsid w:val="00DB1406"/>
+    <w:rsid w:val="00DB2E4A"/>
+    <w:rsid w:val="00DF1386"/>
     <w:rsid w:val="00E02054"/>
     <w:rsid w:val="00E070C6"/>
     <w:rsid w:val="00E07458"/>
     <w:rsid w:val="00E164D4"/>
+    <w:rsid w:val="00E31F2F"/>
     <w:rsid w:val="00E325AD"/>
     <w:rsid w:val="00E50D4B"/>
+    <w:rsid w:val="00E5219A"/>
+    <w:rsid w:val="00E53154"/>
+    <w:rsid w:val="00E70190"/>
     <w:rsid w:val="00E83AFA"/>
+    <w:rsid w:val="00EC3D08"/>
     <w:rsid w:val="00EC41BC"/>
     <w:rsid w:val="00EC7458"/>
+    <w:rsid w:val="00EF6A0A"/>
+    <w:rsid w:val="00F06A33"/>
     <w:rsid w:val="00F14820"/>
     <w:rsid w:val="00F17DA3"/>
     <w:rsid w:val="00F21119"/>
     <w:rsid w:val="00F30679"/>
     <w:rsid w:val="00F621DD"/>
     <w:rsid w:val="00FD1616"/>
+    <w:rsid w:val="00FD60C3"/>
     <w:rsid w:val="00FD756D"/>
+    <w:rsid w:val="00FE3D9A"/>
+    <w:rsid w:val="00FF6955"/>
     <w:rsid w:val="0A11125B"/>
     <w:rsid w:val="37D80CB9"/>
     <w:rsid w:val="3A15A158"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef m:val="0"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapRight/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="subSup"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1027"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -8516,51 +10232,51 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00952828"/>
+    <w:rsid w:val="00135D87"/>
     <w:pPr>
       <w:spacing w:after="180" w:line="280" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="21"/>
       <w:lang w:val="fr-CH" w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titre1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00A654C1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:numPr>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:spacing w:after="100"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
@@ -9381,1011 +11097,916 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Style1">
+    <w:name w:val="Style1"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="009476DF"/>
+    <w:rPr>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Mentionnonrsolue">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="004F0E74"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://europa.eu/europass/fr" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:leila.bersier@edufr.ch" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.testpodium.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://europa.eu/europass/fr" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:leila.bersier@edufr.ch" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://europa.eu/europass/fr/create-your-europass-cv" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.testpodium.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/numbering.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\BersierL\OneDrive%20-%20EDUETATFR\SFP%20COMMUN\2%20Management\2-5%20Communication\2-5-5%20PRE_Transmission%20DOC\MO_ETAT%20FR\A_MO%20SFP\MO_Rapport%20portrait%20F.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
-    <w:docPart>
-[...607 lines deleted...]
-    </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{A801B47C-0B37-4184-856A-167B8D460407}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00091851" w:rsidRDefault="005777B7">
           <w:r w:rsidRPr="00786466">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="4AE4AB13225D4F9B80F87E98A3A63765"/>
+        <w:name w:val="5BED600BE577485AA9F8FB65AF1A8DC3"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{32509463-D4D0-4F0C-A369-27FD17D6A450}"/>
+        <w:guid w:val="{61B4B135-83F9-41EE-9AAE-0E46E54ED6E5}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00F60933" w:rsidRDefault="00F60933" w:rsidP="00F60933">
+        <w:p w:rsidR="00C04724" w:rsidRDefault="00942317">
+          <w:r>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="1EA47DA381D244578CF43EF47688373B"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{F0226CD8-FFF4-4738-AD26-6265290970AD}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00C04724" w:rsidRDefault="00942317" w:rsidP="00D642E2">
           <w:pPr>
-            <w:pStyle w:val="4AE4AB13225D4F9B80F87E98A3A637651"/>
+            <w:pStyle w:val="1EA47DA381D244578CF43EF47688373B"/>
+          </w:pPr>
+          <w:r>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="F31827E72B034FA69761453F5B351F3B"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{4FF209CD-65ED-45AD-80DF-63F18C96DA7F}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00C04724" w:rsidRDefault="00942317" w:rsidP="00D642E2">
+          <w:pPr>
+            <w:pStyle w:val="F31827E72B034FA69761453F5B351F3B"/>
+          </w:pPr>
+          <w:r>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="8EA13A7855D349ABB6ED8D769BB22A26"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{68928443-6014-44BB-BB61-0961686251EC}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00C04724" w:rsidRDefault="00942317" w:rsidP="00D642E2">
+          <w:pPr>
+            <w:pStyle w:val="8EA13A7855D349ABB6ED8D769BB22A26"/>
+          </w:pPr>
+          <w:r>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="9F630294EAE649E38D475B20F22F62DC"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{59FC6140-332C-4C4A-B5FE-41ADF9F501C6}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00C04724" w:rsidRDefault="00942317" w:rsidP="00D642E2">
+          <w:pPr>
+            <w:pStyle w:val="9F630294EAE649E38D475B20F22F62DC"/>
+          </w:pPr>
+          <w:r>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="B7BC783A11B84700800C2B062B0DDD53"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{FF08FE91-07A2-4877-86D0-2117E26CC07D}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00C04724" w:rsidRDefault="00942317" w:rsidP="00D642E2">
+          <w:pPr>
+            <w:pStyle w:val="B7BC783A11B84700800C2B062B0DDD53"/>
+          </w:pPr>
+          <w:r>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="516837CBEBB04002BDC40A6F14658284"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{F0FE799E-96C3-4F3D-99D9-04D87979B034}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00C04724" w:rsidRDefault="00942317" w:rsidP="00D642E2">
+          <w:pPr>
+            <w:pStyle w:val="516837CBEBB04002BDC40A6F14658284"/>
+          </w:pPr>
+          <w:r>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="6B1FE211A79341C5BFFD7E1999F2E858"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{DFF686D1-9769-4DC7-A688-A0C18185C61D}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00C04724" w:rsidRDefault="00942317" w:rsidP="00D642E2">
+          <w:pPr>
+            <w:pStyle w:val="6B1FE211A79341C5BFFD7E1999F2E858"/>
+          </w:pPr>
+          <w:r>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="31B4BE411BD7413F85BFC51FA6935425"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{F5623444-609C-40F2-A11A-CB482FB0B3E6}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00C04724" w:rsidRDefault="00942317" w:rsidP="00D642E2">
+          <w:pPr>
+            <w:pStyle w:val="31B4BE411BD7413F85BFC51FA6935425"/>
+          </w:pPr>
+          <w:r>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="0104D6DFC26E44888FFEE37DED23C3A3"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{12821436-CC72-4183-B5F4-0C99BF84F46A}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00C04724" w:rsidRDefault="00942317" w:rsidP="00D642E2">
+          <w:pPr>
+            <w:pStyle w:val="0104D6DFC26E44888FFEE37DED23C3A3"/>
+          </w:pPr>
+          <w:r>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="4019D6E1BC2E4FFBAA424CF9FC15E7B3"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{942C9ACC-5BEF-439B-B59B-6268D55DA303}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00C04724" w:rsidRDefault="00942317" w:rsidP="00D642E2">
+          <w:pPr>
+            <w:pStyle w:val="4019D6E1BC2E4FFBAA424CF9FC15E7B3"/>
+          </w:pPr>
+          <w:r>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="8B45005F11724E81B915A629AE3A05B4"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{AA3465F6-93DD-4846-91A3-8114B59BB298}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00C04724" w:rsidRDefault="00942317" w:rsidP="00D642E2">
+          <w:pPr>
+            <w:pStyle w:val="8B45005F11724E81B915A629AE3A05B4"/>
+          </w:pPr>
+          <w:r>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="425AC436D639483B847A7787EF1DAF3E"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{37ACAF4B-E0BF-4D22-BC83-F31BBF756D97}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00C04724" w:rsidRDefault="00942317" w:rsidP="00D642E2">
+          <w:pPr>
+            <w:pStyle w:val="425AC436D639483B847A7787EF1DAF3E"/>
+          </w:pPr>
+          <w:r>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="692EB9AB58D3476D8A365FC05A253059"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{13329367-C3DF-426E-A4B9-1254C476F4F7}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00C04724" w:rsidRDefault="00942317" w:rsidP="00D642E2">
+          <w:pPr>
+            <w:pStyle w:val="692EB9AB58D3476D8A365FC05A253059"/>
+          </w:pPr>
+          <w:r>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="D9CF5E3D877648E9818706D865A6CA8F"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{C04AAC55-9D4F-46A2-B4A9-71FD97B8194E}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00C04724" w:rsidRDefault="00942317" w:rsidP="00D642E2">
+          <w:pPr>
+            <w:pStyle w:val="D9CF5E3D877648E9818706D865A6CA8F"/>
+          </w:pPr>
+          <w:r>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="A38898F58E054796BCB1B848F683798D"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{8F141A90-D0F7-4948-BA83-D00BE92A753F}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00C04724" w:rsidRDefault="00942317" w:rsidP="00D642E2">
+          <w:pPr>
+            <w:pStyle w:val="A38898F58E054796BCB1B848F683798D"/>
+          </w:pPr>
+          <w:r>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="D542D23CC5AA4446B93A69E86863A2CA"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{E1D1C039-1771-498D-B5B2-F224C975C85C}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00C04724" w:rsidRDefault="00942317" w:rsidP="00D642E2">
+          <w:pPr>
+            <w:pStyle w:val="D542D23CC5AA4446B93A69E86863A2CA"/>
+          </w:pPr>
+          <w:r>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="8F3BA26B719D4FB7BBD957FB36194E85"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{A804F6DA-9F08-46A5-A20B-EB3C5367101F}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00C04724" w:rsidRDefault="00942317" w:rsidP="00D642E2">
+          <w:pPr>
+            <w:pStyle w:val="8F3BA26B719D4FB7BBD957FB36194E85"/>
+          </w:pPr>
+          <w:r>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="37479E22DB01423EAD7ED93C2941F56F"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{FB339EEA-57EE-4F77-8618-B5CFCCE99ABC}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00C04724" w:rsidRDefault="00942317" w:rsidP="00D642E2">
+          <w:pPr>
+            <w:pStyle w:val="37479E22DB01423EAD7ED93C2941F56F"/>
+          </w:pPr>
+          <w:r>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="7BAD346E68574D2E90223C6B78D0D1CE"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{DEA4B857-3003-4A0F-A72A-E8902E98100D}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00C04724" w:rsidRDefault="00942317" w:rsidP="00D642E2">
+          <w:pPr>
+            <w:pStyle w:val="7BAD346E68574D2E90223C6B78D0D1CE"/>
+          </w:pPr>
+          <w:r>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="B69A7C66DFE243F2BB3783CF92F9EF78"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{8A9D7998-4494-4FC1-9ACC-84460D456648}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00C04724" w:rsidRDefault="00D642E2" w:rsidP="00D642E2">
+          <w:pPr>
+            <w:pStyle w:val="B69A7C66DFE243F2BB3783CF92F9EF78"/>
           </w:pPr>
           <w:r w:rsidRPr="00786466">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="1DB20407375348248854348BE671FB71"/>
+        <w:name w:val="80AF0E840B984D6E94B3438BA8D9818E"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{39A9A04F-0DA6-46D1-B39C-13DF78B412A2}"/>
+        <w:guid w:val="{3A4F8119-4F9F-4B46-95E3-00033465E398}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00F60933" w:rsidRDefault="00F60933" w:rsidP="00F60933">
+        <w:p w:rsidR="00C04724" w:rsidRDefault="00942317" w:rsidP="00D642E2">
           <w:pPr>
-            <w:pStyle w:val="1DB20407375348248854348BE671FB711"/>
+            <w:pStyle w:val="80AF0E840B984D6E94B3438BA8D9818E"/>
           </w:pPr>
-          <w:r w:rsidRPr="00786466">
-[...3 lines deleted...]
-            <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
+          <w:r>
+            <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="9601074963584FC68E487256033CE951"/>
+        <w:name w:val="0EABDE047346478698B0FB3A93111A88"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{10A2FDBB-B23D-43DA-9D0B-EE236C5E0196}"/>
+        <w:guid w:val="{4A769802-D3D6-421B-9327-6A027547E82B}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00F60933" w:rsidRDefault="00F60933" w:rsidP="00F60933">
+        <w:p w:rsidR="00C04724" w:rsidRDefault="00942317" w:rsidP="00D642E2">
           <w:pPr>
-            <w:pStyle w:val="9601074963584FC68E487256033CE9511"/>
+            <w:pStyle w:val="0EABDE047346478698B0FB3A93111A88"/>
           </w:pPr>
-          <w:r w:rsidRPr="00786466">
-[...3 lines deleted...]
-            <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
+          <w:r>
+            <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="98F938FF25D94C1984F966B154173FEC"/>
+        <w:name w:val="2A7ED907ED3A492A93BDA100C724FA2C"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{69812605-03BD-40E2-9B66-C2B35A090D65}"/>
+        <w:guid w:val="{6B6DA9DC-9547-498A-9266-ED29B8B4F1A0}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00F60933" w:rsidRDefault="00F60933" w:rsidP="00F60933">
+        <w:p w:rsidR="00C04724" w:rsidRDefault="00942317" w:rsidP="00D642E2">
           <w:pPr>
-            <w:pStyle w:val="98F938FF25D94C1984F966B154173FEC1"/>
+            <w:pStyle w:val="2A7ED907ED3A492A93BDA100C724FA2C"/>
           </w:pPr>
-          <w:r w:rsidRPr="00786466">
-[...3 lines deleted...]
-            <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
+          <w:r>
+            <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="FD5DFC02D8B04D7A897B1F937B8DC06E"/>
+        <w:name w:val="3562A156B473430EAB6A12B7471D5577"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{0F155DDE-F971-4F84-BDB0-001B7A415768}"/>
+        <w:guid w:val="{C2CF7861-E10F-4A48-8DBA-3D1B20CC1DB7}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00F60933" w:rsidRDefault="00F60933" w:rsidP="00F60933">
+        <w:p w:rsidR="00C04724" w:rsidRDefault="00942317" w:rsidP="00D642E2">
           <w:pPr>
-            <w:pStyle w:val="FD5DFC02D8B04D7A897B1F937B8DC06E1"/>
+            <w:pStyle w:val="3562A156B473430EAB6A12B7471D5577"/>
           </w:pPr>
-          <w:r w:rsidRPr="00786466">
-[...3 lines deleted...]
-            <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
+          <w:r>
+            <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="74BD528352084157A4A44F4C76568C62"/>
+        <w:name w:val="E54EEFC17BE640809FD517F5E4E4A32A"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{B14701B2-F0A6-49DC-A9FE-6677F51A4199}"/>
+        <w:guid w:val="{253187DF-7782-4928-830F-A21A5CDC23CB}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00F60933" w:rsidRDefault="00F60933" w:rsidP="00F60933">
+        <w:p w:rsidR="00C04724" w:rsidRDefault="00942317" w:rsidP="00D642E2">
           <w:pPr>
-            <w:pStyle w:val="74BD528352084157A4A44F4C76568C621"/>
+            <w:pStyle w:val="E54EEFC17BE640809FD517F5E4E4A32A"/>
           </w:pPr>
           <w:r>
-            <w:rPr>
-[...1 lines deleted...]
-            </w:rPr>
             <w:t xml:space="preserve"> </w:t>
-          </w:r>
-[...4 lines deleted...]
-            <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="F357F975517C4EF584B1E55CAADC2B21"/>
+        <w:name w:val="778B331B8AB54B77AA9C9B885BC1612A"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{AE8E6EB5-CDF9-491C-A764-8F9D84E2BD71}"/>
+        <w:guid w:val="{D370346B-3F99-42D8-9FBB-3B970645BE76}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00F60933" w:rsidRDefault="00F60933" w:rsidP="00F60933">
+        <w:p w:rsidR="00C04724" w:rsidRDefault="00942317" w:rsidP="00D642E2">
           <w:pPr>
-            <w:pStyle w:val="F357F975517C4EF584B1E55CAADC2B211"/>
+            <w:pStyle w:val="778B331B8AB54B77AA9C9B885BC1612A"/>
           </w:pPr>
-          <w:r w:rsidRPr="00786466">
-[...3 lines deleted...]
-            <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
+          <w:r>
+            <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="9BBD164E98244B4B8BF73604DF05F7EB"/>
+        <w:name w:val="E167898D8C60475FA5363614F736A3AF"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{C83FA392-34FB-4284-ADFE-6F65C05B7741}"/>
+        <w:guid w:val="{F4C4BBD4-BCFD-4216-9E16-E3D4D362BEF4}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="006C44B4" w:rsidRDefault="00F60933" w:rsidP="00F60933">
+        <w:p w:rsidR="00C04724" w:rsidRDefault="00942317" w:rsidP="00D642E2">
           <w:pPr>
-            <w:pStyle w:val="9BBD164E98244B4B8BF73604DF05F7EB"/>
+            <w:pStyle w:val="E167898D8C60475FA5363614F736A3AF"/>
           </w:pPr>
-          <w:r w:rsidRPr="00786466">
-[...3 lines deleted...]
-            <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
+          <w:r>
+            <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="48705E963ADD477AB5A9557C70A96520"/>
+        <w:name w:val="BE0ED8DCE5564DFB95827570060CB97B"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{63039094-9CAE-4CBD-9F75-1704996AA857}"/>
+        <w:guid w:val="{F381DDCA-8542-4E9A-9E6B-7C2011A2D1D2}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="006C44B4" w:rsidRDefault="00F60933" w:rsidP="00F60933">
+        <w:p w:rsidR="00C04724" w:rsidRDefault="00942317" w:rsidP="00D642E2">
           <w:pPr>
-            <w:pStyle w:val="48705E963ADD477AB5A9557C70A96520"/>
+            <w:pStyle w:val="BE0ED8DCE5564DFB95827570060CB97B"/>
           </w:pPr>
-          <w:r w:rsidRPr="00786466">
-[...3 lines deleted...]
-            <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
+          <w:r>
+            <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="F8BC7F9710604740BCA1E42C6C1990B0"/>
+        <w:name w:val="CEB2B29F72BC4082A823E85BE4F7A395"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{13941377-775F-4E55-97D4-72903CDEE55A}"/>
+        <w:guid w:val="{729165DA-310F-4D45-90E1-E90FC7D266CD}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="006C44B4" w:rsidRDefault="00F60933" w:rsidP="00F60933">
+        <w:p w:rsidR="00942317" w:rsidRDefault="00942317" w:rsidP="00942317">
           <w:pPr>
-            <w:pStyle w:val="F8BC7F9710604740BCA1E42C6C1990B0"/>
+            <w:pStyle w:val="CEB2B29F72BC4082A823E85BE4F7A3951"/>
           </w:pPr>
-          <w:r w:rsidRPr="00786466">
+          <w:r w:rsidRPr="00164977">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
-            <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
+            <w:t xml:space="preserve">                             </w:t>
+          </w:r>
+          <w:r w:rsidRPr="00164977">
+            <w:rPr>
+              <w:lang w:val="fr-FR"/>
+            </w:rPr>
+            <w:t xml:space="preserve">  </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -10444,57 +12065,73 @@
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003F0146"/>
     <w:rsid w:val="00043F91"/>
     <w:rsid w:val="00091851"/>
     <w:rsid w:val="00120F1D"/>
+    <w:rsid w:val="001B6AC1"/>
+    <w:rsid w:val="001D373E"/>
+    <w:rsid w:val="003D322A"/>
     <w:rsid w:val="003E51A8"/>
     <w:rsid w:val="003F0146"/>
+    <w:rsid w:val="00407CB0"/>
+    <w:rsid w:val="00470B9D"/>
     <w:rsid w:val="005777B7"/>
     <w:rsid w:val="006C44B4"/>
     <w:rsid w:val="006D5DE4"/>
+    <w:rsid w:val="00700E7F"/>
+    <w:rsid w:val="00717882"/>
+    <w:rsid w:val="008039E6"/>
+    <w:rsid w:val="008638E8"/>
+    <w:rsid w:val="008F1EE8"/>
+    <w:rsid w:val="00942317"/>
+    <w:rsid w:val="00C04724"/>
     <w:rsid w:val="00C05B6C"/>
     <w:rsid w:val="00C8607D"/>
+    <w:rsid w:val="00D642E2"/>
+    <w:rsid w:val="00DB2E4A"/>
+    <w:rsid w:val="00E76034"/>
+    <w:rsid w:val="00ED16B6"/>
     <w:rsid w:val="00F60933"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
@@ -10904,1644 +12541,422 @@
   <w:style w:type="table" w:default="1" w:styleId="TableauNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Aucuneliste">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Textedelespacerserv">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:semiHidden/>
-    <w:rsid w:val="00F60933"/>
+    <w:rsid w:val="00942317"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CCC2629C85E64F98AFDC27F3DA519DA9">
-[...1 lines deleted...]
-    <w:rsid w:val="003F0146"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1EA47DA381D244578CF43EF47688373B">
+    <w:name w:val="1EA47DA381D244578CF43EF47688373B"/>
+    <w:rsid w:val="00D642E2"/>
     <w:pPr>
-      <w:spacing w:after="180" w:line="280" w:lineRule="exact"/>
+      <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-      <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4535C772ED5448E19059F26E8DA17EFA">
-[...1 lines deleted...]
-    <w:rsid w:val="003F0146"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F31827E72B034FA69761453F5B351F3B">
+    <w:name w:val="F31827E72B034FA69761453F5B351F3B"/>
+    <w:rsid w:val="00D642E2"/>
     <w:pPr>
-      <w:spacing w:after="180" w:line="280" w:lineRule="exact"/>
+      <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-      <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CCC2629C85E64F98AFDC27F3DA519DA91">
-[...1 lines deleted...]
-    <w:rsid w:val="003F0146"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8EA13A7855D349ABB6ED8D769BB22A26">
+    <w:name w:val="8EA13A7855D349ABB6ED8D769BB22A26"/>
+    <w:rsid w:val="00D642E2"/>
     <w:pPr>
-      <w:spacing w:after="180" w:line="280" w:lineRule="exact"/>
+      <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-      <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4535C772ED5448E19059F26E8DA17EFA1">
-[...1 lines deleted...]
-    <w:rsid w:val="003F0146"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9F630294EAE649E38D475B20F22F62DC">
+    <w:name w:val="9F630294EAE649E38D475B20F22F62DC"/>
+    <w:rsid w:val="00D642E2"/>
     <w:pPr>
-      <w:spacing w:after="180" w:line="280" w:lineRule="exact"/>
+      <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-      <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EB088F8C88A443E18E645FBE3FDA9013">
-[...1 lines deleted...]
-    <w:rsid w:val="003F0146"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B7BC783A11B84700800C2B062B0DDD53">
+    <w:name w:val="B7BC783A11B84700800C2B062B0DDD53"/>
+    <w:rsid w:val="00D642E2"/>
     <w:pPr>
-      <w:spacing w:after="180" w:line="280" w:lineRule="exact"/>
+      <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-      <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="20A0BE1CD6E5482890D788DBD31EB568">
-[...1 lines deleted...]
-    <w:rsid w:val="003F0146"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="516837CBEBB04002BDC40A6F14658284">
+    <w:name w:val="516837CBEBB04002BDC40A6F14658284"/>
+    <w:rsid w:val="00D642E2"/>
     <w:pPr>
-      <w:spacing w:after="180" w:line="280" w:lineRule="exact"/>
+      <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-      <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1FBF359C57794DB9A902221C949BBCD9">
-[...1 lines deleted...]
-    <w:rsid w:val="003F0146"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6B1FE211A79341C5BFFD7E1999F2E858">
+    <w:name w:val="6B1FE211A79341C5BFFD7E1999F2E858"/>
+    <w:rsid w:val="00D642E2"/>
     <w:pPr>
-      <w:spacing w:after="180" w:line="280" w:lineRule="exact"/>
+      <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-      <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9FE8586CCBE4402686E738E76B91F185">
-[...1 lines deleted...]
-    <w:rsid w:val="003F0146"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="31B4BE411BD7413F85BFC51FA6935425">
+    <w:name w:val="31B4BE411BD7413F85BFC51FA6935425"/>
+    <w:rsid w:val="00D642E2"/>
     <w:pPr>
-      <w:spacing w:after="180" w:line="280" w:lineRule="exact"/>
+      <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-      <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6B065CE24C1843D28E7CD326CFE08DA9">
-[...1 lines deleted...]
-    <w:rsid w:val="003F0146"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0104D6DFC26E44888FFEE37DED23C3A3">
+    <w:name w:val="0104D6DFC26E44888FFEE37DED23C3A3"/>
+    <w:rsid w:val="00D642E2"/>
     <w:pPr>
-      <w:spacing w:after="180" w:line="280" w:lineRule="exact"/>
+      <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-      <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="67527372744E422AA279C0509693CC24">
-[...1 lines deleted...]
-    <w:rsid w:val="003F0146"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4019D6E1BC2E4FFBAA424CF9FC15E7B3">
+    <w:name w:val="4019D6E1BC2E4FFBAA424CF9FC15E7B3"/>
+    <w:rsid w:val="00D642E2"/>
     <w:pPr>
-      <w:spacing w:after="180" w:line="280" w:lineRule="exact"/>
+      <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-      <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4D826DEF0C304506BF8F40BAEBEF44AF">
-[...1 lines deleted...]
-    <w:rsid w:val="003F0146"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8B45005F11724E81B915A629AE3A05B4">
+    <w:name w:val="8B45005F11724E81B915A629AE3A05B4"/>
+    <w:rsid w:val="00D642E2"/>
     <w:pPr>
-      <w:spacing w:after="180" w:line="280" w:lineRule="exact"/>
+      <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-      <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3E997EF7650E481B814CFB14EA8E8902">
-[...1 lines deleted...]
-    <w:rsid w:val="003F0146"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="425AC436D639483B847A7787EF1DAF3E">
+    <w:name w:val="425AC436D639483B847A7787EF1DAF3E"/>
+    <w:rsid w:val="00D642E2"/>
     <w:pPr>
-      <w:spacing w:after="180" w:line="280" w:lineRule="exact"/>
+      <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-      <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CCC2629C85E64F98AFDC27F3DA519DA92">
-[...1 lines deleted...]
-    <w:rsid w:val="003F0146"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="692EB9AB58D3476D8A365FC05A253059">
+    <w:name w:val="692EB9AB58D3476D8A365FC05A253059"/>
+    <w:rsid w:val="00D642E2"/>
     <w:pPr>
-      <w:spacing w:after="180" w:line="280" w:lineRule="exact"/>
+      <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-      <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4535C772ED5448E19059F26E8DA17EFA2">
-[...1 lines deleted...]
-    <w:rsid w:val="003F0146"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D9CF5E3D877648E9818706D865A6CA8F">
+    <w:name w:val="D9CF5E3D877648E9818706D865A6CA8F"/>
+    <w:rsid w:val="00D642E2"/>
     <w:pPr>
-      <w:spacing w:after="180" w:line="280" w:lineRule="exact"/>
+      <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-      <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EB088F8C88A443E18E645FBE3FDA90131">
-[...1 lines deleted...]
-    <w:rsid w:val="003F0146"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A38898F58E054796BCB1B848F683798D">
+    <w:name w:val="A38898F58E054796BCB1B848F683798D"/>
+    <w:rsid w:val="00D642E2"/>
     <w:pPr>
-      <w:spacing w:after="180" w:line="280" w:lineRule="exact"/>
+      <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-      <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="20A0BE1CD6E5482890D788DBD31EB5681">
-[...1 lines deleted...]
-    <w:rsid w:val="003F0146"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D542D23CC5AA4446B93A69E86863A2CA">
+    <w:name w:val="D542D23CC5AA4446B93A69E86863A2CA"/>
+    <w:rsid w:val="00D642E2"/>
     <w:pPr>
-      <w:spacing w:after="180" w:line="280" w:lineRule="exact"/>
+      <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-      <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1FBF359C57794DB9A902221C949BBCD91">
-[...1 lines deleted...]
-    <w:rsid w:val="003F0146"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8F3BA26B719D4FB7BBD957FB36194E85">
+    <w:name w:val="8F3BA26B719D4FB7BBD957FB36194E85"/>
+    <w:rsid w:val="00D642E2"/>
     <w:pPr>
-      <w:spacing w:after="180" w:line="280" w:lineRule="exact"/>
+      <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-      <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9FE8586CCBE4402686E738E76B91F1851">
-[...1 lines deleted...]
-    <w:rsid w:val="003F0146"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="37479E22DB01423EAD7ED93C2941F56F">
+    <w:name w:val="37479E22DB01423EAD7ED93C2941F56F"/>
+    <w:rsid w:val="00D642E2"/>
     <w:pPr>
-      <w:spacing w:after="180" w:line="280" w:lineRule="exact"/>
+      <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-      <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6B065CE24C1843D28E7CD326CFE08DA91">
-[...1 lines deleted...]
-    <w:rsid w:val="003F0146"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7BAD346E68574D2E90223C6B78D0D1CE">
+    <w:name w:val="7BAD346E68574D2E90223C6B78D0D1CE"/>
+    <w:rsid w:val="00D642E2"/>
     <w:pPr>
-      <w:spacing w:after="180" w:line="280" w:lineRule="exact"/>
+      <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-      <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="67527372744E422AA279C0509693CC241">
-[...1 lines deleted...]
-    <w:rsid w:val="003F0146"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B69A7C66DFE243F2BB3783CF92F9EF78">
+    <w:name w:val="B69A7C66DFE243F2BB3783CF92F9EF78"/>
+    <w:rsid w:val="00D642E2"/>
     <w:pPr>
-      <w:spacing w:after="180" w:line="280" w:lineRule="exact"/>
+      <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-      <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4D826DEF0C304506BF8F40BAEBEF44AF1">
-[...1 lines deleted...]
-    <w:rsid w:val="003F0146"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="80AF0E840B984D6E94B3438BA8D9818E">
+    <w:name w:val="80AF0E840B984D6E94B3438BA8D9818E"/>
+    <w:rsid w:val="00D642E2"/>
     <w:pPr>
-      <w:spacing w:after="180" w:line="280" w:lineRule="exact"/>
+      <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-      <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3E997EF7650E481B814CFB14EA8E89021">
-[...1 lines deleted...]
-    <w:rsid w:val="003F0146"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0EABDE047346478698B0FB3A93111A88">
+    <w:name w:val="0EABDE047346478698B0FB3A93111A88"/>
+    <w:rsid w:val="00D642E2"/>
     <w:pPr>
-      <w:spacing w:after="180" w:line="280" w:lineRule="exact"/>
+      <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-      <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6CED8022F3B44B7BAA16A12849E8585E">
-[...1 lines deleted...]
-    <w:rsid w:val="003F0146"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2A7ED907ED3A492A93BDA100C724FA2C">
+    <w:name w:val="2A7ED907ED3A492A93BDA100C724FA2C"/>
+    <w:rsid w:val="00D642E2"/>
     <w:pPr>
-      <w:spacing w:after="180" w:line="280" w:lineRule="exact"/>
+      <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-      <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="97660BEDF7E54E659CF85699E8EFBCAE">
-[...1 lines deleted...]
-    <w:rsid w:val="003F0146"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3562A156B473430EAB6A12B7471D5577">
+    <w:name w:val="3562A156B473430EAB6A12B7471D5577"/>
+    <w:rsid w:val="00D642E2"/>
     <w:pPr>
-      <w:spacing w:after="180" w:line="280" w:lineRule="exact"/>
+      <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-      <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8A17B888ECEC4A25914D26F343CE2685">
-[...1 lines deleted...]
-    <w:rsid w:val="003F0146"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E54EEFC17BE640809FD517F5E4E4A32A">
+    <w:name w:val="E54EEFC17BE640809FD517F5E4E4A32A"/>
+    <w:rsid w:val="00D642E2"/>
     <w:pPr>
-      <w:spacing w:after="180" w:line="280" w:lineRule="exact"/>
+      <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-      <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CFB2FEE9582D46A3972A030AB7F42E1E">
-[...1 lines deleted...]
-    <w:rsid w:val="003F0146"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="778B331B8AB54B77AA9C9B885BC1612A">
+    <w:name w:val="778B331B8AB54B77AA9C9B885BC1612A"/>
+    <w:rsid w:val="00D642E2"/>
     <w:pPr>
-      <w:spacing w:after="180" w:line="280" w:lineRule="exact"/>
+      <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-      <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9E1B8DB1BEA94881BE37A9F3F8C51794">
-[...1 lines deleted...]
-    <w:rsid w:val="003F0146"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E167898D8C60475FA5363614F736A3AF">
+    <w:name w:val="E167898D8C60475FA5363614F736A3AF"/>
+    <w:rsid w:val="00D642E2"/>
     <w:pPr>
-      <w:spacing w:after="180" w:line="280" w:lineRule="exact"/>
+      <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-      <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="15834FE4176B4C9FADF0C6976B50E03B">
-[...1 lines deleted...]
-    <w:rsid w:val="003F0146"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BE0ED8DCE5564DFB95827570060CB97B">
+    <w:name w:val="BE0ED8DCE5564DFB95827570060CB97B"/>
+    <w:rsid w:val="00D642E2"/>
     <w:pPr>
-      <w:spacing w:after="180" w:line="280" w:lineRule="exact"/>
+      <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-      <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="027019862B7E422496BAD5759110D080">
-[...1195 lines deleted...]
-    <w:rsid w:val="00F60933"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CEB2B29F72BC4082A823E85BE4F7A3951">
+    <w:name w:val="CEB2B29F72BC4082A823E85BE4F7A3951"/>
+    <w:rsid w:val="00942317"/>
     <w:pPr>
       <w:spacing w:after="180" w:line="280" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -12853,76 +13268,52 @@
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...24 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ba0887cf-6ada-435c-a67c-e78e9cbd93df" xmlns:ns3="17150cc5-b344-4ae3-bb76-6d7727ed9007" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c9708e45f577a67770185a6744a31684" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100612D57BF697B284FB8A2FB158DDBDA8D" ma:contentTypeVersion="14" ma:contentTypeDescription="Crée un document." ma:contentTypeScope="" ma:versionID="6289cdfd502fd847806d2914a078b328">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ba0887cf-6ada-435c-a67c-e78e9cbd93df" xmlns:ns3="17150cc5-b344-4ae3-bb76-6d7727ed9007" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="61fa63feab66e2aa13428e39b4cc6a23" ns2:_="" ns3:_="">
     <xsd:import namespace="ba0887cf-6ada-435c-a67c-e78e9cbd93df"/>
     <xsd:import namespace="17150cc5-b344-4ae3-bb76-6d7727ed9007"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -13089,126 +13480,150 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="ba0887cf-6ada-435c-a67c-e78e9cbd93df">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="17150cc5-b344-4ae3-bb76-6d7727ed9007" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DC256C5E-FCAF-471D-9035-0C6A8F4B3655}">
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BC214095-666C-4E82-B572-8058A322E2EE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="ba0887cf-6ada-435c-a67c-e78e9cbd93df"/>
     <ds:schemaRef ds:uri="17150cc5-b344-4ae3-bb76-6d7727ed9007"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{02ABFD68-9E74-4713-B40E-DB8A9A4A7A75}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5780F634-E432-4ED6-B76A-35FF8E8D05EF}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="ba0887cf-6ada-435c-a67c-e78e9cbd93df"/>
+    <ds:schemaRef ds:uri="17150cc5-b344-4ae3-bb76-6d7727ed9007"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D9E77F1D-1939-4514-992E-7E5D7D31D1BA}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>MO_Rapport portrait F</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>9962</Characters>
+  <Pages>6</Pages>
+  <Words>1738</Words>
+  <Characters>9560</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>83</Lines>
-  <Paragraphs>23</Paragraphs>
+  <Lines>79</Lines>
+  <Paragraphs>22</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Général_portrait</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>MACMAC Media SA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11750</CharactersWithSpaces>
+  <CharactersWithSpaces>11276</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Général_portrait</dc:title>
   <dc:creator>Bersier Leïla</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100612D57BF697B284FB8A2FB158DDBDA8D</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>