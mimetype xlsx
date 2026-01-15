--- v0 (2025-12-16)
+++ v1 (2026-01-15)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28429"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29328"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Histoire et Livre CE\en ligne sur le site du CE\2024\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Histoire et Livre CE\en ligne sur le site du CE\2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BF7DF025-25D4-4AE6-9203-C557D11E0C18}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1B4F3160-1E5E-4BCE-B808-927FC3AF36BC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="38620" windowHeight="21100" activeTab="3" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="1848-1857" sheetId="2" r:id="rId1"/>
     <sheet name="1857-1880" sheetId="3" r:id="rId2"/>
     <sheet name="1880-1921" sheetId="4" r:id="rId3"/>
-    <sheet name="1922-2025" sheetId="1" r:id="rId4"/>
+    <sheet name="1922-2026" sheetId="1" r:id="rId4"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="403" uniqueCount="306">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="404" uniqueCount="307">
   <si>
     <t>Victor Buchs</t>
   </si>
   <si>
     <t>Romain Chatton</t>
   </si>
   <si>
     <t>Bernard Weck</t>
   </si>
   <si>
     <t>Ernest Perrier</t>
   </si>
   <si>
     <t>Emile Savoy</t>
   </si>
   <si>
     <t>Marcel Vonderweid</t>
   </si>
   <si>
     <t>Jules Bovet</t>
   </si>
   <si>
     <t>Joseph Piller</t>
   </si>
   <si>
@@ -1571,50 +1571,53 @@
     <t>Maurice Ropraz</t>
   </si>
   <si>
     <t>dont Duc'rd (8), Glasson (5), div. (3)</t>
   </si>
   <si>
     <t>dont Anne-Claude Demierre (42), Marie Garnier (41)</t>
   </si>
   <si>
     <t>dont Anne-Claude Demierre (40)</t>
   </si>
   <si>
     <t>Jean-Pierre Siggen</t>
   </si>
   <si>
     <t>Jean-François Steiert</t>
   </si>
   <si>
     <t>Olivier Curty</t>
   </si>
   <si>
     <t>Didier Castella</t>
   </si>
   <si>
     <t>20.22.2024</t>
+  </si>
+  <si>
+    <t>Philippe Demierre</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="13" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
@@ -2118,51 +2121,51 @@
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="120">
+  <cellXfs count="121">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -2377,96 +2380,99 @@
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
+    <xf numFmtId="14" fontId="8" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="26" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="8" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="14" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
@@ -2803,169 +2809,169 @@
     <row r="2" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A2" s="41"/>
       <c r="B2" s="42"/>
       <c r="C2" s="39"/>
       <c r="D2" s="39"/>
       <c r="E2" s="43"/>
     </row>
     <row r="3" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A3" s="51" t="s">
         <v>66</v>
       </c>
       <c r="B3" s="52">
         <v>51</v>
       </c>
       <c r="C3" s="53" t="s">
         <v>200</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>70</v>
       </c>
       <c r="E3" s="54" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="4" spans="1:5" x14ac:dyDescent="0.35">
-      <c r="A4" s="107" t="s">
+      <c r="A4" s="106" t="s">
         <v>72</v>
       </c>
-      <c r="B4" s="104">
+      <c r="B4" s="107">
         <v>56</v>
       </c>
-      <c r="C4" s="105" t="s">
+      <c r="C4" s="108" t="s">
         <v>73</v>
       </c>
-      <c r="D4" s="105" t="s">
+      <c r="D4" s="108" t="s">
         <v>74</v>
       </c>
-      <c r="E4" s="106" t="s">
+      <c r="E4" s="109" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="5" spans="1:5" x14ac:dyDescent="0.35">
-      <c r="A5" s="107"/>
-[...3 lines deleted...]
-      <c r="E5" s="106"/>
+      <c r="A5" s="106"/>
+      <c r="B5" s="107"/>
+      <c r="C5" s="108"/>
+      <c r="D5" s="108"/>
+      <c r="E5" s="109"/>
     </row>
     <row r="6" spans="1:5" ht="29" x14ac:dyDescent="0.35">
       <c r="A6" s="55" t="s">
         <v>75</v>
       </c>
       <c r="B6" s="56">
         <v>56</v>
       </c>
       <c r="C6" s="57" t="s">
         <v>76</v>
       </c>
       <c r="D6" s="57" t="s">
         <v>77</v>
       </c>
       <c r="E6" s="58" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A7" s="59" t="s">
         <v>79</v>
       </c>
       <c r="B7" s="56">
         <v>56</v>
       </c>
       <c r="C7" s="66" t="s">
         <v>283</v>
       </c>
       <c r="D7" s="57" t="s">
         <v>184</v>
       </c>
       <c r="E7" s="58" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="8" spans="1:5" x14ac:dyDescent="0.35">
-      <c r="A8" s="107" t="s">
+      <c r="A8" s="106" t="s">
         <v>127</v>
       </c>
-      <c r="B8" s="104">
+      <c r="B8" s="107">
         <v>50</v>
       </c>
-      <c r="C8" s="105" t="s">
+      <c r="C8" s="108" t="s">
         <v>80</v>
       </c>
-      <c r="D8" s="105" t="s">
+      <c r="D8" s="108" t="s">
         <v>81</v>
       </c>
-      <c r="E8" s="106"/>
+      <c r="E8" s="109"/>
     </row>
     <row r="9" spans="1:5" x14ac:dyDescent="0.35">
-      <c r="A9" s="107"/>
-[...3 lines deleted...]
-      <c r="E9" s="106"/>
+      <c r="A9" s="106"/>
+      <c r="B9" s="107"/>
+      <c r="C9" s="108"/>
+      <c r="D9" s="108"/>
+      <c r="E9" s="109"/>
     </row>
     <row r="10" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A10" s="55" t="s">
         <v>82</v>
       </c>
       <c r="B10" s="56">
         <v>51</v>
       </c>
       <c r="C10" s="57" t="s">
         <v>80</v>
       </c>
       <c r="D10" s="57" t="s">
         <v>83</v>
       </c>
       <c r="E10" s="58" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.35">
-      <c r="A11" s="108" t="s">
+      <c r="A11" s="110" t="s">
         <v>128</v>
       </c>
-      <c r="B11" s="104">
+      <c r="B11" s="107">
         <v>45</v>
       </c>
-      <c r="C11" s="109" t="s">
+      <c r="C11" s="111" t="s">
         <v>284</v>
       </c>
-      <c r="D11" s="105" t="s">
+      <c r="D11" s="108" t="s">
         <v>212</v>
       </c>
-      <c r="E11" s="106" t="s">
+      <c r="E11" s="109" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.35">
-      <c r="A12" s="108"/>
-[...3 lines deleted...]
-      <c r="E12" s="106"/>
+      <c r="A12" s="110"/>
+      <c r="B12" s="107"/>
+      <c r="C12" s="111"/>
+      <c r="D12" s="108"/>
+      <c r="E12" s="109"/>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A13" s="55" t="s">
         <v>86</v>
       </c>
       <c r="B13" s="56">
         <v>60</v>
       </c>
       <c r="C13" s="57" t="s">
         <v>80</v>
       </c>
       <c r="D13" s="57" t="s">
         <v>87</v>
       </c>
       <c r="E13" s="58"/>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A14" s="55" t="s">
         <v>88</v>
       </c>
       <c r="B14" s="56">
         <v>60</v>
       </c>
       <c r="C14" s="57" t="s">
         <v>80</v>
@@ -3226,135 +3232,135 @@
         <v>123</v>
       </c>
       <c r="E30" s="58" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="31" spans="1:5" ht="44" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A31" s="61" t="s">
         <v>125</v>
       </c>
       <c r="B31" s="62">
         <v>66</v>
       </c>
       <c r="C31" s="63" t="s">
         <v>289</v>
       </c>
       <c r="D31" s="75" t="s">
         <v>126</v>
       </c>
       <c r="E31" s="67" t="s">
         <v>217</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="15">
+    <mergeCell ref="B8:B9"/>
+    <mergeCell ref="C8:C9"/>
+    <mergeCell ref="D8:D9"/>
+    <mergeCell ref="E8:E9"/>
+    <mergeCell ref="A8:A9"/>
+    <mergeCell ref="A11:A12"/>
+    <mergeCell ref="B11:B12"/>
+    <mergeCell ref="C11:C12"/>
+    <mergeCell ref="D11:D12"/>
+    <mergeCell ref="E11:E12"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:B5"/>
     <mergeCell ref="C4:C5"/>
     <mergeCell ref="D4:D5"/>
     <mergeCell ref="E4:E5"/>
-    <mergeCell ref="A11:A12"/>
-[...8 lines deleted...]
-    <mergeCell ref="A8:A9"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Feuil3"/>
   <dimension ref="A1:E31"/>
   <sheetViews>
     <sheetView zoomScale="72" zoomScaleNormal="72" workbookViewId="0">
       <selection activeCell="B26" sqref="B26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.453125" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="59.7265625" customWidth="1"/>
     <col min="2" max="2" width="40.453125" style="14" customWidth="1"/>
     <col min="3" max="3" width="54.54296875" style="23" customWidth="1"/>
     <col min="4" max="4" width="58.54296875" style="23" customWidth="1"/>
     <col min="5" max="5" width="43.1796875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A1" s="46" t="s">
         <v>67</v>
       </c>
       <c r="B1" s="17" t="s">
         <v>64</v>
       </c>
       <c r="C1" s="68" t="s">
         <v>68</v>
       </c>
       <c r="D1" s="68" t="s">
         <v>69</v>
       </c>
       <c r="E1" s="19" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A2" s="47"/>
       <c r="B2" s="42"/>
       <c r="C2" s="69"/>
       <c r="D2" s="69"/>
       <c r="E2" s="43"/>
     </row>
     <row r="3" spans="1:5" x14ac:dyDescent="0.35">
-      <c r="A3" s="110" t="s">
+      <c r="A3" s="112" t="s">
         <v>188</v>
       </c>
-      <c r="B3" s="104">
+      <c r="B3" s="107">
         <v>66</v>
       </c>
-      <c r="C3" s="111" t="s">
+      <c r="C3" s="113" t="s">
         <v>218</v>
       </c>
-      <c r="D3" s="112" t="s">
+      <c r="D3" s="114" t="s">
         <v>126</v>
       </c>
-      <c r="E3" s="106"/>
+      <c r="E3" s="109"/>
     </row>
     <row r="4" spans="1:5" x14ac:dyDescent="0.35">
-      <c r="A4" s="110"/>
-[...3 lines deleted...]
-      <c r="E4" s="106"/>
+      <c r="A4" s="112"/>
+      <c r="B4" s="107"/>
+      <c r="C4" s="113"/>
+      <c r="D4" s="115"/>
+      <c r="E4" s="109"/>
     </row>
     <row r="5" spans="1:5" ht="29.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A5" s="64" t="s">
         <v>219</v>
       </c>
       <c r="B5" s="56">
         <v>59</v>
       </c>
       <c r="C5" s="70" t="s">
         <v>130</v>
       </c>
       <c r="D5" s="71" t="s">
         <v>189</v>
       </c>
       <c r="E5" s="58"/>
     </row>
     <row r="6" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A6" s="64" t="s">
         <v>220</v>
       </c>
       <c r="B6" s="56">
         <v>48</v>
       </c>
       <c r="C6" s="71" t="s">
         <v>131</v>
@@ -4017,54 +4023,54 @@
       </c>
     </row>
     <row r="17" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A17" s="29" t="s">
         <v>173</v>
       </c>
       <c r="B17" s="25" t="s">
         <v>179</v>
       </c>
       <c r="C17" s="38" t="s">
         <v>180</v>
       </c>
       <c r="D17" s="26" t="s">
         <v>275</v>
       </c>
       <c r="E17" s="34"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr codeName="Feuil1"/>
-  <dimension ref="A1:O109"/>
+  <dimension ref="A1:O110"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A76" workbookViewId="0">
-      <selection activeCell="A107" sqref="A107"/>
+    <sheetView tabSelected="1" topLeftCell="A70" workbookViewId="0">
+      <selection activeCell="C120" sqref="C120"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="1"/>
     <col min="2" max="2" width="8.1796875" customWidth="1"/>
     <col min="3" max="3" width="20.54296875" customWidth="1"/>
     <col min="4" max="4" width="9.7265625" customWidth="1"/>
     <col min="5" max="5" width="8.7265625" customWidth="1"/>
     <col min="6" max="6" width="6.453125" customWidth="1"/>
     <col min="7" max="7" width="4.7265625" customWidth="1"/>
     <col min="8" max="8" width="8.1796875" customWidth="1"/>
     <col min="9" max="9" width="8.453125" customWidth="1"/>
     <col min="10" max="10" width="6.7265625" customWidth="1"/>
     <col min="11" max="11" width="7.81640625" customWidth="1"/>
     <col min="12" max="12" width="20.7265625" style="101" customWidth="1"/>
     <col min="13" max="13" width="6.54296875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" x14ac:dyDescent="0.35">
       <c r="A1" s="39" t="s">
         <v>44</v>
       </c>
       <c r="B1" s="39" t="s">
         <v>45</v>
@@ -7738,90 +7744,90 @@
       </c>
       <c r="B96" s="11">
         <v>2015</v>
       </c>
       <c r="C96" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D96" s="2"/>
       <c r="E96" s="2">
         <v>96</v>
       </c>
       <c r="F96" s="2"/>
       <c r="G96" s="2"/>
       <c r="H96" s="2"/>
       <c r="I96" s="2"/>
       <c r="J96" s="1">
         <v>86</v>
       </c>
       <c r="K96" s="2"/>
       <c r="L96" s="95"/>
       <c r="M96" s="2">
         <v>110</v>
       </c>
     </row>
     <row r="97" spans="1:14" ht="31" x14ac:dyDescent="0.35">
-      <c r="A97" s="118" t="s">
+      <c r="A97" s="104" t="s">
         <v>293</v>
       </c>
       <c r="B97" s="85">
         <v>2016</v>
       </c>
       <c r="C97" s="86" t="s">
         <v>292</v>
       </c>
       <c r="D97" s="103" t="s">
         <v>294</v>
       </c>
       <c r="E97" s="86">
         <v>98</v>
       </c>
       <c r="F97" s="86">
         <v>13</v>
       </c>
       <c r="G97" s="86">
         <v>0</v>
       </c>
       <c r="H97" s="86">
         <v>85</v>
       </c>
       <c r="I97" s="86">
         <v>43</v>
       </c>
       <c r="J97" s="87"/>
       <c r="K97" s="86">
         <v>0</v>
       </c>
       <c r="L97" s="89" t="s">
         <v>299</v>
       </c>
       <c r="M97" s="86">
         <v>110</v>
       </c>
     </row>
     <row r="98" spans="1:14" ht="31" x14ac:dyDescent="0.35">
-      <c r="A98" s="118" t="s">
+      <c r="A98" s="104" t="s">
         <v>295</v>
       </c>
       <c r="B98" s="85">
         <v>2016</v>
       </c>
       <c r="C98" s="86" t="s">
         <v>291</v>
       </c>
       <c r="D98" s="103" t="s">
         <v>296</v>
       </c>
       <c r="E98" s="86">
         <v>101</v>
       </c>
       <c r="F98" s="86">
         <v>8</v>
       </c>
       <c r="G98" s="86">
         <v>0</v>
       </c>
       <c r="H98" s="86">
         <v>93</v>
       </c>
       <c r="I98" s="86">
         <v>47</v>
@@ -8065,175 +8071,203 @@
       <c r="B106" s="11">
         <v>2024</v>
       </c>
       <c r="C106" s="2" t="s">
         <v>301</v>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2">
         <v>98</v>
       </c>
       <c r="F106" s="2"/>
       <c r="G106" s="2"/>
       <c r="H106" s="2"/>
       <c r="I106" s="2"/>
       <c r="J106" s="1">
         <v>89</v>
       </c>
       <c r="K106" s="2"/>
       <c r="L106" s="95"/>
       <c r="M106" s="2">
         <v>110</v>
       </c>
       <c r="N106" s="84"/>
     </row>
     <row r="107" spans="1:14" x14ac:dyDescent="0.35">
-      <c r="A107" s="119" t="s">
+      <c r="A107" s="105" t="s">
         <v>305</v>
       </c>
       <c r="B107" s="11">
         <v>2025</v>
       </c>
       <c r="C107" s="2" t="s">
         <v>302</v>
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2">
         <v>99</v>
       </c>
       <c r="F107" s="2"/>
       <c r="G107" s="2"/>
       <c r="H107" s="2"/>
       <c r="I107" s="2"/>
       <c r="J107" s="1">
         <v>96</v>
       </c>
       <c r="K107" s="2"/>
       <c r="L107" s="95"/>
       <c r="M107" s="2">
         <v>110</v>
       </c>
       <c r="N107" s="84"/>
     </row>
     <row r="108" spans="1:14" x14ac:dyDescent="0.35">
-      <c r="A108" s="102" t="s">
+      <c r="A108" s="120">
+        <v>45973</v>
+      </c>
+      <c r="B108" s="10">
+        <v>2026</v>
+      </c>
+      <c r="C108" s="3" t="s">
+        <v>306</v>
+      </c>
+      <c r="D108" s="2"/>
+      <c r="E108" s="2">
+        <v>93</v>
+      </c>
+      <c r="F108" s="2"/>
+      <c r="G108" s="2"/>
+      <c r="H108" s="2"/>
+      <c r="I108" s="2"/>
+      <c r="J108" s="1">
+        <v>56</v>
+      </c>
+      <c r="K108" s="2"/>
+      <c r="L108" s="95"/>
+      <c r="M108" s="2">
+        <v>110</v>
+      </c>
+      <c r="N108" s="84"/>
+    </row>
+    <row r="109" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A109" s="102" t="s">
         <v>44</v>
       </c>
-      <c r="B108" s="102" t="s">
+      <c r="B109" s="102" t="s">
         <v>45</v>
       </c>
-      <c r="C108" s="102" t="s">
+      <c r="C109" s="102" t="s">
         <v>47</v>
       </c>
-      <c r="D108" s="80" t="s">
+      <c r="D109" s="80" t="s">
         <v>48</v>
       </c>
-      <c r="E108" s="82" t="s">
+      <c r="E109" s="82" t="s">
         <v>48</v>
       </c>
-      <c r="F108" s="114" t="s">
+      <c r="F109" s="116" t="s">
         <v>51</v>
       </c>
-      <c r="G108" s="114" t="s">
+      <c r="G109" s="116" t="s">
         <v>52</v>
       </c>
-      <c r="H108" s="114" t="s">
+      <c r="H109" s="116" t="s">
         <v>61</v>
       </c>
-      <c r="I108" s="82" t="s">
+      <c r="I109" s="82" t="s">
         <v>53</v>
       </c>
-      <c r="J108" s="82" t="s">
+      <c r="J109" s="82" t="s">
         <v>55</v>
       </c>
-      <c r="K108" s="82" t="s">
+      <c r="K109" s="82" t="s">
         <v>57</v>
       </c>
-      <c r="L108" s="116" t="s">
+      <c r="L109" s="118" t="s">
         <v>59</v>
       </c>
-      <c r="M108" s="114" t="s">
+      <c r="M109" s="116" t="s">
         <v>60</v>
       </c>
-      <c r="N108" s="84"/>
-[...3 lines deleted...]
-      <c r="B109" s="15" t="s">
+      <c r="N109" s="84"/>
+    </row>
+    <row r="110" spans="1:14" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A110" s="15"/>
+      <c r="B110" s="15" t="s">
         <v>46</v>
       </c>
-      <c r="C109" s="15"/>
-      <c r="D109" s="81" t="s">
+      <c r="C110" s="15"/>
+      <c r="D110" s="81" t="s">
         <v>49</v>
       </c>
-      <c r="E109" s="83" t="s">
+      <c r="E110" s="83" t="s">
         <v>50</v>
       </c>
-      <c r="F109" s="115"/>
-[...2 lines deleted...]
-      <c r="I109" s="83" t="s">
+      <c r="F110" s="117"/>
+      <c r="G110" s="117"/>
+      <c r="H110" s="117"/>
+      <c r="I110" s="83" t="s">
         <v>54</v>
       </c>
-      <c r="J109" s="83" t="s">
+      <c r="J110" s="83" t="s">
         <v>56</v>
       </c>
-      <c r="K109" s="83" t="s">
+      <c r="K110" s="83" t="s">
         <v>58</v>
       </c>
-      <c r="L109" s="117"/>
-      <c r="M109" s="115"/>
+      <c r="L110" s="119"/>
+      <c r="M110" s="117"/>
     </row>
   </sheetData>
   <mergeCells count="5">
-    <mergeCell ref="F108:F109"/>
-[...3 lines deleted...]
-    <mergeCell ref="M108:M109"/>
+    <mergeCell ref="F109:F110"/>
+    <mergeCell ref="G109:G110"/>
+    <mergeCell ref="H109:H110"/>
+    <mergeCell ref="L109:L110"/>
+    <mergeCell ref="M109:M110"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">
       <vt:lpstr>1848-1857</vt:lpstr>
       <vt:lpstr>1857-1880</vt:lpstr>
       <vt:lpstr>1880-1921</vt:lpstr>
-      <vt:lpstr>1922-2025</vt:lpstr>
+      <vt:lpstr>1922-2026</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>John CLERC</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>