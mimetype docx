--- v0 (2025-12-05)
+++ v1 (2026-02-25)
@@ -9,126 +9,104 @@
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="6529EB1B" w14:textId="2C2268BC" w:rsidR="00BB7596" w:rsidRDefault="00D338B3" w:rsidP="00D338B3">
+    <w:p w14:paraId="3F18BA6E" w14:textId="760981D9" w:rsidR="00113D9E" w:rsidRDefault="000262CF" w:rsidP="000262CF">
       <w:pPr>
         <w:pStyle w:val="05objet"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D338B3">
+      <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Rapport de demande de mesures pédago-thérapeutiques en cas de difficultés psychomotrices</w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> enfants en période scolaire et jeunes en période post-scolaire</w:t>
+        <w:t xml:space="preserve">Psychomotricité – pour des jeunes en période postscolaire </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="142D44F3" w14:textId="77777777" w:rsidR="00AE0671" w:rsidRPr="003949EC" w:rsidRDefault="00AE0671" w:rsidP="00934B1A">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003949EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Control0"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="003949EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00314590">
-[...4 lines deleted...]
-      <w:r w:rsidR="00314590">
+      <w:r w:rsidRPr="003949EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="003949EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="003949EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="003534FC" w:rsidRPr="003949EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Nouvelle demande</w:t>
       </w:r>
       <w:r w:rsidR="003534FC" w:rsidRPr="003949EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -155,389 +133,163 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Control0"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="003949EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00314590">
-[...6 lines deleted...]
-      <w:r w:rsidR="00314590">
+      <w:r w:rsidRPr="003949EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="003949EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="003949EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="003949EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Réouverture</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27BAE576" w14:textId="7B0BA8AD" w:rsidR="00AE0671" w:rsidRPr="003949EC" w:rsidRDefault="00AE0671">
+    <w:p w14:paraId="4801A8C6" w14:textId="425FFA39" w:rsidR="000452B9" w:rsidRPr="003949EC" w:rsidRDefault="00AE0671">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003949EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Control0"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="003949EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00314590">
-[...6 lines deleted...]
-      <w:r w:rsidR="00314590">
+      <w:r w:rsidRPr="003949EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="003949EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="003949EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="003949EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Prolongation</w:t>
-[...241 lines deleted...]
-        <w:t xml:space="preserve"> Complément à une demande d’orientation scolaire (délai au </w:t>
+        <w:t xml:space="preserve"> Complément à une demande </w:t>
+      </w:r>
+      <w:r w:rsidR="000262CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>MAR</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (délai au </w:t>
       </w:r>
       <w:r w:rsidR="003949EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>28 février</w:t>
       </w:r>
       <w:r w:rsidR="00934B1A" w:rsidRPr="003949EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02B483A8" w14:textId="77777777" w:rsidR="00934B1A" w:rsidRPr="00146395" w:rsidRDefault="00934B1A">
       <w:pPr>
         <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -569,108 +321,106 @@
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4962"/>
         <w:gridCol w:w="4677"/>
       </w:tblGrid>
       <w:tr w:rsidR="00AE0671" w:rsidRPr="00146395" w14:paraId="12873504" w14:textId="77777777" w:rsidTr="00934B1A">
         <w:trPr>
           <w:trHeight w:val="494"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3A1B7650" w14:textId="77777777" w:rsidR="00AE0671" w:rsidRPr="003949EC" w:rsidRDefault="00AE0671" w:rsidP="000452B9">
             <w:pPr>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Nom, prénom</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4A96B414" w14:textId="77777777" w:rsidR="00AE0671" w:rsidRPr="003949EC" w:rsidRDefault="00CB379C">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte17"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="1" w:name="Texte17"/>
+            <w:bookmarkStart w:id="0" w:name="Texte17"/>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
@@ -703,124 +453,122 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="1"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AE0671" w:rsidRPr="00146395" w14:paraId="179DAF3B" w14:textId="77777777" w:rsidTr="00934B1A">
         <w:trPr>
           <w:trHeight w:val="430"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="68099472" w14:textId="77777777" w:rsidR="00AE0671" w:rsidRPr="003949EC" w:rsidRDefault="00AE0671">
             <w:pPr>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Date de naissance</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5290C9E1" w14:textId="77777777" w:rsidR="00AE0671" w:rsidRPr="003949EC" w:rsidRDefault="00CB379C">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte18"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="2" w:name="Texte18"/>
+            <w:bookmarkStart w:id="1" w:name="Texte18"/>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
@@ -853,124 +601,122 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="2"/>
+            <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AE0671" w:rsidRPr="00146395" w14:paraId="32F3DF34" w14:textId="77777777" w:rsidTr="00934B1A">
         <w:trPr>
           <w:trHeight w:val="408"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="175832E4" w14:textId="77777777" w:rsidR="00AE0671" w:rsidRPr="003949EC" w:rsidRDefault="00AE0671">
             <w:pPr>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Genre</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2DA5211B" w14:textId="77777777" w:rsidR="00AE0671" w:rsidRPr="003949EC" w:rsidRDefault="00CB379C">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte19"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="Texte19"/>
+            <w:bookmarkStart w:id="2" w:name="Texte19"/>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
@@ -1003,124 +749,122 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="3"/>
+            <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AE0671" w:rsidRPr="00146395" w14:paraId="5D1DEF83" w14:textId="77777777" w:rsidTr="00934B1A">
         <w:trPr>
           <w:trHeight w:val="414"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="50C691ED" w14:textId="77777777" w:rsidR="00AE0671" w:rsidRPr="003949EC" w:rsidRDefault="00AE0671">
             <w:pPr>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Nom, prénom de la mère</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6CD9083D" w14:textId="77777777" w:rsidR="00AE0671" w:rsidRPr="003949EC" w:rsidRDefault="00CB379C">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="4" w:name="Texte20"/>
+            <w:bookmarkStart w:id="3" w:name="Texte20"/>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
@@ -1153,124 +897,122 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="4"/>
+            <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AE0671" w:rsidRPr="00146395" w14:paraId="14DB5723" w14:textId="77777777" w:rsidTr="00934B1A">
         <w:trPr>
           <w:trHeight w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="607A6F65" w14:textId="77777777" w:rsidR="00AE0671" w:rsidRPr="003949EC" w:rsidRDefault="00AE0671">
             <w:pPr>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Nom, prénom du père</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="54106ABA" w14:textId="77777777" w:rsidR="00AE0671" w:rsidRPr="003949EC" w:rsidRDefault="00CB379C">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte21"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="5" w:name="Texte21"/>
+            <w:bookmarkStart w:id="4" w:name="Texte21"/>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
@@ -1303,124 +1045,122 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="5"/>
+            <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AE0671" w:rsidRPr="00146395" w14:paraId="2CB657AD" w14:textId="77777777" w:rsidTr="00934B1A">
         <w:trPr>
           <w:trHeight w:val="426"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3DAA8CF7" w14:textId="77777777" w:rsidR="00AE0671" w:rsidRPr="003949EC" w:rsidRDefault="00AE0671">
             <w:pPr>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Adresse exacte</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="52EEC2DC" w14:textId="77777777" w:rsidR="00AE0671" w:rsidRPr="003949EC" w:rsidRDefault="00CB379C">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte22"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="Texte22"/>
+            <w:bookmarkStart w:id="5" w:name="Texte22"/>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
@@ -1453,124 +1193,122 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="6"/>
+            <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AE0671" w:rsidRPr="00146395" w14:paraId="430BDEA6" w14:textId="77777777" w:rsidTr="00934B1A">
         <w:trPr>
           <w:trHeight w:val="390"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6A4E54F2" w14:textId="77777777" w:rsidR="00AE0671" w:rsidRPr="003949EC" w:rsidRDefault="00AE0671">
             <w:pPr>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Titulaire de l’autorité parentale</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5A1DC498" w14:textId="77777777" w:rsidR="00AE0671" w:rsidRPr="003949EC" w:rsidRDefault="00CB379C">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="7" w:name="Texte23"/>
+            <w:bookmarkStart w:id="6" w:name="Texte23"/>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
@@ -1603,141 +1341,139 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="7"/>
+            <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AE0671" w:rsidRPr="00146395" w14:paraId="596136D9" w14:textId="77777777" w:rsidTr="00934B1A">
         <w:trPr>
           <w:trHeight w:val="426"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="39696191" w14:textId="77777777" w:rsidR="00AE0671" w:rsidRPr="003949EC" w:rsidRDefault="00AE0671">
             <w:pPr>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Ecole </w:t>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ou</w:t>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> autre structure</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1AD0DAA9" w14:textId="77777777" w:rsidR="00AE0671" w:rsidRPr="003949EC" w:rsidRDefault="00CB379C">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="8" w:name="Texte24"/>
+            <w:bookmarkStart w:id="7" w:name="Texte24"/>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
@@ -1770,124 +1506,122 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="8"/>
+            <w:bookmarkEnd w:id="7"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AE0671" w:rsidRPr="00146395" w14:paraId="04421A7C" w14:textId="77777777" w:rsidTr="00934B1A">
         <w:trPr>
           <w:trHeight w:val="415"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0181F82E" w14:textId="77777777" w:rsidR="00AE0671" w:rsidRPr="003949EC" w:rsidRDefault="00AE0671">
             <w:pPr>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Degré scolaire</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="721AABEA" w14:textId="77777777" w:rsidR="00AE0671" w:rsidRPr="003949EC" w:rsidRDefault="00CB379C">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="Texte25"/>
+            <w:bookmarkStart w:id="8" w:name="Texte25"/>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
@@ -1920,124 +1654,122 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="9"/>
+            <w:bookmarkEnd w:id="8"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AE0671" w:rsidRPr="00146395" w14:paraId="6DD39F0E" w14:textId="77777777" w:rsidTr="00934B1A">
         <w:trPr>
           <w:trHeight w:val="408"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="76FECA68" w14:textId="77777777" w:rsidR="00AE0671" w:rsidRPr="003949EC" w:rsidRDefault="00AE0671">
             <w:pPr>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Enseignant-e-s actuel-le-s</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="27A7DCF0" w14:textId="77777777" w:rsidR="00AE0671" w:rsidRPr="003949EC" w:rsidRDefault="00CB379C">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte26"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="10" w:name="Texte26"/>
+            <w:bookmarkStart w:id="9" w:name="Texte26"/>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
@@ -2070,131 +1802,129 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="10"/>
+            <w:bookmarkEnd w:id="9"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AE0671" w:rsidRPr="00146395" w14:paraId="608AD35F" w14:textId="77777777" w:rsidTr="00306F3E">
         <w:trPr>
           <w:trHeight w:val="586"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6A89BAF1" w14:textId="77777777" w:rsidR="00AE0671" w:rsidRPr="003949EC" w:rsidRDefault="00AE0671">
             <w:pPr>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Le cas échéant diagnostic médical </w:t>
             </w:r>
             <w:r w:rsidR="000452B9" w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>+ médecin traitant</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="40D5AE41" w14:textId="77777777" w:rsidR="00AE0671" w:rsidRPr="003949EC" w:rsidRDefault="00CB379C">
             <w:pPr>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte27"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="11" w:name="Texte27"/>
+            <w:bookmarkStart w:id="10" w:name="Texte27"/>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
@@ -2227,124 +1957,122 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="11"/>
+            <w:bookmarkEnd w:id="10"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AE0671" w:rsidRPr="00146395" w14:paraId="748E9EE2" w14:textId="77777777" w:rsidTr="004F23FD">
         <w:trPr>
           <w:trHeight w:val="394"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="48DBC298" w14:textId="77777777" w:rsidR="00AE0671" w:rsidRPr="003949EC" w:rsidRDefault="00AE0671">
             <w:pPr>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Mesures d’aide actuelles</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="31C52E51" w14:textId="77777777" w:rsidR="00AE0671" w:rsidRPr="003949EC" w:rsidRDefault="00CB379C">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte28"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="Texte28"/>
+            <w:bookmarkStart w:id="11" w:name="Texte28"/>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
@@ -2377,124 +2105,122 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="12"/>
+            <w:bookmarkEnd w:id="11"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AE0671" w:rsidRPr="00146395" w14:paraId="09006485" w14:textId="77777777" w:rsidTr="00306F3E">
         <w:trPr>
           <w:trHeight w:val="586"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1E722C8E" w14:textId="77777777" w:rsidR="00AE0671" w:rsidRPr="003949EC" w:rsidRDefault="00AE0671">
             <w:pPr>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Mesures d’aide antérieures</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1D23FF28" w14:textId="77777777" w:rsidR="00AE0671" w:rsidRPr="003949EC" w:rsidRDefault="00CB379C">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte29"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="13" w:name="Texte29"/>
+            <w:bookmarkStart w:id="12" w:name="Texte29"/>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
@@ -2527,131 +2253,119 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="13"/>
+            <w:bookmarkEnd w:id="12"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6F1D04A0" w14:textId="77777777" w:rsidR="00934B1A" w:rsidRDefault="00934B1A" w:rsidP="000452B9">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste1"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="474764D0" w14:textId="77777777" w:rsidR="00AE0671" w:rsidRPr="003949EC" w:rsidRDefault="00AE0671">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003949EC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Description de la situation actuelle et de la demande</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18F34E9D" w14:textId="77777777" w:rsidR="00AE0671" w:rsidRPr="00146395" w:rsidRDefault="00AE0671" w:rsidP="003949EC">
-[...11 lines deleted...]
-    <w:p w14:paraId="491BA8B6" w14:textId="77777777" w:rsidR="000452B9" w:rsidRPr="003949EC" w:rsidRDefault="00934B1A" w:rsidP="003949EC">
+    <w:p w14:paraId="4524397D" w14:textId="770F3066" w:rsidR="000452B9" w:rsidRPr="003949EC" w:rsidRDefault="00934B1A" w:rsidP="003949EC">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste1"/>
         <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003949EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte6"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="14" w:name="Texte6"/>
+      <w:bookmarkStart w:id="13" w:name="Texte6"/>
       <w:r w:rsidRPr="003949EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="003949EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="003949EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="003949EC">
         <w:rPr>
@@ -2684,162 +2398,108 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="003949EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="003949EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
-[...41 lines deleted...]
-      </w:pPr>
+      <w:bookmarkEnd w:id="13"/>
     </w:p>
     <w:p w14:paraId="5DC9BAD5" w14:textId="77777777" w:rsidR="00AE0671" w:rsidRPr="003949EC" w:rsidRDefault="00AE0671" w:rsidP="003949EC">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003949EC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Anamnèse en lien avec la demande</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F115D11" w14:textId="77777777" w:rsidR="000452B9" w:rsidRPr="00146395" w:rsidRDefault="000452B9" w:rsidP="003949EC">
-[...10 lines deleted...]
-    </w:p>
     <w:p w14:paraId="782C06ED" w14:textId="77777777" w:rsidR="000452B9" w:rsidRPr="003949EC" w:rsidRDefault="00934B1A" w:rsidP="003949EC">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste1"/>
         <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003949EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte7"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="Texte7"/>
+      <w:bookmarkStart w:id="14" w:name="Texte7"/>
       <w:r w:rsidRPr="003949EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="003949EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="003949EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
@@ -2876,206 +2536,124 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="003949EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="003949EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="15"/>
-[...55 lines deleted...]
-      </w:pPr>
+      <w:bookmarkEnd w:id="14"/>
     </w:p>
     <w:p w14:paraId="3F18FFF8" w14:textId="77777777" w:rsidR="000452B9" w:rsidRPr="003949EC" w:rsidRDefault="00AE0671" w:rsidP="003949EC">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003949EC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Bilan psychomoteur</w:t>
       </w:r>
-    </w:p>
-[...10 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="27272237" w14:textId="77777777" w:rsidR="00AE0671" w:rsidRPr="00146395" w:rsidRDefault="00AE0671" w:rsidP="003949EC">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="851" w:hanging="851"/>
       </w:pPr>
       <w:r w:rsidRPr="00146395">
         <w:t>Dates</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23586682" w14:textId="77777777" w:rsidR="00AE0671" w:rsidRPr="003949EC" w:rsidRDefault="00AE0671" w:rsidP="003949EC">
-[...12 lines deleted...]
-    </w:p>
     <w:p w14:paraId="11614A7E" w14:textId="77777777" w:rsidR="00306F3E" w:rsidRPr="003949EC" w:rsidRDefault="00934B1A" w:rsidP="003949EC">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste1"/>
         <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003949EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte8"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="16" w:name="Texte8"/>
+      <w:bookmarkStart w:id="15" w:name="Texte8"/>
       <w:r w:rsidRPr="003949EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="003949EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="003949EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
@@ -3112,140 +2690,98 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="003949EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="003949EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="16"/>
-[...27 lines deleted...]
-      </w:pPr>
+      <w:bookmarkEnd w:id="15"/>
     </w:p>
     <w:p w14:paraId="7BB5B06C" w14:textId="77777777" w:rsidR="00AE0671" w:rsidRPr="00146395" w:rsidRDefault="00AE0671" w:rsidP="003949EC">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="851" w:hanging="851"/>
       </w:pPr>
       <w:r w:rsidRPr="00146395">
         <w:t>Méthodes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="043E158D" w14:textId="77777777" w:rsidR="000452B9" w:rsidRPr="003949EC" w:rsidRDefault="000452B9" w:rsidP="003949EC">
-[...12 lines deleted...]
-    </w:p>
     <w:p w14:paraId="5CCD6E81" w14:textId="77777777" w:rsidR="00306F3E" w:rsidRPr="003949EC" w:rsidRDefault="00934B1A" w:rsidP="003949EC">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste1"/>
         <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003949EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte9"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="17" w:name="Texte9"/>
+      <w:bookmarkStart w:id="16" w:name="Texte9"/>
       <w:r w:rsidRPr="003949EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="003949EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="003949EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
@@ -3282,160 +2818,105 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="003949EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="003949EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="17"/>
-[...41 lines deleted...]
-      </w:pPr>
+      <w:bookmarkEnd w:id="16"/>
     </w:p>
     <w:p w14:paraId="69FBA769" w14:textId="77777777" w:rsidR="000452B9" w:rsidRPr="00146395" w:rsidRDefault="00AE0671" w:rsidP="003949EC">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="851" w:hanging="851"/>
       </w:pPr>
       <w:r w:rsidRPr="00146395">
         <w:t>Observations cliniques et résultats des tests</w:t>
       </w:r>
       <w:r w:rsidRPr="003949EC">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="765248B3" w14:textId="77777777" w:rsidR="00137DF6" w:rsidRPr="003949EC" w:rsidRDefault="00137DF6" w:rsidP="003949EC">
-[...12 lines deleted...]
-    </w:p>
     <w:p w14:paraId="4DBBE7E6" w14:textId="77777777" w:rsidR="00137DF6" w:rsidRPr="003949EC" w:rsidRDefault="00934B1A" w:rsidP="003949EC">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste1"/>
         <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003949EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte10"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="Texte10"/>
+      <w:bookmarkStart w:id="17" w:name="Texte10"/>
       <w:r w:rsidRPr="003949EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="003949EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="003949EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
@@ -3472,192 +2953,108 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="003949EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="003949EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="18"/>
-[...69 lines deleted...]
-      </w:pPr>
+      <w:bookmarkEnd w:id="17"/>
     </w:p>
     <w:p w14:paraId="46721C10" w14:textId="77777777" w:rsidR="00137DF6" w:rsidRPr="003949EC" w:rsidRDefault="00137DF6" w:rsidP="003949EC">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003949EC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Synthèse et diagnostic psychomoteur</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22AB783E" w14:textId="77777777" w:rsidR="00137DF6" w:rsidRPr="003949EC" w:rsidRDefault="00137DF6" w:rsidP="003949EC">
-[...12 lines deleted...]
-    </w:p>
     <w:p w14:paraId="2730A19D" w14:textId="77777777" w:rsidR="00137DF6" w:rsidRPr="003949EC" w:rsidRDefault="00934B1A" w:rsidP="003949EC">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste1"/>
         <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003949EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte11"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="19" w:name="Texte11"/>
+      <w:bookmarkStart w:id="18" w:name="Texte11"/>
       <w:r w:rsidRPr="003949EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="003949EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="003949EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
@@ -3694,173 +3091,77 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="003949EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="003949EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="18"/>
     </w:p>
-    <w:p w14:paraId="0FB4DBA1" w14:textId="77777777" w:rsidR="00306F3E" w:rsidRPr="003949EC" w:rsidRDefault="00306F3E" w:rsidP="003949EC">
-[...83 lines deleted...]
-    <w:p w14:paraId="01B70E5D" w14:textId="77777777" w:rsidR="00137DF6" w:rsidRPr="003949EC" w:rsidRDefault="00137DF6" w:rsidP="003949EC">
+    <w:p w14:paraId="01B70E5D" w14:textId="77777777" w:rsidR="00137DF6" w:rsidRDefault="00137DF6" w:rsidP="003949EC">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003949EC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Conclusions et propositions </w:t>
       </w:r>
-    </w:p>
-[...10 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="5548B092" w14:textId="77777777" w:rsidR="00137DF6" w:rsidRPr="00146395" w:rsidRDefault="00137DF6" w:rsidP="003949EC">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="851" w:hanging="851"/>
       </w:pPr>
       <w:r w:rsidRPr="00146395">
         <w:t>Besoins bio-psycho-sociaux de l’enfant</w:t>
       </w:r>
       <w:r w:rsidRPr="003949EC">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="60AAA329" w14:textId="77777777" w:rsidR="00B443DF" w:rsidRPr="003949EC" w:rsidRDefault="00934B1A" w:rsidP="003949EC">
       <w:pPr>
@@ -3869,51 +3170,51 @@
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003949EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="20" w:name="Texte12"/>
+      <w:bookmarkStart w:id="19" w:name="Texte12"/>
       <w:r w:rsidRPr="003949EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="003949EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="003949EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
@@ -3950,126 +3251,98 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="003949EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="003949EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="20"/>
-[...27 lines deleted...]
-      </w:pPr>
+      <w:bookmarkEnd w:id="19"/>
     </w:p>
     <w:p w14:paraId="1EC1151D" w14:textId="77777777" w:rsidR="00137DF6" w:rsidRPr="00146395" w:rsidRDefault="00137DF6" w:rsidP="003949EC">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="851" w:hanging="851"/>
       </w:pPr>
       <w:r w:rsidRPr="00146395">
         <w:t>Mesures d’aide en psychomotricité</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7053B061" w14:textId="77777777" w:rsidR="00B443DF" w:rsidRDefault="00934B1A" w:rsidP="003949EC">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste1"/>
         <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003949EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte13"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="Texte13"/>
+      <w:bookmarkStart w:id="20" w:name="Texte13"/>
       <w:r w:rsidRPr="003949EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="003949EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="003949EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
@@ -4106,143 +3379,142 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="003949EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="003949EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="21"/>
+      <w:bookmarkEnd w:id="20"/>
     </w:p>
     <w:p w14:paraId="55A277F1" w14:textId="77777777" w:rsidR="00D338B3" w:rsidRDefault="00D338B3" w:rsidP="00D338B3">
       <w:pPr>
         <w:pStyle w:val="06btexteprincipalsansespacebloc"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:spacing w:before="60" w:after="60" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="54E03862" w14:textId="77777777" w:rsidR="00D338B3" w:rsidRDefault="00D338B3" w:rsidP="00D338B3">
       <w:pPr>
         <w:pStyle w:val="06btexteprincipalsansespacebloc"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:spacing w:before="60" w:after="60" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Types </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>d’intervention</w:t>
       </w:r>
       <w:r w:rsidRPr="00D30CCA">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher6"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="22" w:name="CaseACocher6"/>
+      <w:bookmarkStart w:id="21" w:name="CaseACocher6"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00314590">
-[...4 lines deleted...]
-      <w:r w:rsidR="00314590">
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="22"/>
+      <w:bookmarkEnd w:id="21"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> Thérapie psychomotrice individuelle du </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte47"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
@@ -4458,75 +3730,75 @@
         <w:pStyle w:val="06btexteprincipalsansespacebloc"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:spacing w:before="60" w:after="60" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher7"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="23" w:name="CaseACocher7"/>
+      <w:bookmarkStart w:id="22" w:name="CaseACocher7"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00314590">
-[...4 lines deleted...]
-      <w:r w:rsidR="00314590">
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="23"/>
+      <w:bookmarkEnd w:id="22"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> Thérapie psychomotrice en groupe du </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte47"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
@@ -4742,95 +4014,95 @@
         <w:pStyle w:val="06btexteprincipalsansespacebloc"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:spacing w:before="60" w:after="60" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher9"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="CaseACocher9"/>
+      <w:bookmarkStart w:id="23" w:name="CaseACocher9"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00314590">
-[...4 lines deleted...]
-      <w:r w:rsidR="00314590">
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="24"/>
+      <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> Autre </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte47"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="25" w:name="Texte47"/>
+      <w:bookmarkStart w:id="24" w:name="Texte47"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
@@ -4845,97 +4117,97 @@
           <w:noProof/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="25"/>
+      <w:bookmarkEnd w:id="24"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="663167C6" w14:textId="77777777" w:rsidR="00D338B3" w:rsidRPr="00D30CCA" w:rsidRDefault="00D338B3" w:rsidP="00D338B3">
       <w:pPr>
         <w:pStyle w:val="06btexteprincipalsansespacebloc"/>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>Personne et/ou service</w:t>
       </w:r>
       <w:r w:rsidRPr="00D30CCA">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> reconnu choisi pour le traitement</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte35"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="26" w:name="Texte35"/>
+      <w:bookmarkStart w:id="25" w:name="Texte35"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
@@ -4950,65 +4222,51 @@
           <w:noProof/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="26"/>
-[...13 lines deleted...]
-      </w:pPr>
+      <w:bookmarkEnd w:id="25"/>
     </w:p>
     <w:p w14:paraId="59D90B1A" w14:textId="77777777" w:rsidR="00306F3E" w:rsidRPr="003949EC" w:rsidRDefault="00306F3E" w:rsidP="003949EC">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste1"/>
         <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="768BB8A9" w14:textId="77777777" w:rsidR="00137DF6" w:rsidRPr="00146395" w:rsidRDefault="00137DF6" w:rsidP="003949EC">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="851"/>
         </w:tabs>
@@ -5037,51 +4295,51 @@
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003949EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte14"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="27" w:name="Texte14"/>
+      <w:bookmarkStart w:id="26" w:name="Texte14"/>
       <w:r w:rsidRPr="003949EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="003949EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="003949EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
@@ -5118,110 +4376,95 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="003949EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="003949EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="27"/>
+      <w:bookmarkEnd w:id="26"/>
     </w:p>
-    <w:p w14:paraId="2BDED378" w14:textId="77777777" w:rsidR="00B443DF" w:rsidRPr="003949EC" w:rsidRDefault="00B443DF" w:rsidP="003949EC">
-[...13 lines deleted...]
-    <w:p w14:paraId="1E635BB1" w14:textId="77777777" w:rsidR="00D338B3" w:rsidRPr="00D30CCA" w:rsidRDefault="00D338B3" w:rsidP="00D338B3"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3273"/>
         <w:gridCol w:w="6015"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D338B3" w14:paraId="498D7929" w14:textId="77777777" w:rsidTr="00B617E5">
+      <w:tr w:rsidR="00D338B3" w14:paraId="498D7929" w14:textId="77777777" w:rsidTr="000262CF">
         <w:trPr>
           <w:trHeight w:val="1201"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcW w:w="3273" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="64C15882" w14:textId="77777777" w:rsidR="00D338B3" w:rsidRDefault="00D338B3" w:rsidP="00B617E5">
             <w:pPr>
               <w:pStyle w:val="06btexteprincipalsansespacebloc"/>
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t xml:space="preserve">Centre d'examen </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:br/>
               <w:t>(service), nom, prénom, adresse</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6378" w:type="dxa"/>
+            <w:tcW w:w="6015" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="686D70CE" w14:textId="77777777" w:rsidR="00D338B3" w:rsidRDefault="00D338B3" w:rsidP="00B617E5">
             <w:pPr>
               <w:pStyle w:val="06btexteprincipalsansespacebloc"/>
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte37"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
@@ -5260,76 +4503,76 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D338B3" w14:paraId="77E35B96" w14:textId="77777777" w:rsidTr="00B617E5">
+      <w:tr w:rsidR="00D338B3" w14:paraId="77E35B96" w14:textId="77777777" w:rsidTr="000262CF">
         <w:trPr>
           <w:trHeight w:val="1263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcW w:w="3273" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="536DEA11" w14:textId="77777777" w:rsidR="00D338B3" w:rsidRDefault="00D338B3" w:rsidP="00D338B3">
             <w:pPr>
               <w:pStyle w:val="06btexteprincipalsansespacebloc"/>
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t>Lieu, date et signature du/de la psychomotricien-ne</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6378" w:type="dxa"/>
+            <w:tcW w:w="6015" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3AB975A7" w14:textId="77777777" w:rsidR="00D338B3" w:rsidRDefault="00D338B3" w:rsidP="00B617E5">
             <w:pPr>
               <w:pStyle w:val="06btexteprincipalsansespacebloc"/>
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte37"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
@@ -5369,78 +4612,50 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="683D741D" w14:textId="77777777" w:rsidR="00B443DF" w:rsidRPr="003949EC" w:rsidRDefault="00B443DF" w:rsidP="003949EC">
-[...26 lines deleted...]
-    </w:p>
     <w:p w14:paraId="4367D2FE" w14:textId="77777777" w:rsidR="00B443DF" w:rsidRPr="00096C41" w:rsidRDefault="00B443DF" w:rsidP="003949EC">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste1"/>
         <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="01162B93" w14:textId="77777777" w:rsidR="00137DF6" w:rsidRPr="00096C41" w:rsidRDefault="00137DF6" w:rsidP="00137DF6">
       <w:pPr>
         <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00096C41">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -5583,51 +4798,51 @@
     </w:p>
     <w:p w14:paraId="0AC96D37" w14:textId="77777777" w:rsidR="00941C02" w:rsidRPr="00096C41" w:rsidRDefault="00941C02" w:rsidP="00B443DF">
       <w:pPr>
         <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00096C41">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte16"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="28" w:name="Texte16"/>
+      <w:bookmarkStart w:id="27" w:name="Texte16"/>
       <w:r w:rsidRPr="00096C41">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00096C41">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00096C41">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00096C41">
         <w:rPr>
@@ -5660,207 +4875,207 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00096C41">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00096C41">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="28"/>
+      <w:bookmarkEnd w:id="27"/>
     </w:p>
     <w:sectPr w:rsidR="00941C02" w:rsidRPr="00096C41" w:rsidSect="0034621E">
       <w:headerReference w:type="even" r:id="rId8"/>
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="even" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:headerReference w:type="first" r:id="rId12"/>
       <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="1417" w:bottom="1134" w:left="1417" w:header="720" w:footer="455" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="600" w:charSpace="36864"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="64E4A858" w14:textId="77777777" w:rsidR="00033182" w:rsidRDefault="00033182">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="32670E46" w14:textId="77777777" w:rsidR="00033182" w:rsidRDefault="00033182">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Microsoft YaHei">
     <w:panose1 w:val="020B0503020204020204"/>
     <w:charset w:val="86"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000287" w:usb1="280F3C52" w:usb2="00000016" w:usb3="00000000" w:csb0="0004001F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Mangal">
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4D184CFE" w14:textId="77777777" w:rsidR="004F23FD" w:rsidRPr="004F23FD" w:rsidRDefault="004F23FD">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3A72B611" w14:textId="77777777" w:rsidR="004F23FD" w:rsidRDefault="004F23FD" w:rsidP="004F23FD">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="5DBF75C7" w14:textId="77777777" w:rsidR="00934B1A" w:rsidRPr="00934B1A" w:rsidRDefault="00934B1A">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="151637B3" w14:textId="77777777" w:rsidR="00AE0671" w:rsidRPr="00934B1A" w:rsidRDefault="00AE0671" w:rsidP="00934B1A">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="370CE1D2" w14:textId="77777777" w:rsidR="006B4F53" w:rsidRPr="00BF50CB" w:rsidRDefault="006B4F53" w:rsidP="006B4F53">
     <w:pPr>
       <w:pStyle w:val="01entteetbasdepage"/>
       <w:rPr>
         <w:lang w:val="fr-CH"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00BF50CB">
       <w:rPr>
         <w:lang w:val="fr-CH"/>
       </w:rPr>
       <w:t>—</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="6F57CC9C" w14:textId="77777777" w:rsidR="007C5016" w:rsidRPr="001F1BF4" w:rsidRDefault="007C5016" w:rsidP="007C5016">
     <w:pPr>
       <w:spacing w:after="0" w:line="220" w:lineRule="exact"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
         <w:b/>
         <w:sz w:val="16"/>
         <w:szCs w:val="24"/>
         <w:lang w:eastAsia="fr-FR"/>
       </w:rPr>
     </w:pPr>
@@ -5945,51 +5160,51 @@
       <w:t>401</w:t>
     </w:r>
     <w:r w:rsidR="00314590">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="de-DE" w:eastAsia="fr-FR"/>
       </w:rPr>
       <w:t>B</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="de-DE" w:eastAsia="fr-FR"/>
       </w:rPr>
       <w:t>-FR</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="6C6F81C3" w14:textId="77777777" w:rsidR="00033182" w:rsidRDefault="00033182">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="7103A891" w14:textId="77777777" w:rsidR="00033182" w:rsidRDefault="00033182">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="1F4F04D4" w14:textId="77777777" w:rsidR="00AE0671" w:rsidRDefault="00AE0671" w:rsidP="00137DF6">
       <w:r w:rsidRPr="00137DF6">
         <w:rPr>
           <w:rStyle w:val="Caractresdenotedebasdepage"/>
@@ -6043,51 +5258,51 @@
         <w:pStyle w:val="Paragraphedeliste1"/>
         <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="003534FC">
         <w:rPr>
           <w:rStyle w:val="Caractresdenotedebasdepage"/>
           <w:kern w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> S'il y a d'autres interventions (logopédie, psychologie, ..), noter la fréquence.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9298" w:type="dxa"/>
       <w:tblInd w:w="341" w:type="dxa"/>
       <w:tblBorders>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="9298"/>
     </w:tblGrid>
     <w:tr w:rsidR="006B4F53" w:rsidRPr="0064336A" w14:paraId="72E71B04" w14:textId="77777777" w:rsidTr="0050455E">
       <w:trPr>
         <w:trHeight w:val="567"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="9298" w:type="dxa"/>
@@ -6266,51 +5481,51 @@
                           <a:noFill/>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="27044F42" w14:textId="77777777" w:rsidR="006B4F53" w:rsidRDefault="006B4F53">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9298" w:type="dxa"/>
       <w:tblInd w:w="341" w:type="dxa"/>
       <w:tblBorders>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="9298"/>
     </w:tblGrid>
     <w:tr w:rsidR="006B4F53" w:rsidRPr="0064336A" w14:paraId="2311E582" w14:textId="77777777" w:rsidTr="0050455E">
       <w:trPr>
         <w:trHeight w:val="567"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="9298" w:type="dxa"/>
@@ -6489,51 +5704,51 @@
                           <a:noFill/>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="009E730A" w14:textId="77777777" w:rsidR="006B4F53" w:rsidRDefault="006B4F53">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9639" w:type="dxa"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="57" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5500"/>
       <w:gridCol w:w="4139"/>
     </w:tblGrid>
     <w:tr w:rsidR="006B4F53" w:rsidRPr="006B4F53" w14:paraId="54AD96E4" w14:textId="77777777" w:rsidTr="0050455E">
       <w:trPr>
         <w:trHeight w:val="1701"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5500" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="56B66927" w14:textId="77777777" w:rsidR="006B4F53" w:rsidRPr="006B4F53" w:rsidRDefault="006B4F53" w:rsidP="006B4F53">
           <w:pPr>
             <w:suppressAutoHyphens w:val="0"/>
             <w:spacing w:after="180" w:line="260" w:lineRule="exact"/>
@@ -6812,51 +6027,51 @@
             <w:suppressAutoHyphens w:val="0"/>
             <w:spacing w:after="0" w:line="220" w:lineRule="exact"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
               <w:color w:val="0000FF"/>
               <w:kern w:val="0"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="24"/>
               <w:u w:val="single"/>
               <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="22827EC6" w14:textId="77777777" w:rsidR="00F83432" w:rsidRPr="006B4F53" w:rsidRDefault="00F83432" w:rsidP="006B4F53">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="100C001F"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="858" w:hanging="432"/>
@@ -7040,179 +6255,182 @@
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1584"/>
         </w:tabs>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="2096507414">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1761366843">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="80"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="90"/>
   <w:displayBackgroundShape/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="0000" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="0" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:evenAndOddHeaders/>
   <w:drawingGridHorizontalSpacing w:val="0"/>
   <w:drawingGridVerticalSpacing w:val="0"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:drawingGridHorizontalOrigin w:val="0"/>
   <w:drawingGridVerticalOrigin w:val="0"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:strictFirstAndLastChars/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:adjustLineHeightInTable/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00033182"/>
     <w:rsid w:val="00005E1E"/>
+    <w:rsid w:val="000262CF"/>
     <w:rsid w:val="00033182"/>
     <w:rsid w:val="000452B9"/>
     <w:rsid w:val="00096C41"/>
     <w:rsid w:val="00110EE6"/>
     <w:rsid w:val="00113D9E"/>
     <w:rsid w:val="00137DF6"/>
     <w:rsid w:val="00146395"/>
     <w:rsid w:val="001573BA"/>
     <w:rsid w:val="001C61D7"/>
     <w:rsid w:val="001D0E0E"/>
     <w:rsid w:val="001D32F0"/>
     <w:rsid w:val="002C2682"/>
     <w:rsid w:val="00306F3E"/>
     <w:rsid w:val="00314590"/>
     <w:rsid w:val="0034621E"/>
     <w:rsid w:val="003534FC"/>
     <w:rsid w:val="00367B72"/>
     <w:rsid w:val="003949EC"/>
     <w:rsid w:val="003D4347"/>
     <w:rsid w:val="0040763E"/>
     <w:rsid w:val="00417F23"/>
     <w:rsid w:val="00430555"/>
     <w:rsid w:val="004C5DAC"/>
     <w:rsid w:val="004F23FD"/>
     <w:rsid w:val="00564186"/>
     <w:rsid w:val="0062309B"/>
     <w:rsid w:val="006B4F53"/>
+    <w:rsid w:val="006C6131"/>
+    <w:rsid w:val="006E6DD0"/>
     <w:rsid w:val="006E7AC0"/>
     <w:rsid w:val="00742284"/>
     <w:rsid w:val="007A2B3F"/>
     <w:rsid w:val="007C5016"/>
     <w:rsid w:val="0081450E"/>
     <w:rsid w:val="008F2C93"/>
     <w:rsid w:val="00934B1A"/>
     <w:rsid w:val="00941C02"/>
     <w:rsid w:val="009444FC"/>
     <w:rsid w:val="00970F7A"/>
     <w:rsid w:val="009C70A3"/>
     <w:rsid w:val="00AC509E"/>
     <w:rsid w:val="00AE0671"/>
     <w:rsid w:val="00B25E63"/>
     <w:rsid w:val="00B443DF"/>
     <w:rsid w:val="00BB7596"/>
     <w:rsid w:val="00C63341"/>
     <w:rsid w:val="00C73324"/>
     <w:rsid w:val="00C92387"/>
     <w:rsid w:val="00CB379C"/>
     <w:rsid w:val="00CC08F8"/>
     <w:rsid w:val="00CC487E"/>
     <w:rsid w:val="00D14503"/>
     <w:rsid w:val="00D21BAC"/>
     <w:rsid w:val="00D338B3"/>
     <w:rsid w:val="00E93441"/>
     <w:rsid w:val="00F83432"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="5540FBE8"/>
   <w15:docId w15:val="{9E3DD7C7-F3DB-4B73-9189-85BD7474F82A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="fr-CH" w:eastAsia="fr-CH" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8073,51 +7291,51 @@
   <w:style w:type="table" w:styleId="Grilledutableau">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableauNormal"/>
     <w:rsid w:val="00D338B3"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1337996262">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
@@ -8414,76 +7632,76 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{744BFD04-AA02-451C-9EE0-530C97DD3A54}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>1906</Characters>
+  <Pages>2</Pages>
+  <Words>294</Words>
+  <Characters>1730</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>15</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>157</Lines>
+  <Paragraphs>96</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Etat de Fribourg</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2248</CharactersWithSpaces>
+  <CharactersWithSpaces>1928</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>2752609</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.fr.ch/osso/de/pub/besoins_scolaires_particuliers/formulaires.htm</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>