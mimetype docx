--- v0 (2025-12-05)
+++ v1 (2026-02-08)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="3FEDFBEA" w14:textId="77777777" w:rsidR="005E15E1" w:rsidRPr="00F965DB" w:rsidRDefault="005E15E1" w:rsidP="005E15E1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F965DB">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">NOM / NAME : </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27E60E4F" w14:textId="77777777" w:rsidR="005E15E1" w:rsidRPr="00F965DB" w:rsidRDefault="005E15E1" w:rsidP="005E15E1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -62,946 +62,988 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F965DB">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">DATE DE NAISSANCE/GEBURTSTDATUM : </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A1F5A17" w14:textId="77777777" w:rsidR="00F965DB" w:rsidRDefault="00F965DB" w:rsidP="005E15E1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Gitternetztabelle2"/>
+        <w:tblStyle w:val="TableauGrille2"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2819"/>
         <w:gridCol w:w="2797"/>
         <w:gridCol w:w="2796"/>
         <w:gridCol w:w="2796"/>
         <w:gridCol w:w="2796"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005E15E1" w14:paraId="6BC76EF3" w14:textId="77777777" w:rsidTr="00E70607">
+      <w:tr w:rsidR="005E15E1" w14:paraId="6BC76EF3" w14:textId="77777777" w:rsidTr="00B61982">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2828" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5FD0059C" w14:textId="77777777" w:rsidR="005E15E1" w:rsidRPr="00F965DB" w:rsidRDefault="005E15E1">
             <w:r w:rsidRPr="00F965DB">
               <w:t>ANNEE/ SAISON</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4A742908" w14:textId="77777777" w:rsidR="005E15E1" w:rsidRPr="00F965DB" w:rsidRDefault="005E15E1">
             <w:r w:rsidRPr="00F965DB">
               <w:t>JAHR/SAISON</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2829" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
-          </w:tcPr>
-          <w:p w14:paraId="6556FF4E" w14:textId="2B999D19" w:rsidR="005E15E1" w:rsidRPr="00F965DB" w:rsidRDefault="005E15E1">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6556FF4E" w14:textId="01DD4B26" w:rsidR="005E15E1" w:rsidRPr="00F965DB" w:rsidRDefault="005E15E1">
             <w:pPr>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00F965DB">
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="00E44379">
-[...3 lines deleted...]
-          <w:p w14:paraId="558D46A6" w14:textId="76DC35C7" w:rsidR="005E15E1" w:rsidRPr="00F965DB" w:rsidRDefault="005E15E1">
+            <w:r w:rsidR="00B61982">
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="558D46A6" w14:textId="44D81081" w:rsidR="005E15E1" w:rsidRPr="00F965DB" w:rsidRDefault="005E15E1">
             <w:pPr>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00F965DB">
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00E44379">
-              <w:t>3</w:t>
+            <w:r w:rsidR="00B61982">
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="00F965DB">
               <w:t>/2</w:t>
             </w:r>
-            <w:r w:rsidR="00E44379">
-              <w:t>4</w:t>
+            <w:r w:rsidR="00B61982">
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2829" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
-          </w:tcPr>
-          <w:p w14:paraId="27DC3D0D" w14:textId="4514A9FE" w:rsidR="005E15E1" w:rsidRPr="00F965DB" w:rsidRDefault="005E15E1">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="27DC3D0D" w14:textId="75C9B5AA" w:rsidR="005E15E1" w:rsidRPr="00F965DB" w:rsidRDefault="005E15E1">
             <w:pPr>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00F965DB">
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="00E44379">
-[...3 lines deleted...]
-          <w:p w14:paraId="471EE108" w14:textId="4669076D" w:rsidR="005E15E1" w:rsidRPr="00F965DB" w:rsidRDefault="005E15E1">
+            <w:r w:rsidR="00B61982">
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="471EE108" w14:textId="4C2D6078" w:rsidR="005E15E1" w:rsidRPr="00F965DB" w:rsidRDefault="005E15E1">
             <w:pPr>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00F965DB">
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00E44379">
-              <w:t>4</w:t>
+            <w:r w:rsidR="00B61982">
+              <w:t>7</w:t>
             </w:r>
             <w:r w:rsidRPr="00F965DB">
               <w:t>/2</w:t>
             </w:r>
-            <w:r w:rsidR="00E44379">
-              <w:t>5</w:t>
+            <w:r w:rsidR="00B61982">
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2829" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
-          </w:tcPr>
-          <w:p w14:paraId="06ABCA6C" w14:textId="532B4530" w:rsidR="005E15E1" w:rsidRPr="00F965DB" w:rsidRDefault="005E15E1">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="06ABCA6C" w14:textId="1EBA45C6" w:rsidR="005E15E1" w:rsidRPr="00F965DB" w:rsidRDefault="005E15E1">
             <w:pPr>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00F965DB">
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="00E44379">
-[...3 lines deleted...]
-          <w:p w14:paraId="078154E6" w14:textId="2096A0A8" w:rsidR="005E15E1" w:rsidRPr="00F965DB" w:rsidRDefault="005E15E1">
+            <w:r w:rsidR="00B61982">
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="078154E6" w14:textId="44CD71F1" w:rsidR="005E15E1" w:rsidRPr="00F965DB" w:rsidRDefault="005E15E1">
             <w:pPr>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00F965DB">
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00E44379">
-              <w:t>5</w:t>
+            <w:r w:rsidR="00B61982">
+              <w:t>8</w:t>
             </w:r>
             <w:r w:rsidRPr="00F965DB">
               <w:t>/2</w:t>
             </w:r>
-            <w:r w:rsidR="00E44379">
-              <w:t>6</w:t>
+            <w:r w:rsidR="00B61982">
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2829" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
-          </w:tcPr>
-          <w:p w14:paraId="07A2AFDC" w14:textId="462C575C" w:rsidR="005E15E1" w:rsidRPr="00F965DB" w:rsidRDefault="005E15E1">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="07A2AFDC" w14:textId="6402B4FE" w:rsidR="005E15E1" w:rsidRPr="00F965DB" w:rsidRDefault="005E15E1">
             <w:pPr>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00F965DB">
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="00E44379">
-[...3 lines deleted...]
-          <w:p w14:paraId="07413629" w14:textId="30BE18A0" w:rsidR="005E15E1" w:rsidRPr="00F965DB" w:rsidRDefault="005E15E1">
+            <w:r w:rsidR="00B61982">
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07413629" w14:textId="4919DBD5" w:rsidR="005E15E1" w:rsidRPr="00F965DB" w:rsidRDefault="005E15E1">
             <w:pPr>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00F965DB">
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00E44379">
-              <w:t>6</w:t>
+            <w:r w:rsidR="00B61982">
+              <w:t>9</w:t>
             </w:r>
             <w:r w:rsidRPr="00F965DB">
-              <w:t>/2</w:t>
-[...2 lines deleted...]
-              <w:t>7</w:t>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="00B61982">
+              <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005E15E1" w14:paraId="66AA97B7" w14:textId="77777777" w:rsidTr="00E70607">
+      <w:tr w:rsidR="005E15E1" w14:paraId="66AA97B7" w14:textId="77777777" w:rsidTr="00B61982">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="467"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2828" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
-          </w:tcPr>
-          <w:p w14:paraId="5CF858FC" w14:textId="77777777" w:rsidR="005E15E1" w:rsidRPr="00F965DB" w:rsidRDefault="005E15E1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p w14:paraId="3E7AAD5D" w14:textId="77777777" w:rsidR="005E15E1" w:rsidRPr="00F965DB" w:rsidRDefault="005E15E1">
             <w:r w:rsidRPr="00F965DB">
               <w:t>AGE/ALTER</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2829" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="03599F42" w14:textId="77777777" w:rsidR="005E15E1" w:rsidRDefault="005E15E1">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2829" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="203F4B9E" w14:textId="77777777" w:rsidR="005E15E1" w:rsidRDefault="005E15E1">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2829" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3744BF6B" w14:textId="77777777" w:rsidR="005E15E1" w:rsidRDefault="005E15E1">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2829" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="63704F99" w14:textId="77777777" w:rsidR="005E15E1" w:rsidRDefault="005E15E1">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005E15E1" w14:paraId="08A4A934" w14:textId="77777777" w:rsidTr="00E70607">
+      <w:tr w:rsidR="005E15E1" w14:paraId="08A4A934" w14:textId="77777777" w:rsidTr="00B61982">
         <w:trPr>
           <w:trHeight w:val="629"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2828" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="398B4057" w14:textId="77777777" w:rsidR="005E15E1" w:rsidRPr="00F965DB" w:rsidRDefault="005E15E1">
             <w:r w:rsidRPr="00F965DB">
               <w:t>CATEGORIE/CADRE</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2E3022EC" w14:textId="77777777" w:rsidR="005E15E1" w:rsidRPr="00F965DB" w:rsidRDefault="005E15E1">
             <w:r w:rsidRPr="00F965DB">
               <w:t>KATEGORIE/KADER</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2829" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="07B87EFF" w14:textId="77777777" w:rsidR="005E15E1" w:rsidRDefault="005E15E1">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2829" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4BECA626" w14:textId="77777777" w:rsidR="005E15E1" w:rsidRDefault="005E15E1">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2829" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50AECB68" w14:textId="77777777" w:rsidR="005E15E1" w:rsidRDefault="005E15E1">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2829" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5CBE392F" w14:textId="77777777" w:rsidR="005E15E1" w:rsidRDefault="005E15E1">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005E15E1" w14:paraId="01D0FF38" w14:textId="77777777" w:rsidTr="00E70607">
+      <w:tr w:rsidR="005E15E1" w14:paraId="01D0FF38" w14:textId="77777777" w:rsidTr="00B61982">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="1275"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2828" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2FFBDD4C" w14:textId="77777777" w:rsidR="005E15E1" w:rsidRPr="00F965DB" w:rsidRDefault="005E15E1">
             <w:r w:rsidRPr="00F965DB">
               <w:t>GRANDES MANIFESTATIONS</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6C65894B" w14:textId="77777777" w:rsidR="005E15E1" w:rsidRPr="00F965DB" w:rsidRDefault="005E15E1">
+          <w:p w14:paraId="0E50F68A" w14:textId="61C4815A" w:rsidR="005E15E1" w:rsidRPr="00F965DB" w:rsidRDefault="005E15E1">
             <w:r w:rsidRPr="00F965DB">
               <w:t>WICHTIGE WETTKÄMPFE</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0E50F68A" w14:textId="77777777" w:rsidR="005E15E1" w:rsidRPr="00F965DB" w:rsidRDefault="005E15E1"/>
-[...3 lines deleted...]
-            <w:tcW w:w="2829" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2829" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="530EBC03" w14:textId="77777777" w:rsidR="005E15E1" w:rsidRDefault="005E15E1">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2829" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="774F9B8C" w14:textId="77777777" w:rsidR="005E15E1" w:rsidRDefault="005E15E1">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2829" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="440F4F9B" w14:textId="77777777" w:rsidR="005E15E1" w:rsidRDefault="005E15E1">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2829" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A6DCFFE" w14:textId="77777777" w:rsidR="005E15E1" w:rsidRDefault="005E15E1">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005E15E1" w14:paraId="0257EED0" w14:textId="77777777" w:rsidTr="00E70607">
+      <w:tr w:rsidR="005E15E1" w:rsidRPr="0091196D" w14:paraId="0257EED0" w14:textId="77777777" w:rsidTr="00B61982">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2828" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="49DBC6CF" w14:textId="77777777" w:rsidR="005E15E1" w:rsidRPr="00F965DB" w:rsidRDefault="005E15E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F965DB">
               <w:t xml:space="preserve">ENTRAINEMENT (PRIORITES ET VOLUME </w:t>
             </w:r>
             <w:r w:rsidR="00CF00FC" w:rsidRPr="00F965DB">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>[H/SEMAINE</w:t>
             </w:r>
             <w:r w:rsidR="00CF00FC" w:rsidRPr="00F965DB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>])</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0F66C746" w14:textId="77777777" w:rsidR="00CF00FC" w:rsidRPr="00F965DB" w:rsidRDefault="00CF00FC">
-            <w:r w:rsidRPr="00F965DB">
+          <w:p w14:paraId="74F78B43" w14:textId="56E67287" w:rsidR="005E15E1" w:rsidRPr="0091196D" w:rsidRDefault="00CF00FC">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0091196D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t xml:space="preserve">TRAININGSVOLUMEN </w:t>
             </w:r>
-            <w:r w:rsidRPr="00F965DB">
+            <w:r w:rsidRPr="0091196D">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t>[STD/WOCHE</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F965DB">
+            <w:r w:rsidRPr="0091196D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t>]) UND PRIORITÄTEN</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="74F78B43" w14:textId="77777777" w:rsidR="005E15E1" w:rsidRPr="00F965DB" w:rsidRDefault="005E15E1"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="57A68A71" w14:textId="77777777" w:rsidR="005E15E1" w:rsidRDefault="005E15E1">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2829" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57A68A71" w14:textId="77777777" w:rsidR="005E15E1" w:rsidRPr="0091196D" w:rsidRDefault="005E15E1">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-[...7 lines deleted...]
-          <w:p w14:paraId="2B19E9B1" w14:textId="77777777" w:rsidR="005E15E1" w:rsidRDefault="005E15E1">
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2829" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B19E9B1" w14:textId="77777777" w:rsidR="005E15E1" w:rsidRPr="0091196D" w:rsidRDefault="005E15E1">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-[...7 lines deleted...]
-          <w:p w14:paraId="1C270092" w14:textId="77777777" w:rsidR="005E15E1" w:rsidRDefault="005E15E1">
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2829" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C270092" w14:textId="77777777" w:rsidR="005E15E1" w:rsidRPr="0091196D" w:rsidRDefault="005E15E1">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-[...7 lines deleted...]
-          <w:p w14:paraId="1F4DAFA4" w14:textId="77777777" w:rsidR="005E15E1" w:rsidRDefault="005E15E1">
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2829" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F4DAFA4" w14:textId="77777777" w:rsidR="005E15E1" w:rsidRPr="0091196D" w:rsidRDefault="005E15E1">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:b/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E37AAB" w14:paraId="1C85D1EE" w14:textId="77777777" w:rsidTr="00E70607">
+      <w:tr w:rsidR="00E37AAB" w14:paraId="1C85D1EE" w14:textId="77777777" w:rsidTr="00B61982">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2828" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="027158F0" w14:textId="77777777" w:rsidR="00E37AAB" w:rsidRPr="00E70607" w:rsidRDefault="00E70607">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E70607">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>FORMATION</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="516DAB95" w14:textId="77777777" w:rsidR="00E70607" w:rsidRPr="00E70607" w:rsidRDefault="00E70607">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E70607">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>AUSBILDUNG</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2829" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="775C4D09" w14:textId="77777777" w:rsidR="00E37AAB" w:rsidRDefault="00E37AAB">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2829" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B0449A2" w14:textId="77777777" w:rsidR="00E37AAB" w:rsidRDefault="00E37AAB">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2829" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5E898CF6" w14:textId="77777777" w:rsidR="00E37AAB" w:rsidRDefault="00E37AAB">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2829" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5DF1B3A6" w14:textId="77777777" w:rsidR="00E37AAB" w:rsidRDefault="00E37AAB">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E37AAB" w14:paraId="24BABF38" w14:textId="77777777" w:rsidTr="00E70607">
+      <w:tr w:rsidR="00E37AAB" w14:paraId="24BABF38" w14:textId="77777777" w:rsidTr="00B61982">
         <w:trPr>
           <w:trHeight w:val="804"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2828" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="54D35D25" w14:textId="77777777" w:rsidR="00E37AAB" w:rsidRPr="00E70607" w:rsidRDefault="00E70607">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E70607">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>DATES IMPORTANTES</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4BA92B6F" w14:textId="77777777" w:rsidR="00E70607" w:rsidRPr="00E70607" w:rsidRDefault="00E70607">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E70607">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>WICHTIGE DATEN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2829" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="33F416BE" w14:textId="77777777" w:rsidR="00E37AAB" w:rsidRDefault="00E37AAB">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2829" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="36195390" w14:textId="77777777" w:rsidR="00E37AAB" w:rsidRDefault="00E37AAB">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2829" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="04A77B4E" w14:textId="77777777" w:rsidR="00E37AAB" w:rsidRDefault="00E37AAB">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2829" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="28321776" w14:textId="77777777" w:rsidR="00E37AAB" w:rsidRDefault="00E37AAB">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E37AAB" w14:paraId="163AA093" w14:textId="77777777" w:rsidTr="00E70607">
+      <w:tr w:rsidR="00E37AAB" w14:paraId="163AA093" w14:textId="77777777" w:rsidTr="00B61982">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="684"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2828" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B468769" w14:textId="77777777" w:rsidR="00E37AAB" w:rsidRPr="00E70607" w:rsidRDefault="00E70607">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E70607">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>A FAIRE</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4BC5863C" w14:textId="77777777" w:rsidR="00E70607" w:rsidRPr="00E70607" w:rsidRDefault="00E70607">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E70607">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>ZU ERLEDIGEN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2829" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73BB8363" w14:textId="77777777" w:rsidR="00E37AAB" w:rsidRDefault="00E37AAB">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2829" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7BAC53C3" w14:textId="77777777" w:rsidR="00E37AAB" w:rsidRDefault="00E37AAB">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2829" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1D166823" w14:textId="77777777" w:rsidR="00E37AAB" w:rsidRDefault="00E37AAB">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2829" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7FA5C9C6" w14:textId="77777777" w:rsidR="00E37AAB" w:rsidRDefault="00E37AAB">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="622EF3C1" w14:textId="77777777" w:rsidR="005E15E1" w:rsidRPr="005E15E1" w:rsidRDefault="005E15E1">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="005E15E1" w:rsidRPr="005E15E1" w:rsidSect="005E15E1">
       <w:headerReference w:type="default" r:id="rId6"/>
       <w:footerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7606983E" w14:textId="77777777" w:rsidR="005E15E1" w:rsidRDefault="005E15E1" w:rsidP="005E15E1">
+    <w:p w14:paraId="338809DF" w14:textId="77777777" w:rsidR="00901287" w:rsidRDefault="00901287" w:rsidP="005E15E1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2F27D369" w14:textId="77777777" w:rsidR="005E15E1" w:rsidRDefault="005E15E1" w:rsidP="005E15E1">
+    <w:p w14:paraId="750C7BEA" w14:textId="77777777" w:rsidR="00901287" w:rsidRDefault="00901287" w:rsidP="005E15E1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="321C90D7" w14:textId="77777777" w:rsidR="005E15E1" w:rsidRDefault="005E15E1">
     <w:pPr>
-      <w:pStyle w:val="Fuzeile"/>
+      <w:pStyle w:val="Pieddepage"/>
     </w:pPr>
     <w:r>
-      <w:t xml:space="preserve">Inspiré par </w:t>
-[...7 lines deleted...]
-      <w:t xml:space="preserve"> Olympic – Planification de carrière </w:t>
+      <w:t xml:space="preserve">Inspiré par Swiss Olympic – Planification de carrière </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3E4A1079" w14:textId="77777777" w:rsidR="005E15E1" w:rsidRDefault="005E15E1" w:rsidP="005E15E1">
+    <w:p w14:paraId="71E14F39" w14:textId="77777777" w:rsidR="00901287" w:rsidRDefault="00901287" w:rsidP="005E15E1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="16824D51" w14:textId="77777777" w:rsidR="005E15E1" w:rsidRDefault="005E15E1" w:rsidP="005E15E1">
+    <w:p w14:paraId="52213A5C" w14:textId="77777777" w:rsidR="00901287" w:rsidRDefault="00901287" w:rsidP="005E15E1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="09B64424" w14:textId="77777777" w:rsidR="00CF00FC" w:rsidRPr="005E15E1" w:rsidRDefault="00CF00FC" w:rsidP="00CF00FC">
     <w:pPr>
       <w:pStyle w:val="01KopfzeileFusszeile"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:lang w:val="fr-CH"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="005E15E1">
       <w:rPr>
         <w:b/>
         <w:lang w:val="fr-CH"/>
       </w:rPr>
       <w:t>Service du sport</w:t>
     </w:r>
     <w:r w:rsidRPr="005E15E1">
       <w:rPr>
         <w:lang w:val="fr-CH"/>
       </w:rPr>
       <w:t xml:space="preserve"> SSpo</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="3060CC41" w14:textId="77777777" w:rsidR="00CF00FC" w:rsidRPr="005E15E1" w:rsidRDefault="00CF00FC" w:rsidP="00CF00FC">
     <w:pPr>
       <w:pStyle w:val="01KopfzeileFusszeile"/>
@@ -1076,51 +1118,51 @@
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:b/>
         <w:lang w:val="de-CH"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:lang w:val="de-CH"/>
       </w:rPr>
       <w:t xml:space="preserve">SKA-Anfrage - </w:t>
     </w:r>
     <w:r w:rsidR="00CF00FC" w:rsidRPr="005E15E1">
       <w:rPr>
         <w:b/>
         <w:lang w:val="de-CH"/>
       </w:rPr>
       <w:t>Karriere – und Ausbildungsplan über 4 Jahr</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="1BB8E991" w14:textId="77777777" w:rsidR="00CF00FC" w:rsidRDefault="00CF00FC">
     <w:pPr>
-      <w:pStyle w:val="Kopfzeile"/>
+      <w:pStyle w:val="En-tte"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="fr-CH"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="756DA289" wp14:editId="0A01541D">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>800100</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>200025</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="647700" cy="550735"/>
           <wp:effectExtent l="0" t="0" r="0" b="1905"/>
           <wp:wrapNone/>
           <wp:docPr id="3" name="Image 3" descr="logo_fr_300.jpg"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -1138,113 +1180,120 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="647700" cy="550735"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005E15E1"/>
+    <w:rsid w:val="0006002A"/>
+    <w:rsid w:val="000A750F"/>
+    <w:rsid w:val="002B4AB8"/>
     <w:rsid w:val="005E15E1"/>
+    <w:rsid w:val="00901287"/>
+    <w:rsid w:val="0091196D"/>
+    <w:rsid w:val="00B61982"/>
     <w:rsid w:val="00CF00FC"/>
     <w:rsid w:val="00D55330"/>
+    <w:rsid w:val="00DB529F"/>
     <w:rsid w:val="00E37AAB"/>
     <w:rsid w:val="00E44379"/>
     <w:rsid w:val="00E70607"/>
     <w:rsid w:val="00F965DB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
+  <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="7B298858"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{C3A93293-F9E5-4FE5-88E3-B448BBC5B17A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-CH" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1594,161 +1643,161 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Standard">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Absatz-Standardschriftart">
+  <w:style w:type="character" w:default="1" w:styleId="Policepardfaut">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="NormaleTabelle">
+  <w:style w:type="table" w:default="1" w:styleId="TableauNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="KeineListe">
+  <w:style w:type="numbering" w:default="1" w:styleId="Aucuneliste">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="01KopfzeileFusszeile">
     <w:name w:val="01_Kopfzeile_Fusszeile"/>
     <w:qFormat/>
     <w:rsid w:val="005E15E1"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="220" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="de-CH" w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Kopfzeile">
+  <w:style w:type="paragraph" w:styleId="En-tte">
     <w:name w:val="header"/>
-    <w:basedOn w:val="Standard"/>
-    <w:link w:val="KopfzeileZchn"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="En-tteCar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005E15E1"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="KopfzeileZchn">
-[...2 lines deleted...]
-    <w:link w:val="Kopfzeile"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="En-tteCar">
+    <w:name w:val="En-tête Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="En-tte"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="005E15E1"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Fuzeile">
+  <w:style w:type="paragraph" w:styleId="Pieddepage">
     <w:name w:val="footer"/>
-    <w:basedOn w:val="Standard"/>
-    <w:link w:val="FuzeileZchn"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="PieddepageCar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005E15E1"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FuzeileZchn">
-[...2 lines deleted...]
-    <w:link w:val="Fuzeile"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PieddepageCar">
+    <w:name w:val="Pied de page Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Pieddepage"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="005E15E1"/>
   </w:style>
-  <w:style w:type="table" w:styleId="Tabellenraster">
+  <w:style w:type="table" w:styleId="Grilledutableau">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableauNormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="005E15E1"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Gitternetztabelle3">
+  <w:style w:type="table" w:styleId="TableauGrille3">
     <w:name w:val="Grid Table 3"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableauNormal"/>
     <w:uiPriority w:val="48"/>
     <w:rsid w:val="005E15E1"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -1838,53 +1887,53 @@
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Gitternetztabelle2">
+  <w:style w:type="table" w:styleId="TableauGrille2">
     <w:name w:val="Grid Table 2"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableauNormal"/>
     <w:uiPriority w:val="47"/>
     <w:rsid w:val="005E15E1"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="2" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="2" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="2" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="2" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
@@ -1917,51 +1966,51 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -2221,69 +2270,69 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>66</Words>
-  <Characters>364</Characters>
+  <Words>47</Words>
+  <Characters>340</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>3</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>58</Lines>
+  <Paragraphs>26</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Etat de Fribourg</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>429</CharactersWithSpaces>
+  <CharactersWithSpaces>363</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Blanc Alain</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>