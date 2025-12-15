--- v0 (2025-12-05)
+++ v1 (2025-12-15)
@@ -10182,51 +10182,51 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F0E8"/>
             </w:r>
             <w:r w:rsidRPr="007F4E56">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:tab/>
               <w:t>Si vous souhaitez exercer toutes les branches et professions, veuillez mentionner l'indication suivante :</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E16F39" w:rsidRPr="00EF6C9C" w14:paraId="74FA33AD" w14:textId="77777777">
+      <w:tr w:rsidR="00E16F39" w:rsidRPr="00E10338" w14:paraId="74FA33AD" w14:textId="77777777">
         <w:trPr>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9274" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3DE0D28D" w14:textId="77777777" w:rsidR="00E16F39" w:rsidRPr="007F4E56" w:rsidRDefault="00E16F39">
             <w:pPr>
               <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="851" w:hanging="91"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007F4E56">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
@@ -10286,51 +10286,51 @@
             <w:r w:rsidRPr="007F4E56">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t xml:space="preserve">à l'exception des domaines </w:t>
             </w:r>
             <w:r w:rsidR="009312E8" w:rsidRPr="007F4E56">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t>au pair, sportif et artistique) ».</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E16F39" w:rsidRPr="00EF6C9C" w14:paraId="5A719FF3" w14:textId="77777777">
+      <w:tr w:rsidR="00E16F39" w:rsidRPr="00E10338" w14:paraId="5A719FF3" w14:textId="77777777">
         <w:trPr>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9274" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3D9D667D" w14:textId="77777777" w:rsidR="00E16F39" w:rsidRPr="007F4E56" w:rsidRDefault="00E16F39">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="851" w:hanging="487"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E16F39" w:rsidRPr="005F18FB" w14:paraId="5739C6EF" w14:textId="77777777">
@@ -10354,76 +10354,63 @@
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007F4E56">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t xml:space="preserve">b) </w:t>
             </w:r>
             <w:r w:rsidRPr="007F4E56">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve">Les données suivantes seront publiées sur le site internet </w:t>
             </w:r>
-            <w:r>
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r w:rsidRPr="007F4E56">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:cs="Arial"/>
+                  <w:b/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:lang w:val="fr-CH"/>
+                </w:rPr>
+                <w:t>www.avg-seco.admin.ch</w:t>
+              </w:r>
+            </w:hyperlink>
             <w:r w:rsidRPr="007F4E56">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t>. Veuillez cocher seulement les domaines qui correspondent à votre entreprise :</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5E91A2ED" w14:textId="77777777" w:rsidR="00E16F39" w:rsidRPr="007F4E56" w:rsidRDefault="00E16F39">
       <w:pPr>
         <w:pStyle w:val="Tabledesillustrations"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="180"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
@@ -15635,51 +15622,51 @@
           <w:p w14:paraId="08F8E25B" w14:textId="77777777" w:rsidR="00E16F39" w:rsidRPr="007F4E56" w:rsidRDefault="00E16F39" w:rsidP="00E105DC">
             <w:pPr>
               <w:pStyle w:val="En-tte"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4513"/>
                 <w:tab w:val="left" w:pos="-2200"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="440"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007F4E56">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t xml:space="preserve">(Les indications a + b sont nécessaires pour le site Internet </w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r w:rsidRPr="007F4E56">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
                   <w:rFonts w:cs="Arial"/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:lang w:val="fr-CH"/>
                 </w:rPr>
                 <w:t>www.avg-seco.admin.ch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00E105DC" w:rsidRPr="007F4E56">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t xml:space="preserve">. Elles </w:t>
             </w:r>
             <w:r w:rsidR="00B7166D" w:rsidRPr="007F4E56">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
@@ -18136,51 +18123,51 @@
         <w:ind w:left="567"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007F4E56">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>Une liste des abréviations des pays et régions se trouve sur le site internet</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A964858" w14:textId="77777777" w:rsidR="00B51CAA" w:rsidRPr="007F4E56" w:rsidRDefault="00B51CAA" w:rsidP="00B51CAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId11" w:history="1">
+      <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="007F4E56">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:lang w:val="fr-CH"/>
           </w:rPr>
           <w:t>http://www.avg-seco.admin.ch/WebVerzeichnis/bilder/Laendertabelle_F.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="007F4E56">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22625241" w14:textId="77777777" w:rsidR="00B51CAA" w:rsidRPr="007F4E56" w:rsidRDefault="00B51CAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="fr-CH"/>
@@ -31022,54 +31009,54 @@
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="590D3F48" w14:textId="77777777" w:rsidR="00E16F39" w:rsidRPr="007F4E56" w:rsidRDefault="00E16F39">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6C4186D8" w14:textId="77777777" w:rsidR="00E16F39" w:rsidRPr="007F4E56" w:rsidRDefault="00E16F39">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:sectPr w:rsidR="00E16F39" w:rsidRPr="007F4E56">
-          <w:headerReference w:type="default" r:id="rId12"/>
-[...2 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId15"/>
+          <w:headerReference w:type="default" r:id="rId13"/>
+          <w:footerReference w:type="default" r:id="rId14"/>
+          <w:headerReference w:type="first" r:id="rId15"/>
+          <w:footerReference w:type="first" r:id="rId16"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="669" w:right="1418" w:bottom="1701" w:left="1418" w:header="680" w:footer="170" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:tblpXSpec="center" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="9072" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
           <w:insideV w:val="dotted" w:sz="4" w:space="0" w:color="BFBFBF"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
@@ -40875,58 +40862,58 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00E16F39" w:rsidRPr="000B1E42">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="552" w:right="1418" w:bottom="1701" w:left="1418" w:header="680" w:footer="170" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/customizations.xml><?xml version="1.0" encoding="utf-8"?>
 <wne:tcg xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <wne:toolbars>
     <wne:toolbarData r:id="rId1"/>
   </wne:toolbars>
 </wne:tcg>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="30013345" w14:textId="77777777" w:rsidR="00117840" w:rsidRDefault="00117840">
+    <w:p w14:paraId="1155389A" w14:textId="77777777" w:rsidR="00283B18" w:rsidRDefault="00283B18">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0179F1CE" w14:textId="77777777" w:rsidR="00117840" w:rsidRDefault="00117840">
+    <w:p w14:paraId="154BDF62" w14:textId="77777777" w:rsidR="00283B18" w:rsidRDefault="00283B18">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
@@ -41179,58 +41166,58 @@
           <w:pPr>
             <w:spacing w:after="0"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial (W1)" w:hAnsi="Arial (W1)"/>
               <w:sz w:val="14"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="1BB11D4D" w14:textId="77777777" w:rsidR="00793F64" w:rsidRDefault="00793F64">
     <w:pPr>
       <w:rPr>
         <w:lang w:val="de-DE"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="79EF811B" w14:textId="77777777" w:rsidR="00117840" w:rsidRDefault="00117840">
+    <w:p w14:paraId="4F61D706" w14:textId="77777777" w:rsidR="00283B18" w:rsidRDefault="00283B18">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="43420D03" w14:textId="77777777" w:rsidR="00117840" w:rsidRDefault="00117840">
+    <w:p w14:paraId="74A2C342" w14:textId="77777777" w:rsidR="00283B18" w:rsidRDefault="00283B18">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4535"/>
       <w:gridCol w:w="4535"/>
     </w:tblGrid>
     <w:tr w:rsidR="00793F64" w14:paraId="37B13334" w14:textId="77777777">
       <w:trPr>
         <w:trHeight w:val="340"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
@@ -41244,51 +41231,51 @@
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4634" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="347CED87" w14:textId="77777777" w:rsidR="00793F64" w:rsidRDefault="00793F64"/>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="24061F98" w14:textId="77777777" w:rsidR="00793F64" w:rsidRDefault="00793F64"/>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9072" w:type="dxa"/>
       <w:jc w:val="center"/>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5020"/>
       <w:gridCol w:w="4052"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00793F64" w:rsidRPr="00EF6C9C" w14:paraId="3B627E7D" w14:textId="77777777">
+    <w:tr w:rsidR="00793F64" w:rsidRPr="00E10338" w14:paraId="3B627E7D" w14:textId="77777777">
       <w:trPr>
         <w:cantSplit/>
         <w:trHeight w:val="1843"/>
         <w:jc w:val="center"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5438" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="06850B35" w14:textId="77777777" w:rsidR="00793F64" w:rsidRDefault="00793F64">
           <w:r>
             <w:rPr>
               <w:noProof/>
               <w:lang w:eastAsia="de-CH"/>
             </w:rPr>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="70FF0EA2" wp14:editId="03E156B0">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-71755</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>5715</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1987550" cy="492760"/>
@@ -45258,70 +45245,72 @@
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EE7AA7"/>
     <w:rsid w:val="00004B68"/>
     <w:rsid w:val="000A4B2E"/>
     <w:rsid w:val="000B1E42"/>
     <w:rsid w:val="000C06CA"/>
     <w:rsid w:val="00117840"/>
     <w:rsid w:val="00151012"/>
     <w:rsid w:val="0016391B"/>
     <w:rsid w:val="0018340F"/>
     <w:rsid w:val="001935BD"/>
     <w:rsid w:val="00194DB8"/>
     <w:rsid w:val="001D1DDC"/>
     <w:rsid w:val="001D6E46"/>
     <w:rsid w:val="002053BB"/>
     <w:rsid w:val="00283A0D"/>
+    <w:rsid w:val="00283B18"/>
     <w:rsid w:val="00287A9F"/>
     <w:rsid w:val="002A7946"/>
     <w:rsid w:val="00301B74"/>
     <w:rsid w:val="0032486E"/>
     <w:rsid w:val="003258FA"/>
     <w:rsid w:val="00373377"/>
     <w:rsid w:val="00382609"/>
     <w:rsid w:val="003C1DF8"/>
     <w:rsid w:val="003C4065"/>
     <w:rsid w:val="003E3914"/>
     <w:rsid w:val="003F2C5B"/>
     <w:rsid w:val="004035CE"/>
     <w:rsid w:val="0041149F"/>
     <w:rsid w:val="00421FA7"/>
     <w:rsid w:val="00460C10"/>
     <w:rsid w:val="004821FD"/>
     <w:rsid w:val="004922DE"/>
     <w:rsid w:val="004D0F50"/>
     <w:rsid w:val="004D535D"/>
     <w:rsid w:val="005039EF"/>
+    <w:rsid w:val="00506559"/>
     <w:rsid w:val="00532863"/>
     <w:rsid w:val="0056116A"/>
     <w:rsid w:val="00566DEA"/>
     <w:rsid w:val="005910C8"/>
     <w:rsid w:val="005A1CBA"/>
     <w:rsid w:val="005A7805"/>
     <w:rsid w:val="005F18FB"/>
     <w:rsid w:val="005F4CF4"/>
     <w:rsid w:val="00617175"/>
     <w:rsid w:val="006763BB"/>
     <w:rsid w:val="0068172E"/>
     <w:rsid w:val="006A4338"/>
     <w:rsid w:val="006F47A3"/>
     <w:rsid w:val="00793F64"/>
     <w:rsid w:val="007A3D4A"/>
     <w:rsid w:val="007A421F"/>
     <w:rsid w:val="007B1026"/>
     <w:rsid w:val="007C4DA4"/>
     <w:rsid w:val="007D060A"/>
     <w:rsid w:val="007F4E56"/>
     <w:rsid w:val="007F771F"/>
     <w:rsid w:val="008271B8"/>
     <w:rsid w:val="00862F8D"/>
     <w:rsid w:val="00875216"/>
     <w:rsid w:val="008A769F"/>
@@ -45336,50 +45325,51 @@
     <w:rsid w:val="00996C5C"/>
     <w:rsid w:val="009D5A54"/>
     <w:rsid w:val="00A87EF4"/>
     <w:rsid w:val="00A91893"/>
     <w:rsid w:val="00A93711"/>
     <w:rsid w:val="00A93FD0"/>
     <w:rsid w:val="00AA3A40"/>
     <w:rsid w:val="00AB178A"/>
     <w:rsid w:val="00AE4BE2"/>
     <w:rsid w:val="00AF0318"/>
     <w:rsid w:val="00B0158E"/>
     <w:rsid w:val="00B37F04"/>
     <w:rsid w:val="00B51CAA"/>
     <w:rsid w:val="00B70E4A"/>
     <w:rsid w:val="00B7166D"/>
     <w:rsid w:val="00B95D41"/>
     <w:rsid w:val="00C318C4"/>
     <w:rsid w:val="00C7447F"/>
     <w:rsid w:val="00C80ABD"/>
     <w:rsid w:val="00CA63F6"/>
     <w:rsid w:val="00CB76FF"/>
     <w:rsid w:val="00D52B79"/>
     <w:rsid w:val="00D80C1C"/>
     <w:rsid w:val="00D81384"/>
     <w:rsid w:val="00DF670D"/>
+    <w:rsid w:val="00E10338"/>
     <w:rsid w:val="00E105DC"/>
     <w:rsid w:val="00E16F39"/>
     <w:rsid w:val="00E51C12"/>
     <w:rsid w:val="00E661CA"/>
     <w:rsid w:val="00E95220"/>
     <w:rsid w:val="00EE7AA7"/>
     <w:rsid w:val="00EF6C9C"/>
     <w:rsid w:val="00F758B3"/>
     <w:rsid w:val="00F842EB"/>
     <w:rsid w:val="00FB60E2"/>
     <w:rsid w:val="00FD74F7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
@@ -46671,51 +46661,51 @@
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="487329392">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/customizations.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/attachedToolbars" Target="attachedToolbars.bin"/></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/keyMapCustomizations" Target="customizations.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.avg-seco.admin.ch/WebVerzeichnis/bilder/Laendertabelle_F.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.avg-seco.admin.ch" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.avg-seco.admin.ch/WebVerzeichnis/bilder/Laendertabelle_F.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/keyMapCustomizations" Target="customizations.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.avg-seco.admin.ch" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.avg-seco.admin.ch" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
@@ -46948,98 +46938,98 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <f:fields xmlns:f="http://schemas.fabasoft.com/folio/2007/fields">
   <f:record ref="">
     <f:field ref="objname" par="" text="Bewilligungsgesuch_2014f"/>
     <f:field ref="objsubject" par="" text=""/>
     <f:field ref="objcreatedby" par="" text="Frey, Claudia, SECO"/>
     <f:field ref="objcreatedat" par="" text="01.12.2014 16:35:24"/>
     <f:field ref="objchangedby" par="" text="Fabasoft eGov-Suite Benutzer, WBF-GASS, PR"/>
     <f:field ref="objmodifiedat" par="" text="24.10.2018 15:40:22"/>
     <f:field ref="doc_FSCFOLIO_1_1001_FieldDocumentNumber" par="" text=""/>
     <f:field ref="doc_FSCFOLIO_1_1001_FieldSubject" par="" text=""/>
     <f:field ref="FSCFOLIO_1_1001_FieldCurrentUser" par="" text="SECO Ralf Fuhrmann"/>
     <f:field ref="CCAPRECONFIG_15_1001_Objektname" par="" text="Bewilligungsgesuch_2014f"/>
     <f:field ref="CHPRECONFIG_1_1001_Objektname" par="" text="Bewilligungsgesuch_2014f"/>
   </f:record>
   <f:display par="" text="...">
     <f:field ref="FSCFOLIO_1_1001_FieldCurrentUser" text="Aktueller Benutzer"/>
     <f:field ref="objsubject" text="Betreff (einzeilig)"/>
     <f:field ref="objcreatedat" text="Erzeugt am/um"/>
     <f:field ref="objcreatedby" text="Erzeugt von"/>
     <f:field ref="objmodifiedat" text="Letzte Änderung am/um"/>
     <f:field ref="objchangedby" text="Letzte Änderung von"/>
     <f:field ref="objname" text="Name"/>
     <f:field ref="CCAPRECONFIG_15_1001_Objektname" text="Objektname"/>
     <f:field ref="CHPRECONFIG_1_1001_Objektname" text="Objektname"/>
   </f:display>
   <f:display par="" text="Serienbrief">
     <f:field ref="doc_FSCFOLIO_1_1001_FieldSubject" text="Betreff"/>
     <f:field ref="doc_FSCFOLIO_1_1001_FieldDocumentNumber" text="Dokument Nummer"/>
   </f:display>
 </f:fields>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4E8A9591-F074-446B-902F-511FF79C122F}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4771A57F-9BD7-443A-AE58-9234F757E5EE}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.fabasoft.com/folio/2007/fields"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4771A57F-9BD7-443A-AE58-9234F757E5EE}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4E8A9591-F074-446B-902F-511FF79C122F}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.fabasoft.com/folio/2007/fields"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>13</Pages>
   <Words>2597</Words>
   <Characters>14997</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>813</Lines>
   <Paragraphs>414</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>