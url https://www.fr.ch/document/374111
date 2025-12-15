--- v0 (2025-12-05)
+++ v1 (2025-12-15)
@@ -6,51 +6,51 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="67072557" w14:textId="77777777" w:rsidR="004000DF" w:rsidRPr="00965416" w:rsidRDefault="000556CE" w:rsidP="004000DF">
       <w:pPr>
         <w:pStyle w:val="05objet"/>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>Données personnelles de l’enfant ou du/de la jeune</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18306D53" w14:textId="77777777" w:rsidR="004000DF" w:rsidRPr="00965416" w:rsidRDefault="004000DF" w:rsidP="004000DF">
       <w:pPr>
         <w:pStyle w:val="06atexteprincipal"/>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00965416">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
@@ -74,121 +74,109 @@
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00965416">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14DEC027" w14:textId="77777777" w:rsidR="004000DF" w:rsidRPr="004000DF" w:rsidRDefault="004000DF" w:rsidP="004000DF">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
       </w:pPr>
       <w:r w:rsidRPr="004000DF">
         <w:t xml:space="preserve">Identité </w:t>
       </w:r>
       <w:r w:rsidR="000556CE">
         <w:t>de l’enfant ou du/de la jeune</w:t>
       </w:r>
       <w:r w:rsidRPr="004000DF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="407E5815" w14:textId="77777777" w:rsidR="004000DF" w:rsidRPr="0065051C" w:rsidRDefault="0018058A" w:rsidP="00C92367">
+    <w:p w14:paraId="407E5815" w14:textId="3C5BC3DE" w:rsidR="004000DF" w:rsidRPr="0065051C" w:rsidRDefault="004000DF" w:rsidP="008739A5">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
-        <w:numPr>
-[...12 lines deleted...]
-      <w:r w:rsidR="004000DF" w:rsidRPr="0065051C">
+      </w:pPr>
+      <w:r w:rsidRPr="008739A5">
         <w:t>Nom de famille</w:t>
       </w:r>
       <w:r w:rsidR="006B2491">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00561D7A" w:rsidRPr="0065051C">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher21"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="CaseACocher21"/>
       <w:r w:rsidR="006B2491" w:rsidRPr="0065051C">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="005A01E8">
+      <w:r w:rsidR="00561D7A" w:rsidRPr="0065051C">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00561D7A" w:rsidRPr="0065051C">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="006B2491" w:rsidRPr="0065051C">
         <w:t xml:space="preserve"> féminin </w:t>
       </w:r>
       <w:r w:rsidR="00C92367">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00561D7A" w:rsidRPr="0065051C">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher20"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="CaseACocher20"/>
       <w:r w:rsidR="006B2491" w:rsidRPr="0065051C">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="005A01E8">
+      <w:r w:rsidR="00561D7A" w:rsidRPr="0065051C">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00561D7A" w:rsidRPr="0065051C">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidR="006B2491" w:rsidRPr="0065051C">
         <w:t xml:space="preserve"> masculin</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="8647" w:type="dxa"/>
         <w:tblInd w:w="959" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8647"/>
@@ -1023,62 +1011,62 @@
               </w:tabs>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="655139B1" w14:textId="77777777" w:rsidR="0018058A" w:rsidRDefault="0018058A" w:rsidP="0018058A">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5103"/>
         </w:tabs>
         <w:ind w:left="851"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="781F36C8" w14:textId="77777777" w:rsidR="00C92367" w:rsidRDefault="004000DF" w:rsidP="003C06CF">
+    <w:p w14:paraId="781F36C8" w14:textId="69BFF43A" w:rsidR="00C92367" w:rsidRDefault="004000DF" w:rsidP="003C06CF">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5103"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="0065051C">
         <w:t>Domicile légal avec adresse exacte</w:t>
       </w:r>
       <w:r w:rsidR="00FD4AB4" w:rsidRPr="0065051C">
-        <w:t> :</w:t>
+        <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60857DAE" w14:textId="77777777" w:rsidR="004000DF" w:rsidRPr="0065051C" w:rsidRDefault="00CA540C" w:rsidP="00C92367">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5103"/>
         </w:tabs>
         <w:ind w:left="851"/>
       </w:pPr>
       <w:r>
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidR="004000DF" w:rsidRPr="0065051C">
         <w:t>ue, numéro</w:t>
       </w:r>
       <w:r w:rsidR="004000DF" w:rsidRPr="0065051C">
         <w:tab/>
         <w:t>NPA, localité</w:t>
       </w:r>
     </w:p>
@@ -1314,393 +1302,117 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="66CE6044" w14:textId="77777777" w:rsidR="0018058A" w:rsidRDefault="003C06CF" w:rsidP="003C06CF">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="5103"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="0065051C">
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16500944" w14:textId="77777777" w:rsidR="004000DF" w:rsidRPr="0065051C" w:rsidRDefault="0018058A" w:rsidP="003C06CF">
-[...269 lines deleted...]
-    </w:p>
     <w:p w14:paraId="5ED75354" w14:textId="77777777" w:rsidR="004000DF" w:rsidRPr="0065051C" w:rsidRDefault="004000DF" w:rsidP="00C92367">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="5103"/>
           <w:tab w:val="left" w:pos="6521"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="0065051C">
         <w:t xml:space="preserve">Existe-t-il une </w:t>
       </w:r>
       <w:r w:rsidR="00CB6BEB">
         <w:t>curatelle</w:t>
       </w:r>
       <w:r w:rsidRPr="0065051C">
         <w:t> ?</w:t>
       </w:r>
       <w:r w:rsidRPr="0065051C">
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:id="4" w:name="OLE_LINK1"/>
       <w:r w:rsidR="00561D7A" w:rsidRPr="0065051C">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher19"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="0065051C">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="005A01E8">
+      <w:r w:rsidR="00561D7A" w:rsidRPr="0065051C">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00561D7A" w:rsidRPr="0065051C">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="0065051C">
-        <w:t xml:space="preserve"> </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve"> oui</w:t>
+      </w:r>
       <w:r w:rsidRPr="0065051C">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00561D7A" w:rsidRPr="0065051C">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher19"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="0065051C">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="005A01E8">
+      <w:r w:rsidR="00561D7A" w:rsidRPr="0065051C">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00561D7A" w:rsidRPr="0065051C">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="0065051C">
         <w:t xml:space="preserve"> non</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p w14:paraId="05A49F27" w14:textId="77777777" w:rsidR="004000DF" w:rsidRPr="0065051C" w:rsidRDefault="00FD4AB4" w:rsidP="003C06CF">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="851" w:hanging="851"/>
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0065051C">
         <w:rPr>
@@ -1867,523 +1579,201 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="63A4DD77" w14:textId="77777777" w:rsidR="0018058A" w:rsidRDefault="0018058A" w:rsidP="0018058A">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="851"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="46D0FB5E" w14:textId="77777777" w:rsidR="004000DF" w:rsidRPr="0065051C" w:rsidRDefault="004000DF" w:rsidP="004000DF">
+    <w:p w14:paraId="46D0FB5E" w14:textId="040953B4" w:rsidR="004000DF" w:rsidRPr="002043EE" w:rsidRDefault="00507BA9" w:rsidP="004000DF">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
       </w:pPr>
-      <w:r w:rsidRPr="0065051C">
-[...25 lines deleted...]
-        <w:t>canton</w:t>
+      <w:r w:rsidRPr="002043EE">
+        <w:t>Nationalité</w:t>
+      </w:r>
+      <w:r w:rsidR="00C92367" w:rsidRPr="002043EE">
+        <w:t> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="8647" w:type="dxa"/>
         <w:tblInd w:w="959" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8647"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004E6362" w:rsidRPr="00EB3EC8" w14:paraId="5A03ECDF" w14:textId="77777777" w:rsidTr="0099442F">
+      <w:tr w:rsidR="00164751" w:rsidRPr="00164751" w14:paraId="5A03ECDF" w14:textId="77777777" w:rsidTr="0099442F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8647" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A94D033" w14:textId="77777777" w:rsidR="004E6362" w:rsidRPr="00EB3EC8" w:rsidRDefault="00561D7A" w:rsidP="004E6362">
+          <w:bookmarkStart w:id="5" w:name="_Hlk216360552"/>
+          <w:p w14:paraId="1A94D033" w14:textId="77777777" w:rsidR="004E6362" w:rsidRPr="00164751" w:rsidRDefault="00561D7A" w:rsidP="004E6362">
             <w:pPr>
               <w:pStyle w:val="Liste"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5040"/>
               </w:tabs>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00164751">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="004E6362">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="004E6362" w:rsidRPr="00164751">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00164751">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00164751">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00A14499">
-[...46 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00A14499" w:rsidRPr="00164751">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A14499" w:rsidRPr="00164751">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A14499" w:rsidRPr="00164751">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A14499" w:rsidRPr="00164751">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A14499" w:rsidRPr="00164751">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00164751">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:bookmarkEnd w:id="5"/>
     </w:tbl>
-    <w:p w14:paraId="63A317A1" w14:textId="77777777" w:rsidR="0018058A" w:rsidRDefault="00FD4AB4" w:rsidP="003C06CF">
-[...304 lines deleted...]
-    </w:p>
     <w:p w14:paraId="1E40DFF2" w14:textId="77777777" w:rsidR="00E16D9A" w:rsidRDefault="00E16D9A" w:rsidP="003E28E6"/>
     <w:p w14:paraId="39DC06C1" w14:textId="77777777" w:rsidR="004000DF" w:rsidRPr="004000DF" w:rsidRDefault="004000DF" w:rsidP="004000DF">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
       </w:pPr>
       <w:r w:rsidRPr="004000DF">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Identité des </w:t>
       </w:r>
       <w:r w:rsidR="00DF442E">
         <w:t>représentants légaux</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48FBEAA9" w14:textId="77777777" w:rsidR="004000DF" w:rsidRPr="00EA4E73" w:rsidRDefault="004000DF" w:rsidP="00FD4AB4">
       <w:pPr>
         <w:ind w:left="851"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA4E73">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="32"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>Mère</w:t>
       </w:r>
     </w:p>
@@ -2789,50 +2179,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4686761D" w14:textId="77777777" w:rsidR="0018058A" w:rsidRDefault="0018058A" w:rsidP="0018058A">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="851"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2F6E1F70" w14:textId="77777777" w:rsidR="004000DF" w:rsidRPr="0065051C" w:rsidRDefault="004000DF" w:rsidP="004000DF">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
       </w:pPr>
       <w:r w:rsidRPr="0065051C">
+        <w:lastRenderedPageBreak/>
         <w:t>Date de naissance (jour, mois, année)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="8647" w:type="dxa"/>
         <w:tblInd w:w="959" w:type="dxa"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8647"/>
       </w:tblGrid>
       <w:tr w:rsidR="004000DF" w:rsidRPr="00EB3EC8" w14:paraId="023F6C47" w14:textId="77777777" w:rsidTr="004039D7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2EB8CA8E" w14:textId="77777777" w:rsidR="004000DF" w:rsidRPr="00EB3EC8" w:rsidRDefault="00561D7A" w:rsidP="0067773E">
             <w:pPr>
               <w:pStyle w:val="Liste"/>
@@ -2932,59 +2323,59 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5629863B" w14:textId="77777777" w:rsidR="0018058A" w:rsidRDefault="0018058A" w:rsidP="0018058A">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5103"/>
         </w:tabs>
         <w:ind w:left="851"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="120F663F" w14:textId="77777777" w:rsidR="00DA51C5" w:rsidRDefault="003C06CF" w:rsidP="00C92367">
+    <w:p w14:paraId="120F663F" w14:textId="56907F21" w:rsidR="00DA51C5" w:rsidRDefault="003C06CF" w:rsidP="00C92367">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5103"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="0065051C">
-        <w:t xml:space="preserve">Adresse : </w:t>
+        <w:t>Adresse </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73D23D13" w14:textId="77777777" w:rsidR="004000DF" w:rsidRPr="0065051C" w:rsidRDefault="003C06CF" w:rsidP="00DA51C5">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5103"/>
         </w:tabs>
         <w:ind w:left="851"/>
       </w:pPr>
       <w:r w:rsidRPr="0065051C">
         <w:t>Rue, numéro</w:t>
       </w:r>
       <w:r w:rsidRPr="0065051C">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="004000DF" w:rsidRPr="0065051C">
         <w:t>NPA, localité</w:t>
       </w:r>
     </w:p>
     <w:tbl>
@@ -3485,1097 +2876,211 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00A14499">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E28E6" w:rsidRPr="003E28E6" w14:paraId="4F75492E" w14:textId="77777777" w:rsidTr="003E28E6">
+      <w:tr w:rsidR="008739A5" w:rsidRPr="008739A5" w14:paraId="4F75492E" w14:textId="77777777" w:rsidTr="003E28E6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="013E0900" w14:textId="77777777" w:rsidR="0018058A" w:rsidRDefault="0018058A" w:rsidP="003E28E6">
+          <w:p w14:paraId="43EBE332" w14:textId="535CF1E0" w:rsidR="003E28E6" w:rsidRPr="008739A5" w:rsidRDefault="003E28E6" w:rsidP="00842427">
             <w:pPr>
               <w:pStyle w:val="Titre2"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
                 <w:tab w:val="left" w:pos="5103"/>
               </w:tabs>
-              <w:ind w:left="-108"/>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:strike/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...24 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4458" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4B77D6B9" w14:textId="77777777" w:rsidR="003E28E6" w:rsidRPr="003E28E6" w:rsidRDefault="003E28E6" w:rsidP="003E28E6">
+          <w:p w14:paraId="4B77D6B9" w14:textId="77777777" w:rsidR="003E28E6" w:rsidRPr="008739A5" w:rsidRDefault="003E28E6" w:rsidP="003E28E6">
             <w:pPr>
               <w:pStyle w:val="Titre2"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
                 <w:tab w:val="left" w:pos="5103"/>
               </w:tabs>
-              <w:outlineLvl w:val="1"/>
-              <w:rPr>
+              <w:rPr>
+                <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E28E6" w:rsidRPr="00EB3EC8" w14:paraId="4ED99CC7" w14:textId="77777777" w:rsidTr="003E28E6">
-[...213 lines deleted...]
-      </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0D604B8C" w14:textId="77777777" w:rsidR="0018058A" w:rsidRDefault="0018058A" w:rsidP="0018058A">
-[...620 lines deleted...]
-    </w:p>
     <w:p w14:paraId="38A02438" w14:textId="77777777" w:rsidR="00E03DF0" w:rsidRDefault="00E03DF0" w:rsidP="00A1571A">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5103"/>
           <w:tab w:val="left" w:pos="6521"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t>Autorité parentale</w:t>
       </w:r>
       <w:r w:rsidR="00A1571A">
         <w:t> :</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0065051C">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher21"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="0065051C">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="005A01E8">
+      <w:r w:rsidRPr="0065051C">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="0065051C">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00A1571A">
         <w:t xml:space="preserve"> Oui</w:t>
       </w:r>
       <w:r w:rsidR="00A1571A">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0065051C">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher21"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="0065051C">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="005A01E8">
+      <w:r w:rsidRPr="0065051C">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="0065051C">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Non</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="729A52EE" w14:textId="77777777" w:rsidR="003E28E6" w:rsidRDefault="003E28E6" w:rsidP="00A1571A">
-      <w:pPr>
-[...20 lines deleted...]
-    <w:p w14:paraId="4A7CE9AF" w14:textId="77777777" w:rsidR="00281A15" w:rsidRDefault="00281A15" w:rsidP="00A1571A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="32"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="351DB08C" w14:textId="77777777" w:rsidR="004000DF" w:rsidRPr="00EA4E73" w:rsidRDefault="004000DF" w:rsidP="00E12693">
       <w:pPr>
         <w:ind w:left="851"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA4E73">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="32"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Père</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F0AB9C2" w14:textId="77777777" w:rsidR="004000DF" w:rsidRPr="0065051C" w:rsidRDefault="004000DF" w:rsidP="004000DF">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
       </w:pPr>
       <w:r w:rsidRPr="0065051C">
         <w:t>Nom de famille</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="8647" w:type="dxa"/>
         <w:tblInd w:w="959" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
@@ -5534,1194 +4039,283 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00A14499">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E28E6" w:rsidRPr="003E28E6" w14:paraId="4A8DE3C2" w14:textId="77777777" w:rsidTr="003E28E6">
+      <w:tr w:rsidR="008739A5" w:rsidRPr="008739A5" w14:paraId="4A8DE3C2" w14:textId="77777777" w:rsidTr="003E28E6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="20C96DE6" w14:textId="77777777" w:rsidR="0018058A" w:rsidRDefault="0018058A" w:rsidP="00EA52D7">
+          <w:p w14:paraId="6A89D410" w14:textId="2DB6FF73" w:rsidR="003E28E6" w:rsidRPr="008739A5" w:rsidRDefault="003E28E6" w:rsidP="00EA52D7">
             <w:pPr>
               <w:pStyle w:val="Titre2"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
                 <w:tab w:val="left" w:pos="5103"/>
               </w:tabs>
               <w:ind w:left="-108"/>
-              <w:outlineLvl w:val="1"/>
-              <w:rPr>
+              <w:rPr>
+                <w:strike/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...24 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4458" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="44995CE7" w14:textId="77777777" w:rsidR="003E28E6" w:rsidRPr="003E28E6" w:rsidRDefault="003E28E6" w:rsidP="00EA52D7">
+          <w:p w14:paraId="44995CE7" w14:textId="77777777" w:rsidR="003E28E6" w:rsidRPr="008739A5" w:rsidRDefault="003E28E6" w:rsidP="00EA52D7">
             <w:pPr>
               <w:pStyle w:val="Titre2"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
                 <w:tab w:val="left" w:pos="5103"/>
               </w:tabs>
-              <w:outlineLvl w:val="1"/>
-              <w:rPr>
+              <w:rPr>
+                <w:strike/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E28E6" w:rsidRPr="00EB3EC8" w14:paraId="58209A31" w14:textId="77777777" w:rsidTr="003E28E6">
-[...122 lines deleted...]
-      </w:tr>
     </w:tbl>
-    <w:p w14:paraId="75C83E63" w14:textId="77777777" w:rsidR="003E28E6" w:rsidRDefault="003E28E6" w:rsidP="003E28E6">
-[...614 lines deleted...]
-    </w:p>
     <w:p w14:paraId="3FD9E907" w14:textId="77777777" w:rsidR="00E03DF0" w:rsidRDefault="00E03DF0" w:rsidP="00022671">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5103"/>
           <w:tab w:val="left" w:pos="6521"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t>Autorité parentale</w:t>
       </w:r>
       <w:r w:rsidR="00022671">
         <w:t> :</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0065051C">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher21"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="0065051C">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="005A01E8">
+      <w:r w:rsidRPr="0065051C">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="0065051C">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00022671">
         <w:t xml:space="preserve"> Oui</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0065051C">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher21"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="0065051C">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="005A01E8">
+      <w:r w:rsidRPr="0065051C">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="0065051C">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Non</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25CD7BCD" w14:textId="77777777" w:rsidR="000B5865" w:rsidRDefault="000B5865" w:rsidP="000B5865"/>
-[...2 lines deleted...]
-        <w:pStyle w:val="Titre1"/>
+    <w:p w14:paraId="4DBE44FE" w14:textId="1769AFCC" w:rsidR="00164751" w:rsidRDefault="00164751">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
-        <w:t>Médecin</w:t>
+        <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13064D90" w14:textId="77777777" w:rsidR="00B01919" w:rsidRPr="0065051C" w:rsidRDefault="00B01919" w:rsidP="00B01919">
-[...157 lines deleted...]
-    </w:tbl>
     <w:p w14:paraId="1A879A45" w14:textId="77777777" w:rsidR="004000DF" w:rsidRPr="004000DF" w:rsidRDefault="004000DF" w:rsidP="004000DF">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
       </w:pPr>
       <w:r w:rsidRPr="004000DF">
         <w:lastRenderedPageBreak/>
         <w:t>Autorisation de communiquer des renseignements</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F36048F" w14:textId="77777777" w:rsidR="004000DF" w:rsidRDefault="006E7117" w:rsidP="004039D7">
       <w:pPr>
         <w:pStyle w:val="06atexteprincipal"/>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>Par leur signature, les représentants légaux autorisent tous les professionnel-le-s intervenant ou ayant intervenu auprès de l’enfant</w:t>
       </w:r>
       <w:r w:rsidR="00022671">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> ou du/de la jeune</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> concernée-e, en particulier le personnel enseignant et médical, les psychologues, les logopédistes et les psychomotriciens, à fournir les renseignements nécessaires à l’examen du bien-fondé de la demande et de l’éventuel octroi d’une mesure. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3659C455" w14:textId="77777777" w:rsidR="0018058A" w:rsidRPr="00281A15" w:rsidRDefault="0018058A" w:rsidP="00281A15"/>
+    <w:p w14:paraId="55A4372E" w14:textId="77777777" w:rsidR="002043EE" w:rsidRDefault="002043EE" w:rsidP="004039D7">
+      <w:pPr>
+        <w:pStyle w:val="06atexteprincipal"/>
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="2CCDB750" w14:textId="77777777" w:rsidR="000B5865" w:rsidRDefault="000B5865" w:rsidP="000B5865">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>Protection des données</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AFE4802" w14:textId="77777777" w:rsidR="000B5865" w:rsidRPr="005A5D8A" w:rsidRDefault="000B5865" w:rsidP="000B5865">
+    <w:p w14:paraId="6AFE4802" w14:textId="77777777" w:rsidR="000B5865" w:rsidRDefault="000B5865" w:rsidP="000B5865">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>Les présentes données personnelles sont destinées au Service de l'enseignement s</w:t>
       </w:r>
       <w:r w:rsidR="00022671">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>pécialisé et des mesures d'aide</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> (SESAM). Elles ne sont pas communiquées à des tiers. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="381D6DA9" w14:textId="77777777" w:rsidR="000B5865" w:rsidRPr="00281A15" w:rsidRDefault="000B5865" w:rsidP="000B5865"/>
+    <w:p w14:paraId="6511909D" w14:textId="77777777" w:rsidR="002043EE" w:rsidRPr="005A5D8A" w:rsidRDefault="002043EE" w:rsidP="000B5865">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="5C04CCD3" w14:textId="77777777" w:rsidR="004000DF" w:rsidRPr="004000DF" w:rsidRDefault="004000DF" w:rsidP="0065051C">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
       </w:pPr>
       <w:r w:rsidRPr="004000DF">
         <w:t>Pièces à joindre à la demande</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F32B217" w14:textId="77777777" w:rsidR="004000DF" w:rsidRPr="0065051C" w:rsidRDefault="004000DF" w:rsidP="004000DF">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
       </w:pPr>
       <w:r w:rsidRPr="0065051C">
         <w:t>Nationalité suisse</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16E6E45D" w14:textId="77777777" w:rsidR="00DC58D1" w:rsidRDefault="00022671" w:rsidP="004039D7">
       <w:pPr>
         <w:pStyle w:val="06atexteprincipal"/>
       </w:pPr>
       <w:r>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="004000DF" w:rsidRPr="005A5D8A">
         <w:t xml:space="preserve">opie d'une </w:t>
@@ -6770,136 +4364,138 @@
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="004000DF" w:rsidRPr="005A5D8A">
         <w:t xml:space="preserve">opies des passeports étrangers </w:t>
       </w:r>
       <w:r w:rsidR="00C93106">
         <w:t>de l’enfant ou du/de la jeune</w:t>
       </w:r>
       <w:r w:rsidR="004000DF" w:rsidRPr="005A5D8A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004000DF" w:rsidRPr="00010614">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>et</w:t>
       </w:r>
       <w:r w:rsidR="004000DF" w:rsidRPr="005A5D8A">
         <w:t xml:space="preserve"> de ses parents</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B4A8A51" w14:textId="77777777" w:rsidR="00DC58D1" w:rsidRDefault="009C3AE4" w:rsidP="004039D7">
       <w:pPr>
         <w:pStyle w:val="06atexteprincipal"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="004000DF" w:rsidRPr="000B5865">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004000DF">
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidR="004000DF" w:rsidRPr="005A5D8A">
         <w:t xml:space="preserve">opie de </w:t>
       </w:r>
       <w:r w:rsidR="004000DF" w:rsidRPr="0074631B">
         <w:t>l’autorisation de séjour</w:t>
       </w:r>
       <w:r w:rsidR="004000DF">
         <w:t>/d’établissement</w:t>
       </w:r>
       <w:r w:rsidR="004000DF" w:rsidRPr="005A5D8A">
         <w:t xml:space="preserve"> pour </w:t>
       </w:r>
       <w:r w:rsidR="00C93106">
         <w:t>l’enfant ou le/la jeune</w:t>
       </w:r>
       <w:r w:rsidR="004000DF" w:rsidRPr="005A5D8A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004000DF" w:rsidRPr="00010614">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>et</w:t>
       </w:r>
       <w:r w:rsidR="004000DF" w:rsidRPr="005A5D8A">
         <w:t xml:space="preserve"> ses parents</w:t>
       </w:r>
       <w:r w:rsidR="00022671">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25A931D9" w14:textId="77777777" w:rsidR="004000DF" w:rsidRPr="0065051C" w:rsidRDefault="004000DF" w:rsidP="0065051C">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
       </w:pPr>
       <w:r w:rsidRPr="0065051C">
         <w:t>A joindre si nécessaire</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66EA2560" w14:textId="77777777" w:rsidR="004000DF" w:rsidRPr="005A5D8A" w:rsidRDefault="00022671" w:rsidP="004039D7">
+    <w:p w14:paraId="66EA2560" w14:textId="77777777" w:rsidR="004000DF" w:rsidRDefault="00022671" w:rsidP="004039D7">
       <w:pPr>
         <w:pStyle w:val="06atexteprincipal"/>
       </w:pPr>
       <w:r>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="004000DF">
         <w:t>opie de l’a</w:t>
       </w:r>
       <w:r w:rsidR="004000DF" w:rsidRPr="005A5D8A">
         <w:t>ttestation de l'autorité tutélaire</w:t>
       </w:r>
       <w:r w:rsidR="004000DF">
         <w:t xml:space="preserve"> ou de l’</w:t>
       </w:r>
       <w:r w:rsidR="004000DF" w:rsidRPr="005A5D8A">
         <w:t>acte de nomination du curateur</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FA8C205" w14:textId="77777777" w:rsidR="003E28E6" w:rsidRPr="003E28E6" w:rsidRDefault="003E28E6" w:rsidP="003E28E6"/>
+    <w:p w14:paraId="237F67DB" w14:textId="77777777" w:rsidR="002043EE" w:rsidRPr="005A5D8A" w:rsidRDefault="002043EE" w:rsidP="004039D7">
+      <w:pPr>
+        <w:pStyle w:val="06atexteprincipal"/>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="4828141B" w14:textId="77777777" w:rsidR="004000DF" w:rsidRPr="004000DF" w:rsidRDefault="004000DF" w:rsidP="004000DF">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
       </w:pPr>
       <w:r w:rsidRPr="004000DF">
         <w:t>Signature</w:t>
       </w:r>
       <w:r w:rsidR="00E03DF0">
         <w:t>s</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="449824ED" w14:textId="77777777" w:rsidR="004000DF" w:rsidRDefault="004000DF" w:rsidP="004039D7">
       <w:pPr>
         <w:pStyle w:val="06atexteprincipal"/>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A5D8A">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>Le</w:t>
       </w:r>
       <w:r w:rsidR="00E03DF0">
@@ -7231,360 +4827,86 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5F6A43DE" w14:textId="77777777" w:rsidR="0018058A" w:rsidRDefault="004000DF" w:rsidP="00A14499">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="851" w:hanging="851"/>
       </w:pPr>
       <w:r w:rsidRPr="0065051C">
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0ABA7890" w14:textId="77777777" w:rsidR="004000DF" w:rsidRPr="0065051C" w:rsidRDefault="004000DF" w:rsidP="004D7FEB">
-[...273 lines deleted...]
-    <w:sectPr w:rsidR="004E6362" w:rsidRPr="005A5D8A" w:rsidSect="00E03DF0">
+    <w:sectPr w:rsidR="0018058A" w:rsidSect="00E03DF0">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:headerReference w:type="first" r:id="rId9"/>
       <w:footerReference w:type="first" r:id="rId10"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1675" w:right="851" w:bottom="1701" w:left="1418" w:header="652" w:footer="510" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="2514635C" w14:textId="77777777" w:rsidR="00E16D9A" w:rsidRDefault="00E16D9A" w:rsidP="00D43596">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="6CD5A79E" w14:textId="77777777" w:rsidR="00E16D9A" w:rsidRDefault="00E16D9A" w:rsidP="00D43596">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -7609,116 +4931,116 @@
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Trebuchet MS">
     <w:panose1 w:val="020B0603020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000687" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="46C28089" w14:textId="77777777" w:rsidR="00D43596" w:rsidRPr="00BF50CB" w:rsidRDefault="00EB6284" w:rsidP="00A14499">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="46C28089" w14:textId="77777777" w:rsidR="00241E88" w:rsidRPr="00BF50CB" w:rsidRDefault="00EB6284" w:rsidP="00A14499">
     <w:pPr>
       <w:pStyle w:val="01entteetbasdepage"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="9637"/>
       </w:tabs>
       <w:rPr>
         <w:lang w:val="fr-CH"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00BF50CB">
       <w:rPr>
         <w:lang w:val="fr-CH"/>
       </w:rPr>
       <w:t>—</w:t>
     </w:r>
     <w:r w:rsidR="00A14499">
       <w:rPr>
         <w:lang w:val="fr-CH"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="2EC9F41E" w14:textId="65880028" w:rsidR="00D43596" w:rsidRPr="00BF50CB" w:rsidRDefault="004000DF" w:rsidP="00D43596">
+  <w:p w14:paraId="2EC9F41E" w14:textId="65880028" w:rsidR="00241E88" w:rsidRPr="00BF50CB" w:rsidRDefault="004000DF" w:rsidP="00D43596">
     <w:pPr>
       <w:pStyle w:val="01entteetbasdepage"/>
       <w:rPr>
         <w:b/>
         <w:lang w:val="fr-CH"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:lang w:val="fr-CH"/>
       </w:rPr>
       <w:t xml:space="preserve">Direction de </w:t>
     </w:r>
     <w:r w:rsidR="00495FC4">
       <w:rPr>
         <w:lang w:val="fr-CH"/>
       </w:rPr>
       <w:t xml:space="preserve">la formation et des affaires culturelles </w:t>
     </w:r>
     <w:r w:rsidRPr="004000DF">
       <w:rPr>
         <w:b/>
         <w:lang w:val="fr-CH"/>
       </w:rPr>
       <w:t>D</w:t>
     </w:r>
     <w:r w:rsidR="00495FC4">
       <w:rPr>
         <w:b/>
         <w:lang w:val="fr-CH"/>
       </w:rPr>
       <w:t>FAC</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="14A6EF67" w14:textId="5F110191" w:rsidR="00D43596" w:rsidRPr="00BF50CB" w:rsidRDefault="00EB6284" w:rsidP="00A14499">
+  <w:p w14:paraId="14A6EF67" w14:textId="5F110191" w:rsidR="00241E88" w:rsidRPr="00BF50CB" w:rsidRDefault="00EB6284" w:rsidP="00A14499">
     <w:pPr>
       <w:pStyle w:val="01entteetbasdepage"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="9637"/>
       </w:tabs>
       <w:rPr>
         <w:lang w:val="de-DE"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00BF50CB">
       <w:rPr>
         <w:lang w:val="de-DE"/>
       </w:rPr>
       <w:t>Direktion für</w:t>
     </w:r>
     <w:r w:rsidR="00495FC4">
       <w:rPr>
         <w:lang w:val="de-DE"/>
       </w:rPr>
       <w:t xml:space="preserve"> Bildung und kulturelle Angelegenheiten</w:t>
     </w:r>
     <w:r w:rsidRPr="00BF50CB">
       <w:rPr>
         <w:lang w:val="de-DE"/>
       </w:rPr>
@@ -7732,120 +5054,120 @@
       <w:t>BKAD</w:t>
     </w:r>
     <w:r w:rsidR="00A14499" w:rsidRPr="00A14499">
       <w:rPr>
         <w:lang w:val="de-CH"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00A14499">
       <w:rPr>
         <w:lang w:val="de-CH"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00A14499" w:rsidRPr="00A14499">
       <w:rPr>
         <w:lang w:val="de-CH"/>
       </w:rPr>
       <w:t>S-001-FR</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="13C1D7CA" w14:textId="77777777" w:rsidR="00E16D9A" w:rsidRDefault="00E16D9A" w:rsidP="00D43596">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="62C5EDBF" w14:textId="77777777" w:rsidR="00E16D9A" w:rsidRDefault="00E16D9A" w:rsidP="00D43596">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9298" w:type="dxa"/>
       <w:tblInd w:w="341" w:type="dxa"/>
       <w:tblBorders>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="9298"/>
     </w:tblGrid>
     <w:tr w:rsidR="00D43596" w14:paraId="0D10A373" w14:textId="77777777">
       <w:trPr>
         <w:trHeight w:val="567"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="9298" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="2DEB8ED6" w14:textId="77777777" w:rsidR="00D43596" w:rsidRDefault="004000DF" w:rsidP="00D43596">
+        <w:p w14:paraId="2DEB8ED6" w14:textId="77777777" w:rsidR="00241E88" w:rsidRDefault="004000DF" w:rsidP="00D43596">
           <w:pPr>
             <w:pStyle w:val="09enttepage2"/>
           </w:pPr>
           <w:r>
             <w:t>Service de l’enseignement spécialisé et des mesures d’aide</w:t>
           </w:r>
           <w:r w:rsidR="00EB6284" w:rsidRPr="00891EB3">
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidR="00EB6284" w:rsidRPr="0064336A">
             <w:rPr>
               <w:b w:val="0"/>
             </w:rPr>
             <w:t>S</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:b w:val="0"/>
             </w:rPr>
             <w:t>ESAM</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="40D38135" w14:textId="77777777" w:rsidR="00D43596" w:rsidRPr="0064336A" w:rsidRDefault="00EB6284" w:rsidP="00D43596">
+        <w:p w14:paraId="40D38135" w14:textId="77777777" w:rsidR="00241E88" w:rsidRPr="0064336A" w:rsidRDefault="00EB6284" w:rsidP="00D43596">
           <w:pPr>
             <w:pStyle w:val="09enttepage2"/>
             <w:rPr>
               <w:rStyle w:val="Numrodepage"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="0064336A">
             <w:rPr>
               <w:b w:val="0"/>
               <w:lang w:val="de-DE"/>
             </w:rPr>
             <w:t xml:space="preserve">Page </w:t>
           </w:r>
           <w:r w:rsidR="00561D7A" w:rsidRPr="0064336A">
             <w:rPr>
               <w:b w:val="0"/>
               <w:lang w:val="de-DE"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidRPr="0064336A">
             <w:rPr>
               <w:b w:val="0"/>
               <w:lang w:val="de-DE"/>
             </w:rPr>
@@ -7971,78 +5293,78 @@
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="116205" cy="220980"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="9525">
                           <a:noFill/>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="525B3A68" w14:textId="77777777" w:rsidR="00D43596" w:rsidRDefault="005A01E8" w:rsidP="00E03DF0"/>
+  <w:p w14:paraId="525B3A68" w14:textId="77777777" w:rsidR="00241E88" w:rsidRDefault="00241E88" w:rsidP="00E03DF0"/>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9639" w:type="dxa"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="57" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5500"/>
       <w:gridCol w:w="4139"/>
     </w:tblGrid>
     <w:tr w:rsidR="00D43596" w:rsidRPr="004A0F2D" w14:paraId="50A01017" w14:textId="77777777">
       <w:trPr>
         <w:trHeight w:val="1701"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5500" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="7A1FD77F" w14:textId="77777777" w:rsidR="00D43596" w:rsidRPr="00AA545D" w:rsidRDefault="00EB6284" w:rsidP="00D43596">
+        <w:p w14:paraId="7A1FD77F" w14:textId="77777777" w:rsidR="00241E88" w:rsidRPr="00AA545D" w:rsidRDefault="00EB6284" w:rsidP="00D43596">
           <w:pPr>
             <w:pStyle w:val="TM1"/>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00AA545D">
             <w:rPr>
               <w:noProof/>
               <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
             </w:rPr>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0BEA36A2" wp14:editId="333EAB36">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>-2963</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>847</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="935990" cy="795866"/>
                 <wp:effectExtent l="25400" t="0" r="3810" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Image 1" descr="logo_fr_300.jpg"/>
                 <wp:cNvGraphicFramePr>
@@ -8083,205 +5405,205 @@
           <w:tcW w:w="4139" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="329B096A" w14:textId="77777777" w:rsidR="004000DF" w:rsidRDefault="00EB6284" w:rsidP="00D43596">
           <w:pPr>
             <w:pStyle w:val="01entteetbasdepage"/>
             <w:rPr>
               <w:b/>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00BF50CB">
             <w:rPr>
               <w:b/>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
             <w:t xml:space="preserve">Service de </w:t>
           </w:r>
           <w:r w:rsidR="004000DF">
             <w:rPr>
               <w:b/>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
             <w:t>l’enseignement spécialisé</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="00C4FF1A" w14:textId="77777777" w:rsidR="00D43596" w:rsidRPr="00BF50CB" w:rsidRDefault="004000DF" w:rsidP="00D43596">
+        <w:p w14:paraId="00C4FF1A" w14:textId="77777777" w:rsidR="00241E88" w:rsidRPr="00BF50CB" w:rsidRDefault="004000DF" w:rsidP="00D43596">
           <w:pPr>
             <w:pStyle w:val="01entteetbasdepage"/>
             <w:rPr>
               <w:b/>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
             <w:t xml:space="preserve">et des mesures d’aide </w:t>
           </w:r>
           <w:r w:rsidRPr="004000DF">
             <w:rPr>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
             <w:t>SESAM</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="207B48E3" w14:textId="77777777" w:rsidR="00D43596" w:rsidRPr="00BF50CB" w:rsidRDefault="00EB6284" w:rsidP="00D43596">
+        <w:p w14:paraId="207B48E3" w14:textId="77777777" w:rsidR="00241E88" w:rsidRPr="00BF50CB" w:rsidRDefault="00EB6284" w:rsidP="00D43596">
           <w:pPr>
             <w:pStyle w:val="01entteetbasdepage"/>
             <w:rPr>
               <w:lang w:val="de-DE"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00BF50CB">
             <w:rPr>
               <w:b/>
               <w:lang w:val="de-DE"/>
             </w:rPr>
             <w:t xml:space="preserve">Amt für </w:t>
           </w:r>
           <w:r w:rsidR="004000DF">
             <w:rPr>
               <w:b/>
               <w:lang w:val="de-DE"/>
             </w:rPr>
             <w:t>Sonderpädagogik</w:t>
           </w:r>
           <w:r w:rsidRPr="00BF50CB">
             <w:rPr>
               <w:b/>
               <w:lang w:val="de-DE"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidR="004000DF">
             <w:rPr>
               <w:lang w:val="de-DE"/>
             </w:rPr>
             <w:t>SoA</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="34A7E809" w14:textId="77777777" w:rsidR="00D43596" w:rsidRPr="00BF50CB" w:rsidRDefault="005A01E8" w:rsidP="00D43596">
+        <w:p w14:paraId="34A7E809" w14:textId="77777777" w:rsidR="00241E88" w:rsidRPr="00BF50CB" w:rsidRDefault="00241E88" w:rsidP="00D43596">
           <w:pPr>
             <w:pStyle w:val="01entteetbasdepage"/>
             <w:rPr>
               <w:lang w:val="de-DE"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="287D6FC2" w14:textId="77777777" w:rsidR="00D43596" w:rsidRPr="00BF50CB" w:rsidRDefault="00EB6284" w:rsidP="00D43596">
+        <w:p w14:paraId="287D6FC2" w14:textId="77777777" w:rsidR="00241E88" w:rsidRPr="00BF50CB" w:rsidRDefault="00EB6284" w:rsidP="00D43596">
           <w:pPr>
             <w:pStyle w:val="01entteetbasdepage"/>
             <w:rPr>
               <w:lang w:val="de-DE"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00BF50CB">
             <w:rPr>
               <w:szCs w:val="12"/>
               <w:lang w:val="de-DE"/>
             </w:rPr>
             <w:t>R</w:t>
           </w:r>
           <w:r w:rsidR="004000DF">
             <w:rPr>
               <w:szCs w:val="12"/>
               <w:lang w:val="de-DE"/>
             </w:rPr>
             <w:t>ue de l’Hôpital 3</w:t>
           </w:r>
           <w:r w:rsidRPr="00BF50CB">
             <w:rPr>
               <w:szCs w:val="12"/>
               <w:lang w:val="de-DE"/>
             </w:rPr>
             <w:t>, 1701 Fribourg</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="6F35366F" w14:textId="77777777" w:rsidR="00D43596" w:rsidRPr="00BF50CB" w:rsidRDefault="005A01E8" w:rsidP="00D43596">
+        <w:p w14:paraId="6F35366F" w14:textId="77777777" w:rsidR="00241E88" w:rsidRPr="00BF50CB" w:rsidRDefault="00241E88" w:rsidP="00D43596">
           <w:pPr>
             <w:pStyle w:val="01entteetbasdepage"/>
             <w:rPr>
               <w:lang w:val="de-DE"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="6776376C" w14:textId="77777777" w:rsidR="00D43596" w:rsidRPr="00920A79" w:rsidRDefault="00EB6284" w:rsidP="00D43596">
+        <w:p w14:paraId="6776376C" w14:textId="77777777" w:rsidR="00241E88" w:rsidRPr="00920A79" w:rsidRDefault="00EB6284" w:rsidP="00D43596">
           <w:pPr>
             <w:pStyle w:val="01entteetbasdepage"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve">T +41 </w:t>
           </w:r>
           <w:r w:rsidR="004000DF">
             <w:t>26 305 40 60</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="3D390C77" w14:textId="77777777" w:rsidR="00D43596" w:rsidRPr="00E5117F" w:rsidRDefault="009709BC" w:rsidP="004000DF">
+        <w:p w14:paraId="3D390C77" w14:textId="77777777" w:rsidR="00241E88" w:rsidRPr="00E5117F" w:rsidRDefault="009709BC" w:rsidP="004000DF">
           <w:pPr>
             <w:pStyle w:val="01entteetbasdepage"/>
             <w:rPr>
               <w:rStyle w:val="Lienhypertexte"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:t>www.fr.ch/sesam</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="27961A8C" w14:textId="77777777" w:rsidR="004000DF" w:rsidRDefault="004000DF" w:rsidP="004000DF"/>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:numPicBullet w:numPicBulletId="0">
     <w:pict>
       <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
         <v:stroke joinstyle="miter"/>
         <v:formulas>
           <v:f eqn="if lineDrawn pixelLineWidth 0"/>
           <v:f eqn="sum @0 1 0"/>
           <v:f eqn="sum 0 0 @1"/>
           <v:f eqn="prod @2 1 2"/>
           <v:f eqn="prod @3 21600 pixelWidth"/>
           <v:f eqn="prod @3 21600 pixelHeight"/>
           <v:f eqn="sum @0 0 1"/>
           <v:f eqn="prod @6 1 2"/>
           <v:f eqn="prod @7 21600 pixelWidth"/>
           <v:f eqn="sum @8 21600 0"/>
           <v:f eqn="prod @7 21600 pixelHeight"/>
           <v:f eqn="sum @10 21600 0"/>
         </v:formulas>
         <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
         <o:lock v:ext="edit" aspectratio="t"/>
       </v:shapetype>
-      <v:shape id="_x0000_i1026" type="#_x0000_t75" style="width:14.4pt;height:14.4pt" o:bullet="t">
+      <v:shape id="_x0000_i1026" type="#_x0000_t75" style="width:14.5pt;height:14.5pt" o:bullet="t">
         <v:imagedata r:id="rId1" o:title="ecusson"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="048645B7"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="589E2B9E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="227"/>
         </w:tabs>
         <w:ind w:left="227" w:hanging="227"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:caps w:val="0"/>
@@ -12058,305 +9380,323 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1974828962">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="68236944">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1014235163">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="2006935255">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1555004886">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="670792787">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1880823279">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="354042851">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="736825978">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="627931976">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="1179543453">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="1613241989">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="680620490">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="624240533">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="429356424">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="615019036">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="1397783086">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="2101676090">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="662465165">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="1844591095">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="575627830">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="22">
+  <w:num w:numId="22" w16cid:durableId="1426071140">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="23">
+  <w:num w:numId="23" w16cid:durableId="1528786151">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="24">
+  <w:num w:numId="24" w16cid:durableId="104471984">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="25">
+  <w:num w:numId="25" w16cid:durableId="1694109789">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="26">
+  <w:num w:numId="26" w16cid:durableId="1763065145">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="27">
+  <w:num w:numId="27" w16cid:durableId="1801994795">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="28">
+  <w:num w:numId="28" w16cid:durableId="474837238">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="29">
+  <w:num w:numId="29" w16cid:durableId="1845440187">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="5"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="170"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="140"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1021" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:documentProtection w:edit="forms" w:enforcement="1"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E16D9A"/>
     <w:rsid w:val="00010614"/>
     <w:rsid w:val="00016DBC"/>
     <w:rsid w:val="00022671"/>
+    <w:rsid w:val="00047787"/>
     <w:rsid w:val="000556CE"/>
     <w:rsid w:val="00082F4F"/>
     <w:rsid w:val="000B5463"/>
     <w:rsid w:val="000B5865"/>
+    <w:rsid w:val="000F79E3"/>
+    <w:rsid w:val="00114A19"/>
+    <w:rsid w:val="00164751"/>
     <w:rsid w:val="00164C2E"/>
     <w:rsid w:val="0018058A"/>
     <w:rsid w:val="001E696A"/>
     <w:rsid w:val="00203F84"/>
+    <w:rsid w:val="002043EE"/>
     <w:rsid w:val="00207BE1"/>
     <w:rsid w:val="00214638"/>
     <w:rsid w:val="00234943"/>
+    <w:rsid w:val="00241E88"/>
     <w:rsid w:val="00281A15"/>
     <w:rsid w:val="00286B55"/>
     <w:rsid w:val="002B030C"/>
     <w:rsid w:val="002B306C"/>
     <w:rsid w:val="002B3641"/>
+    <w:rsid w:val="00321206"/>
     <w:rsid w:val="003C06CF"/>
     <w:rsid w:val="003E28E6"/>
     <w:rsid w:val="003F1063"/>
     <w:rsid w:val="004000DF"/>
     <w:rsid w:val="004039D7"/>
     <w:rsid w:val="0041285B"/>
     <w:rsid w:val="00462039"/>
     <w:rsid w:val="00495FC4"/>
     <w:rsid w:val="004C704B"/>
     <w:rsid w:val="004D5C7D"/>
     <w:rsid w:val="004D7FEB"/>
     <w:rsid w:val="004E4E8A"/>
     <w:rsid w:val="004E6362"/>
+    <w:rsid w:val="004F4D8F"/>
     <w:rsid w:val="004F4E1C"/>
+    <w:rsid w:val="00507BA9"/>
     <w:rsid w:val="005218E4"/>
     <w:rsid w:val="00555ED7"/>
     <w:rsid w:val="005563D4"/>
     <w:rsid w:val="00561D7A"/>
     <w:rsid w:val="005650D4"/>
     <w:rsid w:val="005A01E8"/>
     <w:rsid w:val="0065051C"/>
     <w:rsid w:val="00692DA8"/>
     <w:rsid w:val="006A5F99"/>
     <w:rsid w:val="006B2491"/>
     <w:rsid w:val="006D52E7"/>
     <w:rsid w:val="006E7117"/>
     <w:rsid w:val="00830985"/>
+    <w:rsid w:val="00842427"/>
+    <w:rsid w:val="008739A5"/>
     <w:rsid w:val="008E3000"/>
+    <w:rsid w:val="008F1F4D"/>
     <w:rsid w:val="00904277"/>
     <w:rsid w:val="0090680B"/>
     <w:rsid w:val="00910DBE"/>
     <w:rsid w:val="00967B73"/>
     <w:rsid w:val="009709BC"/>
+    <w:rsid w:val="009808C7"/>
+    <w:rsid w:val="0098591E"/>
     <w:rsid w:val="00993024"/>
     <w:rsid w:val="009C3AE4"/>
     <w:rsid w:val="009D5CBF"/>
     <w:rsid w:val="009F2DAA"/>
     <w:rsid w:val="00A013A3"/>
     <w:rsid w:val="00A023F0"/>
     <w:rsid w:val="00A14499"/>
     <w:rsid w:val="00A1571A"/>
     <w:rsid w:val="00A171FC"/>
     <w:rsid w:val="00A8577F"/>
     <w:rsid w:val="00A871DB"/>
     <w:rsid w:val="00AA7BDB"/>
     <w:rsid w:val="00AC153A"/>
     <w:rsid w:val="00B01919"/>
     <w:rsid w:val="00B1195A"/>
     <w:rsid w:val="00B51FB0"/>
     <w:rsid w:val="00B54406"/>
     <w:rsid w:val="00B56836"/>
     <w:rsid w:val="00B7706C"/>
     <w:rsid w:val="00BF50CB"/>
     <w:rsid w:val="00C04BE0"/>
     <w:rsid w:val="00C24EE4"/>
     <w:rsid w:val="00C30181"/>
     <w:rsid w:val="00C638AB"/>
     <w:rsid w:val="00C92367"/>
     <w:rsid w:val="00C93106"/>
     <w:rsid w:val="00CA540C"/>
     <w:rsid w:val="00CB6BEB"/>
     <w:rsid w:val="00D03003"/>
     <w:rsid w:val="00D31417"/>
+    <w:rsid w:val="00D53938"/>
     <w:rsid w:val="00D54132"/>
     <w:rsid w:val="00DA4ECF"/>
     <w:rsid w:val="00DA51C5"/>
     <w:rsid w:val="00DB54A7"/>
     <w:rsid w:val="00DC58D1"/>
     <w:rsid w:val="00DE4684"/>
     <w:rsid w:val="00DE5AA5"/>
     <w:rsid w:val="00DF442E"/>
     <w:rsid w:val="00DF521C"/>
     <w:rsid w:val="00E0012E"/>
     <w:rsid w:val="00E03DF0"/>
+    <w:rsid w:val="00E0478B"/>
     <w:rsid w:val="00E12693"/>
     <w:rsid w:val="00E16D9A"/>
     <w:rsid w:val="00EB3EC8"/>
     <w:rsid w:val="00EB6284"/>
     <w:rsid w:val="00EC122D"/>
+    <w:rsid w:val="00F14DD1"/>
     <w:rsid w:val="00F35264"/>
     <w:rsid w:val="00F712F2"/>
     <w:rsid w:val="00FD4AB4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef m:val="0"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapRight/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="subSup"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="206C6747"/>
   <w15:docId w15:val="{B49307C8-3F67-4CB8-8092-85578FF89499}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="de-DE" w:eastAsia="de-DE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -12464,50 +9804,53 @@
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Light Shading"/>
     <w:lsdException w:name="Light List"/>
     <w:lsdException w:name="Light Grid"/>
     <w:lsdException w:name="Medium Shading 1"/>
     <w:lsdException w:name="Medium Shading 2"/>
     <w:lsdException w:name="Medium List 1"/>
     <w:lsdException w:name="Medium List 2"/>
     <w:lsdException w:name="Medium Grid 1"/>
     <w:lsdException w:name="Medium Grid 2"/>
     <w:lsdException w:name="Medium Grid 3"/>
     <w:lsdException w:name="Dark List"/>
     <w:lsdException w:name="Colorful Shading"/>
     <w:lsdException w:name="Colorful List"/>
     <w:lsdException w:name="Colorful Grid"/>
     <w:lsdException w:name="Light Shading Accent 1"/>
     <w:lsdException w:name="Light List Accent 1"/>
     <w:lsdException w:name="Light Grid Accent 1"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1"/>
     <w:lsdException w:name="Medium List 1 Accent 1"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1"/>
@@ -12889,51 +10232,50 @@
   <w:style w:type="paragraph" w:styleId="Titre9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Titre9Car"/>
     <w:qFormat/>
     <w:rsid w:val="004000DF"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="1584"/>
       </w:tabs>
       <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1584" w:hanging="1584"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Policepardfaut">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableauNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Aucuneliste">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Lienhypertexte">
     <w:name w:val="Hyperlink"/>
@@ -13473,51 +10815,51 @@
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TextedebullesCar">
     <w:name w:val="Texte de bulles Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Textedebulles"/>
     <w:rsid w:val="00DC58D1"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/numbering.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.gif"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -13828,71 +11170,71 @@
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{17DCE1AF-9232-41C1-BB60-5B0DAE1A0F53}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>3568</Characters>
+  <Pages>3</Pages>
+  <Words>493</Words>
+  <Characters>2715</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>29</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>22</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Correspondance</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>MACMAC Media SA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4208</CharactersWithSpaces>
+  <CharactersWithSpaces>3202</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Correspondance</dc:title>
   <dc:creator>Oberson Floriane</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>