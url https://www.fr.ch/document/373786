--- v0 (2025-12-05)
+++ v1 (2025-12-16)
@@ -13,51 +13,51 @@
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="579134C6" w14:textId="77777777" w:rsidR="008C69B0" w:rsidRPr="00BA3BFF" w:rsidRDefault="00372F68" w:rsidP="00C32CF7">
       <w:pPr>
         <w:pStyle w:val="05titreprincipalouobjetgras"/>
       </w:pPr>
       <w:r w:rsidRPr="00BA3BFF">
         <w:t>FORMULAIRE D’INSCRIPTION</w:t>
       </w:r>
       <w:r w:rsidR="00BA3BFF" w:rsidRPr="00BA3BFF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BA3BFF">
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidR="00BA3BFF">
         <w:rPr>
           <w:rFonts w:hint="cs"/>
           <w:rtl/>
           <w:lang w:bidi="ar-SY"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E5448D" w:rsidRPr="00E5448D">
         <w:rPr>
           <w:i/>
@@ -92,56 +92,65 @@
       </w:r>
       <w:r w:rsidR="00154BD3" w:rsidRPr="00154BD3">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Croate</w:t>
       </w:r>
       <w:r w:rsidRPr="00372F68">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00BA3BFF">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E5448D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:br/>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00E5448D" w:rsidRPr="009250B2">
         <w:rPr>
           <w:i/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">Nastava </w:t>
+        <w:t>Nastava</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E5448D" w:rsidRPr="009250B2">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00E5448D" w:rsidRPr="009250B2">
         <w:rPr>
           <w:i/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>materinsko</w:t>
       </w:r>
       <w:r w:rsidR="00E5448D">
         <w:rPr>
           <w:i/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>g</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00E5448D">
         <w:rPr>
           <w:i/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
@@ -194,99 +203,123 @@
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00E5448D">
         <w:rPr>
           <w:i/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>H</w:t>
       </w:r>
       <w:r w:rsidR="00E5448D" w:rsidRPr="009250B2">
         <w:rPr>
           <w:i/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>rvatski</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00E5448D" w:rsidRPr="009250B2">
         <w:rPr>
           <w:i/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05252B5D" w14:textId="77777777" w:rsidR="00AA3259" w:rsidRDefault="00760EC8" w:rsidP="00AA3259">
+    <w:p w14:paraId="05252B5D" w14:textId="6C784C66" w:rsidR="00AA3259" w:rsidRPr="00E2784A" w:rsidRDefault="00760EC8" w:rsidP="00AA3259">
       <w:pPr>
         <w:pStyle w:val="07atexteprincipal"/>
         <w:rPr>
           <w:i/>
-          <w:rtl/>
+          <w:lang w:val="hr-HR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E5448D">
         <w:t xml:space="preserve">Les enfants plurilingues, en complément à leur scolarisation en langue française, ont la possibilité de suivre des cours dans leur langue et culture d’origine (LCO). Ils sont inscrits par leurs parents. L’inscription est valable pour la prochaine année scolaire et les années suivantes. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E2784A" w:rsidRPr="00E2784A">
+        <w:t>Le coût annuel du cours est de 200 CHF par enfant. Pour deux enfants ou plus par famille, un forfait de 250 CHF par année scolaire s'applique. Les informations ci-dessous sont traitées confidentiellement et utilisées exclusivement à des fins scolaires.</w:t>
       </w:r>
       <w:r w:rsidR="00154BD3">
         <w:br/>
       </w:r>
       <w:r w:rsidR="00AA3259" w:rsidRPr="00924EB1">
         <w:rPr>
           <w:i/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t xml:space="preserve">Višejezična djeca, kao dodatak svom školovanju na </w:t>
       </w:r>
       <w:r w:rsidR="00AA3259" w:rsidRPr="00C93411">
         <w:rPr>
           <w:i/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t>francuskom</w:t>
       </w:r>
       <w:r w:rsidR="00AA3259">
         <w:rPr>
           <w:i/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AA3259" w:rsidRPr="00924EB1">
         <w:rPr>
           <w:i/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t>jeziku, imaju mogućnost pohađati nastavu na svom materinskom jeziku. Upisuju ih njihovi roditelji. Upis vrijedi za sljedeću školsku godinu te godine koje slijede.</w:t>
       </w:r>
-      <w:r w:rsidR="00AA3259" w:rsidRPr="008B4523">
+      <w:r w:rsidR="00E2784A">
         <w:rPr>
-          <w:rFonts w:hint="cs"/>
           <w:i/>
           <w:rtl/>
+          <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E2784A" w:rsidRPr="00E2784A">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t>Troškovi po djetetu godišnje iznose 200 CHF, a za dvoje ili više djece unutar jedne obitelji plaća se jedinstveni iznos od 250 CHF za jednu školsku godinu.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E2784A">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E2784A" w:rsidRPr="00E2784A">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t>Dolje navedeni podatci povjerljivo se obrađuju i služe isključivo u školske svrhe.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DFD4C39" w14:textId="77777777" w:rsidR="00E5448D" w:rsidRPr="00154BD3" w:rsidRDefault="00760EC8" w:rsidP="6D2EE609">
       <w:pPr>
         <w:pStyle w:val="07atexteprincipal"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="6D2EE609">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t xml:space="preserve">Les informations concernant l’école, </w:t>
       </w:r>
       <w:r w:rsidR="00166311" w:rsidRPr="6D2EE609">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
@@ -524,58 +557,58 @@
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="008F5F7F" w:rsidRPr="00FB58DB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="008F5F7F" w:rsidRPr="00FB58DB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="00DE0B41">
-[...6 lines deleted...]
-            <w:r w:rsidR="00DE0B41">
+            <w:r w:rsidR="008F5F7F" w:rsidRPr="00FB58DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="008F5F7F" w:rsidRPr="00FB58DB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="008F5F7F" w:rsidRPr="00FB58DB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008F5F7F" w14:paraId="0BE8ECFB" w14:textId="77777777" w:rsidTr="00F1477B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
           </w:tcPr>
           <w:p w14:paraId="73798A3B" w14:textId="77777777" w:rsidR="00154BD3" w:rsidRPr="00D94FF9" w:rsidRDefault="00760EC8" w:rsidP="00154BD3">
@@ -1645,58 +1678,58 @@
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00FB58DB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00FB58DB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="00DE0B41">
-[...6 lines deleted...]
-            <w:r w:rsidR="00DE0B41">
+            <w:r w:rsidRPr="00FB58DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00FB58DB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00FB58DB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
           </w:tcPr>
           <w:p w14:paraId="7E5E0E3A" w14:textId="77777777" w:rsidR="00D8535B" w:rsidRPr="00D94FF9" w:rsidRDefault="00D8535B" w:rsidP="00311430">
             <w:pPr>
               <w:tabs>
@@ -1854,50 +1887,51 @@
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
           </w:tcPr>
           <w:p w14:paraId="00FE3F5F" w14:textId="77777777" w:rsidR="00D8535B" w:rsidRPr="00D94FF9" w:rsidRDefault="00D8535B" w:rsidP="00154BD3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:leader="dot" w:pos="9637"/>
               </w:tabs>
               <w:spacing w:before="60" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D94FF9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Code postal</w:t>
             </w:r>
             <w:r w:rsidRPr="00D94FF9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00D94FF9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Poštanski broj</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -2327,51 +2361,50 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
           </w:tcPr>
           <w:p w14:paraId="15E1999A" w14:textId="77777777" w:rsidR="00D8535B" w:rsidRPr="00D94FF9" w:rsidRDefault="00D8535B" w:rsidP="00960098">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:leader="dot" w:pos="9637"/>
               </w:tabs>
               <w:spacing w:before="60" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D94FF9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>E-Mail</w:t>
             </w:r>
             <w:r w:rsidRPr="00D94FF9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00D94FF9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>E-pošta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6318" w:type="dxa"/>
@@ -3099,76 +3132,50 @@
         <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="9637"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6F9314E4" w14:textId="77777777" w:rsidR="00DE0B41" w:rsidRDefault="00DE0B41" w:rsidP="00A37B5C">
       <w:pPr>
         <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="9637"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="169525E2" w14:textId="77777777" w:rsidR="00DE0B41" w:rsidRDefault="00DE0B41" w:rsidP="00A37B5C">
-      <w:pPr>
-[...24 lines deleted...]
-    <w:p w14:paraId="2AAA0747" w14:textId="77777777" w:rsidR="00DE0B41" w:rsidRDefault="00DE0B41" w:rsidP="00A37B5C">
       <w:pPr>
         <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="9637"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2A3A3653" w14:textId="77777777" w:rsidR="00DE0B41" w:rsidRDefault="00DE0B41" w:rsidP="00A37B5C">
       <w:pPr>
         <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="9637"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -3214,57 +3221,56 @@
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="45D24C0E" w14:textId="77777777" w:rsidR="00DE0B41" w:rsidRDefault="00DE0B41">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:val="fr-CH" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>COURS ET COORDINATEURS LCO CANTON DE FRIBOURG</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE0B41" w14:paraId="30550547" w14:textId="77777777" w:rsidTr="00DE0B41">
+      <w:tr w:rsidR="00E2784A" w14:paraId="30550547" w14:textId="77777777" w:rsidTr="00DE0B41">
         <w:trPr>
           <w:trHeight w:val="491"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1509" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6E317DDF" w14:textId="77777777" w:rsidR="00DE0B41" w:rsidRDefault="00DE0B41">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
@@ -3378,51 +3384,51 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t xml:space="preserve">CONTACT </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t>POUR L’INSCRIPTION AUX COURS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE0B41" w14:paraId="04735CE9" w14:textId="77777777" w:rsidTr="00DE0B41">
+      <w:tr w:rsidR="00E2784A" w14:paraId="04735CE9" w14:textId="77777777" w:rsidTr="00DE0B41">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1134"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1509" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="48B831DC" w14:textId="77777777" w:rsidR="00DE0B41" w:rsidRDefault="00DE0B41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
@@ -3534,51 +3540,51 @@
                   <w:u w:val="none"/>
                 </w:rPr>
                 <w:t>hashemy62_aazar@hotmail.ch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="0A6CA144" w14:textId="77777777" w:rsidR="00DE0B41" w:rsidRDefault="00DE0B41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>079 267 39 86</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE0B41" w14:paraId="17541CF0" w14:textId="77777777" w:rsidTr="00DE0B41">
+      <w:tr w:rsidR="00E2784A" w14:paraId="17541CF0" w14:textId="77777777" w:rsidTr="00DE0B41">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="669"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1509" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="58C01AC1" w14:textId="77777777" w:rsidR="00DE0B41" w:rsidRDefault="00DE0B41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="de-CH"/>
@@ -3719,51 +3725,51 @@
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t>Personne actuellement pour donner les cours</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5409CEEC" w14:textId="77777777" w:rsidR="00DE0B41" w:rsidRDefault="00DE0B41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE0B41" w14:paraId="36F224EB" w14:textId="77777777" w:rsidTr="00DE0B41">
+      <w:tr w:rsidR="00E2784A" w14:paraId="36F224EB" w14:textId="77777777" w:rsidTr="00DE0B41">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="669"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="10E6D791" w14:textId="77777777" w:rsidR="00DE0B41" w:rsidRPr="00DE0B41" w:rsidRDefault="00DE0B41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH" w:eastAsia="en-US"/>
@@ -3826,110 +3832,98 @@
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2DB1910A" w14:textId="77777777" w:rsidR="00DE0B41" w:rsidRDefault="00DE0B41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
-              <w:t xml:space="preserve">M. </w:t>
-[...12 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>M. Sejdiu</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4094" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1015FF5C" w14:textId="77777777" w:rsidR="00DE0B41" w:rsidRDefault="00DE0B41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t>076 321 26 94</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:br/>
               <w:t>vaxhid_sejdiu@hotmail.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE0B41" w14:paraId="77FC7184" w14:textId="77777777" w:rsidTr="00DE0B41">
+      <w:tr w:rsidR="00E2784A" w14:paraId="77FC7184" w14:textId="77777777" w:rsidTr="00DE0B41">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1509" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="027F2391" w14:textId="77777777" w:rsidR="00DE0B41" w:rsidRDefault="00DE0B41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH"/>
@@ -4097,51 +4091,51 @@
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="none"/>
                   <w:lang w:val="fr-CH"/>
                 </w:rPr>
                 <w:t>www.amfr.ch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE0B41" w14:paraId="30A20710" w14:textId="77777777" w:rsidTr="00DE0B41">
+      <w:tr w:rsidR="00E2784A" w14:paraId="30A20710" w14:textId="77777777" w:rsidTr="00DE0B41">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2A9BCD07" w14:textId="77777777" w:rsidR="00DE0B41" w:rsidRDefault="00DE0B41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH" w:eastAsia="en-US"/>
@@ -4292,51 +4286,51 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>078 984 75 50</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0C9E514F" w14:textId="77777777" w:rsidR="00DE0B41" w:rsidRDefault="00DE0B41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE0B41" w14:paraId="46FB8ACC" w14:textId="77777777" w:rsidTr="00DE0B41">
+      <w:tr w:rsidR="00E2784A" w14:paraId="46FB8ACC" w14:textId="77777777" w:rsidTr="00DE0B41">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="581"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1509" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="52F5AF9A" w14:textId="77777777" w:rsidR="00DE0B41" w:rsidRDefault="00DE0B41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
@@ -4527,51 +4521,51 @@
               </w:rPr>
               <w:t>info@chinese-schoolbern.ch</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3808DC63" w14:textId="77777777" w:rsidR="00DE0B41" w:rsidRDefault="00DE0B41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t>www.chinese-schoolbern.ch</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE0B41" w14:paraId="59F24837" w14:textId="77777777" w:rsidTr="00DE0B41">
+      <w:tr w:rsidR="00E2784A" w14:paraId="59F24837" w14:textId="77777777" w:rsidTr="00DE0B41">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="587"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1509" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3B087CDE" w14:textId="77777777" w:rsidR="00DE0B41" w:rsidRDefault="00DE0B41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
@@ -4613,102 +4607,102 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t>Ambassade de Croatie</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2305" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="70EF1898" w14:textId="77777777" w:rsidR="00DE0B41" w:rsidRDefault="00DE0B41">
+          <w:p w14:paraId="70EF1898" w14:textId="0091F22E" w:rsidR="00DE0B41" w:rsidRDefault="00DE0B41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t xml:space="preserve">Mme </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidR="00E2784A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
-              <w:t>Mija</w:t>
+              <w:t>Nevena</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidR="00E2784A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidR="00E2784A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
-              <w:t>Rajic</w:t>
+              <w:t>Curkovic</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w14:paraId="1F8F6B1E" w14:textId="77777777" w:rsidR="00DE0B41" w:rsidRDefault="00DE0B41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t xml:space="preserve">Mme Anita </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
@@ -4777,87 +4771,79 @@
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7F9C3C4C" w14:textId="77777777" w:rsidR="00DE0B41" w:rsidRDefault="00DE0B41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:lang w:val="fr-CH"/>
                 </w:rPr>
                 <w:t>hds-ch@bluewin.ch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="27C231C3" w14:textId="77777777" w:rsidR="00DE0B41" w:rsidRDefault="00DE0B41">
-[...23 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="5FFBCCF2" w14:textId="7DD3654E" w:rsidR="00DE0B41" w:rsidRDefault="00E2784A" w:rsidP="00E2784A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve">044 212 65 44 </w:t>
+            </w:r>
+            <w:r w:rsidR="00DE0B41">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t>hrvatska.nastava.u.svicarskoj@gmail.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE0B41" w:rsidRPr="00DE0B41" w14:paraId="5AF2D765" w14:textId="77777777" w:rsidTr="00DE0B41">
+      <w:tr w:rsidR="00E2784A" w:rsidRPr="00DE0B41" w14:paraId="5AF2D765" w14:textId="77777777" w:rsidTr="00DE0B41">
         <w:trPr>
           <w:trHeight w:val="770"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1509" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3EC939D3" w14:textId="77777777" w:rsidR="00DE0B41" w:rsidRDefault="00DE0B41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
@@ -5022,51 +5008,51 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>www.educacionyfp.gob.es/suiza/alce-berna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE0B41" w14:paraId="75171965" w14:textId="77777777" w:rsidTr="00DE0B41">
+      <w:tr w:rsidR="00E2784A" w14:paraId="75171965" w14:textId="77777777" w:rsidTr="00DE0B41">
         <w:trPr>
           <w:trHeight w:val="547"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1509" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="313E2DC9" w14:textId="77777777" w:rsidR="00DE0B41" w:rsidRDefault="00DE0B41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -5218,51 +5204,51 @@
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6766FD7A" w14:textId="77777777" w:rsidR="00DE0B41" w:rsidRDefault="00DE0B41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t>direction@ecolegrecque.ch</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE0B41" w14:paraId="25D80C99" w14:textId="77777777" w:rsidTr="00DE0B41">
+      <w:tr w:rsidR="00E2784A" w14:paraId="25D80C99" w14:textId="77777777" w:rsidTr="00DE0B41">
         <w:trPr>
           <w:trHeight w:val="547"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1509" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="12361CFF" w14:textId="77777777" w:rsidR="00DE0B41" w:rsidRDefault="00DE0B41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
@@ -5393,51 +5379,51 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="none"/>
                   <w:lang w:val="fr-CH"/>
                 </w:rPr>
                 <w:t>cipe@cipe-ne.ch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE0B41" w14:paraId="160E87A5" w14:textId="77777777" w:rsidTr="00DE0B41">
+      <w:tr w:rsidR="00E2784A" w14:paraId="160E87A5" w14:textId="77777777" w:rsidTr="00DE0B41">
         <w:trPr>
           <w:trHeight w:val="396"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1509" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6C681628" w14:textId="77777777" w:rsidR="00DE0B41" w:rsidRDefault="00DE0B41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
@@ -5567,51 +5553,51 @@
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:lang w:val="fr-CH"/>
                 </w:rPr>
                 <w:t>frinihongo@gmail.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:br/>
               <w:t>https://frinihongo.wordpress.com/</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE0B41" w14:paraId="32055EC5" w14:textId="77777777" w:rsidTr="00DE0B41">
+      <w:tr w:rsidR="00E2784A" w14:paraId="32055EC5" w14:textId="77777777" w:rsidTr="00DE0B41">
         <w:trPr>
           <w:trHeight w:val="396"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1509" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="46768A06" w14:textId="77777777" w:rsidR="00DE0B41" w:rsidRDefault="00DE0B41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
@@ -5729,51 +5715,51 @@
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0FCFCD58" w14:textId="77777777" w:rsidR="00DE0B41" w:rsidRDefault="00DE0B41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t>pelagedem@gmail.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE0B41" w14:paraId="3038B3E9" w14:textId="77777777" w:rsidTr="00DE0B41">
+      <w:tr w:rsidR="00E2784A" w14:paraId="3038B3E9" w14:textId="77777777" w:rsidTr="00DE0B41">
         <w:trPr>
           <w:trHeight w:val="396"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1509" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="13116F14" w14:textId="77777777" w:rsidR="00DE0B41" w:rsidRDefault="00DE0B41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
@@ -5798,84 +5784,96 @@
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1EDF1EFF" w14:textId="77777777" w:rsidR="00DE0B41" w:rsidRDefault="00DE0B41">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
-              <w:t>Ambassade de Macédoine</w:t>
+              <w:t xml:space="preserve">Ambassade de </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Macédoine</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2305" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="70B4D01C" w14:textId="77777777" w:rsidR="00DE0B41" w:rsidRDefault="00DE0B41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Mme Maja</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4094" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="63A0BA35" w14:textId="77777777" w:rsidR="00DE0B41" w:rsidRDefault="00DE0B41">
             <w:pPr>
               <w:pStyle w:val="Textebrut"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -5887,85 +5885,84 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="28145CCC" w14:textId="77777777" w:rsidR="00DE0B41" w:rsidRDefault="00DE0B41">
             <w:pPr>
               <w:pStyle w:val="Textebrut"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                   <w:color w:val="auto"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="none"/>
                 </w:rPr>
                 <w:t>Ilova.maja@live.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE0B41" w14:paraId="32989EF9" w14:textId="77777777" w:rsidTr="00DE0B41">
+      <w:tr w:rsidR="00E2784A" w14:paraId="32989EF9" w14:textId="77777777" w:rsidTr="00DE0B41">
         <w:trPr>
           <w:trHeight w:val="396"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1509" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0A5AB529" w14:textId="77777777" w:rsidR="00DE0B41" w:rsidRDefault="00DE0B41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>POLONAIS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2014" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="54E48C42" w14:textId="77777777" w:rsidR="00DE0B41" w:rsidRDefault="00DE0B41">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH"/>
@@ -7268,71 +7265,59 @@
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t xml:space="preserve">Association civique de l’Union érythréenne </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4AF1F9BB" w14:textId="77777777" w:rsidR="00DE0B41" w:rsidRDefault="00DE0B41">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
-              <w:t>dans</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve"> le canton de Fribourg</w:t>
+              <w:t>dans le canton de Fribourg</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2305" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="40064749" w14:textId="77777777" w:rsidR="00DE0B41" w:rsidRDefault="00DE0B41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
@@ -7776,70 +7761,70 @@
         <w:rPr>
           <w:b/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00DE0B41" w:rsidRPr="00BB7050" w:rsidSect="008F5F7F">
       <w:headerReference w:type="even" r:id="rId30"/>
       <w:headerReference w:type="default" r:id="rId31"/>
       <w:footerReference w:type="even" r:id="rId32"/>
       <w:footerReference w:type="default" r:id="rId33"/>
       <w:headerReference w:type="first" r:id="rId34"/>
       <w:footerReference w:type="first" r:id="rId35"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1985" w:right="851" w:bottom="426" w:left="1418" w:header="652" w:footer="510" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6C505F78" w14:textId="77777777" w:rsidR="00C55F3B" w:rsidRDefault="00C55F3B" w:rsidP="00822F08">
+    <w:p w14:paraId="1B47740B" w14:textId="77777777" w:rsidR="00A36817" w:rsidRDefault="00A36817" w:rsidP="00822F08">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4F14BF11" w14:textId="77777777" w:rsidR="00C55F3B" w:rsidRDefault="00C55F3B" w:rsidP="00822F08">
+    <w:p w14:paraId="4896F923" w14:textId="77777777" w:rsidR="00A36817" w:rsidRDefault="00A36817" w:rsidP="00822F08">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -7870,61 +7855,61 @@
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Latha">
     <w:panose1 w:val="02000400000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00100003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="49EDD022" w14:textId="77777777" w:rsidR="001717C7" w:rsidRDefault="001717C7">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3D650CCB" w14:textId="77777777" w:rsidR="009937BE" w:rsidRDefault="009937BE">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="68A89465" w14:textId="77777777" w:rsidR="0072717B" w:rsidRPr="00BF50CB" w:rsidRDefault="0072717B" w:rsidP="0072717B">
     <w:pPr>
       <w:pStyle w:val="01entteetbasdepage"/>
     </w:pPr>
     <w:r w:rsidRPr="00BF50CB">
       <w:t>—</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="51426B30" w14:textId="77777777" w:rsidR="00C06A78" w:rsidRPr="00BF50CB" w:rsidRDefault="6D2EE609" w:rsidP="6D2EE609">
     <w:pPr>
       <w:pStyle w:val="01entteetbasdepage"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:lang w:val="pt-PT"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="6D2EE609">
       <w:rPr>
@@ -7953,51 +7938,51 @@
         <w:b w:val="0"/>
         <w:lang w:val="de-DE"/>
       </w:rPr>
       <w:t xml:space="preserve">Direktion für Bildung und kulturelle Angelegenheiten </w:t>
     </w:r>
     <w:r w:rsidRPr="00B93917">
       <w:rPr>
         <w:bCs/>
         <w:lang w:val="de-DE"/>
       </w:rPr>
       <w:t>BKAD</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="2E085CE4" w14:textId="359FDF33" w:rsidR="009937BE" w:rsidRPr="0072717B" w:rsidRDefault="009937BE" w:rsidP="00C06A78">
     <w:pPr>
       <w:pStyle w:val="01entteetbasdepage"/>
       <w:rPr>
         <w:lang w:val="de-CH"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2DF8B934" w14:textId="77777777" w:rsidR="009937BE" w:rsidRPr="00BF50CB" w:rsidRDefault="009937BE" w:rsidP="00041EA2">
     <w:pPr>
       <w:pStyle w:val="01entteetbasdepage"/>
     </w:pPr>
     <w:r w:rsidRPr="00BF50CB">
       <w:t>—</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="4661152F" w14:textId="77777777" w:rsidR="00C06A78" w:rsidRPr="00BF50CB" w:rsidRDefault="6D2EE609" w:rsidP="6D2EE609">
     <w:pPr>
       <w:pStyle w:val="01entteetbasdepage"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:lang w:val="pt-PT"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="6D2EE609">
       <w:rPr>
         <w:lang w:val="pt-PT"/>
       </w:rPr>
       <w:t xml:space="preserve">Direction de la formation et des affaires culturelles </w:t>
     </w:r>
     <w:r w:rsidRPr="6D2EE609">
       <w:rPr>
@@ -8020,80 +8005,80 @@
         <w:b w:val="0"/>
         <w:lang w:val="de-DE"/>
       </w:rPr>
       <w:t xml:space="preserve">Direktion für Bildung und kulturelle Angelegenheiten </w:t>
     </w:r>
     <w:r w:rsidRPr="00B93917">
       <w:rPr>
         <w:bCs/>
         <w:lang w:val="de-DE"/>
       </w:rPr>
       <w:t>BKAD</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="71B2F3D7" w14:textId="77777777" w:rsidR="009937BE" w:rsidRPr="00041EA2" w:rsidRDefault="009937BE" w:rsidP="00C11400">
     <w:pPr>
       <w:pStyle w:val="09enttepage2"/>
       <w:rPr>
         <w:lang w:val="de-CH"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2B6A7EBB" w14:textId="77777777" w:rsidR="00C55F3B" w:rsidRDefault="00C55F3B" w:rsidP="00822F08">
+    <w:p w14:paraId="79C4D990" w14:textId="77777777" w:rsidR="00A36817" w:rsidRDefault="00A36817" w:rsidP="00822F08">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3DB59D29" w14:textId="77777777" w:rsidR="00C55F3B" w:rsidRDefault="00C55F3B" w:rsidP="00822F08">
+    <w:p w14:paraId="7120AB0A" w14:textId="77777777" w:rsidR="00A36817" w:rsidRDefault="00A36817" w:rsidP="00822F08">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0F977332" w14:textId="77777777" w:rsidR="001717C7" w:rsidRDefault="001717C7">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9298" w:type="dxa"/>
       <w:tblInd w:w="341" w:type="dxa"/>
       <w:tblBorders>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="9298"/>
     </w:tblGrid>
     <w:tr w:rsidR="009937BE" w14:paraId="03671F39" w14:textId="77777777" w:rsidTr="6D2EE609">
       <w:trPr>
         <w:trHeight w:val="567"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="9298" w:type="dxa"/>
@@ -8295,51 +8280,51 @@
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="9525">
                           <a:noFill/>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="26258634" w14:textId="77777777" w:rsidR="009937BE" w:rsidRDefault="009937BE" w:rsidP="00C11400"/>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9639" w:type="dxa"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="57" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5500"/>
       <w:gridCol w:w="4139"/>
     </w:tblGrid>
     <w:tr w:rsidR="009937BE" w:rsidRPr="004A0F2D" w14:paraId="319DDE94" w14:textId="77777777" w:rsidTr="6D2EE609">
       <w:trPr>
         <w:trHeight w:val="1701"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5500" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="6A2F8337" w14:textId="77777777" w:rsidR="009937BE" w:rsidRPr="00AA545D" w:rsidRDefault="009937BE" w:rsidP="00822F08">
           <w:pPr>
             <w:pStyle w:val="TM1"/>
             <w:rPr>
@@ -8612,73 +8597,73 @@
             <w:rPr>
               <w:rStyle w:val="Lienhypertexte"/>
               <w:color w:val="auto"/>
               <w:u w:val="none"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:color w:val="0000FF"/>
               <w:szCs w:val="16"/>
               <w:u w:val="single"/>
               <w:lang w:val="pt-PT"/>
             </w:rPr>
             <w:t>www.fr.ch</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="10709482" w14:textId="77777777" w:rsidR="009937BE" w:rsidRDefault="009937BE" w:rsidP="00CA0DF7"/>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:numPicBullet w:numPicBulletId="0">
     <w:pict>
       <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
         <v:stroke joinstyle="miter"/>
         <v:formulas>
           <v:f eqn="if lineDrawn pixelLineWidth 0"/>
           <v:f eqn="sum @0 1 0"/>
           <v:f eqn="sum 0 0 @1"/>
           <v:f eqn="prod @2 1 2"/>
           <v:f eqn="prod @3 21600 pixelWidth"/>
           <v:f eqn="prod @3 21600 pixelHeight"/>
           <v:f eqn="sum @0 0 1"/>
           <v:f eqn="prod @6 1 2"/>
           <v:f eqn="prod @7 21600 pixelWidth"/>
           <v:f eqn="sum @8 21600 0"/>
           <v:f eqn="prod @7 21600 pixelHeight"/>
           <v:f eqn="sum @10 21600 0"/>
         </v:formulas>
         <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
         <o:lock v:ext="edit" aspectratio="t"/>
       </v:shapetype>
-      <v:shape id="_x0000_i1026" type="#_x0000_t75" style="width:11pt;height:11pt" o:bullet="t">
+      <v:shape id="_x0000_i1026" type="#_x0000_t75" style="width:7.2pt;height:7.2pt" o:bullet="t">
         <v:imagedata r:id="rId1" o:title="ecusson"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF80"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="297CE232"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
@@ -11020,205 +11005,214 @@
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="2076706671">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="225606510">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1415320543">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1327125607">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1387752499">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1220361196">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="5"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1021" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="3073"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C32CF7"/>
     <w:rsid w:val="00027764"/>
     <w:rsid w:val="00027CA7"/>
     <w:rsid w:val="00032484"/>
     <w:rsid w:val="00041808"/>
     <w:rsid w:val="00041909"/>
     <w:rsid w:val="00041EA2"/>
     <w:rsid w:val="00043F13"/>
     <w:rsid w:val="00056B52"/>
     <w:rsid w:val="0006761C"/>
     <w:rsid w:val="0008343D"/>
     <w:rsid w:val="00097A55"/>
     <w:rsid w:val="000B3132"/>
     <w:rsid w:val="000D3785"/>
     <w:rsid w:val="00102FE4"/>
     <w:rsid w:val="00115FF7"/>
     <w:rsid w:val="00122D7D"/>
     <w:rsid w:val="00154BD3"/>
+    <w:rsid w:val="0015500F"/>
     <w:rsid w:val="001625B8"/>
     <w:rsid w:val="00166311"/>
     <w:rsid w:val="001717C7"/>
     <w:rsid w:val="001B6FAC"/>
     <w:rsid w:val="001C2939"/>
     <w:rsid w:val="001D7CDB"/>
     <w:rsid w:val="001F4FE9"/>
     <w:rsid w:val="00205220"/>
     <w:rsid w:val="0021694D"/>
     <w:rsid w:val="002200CD"/>
     <w:rsid w:val="002513B4"/>
     <w:rsid w:val="00274E60"/>
     <w:rsid w:val="002815CF"/>
     <w:rsid w:val="002B239F"/>
     <w:rsid w:val="002C7120"/>
     <w:rsid w:val="002D49D0"/>
     <w:rsid w:val="002E1185"/>
     <w:rsid w:val="002F3E35"/>
     <w:rsid w:val="002F7A28"/>
     <w:rsid w:val="00324F84"/>
     <w:rsid w:val="00343A87"/>
     <w:rsid w:val="00347AEE"/>
     <w:rsid w:val="00357F13"/>
     <w:rsid w:val="00360D7D"/>
     <w:rsid w:val="00372F68"/>
     <w:rsid w:val="003861FD"/>
     <w:rsid w:val="003915BC"/>
     <w:rsid w:val="003A6EDC"/>
     <w:rsid w:val="003B6CC2"/>
     <w:rsid w:val="003D156D"/>
+    <w:rsid w:val="003E53E5"/>
     <w:rsid w:val="003F53ED"/>
     <w:rsid w:val="004024F9"/>
+    <w:rsid w:val="0040638D"/>
     <w:rsid w:val="004121D8"/>
     <w:rsid w:val="00421866"/>
+    <w:rsid w:val="004311D9"/>
     <w:rsid w:val="00447F1E"/>
     <w:rsid w:val="00457502"/>
     <w:rsid w:val="004969A2"/>
     <w:rsid w:val="004B41E5"/>
     <w:rsid w:val="004D5C95"/>
     <w:rsid w:val="004E4926"/>
     <w:rsid w:val="004F372F"/>
     <w:rsid w:val="00510C96"/>
     <w:rsid w:val="00575057"/>
     <w:rsid w:val="00597A17"/>
     <w:rsid w:val="005A6552"/>
     <w:rsid w:val="005B369F"/>
     <w:rsid w:val="005E1E97"/>
     <w:rsid w:val="005F5C64"/>
     <w:rsid w:val="006137C6"/>
     <w:rsid w:val="006279F2"/>
     <w:rsid w:val="00632FCE"/>
     <w:rsid w:val="00633234"/>
     <w:rsid w:val="00635EA8"/>
     <w:rsid w:val="0065184D"/>
     <w:rsid w:val="006830A4"/>
     <w:rsid w:val="006860C0"/>
     <w:rsid w:val="0068713D"/>
     <w:rsid w:val="006A678E"/>
     <w:rsid w:val="006B18A2"/>
     <w:rsid w:val="006C5810"/>
     <w:rsid w:val="006D17EF"/>
     <w:rsid w:val="006D360F"/>
     <w:rsid w:val="006D640F"/>
     <w:rsid w:val="006F07C5"/>
     <w:rsid w:val="00711836"/>
     <w:rsid w:val="00724E6F"/>
     <w:rsid w:val="0072717B"/>
     <w:rsid w:val="00731C99"/>
     <w:rsid w:val="00736F75"/>
     <w:rsid w:val="00755F59"/>
     <w:rsid w:val="00760EC8"/>
     <w:rsid w:val="00763C19"/>
     <w:rsid w:val="00772169"/>
     <w:rsid w:val="007805FB"/>
     <w:rsid w:val="0078559C"/>
     <w:rsid w:val="00790D12"/>
     <w:rsid w:val="007B0D82"/>
     <w:rsid w:val="007C01BE"/>
     <w:rsid w:val="007C21AA"/>
     <w:rsid w:val="007C3D12"/>
     <w:rsid w:val="007D66A0"/>
     <w:rsid w:val="007E7A07"/>
     <w:rsid w:val="007F4D5F"/>
     <w:rsid w:val="007F77BC"/>
+    <w:rsid w:val="008166A2"/>
     <w:rsid w:val="00822F08"/>
+    <w:rsid w:val="00835FD9"/>
     <w:rsid w:val="00885047"/>
     <w:rsid w:val="008C17B2"/>
     <w:rsid w:val="008C32A3"/>
+    <w:rsid w:val="008C5498"/>
     <w:rsid w:val="008C69B0"/>
     <w:rsid w:val="008D0559"/>
     <w:rsid w:val="008E0403"/>
     <w:rsid w:val="008E4918"/>
     <w:rsid w:val="008E598C"/>
     <w:rsid w:val="008F0585"/>
     <w:rsid w:val="008F2539"/>
     <w:rsid w:val="008F5F7F"/>
     <w:rsid w:val="008F71CC"/>
     <w:rsid w:val="00986B20"/>
     <w:rsid w:val="009937BE"/>
     <w:rsid w:val="00995D8A"/>
     <w:rsid w:val="009D4EC0"/>
     <w:rsid w:val="009F0A46"/>
     <w:rsid w:val="00A01C0B"/>
     <w:rsid w:val="00A11242"/>
     <w:rsid w:val="00A2055A"/>
+    <w:rsid w:val="00A267B2"/>
+    <w:rsid w:val="00A36817"/>
     <w:rsid w:val="00A37B5C"/>
     <w:rsid w:val="00A42ABF"/>
     <w:rsid w:val="00A460F3"/>
     <w:rsid w:val="00A50D48"/>
     <w:rsid w:val="00A525B6"/>
     <w:rsid w:val="00A7327B"/>
     <w:rsid w:val="00A73657"/>
     <w:rsid w:val="00AA3259"/>
     <w:rsid w:val="00AC201A"/>
     <w:rsid w:val="00AC5867"/>
     <w:rsid w:val="00AD28C1"/>
     <w:rsid w:val="00AF5D28"/>
     <w:rsid w:val="00B0093F"/>
     <w:rsid w:val="00B025AD"/>
     <w:rsid w:val="00B16E27"/>
     <w:rsid w:val="00B24C60"/>
     <w:rsid w:val="00B73F81"/>
     <w:rsid w:val="00B748D9"/>
     <w:rsid w:val="00B76FA3"/>
     <w:rsid w:val="00B92A93"/>
     <w:rsid w:val="00B93B03"/>
     <w:rsid w:val="00BA3BFF"/>
     <w:rsid w:val="00BB5CDC"/>
     <w:rsid w:val="00BB7050"/>
     <w:rsid w:val="00BD03BD"/>
@@ -11227,104 +11221,105 @@
     <w:rsid w:val="00C03476"/>
     <w:rsid w:val="00C06A78"/>
     <w:rsid w:val="00C11400"/>
     <w:rsid w:val="00C32CF7"/>
     <w:rsid w:val="00C439BD"/>
     <w:rsid w:val="00C55F3B"/>
     <w:rsid w:val="00C66D94"/>
     <w:rsid w:val="00C77297"/>
     <w:rsid w:val="00C86E66"/>
     <w:rsid w:val="00CA0DF7"/>
     <w:rsid w:val="00CB0EB9"/>
     <w:rsid w:val="00CB63FC"/>
     <w:rsid w:val="00CC53BE"/>
     <w:rsid w:val="00CD4BB3"/>
     <w:rsid w:val="00D06207"/>
     <w:rsid w:val="00D50C41"/>
     <w:rsid w:val="00D8535B"/>
     <w:rsid w:val="00D94FF9"/>
     <w:rsid w:val="00DB46D0"/>
     <w:rsid w:val="00DB6779"/>
     <w:rsid w:val="00DC4220"/>
     <w:rsid w:val="00DE0B41"/>
     <w:rsid w:val="00DE15EE"/>
     <w:rsid w:val="00DF24C9"/>
     <w:rsid w:val="00E24A5D"/>
+    <w:rsid w:val="00E2784A"/>
     <w:rsid w:val="00E322A0"/>
     <w:rsid w:val="00E5448D"/>
     <w:rsid w:val="00E875BA"/>
     <w:rsid w:val="00E87CF2"/>
     <w:rsid w:val="00EC0873"/>
     <w:rsid w:val="00EC1AF7"/>
     <w:rsid w:val="00EC5A21"/>
     <w:rsid w:val="00ED1DB8"/>
     <w:rsid w:val="00ED1E28"/>
     <w:rsid w:val="00F13FFE"/>
     <w:rsid w:val="00F1477B"/>
     <w:rsid w:val="00F16915"/>
     <w:rsid w:val="00F711DE"/>
     <w:rsid w:val="00F733F3"/>
     <w:rsid w:val="00F82B94"/>
     <w:rsid w:val="00FA1673"/>
     <w:rsid w:val="00FB58DB"/>
     <w:rsid w:val="00FB6852"/>
     <w:rsid w:val="00FC223A"/>
     <w:rsid w:val="00FC6088"/>
     <w:rsid w:val="00FD1CC2"/>
     <w:rsid w:val="00FE21DA"/>
     <w:rsid w:val="6D2EE609"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-CH" w:bidi="ta-IN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="3073"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="7735A4F1"/>
   <w15:docId w15:val="{AF0E992B-52F3-416E-A7BB-89EAE190831C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
         <w:lang w:val="fr-CH" w:eastAsia="fr-CH" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -12424,51 +12419,51 @@
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="21"/>
       <w:lang w:val="fr-CH" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TextebrutCar">
     <w:name w:val="Texte brut Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Textebrut"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00DE0B41"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="21"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="848716415">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1032993279">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -12778,52 +12773,72 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100FD389CD5566B9348976D3681DFE8B521" ma:contentTypeVersion="18" ma:contentTypeDescription="Crée un document." ma:contentTypeScope="" ma:versionID="3a1c71870d7c9703eab9101153c37fd7">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="6455b11c-ba34-410d-8c6a-32bfc9959fab" xmlns:ns3="af61a408-0ce3-49be-8151-8ed024b7efa5" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="be95a4dde3fcc19eab8ebcd0d1ef9677" ns2:_="" ns3:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="af61a408-0ce3-49be-8151-8ed024b7efa5" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="6455b11c-ba34-410d-8c6a-32bfc9959fab">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100FD389CD5566B9348976D3681DFE8B521" ma:contentTypeVersion="18" ma:contentTypeDescription="Crée un document." ma:contentTypeScope="" ma:versionID="7b7b74b3c348e0522aec2d727172bc1b">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="6455b11c-ba34-410d-8c6a-32bfc9959fab" xmlns:ns3="af61a408-0ce3-49be-8151-8ed024b7efa5" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1c4db4bccf02ed4fd4d02f3afe83d075" ns2:_="" ns3:_="">
     <xsd:import namespace="6455b11c-ba34-410d-8c6a-32bfc9959fab"/>
     <xsd:import namespace="af61a408-0ce3-49be-8151-8ed024b7efa5"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -13032,137 +13047,117 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...18 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ED8199BF-E99B-4122-AAA5-32A2D1A866B9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{17B48E5F-5926-479C-B108-A5E5C6082BA6}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E7CDF010-2570-41EB-BE92-76F1A1E3C12D}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...10 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{57F66B1D-ADAC-4F47-99B1-2EE26D14C513}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="af61a408-0ce3-49be-8151-8ed024b7efa5"/>
     <ds:schemaRef ds:uri="6455b11c-ba34-410d-8c6a-32bfc9959fab"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-[...3 lines deleted...]
-    <ds:schemaRef ds:uri="af61a408-0ce3-49be-8151-8ed024b7efa5"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E7CDF010-2570-41EB-BE92-76F1A1E3C12D}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8464AE98-9345-46FB-B10F-083E24D2A7D8}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>802</Words>
-  <Characters>4411</Characters>
+  <Words>769</Words>
+  <Characters>4934</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>36</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>379</Lines>
+  <Paragraphs>228</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>Général_portrait</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
   <Company>MACMAC Media SA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5203</CharactersWithSpaces>
+  <CharactersWithSpaces>5475</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Général_portrait</dc:title>
   <dc:creator>catillazl</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100FD389CD5566B9348976D3681DFE8B521</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">