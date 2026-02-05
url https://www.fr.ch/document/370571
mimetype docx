--- v0 (2025-12-05)
+++ v1 (2026-02-05)
@@ -6,73 +6,72 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="369" w:type="dxa"/>
           <w:left w:w="340" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9644"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002B55D1" w:rsidRPr="005D3AB5" w14:paraId="3CC92971" w14:textId="77777777" w:rsidTr="00671A68">
+      <w:tr w:rsidR="002B55D1" w:rsidRPr="00CC61C6" w14:paraId="3CC92971" w14:textId="77777777" w:rsidTr="00671A68">
         <w:trPr>
           <w:trHeight w:val="485"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="70C8FFD4" w14:textId="3B0A209F" w:rsidR="008C557D" w:rsidRPr="005D3AB5" w:rsidRDefault="00767357" w:rsidP="00B85A7C">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D3AB5">
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:br w:type="page"/>
             </w:r>
@@ -150,51 +149,51 @@
                   <w:permStart w:id="173282962" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
                   <w:r w:rsidRPr="005D3AB5">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:b/>
                       <w:szCs w:val="22"/>
                       <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
                     </w:rPr>
                     <w:t>N</w:t>
                   </w:r>
                   <w:r w:rsidR="00A2576F" w:rsidRPr="005D3AB5">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:b/>
                       <w:szCs w:val="22"/>
                       <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
                     </w:rPr>
                     <w:t>om</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5953" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="7A40F770" w14:textId="569D6296" w:rsidR="00E50122" w:rsidRPr="005D3AB5" w:rsidRDefault="00E50122" w:rsidP="00665862">
+                <w:p w14:paraId="7A40F770" w14:textId="1B2E16EE" w:rsidR="00E50122" w:rsidRPr="005D3AB5" w:rsidRDefault="00E50122" w:rsidP="00665862">
                   <w:pPr>
                     <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:bCs/>
                       <w:szCs w:val="22"/>
                       <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00E53967" w:rsidRPr="005D3AB5" w14:paraId="1E37D8E9" w14:textId="77777777" w:rsidTr="00CC32E0">
               <w:trPr>
                 <w:cantSplit/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3681" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w14:paraId="1B476803" w14:textId="77777777" w:rsidR="00E50122" w:rsidRPr="005D3AB5" w:rsidRDefault="00A2576F" w:rsidP="00665862">
                   <w:pPr>
                     <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
@@ -211,51 +210,51 @@
                       <w:b/>
                       <w:szCs w:val="22"/>
                       <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
                     </w:rPr>
                     <w:t>Prénom</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5953" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w14:paraId="1D6DF40A" w14:textId="77777777" w:rsidR="00E50122" w:rsidRPr="005D3AB5" w:rsidRDefault="00E50122" w:rsidP="00665862">
                   <w:pPr>
                     <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:bCs/>
                       <w:szCs w:val="22"/>
                       <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00E53967" w:rsidRPr="005D3AB5" w14:paraId="788DD403" w14:textId="77777777" w:rsidTr="00CC32E0">
+            <w:tr w:rsidR="00E53967" w:rsidRPr="00CC61C6" w14:paraId="788DD403" w14:textId="77777777" w:rsidTr="00CC32E0">
               <w:trPr>
                 <w:cantSplit/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3681" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w14:paraId="5F891BBD" w14:textId="4E874B84" w:rsidR="00E50122" w:rsidRPr="005D3AB5" w:rsidRDefault="00A2576F" w:rsidP="00A2576F">
                   <w:pPr>
                     <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:b/>
                       <w:szCs w:val="22"/>
                       <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
                     </w:rPr>
                   </w:pPr>
                   <w:permStart w:id="127156795" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
                   <w:permEnd w:id="417031989"/>
                   <w:r w:rsidRPr="005D3AB5">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:b/>
                       <w:szCs w:val="22"/>
                       <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
@@ -431,51 +430,51 @@
                 <w:tcPr>
                   <w:tcW w:w="5943" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w14:paraId="3B1DBA38" w14:textId="77777777" w:rsidR="00E50122" w:rsidRPr="005D3AB5" w:rsidRDefault="00E50122" w:rsidP="00E50122">
                   <w:pPr>
                     <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:bCs/>
                       <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
                 <w:p w14:paraId="7E7DDC05" w14:textId="77777777" w:rsidR="00A125F3" w:rsidRPr="005D3AB5" w:rsidRDefault="00A125F3" w:rsidP="009D3C70">
                   <w:pPr>
                     <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:bCs/>
                       <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00E50122" w:rsidRPr="005D3AB5" w14:paraId="527F051C" w14:textId="77777777" w:rsidTr="00A125F3">
+            <w:tr w:rsidR="00E50122" w:rsidRPr="00CC61C6" w14:paraId="527F051C" w14:textId="77777777" w:rsidTr="00A125F3">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3681" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w14:paraId="56D60F80" w14:textId="77777777" w:rsidR="00E50122" w:rsidRPr="005D3AB5" w:rsidRDefault="00A2576F" w:rsidP="00DC059A">
                   <w:pPr>
                     <w:pStyle w:val="03date"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:i w:val="0"/>
                     </w:rPr>
                   </w:pPr>
                   <w:permStart w:id="1171667726" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
                   <w:permEnd w:id="311382915"/>
                   <w:r w:rsidRPr="005D3AB5">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:i w:val="0"/>
                     </w:rPr>
                     <w:t>Situation d’apprentissage</w:t>
                   </w:r>
                 </w:p>
                 <w:p w14:paraId="6D1D848E" w14:textId="77777777" w:rsidR="002217E0" w:rsidRPr="005D3AB5" w:rsidRDefault="00D734DA" w:rsidP="00112BC0">
@@ -660,51 +659,51 @@
                 <w:tcPr>
                   <w:tcW w:w="5943" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w14:paraId="59B6EE42" w14:textId="77777777" w:rsidR="00E50122" w:rsidRPr="005D3AB5" w:rsidRDefault="00E50122" w:rsidP="00E50122">
                   <w:pPr>
                     <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:bCs/>
                       <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
                 <w:p w14:paraId="59DF3CBB" w14:textId="77777777" w:rsidR="00A125F3" w:rsidRPr="005D3AB5" w:rsidRDefault="00A125F3" w:rsidP="009D3C70">
                   <w:pPr>
                     <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:bCs/>
                       <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="009D3C70" w:rsidRPr="005D3AB5" w14:paraId="7AF35109" w14:textId="77777777" w:rsidTr="00A125F3">
+            <w:tr w:rsidR="009D3C70" w:rsidRPr="00CC61C6" w14:paraId="7AF35109" w14:textId="77777777" w:rsidTr="00A125F3">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3681" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w14:paraId="2FFFC1F6" w14:textId="77777777" w:rsidR="009D3C70" w:rsidRPr="005D3AB5" w:rsidRDefault="00D734DA" w:rsidP="00DC059A">
                   <w:pPr>
                     <w:pStyle w:val="03date"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:i w:val="0"/>
                     </w:rPr>
                   </w:pPr>
                   <w:permStart w:id="434509782" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
                   <w:permEnd w:id="2038518665"/>
                   <w:r w:rsidRPr="005D3AB5">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:i w:val="0"/>
                     </w:rPr>
                     <w:t>Aménagements</w:t>
                   </w:r>
                   <w:r w:rsidR="005C3CB3" w:rsidRPr="005D3AB5">
                     <w:rPr>
@@ -778,51 +777,51 @@
                   <w:r w:rsidRPr="005D3AB5">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
                     </w:rPr>
                     <w:t>?</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5943" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w14:paraId="6BA3835C" w14:textId="77777777" w:rsidR="009D3C70" w:rsidRPr="005D3AB5" w:rsidRDefault="009D3C70" w:rsidP="00E50122">
                   <w:pPr>
                     <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:bCs/>
                       <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="009D3C70" w:rsidRPr="005D3AB5" w14:paraId="6F38B429" w14:textId="77777777" w:rsidTr="00A125F3">
+            <w:tr w:rsidR="009D3C70" w:rsidRPr="00CC61C6" w14:paraId="6F38B429" w14:textId="77777777" w:rsidTr="00A125F3">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3681" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w14:paraId="6378C6C5" w14:textId="77777777" w:rsidR="009D3C70" w:rsidRPr="005D3AB5" w:rsidRDefault="0039073E" w:rsidP="00DC059A">
                   <w:pPr>
                     <w:pStyle w:val="03date"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:i w:val="0"/>
                     </w:rPr>
                   </w:pPr>
                   <w:permStart w:id="524759086" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
                   <w:permEnd w:id="434509782"/>
                   <w:r w:rsidRPr="005D3AB5">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:i w:val="0"/>
                     </w:rPr>
                     <w:t>F</w:t>
                   </w:r>
                   <w:r w:rsidR="005C3CB3" w:rsidRPr="005D3AB5">
                     <w:rPr>
@@ -1019,51 +1018,51 @@
                       <w:b/>
                       <w:lang w:eastAsia="fr-CH"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5948" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w14:paraId="6A15A663" w14:textId="77777777" w:rsidR="00681A0B" w:rsidRPr="005D3AB5" w:rsidRDefault="00681A0B" w:rsidP="00681A0B">
                   <w:pPr>
                     <w:pStyle w:val="Paragraphedeliste"/>
                     <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
                     <w:ind w:left="0"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:lang w:eastAsia="fr-CH"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00681A0B" w:rsidRPr="005D3AB5" w14:paraId="04982DAE" w14:textId="77777777" w:rsidTr="00C0045D">
+            <w:tr w:rsidR="00681A0B" w:rsidRPr="00CC61C6" w14:paraId="04982DAE" w14:textId="77777777" w:rsidTr="00C0045D">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3681" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w14:paraId="3505E85D" w14:textId="77777777" w:rsidR="00681A0B" w:rsidRPr="005D3AB5" w:rsidRDefault="005C3CB3" w:rsidP="00272823">
                   <w:pPr>
                     <w:pStyle w:val="Paragraphedeliste"/>
                     <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
                     <w:ind w:left="0"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:lang w:eastAsia="fr-CH"/>
                     </w:rPr>
                   </w:pPr>
                   <w:permStart w:id="519850306" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
                   <w:permEnd w:id="725365213"/>
                   <w:r w:rsidRPr="005D3AB5">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:lang w:eastAsia="fr-CH"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Signatures des </w:t>
                   </w:r>
@@ -1072,165 +1071,168 @@
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:lang w:eastAsia="fr-CH"/>
                     </w:rPr>
                     <w:t>titulaires de l’autorité parentale</w:t>
                   </w:r>
                   <w:r w:rsidR="007D270A" w:rsidRPr="005D3AB5">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:lang w:eastAsia="fr-CH"/>
                     </w:rPr>
                     <w:t>,</w:t>
                   </w:r>
                   <w:r w:rsidR="00C1510F" w:rsidRPr="005D3AB5">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:lang w:eastAsia="fr-CH"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:r w:rsidR="00272823" w:rsidRPr="005D3AB5">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:lang w:eastAsia="fr-CH"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">si l’élève est </w:t>
+                    <w:t>si l’élève est mineur-e</w:t>
                   </w:r>
-                  <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-                  <w:proofErr w:type="spellEnd"/>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5948" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w14:paraId="3EB01812" w14:textId="77777777" w:rsidR="00681A0B" w:rsidRPr="005D3AB5" w:rsidRDefault="00681A0B" w:rsidP="00681A0B">
                   <w:pPr>
                     <w:pStyle w:val="Paragraphedeliste"/>
                     <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
                     <w:ind w:left="0"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:lang w:eastAsia="fr-CH"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:permEnd w:id="519850306"/>
           <w:p w14:paraId="3FE5852A" w14:textId="77777777" w:rsidR="00900402" w:rsidRPr="005D3AB5" w:rsidRDefault="00B80377" w:rsidP="00112BC0">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:spacing w:before="240" w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:eastAsia="fr-CH"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005D3AB5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:eastAsia="fr-CH"/>
               </w:rPr>
               <w:t>Destinaire</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00657672" w:rsidRPr="005D3AB5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:eastAsia="fr-CH"/>
               </w:rPr>
               <w:t xml:space="preserve"> de la demande</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="63326C0E" w14:textId="77777777" w:rsidR="007108CC" w:rsidRPr="005D3AB5" w:rsidRDefault="00B80377" w:rsidP="008C557D">
+          <w:p w14:paraId="63326C0E" w14:textId="577F390B" w:rsidR="007108CC" w:rsidRPr="005D3AB5" w:rsidRDefault="00B80377" w:rsidP="008C557D">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D3AB5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
               </w:rPr>
               <w:t>Le présent formulaire et les</w:t>
             </w:r>
             <w:r w:rsidR="00657672" w:rsidRPr="005D3AB5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00E634E4" w:rsidRPr="005D3AB5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
               </w:rPr>
               <w:t xml:space="preserve">documents </w:t>
             </w:r>
             <w:r w:rsidR="00D734DA" w:rsidRPr="005D3AB5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
               </w:rPr>
               <w:t>néc</w:t>
             </w:r>
             <w:r w:rsidR="00272823" w:rsidRPr="005D3AB5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
               </w:rPr>
               <w:t xml:space="preserve">essaires à la décision d’octroi </w:t>
             </w:r>
             <w:r w:rsidR="007D270A" w:rsidRPr="005D3AB5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
               </w:rPr>
-              <w:t xml:space="preserve">des aménagement spéciaux </w:t>
+              <w:t>des aménagement</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC61C6">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve">s </w:t>
+            </w:r>
+            <w:r w:rsidR="007D270A" w:rsidRPr="005D3AB5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve">spéciaux </w:t>
             </w:r>
             <w:r w:rsidR="00657672" w:rsidRPr="005D3AB5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
               </w:rPr>
               <w:t>doivent être en</w:t>
             </w:r>
             <w:r w:rsidR="0039073E" w:rsidRPr="005D3AB5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
               </w:rPr>
               <w:t>v</w:t>
             </w:r>
             <w:r w:rsidR="00E634E4" w:rsidRPr="005D3AB5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
               </w:rPr>
               <w:t>oy</w:t>
             </w:r>
             <w:r w:rsidR="00657672" w:rsidRPr="005D3AB5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
@@ -1256,67 +1258,51 @@
           <w:p w14:paraId="20684016" w14:textId="77777777" w:rsidR="00A125F3" w:rsidRPr="005D3AB5" w:rsidRDefault="00D734DA" w:rsidP="00A125F3">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="31"/>
               </w:numPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D3AB5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="fr-CH"/>
               </w:rPr>
               <w:t>L’e</w:t>
             </w:r>
             <w:r w:rsidR="0039073E" w:rsidRPr="005D3AB5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="fr-CH"/>
               </w:rPr>
-              <w:t xml:space="preserve">xpertise détaillée d'un-e spécialiste externe </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> par le canton</w:t>
+              <w:t>xpertise détaillée d'un-e spécialiste externe agréé-e par le canton</w:t>
             </w:r>
             <w:r w:rsidRPr="005D3AB5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="fr-CH"/>
               </w:rPr>
               <w:t xml:space="preserve"> (selon</w:t>
             </w:r>
             <w:r w:rsidR="00272823" w:rsidRPr="005D3AB5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="fr-CH"/>
               </w:rPr>
               <w:t xml:space="preserve"> l’annexe des</w:t>
             </w:r>
             <w:r w:rsidRPr="005D3AB5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="fr-CH"/>
               </w:rPr>
               <w:t xml:space="preserve"> directives concernant l’octroi de mesures de compensation des désavantages)</w:t>
             </w:r>
             <w:r w:rsidR="0039073E" w:rsidRPr="005D3AB5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1591,70 +1577,70 @@
       <w:r w:rsidRPr="005D3AB5">
         <w:rPr>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>/S2/nn</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00626697" w:rsidRPr="005D3AB5" w:rsidSect="00131998">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:headerReference w:type="first" r:id="rId10"/>
       <w:footerReference w:type="first" r:id="rId11"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1701" w:right="851" w:bottom="1258" w:left="1418" w:header="652" w:footer="510" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="3D3DC441" w14:textId="77777777" w:rsidR="003600D8" w:rsidRDefault="003600D8" w:rsidP="002B55D1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="347AB1A6" w14:textId="77777777" w:rsidR="003600D8" w:rsidRDefault="003600D8" w:rsidP="002B55D1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -1665,57 +1651,57 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3341EB75" w14:textId="77777777" w:rsidR="00C60428" w:rsidRPr="003E0C17" w:rsidRDefault="00C60428" w:rsidP="00C60428">
     <w:pPr>
       <w:pStyle w:val="01entteetbasdepage"/>
       <w:rPr>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="003E0C17">
       <w:rPr>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
       <w:t>—</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="02F2B37C" w14:textId="77777777" w:rsidR="00C60428" w:rsidRPr="00BF50CB" w:rsidRDefault="00C60428" w:rsidP="00C60428">
     <w:pPr>
       <w:pStyle w:val="01entteetbasdepage"/>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00BF50CB">
       <w:t xml:space="preserve">Direction de </w:t>
     </w:r>
     <w:r>
@@ -1743,89 +1729,89 @@
     </w:pPr>
     <w:r w:rsidRPr="00BF50CB">
       <w:rPr>
         <w:lang w:val="de-DE"/>
       </w:rPr>
       <w:t xml:space="preserve">Direktion für </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:lang w:val="de-DE"/>
       </w:rPr>
       <w:t xml:space="preserve">Bildung und kulturelle Angelegenheiten </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:lang w:val="de-DE"/>
       </w:rPr>
       <w:t>BKAD</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="33CD222D" w14:textId="77777777" w:rsidR="003600D8" w:rsidRDefault="003600D8" w:rsidP="002B55D1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="53230D2E" w14:textId="77777777" w:rsidR="003600D8" w:rsidRDefault="003600D8" w:rsidP="002B55D1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9298" w:type="dxa"/>
       <w:tblInd w:w="341" w:type="dxa"/>
       <w:tblBorders>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="9298"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00C8730E" w:rsidRPr="005D3AB5" w14:paraId="4379467E" w14:textId="77777777">
+    <w:tr w:rsidR="00C8730E" w:rsidRPr="00CC61C6" w14:paraId="4379467E" w14:textId="77777777">
       <w:trPr>
         <w:trHeight w:val="567"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="9298" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="1E552500" w14:textId="3FB21712" w:rsidR="00C8730E" w:rsidRPr="00C60428" w:rsidRDefault="00C60428" w:rsidP="00D15CB7">
           <w:pPr>
             <w:pStyle w:val="09enttepage2"/>
             <w:rPr>
               <w:rStyle w:val="Numrodepage"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:t>Conférence des directeurs et directrices des écoles du degré secondaire supérieur</w:t>
           </w:r>
           <w:r w:rsidRPr="00C60428">
             <w:rPr>
               <w:b w:val="0"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r>
             <w:rPr>
@@ -1992,51 +1978,51 @@
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="1E923348" w14:textId="77777777" w:rsidR="00C8730E" w:rsidRPr="00C60428" w:rsidRDefault="00C8730E" w:rsidP="002B55D1">
     <w:pPr>
       <w:rPr>
         <w:lang w:val="fr-CH"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9639" w:type="dxa"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="57" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5500"/>
       <w:gridCol w:w="4139"/>
     </w:tblGrid>
     <w:tr w:rsidR="00C60428" w:rsidRPr="004A0F2D" w14:paraId="158885FE" w14:textId="77777777" w:rsidTr="00603983">
       <w:trPr>
         <w:trHeight w:val="2414"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5500" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="7A1DCFF2" w14:textId="77777777" w:rsidR="00C60428" w:rsidRPr="00AA545D" w:rsidRDefault="00C60428" w:rsidP="00C60428">
           <w:pPr>
             <w:pStyle w:val="TM1"/>
             <w:rPr>
@@ -2235,73 +2221,73 @@
           </w:pPr>
         </w:p>
         <w:p w14:paraId="5E704EB6" w14:textId="212122F3" w:rsidR="00C60428" w:rsidRPr="00E5117F" w:rsidRDefault="00C60428" w:rsidP="00C60428">
           <w:pPr>
             <w:pStyle w:val="01entteetbasdepage"/>
             <w:rPr>
               <w:rStyle w:val="Lienhypertexte"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:t>—</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="1069C55E" w14:textId="77777777" w:rsidR="00C8730E" w:rsidRPr="00C60428" w:rsidRDefault="00C8730E" w:rsidP="00C60428">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:numPicBullet w:numPicBulletId="0">
     <w:pict>
       <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
         <v:stroke joinstyle="miter"/>
         <v:formulas>
           <v:f eqn="if lineDrawn pixelLineWidth 0"/>
           <v:f eqn="sum @0 1 0"/>
           <v:f eqn="sum 0 0 @1"/>
           <v:f eqn="prod @2 1 2"/>
           <v:f eqn="prod @3 21600 pixelWidth"/>
           <v:f eqn="prod @3 21600 pixelHeight"/>
           <v:f eqn="sum @0 0 1"/>
           <v:f eqn="prod @6 1 2"/>
           <v:f eqn="prod @7 21600 pixelWidth"/>
           <v:f eqn="sum @8 21600 0"/>
           <v:f eqn="prod @7 21600 pixelHeight"/>
           <v:f eqn="sum @10 21600 0"/>
         </v:formulas>
         <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
         <o:lock v:ext="edit" aspectratio="t"/>
       </v:shapetype>
-      <v:shape id="_x0000_i1026" type="#_x0000_t75" style="width:9.75pt;height:9.75pt" o:bullet="t">
+      <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:10pt;height:10pt" o:bullet="t">
         <v:imagedata r:id="rId1" o:title="ecusson"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF80"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="297CE232"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
@@ -5831,103 +5817,105 @@
   <w:num w:numId="25" w16cid:durableId="680593650">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1129012143">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="1302614757">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="407267031">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="1236892380">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="1725372522">
     <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="1273778848">
     <w:abstractNumId w:val="30"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="150"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3001" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="readOnly" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="OKxp13CtmDdJh/ySG/keIpcah5dcbdxJ/YDgkH6TJ43Dn7qhwGzigxNnQTqi9/d8dod7K60+12UWg4HB8p/HRA==" w:salt="bCX2gsCf5/I4Mb9pgiJY7w=="/>
+  <w:documentProtection w:edit="readOnly" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="U/j5JeHkst6Y8GddhWukUonKkqyRJ1Kvok0wPjLw3UOKjyOKbpA0eMga9258/Ei9T4vMapqC2VIz5ohuIbeeGA==" w:salt="2VajrLtBhuYZjmlObchRvQ=="/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00413D0B"/>
     <w:rsid w:val="00011147"/>
     <w:rsid w:val="00014C04"/>
     <w:rsid w:val="00032BCB"/>
     <w:rsid w:val="00035823"/>
     <w:rsid w:val="000414DA"/>
     <w:rsid w:val="00070827"/>
     <w:rsid w:val="00075E01"/>
+    <w:rsid w:val="000B0F48"/>
     <w:rsid w:val="000B4FE5"/>
     <w:rsid w:val="000F5162"/>
     <w:rsid w:val="0010106F"/>
     <w:rsid w:val="0010622A"/>
     <w:rsid w:val="00112BC0"/>
     <w:rsid w:val="001137BC"/>
     <w:rsid w:val="00130B9C"/>
     <w:rsid w:val="00131998"/>
     <w:rsid w:val="00134518"/>
     <w:rsid w:val="001407D3"/>
     <w:rsid w:val="00146698"/>
     <w:rsid w:val="00147EBF"/>
     <w:rsid w:val="00151760"/>
     <w:rsid w:val="001760D0"/>
     <w:rsid w:val="001B0F0C"/>
+    <w:rsid w:val="001C5F79"/>
     <w:rsid w:val="001D6573"/>
     <w:rsid w:val="001E6A86"/>
     <w:rsid w:val="001F065D"/>
     <w:rsid w:val="002052AA"/>
     <w:rsid w:val="002217E0"/>
     <w:rsid w:val="002562F5"/>
     <w:rsid w:val="00272823"/>
     <w:rsid w:val="002B55D1"/>
     <w:rsid w:val="002C20A1"/>
     <w:rsid w:val="002C20FB"/>
     <w:rsid w:val="002C54A0"/>
     <w:rsid w:val="002D4CDF"/>
     <w:rsid w:val="0033472F"/>
     <w:rsid w:val="00353D92"/>
     <w:rsid w:val="003600D8"/>
     <w:rsid w:val="0039073E"/>
     <w:rsid w:val="003A1942"/>
     <w:rsid w:val="003A1A30"/>
     <w:rsid w:val="003B53FA"/>
     <w:rsid w:val="00413D0B"/>
     <w:rsid w:val="00426404"/>
     <w:rsid w:val="004521E8"/>
     <w:rsid w:val="00473306"/>
     <w:rsid w:val="00494A0F"/>
     <w:rsid w:val="005027BB"/>
@@ -6003,53 +5991,55 @@
     <w:rsid w:val="00B052AA"/>
     <w:rsid w:val="00B1344C"/>
     <w:rsid w:val="00B3791C"/>
     <w:rsid w:val="00B50CE1"/>
     <w:rsid w:val="00B80377"/>
     <w:rsid w:val="00B85A7C"/>
     <w:rsid w:val="00BA0837"/>
     <w:rsid w:val="00BA121F"/>
     <w:rsid w:val="00BA2057"/>
     <w:rsid w:val="00BB52BF"/>
     <w:rsid w:val="00BC46A4"/>
     <w:rsid w:val="00BD3714"/>
     <w:rsid w:val="00C0044F"/>
     <w:rsid w:val="00C0045D"/>
     <w:rsid w:val="00C1510F"/>
     <w:rsid w:val="00C25539"/>
     <w:rsid w:val="00C263D7"/>
     <w:rsid w:val="00C36218"/>
     <w:rsid w:val="00C50CEF"/>
     <w:rsid w:val="00C60428"/>
     <w:rsid w:val="00C625DC"/>
     <w:rsid w:val="00C76B62"/>
     <w:rsid w:val="00C77FEA"/>
     <w:rsid w:val="00C8730E"/>
     <w:rsid w:val="00C97249"/>
+    <w:rsid w:val="00CA1578"/>
     <w:rsid w:val="00CA260B"/>
     <w:rsid w:val="00CB117F"/>
     <w:rsid w:val="00CC32E0"/>
+    <w:rsid w:val="00CC61C6"/>
     <w:rsid w:val="00CE59F6"/>
     <w:rsid w:val="00D15CB7"/>
     <w:rsid w:val="00D34B2C"/>
     <w:rsid w:val="00D42BA9"/>
     <w:rsid w:val="00D44F23"/>
     <w:rsid w:val="00D45417"/>
     <w:rsid w:val="00D734DA"/>
     <w:rsid w:val="00D87A23"/>
     <w:rsid w:val="00DA286B"/>
     <w:rsid w:val="00DA3398"/>
     <w:rsid w:val="00DC059A"/>
     <w:rsid w:val="00DD789E"/>
     <w:rsid w:val="00E07D54"/>
     <w:rsid w:val="00E50122"/>
     <w:rsid w:val="00E53967"/>
     <w:rsid w:val="00E61892"/>
     <w:rsid w:val="00E634E4"/>
     <w:rsid w:val="00E84CB4"/>
     <w:rsid w:val="00E85E7F"/>
     <w:rsid w:val="00E95AFD"/>
     <w:rsid w:val="00E963B8"/>
     <w:rsid w:val="00ED549D"/>
     <w:rsid w:val="00EE72A2"/>
     <w:rsid w:val="00EE74E5"/>
     <w:rsid w:val="00EF0D8B"/>
@@ -6071,51 +6061,51 @@
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="4182BD4C"/>
   <w15:docId w15:val="{C1508871-B549-40B8-B004-D2AB0CBED9C6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
         <w:lang w:val="fr-CH" w:eastAsia="fr-CH" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7268,51 +7258,51 @@
       <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="fr-CH"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Grilledutableau">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableauNormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00E50122"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="327292139">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1355375740">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -7632,51 +7622,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{71DE5E72-9433-47AE-AE04-A235226779B8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>384</Words>
   <Characters>2113</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>8</DocSecurity>
   <Lines>17</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>