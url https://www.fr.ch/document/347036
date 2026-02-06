--- v0 (2025-12-07)
+++ v1 (2026-02-06)
@@ -1,56 +1,56 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28025"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://etatfr-my.sharepoint.com/personal/andreas_piller_fr_ch/Documents/Budget_Comptes_Revisionen_GAV_Weiterbildung/Budget_Comptes/Comptes/Comptes 2024/fr/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://etatfr-my.sharepoint.com/personal/andreas_piller_fr_ch/Documents/Budget_Comptes_Revisionen_GAV_Weiterbildung/Budget_Comptes/Comptes/Comptes 2025/fr/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="4" documentId="11_FE6B846A9CC17D259D22510FADAA84ECCF75A2DB" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{E84F1EE4-2F5D-4EFE-8DBA-7859C5B90F51}"/>
+  <xr:revisionPtr revIDLastSave="5" documentId="11_FE6B846A9CC17D259D22510FADAA84ECCF75A2DB" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{17FC0FA0-D034-436C-97DA-8594380E4FD9}"/>
   <bookViews>
     <workbookView xWindow="-118" yWindow="-118" windowWidth="25370" windowHeight="13667" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Ch_non_cons" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="F28" i="1" l="1"/>
   <c r="C28" i="1"/>
@@ -713,51 +713,51 @@
     <col min="7" max="16384" width="11.5" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" ht="13.1" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A2" s="32"/>
       <c r="B2" s="33"/>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A3" s="33"/>
       <c r="B3" s="33"/>
     </row>
     <row r="4" spans="1:6" ht="13.1" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="5" spans="1:6" ht="22.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A5" s="27" t="s">
         <v>9</v>
       </c>
       <c r="B5" s="28"/>
       <c r="C5" s="5"/>
       <c r="D5" s="5"/>
       <c r="F5" s="26">
-        <v>2024</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="8" spans="1:6" s="6" customFormat="1" ht="26.2" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="20"/>
       <c r="B8" s="21"/>
       <c r="C8" s="29" t="s">
         <v>0</v>
       </c>
       <c r="D8" s="30"/>
       <c r="E8" s="30"/>
       <c r="F8" s="31"/>
     </row>
     <row r="9" spans="1:6" s="6" customFormat="1" ht="39.299999999999997" x14ac:dyDescent="0.2">
       <c r="A9" s="7" t="s">
         <v>1</v>
       </c>
       <c r="B9" s="8" t="s">
         <v>2</v>
       </c>
       <c r="C9" s="9" t="s">
         <v>3</v>
       </c>
       <c r="D9" s="9" t="s">
         <v>4</v>
       </c>