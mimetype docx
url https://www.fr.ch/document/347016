--- v0 (2025-12-06)
+++ v1 (2026-02-06)
@@ -8,51 +8,51 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="7A7B1285" w14:textId="77777777" w:rsidR="00783497" w:rsidRDefault="00783497">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4B5C288D" w14:textId="77777777" w:rsidR="00412783" w:rsidRDefault="00412783">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:sectPr w:rsidR="00412783" w:rsidSect="00D51E8F">
           <w:headerReference w:type="even" r:id="rId8"/>
           <w:headerReference w:type="default" r:id="rId9"/>
           <w:footerReference w:type="even" r:id="rId10"/>
           <w:footerReference w:type="default" r:id="rId11"/>
           <w:headerReference w:type="first" r:id="rId12"/>
           <w:footerReference w:type="first" r:id="rId13"/>
           <w:pgSz w:w="11907" w:h="16840"/>
           <w:pgMar w:top="456" w:right="737" w:bottom="1134" w:left="964" w:header="564" w:footer="444" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
           <w:titlePg/>
@@ -67,94 +67,94 @@
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00783497">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Annexe 1</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1138EFB5" w14:textId="77777777" w:rsidR="004C1E39" w:rsidRPr="00783497" w:rsidRDefault="004C1E39" w:rsidP="004C1E39">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5050B66A" w14:textId="2456D1BF" w:rsidR="004C1E39" w:rsidRPr="00783497" w:rsidRDefault="004830C2" w:rsidP="004C1E39">
+    <w:p w14:paraId="5050B66A" w14:textId="5E10A035" w:rsidR="004C1E39" w:rsidRPr="00783497" w:rsidRDefault="004830C2" w:rsidP="004C1E39">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00783497">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Etablissement</w:t>
       </w:r>
       <w:r w:rsidR="004C1E39" w:rsidRPr="00783497">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> des comptes 20</w:t>
       </w:r>
       <w:r w:rsidR="00F57D7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="009E3B8F">
+      <w:r w:rsidR="009C4A8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>5</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4372DB2C" w14:textId="77777777" w:rsidR="001305D4" w:rsidRPr="00783497" w:rsidRDefault="001305D4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="284EF895" w14:textId="77777777" w:rsidR="001305D4" w:rsidRPr="00783497" w:rsidRDefault="001305D4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="78A33E8C" w14:textId="77777777" w:rsidR="001305D4" w:rsidRPr="00783497" w:rsidRDefault="001305D4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
@@ -547,51 +547,51 @@
     <w:p w14:paraId="65864E71" w14:textId="77777777" w:rsidR="00E02880" w:rsidRPr="00783497" w:rsidRDefault="00E02880" w:rsidP="00092398">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:sectPr w:rsidR="00E02880" w:rsidRPr="00783497" w:rsidSect="00D51E8F">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11907" w:h="16840"/>
           <w:pgMar w:top="456" w:right="737" w:bottom="1134" w:left="964" w:header="564" w:footer="444" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6C7C3E0F" w14:textId="77777777" w:rsidR="00592C60" w:rsidRPr="00783497" w:rsidRDefault="00592C60" w:rsidP="00320479">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7565ACB3" w14:textId="2D1878D6" w:rsidR="00320479" w:rsidRPr="00783497" w:rsidRDefault="00914697" w:rsidP="00320479">
+    <w:p w14:paraId="7565ACB3" w14:textId="0A29FB2B" w:rsidR="00320479" w:rsidRPr="00783497" w:rsidRDefault="00914697" w:rsidP="00320479">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00783497">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Tous les d</w:t>
       </w:r>
       <w:r w:rsidR="00320479" w:rsidRPr="00783497">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ocuments </w:t>
@@ -610,58 +610,58 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">à remettre au SPS </w:t>
       </w:r>
       <w:r w:rsidR="00AB4EE9" w:rsidRPr="00783497">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>jusqu'au 30 avril 20</w:t>
       </w:r>
       <w:r w:rsidR="00F57D7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="009E3B8F">
+      <w:r w:rsidR="009C4A8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="002621AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00445F8B" w:rsidRPr="00783497">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="589F348E" w14:textId="77777777" w:rsidR="00320479" w:rsidRPr="00783497" w:rsidRDefault="00320479">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
@@ -6352,70 +6352,70 @@
           <w:pgSz w:w="11907" w:h="16840"/>
           <w:pgMar w:top="737" w:right="737" w:bottom="1134" w:left="964" w:header="702" w:footer="1134" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="59D55B96" w14:textId="77777777" w:rsidR="008A0EB5" w:rsidRPr="00B603BA" w:rsidRDefault="008A0EB5" w:rsidP="000411F3">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="008A0EB5" w:rsidRPr="00B603BA" w:rsidSect="004818EA">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11907" w:h="16840"/>
       <w:pgMar w:top="737" w:right="737" w:bottom="1134" w:left="964" w:header="1134" w:footer="567" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:formProt w:val="0"/>
       <w:noEndnote/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="31967DA2" w14:textId="77777777" w:rsidR="00D3140B" w:rsidRDefault="00D3140B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="755E730F" w14:textId="77777777" w:rsidR="00D3140B" w:rsidRDefault="00D3140B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
@@ -6432,110 +6432,110 @@
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="205E2B1D" w14:textId="77777777" w:rsidR="00FB4B0E" w:rsidRDefault="00FE44C3">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00FB4B0E">
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00FB4B0E">
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="57A8B1E7" w14:textId="77777777" w:rsidR="00FB4B0E" w:rsidRDefault="00FB4B0E">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="770F172B" w14:textId="77777777" w:rsidR="00E2551E" w:rsidRDefault="00E2551E">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4FF38355" w14:textId="77777777" w:rsidR="00FB4B0E" w:rsidRPr="003E0C17" w:rsidRDefault="00FB4B0E" w:rsidP="00D51E8F">
     <w:pPr>
       <w:pStyle w:val="01entteetbasdepage"/>
       <w:rPr>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="003E0C17">
       <w:rPr>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
       <w:t>—</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="4C023B48" w14:textId="77777777" w:rsidR="00FB4B0E" w:rsidRPr="003E0C17" w:rsidRDefault="00FB4B0E" w:rsidP="00D51E8F">
     <w:pPr>
       <w:pStyle w:val="01entteetbasdepage"/>
       <w:rPr>
         <w:b/>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="003E0C17">
       <w:rPr>
         <w:lang w:val="fr-FR"/>
@@ -6553,119 +6553,119 @@
   <w:p w14:paraId="0CA9061C" w14:textId="77777777" w:rsidR="00FB4B0E" w:rsidRPr="00D51E8F" w:rsidRDefault="00FB4B0E" w:rsidP="00D51E8F">
     <w:pPr>
       <w:pStyle w:val="01entteetbasdepage"/>
       <w:rPr>
         <w:lang w:val="de-CH"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="003E0C17">
       <w:rPr>
         <w:lang w:val="de-CH"/>
       </w:rPr>
       <w:t xml:space="preserve">Direktion für Gesundheit und Soziales </w:t>
     </w:r>
     <w:r w:rsidRPr="003E0C17">
       <w:rPr>
         <w:b/>
         <w:lang w:val="de-CH"/>
       </w:rPr>
       <w:t>GSD</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="692768CC" w14:textId="77777777" w:rsidR="00D3140B" w:rsidRDefault="00D3140B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="27EC5C1D" w14:textId="77777777" w:rsidR="00D3140B" w:rsidRDefault="00D3140B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4F9289D6" w14:textId="77777777" w:rsidR="00FB4B0E" w:rsidRDefault="00FE44C3">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00FB4B0E">
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00FB4B0E">
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="43BEBE25" w14:textId="77777777" w:rsidR="00FB4B0E" w:rsidRDefault="00FB4B0E">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6EDF1112" w14:textId="77777777" w:rsidR="00FB4B0E" w:rsidRDefault="004F226E" w:rsidP="00F967F2">
     <w:pPr>
       <w:pStyle w:val="09enttepage2"/>
       <w:ind w:left="414"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="de-CH" w:eastAsia="de-CH"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="14615552" wp14:editId="7512F291">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>627380</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>396240</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="116205" cy="220980"/>
           <wp:effectExtent l="19050" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="2" name="Picture 2" descr="Description : ecusson_seite_2_300.jpg"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
@@ -6841,51 +6841,51 @@
   </w:p>
   <w:p w14:paraId="292908F6" w14:textId="77777777" w:rsidR="00FB4B0E" w:rsidRDefault="00FB4B0E" w:rsidP="00BB3B14">
     <w:pPr>
       <w:pStyle w:val="09enttepage2"/>
       <w:ind w:left="993"/>
       <w:rPr>
         <w:b w:val="0"/>
         <w:lang w:val="de-DE"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="26497C84" w14:textId="77777777" w:rsidR="00FB4B0E" w:rsidRPr="00BB3B14" w:rsidRDefault="00FB4B0E" w:rsidP="00BB3B14">
     <w:pPr>
       <w:pStyle w:val="09enttepage2"/>
       <w:ind w:left="993"/>
       <w:rPr>
         <w:b w:val="0"/>
         <w:lang w:val="de-DE"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1986670B" w14:textId="77777777" w:rsidR="00FB4B0E" w:rsidRPr="003E0C17" w:rsidRDefault="004F226E" w:rsidP="00D51E8F">
     <w:pPr>
       <w:pStyle w:val="01entteetbasdepage"/>
       <w:ind w:left="7230"/>
       <w:rPr>
         <w:b/>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="de-CH" w:eastAsia="de-CH"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="22CDCC55" wp14:editId="4C249379">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>615315</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>391795</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="935990" cy="795655"/>
           <wp:effectExtent l="19050" t="0" r="0" b="0"/>
@@ -7043,51 +7043,51 @@
     <w:r>
       <w:t>T +41 26 305 29 68</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="7685B1B5" w14:textId="77777777" w:rsidR="00FB4B0E" w:rsidRDefault="00FB4B0E" w:rsidP="00D51E8F">
     <w:pPr>
       <w:pStyle w:val="01entteetbasdepage"/>
       <w:ind w:left="7230"/>
     </w:pPr>
     <w:r>
       <w:t>www.fr.ch/sps</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="01FF5FB3" w14:textId="77777777" w:rsidR="00FB4B0E" w:rsidRDefault="00FB4B0E" w:rsidP="00D51E8F">
     <w:pPr>
       <w:pStyle w:val="01entteetbasdepage"/>
     </w:pPr>
     <w:r>
       <w:t>__________________________________________________________________________________________________________________</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="06E07897"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FD08C4E0"/>
     <w:lvl w:ilvl="0" w:tplc="040C0005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -10071,65 +10071,65 @@
   <w:num w:numId="17" w16cid:durableId="1809787750">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="422727851">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="62072145">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1076780661">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1895114541">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="473372218">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1380594853">
     <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="uK4Em2pRKv2A/4KikE5ShjfXRdDjoZxgWTgeITa8fgqtdYvv9wTxYw3fNNTqReWir/Thg6jpBo5e6nkYxKGvKw==" w:salt="Jq+0HLy8f/FzS+kEz8mqPg=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="CME1auVuBGFkbIcaW/SGwVE3jsyiFOPlokO9kUjfvbBq2dHCgaCAV0oGdoD0HcSktomWt/k+9iVaWw8CwZjZww==" w:salt="4iTm4ieh47blG/Pjc1jpug=="/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:drawingGridVerticalSpacing w:val="120"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="87041"/>
+    <o:shapedefaults v:ext="edit" spidmax="89089"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00370D1A"/>
     <w:rsid w:val="000035ED"/>
     <w:rsid w:val="0001014D"/>
     <w:rsid w:val="00021160"/>
@@ -10155,50 +10155,51 @@
     <w:rsid w:val="000C326D"/>
     <w:rsid w:val="000C3961"/>
     <w:rsid w:val="000D0283"/>
     <w:rsid w:val="000E0D6E"/>
     <w:rsid w:val="000F1DF0"/>
     <w:rsid w:val="000F78C9"/>
     <w:rsid w:val="00103CA1"/>
     <w:rsid w:val="001154EB"/>
     <w:rsid w:val="00115590"/>
     <w:rsid w:val="001264C4"/>
     <w:rsid w:val="00126B76"/>
     <w:rsid w:val="001305D4"/>
     <w:rsid w:val="00136B97"/>
     <w:rsid w:val="00142524"/>
     <w:rsid w:val="00143FB2"/>
     <w:rsid w:val="0014732E"/>
     <w:rsid w:val="0015505A"/>
     <w:rsid w:val="00157B8F"/>
     <w:rsid w:val="001605E8"/>
     <w:rsid w:val="00164902"/>
     <w:rsid w:val="00176E87"/>
     <w:rsid w:val="00187E75"/>
     <w:rsid w:val="00191D3F"/>
     <w:rsid w:val="00197196"/>
     <w:rsid w:val="001C3641"/>
+    <w:rsid w:val="001C690D"/>
     <w:rsid w:val="001D38BB"/>
     <w:rsid w:val="001D6A33"/>
     <w:rsid w:val="001E1359"/>
     <w:rsid w:val="001E7EA0"/>
     <w:rsid w:val="001F1263"/>
     <w:rsid w:val="001F55B1"/>
     <w:rsid w:val="00204F1C"/>
     <w:rsid w:val="00207371"/>
     <w:rsid w:val="002177DD"/>
     <w:rsid w:val="00237398"/>
     <w:rsid w:val="0024060C"/>
     <w:rsid w:val="00241F93"/>
     <w:rsid w:val="00246E11"/>
     <w:rsid w:val="00247422"/>
     <w:rsid w:val="00247728"/>
     <w:rsid w:val="002520D4"/>
     <w:rsid w:val="00253D73"/>
     <w:rsid w:val="002605BB"/>
     <w:rsid w:val="00260CE2"/>
     <w:rsid w:val="002621AC"/>
     <w:rsid w:val="00264A23"/>
     <w:rsid w:val="00265637"/>
     <w:rsid w:val="00265721"/>
     <w:rsid w:val="002675C5"/>
     <w:rsid w:val="0027438A"/>
@@ -10393,50 +10394,51 @@
     <w:rsid w:val="008E2C6A"/>
     <w:rsid w:val="008E79F2"/>
     <w:rsid w:val="008F4BBB"/>
     <w:rsid w:val="008F4EED"/>
     <w:rsid w:val="008F5A84"/>
     <w:rsid w:val="008F6AD5"/>
     <w:rsid w:val="00902D6D"/>
     <w:rsid w:val="00913BFC"/>
     <w:rsid w:val="00914697"/>
     <w:rsid w:val="00935A57"/>
     <w:rsid w:val="00936A40"/>
     <w:rsid w:val="00941CC3"/>
     <w:rsid w:val="00943508"/>
     <w:rsid w:val="00944ACD"/>
     <w:rsid w:val="00953867"/>
     <w:rsid w:val="00962909"/>
     <w:rsid w:val="009728B5"/>
     <w:rsid w:val="00973B3C"/>
     <w:rsid w:val="009836A9"/>
     <w:rsid w:val="0098605C"/>
     <w:rsid w:val="0099109C"/>
     <w:rsid w:val="009A6604"/>
     <w:rsid w:val="009B0CBC"/>
     <w:rsid w:val="009B4DAB"/>
     <w:rsid w:val="009C21BF"/>
+    <w:rsid w:val="009C4A8B"/>
     <w:rsid w:val="009D2EB3"/>
     <w:rsid w:val="009D3CD7"/>
     <w:rsid w:val="009D5488"/>
     <w:rsid w:val="009E0988"/>
     <w:rsid w:val="009E3B8F"/>
     <w:rsid w:val="009E7E34"/>
     <w:rsid w:val="009F79B1"/>
     <w:rsid w:val="00A00D90"/>
     <w:rsid w:val="00A029B6"/>
     <w:rsid w:val="00A058B9"/>
     <w:rsid w:val="00A17D1A"/>
     <w:rsid w:val="00A34A4B"/>
     <w:rsid w:val="00A367A3"/>
     <w:rsid w:val="00A63738"/>
     <w:rsid w:val="00A6677A"/>
     <w:rsid w:val="00A71377"/>
     <w:rsid w:val="00A73170"/>
     <w:rsid w:val="00A9101E"/>
     <w:rsid w:val="00A92EBB"/>
     <w:rsid w:val="00A94338"/>
     <w:rsid w:val="00A97DF1"/>
     <w:rsid w:val="00AB14CD"/>
     <w:rsid w:val="00AB4EE9"/>
     <w:rsid w:val="00AB582A"/>
     <w:rsid w:val="00AD12F1"/>
@@ -10496,50 +10498,51 @@
     <w:rsid w:val="00CA041B"/>
     <w:rsid w:val="00CA0F06"/>
     <w:rsid w:val="00CA6873"/>
     <w:rsid w:val="00CB02B7"/>
     <w:rsid w:val="00CB0605"/>
     <w:rsid w:val="00CB4693"/>
     <w:rsid w:val="00CB5098"/>
     <w:rsid w:val="00CD7CD3"/>
     <w:rsid w:val="00CE67C6"/>
     <w:rsid w:val="00CF00CD"/>
     <w:rsid w:val="00CF5900"/>
     <w:rsid w:val="00D1421F"/>
     <w:rsid w:val="00D15867"/>
     <w:rsid w:val="00D20C47"/>
     <w:rsid w:val="00D25EA0"/>
     <w:rsid w:val="00D3140B"/>
     <w:rsid w:val="00D33DEE"/>
     <w:rsid w:val="00D36BE8"/>
     <w:rsid w:val="00D37AAA"/>
     <w:rsid w:val="00D47FEB"/>
     <w:rsid w:val="00D51E8F"/>
     <w:rsid w:val="00D57D9D"/>
     <w:rsid w:val="00D9002B"/>
     <w:rsid w:val="00D90C2C"/>
     <w:rsid w:val="00DA19F9"/>
+    <w:rsid w:val="00DB6906"/>
     <w:rsid w:val="00DC582F"/>
     <w:rsid w:val="00DD454A"/>
     <w:rsid w:val="00DD495F"/>
     <w:rsid w:val="00DF219F"/>
     <w:rsid w:val="00DF5AE5"/>
     <w:rsid w:val="00E01FA8"/>
     <w:rsid w:val="00E02880"/>
     <w:rsid w:val="00E07A59"/>
     <w:rsid w:val="00E107D0"/>
     <w:rsid w:val="00E109CA"/>
     <w:rsid w:val="00E13EAD"/>
     <w:rsid w:val="00E17AB8"/>
     <w:rsid w:val="00E2528C"/>
     <w:rsid w:val="00E2551E"/>
     <w:rsid w:val="00E25A4E"/>
     <w:rsid w:val="00E2720C"/>
     <w:rsid w:val="00E336AC"/>
     <w:rsid w:val="00E51A21"/>
     <w:rsid w:val="00E62293"/>
     <w:rsid w:val="00E63238"/>
     <w:rsid w:val="00E8234D"/>
     <w:rsid w:val="00E8627E"/>
     <w:rsid w:val="00E941C0"/>
     <w:rsid w:val="00EA1C65"/>
     <w:rsid w:val="00EA2238"/>
@@ -10578,64 +10581,64 @@
     <w:rsid w:val="00FB4B0E"/>
     <w:rsid w:val="00FC3819"/>
     <w:rsid w:val="00FC43D3"/>
     <w:rsid w:val="00FC6A39"/>
     <w:rsid w:val="00FE44C3"/>
     <w:rsid w:val="00FE6EA6"/>
     <w:rsid w:val="00FF4486"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="87041"/>
+    <o:shapedefaults v:ext="edit" spidmax="89089"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="3095EC82"/>
   <w15:docId w15:val="{24CF3776-5B59-4A92-A087-F470E5F5D83C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="fr-CH" w:eastAsia="fr-CH" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -11196,51 +11199,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="KopfzeileZchn">
     <w:name w:val="Kopfzeile Zchn"/>
     <w:link w:val="Kopfzeile"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00D51E8F"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="22"/>
       <w:lang w:val="fr-FR" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:rsid w:val="00D51E8F"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa-Design">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -11517,74 +11520,74 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DE4CA5B0-8476-44E5-B14F-BA1C8F9CBA68}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>487</Words>
-  <Characters>3075</Characters>
+  <Words>588</Words>
+  <Characters>2974</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>25</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>247</Lines>
+  <Paragraphs>127</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Document servant de modèle pour les lettres</vt:lpstr>
       <vt:lpstr>Document servant de modèle pour les lettres</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Etat de Fribourg</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3555</CharactersWithSpaces>
+  <CharactersWithSpaces>3435</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Document servant de modèle pour les lettres</dc:title>
   <dc:creator>ducrestbe</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>