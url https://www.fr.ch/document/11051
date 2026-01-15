--- v0 (2025-12-14)
+++ v1 (2026-01-15)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="27029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Histoire et Livre CE\en ligne sur le site du CE\2024\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Histoire et Livre CE\en ligne sur le site du CE\2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F92832C6-77B7-4016-8F51-F01E19F0DD21}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="14_{F8EBE092-D63E-4A29-82BF-CDC8D8D23B81}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="1740" yWindow="3340" windowWidth="28800" windowHeight="16060" firstSheet="1" activeTab="3" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="38620" windowHeight="21100" firstSheet="1" activeTab="3" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="1848-1857_directions_partis" sheetId="7" r:id="rId1"/>
     <sheet name="1857-1881_directions_partis" sheetId="2" r:id="rId2"/>
     <sheet name="1881-1921_directions_partis" sheetId="1" r:id="rId3"/>
-    <sheet name="1921-2022_directions_partis" sheetId="11" r:id="rId4"/>
+    <sheet name="1921-2026_directions_partis" sheetId="11" r:id="rId4"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1607" uniqueCount="331">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1621" uniqueCount="331">
   <si>
     <t>Année</t>
   </si>
   <si>
     <t>*Légende</t>
   </si>
   <si>
     <t>Parti Radical Démocratique</t>
   </si>
   <si>
     <t xml:space="preserve">Parti Libéral </t>
   </si>
   <si>
     <t>Parti Libéral Conservateur</t>
   </si>
   <si>
     <t>Parti Conservateur</t>
   </si>
   <si>
     <t>Justice</t>
   </si>
   <si>
     <t>Finances</t>
   </si>
   <si>
@@ -2292,51 +2292,51 @@
     <xf numFmtId="0" fontId="19" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="19" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="19" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="19" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="19" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="19" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="20" borderId="1" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="2" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="23" fillId="21" borderId="3" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="24" fillId="7" borderId="1" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="25" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="26" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="27" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="28" fillId="20" borderId="4" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="31" fillId="0" borderId="5" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="32" fillId="0" borderId="6" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="33" fillId="0" borderId="7" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="33" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="34" fillId="0" borderId="8" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="35" fillId="23" borderId="9" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="302">
+  <cellXfs count="301">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="9" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
@@ -2763,53 +2763,50 @@
     </xf>
     <xf numFmtId="0" fontId="2" fillId="24" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="17" fontId="2" fillId="25" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="17" fontId="1" fillId="25" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="24" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="1" fontId="9" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="33" borderId="0" xfId="32" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="9" fillId="33" borderId="0" xfId="32" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="8" fillId="31" borderId="0" xfId="32" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="13" fillId="28" borderId="0" xfId="32" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="42" xfId="32" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="42" xfId="32" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="26" borderId="42" xfId="32" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="33" borderId="42" xfId="32" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="26" borderId="42" xfId="32" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="29" borderId="42" xfId="32" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="42" xfId="32" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="42" xfId="32" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
@@ -3560,329 +3557,329 @@
       <c r="C4" s="164"/>
       <c r="D4" s="165" t="s">
         <v>88</v>
       </c>
       <c r="E4" s="53" t="s">
         <v>89</v>
       </c>
       <c r="F4" s="53" t="s">
         <v>90</v>
       </c>
       <c r="G4" s="53" t="s">
         <v>91</v>
       </c>
       <c r="H4" s="53" t="s">
         <v>92</v>
       </c>
       <c r="I4" s="53" t="s">
         <v>93</v>
       </c>
       <c r="J4" s="53" t="s">
         <v>94</v>
       </c>
       <c r="K4" s="7"/>
     </row>
     <row r="5" spans="1:12" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A5" s="219" t="s">
+      <c r="A5" s="218" t="s">
         <v>126</v>
       </c>
       <c r="B5" s="175">
         <v>1848</v>
       </c>
       <c r="C5" s="164" t="s">
         <v>90</v>
       </c>
       <c r="D5" s="165" t="s">
         <v>88</v>
       </c>
       <c r="E5" s="53" t="s">
         <v>89</v>
       </c>
       <c r="F5" s="53" t="s">
         <v>95</v>
       </c>
-      <c r="G5" s="216" t="s">
+      <c r="G5" s="215" t="s">
         <v>91</v>
       </c>
       <c r="H5" s="53" t="s">
         <v>92</v>
       </c>
       <c r="I5" s="53" t="s">
         <v>96</v>
       </c>
       <c r="J5" s="53" t="s">
         <v>97</v>
       </c>
       <c r="K5" s="8"/>
       <c r="L5" s="1"/>
     </row>
     <row r="6" spans="1:12" ht="10.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="220"/>
+      <c r="A6" s="219"/>
       <c r="B6" s="176">
         <v>1849</v>
       </c>
       <c r="C6" s="164"/>
       <c r="D6" s="53" t="s">
         <v>88</v>
       </c>
       <c r="E6" s="166"/>
       <c r="F6" s="53" t="s">
         <v>95</v>
       </c>
-      <c r="G6" s="216"/>
+      <c r="G6" s="215"/>
       <c r="H6" s="53"/>
       <c r="I6" s="53"/>
       <c r="J6" s="53"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
     </row>
     <row r="7" spans="1:12" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="220"/>
+      <c r="A7" s="219"/>
       <c r="B7" s="176">
         <v>1850</v>
       </c>
       <c r="C7" s="164"/>
       <c r="D7" s="53" t="s">
         <v>88</v>
       </c>
       <c r="E7" s="166"/>
       <c r="F7" s="53" t="s">
         <v>95</v>
       </c>
       <c r="G7" s="53"/>
       <c r="H7" s="53"/>
       <c r="I7" s="53"/>
       <c r="J7" s="53"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
     </row>
     <row r="8" spans="1:12" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="220"/>
+      <c r="A8" s="219"/>
       <c r="B8" s="176">
         <v>1851</v>
       </c>
       <c r="C8" s="164"/>
       <c r="D8" s="53" t="s">
         <v>88</v>
       </c>
       <c r="E8" s="166"/>
       <c r="F8" s="53" t="s">
         <v>95</v>
       </c>
       <c r="G8" s="167"/>
       <c r="H8" s="53"/>
       <c r="I8" s="53"/>
       <c r="J8" s="53"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
     </row>
     <row r="9" spans="1:12" ht="23.5" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A9" s="220"/>
+      <c r="A9" s="219"/>
       <c r="B9" s="176">
         <v>1849</v>
       </c>
       <c r="C9" s="164" t="s">
         <v>95</v>
       </c>
       <c r="D9" s="53" t="s">
         <v>88</v>
       </c>
       <c r="E9" s="165" t="s">
         <v>98</v>
       </c>
       <c r="F9" s="53" t="s">
         <v>99</v>
       </c>
       <c r="G9" s="167" t="s">
         <v>91</v>
       </c>
       <c r="H9" s="53" t="s">
         <v>92</v>
       </c>
       <c r="I9" s="53" t="s">
         <v>96</v>
       </c>
       <c r="J9" s="53" t="s">
         <v>100</v>
       </c>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
     </row>
     <row r="10" spans="1:12" ht="23.5" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A10" s="220"/>
+      <c r="A10" s="219"/>
       <c r="B10" s="176">
         <v>1850</v>
       </c>
       <c r="C10" s="164" t="s">
         <v>92</v>
       </c>
       <c r="D10" s="53" t="s">
         <v>88</v>
       </c>
       <c r="E10" s="53" t="s">
         <v>101</v>
       </c>
       <c r="F10" s="53" t="s">
         <v>102</v>
       </c>
       <c r="G10" s="167" t="s">
         <v>91</v>
       </c>
       <c r="H10" s="53" t="s">
         <v>103</v>
       </c>
       <c r="I10" s="165" t="s">
         <v>96</v>
       </c>
       <c r="J10" s="53" t="s">
         <v>100</v>
       </c>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
     </row>
     <row r="11" spans="1:12" ht="13" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A11" s="220"/>
+      <c r="A11" s="219"/>
       <c r="B11" s="176">
         <v>1851</v>
       </c>
       <c r="C11" s="164"/>
       <c r="D11" s="53" t="s">
         <v>88</v>
       </c>
       <c r="E11" s="165" t="s">
         <v>101</v>
       </c>
       <c r="F11" s="53" t="s">
         <v>102</v>
       </c>
       <c r="G11" s="167" t="s">
         <v>91</v>
       </c>
       <c r="H11" s="53" t="s">
         <v>104</v>
       </c>
       <c r="I11" s="53" t="s">
         <v>96</v>
       </c>
       <c r="J11" s="53" t="s">
         <v>100</v>
       </c>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
     </row>
     <row r="12" spans="1:12" ht="27" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A12" s="220"/>
+      <c r="A12" s="219"/>
       <c r="B12" s="176">
         <v>1852</v>
       </c>
       <c r="C12" s="164" t="s">
         <v>105</v>
       </c>
       <c r="D12" s="53" t="s">
         <v>106</v>
       </c>
       <c r="E12" s="53" t="s">
         <v>107</v>
       </c>
       <c r="F12" s="165" t="s">
         <v>102</v>
       </c>
       <c r="G12" s="167" t="s">
         <v>91</v>
       </c>
       <c r="H12" s="53" t="s">
         <v>104</v>
       </c>
       <c r="I12" s="53" t="s">
         <v>96</v>
       </c>
       <c r="J12" s="53" t="s">
         <v>108</v>
       </c>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
     </row>
     <row r="13" spans="1:12" ht="27.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A13" s="220"/>
+      <c r="A13" s="219"/>
       <c r="B13" s="176">
         <v>1853</v>
       </c>
       <c r="C13" s="164"/>
       <c r="D13" s="53" t="s">
         <v>106</v>
       </c>
       <c r="E13" s="53" t="s">
         <v>107</v>
       </c>
       <c r="F13" s="53" t="s">
         <v>102</v>
       </c>
       <c r="G13" s="167" t="s">
         <v>91</v>
       </c>
       <c r="H13" s="53" t="s">
         <v>104</v>
       </c>
       <c r="I13" s="165" t="s">
         <v>96</v>
       </c>
       <c r="J13" s="53" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="14" spans="1:12" ht="24.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A14" s="220"/>
+      <c r="A14" s="219"/>
       <c r="B14" s="176">
         <v>1854</v>
       </c>
       <c r="C14" s="164" t="s">
         <v>110</v>
       </c>
       <c r="D14" s="53" t="s">
         <v>106</v>
       </c>
       <c r="E14" s="53" t="s">
         <v>111</v>
       </c>
       <c r="F14" s="53" t="s">
         <v>112</v>
       </c>
       <c r="G14" s="167" t="s">
         <v>91</v>
       </c>
       <c r="H14" s="165" t="s">
         <v>104</v>
       </c>
       <c r="I14" s="53" t="s">
         <v>96</v>
       </c>
       <c r="J14" s="53" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="15" spans="1:12" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A15" s="221"/>
+      <c r="A15" s="220"/>
       <c r="B15" s="176">
         <v>1855</v>
       </c>
       <c r="C15" s="164"/>
       <c r="D15" s="165" t="s">
         <v>106</v>
       </c>
       <c r="E15" s="53" t="s">
         <v>114</v>
       </c>
       <c r="F15" s="53" t="s">
         <v>115</v>
       </c>
       <c r="G15" s="53" t="s">
         <v>91</v>
       </c>
       <c r="H15" s="53" t="s">
         <v>104</v>
       </c>
       <c r="I15" s="53" t="s">
         <v>96</v>
       </c>
       <c r="J15" s="53" t="s">
         <v>116</v>
       </c>
@@ -3894,112 +3891,112 @@
       <c r="B16" s="168"/>
       <c r="C16" s="154"/>
       <c r="D16" s="156" t="s">
         <v>10</v>
       </c>
       <c r="E16" s="156" t="s">
         <v>6</v>
       </c>
       <c r="F16" s="156" t="s">
         <v>7</v>
       </c>
       <c r="G16" s="156" t="s">
         <v>11</v>
       </c>
       <c r="H16" s="169" t="s">
         <v>12</v>
       </c>
       <c r="I16" s="156" t="s">
         <v>15</v>
       </c>
       <c r="J16" s="156" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="17" spans="1:12" ht="29.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A17" s="219" t="s">
+      <c r="A17" s="218" t="s">
         <v>128</v>
       </c>
       <c r="B17" s="176">
         <v>1856</v>
       </c>
       <c r="C17" s="164" t="s">
         <v>91</v>
       </c>
       <c r="D17" s="53" t="s">
         <v>117</v>
       </c>
       <c r="E17" s="170" t="s">
         <v>118</v>
       </c>
       <c r="F17" s="53" t="s">
         <v>88</v>
       </c>
       <c r="G17" s="170" t="s">
         <v>34</v>
       </c>
       <c r="H17" s="171" t="s">
         <v>104</v>
       </c>
       <c r="I17" s="172" t="s">
         <v>96</v>
       </c>
       <c r="J17" s="53" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="18" spans="1:12" ht="38" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A18" s="222"/>
+      <c r="A18" s="221"/>
       <c r="B18" s="176" t="s">
         <v>119</v>
       </c>
       <c r="C18" s="164"/>
       <c r="D18" s="53" t="s">
         <v>120</v>
       </c>
       <c r="E18" s="170" t="s">
         <v>121</v>
       </c>
       <c r="F18" s="53" t="s">
         <v>106</v>
       </c>
       <c r="G18" s="53" t="s">
         <v>96</v>
       </c>
       <c r="H18" s="172" t="s">
         <v>104</v>
       </c>
       <c r="I18" s="170" t="s">
         <v>35</v>
       </c>
       <c r="J18" s="53" t="s">
         <v>116</v>
       </c>
       <c r="K18" s="1"/>
     </row>
     <row r="19" spans="1:12" ht="24.5" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A19" s="223"/>
+      <c r="A19" s="222"/>
       <c r="B19" s="176">
         <v>1857</v>
       </c>
       <c r="C19" s="164" t="s">
         <v>122</v>
       </c>
       <c r="D19" s="173" t="s">
         <v>29</v>
       </c>
       <c r="E19" s="170" t="s">
         <v>123</v>
       </c>
       <c r="F19" s="170" t="s">
         <v>124</v>
       </c>
       <c r="G19" s="170" t="s">
         <v>35</v>
       </c>
       <c r="H19" s="171" t="s">
         <v>104</v>
       </c>
       <c r="I19" s="53" t="s">
         <v>96</v>
       </c>
       <c r="J19" s="53" t="s">
@@ -4007,73 +4004,73 @@
       </c>
       <c r="K19" s="1"/>
     </row>
     <row r="20" spans="1:12" x14ac:dyDescent="0.25">
       <c r="C20" s="54"/>
       <c r="D20" s="54"/>
       <c r="E20" s="55"/>
       <c r="F20" s="55"/>
       <c r="G20" s="55"/>
       <c r="H20" s="55"/>
       <c r="I20" s="1"/>
       <c r="J20" s="55"/>
       <c r="K20" s="1"/>
     </row>
     <row r="21" spans="1:12" ht="13" x14ac:dyDescent="0.3">
       <c r="C21" s="3" t="s">
         <v>1</v>
       </c>
       <c r="E21" s="57"/>
       <c r="F21" s="7"/>
       <c r="G21" s="56"/>
       <c r="H21" s="56"/>
       <c r="L21" s="4"/>
     </row>
     <row r="22" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="C22" s="218" t="s">
+      <c r="C22" s="217" t="s">
         <v>2</v>
       </c>
-      <c r="D22" s="218"/>
+      <c r="D22" s="217"/>
       <c r="E22" s="56"/>
       <c r="F22" s="1"/>
       <c r="G22" s="56"/>
       <c r="H22" s="56"/>
       <c r="L22" s="4"/>
     </row>
     <row r="23" spans="1:12" ht="13" x14ac:dyDescent="0.25">
       <c r="C23" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D23" s="6"/>
       <c r="G23" s="42"/>
       <c r="H23" s="58"/>
     </row>
     <row r="24" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="C24" s="217" t="s">
+      <c r="C24" s="216" t="s">
         <v>257</v>
       </c>
-      <c r="D24" s="217"/>
+      <c r="D24" s="216"/>
       <c r="E24" s="56"/>
       <c r="F24" s="57"/>
       <c r="G24" s="56"/>
       <c r="H24" s="56"/>
     </row>
     <row r="25" spans="1:12" x14ac:dyDescent="0.25">
       <c r="C25" s="60"/>
       <c r="D25" s="60"/>
       <c r="E25" s="61"/>
       <c r="F25" s="57"/>
       <c r="G25" s="56"/>
       <c r="H25" s="56"/>
       <c r="I25" s="1"/>
       <c r="J25" s="1"/>
     </row>
     <row r="26" spans="1:12" x14ac:dyDescent="0.25">
       <c r="C26" s="42"/>
       <c r="D26" s="42"/>
       <c r="E26" s="56"/>
       <c r="F26" s="56"/>
       <c r="G26" s="56"/>
       <c r="H26" s="56"/>
       <c r="I26" s="62"/>
       <c r="J26" s="62"/>
     </row>
@@ -4153,967 +4150,967 @@
         <v>8</v>
       </c>
       <c r="D3" s="156" t="s">
         <v>10</v>
       </c>
       <c r="E3" s="156" t="s">
         <v>6</v>
       </c>
       <c r="F3" s="157" t="s">
         <v>13</v>
       </c>
       <c r="G3" s="156" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="156" t="s">
         <v>12</v>
       </c>
       <c r="I3" s="156" t="s">
         <v>11</v>
       </c>
       <c r="J3" s="158" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:10" ht="46" x14ac:dyDescent="0.25">
-      <c r="A4" s="219" t="s">
+      <c r="A4" s="218" t="s">
         <v>22</v>
       </c>
       <c r="B4" s="9">
         <v>1857</v>
       </c>
       <c r="C4" s="13" t="s">
         <v>43</v>
       </c>
       <c r="D4" s="24" t="s">
         <v>29</v>
       </c>
       <c r="E4" s="28" t="s">
         <v>295</v>
       </c>
       <c r="F4" s="21" t="s">
         <v>51</v>
       </c>
       <c r="G4" s="28" t="s">
         <v>85</v>
       </c>
       <c r="H4" s="28" t="s">
         <v>27</v>
       </c>
       <c r="I4" s="28" t="s">
         <v>34</v>
       </c>
       <c r="J4" s="35" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="5" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A5" s="222"/>
+      <c r="A5" s="221"/>
       <c r="B5" s="10">
         <v>1858</v>
       </c>
       <c r="C5" s="14" t="s">
         <v>42</v>
       </c>
       <c r="D5" s="25" t="s">
         <v>30</v>
       </c>
       <c r="E5" s="25" t="s">
         <v>46</v>
       </c>
       <c r="F5" s="22" t="s">
         <v>52</v>
       </c>
       <c r="G5" s="25" t="s">
         <v>86</v>
       </c>
       <c r="H5" s="25" t="s">
         <v>28</v>
       </c>
       <c r="I5" s="26" t="s">
         <v>35</v>
       </c>
       <c r="J5" s="36" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="6" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A6" s="222"/>
+      <c r="A6" s="221"/>
       <c r="B6" s="10">
         <v>1859</v>
       </c>
       <c r="C6" s="14"/>
       <c r="D6" s="26" t="s">
         <v>30</v>
       </c>
       <c r="E6" s="25" t="s">
         <v>46</v>
       </c>
       <c r="F6" s="22" t="s">
         <v>52</v>
       </c>
       <c r="G6" s="25" t="s">
         <v>86</v>
       </c>
       <c r="H6" s="25" t="s">
         <v>28</v>
       </c>
       <c r="I6" s="25" t="s">
         <v>35</v>
       </c>
       <c r="J6" s="36"/>
     </row>
     <row r="7" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A7" s="222"/>
+      <c r="A7" s="221"/>
       <c r="B7" s="10">
         <v>1860</v>
       </c>
       <c r="C7" s="14"/>
       <c r="D7" s="26" t="s">
         <v>30</v>
       </c>
       <c r="E7" s="25" t="s">
         <v>46</v>
       </c>
       <c r="F7" s="22" t="s">
         <v>52</v>
       </c>
       <c r="G7" s="25" t="s">
         <v>86</v>
       </c>
       <c r="H7" s="25" t="s">
         <v>28</v>
       </c>
       <c r="I7" s="25" t="s">
         <v>35</v>
       </c>
       <c r="J7" s="36"/>
     </row>
     <row r="8" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A8" s="222"/>
+      <c r="A8" s="221"/>
       <c r="B8" s="10">
         <v>1861</v>
       </c>
       <c r="C8" s="14"/>
       <c r="D8" s="26" t="s">
         <v>30</v>
       </c>
       <c r="E8" s="25" t="s">
         <v>46</v>
       </c>
       <c r="F8" s="22" t="s">
         <v>52</v>
       </c>
       <c r="G8" s="25" t="s">
         <v>86</v>
       </c>
       <c r="H8" s="25" t="s">
         <v>28</v>
       </c>
       <c r="I8" s="25" t="s">
         <v>35</v>
       </c>
       <c r="J8" s="36"/>
     </row>
     <row r="9" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A9" s="222"/>
+      <c r="A9" s="221"/>
       <c r="B9" s="10">
         <v>1859</v>
       </c>
       <c r="C9" s="14"/>
       <c r="D9" s="26" t="s">
         <v>30</v>
       </c>
       <c r="E9" s="25" t="s">
         <v>46</v>
       </c>
       <c r="F9" s="22" t="s">
         <v>52</v>
       </c>
       <c r="G9" s="25" t="s">
         <v>86</v>
       </c>
       <c r="H9" s="25" t="s">
         <v>28</v>
       </c>
       <c r="I9" s="25" t="s">
         <v>35</v>
       </c>
       <c r="J9" s="36" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="10" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A10" s="222"/>
+      <c r="A10" s="221"/>
       <c r="B10" s="10">
         <v>1860</v>
       </c>
       <c r="C10" s="14"/>
       <c r="D10" s="25" t="s">
         <v>30</v>
       </c>
       <c r="E10" s="26" t="s">
         <v>46</v>
       </c>
       <c r="F10" s="22" t="s">
         <v>52</v>
       </c>
       <c r="G10" s="25" t="s">
         <v>86</v>
       </c>
       <c r="H10" s="25" t="s">
         <v>28</v>
       </c>
       <c r="I10" s="25" t="s">
         <v>35</v>
       </c>
       <c r="J10" s="36" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="11" spans="1:10" ht="24" x14ac:dyDescent="0.25">
-      <c r="A11" s="222"/>
+      <c r="A11" s="221"/>
       <c r="B11" s="10">
         <v>1861</v>
       </c>
       <c r="C11" s="14" t="s">
         <v>20</v>
       </c>
       <c r="D11" s="26" t="s">
         <v>30</v>
       </c>
       <c r="E11" s="25" t="s">
         <v>46</v>
       </c>
       <c r="F11" s="22" t="s">
         <v>52</v>
       </c>
       <c r="G11" s="25" t="s">
         <v>86</v>
       </c>
       <c r="H11" s="25" t="s">
         <v>28</v>
       </c>
       <c r="I11" s="25" t="s">
         <v>35</v>
       </c>
       <c r="J11" s="36" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="12" spans="1:10" ht="13" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A12" s="222"/>
+      <c r="A12" s="221"/>
       <c r="B12" s="11">
         <v>1862</v>
       </c>
       <c r="C12" s="15"/>
       <c r="D12" s="27" t="s">
         <v>30</v>
       </c>
       <c r="E12" s="29" t="s">
         <v>46</v>
       </c>
       <c r="F12" s="23" t="s">
         <v>55</v>
       </c>
       <c r="G12" s="26" t="s">
         <v>86</v>
       </c>
       <c r="H12" s="34" t="s">
         <v>28</v>
       </c>
       <c r="I12" s="29" t="s">
         <v>35</v>
       </c>
       <c r="J12" s="34" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="13" spans="1:10" ht="13.5" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A13" s="224" t="s">
+      <c r="A13" s="223" t="s">
         <v>56</v>
       </c>
-      <c r="B13" s="225"/>
-[...4 lines deleted...]
-      <c r="G13" s="226"/>
+      <c r="B13" s="224"/>
+      <c r="C13" s="224"/>
+      <c r="D13" s="224"/>
+      <c r="E13" s="224"/>
+      <c r="F13" s="224"/>
+      <c r="G13" s="225"/>
       <c r="H13" s="18"/>
       <c r="I13" s="19"/>
       <c r="J13" s="20"/>
     </row>
     <row r="14" spans="1:10" s="152" customFormat="1" ht="23.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A14" s="153"/>
       <c r="B14" s="156"/>
       <c r="C14" s="154"/>
       <c r="D14" s="156" t="s">
         <v>10</v>
       </c>
       <c r="E14" s="156" t="s">
         <v>17</v>
       </c>
       <c r="F14" s="157" t="s">
         <v>13</v>
       </c>
       <c r="G14" s="156" t="s">
         <v>7</v>
       </c>
       <c r="H14" s="156" t="s">
         <v>12</v>
       </c>
       <c r="I14" s="156" t="s">
         <v>18</v>
       </c>
       <c r="J14" s="158" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="15" spans="1:10" ht="23" x14ac:dyDescent="0.25">
-      <c r="A15" s="222" t="s">
+      <c r="A15" s="221" t="s">
         <v>24</v>
       </c>
       <c r="B15" s="9">
         <v>1862</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="24" t="s">
         <v>30</v>
       </c>
       <c r="E15" s="28" t="s">
         <v>46</v>
       </c>
       <c r="F15" s="30" t="s">
         <v>33</v>
       </c>
       <c r="G15" s="28" t="s">
         <v>87</v>
       </c>
       <c r="H15" s="28" t="s">
         <v>28</v>
       </c>
       <c r="I15" s="28" t="s">
         <v>53</v>
       </c>
       <c r="J15" s="35" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="16" spans="1:10" ht="23" x14ac:dyDescent="0.25">
-      <c r="A16" s="222"/>
+      <c r="A16" s="221"/>
       <c r="B16" s="10">
         <v>1863</v>
       </c>
       <c r="C16" s="14"/>
       <c r="D16" s="25" t="s">
         <v>30</v>
       </c>
       <c r="E16" s="26" t="s">
         <v>46</v>
       </c>
       <c r="F16" s="31" t="s">
         <v>33</v>
       </c>
       <c r="G16" s="28" t="s">
         <v>87</v>
       </c>
       <c r="H16" s="25" t="s">
         <v>28</v>
       </c>
       <c r="I16" s="25" t="s">
         <v>54</v>
       </c>
       <c r="J16" s="36" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="17" spans="1:10" ht="23" x14ac:dyDescent="0.25">
-      <c r="A17" s="222"/>
+      <c r="A17" s="221"/>
       <c r="B17" s="10">
         <v>1864</v>
       </c>
       <c r="C17" s="14"/>
       <c r="D17" s="26" t="s">
         <v>30</v>
       </c>
       <c r="E17" s="25" t="s">
         <v>46</v>
       </c>
       <c r="F17" s="31" t="s">
         <v>33</v>
       </c>
       <c r="G17" s="28" t="s">
         <v>87</v>
       </c>
       <c r="H17" s="25" t="s">
         <v>28</v>
       </c>
       <c r="I17" s="25" t="s">
         <v>54</v>
       </c>
       <c r="J17" s="36" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="18" spans="1:10" ht="24" x14ac:dyDescent="0.25">
-      <c r="A18" s="222"/>
+      <c r="A18" s="221"/>
       <c r="B18" s="10">
         <v>1865</v>
       </c>
       <c r="C18" s="14" t="s">
         <v>35</v>
       </c>
       <c r="D18" s="25" t="s">
         <v>30</v>
       </c>
       <c r="E18" s="26" t="s">
         <v>46</v>
       </c>
       <c r="F18" s="31" t="s">
         <v>33</v>
       </c>
       <c r="G18" s="28" t="s">
         <v>87</v>
       </c>
       <c r="H18" s="25" t="s">
         <v>28</v>
       </c>
       <c r="I18" s="25" t="s">
         <v>54</v>
       </c>
       <c r="J18" s="36" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="19" spans="1:10" ht="23" x14ac:dyDescent="0.25">
-      <c r="A19" s="227"/>
+      <c r="A19" s="226"/>
       <c r="B19" s="10">
         <v>1866</v>
       </c>
       <c r="C19" s="14"/>
       <c r="D19" s="26" t="s">
         <v>30</v>
       </c>
       <c r="E19" s="25" t="s">
         <v>46</v>
       </c>
       <c r="F19" s="31" t="s">
         <v>33</v>
       </c>
       <c r="G19" s="28" t="s">
         <v>87</v>
       </c>
       <c r="H19" s="25" t="s">
         <v>28</v>
       </c>
       <c r="I19" s="25" t="s">
         <v>54</v>
       </c>
       <c r="J19" s="36" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="20" spans="1:10" ht="23" x14ac:dyDescent="0.25">
-      <c r="A20" s="228" t="s">
+      <c r="A20" s="227" t="s">
         <v>23</v>
       </c>
       <c r="B20" s="10">
         <v>1867</v>
       </c>
       <c r="C20" s="14"/>
       <c r="D20" s="26" t="s">
         <v>30</v>
       </c>
       <c r="E20" s="25" t="s">
         <v>46</v>
       </c>
       <c r="F20" s="31" t="s">
         <v>33</v>
       </c>
       <c r="G20" s="28" t="s">
         <v>87</v>
       </c>
       <c r="H20" s="25" t="s">
         <v>28</v>
       </c>
       <c r="I20" s="25" t="s">
         <v>54</v>
       </c>
       <c r="J20" s="36" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="21" spans="1:10" ht="23" x14ac:dyDescent="0.25">
-      <c r="A21" s="229"/>
+      <c r="A21" s="228"/>
       <c r="B21" s="10">
         <v>1868</v>
       </c>
       <c r="C21" s="14"/>
       <c r="D21" s="25" t="s">
         <v>30</v>
       </c>
       <c r="E21" s="26" t="s">
         <v>46</v>
       </c>
       <c r="F21" s="31" t="s">
         <v>33</v>
       </c>
       <c r="G21" s="28" t="s">
         <v>87</v>
       </c>
       <c r="H21" s="25" t="s">
         <v>28</v>
       </c>
       <c r="I21" s="25" t="s">
         <v>54</v>
       </c>
       <c r="J21" s="36" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="22" spans="1:10" ht="23" x14ac:dyDescent="0.25">
-      <c r="A22" s="229"/>
+      <c r="A22" s="228"/>
       <c r="B22" s="10">
         <v>1869</v>
       </c>
       <c r="C22" s="14"/>
       <c r="D22" s="26" t="s">
         <v>30</v>
       </c>
       <c r="E22" s="25" t="s">
         <v>46</v>
       </c>
       <c r="F22" s="31" t="s">
         <v>33</v>
       </c>
       <c r="G22" s="28" t="s">
         <v>87</v>
       </c>
       <c r="H22" s="25" t="s">
         <v>28</v>
       </c>
       <c r="I22" s="25" t="s">
         <v>54</v>
       </c>
       <c r="J22" s="36" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="23" spans="1:10" ht="34.5" x14ac:dyDescent="0.25">
-      <c r="A23" s="229"/>
+      <c r="A23" s="228"/>
       <c r="B23" s="10">
         <v>1870</v>
       </c>
       <c r="C23" s="14" t="s">
         <v>28</v>
       </c>
       <c r="D23" s="25" t="s">
         <v>30</v>
       </c>
       <c r="E23" s="26" t="s">
         <v>46</v>
       </c>
       <c r="F23" s="31" t="s">
         <v>33</v>
       </c>
       <c r="G23" s="28" t="s">
         <v>87</v>
       </c>
       <c r="H23" s="25" t="s">
         <v>40</v>
       </c>
       <c r="I23" s="25" t="s">
         <v>54</v>
       </c>
       <c r="J23" s="36" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="24" spans="1:10" ht="23" x14ac:dyDescent="0.25">
-      <c r="A24" s="230"/>
+      <c r="A24" s="229"/>
       <c r="B24" s="10">
         <v>1871</v>
       </c>
       <c r="C24" s="16" t="s">
         <v>30</v>
       </c>
       <c r="D24" s="26" t="s">
         <v>30</v>
       </c>
       <c r="E24" s="25" t="s">
         <v>46</v>
       </c>
       <c r="F24" s="31" t="s">
         <v>33</v>
       </c>
       <c r="G24" s="28" t="s">
         <v>87</v>
       </c>
       <c r="H24" s="25" t="s">
         <v>41</v>
       </c>
       <c r="I24" s="25" t="s">
         <v>54</v>
       </c>
       <c r="J24" s="36" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="25" spans="1:10" ht="23" x14ac:dyDescent="0.25">
-      <c r="A25" s="228" t="s">
+      <c r="A25" s="227" t="s">
         <v>25</v>
       </c>
       <c r="B25" s="10">
         <v>1872</v>
       </c>
       <c r="C25" s="14" t="s">
         <v>37</v>
       </c>
       <c r="D25" s="32" t="s">
         <v>33</v>
       </c>
       <c r="E25" s="25" t="s">
         <v>46</v>
       </c>
       <c r="F25" s="31" t="s">
         <v>48</v>
       </c>
       <c r="G25" s="24" t="s">
         <v>87</v>
       </c>
       <c r="H25" s="25" t="s">
         <v>41</v>
       </c>
       <c r="I25" s="25" t="s">
         <v>54</v>
       </c>
       <c r="J25" s="36" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="26" spans="1:10" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A26" s="229"/>
+      <c r="A26" s="228"/>
       <c r="B26" s="10">
         <v>1873</v>
       </c>
       <c r="C26" s="14"/>
       <c r="D26" s="32" t="s">
         <v>33</v>
       </c>
       <c r="E26" s="26" t="s">
         <v>46</v>
       </c>
       <c r="F26" s="31" t="s">
         <v>49</v>
       </c>
       <c r="G26" s="25" t="s">
         <v>87</v>
       </c>
       <c r="H26" s="25" t="s">
         <v>41</v>
       </c>
       <c r="I26" s="25" t="s">
         <v>54</v>
       </c>
       <c r="J26" s="37" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="27" spans="1:10" ht="33" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A27" s="229"/>
+      <c r="A27" s="228"/>
       <c r="B27" s="10">
         <v>1874</v>
       </c>
       <c r="C27" s="14" t="s">
         <v>49</v>
       </c>
       <c r="D27" s="32" t="s">
         <v>33</v>
       </c>
       <c r="E27" s="25" t="s">
         <v>46</v>
       </c>
       <c r="F27" s="31" t="s">
         <v>294</v>
       </c>
       <c r="G27" s="26" t="s">
         <v>87</v>
       </c>
       <c r="H27" s="25" t="s">
         <v>41</v>
       </c>
       <c r="I27" s="25" t="s">
         <v>54</v>
       </c>
       <c r="J27" s="37" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="28" spans="1:10" ht="23" x14ac:dyDescent="0.25">
-      <c r="A28" s="229"/>
+      <c r="A28" s="228"/>
       <c r="B28" s="10">
         <v>1875</v>
       </c>
       <c r="C28" s="14" t="s">
         <v>19</v>
       </c>
       <c r="D28" s="32" t="s">
         <v>33</v>
       </c>
       <c r="E28" s="26" t="s">
         <v>46</v>
       </c>
       <c r="F28" s="31" t="s">
         <v>50</v>
       </c>
       <c r="G28" s="25" t="s">
         <v>87</v>
       </c>
       <c r="H28" s="25" t="s">
         <v>41</v>
       </c>
       <c r="I28" s="25" t="s">
         <v>54</v>
       </c>
       <c r="J28" s="37" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="29" spans="1:10" ht="34.5" x14ac:dyDescent="0.25">
-      <c r="A29" s="230"/>
+      <c r="A29" s="229"/>
       <c r="B29" s="10">
         <v>1876</v>
       </c>
       <c r="C29" s="14" t="s">
         <v>41</v>
       </c>
       <c r="D29" s="32" t="s">
         <v>33</v>
       </c>
       <c r="E29" s="25" t="s">
         <v>46</v>
       </c>
       <c r="F29" s="31" t="s">
         <v>50</v>
       </c>
       <c r="G29" s="26" t="s">
         <v>87</v>
       </c>
       <c r="H29" s="25" t="s">
         <v>293</v>
       </c>
       <c r="I29" s="25" t="s">
         <v>54</v>
       </c>
       <c r="J29" s="37" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="30" spans="1:10" ht="23" x14ac:dyDescent="0.25">
-      <c r="A30" s="228" t="s">
+      <c r="A30" s="227" t="s">
         <v>26</v>
       </c>
       <c r="B30" s="10">
         <v>1877</v>
       </c>
       <c r="C30" s="14"/>
       <c r="D30" s="32" t="s">
         <v>33</v>
       </c>
       <c r="E30" s="25" t="s">
         <v>46</v>
       </c>
       <c r="F30" s="31" t="s">
         <v>50</v>
       </c>
       <c r="G30" s="26" t="s">
         <v>87</v>
       </c>
       <c r="H30" s="39" t="s">
         <v>44</v>
       </c>
       <c r="I30" s="25" t="s">
         <v>54</v>
       </c>
       <c r="J30" s="37" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="31" spans="1:10" ht="23" x14ac:dyDescent="0.25">
-      <c r="A31" s="229"/>
+      <c r="A31" s="228"/>
       <c r="B31" s="10">
         <v>1878</v>
       </c>
       <c r="C31" s="14" t="s">
         <v>46</v>
       </c>
       <c r="D31" s="32" t="s">
         <v>33</v>
       </c>
       <c r="E31" s="25" t="s">
         <v>47</v>
       </c>
       <c r="F31" s="31" t="s">
         <v>50</v>
       </c>
       <c r="G31" s="25" t="s">
         <v>87</v>
       </c>
       <c r="H31" s="26" t="s">
         <v>292</v>
       </c>
       <c r="I31" s="25" t="s">
         <v>54</v>
       </c>
       <c r="J31" s="37" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="32" spans="1:10" ht="23" x14ac:dyDescent="0.25">
-      <c r="A32" s="229"/>
+      <c r="A32" s="228"/>
       <c r="B32" s="10">
         <v>1879</v>
       </c>
       <c r="C32" s="14"/>
       <c r="D32" s="32" t="s">
         <v>33</v>
       </c>
       <c r="E32" s="39" t="s">
         <v>44</v>
       </c>
       <c r="F32" s="31" t="s">
         <v>50</v>
       </c>
       <c r="G32" s="26" t="s">
         <v>87</v>
       </c>
       <c r="H32" s="39" t="s">
         <v>45</v>
       </c>
       <c r="I32" s="25" t="s">
         <v>54</v>
       </c>
       <c r="J32" s="37" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="33" spans="1:10" ht="23" x14ac:dyDescent="0.25">
-      <c r="A33" s="229"/>
+      <c r="A33" s="228"/>
       <c r="B33" s="10">
         <v>1880</v>
       </c>
       <c r="C33" s="14" t="s">
         <v>21</v>
       </c>
       <c r="D33" s="32" t="s">
         <v>33</v>
       </c>
       <c r="E33" s="26" t="s">
         <v>44</v>
       </c>
       <c r="F33" s="31" t="s">
         <v>50</v>
       </c>
       <c r="G33" s="25" t="s">
         <v>87</v>
       </c>
       <c r="H33" s="39" t="s">
         <v>45</v>
       </c>
       <c r="I33" s="25" t="s">
         <v>54</v>
       </c>
       <c r="J33" s="37" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="34" spans="1:10" ht="23.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A34" s="232"/>
+      <c r="A34" s="231"/>
       <c r="B34" s="12">
         <v>1881</v>
       </c>
       <c r="C34" s="17" t="s">
         <v>39</v>
       </c>
       <c r="D34" s="33" t="s">
         <v>16</v>
       </c>
       <c r="E34" s="40" t="s">
         <v>44</v>
       </c>
       <c r="F34" s="41" t="s">
         <v>50</v>
       </c>
       <c r="G34" s="40" t="s">
         <v>255</v>
       </c>
       <c r="H34" s="40" t="s">
         <v>45</v>
       </c>
       <c r="I34" s="34" t="s">
         <v>54</v>
       </c>
       <c r="J34" s="38" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="35" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A35" s="231" t="s">
+      <c r="A35" s="230" t="s">
         <v>256</v>
       </c>
-      <c r="B35" s="231"/>
-[...7 lines deleted...]
-      <c r="J35" s="231"/>
+      <c r="B35" s="230"/>
+      <c r="C35" s="230"/>
+      <c r="D35" s="230"/>
+      <c r="E35" s="230"/>
+      <c r="F35" s="230"/>
+      <c r="G35" s="230"/>
+      <c r="H35" s="230"/>
+      <c r="I35" s="230"/>
+      <c r="J35" s="230"/>
     </row>
     <row r="37" spans="1:10" ht="13" x14ac:dyDescent="0.3">
       <c r="C37" s="3" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="C38" s="218" t="s">
+      <c r="C38" s="217" t="s">
         <v>2</v>
       </c>
-      <c r="D38" s="218"/>
+      <c r="D38" s="217"/>
     </row>
     <row r="39" spans="1:10" x14ac:dyDescent="0.25">
       <c r="C39" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D39" s="6"/>
     </row>
     <row r="40" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="C40" s="217" t="s">
+      <c r="C40" s="216" t="s">
         <v>257</v>
       </c>
-      <c r="D40" s="217"/>
+      <c r="D40" s="216"/>
     </row>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="C40:D40"/>
     <mergeCell ref="A4:A12"/>
     <mergeCell ref="A13:G13"/>
     <mergeCell ref="A15:A19"/>
     <mergeCell ref="A20:A24"/>
     <mergeCell ref="A35:J35"/>
     <mergeCell ref="A25:A29"/>
     <mergeCell ref="A30:A34"/>
     <mergeCell ref="C38:D38"/>
   </mergeCells>
   <phoneticPr fontId="10" type="noConversion"/>
   <pageMargins left="0.78740157499999996" right="0.78740157499999996" top="0.984251969" bottom="0.984251969" header="0.4921259845" footer="0.4921259845"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:L65"/>
   <sheetViews>
     <sheetView topLeftCell="A36" workbookViewId="0">
@@ -5158,1577 +5155,1577 @@
       </c>
       <c r="D3" s="155" t="s">
         <v>10</v>
       </c>
       <c r="E3" s="156" t="s">
         <v>17</v>
       </c>
       <c r="F3" s="157" t="s">
         <v>13</v>
       </c>
       <c r="G3" s="156" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="156" t="s">
         <v>12</v>
       </c>
       <c r="I3" s="156" t="s">
         <v>18</v>
       </c>
       <c r="J3" s="158" t="s">
         <v>14</v>
       </c>
       <c r="K3" s="159"/>
     </row>
     <row r="4" spans="1:12" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="219" t="s">
+      <c r="A4" s="218" t="s">
         <v>276</v>
       </c>
       <c r="B4" s="89">
         <v>1881</v>
       </c>
       <c r="C4" s="104" t="s">
         <v>82</v>
       </c>
       <c r="D4" s="120" t="s">
         <v>79</v>
       </c>
       <c r="E4" s="75" t="s">
         <v>71</v>
       </c>
       <c r="F4" s="76" t="s">
         <v>77</v>
       </c>
       <c r="G4" s="50" t="s">
         <v>44</v>
       </c>
       <c r="H4" s="50" t="s">
         <v>80</v>
       </c>
       <c r="I4" s="50" t="s">
         <v>53</v>
       </c>
       <c r="J4" s="75" t="s">
         <v>81</v>
       </c>
       <c r="K4" s="7"/>
     </row>
     <row r="5" spans="1:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="222"/>
+      <c r="A5" s="221"/>
       <c r="B5" s="66">
         <v>1882</v>
       </c>
       <c r="C5" s="105"/>
       <c r="D5" s="25" t="s">
         <v>33</v>
       </c>
       <c r="E5" s="36" t="s">
         <v>72</v>
       </c>
       <c r="F5" s="30" t="s">
         <v>78</v>
       </c>
       <c r="G5" s="24" t="s">
         <v>44</v>
       </c>
       <c r="H5" s="25" t="s">
         <v>50</v>
       </c>
       <c r="I5" s="28" t="s">
         <v>54</v>
       </c>
       <c r="J5" s="36" t="s">
         <v>76</v>
       </c>
       <c r="K5" s="8"/>
       <c r="L5" s="1"/>
     </row>
     <row r="6" spans="1:12" ht="10.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="222"/>
+      <c r="A6" s="221"/>
       <c r="B6" s="66">
         <v>1883</v>
       </c>
       <c r="C6" s="105"/>
       <c r="D6" s="25" t="s">
         <v>33</v>
       </c>
       <c r="E6" s="36" t="s">
         <v>72</v>
       </c>
       <c r="F6" s="30" t="s">
         <v>78</v>
       </c>
       <c r="G6" s="28" t="s">
         <v>44</v>
       </c>
       <c r="H6" s="25" t="s">
         <v>50</v>
       </c>
       <c r="I6" s="28" t="s">
         <v>54</v>
       </c>
       <c r="J6" s="36" t="s">
         <v>76</v>
       </c>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
     </row>
     <row r="7" spans="1:12" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="222"/>
+      <c r="A7" s="221"/>
       <c r="B7" s="66">
         <v>1884</v>
       </c>
       <c r="C7" s="105"/>
       <c r="D7" s="25" t="s">
         <v>33</v>
       </c>
       <c r="E7" s="36" t="s">
         <v>72</v>
       </c>
       <c r="F7" s="30" t="s">
         <v>78</v>
       </c>
       <c r="G7" s="28" t="s">
         <v>44</v>
       </c>
       <c r="H7" s="25" t="s">
         <v>50</v>
       </c>
       <c r="I7" s="28" t="s">
         <v>54</v>
       </c>
       <c r="J7" s="36" t="s">
         <v>76</v>
       </c>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
     </row>
     <row r="8" spans="1:12" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="222"/>
+      <c r="A8" s="221"/>
       <c r="B8" s="66">
         <v>1885</v>
       </c>
       <c r="C8" s="105"/>
       <c r="D8" s="25" t="s">
         <v>33</v>
       </c>
       <c r="E8" s="36" t="s">
         <v>72</v>
       </c>
       <c r="F8" s="30" t="s">
         <v>78</v>
       </c>
       <c r="G8" s="28" t="s">
         <v>44</v>
       </c>
       <c r="H8" s="25" t="s">
         <v>50</v>
       </c>
       <c r="I8" s="28" t="s">
         <v>54</v>
       </c>
       <c r="J8" s="36" t="s">
         <v>76</v>
       </c>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
     </row>
     <row r="9" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A9" s="222"/>
+      <c r="A9" s="221"/>
       <c r="B9" s="85">
         <v>1883</v>
       </c>
       <c r="C9" s="106"/>
       <c r="D9" s="25" t="s">
         <v>33</v>
       </c>
       <c r="E9" s="36" t="s">
         <v>72</v>
       </c>
       <c r="F9" s="30" t="s">
         <v>78</v>
       </c>
       <c r="G9" s="28" t="s">
         <v>44</v>
       </c>
       <c r="H9" s="26" t="s">
         <v>50</v>
       </c>
       <c r="I9" s="25" t="s">
         <v>54</v>
       </c>
       <c r="J9" s="36" t="s">
         <v>76</v>
       </c>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
     </row>
     <row r="10" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A10" s="222"/>
+      <c r="A10" s="221"/>
       <c r="B10" s="66">
         <v>1884</v>
       </c>
       <c r="C10" s="106"/>
       <c r="D10" s="25" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="36" t="s">
         <v>72</v>
       </c>
       <c r="F10" s="30" t="s">
         <v>78</v>
       </c>
       <c r="G10" s="24" t="s">
         <v>44</v>
       </c>
       <c r="H10" s="25" t="s">
         <v>50</v>
       </c>
       <c r="I10" s="28" t="s">
         <v>54</v>
       </c>
       <c r="J10" s="36" t="s">
         <v>76</v>
       </c>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
     </row>
     <row r="11" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A11" s="222"/>
+      <c r="A11" s="221"/>
       <c r="B11" s="66">
         <v>1885</v>
       </c>
       <c r="C11" s="106"/>
       <c r="D11" s="25" t="s">
         <v>33</v>
       </c>
       <c r="E11" s="36" t="s">
         <v>72</v>
       </c>
       <c r="F11" s="30" t="s">
         <v>78</v>
       </c>
       <c r="G11" s="28" t="s">
         <v>44</v>
       </c>
       <c r="H11" s="26" t="s">
         <v>50</v>
       </c>
       <c r="I11" s="28" t="s">
         <v>54</v>
       </c>
       <c r="J11" s="36" t="s">
         <v>76</v>
       </c>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
     </row>
     <row r="12" spans="1:12" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="222"/>
-      <c r="B12" s="233">
+      <c r="A12" s="221"/>
+      <c r="B12" s="232">
         <v>1886</v>
       </c>
-      <c r="C12" s="244" t="s">
+      <c r="C12" s="243" t="s">
         <v>53</v>
       </c>
       <c r="D12" s="29" t="s">
         <v>33</v>
       </c>
-      <c r="E12" s="254" t="s">
+      <c r="E12" s="253" t="s">
         <v>72</v>
       </c>
-      <c r="F12" s="254" t="s">
+      <c r="F12" s="253" t="s">
         <v>78</v>
       </c>
-      <c r="G12" s="252" t="s">
+      <c r="G12" s="251" t="s">
         <v>44</v>
       </c>
-      <c r="H12" s="254" t="s">
+      <c r="H12" s="253" t="s">
         <v>50</v>
       </c>
       <c r="I12" s="69" t="s">
         <v>54</v>
       </c>
-      <c r="J12" s="254" t="s">
+      <c r="J12" s="253" t="s">
         <v>76</v>
       </c>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
     </row>
     <row r="13" spans="1:12" ht="23.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A13" s="223"/>
-[...1 lines deleted...]
-      <c r="C13" s="249"/>
+      <c r="A13" s="222"/>
+      <c r="B13" s="247"/>
+      <c r="C13" s="248"/>
       <c r="D13" s="91" t="s">
         <v>147</v>
       </c>
-      <c r="E13" s="255"/>
-[...2 lines deleted...]
-      <c r="H13" s="255"/>
+      <c r="E13" s="254"/>
+      <c r="F13" s="254"/>
+      <c r="G13" s="252"/>
+      <c r="H13" s="254"/>
       <c r="I13" s="115" t="s">
         <v>33</v>
       </c>
-      <c r="J13" s="255"/>
+      <c r="J13" s="254"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
     </row>
     <row r="14" spans="1:12" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A14" s="222" t="s">
+      <c r="A14" s="221" t="s">
         <v>58</v>
       </c>
       <c r="B14" s="66">
         <v>1887</v>
       </c>
       <c r="C14" s="107"/>
       <c r="D14" s="70" t="s">
         <v>65</v>
       </c>
       <c r="E14" s="35" t="s">
         <v>72</v>
       </c>
       <c r="F14" s="30" t="s">
         <v>78</v>
       </c>
       <c r="G14" s="24" t="s">
         <v>44</v>
       </c>
       <c r="H14" s="28" t="s">
         <v>50</v>
       </c>
       <c r="I14" s="50" t="s">
         <v>33</v>
       </c>
       <c r="J14" s="35" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="15" spans="1:12" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="222"/>
+      <c r="A15" s="221"/>
       <c r="B15" s="66">
         <v>1888</v>
       </c>
       <c r="C15" s="108"/>
       <c r="D15" s="48" t="s">
         <v>65</v>
       </c>
       <c r="E15" s="36" t="s">
         <v>72</v>
       </c>
       <c r="F15" s="30" t="s">
         <v>78</v>
       </c>
       <c r="G15" s="28" t="s">
         <v>44</v>
       </c>
       <c r="H15" s="26" t="s">
         <v>50</v>
       </c>
       <c r="I15" s="25" t="s">
         <v>33</v>
       </c>
       <c r="J15" s="36" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="16" spans="1:12" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="222"/>
+      <c r="A16" s="221"/>
       <c r="B16" s="66">
         <v>1889</v>
       </c>
       <c r="C16" s="106"/>
       <c r="D16" s="48" t="s">
         <v>65</v>
       </c>
       <c r="E16" s="36" t="s">
         <v>72</v>
       </c>
       <c r="F16" s="30" t="s">
         <v>78</v>
       </c>
       <c r="G16" s="24" t="s">
         <v>44</v>
       </c>
       <c r="H16" s="25" t="s">
         <v>50</v>
       </c>
       <c r="I16" s="25" t="s">
         <v>33</v>
       </c>
       <c r="J16" s="36" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="17" spans="1:12" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A17" s="222"/>
+      <c r="A17" s="221"/>
       <c r="B17" s="66">
         <v>1890</v>
       </c>
       <c r="C17" s="106"/>
       <c r="D17" s="48" t="s">
         <v>65</v>
       </c>
       <c r="E17" s="36" t="s">
         <v>72</v>
       </c>
       <c r="F17" s="30" t="s">
         <v>78</v>
       </c>
       <c r="G17" s="28" t="s">
         <v>44</v>
       </c>
       <c r="H17" s="26" t="s">
         <v>50</v>
       </c>
       <c r="I17" s="25" t="s">
         <v>33</v>
       </c>
       <c r="J17" s="36" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="18" spans="1:12" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A18" s="222"/>
+      <c r="A18" s="221"/>
       <c r="B18" s="83">
         <v>1891</v>
       </c>
       <c r="C18" s="67"/>
       <c r="D18" s="68" t="s">
         <v>65</v>
       </c>
       <c r="E18" s="46" t="s">
         <v>72</v>
       </c>
       <c r="F18" s="59" t="s">
         <v>78</v>
       </c>
       <c r="G18" s="121" t="s">
         <v>44</v>
       </c>
       <c r="H18" s="29" t="s">
         <v>50</v>
       </c>
       <c r="I18" s="29" t="s">
         <v>33</v>
       </c>
       <c r="J18" s="46" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="19" spans="1:12" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="219" t="s">
+      <c r="A19" s="218" t="s">
         <v>64</v>
       </c>
-      <c r="B19" s="262">
+      <c r="B19" s="261">
         <v>1892</v>
       </c>
-      <c r="C19" s="263" t="s">
+      <c r="C19" s="262" t="s">
         <v>83</v>
       </c>
-      <c r="D19" s="264" t="s">
+      <c r="D19" s="263" t="s">
         <v>65</v>
       </c>
-      <c r="E19" s="256" t="s">
+      <c r="E19" s="255" t="s">
         <v>72</v>
       </c>
-      <c r="F19" s="256" t="s">
+      <c r="F19" s="255" t="s">
         <v>78</v>
       </c>
       <c r="G19" s="122" t="s">
         <v>44</v>
       </c>
-      <c r="H19" s="256" t="s">
+      <c r="H19" s="255" t="s">
         <v>50</v>
       </c>
-      <c r="I19" s="256" t="s">
+      <c r="I19" s="255" t="s">
         <v>33</v>
       </c>
-      <c r="J19" s="256" t="s">
+      <c r="J19" s="255" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="20" spans="1:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="222"/>
-[...4 lines deleted...]
-      <c r="F20" s="257"/>
+      <c r="A20" s="221"/>
+      <c r="B20" s="233"/>
+      <c r="C20" s="244"/>
+      <c r="D20" s="264"/>
+      <c r="E20" s="256"/>
+      <c r="F20" s="256"/>
       <c r="G20" s="45" t="s">
         <v>84</v>
       </c>
-      <c r="H20" s="257"/>
-[...1 lines deleted...]
-      <c r="J20" s="257"/>
+      <c r="H20" s="256"/>
+      <c r="I20" s="256"/>
+      <c r="J20" s="256"/>
       <c r="K20" s="1"/>
     </row>
     <row r="21" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A21" s="222"/>
+      <c r="A21" s="221"/>
       <c r="B21" s="66">
         <v>1893</v>
       </c>
       <c r="C21" s="105"/>
       <c r="D21" s="48" t="s">
         <v>65</v>
       </c>
       <c r="E21" s="36" t="s">
         <v>72</v>
       </c>
       <c r="F21" s="30" t="s">
         <v>78</v>
       </c>
       <c r="G21" s="45" t="s">
         <v>73</v>
       </c>
       <c r="H21" s="25" t="s">
         <v>50</v>
       </c>
       <c r="I21" s="26" t="s">
         <v>33</v>
       </c>
       <c r="J21" s="36" t="s">
         <v>76</v>
       </c>
       <c r="K21" s="1"/>
     </row>
     <row r="22" spans="1:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="222"/>
-      <c r="B22" s="233">
+      <c r="A22" s="221"/>
+      <c r="B22" s="232">
         <v>1894</v>
       </c>
-      <c r="C22" s="244" t="s">
+      <c r="C22" s="243" t="s">
         <v>84</v>
       </c>
-      <c r="D22" s="250" t="s">
+      <c r="D22" s="249" t="s">
         <v>65</v>
       </c>
-      <c r="E22" s="254" t="s">
+      <c r="E22" s="253" t="s">
         <v>72</v>
       </c>
-      <c r="F22" s="252" t="s">
+      <c r="F22" s="251" t="s">
         <v>78</v>
       </c>
       <c r="G22" s="92" t="s">
         <v>73</v>
       </c>
       <c r="H22" s="94" t="s">
         <v>50</v>
       </c>
-      <c r="I22" s="276" t="s">
+      <c r="I22" s="275" t="s">
         <v>33</v>
       </c>
-      <c r="J22" s="254" t="s">
+      <c r="J22" s="253" t="s">
         <v>76</v>
       </c>
       <c r="K22" s="1"/>
     </row>
     <row r="23" spans="1:12" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A23" s="222"/>
-[...4 lines deleted...]
-      <c r="F23" s="266"/>
+      <c r="A23" s="221"/>
+      <c r="B23" s="233"/>
+      <c r="C23" s="244"/>
+      <c r="D23" s="264"/>
+      <c r="E23" s="256"/>
+      <c r="F23" s="265"/>
       <c r="G23" s="93" t="s">
         <v>50</v>
       </c>
       <c r="H23" s="95" t="s">
         <v>74</v>
       </c>
-      <c r="I23" s="277"/>
-      <c r="J23" s="257"/>
+      <c r="I23" s="276"/>
+      <c r="J23" s="256"/>
       <c r="K23" s="1"/>
     </row>
     <row r="24" spans="1:12" ht="13" x14ac:dyDescent="0.25">
-      <c r="A24" s="222"/>
+      <c r="A24" s="221"/>
       <c r="B24" s="66">
         <v>1895</v>
       </c>
       <c r="C24" s="105"/>
       <c r="D24" s="123" t="s">
         <v>65</v>
       </c>
       <c r="E24" s="36" t="s">
         <v>72</v>
       </c>
       <c r="F24" s="30" t="s">
         <v>78</v>
       </c>
       <c r="G24" s="28" t="s">
         <v>50</v>
       </c>
       <c r="H24" s="44" t="s">
         <v>74</v>
       </c>
       <c r="I24" s="25" t="s">
         <v>33</v>
       </c>
       <c r="J24" s="36" t="s">
         <v>76</v>
       </c>
       <c r="K24" s="4"/>
       <c r="L24" s="2"/>
     </row>
     <row r="25" spans="1:12" ht="13" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A25" s="223"/>
+      <c r="A25" s="222"/>
       <c r="B25" s="77">
         <v>1896</v>
       </c>
       <c r="C25" s="109"/>
       <c r="D25" s="49" t="s">
         <v>65</v>
       </c>
       <c r="E25" s="71" t="s">
         <v>72</v>
       </c>
       <c r="F25" s="72" t="s">
         <v>78</v>
       </c>
       <c r="G25" s="73" t="s">
         <v>50</v>
       </c>
       <c r="H25" s="74" t="s">
         <v>74</v>
       </c>
       <c r="I25" s="34" t="s">
         <v>33</v>
       </c>
       <c r="J25" s="124" t="s">
         <v>76</v>
       </c>
       <c r="K25" s="4"/>
     </row>
     <row r="26" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A26" s="272" t="s">
+      <c r="A26" s="271" t="s">
         <v>59</v>
       </c>
       <c r="B26" s="89">
         <v>1897</v>
       </c>
       <c r="C26" s="104"/>
       <c r="D26" s="78" t="s">
         <v>65</v>
       </c>
       <c r="E26" s="125" t="s">
         <v>72</v>
       </c>
       <c r="F26" s="76" t="s">
         <v>78</v>
       </c>
       <c r="G26" s="50" t="s">
         <v>50</v>
       </c>
       <c r="H26" s="79" t="s">
         <v>74</v>
       </c>
       <c r="I26" s="50" t="s">
         <v>33</v>
       </c>
       <c r="J26" s="75" t="s">
         <v>76</v>
       </c>
       <c r="L26" s="4"/>
     </row>
     <row r="27" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A27" s="229"/>
+      <c r="A27" s="228"/>
       <c r="B27" s="66">
         <v>1898</v>
       </c>
       <c r="C27" s="110"/>
       <c r="D27" s="48" t="s">
         <v>65</v>
       </c>
       <c r="E27" s="36" t="s">
         <v>72</v>
       </c>
       <c r="F27" s="30" t="s">
         <v>78</v>
       </c>
       <c r="G27" s="24" t="s">
         <v>50</v>
       </c>
       <c r="H27" s="44" t="s">
         <v>74</v>
       </c>
       <c r="I27" s="25" t="s">
         <v>33</v>
       </c>
       <c r="J27" s="36" t="s">
         <v>76</v>
       </c>
       <c r="L27" s="4"/>
     </row>
     <row r="28" spans="1:12" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A28" s="229"/>
+      <c r="A28" s="228"/>
       <c r="B28" s="66">
         <v>1899</v>
       </c>
       <c r="C28" s="105"/>
       <c r="D28" s="48" t="s">
         <v>65</v>
       </c>
       <c r="E28" s="36" t="s">
         <v>72</v>
       </c>
       <c r="F28" s="30" t="s">
         <v>78</v>
       </c>
       <c r="G28" s="28" t="s">
         <v>50</v>
       </c>
       <c r="H28" s="44" t="s">
         <v>74</v>
       </c>
       <c r="I28" s="26" t="s">
         <v>33</v>
       </c>
       <c r="J28" s="36" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="29" spans="1:12" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A29" s="229"/>
-      <c r="B29" s="233">
+      <c r="A29" s="228"/>
+      <c r="B29" s="232">
         <v>1900</v>
       </c>
-      <c r="C29" s="244" t="s">
+      <c r="C29" s="243" t="s">
         <v>79</v>
       </c>
-      <c r="D29" s="250" t="s">
+      <c r="D29" s="249" t="s">
         <v>65</v>
       </c>
-      <c r="E29" s="254" t="s">
+      <c r="E29" s="253" t="s">
         <v>72</v>
       </c>
-      <c r="F29" s="252" t="s">
+      <c r="F29" s="251" t="s">
         <v>78</v>
       </c>
-      <c r="G29" s="254" t="s">
+      <c r="G29" s="253" t="s">
         <v>50</v>
       </c>
-      <c r="H29" s="239" t="s">
+      <c r="H29" s="238" t="s">
         <v>74</v>
       </c>
       <c r="I29" s="96" t="s">
         <v>33</v>
       </c>
-      <c r="J29" s="254" t="s">
+      <c r="J29" s="253" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="30" spans="1:12" ht="12" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A30" s="229"/>
-[...6 lines deleted...]
-      <c r="H30" s="267"/>
+      <c r="A30" s="228"/>
+      <c r="B30" s="233"/>
+      <c r="C30" s="244"/>
+      <c r="D30" s="264"/>
+      <c r="E30" s="256"/>
+      <c r="F30" s="265"/>
+      <c r="G30" s="256"/>
+      <c r="H30" s="266"/>
       <c r="I30" s="84" t="s">
         <v>21</v>
       </c>
-      <c r="J30" s="257"/>
+      <c r="J30" s="256"/>
     </row>
     <row r="31" spans="1:12" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A31" s="232"/>
+      <c r="A31" s="231"/>
       <c r="B31" s="77">
         <v>1901</v>
       </c>
       <c r="C31" s="109"/>
       <c r="D31" s="49" t="s">
         <v>65</v>
       </c>
       <c r="E31" s="124" t="s">
         <v>72</v>
       </c>
       <c r="F31" s="72" t="s">
         <v>78</v>
       </c>
       <c r="G31" s="73" t="s">
         <v>50</v>
       </c>
       <c r="H31" s="82" t="s">
         <v>74</v>
       </c>
       <c r="I31" s="81" t="s">
         <v>21</v>
       </c>
       <c r="J31" s="71" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="32" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A32" s="272" t="s">
+      <c r="A32" s="271" t="s">
         <v>60</v>
       </c>
       <c r="B32" s="89">
         <v>1902</v>
       </c>
       <c r="C32" s="104"/>
       <c r="D32" s="78" t="s">
         <v>65</v>
       </c>
       <c r="E32" s="75" t="s">
         <v>72</v>
       </c>
       <c r="F32" s="76" t="s">
         <v>78</v>
       </c>
       <c r="G32" s="50" t="s">
         <v>50</v>
       </c>
       <c r="H32" s="79" t="s">
         <v>74</v>
       </c>
       <c r="I32" s="79" t="s">
         <v>21</v>
       </c>
       <c r="J32" s="125" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="33" spans="1:10" ht="13" x14ac:dyDescent="0.25">
-      <c r="A33" s="229"/>
+      <c r="A33" s="228"/>
       <c r="B33" s="66">
         <v>1903</v>
       </c>
       <c r="C33" s="105"/>
       <c r="D33" s="123" t="s">
         <v>65</v>
       </c>
       <c r="E33" s="36" t="s">
         <v>72</v>
       </c>
       <c r="F33" s="30" t="s">
         <v>78</v>
       </c>
       <c r="G33" s="28" t="s">
         <v>50</v>
       </c>
       <c r="H33" s="44" t="s">
         <v>74</v>
       </c>
       <c r="I33" s="44" t="s">
         <v>21</v>
       </c>
       <c r="J33" s="36" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="34" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A34" s="229"/>
+      <c r="A34" s="228"/>
       <c r="B34" s="66">
         <v>1904</v>
       </c>
       <c r="C34" s="105"/>
       <c r="D34" s="48" t="s">
         <v>65</v>
       </c>
       <c r="E34" s="36" t="s">
         <v>72</v>
       </c>
       <c r="F34" s="30" t="s">
         <v>78</v>
       </c>
       <c r="G34" s="28" t="s">
         <v>50</v>
       </c>
       <c r="H34" s="126" t="s">
         <v>74</v>
       </c>
       <c r="I34" s="44" t="s">
         <v>21</v>
       </c>
       <c r="J34" s="36" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="35" spans="1:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A35" s="229"/>
+      <c r="A35" s="228"/>
       <c r="B35" s="66">
         <v>1905</v>
       </c>
       <c r="C35" s="105"/>
       <c r="D35" s="48" t="s">
         <v>65</v>
       </c>
       <c r="E35" s="36" t="s">
         <v>72</v>
       </c>
       <c r="F35" s="30" t="s">
         <v>78</v>
       </c>
       <c r="G35" s="24" t="s">
         <v>50</v>
       </c>
       <c r="H35" s="44" t="s">
         <v>74</v>
       </c>
       <c r="I35" s="44" t="s">
         <v>21</v>
       </c>
       <c r="J35" s="36" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="36" spans="1:10" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A36" s="229"/>
-      <c r="B36" s="233">
+      <c r="A36" s="228"/>
+      <c r="B36" s="232">
         <v>1906</v>
       </c>
-      <c r="C36" s="244" t="s">
+      <c r="C36" s="243" t="s">
         <v>77</v>
       </c>
-      <c r="D36" s="250" t="s">
+      <c r="D36" s="249" t="s">
         <v>65</v>
       </c>
-      <c r="E36" s="252" t="s">
+      <c r="E36" s="251" t="s">
         <v>158</v>
       </c>
       <c r="F36" s="127" t="s">
         <v>78</v>
       </c>
-      <c r="G36" s="254" t="s">
+      <c r="G36" s="253" t="s">
         <v>50</v>
       </c>
-      <c r="H36" s="239" t="s">
+      <c r="H36" s="238" t="s">
         <v>74</v>
       </c>
-      <c r="I36" s="239" t="s">
+      <c r="I36" s="238" t="s">
         <v>75</v>
       </c>
-      <c r="J36" s="254" t="s">
+      <c r="J36" s="253" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="37" spans="1:10" ht="13" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A37" s="232"/>
-[...3 lines deleted...]
-      <c r="E37" s="253"/>
+      <c r="A37" s="231"/>
+      <c r="B37" s="247"/>
+      <c r="C37" s="248"/>
+      <c r="D37" s="250"/>
+      <c r="E37" s="252"/>
       <c r="F37" s="97" t="s">
         <v>131</v>
       </c>
-      <c r="G37" s="255"/>
-[...2 lines deleted...]
-      <c r="J37" s="255"/>
+      <c r="G37" s="254"/>
+      <c r="H37" s="267"/>
+      <c r="I37" s="267"/>
+      <c r="J37" s="254"/>
     </row>
     <row r="38" spans="1:10" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A38" s="241" t="s">
+      <c r="A38" s="240" t="s">
         <v>159</v>
       </c>
-      <c r="B38" s="242"/>
-[...3 lines deleted...]
-      <c r="F38" s="242"/>
+      <c r="B38" s="241"/>
+      <c r="C38" s="241"/>
+      <c r="D38" s="241"/>
+      <c r="E38" s="241"/>
+      <c r="F38" s="241"/>
       <c r="G38" s="43"/>
       <c r="H38" s="118"/>
       <c r="I38" s="119"/>
       <c r="J38" s="118"/>
     </row>
     <row r="39" spans="1:10" s="152" customFormat="1" ht="46.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A39" s="63"/>
       <c r="B39" s="156"/>
       <c r="C39" s="154"/>
       <c r="D39" s="160" t="s">
         <v>66</v>
       </c>
       <c r="E39" s="156" t="s">
         <v>67</v>
       </c>
       <c r="F39" s="157" t="s">
         <v>68</v>
       </c>
       <c r="G39" s="156" t="s">
         <v>7</v>
       </c>
       <c r="H39" s="156" t="s">
         <v>12</v>
       </c>
       <c r="I39" s="156" t="s">
         <v>69</v>
       </c>
       <c r="J39" s="158" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="40" spans="1:10" ht="23" x14ac:dyDescent="0.25">
-      <c r="A40" s="275" t="s">
+      <c r="A40" s="274" t="s">
         <v>61</v>
       </c>
       <c r="B40" s="66">
         <v>1907</v>
       </c>
       <c r="C40" s="80"/>
       <c r="D40" s="64" t="s">
         <v>65</v>
       </c>
       <c r="E40" s="45" t="s">
         <v>129</v>
       </c>
       <c r="F40" s="21" t="s">
         <v>131</v>
       </c>
       <c r="G40" s="120" t="s">
         <v>140</v>
       </c>
       <c r="H40" s="45" t="s">
         <v>141</v>
       </c>
       <c r="I40" s="45" t="s">
         <v>148</v>
       </c>
       <c r="J40" s="35" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="41" spans="1:10" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A41" s="275"/>
-      <c r="B41" s="233">
+      <c r="A41" s="274"/>
+      <c r="B41" s="232">
         <v>1908</v>
       </c>
-      <c r="C41" s="244" t="s">
+      <c r="C41" s="243" t="s">
         <v>148</v>
       </c>
-      <c r="D41" s="246" t="s">
+      <c r="D41" s="245" t="s">
         <v>65</v>
       </c>
-      <c r="E41" s="239" t="s">
+      <c r="E41" s="238" t="s">
         <v>129</v>
       </c>
-      <c r="F41" s="235" t="s">
+      <c r="F41" s="234" t="s">
         <v>131</v>
       </c>
-      <c r="G41" s="237" t="s">
+      <c r="G41" s="236" t="s">
         <v>50</v>
       </c>
-      <c r="H41" s="239" t="s">
+      <c r="H41" s="238" t="s">
         <v>74</v>
       </c>
       <c r="I41" s="92" t="s">
         <v>148</v>
       </c>
-      <c r="J41" s="254" t="s">
+      <c r="J41" s="253" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="42" spans="1:10" ht="21" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A42" s="275"/>
-[...6 lines deleted...]
-      <c r="H42" s="240"/>
+      <c r="A42" s="274"/>
+      <c r="B42" s="242"/>
+      <c r="C42" s="244"/>
+      <c r="D42" s="246"/>
+      <c r="E42" s="239"/>
+      <c r="F42" s="235"/>
+      <c r="G42" s="237"/>
+      <c r="H42" s="239"/>
       <c r="I42" s="95" t="s">
         <v>149</v>
       </c>
-      <c r="J42" s="257"/>
+      <c r="J42" s="256"/>
     </row>
     <row r="43" spans="1:10" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A43" s="275"/>
-      <c r="B43" s="243">
+      <c r="A43" s="274"/>
+      <c r="B43" s="242">
         <v>1909</v>
       </c>
-      <c r="C43" s="244" t="s">
+      <c r="C43" s="243" t="s">
         <v>131</v>
       </c>
-      <c r="D43" s="258" t="s">
+      <c r="D43" s="257" t="s">
         <v>65</v>
       </c>
-      <c r="E43" s="260" t="s">
+      <c r="E43" s="259" t="s">
         <v>129</v>
       </c>
       <c r="F43" s="98" t="s">
         <v>131</v>
       </c>
-      <c r="G43" s="237" t="s">
+      <c r="G43" s="236" t="s">
         <v>50</v>
       </c>
-      <c r="H43" s="239" t="s">
+      <c r="H43" s="238" t="s">
         <v>74</v>
       </c>
-      <c r="I43" s="239" t="s">
+      <c r="I43" s="238" t="s">
         <v>134</v>
       </c>
-      <c r="J43" s="254" t="s">
+      <c r="J43" s="253" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="44" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A44" s="275"/>
-[...3 lines deleted...]
-      <c r="E44" s="261"/>
+      <c r="A44" s="274"/>
+      <c r="B44" s="233"/>
+      <c r="C44" s="244"/>
+      <c r="D44" s="258"/>
+      <c r="E44" s="260"/>
       <c r="F44" s="45" t="s">
         <v>150</v>
       </c>
-      <c r="G44" s="238"/>
-[...2 lines deleted...]
-      <c r="J44" s="257"/>
+      <c r="G44" s="237"/>
+      <c r="H44" s="239"/>
+      <c r="I44" s="239"/>
+      <c r="J44" s="256"/>
     </row>
     <row r="45" spans="1:10" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A45" s="275"/>
+      <c r="A45" s="274"/>
       <c r="B45" s="85">
         <v>1910</v>
       </c>
       <c r="C45" s="111"/>
       <c r="D45" s="64" t="s">
         <v>65</v>
       </c>
       <c r="E45" s="45" t="s">
         <v>129</v>
       </c>
       <c r="F45" s="65" t="s">
         <v>138</v>
       </c>
       <c r="G45" s="25" t="s">
         <v>50</v>
       </c>
       <c r="H45" s="45" t="s">
         <v>74</v>
       </c>
       <c r="I45" s="44" t="s">
         <v>134</v>
       </c>
       <c r="J45" s="26" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="46" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A46" s="275"/>
-      <c r="B46" s="233">
+      <c r="A46" s="274"/>
+      <c r="B46" s="232">
         <v>1911</v>
       </c>
-      <c r="C46" s="269" t="s">
+      <c r="C46" s="268" t="s">
         <v>140</v>
       </c>
-      <c r="D46" s="258" t="s">
+      <c r="D46" s="257" t="s">
         <v>65</v>
       </c>
-      <c r="E46" s="239" t="s">
+      <c r="E46" s="238" t="s">
         <v>129</v>
       </c>
-      <c r="F46" s="239" t="s">
+      <c r="F46" s="238" t="s">
         <v>138</v>
       </c>
       <c r="G46" s="96" t="s">
         <v>50</v>
       </c>
-      <c r="H46" s="278" t="s">
+      <c r="H46" s="277" t="s">
         <v>74</v>
       </c>
-      <c r="I46" s="239" t="s">
+      <c r="I46" s="238" t="s">
         <v>134</v>
       </c>
-      <c r="J46" s="254" t="s">
+      <c r="J46" s="253" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="47" spans="1:10" ht="10.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A47" s="275"/>
-[...4 lines deleted...]
-      <c r="F47" s="240"/>
+      <c r="A47" s="274"/>
+      <c r="B47" s="233"/>
+      <c r="C47" s="269"/>
+      <c r="D47" s="258"/>
+      <c r="E47" s="239"/>
+      <c r="F47" s="239"/>
       <c r="G47" s="70" t="s">
         <v>130</v>
       </c>
-      <c r="H47" s="279"/>
-[...1 lines deleted...]
-      <c r="J47" s="257"/>
+      <c r="H47" s="278"/>
+      <c r="I47" s="239"/>
+      <c r="J47" s="256"/>
     </row>
     <row r="48" spans="1:10" ht="23" x14ac:dyDescent="0.25">
-      <c r="A48" s="273" t="s">
+      <c r="A48" s="272" t="s">
         <v>62</v>
       </c>
       <c r="B48" s="85">
         <v>1912</v>
       </c>
       <c r="C48" s="111" t="s">
         <v>129</v>
       </c>
       <c r="D48" s="64" t="s">
         <v>65</v>
       </c>
       <c r="E48" s="45" t="s">
         <v>136</v>
       </c>
       <c r="F48" s="65" t="s">
         <v>138</v>
       </c>
       <c r="G48" s="48" t="s">
         <v>130</v>
       </c>
       <c r="H48" s="45" t="s">
         <v>74</v>
       </c>
       <c r="I48" s="126" t="s">
         <v>134</v>
       </c>
       <c r="J48" s="28" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="49" spans="1:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A49" s="274"/>
+      <c r="A49" s="273"/>
       <c r="B49" s="85">
         <v>1913</v>
       </c>
       <c r="C49" s="112"/>
       <c r="D49" s="64" t="s">
         <v>65</v>
       </c>
       <c r="E49" s="48" t="s">
         <v>134</v>
       </c>
       <c r="F49" s="128" t="s">
         <v>138</v>
       </c>
       <c r="G49" s="48" t="s">
         <v>130</v>
       </c>
       <c r="H49" s="45" t="s">
         <v>74</v>
       </c>
       <c r="I49" s="44" t="s">
         <v>135</v>
       </c>
       <c r="J49" s="28" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="50" spans="1:10" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A50" s="274"/>
-      <c r="B50" s="233">
+      <c r="A50" s="273"/>
+      <c r="B50" s="232">
         <v>1914</v>
       </c>
-      <c r="C50" s="269" t="s">
+      <c r="C50" s="268" t="s">
         <v>156</v>
       </c>
-      <c r="D50" s="246" t="s">
+      <c r="D50" s="245" t="s">
         <v>65</v>
       </c>
-      <c r="E50" s="250" t="s">
+      <c r="E50" s="249" t="s">
         <v>134</v>
       </c>
-      <c r="F50" s="239" t="s">
+      <c r="F50" s="238" t="s">
         <v>138</v>
       </c>
-      <c r="G50" s="250" t="s">
+      <c r="G50" s="249" t="s">
         <v>130</v>
       </c>
       <c r="H50" s="99" t="s">
         <v>74</v>
       </c>
-      <c r="I50" s="250" t="s">
+      <c r="I50" s="249" t="s">
         <v>139</v>
       </c>
       <c r="J50" s="69" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="51" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A51" s="274"/>
-[...5 lines deleted...]
-      <c r="G51" s="265"/>
+      <c r="A51" s="273"/>
+      <c r="B51" s="233"/>
+      <c r="C51" s="269"/>
+      <c r="D51" s="246"/>
+      <c r="E51" s="264"/>
+      <c r="F51" s="239"/>
+      <c r="G51" s="264"/>
       <c r="H51" s="45" t="s">
         <v>151</v>
       </c>
-      <c r="I51" s="265"/>
+      <c r="I51" s="264"/>
       <c r="J51" s="102" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="52" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A52" s="274"/>
+      <c r="A52" s="273"/>
       <c r="B52" s="85">
         <v>1915</v>
       </c>
       <c r="C52" s="113"/>
       <c r="D52" s="64" t="s">
         <v>65</v>
       </c>
       <c r="E52" s="48" t="s">
         <v>134</v>
       </c>
       <c r="F52" s="65" t="s">
         <v>138</v>
       </c>
       <c r="G52" s="123" t="s">
         <v>130</v>
       </c>
       <c r="H52" s="86" t="s">
         <v>142</v>
       </c>
       <c r="I52" s="48" t="s">
         <v>139</v>
       </c>
       <c r="J52" s="48" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="53" spans="1:10" ht="23.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A53" s="274"/>
+      <c r="A53" s="273"/>
       <c r="B53" s="85">
         <v>1916</v>
       </c>
       <c r="C53" s="111" t="s">
         <v>150</v>
       </c>
       <c r="D53" s="64" t="s">
         <v>65</v>
       </c>
       <c r="E53" s="48" t="s">
         <v>134</v>
       </c>
       <c r="F53" s="65" t="s">
         <v>160</v>
       </c>
       <c r="G53" s="48" t="s">
         <v>130</v>
       </c>
       <c r="H53" s="86" t="s">
         <v>142</v>
       </c>
       <c r="I53" s="48" t="s">
         <v>146</v>
       </c>
       <c r="J53" s="48" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="54" spans="1:10" ht="12" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A54" s="273" t="s">
+      <c r="A54" s="272" t="s">
         <v>63</v>
       </c>
       <c r="B54" s="85">
         <v>1917</v>
       </c>
       <c r="C54" s="113"/>
       <c r="D54" s="64" t="s">
         <v>65</v>
       </c>
       <c r="E54" s="48" t="s">
         <v>134</v>
       </c>
       <c r="F54" s="48" t="s">
         <v>139</v>
       </c>
       <c r="G54" s="48" t="s">
         <v>130</v>
       </c>
       <c r="H54" s="86" t="s">
         <v>142</v>
       </c>
       <c r="I54" s="48" t="s">
         <v>137</v>
       </c>
       <c r="J54" s="123" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="55" spans="1:10" ht="9.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A55" s="274"/>
+      <c r="A55" s="273"/>
       <c r="B55" s="85">
         <v>1918</v>
       </c>
       <c r="C55" s="111"/>
       <c r="D55" s="64" t="s">
         <v>65</v>
       </c>
       <c r="E55" s="48" t="s">
         <v>134</v>
       </c>
       <c r="F55" s="48" t="s">
         <v>139</v>
       </c>
       <c r="G55" s="48" t="s">
         <v>130</v>
       </c>
       <c r="H55" s="129" t="s">
         <v>142</v>
       </c>
       <c r="I55" s="48" t="s">
         <v>137</v>
       </c>
       <c r="J55" s="48" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="56" spans="1:10" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A56" s="274"/>
-      <c r="B56" s="233">
+      <c r="A56" s="273"/>
+      <c r="B56" s="232">
         <v>1919</v>
       </c>
-      <c r="C56" s="269" t="s">
+      <c r="C56" s="268" t="s">
         <v>157</v>
       </c>
-      <c r="D56" s="258" t="s">
+      <c r="D56" s="257" t="s">
         <v>65</v>
       </c>
       <c r="E56" s="103" t="s">
         <v>134</v>
       </c>
-      <c r="F56" s="250" t="s">
+      <c r="F56" s="249" t="s">
         <v>139</v>
       </c>
       <c r="G56" s="68" t="s">
         <v>130</v>
       </c>
       <c r="H56" s="100" t="s">
         <v>142</v>
       </c>
       <c r="I56" s="123" t="s">
         <v>137</v>
       </c>
-      <c r="J56" s="250" t="s">
+      <c r="J56" s="249" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="57" spans="1:10" ht="21" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A57" s="274"/>
-[...2 lines deleted...]
-      <c r="D57" s="259"/>
+      <c r="A57" s="273"/>
+      <c r="B57" s="233"/>
+      <c r="C57" s="269"/>
+      <c r="D57" s="258"/>
       <c r="E57" s="70" t="s">
         <v>154</v>
       </c>
-      <c r="F57" s="265"/>
+      <c r="F57" s="264"/>
       <c r="G57" s="102" t="s">
         <v>144</v>
       </c>
       <c r="H57" s="101" t="s">
         <v>153</v>
       </c>
       <c r="I57" s="48" t="s">
         <v>155</v>
       </c>
-      <c r="J57" s="265"/>
+      <c r="J57" s="264"/>
     </row>
     <row r="58" spans="1:10" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A58" s="274"/>
+      <c r="A58" s="273"/>
       <c r="B58" s="85">
         <v>1920</v>
       </c>
       <c r="C58" s="111"/>
       <c r="D58" s="64" t="s">
         <v>65</v>
       </c>
       <c r="E58" s="48" t="s">
         <v>137</v>
       </c>
       <c r="F58" s="123" t="s">
         <v>139</v>
       </c>
       <c r="G58" s="48" t="s">
         <v>145</v>
       </c>
       <c r="H58" s="87" t="s">
         <v>143</v>
       </c>
       <c r="I58" s="48" t="s">
         <v>132</v>
       </c>
       <c r="J58" s="48" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="59" spans="1:10" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A59" s="274"/>
+      <c r="A59" s="273"/>
       <c r="B59" s="90">
         <v>1921</v>
       </c>
       <c r="C59" s="114"/>
       <c r="D59" s="116" t="s">
         <v>65</v>
       </c>
       <c r="E59" s="49" t="s">
         <v>137</v>
       </c>
       <c r="F59" s="68" t="s">
         <v>139</v>
       </c>
       <c r="G59" s="88" t="s">
         <v>145</v>
       </c>
       <c r="H59" s="117" t="s">
         <v>143</v>
       </c>
       <c r="I59" s="68" t="s">
         <v>132</v>
       </c>
       <c r="J59" s="130" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="60" spans="1:10" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A60" s="51"/>
       <c r="D60" s="51"/>
       <c r="F60" s="51"/>
       <c r="I60" s="51"/>
     </row>
     <row r="61" spans="1:10" ht="13" x14ac:dyDescent="0.3">
       <c r="C61" s="3" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="C62" s="218" t="s">
+      <c r="C62" s="217" t="s">
         <v>2</v>
       </c>
-      <c r="D62" s="218"/>
+      <c r="D62" s="217"/>
     </row>
     <row r="63" spans="1:10" x14ac:dyDescent="0.25">
       <c r="C63" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D63" s="6"/>
     </row>
     <row r="64" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="C64" s="271" t="s">
+      <c r="C64" s="270" t="s">
         <v>5</v>
       </c>
-      <c r="D64" s="271"/>
+      <c r="D64" s="270"/>
     </row>
     <row r="65" spans="3:4" x14ac:dyDescent="0.25">
-      <c r="C65" s="217" t="s">
+      <c r="C65" s="216" t="s">
         <v>257</v>
       </c>
-      <c r="D65" s="217"/>
+      <c r="D65" s="216"/>
     </row>
   </sheetData>
   <mergeCells count="86">
     <mergeCell ref="C65:D65"/>
     <mergeCell ref="J29:J30"/>
     <mergeCell ref="J41:J42"/>
     <mergeCell ref="J56:J57"/>
     <mergeCell ref="F46:F47"/>
     <mergeCell ref="H46:H47"/>
     <mergeCell ref="I46:I47"/>
     <mergeCell ref="J46:J47"/>
     <mergeCell ref="F50:F51"/>
     <mergeCell ref="G50:G51"/>
     <mergeCell ref="J43:J44"/>
     <mergeCell ref="A54:A59"/>
     <mergeCell ref="A48:A53"/>
     <mergeCell ref="A40:A47"/>
     <mergeCell ref="I22:I23"/>
     <mergeCell ref="J22:J23"/>
     <mergeCell ref="I36:I37"/>
     <mergeCell ref="J36:J37"/>
     <mergeCell ref="I50:I51"/>
     <mergeCell ref="C56:C57"/>
     <mergeCell ref="D56:D57"/>
     <mergeCell ref="F56:F57"/>
@@ -6786,3465 +6783,3493 @@
     <mergeCell ref="F41:F42"/>
     <mergeCell ref="G41:G42"/>
     <mergeCell ref="H41:H42"/>
     <mergeCell ref="A38:F38"/>
     <mergeCell ref="B41:B42"/>
     <mergeCell ref="C41:C42"/>
     <mergeCell ref="D41:D42"/>
     <mergeCell ref="E41:E42"/>
     <mergeCell ref="B36:B37"/>
     <mergeCell ref="C36:C37"/>
     <mergeCell ref="D36:D37"/>
     <mergeCell ref="E36:E37"/>
     <mergeCell ref="G36:G37"/>
   </mergeCells>
   <phoneticPr fontId="10" type="noConversion"/>
   <pageMargins left="0.78740157499999996" right="0.78740157499999996" top="0.984251969" bottom="0.984251969" header="0.4921259845" footer="0.4921259845"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:J142"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A109" workbookViewId="0">
-      <selection activeCell="N127" sqref="N127"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="M21" sqref="M21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="2" max="2" width="7" customWidth="1"/>
     <col min="3" max="3" width="10.54296875" customWidth="1"/>
     <col min="4" max="4" width="12.7265625" customWidth="1"/>
     <col min="10" max="10" width="13.1796875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="13" x14ac:dyDescent="0.3">
       <c r="C1" s="3" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="2" spans="1:10" ht="13" x14ac:dyDescent="0.3">
       <c r="C2" s="3" t="s">
         <v>315</v>
       </c>
     </row>
     <row r="3" spans="1:10" s="152" customFormat="1" ht="46" x14ac:dyDescent="0.25">
-      <c r="A3" s="189" t="s">
+      <c r="A3" s="188" t="s">
         <v>9</v>
       </c>
-      <c r="B3" s="190" t="s">
+      <c r="B3" s="189" t="s">
         <v>0</v>
       </c>
-      <c r="C3" s="183" t="s">
+      <c r="C3" s="182" t="s">
         <v>161</v>
       </c>
-      <c r="D3" s="190" t="s">
+      <c r="D3" s="189" t="s">
         <v>229</v>
       </c>
-      <c r="E3" s="190" t="s">
+      <c r="E3" s="189" t="s">
         <v>230</v>
       </c>
-      <c r="F3" s="190" t="s">
+      <c r="F3" s="189" t="s">
         <v>231</v>
       </c>
-      <c r="G3" s="190" t="s">
+      <c r="G3" s="189" t="s">
         <v>232</v>
       </c>
-      <c r="H3" s="190" t="s">
+      <c r="H3" s="189" t="s">
         <v>233</v>
       </c>
-      <c r="I3" s="190" t="s">
+      <c r="I3" s="189" t="s">
         <v>7</v>
       </c>
-      <c r="J3" s="190" t="s">
+      <c r="J3" s="189" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="4" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A4" s="193"/>
-      <c r="B4" s="194">
+      <c r="A4" s="192"/>
+      <c r="B4" s="193">
         <v>1921</v>
       </c>
-      <c r="C4" s="195"/>
-      <c r="D4" s="184" t="s">
+      <c r="C4" s="194"/>
+      <c r="D4" s="183" t="s">
         <v>162</v>
       </c>
-      <c r="E4" s="184" t="s">
+      <c r="E4" s="183" t="s">
         <v>163</v>
       </c>
-      <c r="F4" s="184" t="s">
+      <c r="F4" s="183" t="s">
         <v>164</v>
       </c>
-      <c r="G4" s="184" t="s">
+      <c r="G4" s="183" t="s">
         <v>165</v>
       </c>
-      <c r="H4" s="184" t="s">
+      <c r="H4" s="183" t="s">
         <v>166</v>
       </c>
-      <c r="I4" s="184" t="s">
+      <c r="I4" s="183" t="s">
         <v>167</v>
       </c>
       <c r="J4" s="149" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="5" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A5" s="283" t="s">
+      <c r="A5" s="282" t="s">
         <v>258</v>
       </c>
-      <c r="B5" s="194">
+      <c r="B5" s="193">
         <v>1922</v>
       </c>
-      <c r="C5" s="195"/>
-      <c r="D5" s="184" t="s">
+      <c r="C5" s="194"/>
+      <c r="D5" s="183" t="s">
         <v>162</v>
       </c>
-      <c r="E5" s="184" t="s">
+      <c r="E5" s="183" t="s">
         <v>163</v>
       </c>
-      <c r="F5" s="184" t="s">
+      <c r="F5" s="183" t="s">
         <v>164</v>
       </c>
-      <c r="G5" s="184" t="s">
+      <c r="G5" s="183" t="s">
         <v>165</v>
       </c>
-      <c r="H5" s="184" t="s">
+      <c r="H5" s="183" t="s">
         <v>166</v>
       </c>
-      <c r="I5" s="184" t="s">
+      <c r="I5" s="183" t="s">
         <v>167</v>
       </c>
       <c r="J5" s="150" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="6" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A6" s="283"/>
-      <c r="B6" s="194">
+      <c r="A6" s="282"/>
+      <c r="B6" s="193">
         <v>1923</v>
       </c>
-      <c r="C6" s="195"/>
-      <c r="D6" s="184" t="s">
+      <c r="C6" s="194"/>
+      <c r="D6" s="183" t="s">
         <v>162</v>
       </c>
-      <c r="E6" s="184" t="s">
+      <c r="E6" s="183" t="s">
         <v>163</v>
       </c>
-      <c r="F6" s="184" t="s">
+      <c r="F6" s="183" t="s">
         <v>164</v>
       </c>
-      <c r="G6" s="184" t="s">
+      <c r="G6" s="183" t="s">
         <v>165</v>
       </c>
-      <c r="H6" s="184" t="s">
+      <c r="H6" s="183" t="s">
         <v>166</v>
       </c>
-      <c r="I6" s="186" t="s">
+      <c r="I6" s="185" t="s">
         <v>167</v>
       </c>
       <c r="J6" s="149" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="7" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A7" s="283"/>
-      <c r="B7" s="194">
+      <c r="A7" s="282"/>
+      <c r="B7" s="193">
         <v>1924</v>
       </c>
-      <c r="C7" s="195"/>
-      <c r="D7" s="184" t="s">
+      <c r="C7" s="194"/>
+      <c r="D7" s="183" t="s">
         <v>162</v>
       </c>
-      <c r="E7" s="184" t="s">
+      <c r="E7" s="183" t="s">
         <v>163</v>
       </c>
-      <c r="F7" s="184" t="s">
+      <c r="F7" s="183" t="s">
         <v>164</v>
       </c>
-      <c r="G7" s="184" t="s">
+      <c r="G7" s="183" t="s">
         <v>165</v>
       </c>
-      <c r="H7" s="186" t="s">
+      <c r="H7" s="185" t="s">
         <v>166</v>
       </c>
-      <c r="I7" s="184" t="s">
+      <c r="I7" s="183" t="s">
         <v>167</v>
       </c>
       <c r="J7" s="149" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="8" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A8" s="283"/>
-      <c r="B8" s="194">
+      <c r="A8" s="282"/>
+      <c r="B8" s="193">
         <v>1925</v>
       </c>
-      <c r="C8" s="195"/>
-      <c r="D8" s="184" t="s">
+      <c r="C8" s="194"/>
+      <c r="D8" s="183" t="s">
         <v>162</v>
       </c>
-      <c r="E8" s="186" t="s">
+      <c r="E8" s="185" t="s">
         <v>163</v>
       </c>
-      <c r="F8" s="184" t="s">
+      <c r="F8" s="183" t="s">
         <v>164</v>
       </c>
-      <c r="G8" s="184" t="s">
+      <c r="G8" s="183" t="s">
         <v>165</v>
       </c>
-      <c r="H8" s="184" t="s">
+      <c r="H8" s="183" t="s">
         <v>166</v>
       </c>
-      <c r="I8" s="184" t="s">
+      <c r="I8" s="183" t="s">
         <v>167</v>
       </c>
       <c r="J8" s="149" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="9" spans="1:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A9" s="283"/>
-      <c r="B9" s="194">
+      <c r="A9" s="282"/>
+      <c r="B9" s="193">
         <v>1926</v>
       </c>
-      <c r="C9" s="195"/>
-      <c r="D9" s="184" t="s">
+      <c r="C9" s="194"/>
+      <c r="D9" s="183" t="s">
         <v>162</v>
       </c>
-      <c r="E9" s="184" t="s">
+      <c r="E9" s="183" t="s">
         <v>163</v>
       </c>
-      <c r="F9" s="186" t="s">
+      <c r="F9" s="185" t="s">
         <v>164</v>
       </c>
-      <c r="G9" s="184" t="s">
+      <c r="G9" s="183" t="s">
         <v>165</v>
       </c>
-      <c r="H9" s="184" t="s">
+      <c r="H9" s="183" t="s">
         <v>166</v>
       </c>
-      <c r="I9" s="184" t="s">
+      <c r="I9" s="183" t="s">
         <v>167</v>
       </c>
       <c r="J9" s="149" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="10" spans="1:10" ht="38" x14ac:dyDescent="0.3">
-      <c r="A10" s="283" t="s">
+      <c r="A10" s="282" t="s">
         <v>260</v>
       </c>
-      <c r="B10" s="194">
+      <c r="B10" s="193">
         <v>1927</v>
       </c>
-      <c r="C10" s="196" t="s">
+      <c r="C10" s="195" t="s">
         <v>147</v>
       </c>
-      <c r="D10" s="184" t="s">
+      <c r="D10" s="183" t="s">
         <v>300</v>
       </c>
-      <c r="E10" s="184" t="s">
+      <c r="E10" s="183" t="s">
         <v>277</v>
       </c>
-      <c r="F10" s="184" t="s">
+      <c r="F10" s="183" t="s">
         <v>164</v>
       </c>
-      <c r="G10" s="186" t="s">
+      <c r="G10" s="185" t="s">
         <v>165</v>
       </c>
-      <c r="H10" s="197" t="s">
+      <c r="H10" s="196" t="s">
         <v>299</v>
       </c>
-      <c r="I10" s="184" t="s">
+      <c r="I10" s="183" t="s">
         <v>167</v>
       </c>
       <c r="J10" s="149" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="11" spans="1:10" ht="33.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A11" s="283"/>
-      <c r="B11" s="194">
+      <c r="A11" s="282"/>
+      <c r="B11" s="193">
         <v>1928</v>
       </c>
-      <c r="C11" s="195"/>
-      <c r="D11" s="198" t="s">
+      <c r="C11" s="194"/>
+      <c r="D11" s="197" t="s">
         <v>163</v>
       </c>
-      <c r="E11" s="184" t="s">
+      <c r="E11" s="183" t="s">
         <v>166</v>
       </c>
-      <c r="F11" s="184" t="s">
+      <c r="F11" s="183" t="s">
         <v>164</v>
       </c>
-      <c r="G11" s="184" t="s">
+      <c r="G11" s="183" t="s">
         <v>165</v>
       </c>
-      <c r="H11" s="198" t="s">
+      <c r="H11" s="197" t="s">
         <v>169</v>
       </c>
-      <c r="I11" s="184" t="s">
+      <c r="I11" s="183" t="s">
         <v>167</v>
       </c>
       <c r="J11" s="150" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="12" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A12" s="283"/>
-      <c r="B12" s="194">
+      <c r="A12" s="282"/>
+      <c r="B12" s="193">
         <v>1929</v>
       </c>
-      <c r="C12" s="195"/>
-      <c r="D12" s="198" t="s">
+      <c r="C12" s="194"/>
+      <c r="D12" s="197" t="s">
         <v>163</v>
       </c>
-      <c r="E12" s="184" t="s">
+      <c r="E12" s="183" t="s">
         <v>166</v>
       </c>
-      <c r="F12" s="184" t="s">
+      <c r="F12" s="183" t="s">
         <v>164</v>
       </c>
-      <c r="G12" s="184" t="s">
+      <c r="G12" s="183" t="s">
         <v>165</v>
       </c>
-      <c r="H12" s="198" t="s">
+      <c r="H12" s="197" t="s">
         <v>169</v>
       </c>
-      <c r="I12" s="186" t="s">
+      <c r="I12" s="185" t="s">
         <v>167</v>
       </c>
       <c r="J12" s="149" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="13" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A13" s="283"/>
-      <c r="B13" s="194">
+      <c r="A13" s="282"/>
+      <c r="B13" s="193">
         <v>1930</v>
       </c>
-      <c r="C13" s="195"/>
-      <c r="D13" s="198" t="s">
+      <c r="C13" s="194"/>
+      <c r="D13" s="197" t="s">
         <v>163</v>
       </c>
-      <c r="E13" s="186" t="s">
+      <c r="E13" s="185" t="s">
         <v>166</v>
       </c>
-      <c r="F13" s="184" t="s">
+      <c r="F13" s="183" t="s">
         <v>164</v>
       </c>
-      <c r="G13" s="184" t="s">
+      <c r="G13" s="183" t="s">
         <v>165</v>
       </c>
-      <c r="H13" s="198" t="s">
+      <c r="H13" s="197" t="s">
         <v>169</v>
       </c>
-      <c r="I13" s="184" t="s">
+      <c r="I13" s="183" t="s">
         <v>167</v>
       </c>
       <c r="J13" s="149" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="14" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A14" s="283"/>
-      <c r="B14" s="194">
+      <c r="A14" s="282"/>
+      <c r="B14" s="193">
         <v>1931</v>
       </c>
-      <c r="C14" s="195"/>
-      <c r="D14" s="198" t="s">
+      <c r="C14" s="194"/>
+      <c r="D14" s="197" t="s">
         <v>163</v>
       </c>
-      <c r="E14" s="184" t="s">
+      <c r="E14" s="183" t="s">
         <v>166</v>
       </c>
-      <c r="F14" s="184" t="s">
+      <c r="F14" s="183" t="s">
         <v>164</v>
       </c>
-      <c r="G14" s="184" t="s">
+      <c r="G14" s="183" t="s">
         <v>165</v>
       </c>
-      <c r="H14" s="199" t="s">
+      <c r="H14" s="198" t="s">
         <v>169</v>
       </c>
-      <c r="I14" s="184" t="s">
+      <c r="I14" s="183" t="s">
         <v>167</v>
       </c>
       <c r="J14" s="149" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="15" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A15" s="283" t="s">
+      <c r="A15" s="282" t="s">
         <v>261</v>
       </c>
-      <c r="B15" s="194">
+      <c r="B15" s="193">
         <v>1932</v>
       </c>
-      <c r="C15" s="195"/>
-      <c r="D15" s="199" t="s">
+      <c r="C15" s="194"/>
+      <c r="D15" s="198" t="s">
         <v>163</v>
       </c>
-      <c r="E15" s="184" t="s">
+      <c r="E15" s="183" t="s">
         <v>166</v>
       </c>
-      <c r="F15" s="184" t="s">
+      <c r="F15" s="183" t="s">
         <v>164</v>
       </c>
-      <c r="G15" s="184" t="s">
+      <c r="G15" s="183" t="s">
         <v>165</v>
       </c>
-      <c r="H15" s="200" t="s">
+      <c r="H15" s="199" t="s">
         <v>169</v>
       </c>
-      <c r="I15" s="184" t="s">
+      <c r="I15" s="183" t="s">
         <v>167</v>
       </c>
       <c r="J15" s="149" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="16" spans="1:10" ht="37.5" x14ac:dyDescent="0.25">
-      <c r="A16" s="283"/>
-      <c r="B16" s="194">
+      <c r="A16" s="282"/>
+      <c r="B16" s="193">
         <v>1933</v>
       </c>
-      <c r="C16" s="201" t="s">
+      <c r="C16" s="200" t="s">
         <v>154</v>
       </c>
-      <c r="D16" s="197" t="s">
+      <c r="D16" s="196" t="s">
         <v>278</v>
       </c>
-      <c r="E16" s="184" t="s">
+      <c r="E16" s="183" t="s">
         <v>166</v>
       </c>
-      <c r="F16" s="186" t="s">
+      <c r="F16" s="185" t="s">
         <v>164</v>
       </c>
-      <c r="G16" s="184" t="s">
+      <c r="G16" s="183" t="s">
         <v>165</v>
       </c>
-      <c r="H16" s="200" t="s">
+      <c r="H16" s="199" t="s">
         <v>169</v>
       </c>
-      <c r="I16" s="184" t="s">
+      <c r="I16" s="183" t="s">
         <v>167</v>
       </c>
       <c r="J16" s="149" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="17" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A17" s="283"/>
-      <c r="B17" s="194">
+      <c r="A17" s="282"/>
+      <c r="B17" s="193">
         <v>1934</v>
       </c>
-      <c r="C17" s="195"/>
-      <c r="D17" s="198" t="s">
+      <c r="C17" s="194"/>
+      <c r="D17" s="197" t="s">
         <v>170</v>
       </c>
-      <c r="E17" s="184" t="s">
+      <c r="E17" s="183" t="s">
         <v>166</v>
       </c>
-      <c r="F17" s="184" t="s">
+      <c r="F17" s="183" t="s">
         <v>164</v>
       </c>
-      <c r="G17" s="186" t="s">
+      <c r="G17" s="185" t="s">
         <v>165</v>
       </c>
-      <c r="H17" s="200" t="s">
+      <c r="H17" s="199" t="s">
         <v>169</v>
       </c>
-      <c r="I17" s="184" t="s">
+      <c r="I17" s="183" t="s">
         <v>167</v>
       </c>
       <c r="J17" s="149" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="18" spans="1:10" ht="34.5" x14ac:dyDescent="0.3">
-      <c r="A18" s="283"/>
-      <c r="B18" s="194">
+      <c r="A18" s="282"/>
+      <c r="B18" s="193">
         <v>1935</v>
       </c>
-      <c r="C18" s="196" t="s">
+      <c r="C18" s="195" t="s">
         <v>289</v>
       </c>
-      <c r="D18" s="198" t="s">
+      <c r="D18" s="197" t="s">
         <v>170</v>
       </c>
-      <c r="E18" s="184" t="s">
+      <c r="E18" s="183" t="s">
         <v>166</v>
       </c>
-      <c r="F18" s="184" t="s">
+      <c r="F18" s="183" t="s">
         <v>301</v>
       </c>
-      <c r="G18" s="184" t="s">
+      <c r="G18" s="183" t="s">
         <v>165</v>
       </c>
-      <c r="H18" s="200" t="s">
+      <c r="H18" s="199" t="s">
         <v>169</v>
       </c>
-      <c r="I18" s="184" t="s">
+      <c r="I18" s="183" t="s">
         <v>167</v>
       </c>
       <c r="J18" s="150" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="19" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A19" s="283"/>
-      <c r="B19" s="194">
+      <c r="A19" s="282"/>
+      <c r="B19" s="193">
         <v>1936</v>
       </c>
-      <c r="C19" s="195"/>
-      <c r="D19" s="198" t="s">
+      <c r="C19" s="194"/>
+      <c r="D19" s="197" t="s">
         <v>170</v>
       </c>
-      <c r="E19" s="184" t="s">
+      <c r="E19" s="183" t="s">
         <v>166</v>
       </c>
-      <c r="F19" s="184" t="s">
+      <c r="F19" s="183" t="s">
         <v>171</v>
       </c>
-      <c r="G19" s="184" t="s">
+      <c r="G19" s="183" t="s">
         <v>165</v>
       </c>
-      <c r="H19" s="200" t="s">
+      <c r="H19" s="199" t="s">
         <v>169</v>
       </c>
-      <c r="I19" s="186" t="s">
+      <c r="I19" s="185" t="s">
         <v>167</v>
       </c>
       <c r="J19" s="149" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="20" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A20" s="283" t="s">
+      <c r="A20" s="282" t="s">
         <v>262</v>
       </c>
-      <c r="B20" s="194">
+      <c r="B20" s="193">
         <v>1937</v>
       </c>
-      <c r="C20" s="195"/>
-      <c r="D20" s="198" t="s">
+      <c r="C20" s="194"/>
+      <c r="D20" s="197" t="s">
         <v>170</v>
       </c>
-      <c r="E20" s="184" t="s">
+      <c r="E20" s="183" t="s">
         <v>169</v>
       </c>
-      <c r="F20" s="184" t="s">
+      <c r="F20" s="183" t="s">
         <v>171</v>
       </c>
-      <c r="G20" s="184" t="s">
+      <c r="G20" s="183" t="s">
         <v>172</v>
       </c>
-      <c r="H20" s="202" t="s">
+      <c r="H20" s="201" t="s">
         <v>173</v>
       </c>
-      <c r="I20" s="184" t="s">
+      <c r="I20" s="183" t="s">
         <v>167</v>
       </c>
-      <c r="J20" s="186" t="s">
+      <c r="J20" s="185" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="21" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A21" s="283"/>
-      <c r="B21" s="194">
+      <c r="A21" s="282"/>
+      <c r="B21" s="193">
         <v>1938</v>
       </c>
-      <c r="C21" s="195"/>
-      <c r="D21" s="198" t="s">
+      <c r="C21" s="194"/>
+      <c r="D21" s="197" t="s">
         <v>170</v>
       </c>
-      <c r="E21" s="186" t="s">
+      <c r="E21" s="185" t="s">
         <v>169</v>
       </c>
-      <c r="F21" s="184" t="s">
+      <c r="F21" s="183" t="s">
         <v>171</v>
       </c>
-      <c r="G21" s="184" t="s">
+      <c r="G21" s="183" t="s">
         <v>172</v>
       </c>
-      <c r="H21" s="202" t="s">
+      <c r="H21" s="201" t="s">
         <v>173</v>
       </c>
-      <c r="I21" s="184" t="s">
+      <c r="I21" s="183" t="s">
         <v>167</v>
       </c>
-      <c r="J21" s="184" t="s">
+      <c r="J21" s="183" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="22" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A22" s="283"/>
-      <c r="B22" s="194">
+      <c r="A22" s="282"/>
+      <c r="B22" s="193">
         <v>1939</v>
       </c>
-      <c r="C22" s="195"/>
-      <c r="D22" s="199" t="s">
+      <c r="C22" s="194"/>
+      <c r="D22" s="198" t="s">
         <v>170</v>
       </c>
-      <c r="E22" s="184" t="s">
+      <c r="E22" s="183" t="s">
         <v>169</v>
       </c>
-      <c r="F22" s="184" t="s">
+      <c r="F22" s="183" t="s">
         <v>171</v>
       </c>
-      <c r="G22" s="184" t="s">
+      <c r="G22" s="183" t="s">
         <v>172</v>
       </c>
-      <c r="H22" s="202" t="s">
+      <c r="H22" s="201" t="s">
         <v>173</v>
       </c>
-      <c r="I22" s="184" t="s">
+      <c r="I22" s="183" t="s">
         <v>167</v>
       </c>
-      <c r="J22" s="184" t="s">
+      <c r="J22" s="183" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="23" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A23" s="283"/>
-      <c r="B23" s="194">
+      <c r="A23" s="282"/>
+      <c r="B23" s="193">
         <v>1940</v>
       </c>
-      <c r="C23" s="195"/>
-      <c r="D23" s="198" t="s">
+      <c r="C23" s="194"/>
+      <c r="D23" s="197" t="s">
         <v>170</v>
       </c>
-      <c r="E23" s="184" t="s">
+      <c r="E23" s="183" t="s">
         <v>169</v>
       </c>
-      <c r="F23" s="186" t="s">
+      <c r="F23" s="185" t="s">
         <v>171</v>
       </c>
-      <c r="G23" s="184" t="s">
+      <c r="G23" s="183" t="s">
         <v>172</v>
       </c>
-      <c r="H23" s="202" t="s">
+      <c r="H23" s="201" t="s">
         <v>173</v>
       </c>
-      <c r="I23" s="184" t="s">
+      <c r="I23" s="183" t="s">
         <v>167</v>
       </c>
-      <c r="J23" s="184" t="s">
+      <c r="J23" s="183" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="24" spans="1:10" ht="46" x14ac:dyDescent="0.3">
-      <c r="A24" s="283"/>
-      <c r="B24" s="194">
+      <c r="A24" s="282"/>
+      <c r="B24" s="193">
         <v>1941</v>
       </c>
-      <c r="C24" s="196" t="s">
+      <c r="C24" s="195" t="s">
         <v>144</v>
       </c>
-      <c r="D24" s="198" t="s">
+      <c r="D24" s="197" t="s">
         <v>170</v>
       </c>
-      <c r="E24" s="184" t="s">
+      <c r="E24" s="183" t="s">
         <v>169</v>
       </c>
-      <c r="F24" s="184" t="s">
+      <c r="F24" s="183" t="s">
         <v>171</v>
       </c>
-      <c r="G24" s="186" t="s">
+      <c r="G24" s="185" t="s">
         <v>172</v>
       </c>
-      <c r="H24" s="202" t="s">
+      <c r="H24" s="201" t="s">
         <v>173</v>
       </c>
-      <c r="I24" s="184" t="s">
+      <c r="I24" s="183" t="s">
         <v>302</v>
       </c>
-      <c r="J24" s="184" t="s">
+      <c r="J24" s="183" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="25" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A25" s="283" t="s">
+      <c r="A25" s="282" t="s">
         <v>263</v>
       </c>
-      <c r="B25" s="194">
+      <c r="B25" s="193">
         <v>1942</v>
       </c>
-      <c r="C25" s="195"/>
-      <c r="D25" s="184" t="s">
+      <c r="C25" s="194"/>
+      <c r="D25" s="183" t="s">
         <v>170</v>
       </c>
-      <c r="E25" s="184" t="s">
+      <c r="E25" s="183" t="s">
         <v>169</v>
       </c>
-      <c r="F25" s="184" t="s">
+      <c r="F25" s="183" t="s">
         <v>171</v>
       </c>
-      <c r="G25" s="184" t="s">
+      <c r="G25" s="183" t="s">
         <v>172</v>
       </c>
-      <c r="H25" s="203" t="s">
+      <c r="H25" s="202" t="s">
         <v>173</v>
       </c>
-      <c r="I25" s="184" t="s">
+      <c r="I25" s="183" t="s">
         <v>174</v>
       </c>
-      <c r="J25" s="184" t="s">
+      <c r="J25" s="183" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="26" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A26" s="283"/>
-      <c r="B26" s="194">
+      <c r="A26" s="282"/>
+      <c r="B26" s="193">
         <v>1943</v>
       </c>
-      <c r="C26" s="195"/>
-      <c r="D26" s="184" t="s">
+      <c r="C26" s="194"/>
+      <c r="D26" s="183" t="s">
         <v>170</v>
       </c>
-      <c r="E26" s="184" t="s">
+      <c r="E26" s="183" t="s">
         <v>169</v>
       </c>
-      <c r="F26" s="184" t="s">
+      <c r="F26" s="183" t="s">
         <v>171</v>
       </c>
-      <c r="G26" s="184" t="s">
+      <c r="G26" s="183" t="s">
         <v>172</v>
       </c>
-      <c r="H26" s="202" t="s">
+      <c r="H26" s="201" t="s">
         <v>173</v>
       </c>
-      <c r="I26" s="184" t="s">
+      <c r="I26" s="183" t="s">
         <v>174</v>
       </c>
-      <c r="J26" s="186" t="s">
+      <c r="J26" s="185" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="27" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A27" s="283"/>
-      <c r="B27" s="194">
+      <c r="A27" s="282"/>
+      <c r="B27" s="193">
         <v>1944</v>
       </c>
-      <c r="C27" s="195"/>
-      <c r="D27" s="184" t="s">
+      <c r="C27" s="194"/>
+      <c r="D27" s="183" t="s">
         <v>170</v>
       </c>
-      <c r="E27" s="186" t="s">
+      <c r="E27" s="185" t="s">
         <v>169</v>
       </c>
-      <c r="F27" s="184" t="s">
+      <c r="F27" s="183" t="s">
         <v>171</v>
       </c>
-      <c r="G27" s="184" t="s">
+      <c r="G27" s="183" t="s">
         <v>172</v>
       </c>
-      <c r="H27" s="202" t="s">
+      <c r="H27" s="201" t="s">
         <v>173</v>
       </c>
-      <c r="I27" s="184" t="s">
+      <c r="I27" s="183" t="s">
         <v>174</v>
       </c>
-      <c r="J27" s="184" t="s">
+      <c r="J27" s="183" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="28" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A28" s="283"/>
-      <c r="B28" s="194">
+      <c r="A28" s="282"/>
+      <c r="B28" s="193">
         <v>1945</v>
       </c>
-      <c r="C28" s="195"/>
-      <c r="D28" s="186" t="s">
+      <c r="C28" s="194"/>
+      <c r="D28" s="185" t="s">
         <v>170</v>
       </c>
-      <c r="E28" s="184" t="s">
+      <c r="E28" s="183" t="s">
         <v>169</v>
       </c>
-      <c r="F28" s="184" t="s">
+      <c r="F28" s="183" t="s">
         <v>171</v>
       </c>
-      <c r="G28" s="184" t="s">
+      <c r="G28" s="183" t="s">
         <v>172</v>
       </c>
-      <c r="H28" s="202" t="s">
+      <c r="H28" s="201" t="s">
         <v>173</v>
       </c>
-      <c r="I28" s="184" t="s">
+      <c r="I28" s="183" t="s">
         <v>174</v>
       </c>
-      <c r="J28" s="184" t="s">
+      <c r="J28" s="183" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="29" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A29" s="283"/>
-      <c r="B29" s="194">
+      <c r="A29" s="282"/>
+      <c r="B29" s="193">
         <v>1946</v>
       </c>
-      <c r="C29" s="195"/>
-      <c r="D29" s="184" t="s">
+      <c r="C29" s="194"/>
+      <c r="D29" s="183" t="s">
         <v>170</v>
       </c>
-      <c r="E29" s="184" t="s">
+      <c r="E29" s="183" t="s">
         <v>169</v>
       </c>
-      <c r="F29" s="186" t="s">
+      <c r="F29" s="185" t="s">
         <v>171</v>
       </c>
-      <c r="G29" s="184" t="s">
+      <c r="G29" s="183" t="s">
         <v>172</v>
       </c>
-      <c r="H29" s="202" t="s">
+      <c r="H29" s="201" t="s">
         <v>173</v>
       </c>
-      <c r="I29" s="184" t="s">
+      <c r="I29" s="183" t="s">
         <v>174</v>
       </c>
-      <c r="J29" s="184" t="s">
+      <c r="J29" s="183" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="30" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A30" s="283" t="s">
+      <c r="A30" s="282" t="s">
         <v>264</v>
       </c>
-      <c r="B30" s="194">
+      <c r="B30" s="193">
         <v>1947</v>
       </c>
-      <c r="C30" s="195"/>
-      <c r="D30" s="184" t="s">
+      <c r="C30" s="194"/>
+      <c r="D30" s="183" t="s">
         <v>169</v>
       </c>
       <c r="E30" s="149" t="s">
         <v>175</v>
       </c>
-      <c r="F30" s="184" t="s">
+      <c r="F30" s="183" t="s">
         <v>171</v>
       </c>
       <c r="G30" s="149" t="s">
         <v>173</v>
       </c>
-      <c r="H30" s="184" t="s">
+      <c r="H30" s="183" t="s">
         <v>176</v>
       </c>
-      <c r="I30" s="186" t="s">
+      <c r="I30" s="185" t="s">
         <v>174</v>
       </c>
-      <c r="J30" s="184" t="s">
+      <c r="J30" s="183" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="31" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A31" s="283"/>
-      <c r="B31" s="194">
+      <c r="A31" s="282"/>
+      <c r="B31" s="193">
         <v>1948</v>
       </c>
-      <c r="C31" s="195"/>
-      <c r="D31" s="184" t="s">
+      <c r="C31" s="194"/>
+      <c r="D31" s="183" t="s">
         <v>169</v>
       </c>
       <c r="E31" s="149" t="s">
         <v>175</v>
       </c>
-      <c r="F31" s="184" t="s">
+      <c r="F31" s="183" t="s">
         <v>171</v>
       </c>
       <c r="G31" s="149" t="s">
         <v>173</v>
       </c>
-      <c r="H31" s="184" t="s">
+      <c r="H31" s="183" t="s">
         <v>176</v>
       </c>
-      <c r="I31" s="184" t="s">
+      <c r="I31" s="183" t="s">
         <v>174</v>
       </c>
-      <c r="J31" s="186" t="s">
+      <c r="J31" s="185" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="32" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A32" s="283"/>
-      <c r="B32" s="194">
+      <c r="A32" s="282"/>
+      <c r="B32" s="193">
         <v>1949</v>
       </c>
-      <c r="C32" s="195"/>
-      <c r="D32" s="186" t="s">
+      <c r="C32" s="194"/>
+      <c r="D32" s="185" t="s">
         <v>169</v>
       </c>
       <c r="E32" s="149" t="s">
         <v>175</v>
       </c>
-      <c r="F32" s="184" t="s">
+      <c r="F32" s="183" t="s">
         <v>171</v>
       </c>
       <c r="G32" s="149" t="s">
         <v>173</v>
       </c>
-      <c r="H32" s="184" t="s">
+      <c r="H32" s="183" t="s">
         <v>176</v>
       </c>
-      <c r="I32" s="184" t="s">
+      <c r="I32" s="183" t="s">
         <v>174</v>
       </c>
-      <c r="J32" s="184" t="s">
+      <c r="J32" s="183" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="33" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A33" s="283"/>
-      <c r="B33" s="194">
+      <c r="A33" s="282"/>
+      <c r="B33" s="193">
         <v>1950</v>
       </c>
-      <c r="C33" s="195"/>
-      <c r="D33" s="184" t="s">
+      <c r="C33" s="194"/>
+      <c r="D33" s="183" t="s">
         <v>169</v>
       </c>
       <c r="E33" s="149" t="s">
         <v>175</v>
       </c>
-      <c r="F33" s="186" t="s">
+      <c r="F33" s="185" t="s">
         <v>171</v>
       </c>
       <c r="G33" s="149" t="s">
         <v>173</v>
       </c>
-      <c r="H33" s="184" t="s">
+      <c r="H33" s="183" t="s">
         <v>176</v>
       </c>
-      <c r="I33" s="184" t="s">
+      <c r="I33" s="183" t="s">
         <v>174</v>
       </c>
-      <c r="J33" s="184" t="s">
+      <c r="J33" s="183" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="34" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A34" s="283"/>
-      <c r="B34" s="194">
+      <c r="A34" s="282"/>
+      <c r="B34" s="193">
         <v>1951</v>
       </c>
-      <c r="C34" s="195"/>
-      <c r="D34" s="184" t="s">
+      <c r="C34" s="194"/>
+      <c r="D34" s="183" t="s">
         <v>169</v>
       </c>
       <c r="E34" s="149" t="s">
         <v>175</v>
       </c>
-      <c r="F34" s="184" t="s">
+      <c r="F34" s="183" t="s">
         <v>171</v>
       </c>
       <c r="G34" s="149" t="s">
         <v>173</v>
       </c>
-      <c r="H34" s="186" t="s">
+      <c r="H34" s="185" t="s">
         <v>176</v>
       </c>
-      <c r="I34" s="184" t="s">
+      <c r="I34" s="183" t="s">
         <v>174</v>
       </c>
-      <c r="J34" s="184" t="s">
+      <c r="J34" s="183" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="35" spans="1:10" ht="34.5" x14ac:dyDescent="0.3">
-      <c r="A35" s="283" t="s">
+      <c r="A35" s="282" t="s">
         <v>265</v>
       </c>
-      <c r="B35" s="194">
+      <c r="B35" s="193">
         <v>1952</v>
       </c>
-      <c r="C35" s="196" t="s">
+      <c r="C35" s="195" t="s">
         <v>290</v>
       </c>
-      <c r="D35" s="184" t="s">
+      <c r="D35" s="183" t="s">
         <v>177</v>
       </c>
       <c r="E35" s="150" t="s">
         <v>175</v>
       </c>
-      <c r="F35" s="184" t="s">
+      <c r="F35" s="183" t="s">
         <v>171</v>
       </c>
       <c r="G35" s="149" t="s">
         <v>282</v>
       </c>
-      <c r="H35" s="184" t="s">
+      <c r="H35" s="183" t="s">
         <v>176</v>
       </c>
-      <c r="I35" s="184" t="s">
+      <c r="I35" s="183" t="s">
         <v>178</v>
       </c>
-      <c r="J35" s="184" t="s">
+      <c r="J35" s="183" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="36" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A36" s="283"/>
-      <c r="B36" s="194">
+      <c r="A36" s="282"/>
+      <c r="B36" s="193">
         <v>1953</v>
       </c>
-      <c r="C36" s="195"/>
-      <c r="D36" s="184" t="s">
+      <c r="C36" s="194"/>
+      <c r="D36" s="183" t="s">
         <v>177</v>
       </c>
       <c r="E36" s="149" t="s">
         <v>175</v>
       </c>
-      <c r="F36" s="184" t="s">
+      <c r="F36" s="183" t="s">
         <v>171</v>
       </c>
       <c r="G36" s="149" t="s">
         <v>179</v>
       </c>
-      <c r="H36" s="184" t="s">
+      <c r="H36" s="183" t="s">
         <v>176</v>
       </c>
-      <c r="I36" s="184" t="s">
+      <c r="I36" s="183" t="s">
         <v>178</v>
       </c>
-      <c r="J36" s="186" t="s">
+      <c r="J36" s="185" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="37" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A37" s="283"/>
-      <c r="B37" s="194">
+      <c r="A37" s="282"/>
+      <c r="B37" s="193">
         <v>1954</v>
       </c>
-      <c r="C37" s="195"/>
-      <c r="D37" s="184" t="s">
+      <c r="C37" s="194"/>
+      <c r="D37" s="183" t="s">
         <v>177</v>
       </c>
       <c r="E37" s="149" t="s">
         <v>175</v>
       </c>
-      <c r="F37" s="186" t="s">
+      <c r="F37" s="185" t="s">
         <v>171</v>
       </c>
       <c r="G37" s="149" t="s">
         <v>179</v>
       </c>
-      <c r="H37" s="184" t="s">
+      <c r="H37" s="183" t="s">
         <v>176</v>
       </c>
-      <c r="I37" s="184" t="s">
+      <c r="I37" s="183" t="s">
         <v>178</v>
       </c>
-      <c r="J37" s="184" t="s">
+      <c r="J37" s="183" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="38" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A38" s="283"/>
-      <c r="B38" s="194">
+      <c r="A38" s="282"/>
+      <c r="B38" s="193">
         <v>1955</v>
       </c>
-      <c r="C38" s="195"/>
-      <c r="D38" s="184" t="s">
+      <c r="C38" s="194"/>
+      <c r="D38" s="183" t="s">
         <v>177</v>
       </c>
       <c r="E38" s="149" t="s">
         <v>175</v>
       </c>
-      <c r="F38" s="184" t="s">
+      <c r="F38" s="183" t="s">
         <v>171</v>
       </c>
       <c r="G38" s="149" t="s">
         <v>179</v>
       </c>
-      <c r="H38" s="186" t="s">
+      <c r="H38" s="185" t="s">
         <v>176</v>
       </c>
-      <c r="I38" s="184" t="s">
+      <c r="I38" s="183" t="s">
         <v>178</v>
       </c>
-      <c r="J38" s="184" t="s">
+      <c r="J38" s="183" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="39" spans="1:10" ht="39" x14ac:dyDescent="0.3">
-      <c r="A39" s="283"/>
-      <c r="B39" s="194">
+      <c r="A39" s="282"/>
+      <c r="B39" s="193">
         <v>1956</v>
       </c>
-      <c r="C39" s="196" t="s">
+      <c r="C39" s="195" t="s">
         <v>291</v>
       </c>
-      <c r="D39" s="186" t="s">
+      <c r="D39" s="185" t="s">
         <v>177</v>
       </c>
       <c r="E39" s="149" t="s">
         <v>175</v>
       </c>
-      <c r="F39" s="184" t="s">
+      <c r="F39" s="183" t="s">
         <v>280</v>
       </c>
       <c r="G39" s="149" t="s">
         <v>179</v>
       </c>
-      <c r="H39" s="184" t="s">
+      <c r="H39" s="183" t="s">
         <v>285</v>
       </c>
-      <c r="I39" s="184" t="s">
+      <c r="I39" s="183" t="s">
         <v>178</v>
       </c>
-      <c r="J39" s="184" t="s">
+      <c r="J39" s="183" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="40" spans="1:10" ht="46" x14ac:dyDescent="0.25">
-      <c r="A40" s="189"/>
-[...2 lines deleted...]
-      <c r="D40" s="190" t="s">
+      <c r="A40" s="188"/>
+      <c r="B40" s="189"/>
+      <c r="C40" s="182"/>
+      <c r="D40" s="189" t="s">
         <v>234</v>
       </c>
-      <c r="E40" s="190" t="s">
+      <c r="E40" s="189" t="s">
         <v>250</v>
       </c>
-      <c r="F40" s="190" t="s">
+      <c r="F40" s="189" t="s">
         <v>253</v>
       </c>
-      <c r="G40" s="190" t="s">
+      <c r="G40" s="189" t="s">
         <v>251</v>
       </c>
-      <c r="H40" s="190" t="s">
+      <c r="H40" s="189" t="s">
         <v>254</v>
       </c>
-      <c r="I40" s="190" t="s">
+      <c r="I40" s="189" t="s">
         <v>7</v>
       </c>
-      <c r="J40" s="190" t="s">
+      <c r="J40" s="189" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="41" spans="1:10" ht="23" x14ac:dyDescent="0.25">
-      <c r="A41" s="283" t="s">
+      <c r="A41" s="282" t="s">
         <v>266</v>
       </c>
-      <c r="B41" s="194">
+      <c r="B41" s="193">
         <v>1957</v>
       </c>
-      <c r="C41" s="204"/>
-      <c r="D41" s="184" t="s">
+      <c r="C41" s="203"/>
+      <c r="D41" s="183" t="s">
         <v>177</v>
       </c>
       <c r="E41" s="149" t="s">
         <v>175</v>
       </c>
-      <c r="F41" s="184" t="s">
+      <c r="F41" s="183" t="s">
         <v>176</v>
       </c>
       <c r="G41" s="149" t="s">
         <v>179</v>
       </c>
-      <c r="H41" s="184" t="s">
+      <c r="H41" s="183" t="s">
         <v>181</v>
       </c>
-      <c r="I41" s="186" t="s">
+      <c r="I41" s="185" t="s">
         <v>178</v>
       </c>
-      <c r="J41" s="184" t="s">
+      <c r="J41" s="183" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="42" spans="1:10" ht="23" x14ac:dyDescent="0.25">
-      <c r="A42" s="283"/>
-      <c r="B42" s="194">
+      <c r="A42" s="282"/>
+      <c r="B42" s="193">
         <v>1958</v>
       </c>
-      <c r="C42" s="204"/>
-      <c r="D42" s="184" t="s">
+      <c r="C42" s="203"/>
+      <c r="D42" s="183" t="s">
         <v>177</v>
       </c>
       <c r="E42" s="149" t="s">
         <v>175</v>
       </c>
-      <c r="F42" s="184" t="s">
+      <c r="F42" s="183" t="s">
         <v>176</v>
       </c>
       <c r="G42" s="150" t="s">
         <v>179</v>
       </c>
-      <c r="H42" s="184" t="s">
+      <c r="H42" s="183" t="s">
         <v>181</v>
       </c>
-      <c r="I42" s="184" t="s">
+      <c r="I42" s="183" t="s">
         <v>178</v>
       </c>
-      <c r="J42" s="184" t="s">
+      <c r="J42" s="183" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="43" spans="1:10" ht="23" x14ac:dyDescent="0.25">
-      <c r="A43" s="283"/>
-      <c r="B43" s="194">
+      <c r="A43" s="282"/>
+      <c r="B43" s="193">
         <v>1959</v>
       </c>
-      <c r="C43" s="204"/>
-      <c r="D43" s="184" t="s">
+      <c r="C43" s="203"/>
+      <c r="D43" s="183" t="s">
         <v>177</v>
       </c>
       <c r="E43" s="150" t="s">
         <v>175</v>
       </c>
-      <c r="F43" s="184" t="s">
+      <c r="F43" s="183" t="s">
         <v>176</v>
       </c>
       <c r="G43" s="149" t="s">
         <v>179</v>
       </c>
-      <c r="H43" s="184" t="s">
+      <c r="H43" s="183" t="s">
         <v>181</v>
       </c>
-      <c r="I43" s="184" t="s">
+      <c r="I43" s="183" t="s">
         <v>178</v>
       </c>
-      <c r="J43" s="184" t="s">
+      <c r="J43" s="183" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="44" spans="1:10" ht="34.5" x14ac:dyDescent="0.25">
-      <c r="A44" s="283"/>
-      <c r="B44" s="194">
+      <c r="A44" s="282"/>
+      <c r="B44" s="193">
         <v>1960</v>
       </c>
-      <c r="C44" s="204" t="s">
+      <c r="C44" s="203" t="s">
         <v>288</v>
       </c>
-      <c r="D44" s="184" t="s">
+      <c r="D44" s="183" t="s">
         <v>177</v>
       </c>
       <c r="E44" s="149" t="s">
         <v>303</v>
       </c>
-      <c r="F44" s="186" t="s">
+      <c r="F44" s="185" t="s">
         <v>176</v>
       </c>
       <c r="G44" s="149" t="s">
         <v>179</v>
       </c>
-      <c r="H44" s="184" t="s">
+      <c r="H44" s="183" t="s">
         <v>181</v>
       </c>
-      <c r="I44" s="184" t="s">
+      <c r="I44" s="183" t="s">
         <v>178</v>
       </c>
-      <c r="J44" s="184" t="s">
+      <c r="J44" s="183" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="45" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A45" s="283"/>
-      <c r="B45" s="194">
+      <c r="A45" s="282"/>
+      <c r="B45" s="193">
         <v>1961</v>
       </c>
-      <c r="C45" s="204"/>
-      <c r="D45" s="184" t="s">
+      <c r="C45" s="203"/>
+      <c r="D45" s="183" t="s">
         <v>177</v>
       </c>
       <c r="E45" s="149" t="s">
         <v>182</v>
       </c>
-      <c r="F45" s="184" t="s">
+      <c r="F45" s="183" t="s">
         <v>176</v>
       </c>
       <c r="G45" s="149" t="s">
         <v>179</v>
       </c>
-      <c r="H45" s="184" t="s">
+      <c r="H45" s="183" t="s">
         <v>181</v>
       </c>
-      <c r="I45" s="184" t="s">
+      <c r="I45" s="183" t="s">
         <v>178</v>
       </c>
-      <c r="J45" s="186" t="s">
+      <c r="J45" s="185" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="46" spans="1:10" ht="34.5" x14ac:dyDescent="0.25">
-      <c r="A46" s="283" t="s">
+      <c r="A46" s="282" t="s">
         <v>267</v>
       </c>
-      <c r="B46" s="194">
+      <c r="B46" s="193">
         <v>1962</v>
       </c>
-      <c r="C46" s="204"/>
-      <c r="D46" s="186" t="s">
+      <c r="C46" s="203"/>
+      <c r="D46" s="185" t="s">
         <v>177</v>
       </c>
       <c r="E46" s="149" t="s">
         <v>182</v>
       </c>
-      <c r="F46" s="184" t="s">
+      <c r="F46" s="183" t="s">
         <v>281</v>
       </c>
       <c r="G46" s="149" t="s">
         <v>283</v>
       </c>
-      <c r="H46" s="184" t="s">
+      <c r="H46" s="183" t="s">
         <v>284</v>
       </c>
-      <c r="I46" s="184" t="s">
+      <c r="I46" s="183" t="s">
         <v>286</v>
       </c>
-      <c r="J46" s="184" t="s">
+      <c r="J46" s="183" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="47" spans="1:10" ht="34.5" x14ac:dyDescent="0.25">
-      <c r="A47" s="283"/>
-      <c r="B47" s="194">
+      <c r="A47" s="282"/>
+      <c r="B47" s="193">
         <v>1963</v>
       </c>
-      <c r="C47" s="204"/>
-      <c r="D47" s="184" t="s">
+      <c r="C47" s="203"/>
+      <c r="D47" s="183" t="s">
         <v>177</v>
       </c>
       <c r="E47" s="149" t="s">
         <v>182</v>
       </c>
-      <c r="F47" s="184" t="s">
+      <c r="F47" s="183" t="s">
         <v>281</v>
       </c>
       <c r="G47" s="149" t="s">
         <v>283</v>
       </c>
-      <c r="H47" s="186" t="s">
+      <c r="H47" s="185" t="s">
         <v>284</v>
       </c>
-      <c r="I47" s="184" t="s">
+      <c r="I47" s="183" t="s">
         <v>286</v>
       </c>
-      <c r="J47" s="184" t="s">
+      <c r="J47" s="183" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="48" spans="1:10" ht="34.5" x14ac:dyDescent="0.25">
-      <c r="A48" s="283"/>
-      <c r="B48" s="194">
+      <c r="A48" s="282"/>
+      <c r="B48" s="193">
         <v>1964</v>
       </c>
-      <c r="C48" s="204"/>
-      <c r="D48" s="184" t="s">
+      <c r="C48" s="203"/>
+      <c r="D48" s="183" t="s">
         <v>177</v>
       </c>
       <c r="E48" s="149" t="s">
         <v>182</v>
       </c>
-      <c r="F48" s="184" t="s">
+      <c r="F48" s="183" t="s">
         <v>281</v>
       </c>
       <c r="G48" s="149" t="s">
         <v>283</v>
       </c>
-      <c r="H48" s="184" t="s">
+      <c r="H48" s="183" t="s">
         <v>284</v>
       </c>
-      <c r="I48" s="186" t="s">
+      <c r="I48" s="185" t="s">
         <v>286</v>
       </c>
-      <c r="J48" s="184" t="s">
+      <c r="J48" s="183" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="49" spans="1:10" ht="34.5" x14ac:dyDescent="0.25">
-      <c r="A49" s="283"/>
-      <c r="B49" s="194">
+      <c r="A49" s="282"/>
+      <c r="B49" s="193">
         <v>1965</v>
       </c>
-      <c r="C49" s="204"/>
-      <c r="D49" s="184" t="s">
+      <c r="C49" s="203"/>
+      <c r="D49" s="183" t="s">
         <v>177</v>
       </c>
       <c r="E49" s="149" t="s">
         <v>182</v>
       </c>
-      <c r="F49" s="184" t="s">
+      <c r="F49" s="183" t="s">
         <v>281</v>
       </c>
       <c r="G49" s="150" t="s">
         <v>283</v>
       </c>
-      <c r="H49" s="184" t="s">
+      <c r="H49" s="183" t="s">
         <v>284</v>
       </c>
-      <c r="I49" s="184" t="s">
+      <c r="I49" s="183" t="s">
         <v>286</v>
       </c>
-      <c r="J49" s="184" t="s">
+      <c r="J49" s="183" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="50" spans="1:10" ht="34.5" x14ac:dyDescent="0.25">
-      <c r="A50" s="283"/>
-      <c r="B50" s="194">
+      <c r="A50" s="282"/>
+      <c r="B50" s="193">
         <v>1966</v>
       </c>
-      <c r="C50" s="204" t="s">
+      <c r="C50" s="203" t="s">
         <v>287</v>
       </c>
-      <c r="D50" s="184" t="s">
+      <c r="D50" s="183" t="s">
         <v>177</v>
       </c>
       <c r="E50" s="150" t="s">
         <v>182</v>
       </c>
-      <c r="F50" s="184" t="s">
+      <c r="F50" s="183" t="s">
         <v>281</v>
       </c>
       <c r="G50" s="149" t="s">
         <v>283</v>
       </c>
-      <c r="H50" s="184" t="s">
+      <c r="H50" s="183" t="s">
         <v>284</v>
       </c>
-      <c r="I50" s="184" t="s">
+      <c r="I50" s="183" t="s">
         <v>286</v>
       </c>
-      <c r="J50" s="184" t="s">
+      <c r="J50" s="183" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="51" spans="1:10" ht="57.5" x14ac:dyDescent="0.25">
-      <c r="A51" s="189"/>
-[...2 lines deleted...]
-      <c r="D51" s="190" t="s">
+      <c r="A51" s="188"/>
+      <c r="B51" s="189"/>
+      <c r="C51" s="182"/>
+      <c r="D51" s="189" t="s">
         <v>234</v>
       </c>
-      <c r="E51" s="190" t="s">
+      <c r="E51" s="189" t="s">
         <v>250</v>
       </c>
-      <c r="F51" s="190" t="s">
+      <c r="F51" s="189" t="s">
         <v>249</v>
       </c>
-      <c r="G51" s="190" t="s">
+      <c r="G51" s="189" t="s">
         <v>251</v>
       </c>
-      <c r="H51" s="190" t="s">
+      <c r="H51" s="189" t="s">
         <v>252</v>
       </c>
-      <c r="I51" s="190" t="s">
+      <c r="I51" s="189" t="s">
         <v>7</v>
       </c>
-      <c r="J51" s="190" t="s">
+      <c r="J51" s="189" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="52" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A52" s="283" t="s">
+      <c r="A52" s="282" t="s">
         <v>268</v>
       </c>
-      <c r="B52" s="194">
+      <c r="B52" s="193">
         <v>1967</v>
       </c>
-      <c r="C52" s="195"/>
-      <c r="D52" s="184" t="s">
+      <c r="C52" s="194"/>
+      <c r="D52" s="183" t="s">
         <v>183</v>
       </c>
       <c r="E52" s="149" t="s">
         <v>182</v>
       </c>
-      <c r="F52" s="184" t="s">
+      <c r="F52" s="183" t="s">
         <v>184</v>
       </c>
       <c r="G52" s="149" t="s">
         <v>179</v>
       </c>
       <c r="H52" s="149" t="s">
         <v>185</v>
       </c>
-      <c r="I52" s="184" t="s">
+      <c r="I52" s="183" t="s">
         <v>186</v>
       </c>
-      <c r="J52" s="186" t="s">
+      <c r="J52" s="185" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="53" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A53" s="283"/>
-      <c r="B53" s="194">
+      <c r="A53" s="282"/>
+      <c r="B53" s="193">
         <v>1968</v>
       </c>
-      <c r="C53" s="195"/>
-      <c r="D53" s="184" t="s">
+      <c r="C53" s="194"/>
+      <c r="D53" s="183" t="s">
         <v>183</v>
       </c>
       <c r="E53" s="149" t="s">
         <v>182</v>
       </c>
-      <c r="F53" s="184" t="s">
+      <c r="F53" s="183" t="s">
         <v>184</v>
       </c>
       <c r="G53" s="150" t="s">
         <v>179</v>
       </c>
       <c r="H53" s="149" t="s">
         <v>185</v>
       </c>
-      <c r="I53" s="184" t="s">
+      <c r="I53" s="183" t="s">
         <v>186</v>
       </c>
-      <c r="J53" s="184" t="s">
+      <c r="J53" s="183" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="54" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A54" s="283"/>
-      <c r="B54" s="194">
+      <c r="A54" s="282"/>
+      <c r="B54" s="193">
         <v>1969</v>
       </c>
-      <c r="C54" s="195"/>
-      <c r="D54" s="184" t="s">
+      <c r="C54" s="194"/>
+      <c r="D54" s="183" t="s">
         <v>183</v>
       </c>
       <c r="E54" s="149" t="s">
         <v>182</v>
       </c>
-      <c r="F54" s="184" t="s">
+      <c r="F54" s="183" t="s">
         <v>184</v>
       </c>
       <c r="G54" s="149" t="s">
         <v>179</v>
       </c>
       <c r="H54" s="150" t="s">
         <v>185</v>
       </c>
-      <c r="I54" s="184" t="s">
+      <c r="I54" s="183" t="s">
         <v>186</v>
       </c>
-      <c r="J54" s="184" t="s">
+      <c r="J54" s="183" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="55" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A55" s="283"/>
-      <c r="B55" s="194">
+      <c r="A55" s="282"/>
+      <c r="B55" s="193">
         <v>1970</v>
       </c>
-      <c r="C55" s="195"/>
-      <c r="D55" s="184" t="s">
+      <c r="C55" s="194"/>
+      <c r="D55" s="183" t="s">
         <v>183</v>
       </c>
       <c r="E55" s="150" t="s">
         <v>182</v>
       </c>
-      <c r="F55" s="184" t="s">
+      <c r="F55" s="183" t="s">
         <v>184</v>
       </c>
       <c r="G55" s="149" t="s">
         <v>179</v>
       </c>
       <c r="H55" s="149" t="s">
         <v>185</v>
       </c>
-      <c r="I55" s="184" t="s">
+      <c r="I55" s="183" t="s">
         <v>186</v>
       </c>
-      <c r="J55" s="184" t="s">
+      <c r="J55" s="183" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="56" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A56" s="283"/>
-      <c r="B56" s="194">
+      <c r="A56" s="282"/>
+      <c r="B56" s="193">
         <v>1971</v>
       </c>
-      <c r="C56" s="195"/>
-      <c r="D56" s="186" t="s">
+      <c r="C56" s="194"/>
+      <c r="D56" s="185" t="s">
         <v>183</v>
       </c>
       <c r="E56" s="149" t="s">
         <v>182</v>
       </c>
-      <c r="F56" s="184" t="s">
+      <c r="F56" s="183" t="s">
         <v>184</v>
       </c>
       <c r="G56" s="149" t="s">
         <v>179</v>
       </c>
       <c r="H56" s="149" t="s">
         <v>185</v>
       </c>
-      <c r="I56" s="184" t="s">
+      <c r="I56" s="183" t="s">
         <v>186</v>
       </c>
-      <c r="J56" s="184" t="s">
+      <c r="J56" s="183" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="57" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A57" s="283" t="s">
+      <c r="A57" s="282" t="s">
         <v>269</v>
       </c>
-      <c r="B57" s="194">
+      <c r="B57" s="193">
         <v>1972</v>
       </c>
-      <c r="C57" s="195"/>
-      <c r="D57" s="184" t="s">
+      <c r="C57" s="194"/>
+      <c r="D57" s="183" t="s">
         <v>183</v>
       </c>
-      <c r="E57" s="184" t="s">
+      <c r="E57" s="183" t="s">
         <v>187</v>
       </c>
-      <c r="F57" s="184" t="s">
+      <c r="F57" s="183" t="s">
         <v>184</v>
       </c>
       <c r="G57" s="149" t="s">
         <v>188</v>
       </c>
-      <c r="H57" s="187" t="s">
+      <c r="H57" s="186" t="s">
         <v>189</v>
       </c>
-      <c r="I57" s="186" t="s">
+      <c r="I57" s="185" t="s">
         <v>186</v>
       </c>
-      <c r="J57" s="187" t="s">
+      <c r="J57" s="186" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="58" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A58" s="283"/>
-      <c r="B58" s="194">
+      <c r="A58" s="282"/>
+      <c r="B58" s="193">
         <v>1973</v>
       </c>
-      <c r="C58" s="195"/>
-      <c r="D58" s="184" t="s">
+      <c r="C58" s="194"/>
+      <c r="D58" s="183" t="s">
         <v>183</v>
       </c>
-      <c r="E58" s="184" t="s">
+      <c r="E58" s="183" t="s">
         <v>187</v>
       </c>
-      <c r="F58" s="186" t="s">
+      <c r="F58" s="185" t="s">
         <v>184</v>
       </c>
       <c r="G58" s="149" t="s">
         <v>188</v>
       </c>
-      <c r="H58" s="187" t="s">
+      <c r="H58" s="186" t="s">
         <v>189</v>
       </c>
-      <c r="I58" s="184" t="s">
+      <c r="I58" s="183" t="s">
         <v>186</v>
       </c>
-      <c r="J58" s="187" t="s">
+      <c r="J58" s="186" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="59" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A59" s="283"/>
-      <c r="B59" s="194">
+      <c r="A59" s="282"/>
+      <c r="B59" s="193">
         <v>1974</v>
       </c>
-      <c r="C59" s="195"/>
-      <c r="D59" s="186" t="s">
+      <c r="C59" s="194"/>
+      <c r="D59" s="185" t="s">
         <v>183</v>
       </c>
-      <c r="E59" s="184" t="s">
+      <c r="E59" s="183" t="s">
         <v>187</v>
       </c>
-      <c r="F59" s="184" t="s">
+      <c r="F59" s="183" t="s">
         <v>184</v>
       </c>
       <c r="G59" s="149" t="s">
         <v>188</v>
       </c>
-      <c r="H59" s="187" t="s">
+      <c r="H59" s="186" t="s">
         <v>189</v>
       </c>
-      <c r="I59" s="184" t="s">
+      <c r="I59" s="183" t="s">
         <v>186</v>
       </c>
-      <c r="J59" s="187" t="s">
+      <c r="J59" s="186" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="60" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A60" s="283"/>
-      <c r="B60" s="194">
+      <c r="A60" s="282"/>
+      <c r="B60" s="193">
         <v>1975</v>
       </c>
-      <c r="C60" s="195"/>
-      <c r="D60" s="184" t="s">
+      <c r="C60" s="194"/>
+      <c r="D60" s="183" t="s">
         <v>183</v>
       </c>
-      <c r="E60" s="184" t="s">
+      <c r="E60" s="183" t="s">
         <v>187</v>
       </c>
-      <c r="F60" s="184" t="s">
+      <c r="F60" s="183" t="s">
         <v>184</v>
       </c>
       <c r="G60" s="149" t="s">
         <v>188</v>
       </c>
-      <c r="H60" s="187" t="s">
+      <c r="H60" s="186" t="s">
         <v>189</v>
       </c>
-      <c r="I60" s="184" t="s">
+      <c r="I60" s="183" t="s">
         <v>186</v>
       </c>
-      <c r="J60" s="205" t="s">
+      <c r="J60" s="204" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="61" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A61" s="283"/>
-      <c r="B61" s="194">
+      <c r="A61" s="282"/>
+      <c r="B61" s="193">
         <v>1976</v>
       </c>
-      <c r="C61" s="195"/>
-      <c r="D61" s="184" t="s">
+      <c r="C61" s="194"/>
+      <c r="D61" s="183" t="s">
         <v>183</v>
       </c>
-      <c r="E61" s="184" t="s">
+      <c r="E61" s="183" t="s">
         <v>187</v>
       </c>
-      <c r="F61" s="184" t="s">
+      <c r="F61" s="183" t="s">
         <v>184</v>
       </c>
       <c r="G61" s="150" t="s">
         <v>188</v>
       </c>
-      <c r="H61" s="187" t="s">
+      <c r="H61" s="186" t="s">
         <v>189</v>
       </c>
-      <c r="I61" s="184" t="s">
+      <c r="I61" s="183" t="s">
         <v>186</v>
       </c>
-      <c r="J61" s="187" t="s">
+      <c r="J61" s="186" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="62" spans="1:10" ht="57.5" x14ac:dyDescent="0.25">
-      <c r="A62" s="206"/>
-[...2 lines deleted...]
-      <c r="D62" s="190" t="s">
+      <c r="A62" s="205"/>
+      <c r="B62" s="205"/>
+      <c r="C62" s="206"/>
+      <c r="D62" s="189" t="s">
         <v>10</v>
       </c>
-      <c r="E62" s="190" t="s">
+      <c r="E62" s="189" t="s">
         <v>250</v>
       </c>
-      <c r="F62" s="190" t="s">
+      <c r="F62" s="189" t="s">
         <v>249</v>
       </c>
-      <c r="G62" s="190" t="s">
+      <c r="G62" s="189" t="s">
         <v>248</v>
       </c>
-      <c r="H62" s="190" t="s">
+      <c r="H62" s="189" t="s">
         <v>247</v>
       </c>
-      <c r="I62" s="190" t="s">
+      <c r="I62" s="189" t="s">
         <v>7</v>
       </c>
-      <c r="J62" s="190" t="s">
+      <c r="J62" s="189" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="63" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A63" s="283" t="s">
+      <c r="A63" s="282" t="s">
         <v>270</v>
       </c>
-      <c r="B63" s="194">
+      <c r="B63" s="193">
         <v>1977</v>
       </c>
-      <c r="C63" s="195"/>
-      <c r="D63" s="184" t="s">
+      <c r="C63" s="194"/>
+      <c r="D63" s="183" t="s">
         <v>191</v>
       </c>
-      <c r="E63" s="186" t="s">
+      <c r="E63" s="185" t="s">
         <v>187</v>
       </c>
-      <c r="F63" s="184" t="s">
+      <c r="F63" s="183" t="s">
         <v>184</v>
       </c>
-      <c r="G63" s="191" t="s">
+      <c r="G63" s="190" t="s">
         <v>188</v>
       </c>
       <c r="H63" s="149" t="s">
         <v>192</v>
       </c>
-      <c r="I63" s="184" t="s">
+      <c r="I63" s="183" t="s">
         <v>186</v>
       </c>
       <c r="J63" s="149" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="64" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A64" s="283"/>
-      <c r="B64" s="194">
+      <c r="A64" s="282"/>
+      <c r="B64" s="193">
         <v>1978</v>
       </c>
-      <c r="C64" s="195"/>
-      <c r="D64" s="184" t="s">
+      <c r="C64" s="194"/>
+      <c r="D64" s="183" t="s">
         <v>191</v>
       </c>
-      <c r="E64" s="184" t="s">
+      <c r="E64" s="183" t="s">
         <v>187</v>
       </c>
-      <c r="F64" s="184" t="s">
+      <c r="F64" s="183" t="s">
         <v>184</v>
       </c>
-      <c r="G64" s="191" t="s">
+      <c r="G64" s="190" t="s">
         <v>188</v>
       </c>
       <c r="H64" s="149" t="s">
         <v>192</v>
       </c>
-      <c r="I64" s="186" t="s">
+      <c r="I64" s="185" t="s">
         <v>186</v>
       </c>
       <c r="J64" s="149" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="65" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A65" s="283"/>
-      <c r="B65" s="194">
+      <c r="A65" s="282"/>
+      <c r="B65" s="193">
         <v>1979</v>
       </c>
-      <c r="C65" s="195"/>
-      <c r="D65" s="184" t="s">
+      <c r="C65" s="194"/>
+      <c r="D65" s="183" t="s">
         <v>191</v>
       </c>
-      <c r="E65" s="184" t="s">
+      <c r="E65" s="183" t="s">
         <v>187</v>
       </c>
-      <c r="F65" s="186" t="s">
+      <c r="F65" s="185" t="s">
         <v>184</v>
       </c>
-      <c r="G65" s="191" t="s">
+      <c r="G65" s="190" t="s">
         <v>188</v>
       </c>
       <c r="H65" s="149" t="s">
         <v>192</v>
       </c>
-      <c r="I65" s="184" t="s">
+      <c r="I65" s="183" t="s">
         <v>186</v>
       </c>
       <c r="J65" s="149" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="66" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A66" s="283"/>
-      <c r="B66" s="194">
+      <c r="A66" s="282"/>
+      <c r="B66" s="193">
         <v>1980</v>
       </c>
-      <c r="C66" s="195"/>
-      <c r="D66" s="184" t="s">
+      <c r="C66" s="194"/>
+      <c r="D66" s="183" t="s">
         <v>191</v>
       </c>
-      <c r="E66" s="184" t="s">
+      <c r="E66" s="183" t="s">
         <v>187</v>
       </c>
-      <c r="F66" s="184" t="s">
+      <c r="F66" s="183" t="s">
         <v>184</v>
       </c>
-      <c r="G66" s="208" t="s">
+      <c r="G66" s="207" t="s">
         <v>188</v>
       </c>
       <c r="H66" s="149" t="s">
         <v>192</v>
       </c>
-      <c r="I66" s="184" t="s">
+      <c r="I66" s="183" t="s">
         <v>186</v>
       </c>
       <c r="J66" s="149" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="67" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A67" s="283"/>
-      <c r="B67" s="194">
+      <c r="A67" s="282"/>
+      <c r="B67" s="193">
         <v>1981</v>
       </c>
-      <c r="C67" s="195"/>
-      <c r="D67" s="184" t="s">
+      <c r="C67" s="194"/>
+      <c r="D67" s="183" t="s">
         <v>191</v>
       </c>
-      <c r="E67" s="184" t="s">
+      <c r="E67" s="183" t="s">
         <v>187</v>
       </c>
-      <c r="F67" s="184" t="s">
+      <c r="F67" s="183" t="s">
         <v>184</v>
       </c>
-      <c r="G67" s="191" t="s">
+      <c r="G67" s="190" t="s">
         <v>188</v>
       </c>
       <c r="H67" s="149" t="s">
         <v>192</v>
       </c>
-      <c r="I67" s="184" t="s">
+      <c r="I67" s="183" t="s">
         <v>186</v>
       </c>
       <c r="J67" s="150" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="68" spans="1:10" ht="46" x14ac:dyDescent="0.25">
-      <c r="A68" s="189"/>
-[...2 lines deleted...]
-      <c r="D68" s="190" t="s">
+      <c r="A68" s="188"/>
+      <c r="B68" s="189"/>
+      <c r="C68" s="182"/>
+      <c r="D68" s="189" t="s">
         <v>243</v>
       </c>
-      <c r="E68" s="190" t="s">
+      <c r="E68" s="189" t="s">
         <v>244</v>
       </c>
-      <c r="F68" s="190" t="s">
+      <c r="F68" s="189" t="s">
         <v>245</v>
       </c>
-      <c r="G68" s="190" t="s">
+      <c r="G68" s="189" t="s">
         <v>246</v>
       </c>
-      <c r="H68" s="190" t="s">
+      <c r="H68" s="189" t="s">
         <v>240</v>
       </c>
-      <c r="I68" s="190" t="s">
+      <c r="I68" s="189" t="s">
         <v>7</v>
       </c>
-      <c r="J68" s="190" t="s">
+      <c r="J68" s="189" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="69" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A69" s="283" t="s">
+      <c r="A69" s="282" t="s">
         <v>271</v>
       </c>
-      <c r="B69" s="194">
+      <c r="B69" s="193">
         <v>1982</v>
       </c>
-      <c r="C69" s="195"/>
-      <c r="D69" s="184" t="s">
+      <c r="C69" s="194"/>
+      <c r="D69" s="183" t="s">
         <v>191</v>
       </c>
-      <c r="E69" s="184" t="s">
+      <c r="E69" s="183" t="s">
         <v>187</v>
       </c>
       <c r="F69" s="150" t="s">
         <v>192</v>
       </c>
-      <c r="G69" s="184" t="s">
+      <c r="G69" s="183" t="s">
         <v>194</v>
       </c>
-      <c r="H69" s="187" t="s">
+      <c r="H69" s="186" t="s">
         <v>189</v>
       </c>
-      <c r="I69" s="187" t="s">
+      <c r="I69" s="186" t="s">
         <v>195</v>
       </c>
       <c r="J69" s="149" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="70" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A70" s="283"/>
-      <c r="B70" s="194">
+      <c r="A70" s="282"/>
+      <c r="B70" s="193">
         <v>1983</v>
       </c>
-      <c r="C70" s="195"/>
-      <c r="D70" s="186" t="s">
+      <c r="C70" s="194"/>
+      <c r="D70" s="185" t="s">
         <v>191</v>
       </c>
-      <c r="E70" s="184" t="s">
+      <c r="E70" s="183" t="s">
         <v>187</v>
       </c>
       <c r="F70" s="149" t="s">
         <v>192</v>
       </c>
-      <c r="G70" s="184" t="s">
+      <c r="G70" s="183" t="s">
         <v>194</v>
       </c>
-      <c r="H70" s="187" t="s">
+      <c r="H70" s="186" t="s">
         <v>189</v>
       </c>
-      <c r="I70" s="187" t="s">
+      <c r="I70" s="186" t="s">
         <v>195</v>
       </c>
       <c r="J70" s="149" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="71" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A71" s="283"/>
-      <c r="B71" s="194">
+      <c r="A71" s="282"/>
+      <c r="B71" s="193">
         <v>1984</v>
       </c>
-      <c r="C71" s="195"/>
-      <c r="D71" s="184" t="s">
+      <c r="C71" s="194"/>
+      <c r="D71" s="183" t="s">
         <v>191</v>
       </c>
-      <c r="E71" s="186" t="s">
+      <c r="E71" s="185" t="s">
         <v>187</v>
       </c>
       <c r="F71" s="149" t="s">
         <v>192</v>
       </c>
-      <c r="G71" s="184" t="s">
+      <c r="G71" s="183" t="s">
         <v>194</v>
       </c>
-      <c r="H71" s="187" t="s">
+      <c r="H71" s="186" t="s">
         <v>189</v>
       </c>
-      <c r="I71" s="187" t="s">
+      <c r="I71" s="186" t="s">
         <v>195</v>
       </c>
       <c r="J71" s="149" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="72" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A72" s="283"/>
-      <c r="B72" s="194">
+      <c r="A72" s="282"/>
+      <c r="B72" s="193">
         <v>1985</v>
       </c>
-      <c r="C72" s="195"/>
-      <c r="D72" s="184" t="s">
+      <c r="C72" s="194"/>
+      <c r="D72" s="183" t="s">
         <v>191</v>
       </c>
-      <c r="E72" s="184" t="s">
+      <c r="E72" s="183" t="s">
         <v>187</v>
       </c>
       <c r="F72" s="149" t="s">
         <v>192</v>
       </c>
-      <c r="G72" s="184" t="s">
+      <c r="G72" s="183" t="s">
         <v>194</v>
       </c>
-      <c r="H72" s="187" t="s">
+      <c r="H72" s="186" t="s">
         <v>189</v>
       </c>
-      <c r="I72" s="187" t="s">
+      <c r="I72" s="186" t="s">
         <v>195</v>
       </c>
       <c r="J72" s="150" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="73" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A73" s="283"/>
-      <c r="B73" s="194">
+      <c r="A73" s="282"/>
+      <c r="B73" s="193">
         <v>1986</v>
       </c>
-      <c r="C73" s="195"/>
-      <c r="D73" s="184" t="s">
+      <c r="C73" s="194"/>
+      <c r="D73" s="183" t="s">
         <v>191</v>
       </c>
-      <c r="E73" s="184" t="s">
+      <c r="E73" s="183" t="s">
         <v>187</v>
       </c>
       <c r="F73" s="149" t="s">
         <v>192</v>
       </c>
-      <c r="G73" s="186" t="s">
+      <c r="G73" s="185" t="s">
         <v>194</v>
       </c>
-      <c r="H73" s="187" t="s">
+      <c r="H73" s="186" t="s">
         <v>189</v>
       </c>
-      <c r="I73" s="187" t="s">
+      <c r="I73" s="186" t="s">
         <v>195</v>
       </c>
       <c r="J73" s="149" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="74" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A74" s="283" t="s">
+      <c r="A74" s="282" t="s">
         <v>272</v>
       </c>
-      <c r="B74" s="194">
+      <c r="B74" s="193">
         <v>1987</v>
       </c>
-      <c r="C74" s="195"/>
-      <c r="D74" s="184" t="s">
+      <c r="C74" s="194"/>
+      <c r="D74" s="183" t="s">
         <v>191</v>
       </c>
-      <c r="E74" s="191" t="s">
+      <c r="E74" s="190" t="s">
         <v>196</v>
       </c>
       <c r="F74" s="149" t="s">
         <v>192</v>
       </c>
-      <c r="G74" s="184" t="s">
+      <c r="G74" s="183" t="s">
         <v>194</v>
       </c>
-      <c r="H74" s="187" t="s">
+      <c r="H74" s="186" t="s">
         <v>189</v>
       </c>
-      <c r="I74" s="205" t="s">
+      <c r="I74" s="204" t="s">
         <v>195</v>
       </c>
-      <c r="J74" s="184" t="s">
+      <c r="J74" s="183" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="75" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A75" s="283"/>
-      <c r="B75" s="194">
+      <c r="A75" s="282"/>
+      <c r="B75" s="193">
         <v>1988</v>
       </c>
-      <c r="C75" s="195"/>
-      <c r="D75" s="184" t="s">
+      <c r="C75" s="194"/>
+      <c r="D75" s="183" t="s">
         <v>191</v>
       </c>
-      <c r="E75" s="191" t="s">
+      <c r="E75" s="190" t="s">
         <v>196</v>
       </c>
       <c r="F75" s="149" t="s">
         <v>192</v>
       </c>
-      <c r="G75" s="184" t="s">
+      <c r="G75" s="183" t="s">
         <v>194</v>
       </c>
-      <c r="H75" s="205" t="s">
+      <c r="H75" s="204" t="s">
         <v>189</v>
       </c>
-      <c r="I75" s="187" t="s">
+      <c r="I75" s="186" t="s">
         <v>195</v>
       </c>
-      <c r="J75" s="184" t="s">
+      <c r="J75" s="183" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="76" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A76" s="283"/>
-      <c r="B76" s="194">
+      <c r="A76" s="282"/>
+      <c r="B76" s="193">
         <v>1989</v>
       </c>
-      <c r="C76" s="195"/>
-      <c r="D76" s="184" t="s">
+      <c r="C76" s="194"/>
+      <c r="D76" s="183" t="s">
         <v>191</v>
       </c>
-      <c r="E76" s="191" t="s">
+      <c r="E76" s="190" t="s">
         <v>196</v>
       </c>
       <c r="F76" s="150" t="s">
         <v>192</v>
       </c>
-      <c r="G76" s="184" t="s">
+      <c r="G76" s="183" t="s">
         <v>194</v>
       </c>
-      <c r="H76" s="187" t="s">
+      <c r="H76" s="186" t="s">
         <v>189</v>
       </c>
-      <c r="I76" s="187" t="s">
+      <c r="I76" s="186" t="s">
         <v>195</v>
       </c>
-      <c r="J76" s="184" t="s">
+      <c r="J76" s="183" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="77" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A77" s="283"/>
-      <c r="B77" s="194">
+      <c r="A77" s="282"/>
+      <c r="B77" s="193">
         <v>1990</v>
       </c>
-      <c r="C77" s="195"/>
-      <c r="D77" s="186" t="s">
+      <c r="C77" s="194"/>
+      <c r="D77" s="185" t="s">
         <v>191</v>
       </c>
-      <c r="E77" s="191" t="s">
+      <c r="E77" s="190" t="s">
         <v>196</v>
       </c>
       <c r="F77" s="149" t="s">
         <v>192</v>
       </c>
-      <c r="G77" s="184" t="s">
+      <c r="G77" s="183" t="s">
         <v>194</v>
       </c>
-      <c r="H77" s="187" t="s">
+      <c r="H77" s="186" t="s">
         <v>189</v>
       </c>
-      <c r="I77" s="187" t="s">
+      <c r="I77" s="186" t="s">
         <v>195</v>
       </c>
-      <c r="J77" s="184" t="s">
+      <c r="J77" s="183" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="78" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A78" s="283"/>
-      <c r="B78" s="194">
+      <c r="A78" s="282"/>
+      <c r="B78" s="193">
         <v>1991</v>
       </c>
-      <c r="C78" s="195"/>
-      <c r="D78" s="184" t="s">
+      <c r="C78" s="194"/>
+      <c r="D78" s="183" t="s">
         <v>191</v>
       </c>
-      <c r="E78" s="191" t="s">
+      <c r="E78" s="190" t="s">
         <v>196</v>
       </c>
       <c r="F78" s="149" t="s">
         <v>192</v>
       </c>
-      <c r="G78" s="186" t="s">
+      <c r="G78" s="185" t="s">
         <v>194</v>
       </c>
-      <c r="H78" s="187" t="s">
+      <c r="H78" s="186" t="s">
         <v>189</v>
       </c>
-      <c r="I78" s="187" t="s">
+      <c r="I78" s="186" t="s">
         <v>195</v>
       </c>
-      <c r="J78" s="184" t="s">
+      <c r="J78" s="183" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="79" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A79" s="283" t="s">
+      <c r="A79" s="282" t="s">
         <v>273</v>
       </c>
-      <c r="B79" s="194">
+      <c r="B79" s="193">
         <v>1992</v>
       </c>
-      <c r="C79" s="195"/>
-      <c r="D79" s="184" t="s">
+      <c r="C79" s="194"/>
+      <c r="D79" s="183" t="s">
         <v>198</v>
       </c>
-      <c r="E79" s="208" t="s">
+      <c r="E79" s="207" t="s">
         <v>196</v>
       </c>
-      <c r="F79" s="184" t="s">
+      <c r="F79" s="183" t="s">
         <v>199</v>
       </c>
-      <c r="G79" s="184" t="s">
+      <c r="G79" s="183" t="s">
         <v>200</v>
       </c>
-      <c r="H79" s="187" t="s">
+      <c r="H79" s="186" t="s">
         <v>201</v>
       </c>
-      <c r="I79" s="209" t="s">
+      <c r="I79" s="208" t="s">
         <v>195</v>
       </c>
-      <c r="J79" s="187" t="s">
+      <c r="J79" s="186" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="80" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A80" s="283"/>
-      <c r="B80" s="194">
+      <c r="A80" s="282"/>
+      <c r="B80" s="193">
         <v>1993</v>
       </c>
-      <c r="C80" s="195"/>
-      <c r="D80" s="184" t="s">
+      <c r="C80" s="194"/>
+      <c r="D80" s="183" t="s">
         <v>198</v>
       </c>
-      <c r="E80" s="191" t="s">
+      <c r="E80" s="190" t="s">
         <v>196</v>
       </c>
-      <c r="F80" s="184" t="s">
+      <c r="F80" s="183" t="s">
         <v>199</v>
       </c>
-      <c r="G80" s="184" t="s">
+      <c r="G80" s="183" t="s">
         <v>200</v>
       </c>
-      <c r="H80" s="187" t="s">
+      <c r="H80" s="186" t="s">
         <v>201</v>
       </c>
-      <c r="I80" s="210" t="s">
+      <c r="I80" s="209" t="s">
         <v>195</v>
       </c>
-      <c r="J80" s="187" t="s">
+      <c r="J80" s="186" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="81" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A81" s="283"/>
-      <c r="B81" s="194">
+      <c r="A81" s="282"/>
+      <c r="B81" s="193">
         <v>1994</v>
       </c>
-      <c r="C81" s="195"/>
-      <c r="D81" s="186" t="s">
+      <c r="C81" s="194"/>
+      <c r="D81" s="185" t="s">
         <v>198</v>
       </c>
-      <c r="E81" s="191" t="s">
+      <c r="E81" s="190" t="s">
         <v>196</v>
       </c>
-      <c r="F81" s="184" t="s">
+      <c r="F81" s="183" t="s">
         <v>199</v>
       </c>
-      <c r="G81" s="184" t="s">
+      <c r="G81" s="183" t="s">
         <v>200</v>
       </c>
-      <c r="H81" s="187" t="s">
+      <c r="H81" s="186" t="s">
         <v>201</v>
       </c>
-      <c r="I81" s="209" t="s">
+      <c r="I81" s="208" t="s">
         <v>195</v>
       </c>
-      <c r="J81" s="187" t="s">
+      <c r="J81" s="186" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="82" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A82" s="283"/>
-      <c r="B82" s="194">
+      <c r="A82" s="282"/>
+      <c r="B82" s="193">
         <v>1995</v>
       </c>
-      <c r="C82" s="195"/>
-      <c r="D82" s="184" t="s">
+      <c r="C82" s="194"/>
+      <c r="D82" s="183" t="s">
         <v>198</v>
       </c>
-      <c r="E82" s="191" t="s">
+      <c r="E82" s="190" t="s">
         <v>196</v>
       </c>
-      <c r="F82" s="184" t="s">
+      <c r="F82" s="183" t="s">
         <v>199</v>
       </c>
-      <c r="G82" s="186" t="s">
+      <c r="G82" s="185" t="s">
         <v>200</v>
       </c>
-      <c r="H82" s="187" t="s">
+      <c r="H82" s="186" t="s">
         <v>201</v>
       </c>
-      <c r="I82" s="209" t="s">
+      <c r="I82" s="208" t="s">
         <v>195</v>
       </c>
-      <c r="J82" s="187" t="s">
+      <c r="J82" s="186" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="83" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A83" s="283"/>
-      <c r="B83" s="194">
+      <c r="A83" s="282"/>
+      <c r="B83" s="193">
         <v>1996</v>
       </c>
-      <c r="C83" s="195"/>
-      <c r="D83" s="184" t="s">
+      <c r="C83" s="194"/>
+      <c r="D83" s="183" t="s">
         <v>198</v>
       </c>
-      <c r="E83" s="191" t="s">
+      <c r="E83" s="190" t="s">
         <v>196</v>
       </c>
-      <c r="F83" s="184" t="s">
+      <c r="F83" s="183" t="s">
         <v>199</v>
       </c>
-      <c r="G83" s="184" t="s">
+      <c r="G83" s="183" t="s">
         <v>200</v>
       </c>
-      <c r="H83" s="205" t="s">
+      <c r="H83" s="204" t="s">
         <v>201</v>
       </c>
-      <c r="I83" s="209" t="s">
+      <c r="I83" s="208" t="s">
         <v>195</v>
       </c>
-      <c r="J83" s="187" t="s">
+      <c r="J83" s="186" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="84" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A84" s="283" t="s">
+      <c r="A84" s="282" t="s">
         <v>274</v>
       </c>
-      <c r="B84" s="194">
+      <c r="B84" s="193">
         <v>1997</v>
       </c>
-      <c r="C84" s="195"/>
-      <c r="D84" s="184" t="s">
+      <c r="C84" s="194"/>
+      <c r="D84" s="183" t="s">
         <v>198</v>
       </c>
-      <c r="E84" s="187" t="s">
+      <c r="E84" s="186" t="s">
         <v>203</v>
       </c>
-      <c r="F84" s="211" t="s">
+      <c r="F84" s="210" t="s">
         <v>204</v>
       </c>
-      <c r="G84" s="184" t="s">
+      <c r="G84" s="183" t="s">
         <v>200</v>
       </c>
-      <c r="H84" s="187" t="s">
+      <c r="H84" s="186" t="s">
         <v>201</v>
       </c>
-      <c r="I84" s="186" t="s">
+      <c r="I84" s="185" t="s">
         <v>199</v>
       </c>
       <c r="J84" s="149" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="85" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A85" s="283"/>
-      <c r="B85" s="194">
+      <c r="A85" s="282"/>
+      <c r="B85" s="193">
         <v>1998</v>
       </c>
-      <c r="C85" s="195"/>
-      <c r="D85" s="186" t="s">
+      <c r="C85" s="194"/>
+      <c r="D85" s="185" t="s">
         <v>198</v>
       </c>
-      <c r="E85" s="187" t="s">
+      <c r="E85" s="186" t="s">
         <v>203</v>
       </c>
-      <c r="F85" s="211" t="s">
+      <c r="F85" s="210" t="s">
         <v>204</v>
       </c>
-      <c r="G85" s="184" t="s">
+      <c r="G85" s="183" t="s">
         <v>200</v>
       </c>
-      <c r="H85" s="187" t="s">
+      <c r="H85" s="186" t="s">
         <v>201</v>
       </c>
-      <c r="I85" s="184" t="s">
+      <c r="I85" s="183" t="s">
         <v>199</v>
       </c>
       <c r="J85" s="149" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="86" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A86" s="283"/>
-      <c r="B86" s="194">
+      <c r="A86" s="282"/>
+      <c r="B86" s="193">
         <v>1999</v>
       </c>
-      <c r="C86" s="195"/>
-      <c r="D86" s="184" t="s">
+      <c r="C86" s="194"/>
+      <c r="D86" s="183" t="s">
         <v>198</v>
       </c>
-      <c r="E86" s="187" t="s">
+      <c r="E86" s="186" t="s">
         <v>203</v>
       </c>
-      <c r="F86" s="211" t="s">
+      <c r="F86" s="210" t="s">
         <v>204</v>
       </c>
-      <c r="G86" s="186" t="s">
+      <c r="G86" s="185" t="s">
         <v>200</v>
       </c>
-      <c r="H86" s="187" t="s">
+      <c r="H86" s="186" t="s">
         <v>201</v>
       </c>
-      <c r="I86" s="184" t="s">
+      <c r="I86" s="183" t="s">
         <v>199</v>
       </c>
       <c r="J86" s="149" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="87" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A87" s="283"/>
-      <c r="B87" s="194">
+      <c r="A87" s="282"/>
+      <c r="B87" s="193">
         <v>2000</v>
       </c>
-      <c r="C87" s="195"/>
-      <c r="D87" s="184" t="s">
+      <c r="C87" s="194"/>
+      <c r="D87" s="183" t="s">
         <v>198</v>
       </c>
-      <c r="E87" s="187" t="s">
+      <c r="E87" s="186" t="s">
         <v>203</v>
       </c>
-      <c r="F87" s="211" t="s">
+      <c r="F87" s="210" t="s">
         <v>204</v>
       </c>
-      <c r="G87" s="184" t="s">
+      <c r="G87" s="183" t="s">
         <v>200</v>
       </c>
-      <c r="H87" s="205" t="s">
+      <c r="H87" s="204" t="s">
         <v>201</v>
       </c>
-      <c r="I87" s="184" t="s">
+      <c r="I87" s="183" t="s">
         <v>199</v>
       </c>
       <c r="J87" s="149" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="88" spans="1:10" ht="36" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A88" s="283"/>
-      <c r="B88" s="194">
+      <c r="A88" s="282"/>
+      <c r="B88" s="193">
         <v>2001</v>
       </c>
-      <c r="C88" s="195"/>
-      <c r="D88" s="184" t="s">
+      <c r="C88" s="194"/>
+      <c r="D88" s="183" t="s">
         <v>198</v>
       </c>
-      <c r="E88" s="205" t="s">
+      <c r="E88" s="204" t="s">
         <v>203</v>
       </c>
-      <c r="F88" s="211" t="s">
+      <c r="F88" s="210" t="s">
         <v>204</v>
       </c>
-      <c r="G88" s="184" t="s">
+      <c r="G88" s="183" t="s">
         <v>200</v>
       </c>
-      <c r="H88" s="187" t="s">
+      <c r="H88" s="186" t="s">
         <v>201</v>
       </c>
-      <c r="I88" s="184" t="s">
+      <c r="I88" s="183" t="s">
         <v>199</v>
       </c>
       <c r="J88" s="149" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="89" spans="1:10" ht="52.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A89" s="280" t="s">
+      <c r="A89" s="279" t="s">
         <v>275</v>
       </c>
-      <c r="B89" s="190"/>
-[...1 lines deleted...]
-      <c r="D89" s="190" t="s">
+      <c r="B89" s="189"/>
+      <c r="C89" s="182"/>
+      <c r="D89" s="189" t="s">
         <v>236</v>
       </c>
-      <c r="E89" s="190" t="s">
+      <c r="E89" s="189" t="s">
         <v>237</v>
       </c>
-      <c r="F89" s="190" t="s">
+      <c r="F89" s="189" t="s">
         <v>238</v>
       </c>
-      <c r="G89" s="190" t="s">
+      <c r="G89" s="189" t="s">
         <v>239</v>
       </c>
-      <c r="H89" s="190" t="s">
+      <c r="H89" s="189" t="s">
         <v>240</v>
       </c>
-      <c r="I89" s="190" t="s">
+      <c r="I89" s="189" t="s">
         <v>7</v>
       </c>
-      <c r="J89" s="190" t="s">
+      <c r="J89" s="189" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="90" spans="1:10" ht="27" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A90" s="281"/>
-      <c r="B90" s="194">
+      <c r="A90" s="280"/>
+      <c r="B90" s="193">
         <v>2002</v>
       </c>
-      <c r="C90" s="195"/>
-      <c r="D90" s="184" t="s">
+      <c r="C90" s="194"/>
+      <c r="D90" s="183" t="s">
         <v>206</v>
       </c>
-      <c r="E90" s="187" t="s">
+      <c r="E90" s="186" t="s">
         <v>203</v>
       </c>
-      <c r="F90" s="212" t="s">
+      <c r="F90" s="211" t="s">
         <v>204</v>
       </c>
-      <c r="G90" s="184" t="s">
+      <c r="G90" s="183" t="s">
         <v>200</v>
       </c>
-      <c r="H90" s="187" t="s">
+      <c r="H90" s="186" t="s">
         <v>201</v>
       </c>
-      <c r="I90" s="184" t="s">
+      <c r="I90" s="183" t="s">
         <v>199</v>
       </c>
       <c r="J90" s="149" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="91" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A91" s="281"/>
-      <c r="B91" s="194">
+      <c r="A91" s="280"/>
+      <c r="B91" s="193">
         <v>2003</v>
       </c>
-      <c r="C91" s="195"/>
-      <c r="D91" s="184" t="s">
+      <c r="C91" s="194"/>
+      <c r="D91" s="183" t="s">
         <v>206</v>
       </c>
-      <c r="E91" s="187" t="s">
+      <c r="E91" s="186" t="s">
         <v>203</v>
       </c>
-      <c r="F91" s="211" t="s">
+      <c r="F91" s="210" t="s">
         <v>204</v>
       </c>
-      <c r="G91" s="184" t="s">
+      <c r="G91" s="183" t="s">
         <v>200</v>
       </c>
-      <c r="H91" s="187" t="s">
+      <c r="H91" s="186" t="s">
         <v>201</v>
       </c>
-      <c r="I91" s="184" t="s">
+      <c r="I91" s="183" t="s">
         <v>199</v>
       </c>
       <c r="J91" s="150" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="92" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A92" s="281"/>
-      <c r="B92" s="284">
+      <c r="A92" s="280"/>
+      <c r="B92" s="283">
         <v>2004</v>
       </c>
-      <c r="C92" s="292" t="s">
+      <c r="C92" s="291" t="s">
         <v>207</v>
       </c>
-      <c r="D92" s="293" t="s">
+      <c r="D92" s="292" t="s">
         <v>206</v>
       </c>
-      <c r="E92" s="288" t="s">
+      <c r="E92" s="287" t="s">
         <v>203</v>
       </c>
-      <c r="F92" s="290" t="s">
+      <c r="F92" s="289" t="s">
         <v>204</v>
       </c>
-      <c r="G92" s="297" t="s">
+      <c r="G92" s="296" t="s">
         <v>200</v>
       </c>
-      <c r="H92" s="288" t="s">
+      <c r="H92" s="287" t="s">
         <v>201</v>
       </c>
-      <c r="I92" s="184" t="s">
+      <c r="I92" s="183" t="s">
         <v>199</v>
       </c>
       <c r="J92" s="149" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="93" spans="1:10" ht="23" x14ac:dyDescent="0.25">
-      <c r="A93" s="281"/>
-[...6 lines deleted...]
-      <c r="H93" s="288"/>
+      <c r="A93" s="280"/>
+      <c r="B93" s="283"/>
+      <c r="C93" s="291"/>
+      <c r="D93" s="283"/>
+      <c r="E93" s="287"/>
+      <c r="F93" s="289"/>
+      <c r="G93" s="296"/>
+      <c r="H93" s="287"/>
       <c r="I93" s="149" t="s">
         <v>205</v>
       </c>
-      <c r="J93" s="184" t="s">
+      <c r="J93" s="183" t="s">
         <v>279</v>
       </c>
     </row>
     <row r="94" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A94" s="281"/>
-      <c r="B94" s="194">
+      <c r="A94" s="280"/>
+      <c r="B94" s="193">
         <v>2005</v>
       </c>
-      <c r="C94" s="195"/>
-      <c r="D94" s="184" t="s">
+      <c r="C94" s="194"/>
+      <c r="D94" s="183" t="s">
         <v>206</v>
       </c>
-      <c r="E94" s="187" t="s">
+      <c r="E94" s="186" t="s">
         <v>203</v>
       </c>
-      <c r="F94" s="211" t="s">
+      <c r="F94" s="210" t="s">
         <v>204</v>
       </c>
-      <c r="G94" s="184" t="s">
+      <c r="G94" s="183" t="s">
         <v>200</v>
       </c>
-      <c r="H94" s="205" t="s">
+      <c r="H94" s="204" t="s">
         <v>201</v>
       </c>
       <c r="I94" s="149" t="s">
         <v>205</v>
       </c>
-      <c r="J94" s="184" t="s">
+      <c r="J94" s="183" t="s">
         <v>279</v>
       </c>
     </row>
     <row r="95" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A95" s="282"/>
-      <c r="B95" s="194">
+      <c r="A95" s="281"/>
+      <c r="B95" s="193">
         <v>2006</v>
       </c>
-      <c r="C95" s="195"/>
-      <c r="D95" s="184" t="s">
+      <c r="C95" s="194"/>
+      <c r="D95" s="183" t="s">
         <v>206</v>
       </c>
-      <c r="E95" s="205" t="s">
+      <c r="E95" s="204" t="s">
         <v>203</v>
       </c>
-      <c r="F95" s="211" t="s">
+      <c r="F95" s="210" t="s">
         <v>204</v>
       </c>
-      <c r="G95" s="184" t="s">
+      <c r="G95" s="183" t="s">
         <v>200</v>
       </c>
-      <c r="H95" s="187" t="s">
+      <c r="H95" s="186" t="s">
         <v>201</v>
       </c>
       <c r="I95" s="149" t="s">
         <v>205</v>
       </c>
-      <c r="J95" s="184" t="s">
+      <c r="J95" s="183" t="s">
         <v>279</v>
       </c>
     </row>
     <row r="96" spans="1:10" ht="50.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A96" s="280" t="s">
+      <c r="A96" s="279" t="s">
         <v>259</v>
       </c>
-      <c r="B96" s="190"/>
-[...1 lines deleted...]
-      <c r="D96" s="190" t="s">
+      <c r="B96" s="189"/>
+      <c r="C96" s="182"/>
+      <c r="D96" s="189" t="s">
         <v>236</v>
       </c>
-      <c r="E96" s="190" t="s">
+      <c r="E96" s="189" t="s">
         <v>237</v>
       </c>
-      <c r="F96" s="190" t="s">
+      <c r="F96" s="189" t="s">
         <v>242</v>
       </c>
-      <c r="G96" s="190" t="s">
+      <c r="G96" s="189" t="s">
         <v>239</v>
       </c>
-      <c r="H96" s="190" t="s">
+      <c r="H96" s="189" t="s">
         <v>240</v>
       </c>
-      <c r="I96" s="190" t="s">
+      <c r="I96" s="189" t="s">
         <v>7</v>
       </c>
-      <c r="J96" s="190" t="s">
+      <c r="J96" s="189" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="97" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A97" s="281"/>
-      <c r="B97" s="194">
+      <c r="A97" s="280"/>
+      <c r="B97" s="193">
         <v>2007</v>
       </c>
-      <c r="C97" s="195"/>
-      <c r="D97" s="186" t="s">
+      <c r="C97" s="194"/>
+      <c r="D97" s="185" t="s">
         <v>206</v>
       </c>
-      <c r="E97" s="187" t="s">
+      <c r="E97" s="186" t="s">
         <v>208</v>
       </c>
-      <c r="F97" s="211" t="s">
+      <c r="F97" s="210" t="s">
         <v>204</v>
       </c>
-      <c r="G97" s="184" t="s">
+      <c r="G97" s="183" t="s">
         <v>209</v>
       </c>
-      <c r="H97" s="187" t="s">
+      <c r="H97" s="186" t="s">
         <v>210</v>
       </c>
       <c r="I97" s="149" t="s">
         <v>205</v>
       </c>
-      <c r="J97" s="184" t="s">
+      <c r="J97" s="183" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="98" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A98" s="281"/>
-      <c r="B98" s="194">
+      <c r="A98" s="280"/>
+      <c r="B98" s="193">
         <v>2008</v>
       </c>
-      <c r="C98" s="195"/>
-      <c r="D98" s="184" t="s">
+      <c r="C98" s="194"/>
+      <c r="D98" s="183" t="s">
         <v>206</v>
       </c>
-      <c r="E98" s="187" t="s">
+      <c r="E98" s="186" t="s">
         <v>208</v>
       </c>
-      <c r="F98" s="212" t="s">
+      <c r="F98" s="211" t="s">
         <v>204</v>
       </c>
-      <c r="G98" s="184" t="s">
+      <c r="G98" s="183" t="s">
         <v>209</v>
       </c>
-      <c r="H98" s="187" t="s">
+      <c r="H98" s="186" t="s">
         <v>210</v>
       </c>
       <c r="I98" s="149" t="s">
         <v>205</v>
       </c>
-      <c r="J98" s="184" t="s">
+      <c r="J98" s="183" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="99" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A99" s="281"/>
-      <c r="B99" s="194">
+      <c r="A99" s="280"/>
+      <c r="B99" s="193">
         <v>2009</v>
       </c>
-      <c r="C99" s="195"/>
-      <c r="D99" s="184" t="s">
+      <c r="C99" s="194"/>
+      <c r="D99" s="183" t="s">
         <v>206</v>
       </c>
-      <c r="E99" s="187" t="s">
+      <c r="E99" s="186" t="s">
         <v>208</v>
       </c>
-      <c r="F99" s="211" t="s">
+      <c r="F99" s="210" t="s">
         <v>204</v>
       </c>
-      <c r="G99" s="184" t="s">
+      <c r="G99" s="183" t="s">
         <v>209</v>
       </c>
-      <c r="H99" s="187" t="s">
+      <c r="H99" s="186" t="s">
         <v>210</v>
       </c>
       <c r="I99" s="150" t="s">
         <v>205</v>
       </c>
-      <c r="J99" s="184" t="s">
+      <c r="J99" s="183" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="100" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A100" s="281"/>
-      <c r="B100" s="194">
+      <c r="A100" s="280"/>
+      <c r="B100" s="193">
         <v>2010</v>
       </c>
-      <c r="C100" s="195"/>
-      <c r="D100" s="184" t="s">
+      <c r="C100" s="194"/>
+      <c r="D100" s="183" t="s">
         <v>206</v>
       </c>
-      <c r="E100" s="187" t="s">
+      <c r="E100" s="186" t="s">
         <v>208</v>
       </c>
-      <c r="F100" s="211" t="s">
+      <c r="F100" s="210" t="s">
         <v>204</v>
       </c>
-      <c r="G100" s="186" t="s">
+      <c r="G100" s="185" t="s">
         <v>209</v>
       </c>
-      <c r="H100" s="187" t="s">
+      <c r="H100" s="186" t="s">
         <v>210</v>
       </c>
       <c r="I100" s="149" t="s">
         <v>205</v>
       </c>
-      <c r="J100" s="184" t="s">
+      <c r="J100" s="183" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="101" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A101" s="282"/>
-      <c r="B101" s="194">
+      <c r="A101" s="281"/>
+      <c r="B101" s="193">
         <v>2011</v>
       </c>
-      <c r="C101" s="195"/>
-      <c r="D101" s="184" t="s">
+      <c r="C101" s="194"/>
+      <c r="D101" s="183" t="s">
         <v>206</v>
       </c>
-      <c r="E101" s="205" t="s">
+      <c r="E101" s="204" t="s">
         <v>208</v>
       </c>
-      <c r="F101" s="211" t="s">
+      <c r="F101" s="210" t="s">
         <v>204</v>
       </c>
-      <c r="G101" s="184" t="s">
+      <c r="G101" s="183" t="s">
         <v>209</v>
       </c>
-      <c r="H101" s="187" t="s">
+      <c r="H101" s="186" t="s">
         <v>210</v>
       </c>
       <c r="I101" s="149" t="s">
         <v>205</v>
       </c>
-      <c r="J101" s="184" t="s">
+      <c r="J101" s="183" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="102" spans="1:10" ht="50.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A102" s="280" t="s">
+      <c r="A102" s="279" t="s">
         <v>304</v>
       </c>
-      <c r="B102" s="190"/>
-[...1 lines deleted...]
-      <c r="D102" s="190" t="s">
+      <c r="B102" s="189"/>
+      <c r="C102" s="182"/>
+      <c r="D102" s="189" t="s">
         <v>236</v>
       </c>
-      <c r="E102" s="190" t="s">
+      <c r="E102" s="189" t="s">
         <v>237</v>
       </c>
-      <c r="F102" s="190" t="s">
+      <c r="F102" s="189" t="s">
         <v>242</v>
       </c>
-      <c r="G102" s="190" t="s">
+      <c r="G102" s="189" t="s">
         <v>239</v>
       </c>
-      <c r="H102" s="190" t="s">
+      <c r="H102" s="189" t="s">
         <v>240</v>
       </c>
-      <c r="I102" s="190" t="s">
+      <c r="I102" s="189" t="s">
         <v>7</v>
       </c>
-      <c r="J102" s="190" t="s">
+      <c r="J102" s="189" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="103" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A103" s="281"/>
-      <c r="B103" s="194">
+      <c r="A103" s="280"/>
+      <c r="B103" s="193">
         <v>2012</v>
       </c>
-      <c r="C103" s="195"/>
-      <c r="D103" s="184" t="s">
+      <c r="C103" s="194"/>
+      <c r="D103" s="183" t="s">
         <v>206</v>
       </c>
-      <c r="E103" s="187" t="s">
+      <c r="E103" s="186" t="s">
         <v>208</v>
       </c>
-      <c r="F103" s="185" t="s">
+      <c r="F103" s="184" t="s">
         <v>306</v>
       </c>
-      <c r="G103" s="184" t="s">
+      <c r="G103" s="183" t="s">
         <v>209</v>
       </c>
-      <c r="H103" s="187" t="s">
+      <c r="H103" s="186" t="s">
         <v>210</v>
       </c>
-      <c r="I103" s="186" t="s">
+      <c r="I103" s="185" t="s">
         <v>211</v>
       </c>
       <c r="J103" s="149" t="s">
         <v>305</v>
       </c>
     </row>
     <row r="104" spans="1:10" ht="23" x14ac:dyDescent="0.25">
-      <c r="A104" s="281"/>
-      <c r="B104" s="284">
+      <c r="A104" s="280"/>
+      <c r="B104" s="283">
         <v>2013</v>
       </c>
-      <c r="C104" s="294" t="s">
+      <c r="C104" s="293" t="s">
         <v>309</v>
       </c>
-      <c r="D104" s="184" t="s">
+      <c r="D104" s="183" t="s">
         <v>206</v>
       </c>
-      <c r="E104" s="288" t="s">
+      <c r="E104" s="287" t="s">
         <v>208</v>
       </c>
-      <c r="F104" s="295" t="s">
+      <c r="F104" s="294" t="s">
         <v>306</v>
       </c>
-      <c r="G104" s="293" t="s">
+      <c r="G104" s="292" t="s">
         <v>209</v>
       </c>
-      <c r="H104" s="296" t="s">
+      <c r="H104" s="295" t="s">
         <v>210</v>
       </c>
-      <c r="I104" s="293" t="s">
+      <c r="I104" s="292" t="s">
         <v>211</v>
       </c>
-      <c r="J104" s="298" t="s">
+      <c r="J104" s="297" t="s">
         <v>305</v>
       </c>
     </row>
     <row r="105" spans="1:10" ht="23" x14ac:dyDescent="0.25">
-      <c r="A105" s="281"/>
-[...2 lines deleted...]
-      <c r="D105" s="184" t="s">
+      <c r="A105" s="280"/>
+      <c r="B105" s="283"/>
+      <c r="C105" s="293"/>
+      <c r="D105" s="183" t="s">
         <v>308</v>
       </c>
-      <c r="E105" s="288"/>
-[...4 lines deleted...]
-      <c r="J105" s="298"/>
+      <c r="E105" s="287"/>
+      <c r="F105" s="294"/>
+      <c r="G105" s="292"/>
+      <c r="H105" s="295"/>
+      <c r="I105" s="292"/>
+      <c r="J105" s="297"/>
     </row>
     <row r="106" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A106" s="281"/>
-      <c r="B106" s="213">
+      <c r="A106" s="280"/>
+      <c r="B106" s="212">
         <v>2014</v>
       </c>
-      <c r="C106" s="214"/>
-      <c r="D106" s="184" t="s">
+      <c r="C106" s="213"/>
+      <c r="D106" s="183" t="s">
         <v>308</v>
       </c>
-      <c r="E106" s="187" t="s">
+      <c r="E106" s="186" t="s">
         <v>208</v>
       </c>
-      <c r="F106" s="185" t="s">
+      <c r="F106" s="184" t="s">
         <v>306</v>
       </c>
-      <c r="G106" s="186" t="s">
+      <c r="G106" s="185" t="s">
         <v>209</v>
       </c>
-      <c r="H106" s="187" t="s">
+      <c r="H106" s="186" t="s">
         <v>210</v>
       </c>
-      <c r="I106" s="184" t="s">
+      <c r="I106" s="183" t="s">
         <v>211</v>
       </c>
       <c r="J106" s="149" t="s">
         <v>305</v>
       </c>
     </row>
     <row r="107" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A107" s="281"/>
-      <c r="B107" s="213">
+      <c r="A107" s="280"/>
+      <c r="B107" s="212">
         <v>2015</v>
       </c>
-      <c r="C107" s="214"/>
-      <c r="D107" s="184" t="s">
+      <c r="C107" s="213"/>
+      <c r="D107" s="183" t="s">
         <v>308</v>
       </c>
-      <c r="E107" s="187" t="s">
+      <c r="E107" s="186" t="s">
         <v>208</v>
       </c>
-      <c r="F107" s="185" t="s">
+      <c r="F107" s="184" t="s">
         <v>306</v>
       </c>
-      <c r="G107" s="186" t="s">
+      <c r="G107" s="185" t="s">
         <v>209</v>
       </c>
-      <c r="H107" s="187" t="s">
+      <c r="H107" s="186" t="s">
         <v>210</v>
       </c>
-      <c r="I107" s="184" t="s">
+      <c r="I107" s="183" t="s">
         <v>211</v>
       </c>
       <c r="J107" s="149" t="s">
         <v>305</v>
       </c>
     </row>
     <row r="108" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A108" s="282"/>
-      <c r="B108" s="213">
+      <c r="A108" s="281"/>
+      <c r="B108" s="212">
         <v>2016</v>
       </c>
-      <c r="C108" s="214"/>
-      <c r="D108" s="184" t="s">
+      <c r="C108" s="213"/>
+      <c r="D108" s="183" t="s">
         <v>308</v>
       </c>
-      <c r="E108" s="187" t="s">
+      <c r="E108" s="186" t="s">
         <v>208</v>
       </c>
-      <c r="F108" s="185" t="s">
+      <c r="F108" s="184" t="s">
         <v>306</v>
       </c>
-      <c r="G108" s="186" t="s">
+      <c r="G108" s="185" t="s">
         <v>209</v>
       </c>
-      <c r="H108" s="187" t="s">
+      <c r="H108" s="186" t="s">
         <v>210</v>
       </c>
-      <c r="I108" s="184" t="s">
+      <c r="I108" s="183" t="s">
         <v>211</v>
       </c>
       <c r="J108" s="149" t="s">
         <v>305</v>
       </c>
     </row>
     <row r="109" spans="1:10" ht="50.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A109" s="285" t="s">
+      <c r="A109" s="284" t="s">
         <v>312</v>
       </c>
-      <c r="B109" s="190"/>
-[...1 lines deleted...]
-      <c r="D109" s="190" t="s">
+      <c r="B109" s="189"/>
+      <c r="C109" s="188"/>
+      <c r="D109" s="189" t="s">
         <v>236</v>
       </c>
-      <c r="E109" s="190" t="s">
+      <c r="E109" s="189" t="s">
         <v>237</v>
       </c>
-      <c r="F109" s="190" t="s">
+      <c r="F109" s="189" t="s">
         <v>242</v>
       </c>
-      <c r="G109" s="190" t="s">
+      <c r="G109" s="189" t="s">
         <v>239</v>
       </c>
-      <c r="H109" s="190" t="s">
+      <c r="H109" s="189" t="s">
         <v>240</v>
       </c>
-      <c r="I109" s="190" t="s">
+      <c r="I109" s="189" t="s">
         <v>7</v>
       </c>
-      <c r="J109" s="190" t="s">
+      <c r="J109" s="189" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="110" spans="1:10" ht="23" x14ac:dyDescent="0.25">
-      <c r="A110" s="286"/>
-      <c r="B110" s="182">
+      <c r="A110" s="285"/>
+      <c r="B110" s="181">
         <v>2017</v>
       </c>
-      <c r="C110" s="183"/>
-      <c r="D110" s="184" t="s">
+      <c r="C110" s="182"/>
+      <c r="D110" s="183" t="s">
         <v>308</v>
       </c>
       <c r="E110" s="149" t="s">
         <v>305</v>
       </c>
-      <c r="F110" s="185" t="s">
+      <c r="F110" s="184" t="s">
         <v>306</v>
       </c>
-      <c r="G110" s="186" t="s">
+      <c r="G110" s="185" t="s">
         <v>310</v>
       </c>
-      <c r="H110" s="187" t="s">
+      <c r="H110" s="186" t="s">
         <v>210</v>
       </c>
-      <c r="I110" s="184" t="s">
+      <c r="I110" s="183" t="s">
         <v>211</v>
       </c>
-      <c r="J110" s="187" t="s">
+      <c r="J110" s="186" t="s">
         <v>311</v>
       </c>
     </row>
     <row r="111" spans="1:10" ht="23" x14ac:dyDescent="0.25">
-      <c r="A111" s="286"/>
-      <c r="B111" s="182">
+      <c r="A111" s="285"/>
+      <c r="B111" s="181">
         <v>2018</v>
       </c>
-      <c r="C111" s="183"/>
-      <c r="D111" s="184" t="s">
+      <c r="C111" s="182"/>
+      <c r="D111" s="183" t="s">
         <v>308</v>
       </c>
       <c r="E111" s="149" t="s">
         <v>305</v>
       </c>
-      <c r="F111" s="185" t="s">
+      <c r="F111" s="184" t="s">
         <v>306</v>
       </c>
-      <c r="G111" s="186" t="s">
+      <c r="G111" s="185" t="s">
         <v>310</v>
       </c>
-      <c r="H111" s="187" t="s">
+      <c r="H111" s="186" t="s">
         <v>210</v>
       </c>
-      <c r="I111" s="184" t="s">
+      <c r="I111" s="183" t="s">
         <v>211</v>
       </c>
-      <c r="J111" s="187" t="s">
+      <c r="J111" s="186" t="s">
         <v>311</v>
       </c>
     </row>
     <row r="112" spans="1:10" ht="26" x14ac:dyDescent="0.25">
-      <c r="A112" s="286"/>
-[...1 lines deleted...]
-      <c r="C112" s="215" t="s">
+      <c r="A112" s="285"/>
+      <c r="B112" s="181"/>
+      <c r="C112" s="214" t="s">
         <v>314</v>
       </c>
-      <c r="D112" s="184" t="s">
+      <c r="D112" s="183" t="s">
         <v>308</v>
       </c>
       <c r="E112" s="149" t="s">
         <v>305</v>
       </c>
       <c r="F112" s="149" t="s">
         <v>313</v>
       </c>
-      <c r="G112" s="186" t="s">
+      <c r="G112" s="185" t="s">
         <v>310</v>
       </c>
-      <c r="H112" s="187" t="s">
+      <c r="H112" s="186" t="s">
         <v>210</v>
       </c>
-      <c r="I112" s="184" t="s">
+      <c r="I112" s="183" t="s">
         <v>211</v>
       </c>
-      <c r="J112" s="187" t="s">
+      <c r="J112" s="186" t="s">
         <v>311</v>
       </c>
     </row>
     <row r="113" spans="1:10" ht="23" x14ac:dyDescent="0.25">
-      <c r="A113" s="286"/>
-      <c r="B113" s="182">
+      <c r="A113" s="285"/>
+      <c r="B113" s="181">
         <v>2019</v>
       </c>
-      <c r="C113" s="183"/>
-      <c r="D113" s="184" t="s">
+      <c r="C113" s="182"/>
+      <c r="D113" s="183" t="s">
         <v>308</v>
       </c>
       <c r="E113" s="149" t="s">
         <v>305</v>
       </c>
       <c r="F113" s="149" t="s">
         <v>313</v>
       </c>
-      <c r="G113" s="186" t="s">
+      <c r="G113" s="185" t="s">
         <v>310</v>
       </c>
-      <c r="H113" s="187" t="s">
+      <c r="H113" s="186" t="s">
         <v>210</v>
       </c>
-      <c r="I113" s="184" t="s">
+      <c r="I113" s="183" t="s">
         <v>211</v>
       </c>
-      <c r="J113" s="187" t="s">
+      <c r="J113" s="186" t="s">
         <v>311</v>
       </c>
     </row>
     <row r="114" spans="1:10" ht="23" x14ac:dyDescent="0.25">
-      <c r="A114" s="286"/>
-      <c r="B114" s="182">
+      <c r="A114" s="285"/>
+      <c r="B114" s="181">
         <v>2020</v>
       </c>
-      <c r="C114" s="183"/>
-      <c r="D114" s="184" t="s">
+      <c r="C114" s="182"/>
+      <c r="D114" s="183" t="s">
         <v>308</v>
       </c>
       <c r="E114" s="149" t="s">
         <v>305</v>
       </c>
       <c r="F114" s="149" t="s">
         <v>313</v>
       </c>
-      <c r="G114" s="186" t="s">
+      <c r="G114" s="185" t="s">
         <v>310</v>
       </c>
-      <c r="H114" s="187" t="s">
+      <c r="H114" s="186" t="s">
         <v>210</v>
       </c>
-      <c r="I114" s="184" t="s">
+      <c r="I114" s="183" t="s">
         <v>211</v>
       </c>
-      <c r="J114" s="187" t="s">
+      <c r="J114" s="186" t="s">
         <v>311</v>
       </c>
     </row>
     <row r="115" spans="1:10" ht="23" x14ac:dyDescent="0.25">
-      <c r="A115" s="287"/>
-      <c r="B115" s="182">
+      <c r="A115" s="286"/>
+      <c r="B115" s="181">
         <v>2021</v>
       </c>
-      <c r="C115" s="183"/>
-      <c r="D115" s="184" t="s">
+      <c r="C115" s="182"/>
+      <c r="D115" s="183" t="s">
         <v>308</v>
       </c>
       <c r="E115" s="149" t="s">
         <v>305</v>
       </c>
       <c r="F115" s="149" t="s">
         <v>313</v>
       </c>
-      <c r="G115" s="186" t="s">
+      <c r="G115" s="185" t="s">
         <v>310</v>
       </c>
-      <c r="H115" s="187" t="s">
+      <c r="H115" s="186" t="s">
         <v>210</v>
       </c>
-      <c r="I115" s="184" t="s">
+      <c r="I115" s="183" t="s">
         <v>211</v>
       </c>
-      <c r="J115" s="187" t="s">
+      <c r="J115" s="186" t="s">
         <v>311</v>
       </c>
     </row>
     <row r="116" spans="1:10" ht="92" x14ac:dyDescent="0.25">
-      <c r="A116" s="285" t="s">
+      <c r="A116" s="284" t="s">
         <v>316</v>
       </c>
-      <c r="B116" s="190"/>
-[...1 lines deleted...]
-      <c r="D116" s="190" t="s">
+      <c r="B116" s="189"/>
+      <c r="C116" s="188"/>
+      <c r="D116" s="189" t="s">
         <v>323</v>
       </c>
-      <c r="E116" s="190" t="s">
+      <c r="E116" s="189" t="s">
         <v>324</v>
       </c>
-      <c r="F116" s="190" t="s">
+      <c r="F116" s="189" t="s">
         <v>325</v>
       </c>
-      <c r="G116" s="190" t="s">
+      <c r="G116" s="189" t="s">
         <v>326</v>
       </c>
-      <c r="H116" s="190" t="s">
+      <c r="H116" s="189" t="s">
         <v>327</v>
       </c>
-      <c r="I116" s="190" t="s">
+      <c r="I116" s="189" t="s">
         <v>328</v>
       </c>
-      <c r="J116" s="190" t="s">
+      <c r="J116" s="189" t="s">
         <v>329</v>
       </c>
     </row>
     <row r="117" spans="1:10" ht="34.5" x14ac:dyDescent="0.25">
-      <c r="A117" s="286"/>
-      <c r="B117" s="182">
+      <c r="A117" s="285"/>
+      <c r="B117" s="181">
         <v>2022</v>
       </c>
-      <c r="C117" s="183"/>
-      <c r="D117" s="185" t="s">
+      <c r="C117" s="182"/>
+      <c r="D117" s="184" t="s">
         <v>321</v>
       </c>
       <c r="E117" s="149" t="s">
         <v>322</v>
       </c>
       <c r="F117" s="149" t="s">
         <v>313</v>
       </c>
-      <c r="G117" s="184" t="s">
+      <c r="G117" s="183" t="s">
         <v>320</v>
       </c>
-      <c r="H117" s="191" t="s">
+      <c r="H117" s="190" t="s">
         <v>317</v>
       </c>
-      <c r="I117" s="184" t="s">
+      <c r="I117" s="183" t="s">
         <v>319</v>
       </c>
-      <c r="J117" s="187" t="s">
+      <c r="J117" s="186" t="s">
         <v>318</v>
       </c>
     </row>
     <row r="118" spans="1:10" ht="34.5" x14ac:dyDescent="0.25">
-      <c r="A118" s="286"/>
-      <c r="B118" s="182">
+      <c r="A118" s="285"/>
+      <c r="B118" s="181">
         <v>2023</v>
       </c>
-      <c r="C118" s="183"/>
-      <c r="D118" s="185" t="s">
+      <c r="C118" s="182"/>
+      <c r="D118" s="184" t="s">
         <v>321</v>
       </c>
       <c r="E118" s="149" t="s">
         <v>322</v>
       </c>
       <c r="F118" s="149" t="s">
         <v>313</v>
       </c>
-      <c r="G118" s="184" t="s">
+      <c r="G118" s="183" t="s">
         <v>320</v>
       </c>
-      <c r="H118" s="191" t="s">
+      <c r="H118" s="190" t="s">
         <v>317</v>
       </c>
-      <c r="I118" s="184" t="s">
+      <c r="I118" s="183" t="s">
         <v>319</v>
       </c>
-      <c r="J118" s="187" t="s">
+      <c r="J118" s="186" t="s">
         <v>318</v>
       </c>
     </row>
     <row r="119" spans="1:10" ht="34.5" x14ac:dyDescent="0.25">
-      <c r="A119" s="286"/>
-      <c r="B119" s="182">
+      <c r="A119" s="285"/>
+      <c r="B119" s="181">
         <v>2024</v>
       </c>
-      <c r="C119" s="188"/>
-      <c r="D119" s="185" t="s">
+      <c r="C119" s="187"/>
+      <c r="D119" s="184" t="s">
         <v>321</v>
       </c>
       <c r="E119" s="149" t="s">
         <v>322</v>
       </c>
       <c r="F119" s="149" t="s">
         <v>313</v>
       </c>
-      <c r="G119" s="184" t="s">
+      <c r="G119" s="183" t="s">
         <v>320</v>
       </c>
-      <c r="H119" s="191" t="s">
+      <c r="H119" s="190" t="s">
         <v>317</v>
       </c>
-      <c r="I119" s="184" t="s">
+      <c r="I119" s="183" t="s">
         <v>319</v>
       </c>
-      <c r="J119" s="187" t="s">
+      <c r="J119" s="186" t="s">
         <v>318</v>
       </c>
     </row>
-    <row r="120" spans="1:10" ht="13" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B120" s="182">
+    <row r="120" spans="1:10" ht="34.5" x14ac:dyDescent="0.25">
+      <c r="A120" s="285"/>
+      <c r="B120" s="181">
         <v>2025</v>
       </c>
-      <c r="C120" s="183"/>
-[...10 lines deleted...]
-      <c r="B121" s="182">
+      <c r="C120" s="182"/>
+      <c r="D120" s="184" t="s">
+        <v>321</v>
+      </c>
+      <c r="E120" s="149" t="s">
+        <v>322</v>
+      </c>
+      <c r="F120" s="149" t="s">
+        <v>313</v>
+      </c>
+      <c r="G120" s="183" t="s">
+        <v>320</v>
+      </c>
+      <c r="H120" s="190" t="s">
+        <v>317</v>
+      </c>
+      <c r="I120" s="183" t="s">
+        <v>319</v>
+      </c>
+      <c r="J120" s="186" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="121" spans="1:10" ht="34.5" x14ac:dyDescent="0.25">
+      <c r="A121" s="286"/>
+      <c r="B121" s="181">
         <v>2026</v>
       </c>
-      <c r="C121" s="183"/>
-[...6 lines deleted...]
-      <c r="J121" s="181"/>
+      <c r="C121" s="182"/>
+      <c r="D121" s="184" t="s">
+        <v>321</v>
+      </c>
+      <c r="E121" s="149" t="s">
+        <v>322</v>
+      </c>
+      <c r="F121" s="149" t="s">
+        <v>313</v>
+      </c>
+      <c r="G121" s="183" t="s">
+        <v>320</v>
+      </c>
+      <c r="H121" s="190" t="s">
+        <v>317</v>
+      </c>
+      <c r="I121" s="183" t="s">
+        <v>319</v>
+      </c>
+      <c r="J121" s="186" t="s">
+        <v>318</v>
+      </c>
     </row>
     <row r="122" spans="1:10" ht="12.5" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="123" spans="1:10" ht="13" x14ac:dyDescent="0.3">
-      <c r="A123" s="192"/>
+      <c r="A123" s="191"/>
       <c r="B123" s="133" t="s">
         <v>1</v>
       </c>
       <c r="C123" s="132"/>
       <c r="D123" s="132"/>
       <c r="E123" s="132"/>
       <c r="F123" s="132"/>
       <c r="G123" s="132"/>
       <c r="H123" s="132"/>
       <c r="I123" s="132"/>
     </row>
     <row r="124" spans="1:10" x14ac:dyDescent="0.25">
       <c r="B124" s="151" t="s">
         <v>2</v>
       </c>
       <c r="C124" s="161"/>
       <c r="D124" s="161"/>
-      <c r="E124" s="289" t="s">
+      <c r="E124" s="288" t="s">
         <v>212</v>
       </c>
-      <c r="F124" s="289"/>
-[...1 lines deleted...]
-      <c r="H124" s="291"/>
+      <c r="F124" s="288"/>
+      <c r="G124" s="290"/>
+      <c r="H124" s="290"/>
       <c r="I124" s="132"/>
     </row>
     <row r="125" spans="1:10" x14ac:dyDescent="0.25">
       <c r="B125" s="135" t="s">
         <v>3</v>
       </c>
       <c r="C125" s="136"/>
       <c r="D125" s="162"/>
-      <c r="E125" s="289"/>
-[...2 lines deleted...]
-      <c r="H125" s="291"/>
+      <c r="E125" s="288"/>
+      <c r="F125" s="288"/>
+      <c r="G125" s="290"/>
+      <c r="H125" s="290"/>
       <c r="I125" s="132"/>
     </row>
     <row r="126" spans="1:10" x14ac:dyDescent="0.25">
       <c r="B126" s="137" t="s">
         <v>4</v>
       </c>
       <c r="C126" s="137"/>
       <c r="D126" s="138"/>
       <c r="E126" s="134"/>
       <c r="F126" s="134"/>
       <c r="G126" s="134"/>
       <c r="H126" s="132"/>
       <c r="I126" s="132"/>
     </row>
     <row r="127" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="B127" s="299" t="s">
+      <c r="B127" s="298" t="s">
         <v>5</v>
       </c>
-      <c r="C127" s="299"/>
-      <c r="D127" s="299" t="s">
+      <c r="C127" s="298"/>
+      <c r="D127" s="298" t="s">
         <v>213</v>
       </c>
-      <c r="E127" s="300"/>
-[...1 lines deleted...]
-      <c r="G127" s="299" t="s">
+      <c r="E127" s="299"/>
+      <c r="F127" s="300"/>
+      <c r="G127" s="298" t="s">
         <v>214</v>
       </c>
-      <c r="H127" s="301"/>
-      <c r="I127" s="301"/>
+      <c r="H127" s="300"/>
+      <c r="I127" s="300"/>
     </row>
     <row r="128" spans="1:10" ht="13" x14ac:dyDescent="0.25">
       <c r="B128" s="139" t="s">
         <v>215</v>
       </c>
       <c r="C128" s="139"/>
       <c r="D128" s="140"/>
       <c r="E128" s="141"/>
       <c r="F128" s="141" t="s">
         <v>216</v>
       </c>
       <c r="G128" s="180"/>
       <c r="H128" s="180"/>
       <c r="I128" s="180"/>
     </row>
     <row r="129" spans="2:9" x14ac:dyDescent="0.25">
       <c r="B129" s="142" t="s">
         <v>217</v>
       </c>
       <c r="C129" s="142"/>
       <c r="D129" s="134"/>
       <c r="E129" s="134"/>
       <c r="F129" s="134"/>
       <c r="G129" s="134"/>
       <c r="H129" s="132"/>
@@ -10429,71 +10454,71 @@
     <mergeCell ref="H104:H105"/>
     <mergeCell ref="E92:E93"/>
     <mergeCell ref="G92:G93"/>
     <mergeCell ref="B92:B93"/>
     <mergeCell ref="A52:A56"/>
     <mergeCell ref="A35:A39"/>
     <mergeCell ref="A74:A78"/>
     <mergeCell ref="A69:A73"/>
     <mergeCell ref="A63:A67"/>
     <mergeCell ref="A57:A61"/>
     <mergeCell ref="A89:A95"/>
     <mergeCell ref="A5:A9"/>
     <mergeCell ref="A10:A14"/>
     <mergeCell ref="A15:A19"/>
     <mergeCell ref="A20:A24"/>
     <mergeCell ref="A25:A29"/>
     <mergeCell ref="A96:A101"/>
     <mergeCell ref="A30:A34"/>
     <mergeCell ref="A41:A45"/>
     <mergeCell ref="A84:A88"/>
     <mergeCell ref="A79:A83"/>
     <mergeCell ref="A46:A50"/>
   </mergeCells>
   <phoneticPr fontId="10" type="noConversion"/>
   <pageMargins left="0.78740157499999996" right="0.78740157499999996" top="0.984251969" bottom="0.984251969" header="0.4921259845" footer="0.4921259845"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">
       <vt:lpstr>1848-1857_directions_partis</vt:lpstr>
       <vt:lpstr>1857-1881_directions_partis</vt:lpstr>
       <vt:lpstr>1881-1921_directions_partis</vt:lpstr>
-      <vt:lpstr>1921-2022_directions_partis</vt:lpstr>
+      <vt:lpstr>1921-2026_directions_partis</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Etat de Fribourg</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>SiTel</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>