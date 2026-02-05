--- v0 (2025-12-05)
+++ v1 (2026-02-05)
@@ -11,332 +11,331 @@
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="369" w:type="dxa"/>
           <w:left w:w="340" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9639"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007A5B04" w:rsidRPr="00B844AE" w14:paraId="14E0EDD4" w14:textId="77777777" w:rsidTr="00534F4D">
+      <w:tr w:rsidR="007A5B04" w:rsidRPr="00B844AE" w14:paraId="22087BEB" w14:textId="77777777" w:rsidTr="00534F4D">
         <w:trPr>
           <w:trHeight w:val="134"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6C18F7A2" w14:textId="77777777" w:rsidR="007A5B04" w:rsidRPr="00352FAF" w:rsidRDefault="00F11A7E" w:rsidP="003215F1">
+          <w:p w14:paraId="6923EB58" w14:textId="77777777" w:rsidR="007A5B04" w:rsidRPr="00352FAF" w:rsidRDefault="00F11A7E" w:rsidP="003215F1">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:i/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00352FAF">
               <w:rPr>
                 <w:i/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t>Fr</w:t>
             </w:r>
             <w:r w:rsidR="001C72F2" w:rsidRPr="00352FAF">
               <w:rPr>
                 <w:i/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t xml:space="preserve">eiburg, </w:t>
             </w:r>
             <w:r w:rsidR="003215F1" w:rsidRPr="00352FAF">
               <w:rPr>
                 <w:i/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:i/>
                   <w:lang w:val="de-CH"/>
                 </w:rPr>
                 <w:id w:val="-1137943627"/>
                 <w:placeholder>
-                  <w:docPart w:val="7475750E2577415A89BBE6960C736643"/>
+                  <w:docPart w:val="EE2F13FB509F48B3A1827BD260080144"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:date>
                   <w:dateFormat w:val="dd.MM.yyyy"/>
                   <w:lid w:val="fr-CH"/>
                   <w:storeMappedDataAs w:val="dateTime"/>
                   <w:calendar w:val="gregorian"/>
                 </w:date>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidR="003215F1" w:rsidRPr="00352FAF">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                     <w:lang w:val="de-CH"/>
                   </w:rPr>
                   <w:t>Klicken Sie hier, um ein Datum einzugeben.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="003215F1" w:rsidRPr="00352FAF">
               <w:rPr>
                 <w:i/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00815A27" w:rsidRPr="00352FAF">
               <w:rPr>
                 <w:i/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A5B04" w:rsidRPr="00352FAF" w14:paraId="5243C8B3" w14:textId="77777777" w:rsidTr="00534F4D">
+      <w:tr w:rsidR="007A5B04" w:rsidRPr="00352FAF" w14:paraId="4EF3AFCA" w14:textId="77777777" w:rsidTr="00534F4D">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="284" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="141087C1" w14:textId="77777777" w:rsidR="007A5B04" w:rsidRPr="00352FAF" w:rsidRDefault="001C72F2" w:rsidP="007A5B04">
+          <w:p w14:paraId="3A869DE5" w14:textId="77777777" w:rsidR="007A5B04" w:rsidRPr="00352FAF" w:rsidRDefault="001C72F2" w:rsidP="007A5B04">
             <w:pPr>
               <w:pStyle w:val="04titreprincipalouobjetnormal"/>
               <w:rPr>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00352FAF">
               <w:rPr>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t>Stellenumwandlung</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5934B142" w14:textId="77777777" w:rsidR="007A5B04" w:rsidRPr="00352FAF" w:rsidRDefault="007A5B04" w:rsidP="007A5B04">
+          <w:p w14:paraId="59642485" w14:textId="77777777" w:rsidR="007A5B04" w:rsidRPr="00352FAF" w:rsidRDefault="007A5B04" w:rsidP="007A5B04">
             <w:pPr>
               <w:pStyle w:val="04titreprincipalouobjetnormal"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4020"/>
               </w:tabs>
               <w:rPr>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00352FAF">
               <w:rPr>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t>—</w:t>
             </w:r>
             <w:r w:rsidRPr="00352FAF">
               <w:rPr>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="55810904" w14:textId="77777777" w:rsidR="007A5B04" w:rsidRPr="00352FAF" w:rsidRDefault="001C72F2" w:rsidP="001C72F2">
+          <w:p w14:paraId="71D9E359" w14:textId="77777777" w:rsidR="007A5B04" w:rsidRPr="00352FAF" w:rsidRDefault="001C72F2" w:rsidP="001C72F2">
             <w:pPr>
               <w:pStyle w:val="05titreprincipalouobjetgras"/>
               <w:rPr>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00352FAF">
               <w:rPr>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t>Antragsformular</w:t>
             </w:r>
             <w:r w:rsidR="00A26A28" w:rsidRPr="00352FAF">
               <w:rPr>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0D776A99" w14:textId="77777777" w:rsidR="00A26A28" w:rsidRPr="00352FAF" w:rsidRDefault="00A26A28" w:rsidP="00A26A28">
+    <w:p w14:paraId="75ABA5EE" w14:textId="77777777" w:rsidR="00A26A28" w:rsidRPr="00352FAF" w:rsidRDefault="00A26A28" w:rsidP="00A26A28">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="394134D1" w14:textId="77777777" w:rsidR="00A26A28" w:rsidRPr="00352FAF" w:rsidRDefault="001C72F2" w:rsidP="0071500F">
+    <w:p w14:paraId="55099B96" w14:textId="77777777" w:rsidR="00A26A28" w:rsidRPr="00352FAF" w:rsidRDefault="001C72F2" w:rsidP="0071500F">
       <w:pPr>
         <w:pStyle w:val="05titreprincipalouobjetgras"/>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00352FAF">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>Teil A</w:t>
       </w:r>
       <w:r w:rsidR="00F11A7E" w:rsidRPr="00352FAF">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r w:rsidRPr="00352FAF">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">von der </w:t>
       </w:r>
       <w:r w:rsidR="00B6285B">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">den </w:t>
       </w:r>
       <w:r w:rsidRPr="00352FAF">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>Antrag stellenden Einheit auszufüllen</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15940979" w14:textId="77777777" w:rsidR="0071500F" w:rsidRPr="00352FAF" w:rsidRDefault="0071500F" w:rsidP="0071500F">
+    <w:p w14:paraId="6CA2BAB5" w14:textId="77777777" w:rsidR="0071500F" w:rsidRPr="00352FAF" w:rsidRDefault="0071500F" w:rsidP="0071500F">
       <w:pPr>
         <w:pStyle w:val="05titreprincipalouobjetgras"/>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6B3C2EBC" w14:textId="77777777" w:rsidR="0071500F" w:rsidRPr="00352FAF" w:rsidRDefault="00A26A28" w:rsidP="0071500F">
+    <w:p w14:paraId="39E19D34" w14:textId="77777777" w:rsidR="0071500F" w:rsidRPr="00352FAF" w:rsidRDefault="00A26A28" w:rsidP="0071500F">
       <w:pPr>
         <w:pStyle w:val="Lgende"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="6" w:space="1" w:color="000000" w:themeColor="text1"/>
         </w:pBdr>
         <w:spacing w:before="0"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00352FAF">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001C72F2" w:rsidRPr="00352FAF">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>Antragsteller</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:tblBorders>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4856"/>
         <w:gridCol w:w="4783"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0071500F" w:rsidRPr="00B844AE" w14:paraId="5E493EA9" w14:textId="77777777" w:rsidTr="00E87E8F">
+      <w:tr w:rsidR="0071500F" w:rsidRPr="00B844AE" w14:paraId="3E862900" w14:textId="77777777" w:rsidTr="00E87E8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4856" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7ED9E2F2" w14:textId="77777777" w:rsidR="0071500F" w:rsidRPr="00352FAF" w:rsidRDefault="0071500F" w:rsidP="001C72F2">
+          <w:p w14:paraId="1F5899A7" w14:textId="77777777" w:rsidR="0071500F" w:rsidRPr="00352FAF" w:rsidRDefault="0071500F" w:rsidP="001C72F2">
             <w:pPr>
               <w:pStyle w:val="Titre5"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="497" w:hanging="567"/>
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00352FAF">
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t>Dire</w:t>
@@ -349,102 +348,100 @@
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t>k</w:t>
             </w:r>
             <w:r w:rsidRPr="00352FAF">
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t>tion</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:bCs/>
               <w:lang w:val="de-CH"/>
             </w:rPr>
             <w:id w:val="-1669778745"/>
             <w:placeholder>
-              <w:docPart w:val="67A43D7F99664237A7EDF2435227A9AD"/>
+              <w:docPart w:val="B7C4D31FC8424570B61D11FA0CC41E58"/>
             </w:placeholder>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="4783" w:type="dxa"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               </w:tcPr>
               <w:sdt>
                 <w:sdtPr>
                   <w:rPr>
                     <w:bCs/>
                     <w:lang w:val="de-CH"/>
                   </w:rPr>
                   <w:id w:val="1467927979"/>
                   <w:placeholder>
-                    <w:docPart w:val="C37A307E48424BE486C25D81B7330A80"/>
+                    <w:docPart w:val="972A97A313AE4D5883014306D9F9C55E"/>
                   </w:placeholder>
                   <w:showingPlcHdr/>
                   <w:text/>
                 </w:sdtPr>
                 <w:sdtContent>
-                  <w:p w14:paraId="07E45979" w14:textId="77777777" w:rsidR="0071500F" w:rsidRPr="00352FAF" w:rsidRDefault="003215F1" w:rsidP="007D76E1">
+                  <w:p w14:paraId="250B5344" w14:textId="77777777" w:rsidR="0071500F" w:rsidRPr="00352FAF" w:rsidRDefault="003215F1" w:rsidP="007D76E1">
                     <w:pPr>
                       <w:spacing w:before="40" w:after="40"/>
                       <w:rPr>
                         <w:bCs/>
                         <w:lang w:val="de-CH"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00352FAF">
                       <w:rPr>
                         <w:rStyle w:val="Textedelespacerserv"/>
                         <w:lang w:val="de-CH"/>
                       </w:rPr>
                       <w:t>Klicken Sie hier, um Text einzugeben.</w:t>
                     </w:r>
                   </w:p>
                 </w:sdtContent>
               </w:sdt>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="0071500F" w:rsidRPr="00B844AE" w14:paraId="7EBB5E83" w14:textId="77777777" w:rsidTr="00E87E8F">
+      <w:tr w:rsidR="0071500F" w:rsidRPr="00B844AE" w14:paraId="47161433" w14:textId="77777777" w:rsidTr="00E87E8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4856" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3AF5D314" w14:textId="77777777" w:rsidR="0071500F" w:rsidRPr="00352FAF" w:rsidRDefault="001C72F2" w:rsidP="001C72F2">
+          <w:p w14:paraId="3BDFC1E9" w14:textId="77777777" w:rsidR="0071500F" w:rsidRPr="00352FAF" w:rsidRDefault="001C72F2" w:rsidP="001C72F2">
             <w:pPr>
               <w:pStyle w:val="Titre5"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="497" w:hanging="567"/>
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00352FAF">
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t xml:space="preserve">Verwaltungseinheit </w:t>
@@ -466,229 +463,226 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t>VE</w:t>
             </w:r>
             <w:r w:rsidR="0071500F" w:rsidRPr="00352FAF">
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="de-CH"/>
             </w:rPr>
             <w:id w:val="1386302363"/>
             <w:placeholder>
-              <w:docPart w:val="6CA9E7884815476390C16F05E9FFFB79"/>
+              <w:docPart w:val="0A1B6E73D26A4F23918CE068797D3BB0"/>
             </w:placeholder>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="4783" w:type="dxa"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               </w:tcPr>
               <w:sdt>
                 <w:sdtPr>
                   <w:rPr>
                     <w:lang w:val="de-CH"/>
                   </w:rPr>
                   <w:id w:val="282621806"/>
                   <w:placeholder>
-                    <w:docPart w:val="938C0C88681D422A87495B1570670864"/>
+                    <w:docPart w:val="9DAD214D0E0C4A92AE5059A9B68BEA85"/>
                   </w:placeholder>
                   <w:showingPlcHdr/>
                   <w:text/>
                 </w:sdtPr>
                 <w:sdtContent>
-                  <w:p w14:paraId="03AF7F82" w14:textId="77777777" w:rsidR="0071500F" w:rsidRPr="00352FAF" w:rsidRDefault="003215F1" w:rsidP="0038740B">
+                  <w:p w14:paraId="121EEA7A" w14:textId="77777777" w:rsidR="0071500F" w:rsidRPr="00352FAF" w:rsidRDefault="003215F1" w:rsidP="0038740B">
                     <w:pPr>
                       <w:spacing w:before="40" w:after="40"/>
                       <w:rPr>
                         <w:lang w:val="de-CH"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00352FAF">
                       <w:rPr>
                         <w:rStyle w:val="Textedelespacerserv"/>
                         <w:lang w:val="de-CH"/>
                       </w:rPr>
                       <w:t>Klicken Sie hier, um Text einzugeben.</w:t>
                     </w:r>
                   </w:p>
                 </w:sdtContent>
               </w:sdt>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="0071500F" w:rsidRPr="00B844AE" w14:paraId="2302E6BD" w14:textId="77777777" w:rsidTr="00E87E8F">
+      <w:tr w:rsidR="0071500F" w:rsidRPr="00B844AE" w14:paraId="01283D37" w14:textId="77777777" w:rsidTr="00E87E8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4856" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7525C1F2" w14:textId="77777777" w:rsidR="0071500F" w:rsidRPr="00352FAF" w:rsidRDefault="001C72F2" w:rsidP="001C72F2">
+          <w:p w14:paraId="3511C61D" w14:textId="77777777" w:rsidR="0071500F" w:rsidRPr="00352FAF" w:rsidRDefault="001C72F2" w:rsidP="001C72F2">
             <w:pPr>
               <w:pStyle w:val="Titre5"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="497" w:hanging="567"/>
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00352FAF">
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t>Kontaktperson</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="de-CH"/>
             </w:rPr>
             <w:id w:val="-787729260"/>
             <w:placeholder>
-              <w:docPart w:val="16CC19D569B146B7A8EE6211665A399E"/>
+              <w:docPart w:val="93EA2907367C45CE93F90AE92667EEAB"/>
             </w:placeholder>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="4783" w:type="dxa"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               </w:tcPr>
               <w:sdt>
                 <w:sdtPr>
                   <w:rPr>
                     <w:lang w:val="de-CH"/>
                   </w:rPr>
                   <w:id w:val="-894119528"/>
                   <w:placeholder>
-                    <w:docPart w:val="767D2E46399D481882F1B60653A38900"/>
+                    <w:docPart w:val="058B1BC23BA04380A04C552594AF27DC"/>
                   </w:placeholder>
                   <w:showingPlcHdr/>
                   <w:text/>
                 </w:sdtPr>
                 <w:sdtContent>
-                  <w:p w14:paraId="448E5295" w14:textId="77777777" w:rsidR="0071500F" w:rsidRPr="00352FAF" w:rsidRDefault="003215F1" w:rsidP="0038740B">
+                  <w:p w14:paraId="05EA1B5C" w14:textId="77777777" w:rsidR="0071500F" w:rsidRPr="00352FAF" w:rsidRDefault="003215F1" w:rsidP="0038740B">
                     <w:pPr>
                       <w:spacing w:before="40" w:after="40"/>
                       <w:rPr>
                         <w:lang w:val="de-CH"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00352FAF">
                       <w:rPr>
                         <w:rStyle w:val="Textedelespacerserv"/>
                         <w:lang w:val="de-CH"/>
                       </w:rPr>
                       <w:t>Klicken Sie hier, um Text einzugeben.</w:t>
                     </w:r>
                   </w:p>
                 </w:sdtContent>
               </w:sdt>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="415A9483" w14:textId="77777777" w:rsidR="00F11A7E" w:rsidRPr="00352FAF" w:rsidRDefault="00F11A7E" w:rsidP="000B74A1">
+    <w:p w14:paraId="7FC12192" w14:textId="77777777" w:rsidR="00F11A7E" w:rsidRPr="00352FAF" w:rsidRDefault="00F11A7E" w:rsidP="000B74A1">
       <w:pPr>
         <w:pStyle w:val="06lead"/>
         <w:spacing w:before="180" w:after="40"/>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4B0033BD" w14:textId="77777777" w:rsidR="004C7036" w:rsidRPr="00352FAF" w:rsidRDefault="001C72F2" w:rsidP="004C7036">
+    <w:p w14:paraId="2F31DFE4" w14:textId="77777777" w:rsidR="004C7036" w:rsidRPr="00352FAF" w:rsidRDefault="001C72F2" w:rsidP="004C7036">
       <w:pPr>
         <w:pStyle w:val="Lgende"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="6" w:space="1" w:color="000000" w:themeColor="text1"/>
         </w:pBdr>
         <w:spacing w:before="0"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00352FAF">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>Beschreibung der beantragten Stellenumwandlung</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9639"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0056240E" w:rsidRPr="00B844AE" w14:paraId="2E04094D" w14:textId="77777777" w:rsidTr="00E45155">
+      <w:tr w:rsidR="0056240E" w:rsidRPr="00B844AE" w14:paraId="371C771A" w14:textId="77777777" w:rsidTr="00E45155">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61CDC4CE" w14:textId="77777777" w:rsidR="0056240E" w:rsidRPr="00352FAF" w:rsidRDefault="0056240E" w:rsidP="00B6285B">
+          <w:p w14:paraId="27670AF7" w14:textId="77777777" w:rsidR="0056240E" w:rsidRPr="00352FAF" w:rsidRDefault="0056240E" w:rsidP="00B6285B">
             <w:pPr>
               <w:pStyle w:val="06lead"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00352FAF">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
             <w:r w:rsidR="001C72F2" w:rsidRPr="00352FAF">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t>rläuter</w:t>
             </w:r>
             <w:r w:rsidR="00B6285B">
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -747,551 +741,546 @@
             </w:r>
             <w:r w:rsidR="00503FFA">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t>n</w:t>
             </w:r>
             <w:r w:rsidR="001C72F2" w:rsidRPr="00352FAF">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t>ungsdetails, Finanzstellen, Organigramme usw.) sind im Anhang mitzuliefern (benützen Sie dazu bitte die einschlägigen Formulare)</w:t>
             </w:r>
             <w:r w:rsidRPr="00352FAF">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0056240E" w:rsidRPr="00B844AE" w14:paraId="5FCA1BF0" w14:textId="77777777" w:rsidTr="00E87E8F">
+      <w:tr w:rsidR="0056240E" w:rsidRPr="00B844AE" w14:paraId="003CC2DE" w14:textId="77777777" w:rsidTr="00E87E8F">
         <w:trPr>
           <w:trHeight w:val="471"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="de-CH"/>
             </w:rPr>
             <w:id w:val="-1868059524"/>
             <w:placeholder>
-              <w:docPart w:val="40B31210137541A99900EBD87BFE9867"/>
+              <w:docPart w:val="817C42B1F2B14A1A96A384E8819044E2"/>
             </w:placeholder>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="9639" w:type="dxa"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               </w:tcPr>
               <w:sdt>
                 <w:sdtPr>
                   <w:rPr>
                     <w:lang w:val="de-CH"/>
                   </w:rPr>
                   <w:id w:val="2070601131"/>
                   <w:placeholder>
-                    <w:docPart w:val="917CAAC40CC540149663A18279F59CA1"/>
+                    <w:docPart w:val="1FA52DE91ACE49D1A5C3BA9A5F8C87CB"/>
                   </w:placeholder>
                   <w:showingPlcHdr/>
                   <w:text/>
                 </w:sdtPr>
                 <w:sdtContent>
-                  <w:p w14:paraId="6BE5891D" w14:textId="77777777" w:rsidR="0056240E" w:rsidRPr="00352FAF" w:rsidRDefault="003215F1" w:rsidP="000B74A1">
+                  <w:p w14:paraId="5A120453" w14:textId="77777777" w:rsidR="0056240E" w:rsidRPr="00352FAF" w:rsidRDefault="003215F1" w:rsidP="000B74A1">
                     <w:pPr>
                       <w:pStyle w:val="Sansinterligne"/>
                       <w:spacing w:after="120"/>
                       <w:rPr>
                         <w:lang w:val="de-CH"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00352FAF">
                       <w:rPr>
                         <w:rStyle w:val="Textedelespacerserv"/>
                         <w:lang w:val="de-CH"/>
                       </w:rPr>
                       <w:t>Klicken Sie hier, um Text einzugeben.</w:t>
                     </w:r>
                   </w:p>
                 </w:sdtContent>
               </w:sdt>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="679EB082" w14:textId="77777777" w:rsidR="00BB70F1" w:rsidRPr="00352FAF" w:rsidRDefault="00BB70F1" w:rsidP="000B74A1">
+    <w:p w14:paraId="360C628A" w14:textId="77777777" w:rsidR="00BB70F1" w:rsidRPr="00352FAF" w:rsidRDefault="00BB70F1" w:rsidP="000B74A1">
       <w:pPr>
         <w:pStyle w:val="06lead"/>
         <w:spacing w:before="180" w:after="40"/>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4DE661C3" w14:textId="77777777" w:rsidR="0071500F" w:rsidRPr="00352FAF" w:rsidRDefault="001C72F2" w:rsidP="0071500F">
+    <w:p w14:paraId="142D2233" w14:textId="77777777" w:rsidR="0071500F" w:rsidRPr="00352FAF" w:rsidRDefault="001C72F2" w:rsidP="0071500F">
       <w:pPr>
         <w:pStyle w:val="Lgende"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="6" w:space="1" w:color="000000" w:themeColor="text1"/>
         </w:pBdr>
         <w:spacing w:before="0"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00352FAF">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>Begründung der Stellenumwandlung</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9639"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0071500F" w:rsidRPr="00352FAF" w14:paraId="58A5C058" w14:textId="77777777" w:rsidTr="002F7611">
+      <w:tr w:rsidR="0071500F" w:rsidRPr="00352FAF" w14:paraId="021B3339" w14:textId="77777777" w:rsidTr="002F7611">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A415D52" w14:textId="77777777" w:rsidR="0071500F" w:rsidRPr="00352FAF" w:rsidRDefault="001C72F2" w:rsidP="001C72F2">
+          <w:p w14:paraId="2285CD21" w14:textId="77777777" w:rsidR="0071500F" w:rsidRPr="00352FAF" w:rsidRDefault="001C72F2" w:rsidP="001C72F2">
             <w:pPr>
               <w:pStyle w:val="Titre5"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="42"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="180" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="425" w:hanging="425"/>
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00352FAF">
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t>Kontext</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C7036" w:rsidRPr="00B844AE" w14:paraId="0C5EBEE8" w14:textId="77777777" w:rsidTr="00E87E8F">
+      <w:tr w:rsidR="004C7036" w:rsidRPr="00B844AE" w14:paraId="6296E706" w14:textId="77777777" w:rsidTr="00E87E8F">
         <w:trPr>
           <w:trHeight w:val="537"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="de-CH"/>
             </w:rPr>
             <w:id w:val="-1370295000"/>
             <w:placeholder>
-              <w:docPart w:val="7321A4FCABA94C6E8E18F1CBAA3E012E"/>
+              <w:docPart w:val="40D791535AD34A54992981908B26DE64"/>
             </w:placeholder>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="9639" w:type="dxa"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               </w:tcPr>
               <w:sdt>
                 <w:sdtPr>
                   <w:rPr>
                     <w:lang w:val="de-CH"/>
                   </w:rPr>
                   <w:id w:val="929541530"/>
                   <w:placeholder>
-                    <w:docPart w:val="198D3CA5745A475ABB6136C74FB3A89C"/>
+                    <w:docPart w:val="2C6B8DD6250A41FEB12467760A90D9A6"/>
                   </w:placeholder>
                   <w:showingPlcHdr/>
                   <w:text/>
                 </w:sdtPr>
                 <w:sdtContent>
-                  <w:p w14:paraId="69D0DA97" w14:textId="77777777" w:rsidR="004C7036" w:rsidRPr="00352FAF" w:rsidRDefault="003215F1" w:rsidP="000B74A1">
+                  <w:p w14:paraId="6888C914" w14:textId="77777777" w:rsidR="004C7036" w:rsidRPr="00352FAF" w:rsidRDefault="003215F1" w:rsidP="000B74A1">
                     <w:pPr>
                       <w:pStyle w:val="Sansinterligne"/>
                       <w:spacing w:after="120"/>
                       <w:rPr>
                         <w:lang w:val="de-CH"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00352FAF">
                       <w:rPr>
                         <w:rStyle w:val="Textedelespacerserv"/>
                         <w:lang w:val="de-CH"/>
                       </w:rPr>
                       <w:t>Klicken Sie hier, um Text einzugeben.</w:t>
                     </w:r>
                   </w:p>
                 </w:sdtContent>
               </w:sdt>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="004C7036" w:rsidRPr="00B844AE" w14:paraId="714E120F" w14:textId="77777777" w:rsidTr="002F7611">
+      <w:tr w:rsidR="004C7036" w:rsidRPr="00B844AE" w14:paraId="2395905C" w14:textId="77777777" w:rsidTr="002F7611">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29CE7AE9" w14:textId="77777777" w:rsidR="004C7036" w:rsidRPr="00352FAF" w:rsidRDefault="002E517A" w:rsidP="002E517A">
+          <w:p w14:paraId="5229AB18" w14:textId="77777777" w:rsidR="004C7036" w:rsidRPr="00352FAF" w:rsidRDefault="002E517A" w:rsidP="002E517A">
             <w:pPr>
               <w:pStyle w:val="Titre5"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="42"/>
               </w:numPr>
               <w:spacing w:before="360" w:after="180" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="425" w:hanging="425"/>
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00352FAF">
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t>Gründe, weshalb die Stellenumwandlung notwendig ist</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C7036" w:rsidRPr="00B844AE" w14:paraId="3B0758C2" w14:textId="77777777" w:rsidTr="00E87E8F">
+      <w:tr w:rsidR="004C7036" w:rsidRPr="00B844AE" w14:paraId="3304CAE7" w14:textId="77777777" w:rsidTr="00E87E8F">
         <w:trPr>
           <w:trHeight w:val="534"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="de-CH"/>
             </w:rPr>
             <w:id w:val="2111467750"/>
             <w:placeholder>
-              <w:docPart w:val="E6D49EC4034C4F25B15E69480166FFF0"/>
+              <w:docPart w:val="247068B3A9984C5C9E3B29E692C06EFF"/>
             </w:placeholder>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="9639" w:type="dxa"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               </w:tcPr>
               <w:sdt>
                 <w:sdtPr>
                   <w:rPr>
                     <w:lang w:val="de-CH"/>
                   </w:rPr>
                   <w:id w:val="155739973"/>
                   <w:placeholder>
-                    <w:docPart w:val="2C535E19189140D39EA32C62CC3EAC71"/>
+                    <w:docPart w:val="9291A8BD28F144049516D247A7455782"/>
                   </w:placeholder>
                   <w:showingPlcHdr/>
                   <w:text/>
                 </w:sdtPr>
                 <w:sdtContent>
-                  <w:p w14:paraId="5B17CC59" w14:textId="77777777" w:rsidR="004C7036" w:rsidRPr="00352FAF" w:rsidRDefault="003215F1" w:rsidP="000B74A1">
+                  <w:p w14:paraId="3BCFEEB1" w14:textId="77777777" w:rsidR="004C7036" w:rsidRPr="00352FAF" w:rsidRDefault="003215F1" w:rsidP="000B74A1">
                     <w:pPr>
                       <w:pStyle w:val="Sansinterligne"/>
                       <w:spacing w:after="120"/>
                       <w:rPr>
                         <w:lang w:val="de-CH"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00352FAF">
                       <w:rPr>
                         <w:rStyle w:val="Textedelespacerserv"/>
                         <w:lang w:val="de-CH"/>
                       </w:rPr>
                       <w:t>Klicken Sie hier, um Text einzugeben.</w:t>
                     </w:r>
                   </w:p>
                 </w:sdtContent>
               </w:sdt>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="004C7036" w:rsidRPr="00B844AE" w14:paraId="20D5550E" w14:textId="77777777" w:rsidTr="002F7611">
+      <w:tr w:rsidR="004C7036" w:rsidRPr="00B844AE" w14:paraId="5253378A" w14:textId="77777777" w:rsidTr="002F7611">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="23E4EFEE" w14:textId="77777777" w:rsidR="004C7036" w:rsidRPr="00352FAF" w:rsidRDefault="003215F1" w:rsidP="003215F1">
+          <w:p w14:paraId="59E8C826" w14:textId="77777777" w:rsidR="004C7036" w:rsidRPr="00352FAF" w:rsidRDefault="003215F1" w:rsidP="003215F1">
             <w:pPr>
               <w:pStyle w:val="Titre5"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="42"/>
               </w:numPr>
               <w:spacing w:before="360" w:after="180" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="425" w:hanging="425"/>
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00352FAF">
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t>Wie wird die VE ohne die bisherigen Ressourcen auskommen?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C7036" w:rsidRPr="00B844AE" w14:paraId="55FC889C" w14:textId="77777777" w:rsidTr="00E87E8F">
+      <w:tr w:rsidR="004C7036" w:rsidRPr="00B844AE" w14:paraId="0DB16CBE" w14:textId="77777777" w:rsidTr="00E87E8F">
         <w:trPr>
           <w:trHeight w:val="547"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="de-CH"/>
             </w:rPr>
             <w:id w:val="2078479101"/>
             <w:placeholder>
-              <w:docPart w:val="C08D3D368B2946A48BB67D5EF18E9C39"/>
+              <w:docPart w:val="9A006A54663141DAAB3E40B5BB5254CF"/>
             </w:placeholder>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="9639" w:type="dxa"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               </w:tcPr>
               <w:sdt>
                 <w:sdtPr>
                   <w:rPr>
                     <w:lang w:val="de-CH"/>
                   </w:rPr>
                   <w:id w:val="-166332170"/>
                   <w:placeholder>
-                    <w:docPart w:val="16BF8C5573564F9E93AC805051D842C8"/>
+                    <w:docPart w:val="6C08CB3A2D734536B70A3DF4CEFD3F61"/>
                   </w:placeholder>
                   <w:showingPlcHdr/>
                   <w:text/>
                 </w:sdtPr>
                 <w:sdtContent>
-                  <w:p w14:paraId="332CBA86" w14:textId="77777777" w:rsidR="004C7036" w:rsidRPr="00352FAF" w:rsidRDefault="003215F1" w:rsidP="000B74A1">
+                  <w:p w14:paraId="5D868BE3" w14:textId="77777777" w:rsidR="004C7036" w:rsidRPr="00352FAF" w:rsidRDefault="003215F1" w:rsidP="000B74A1">
                     <w:pPr>
                       <w:pStyle w:val="Sansinterligne"/>
                       <w:spacing w:after="120"/>
                       <w:rPr>
                         <w:lang w:val="de-CH"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00352FAF">
                       <w:rPr>
                         <w:rStyle w:val="Textedelespacerserv"/>
                         <w:lang w:val="de-CH"/>
                       </w:rPr>
                       <w:t>Klicken Sie hier, um Text einzugeben.</w:t>
                     </w:r>
                   </w:p>
                 </w:sdtContent>
               </w:sdt>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5411B205" w14:textId="77777777" w:rsidR="009A0D09" w:rsidRDefault="009A0D09" w:rsidP="000B74A1">
+    <w:p w14:paraId="6AA5705D" w14:textId="77777777" w:rsidR="009A0D09" w:rsidRDefault="009A0D09" w:rsidP="000B74A1">
       <w:pPr>
         <w:pStyle w:val="06lead"/>
         <w:spacing w:before="180" w:after="40"/>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="45E7527E" w14:textId="77777777" w:rsidR="009A0D09" w:rsidRDefault="009A0D09">
+    <w:p w14:paraId="67D49A97" w14:textId="77777777" w:rsidR="009A0D09" w:rsidRDefault="009A0D09">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:i/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56547C18" w14:textId="77777777" w:rsidR="007A5208" w:rsidRPr="00352FAF" w:rsidRDefault="007A5208" w:rsidP="000B74A1">
+    <w:p w14:paraId="623B87E4" w14:textId="77777777" w:rsidR="007A5208" w:rsidRPr="00352FAF" w:rsidRDefault="007A5208" w:rsidP="000B74A1">
       <w:pPr>
         <w:pStyle w:val="06lead"/>
         <w:spacing w:before="180" w:after="40"/>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="02299A23" w14:textId="77777777" w:rsidR="002F7611" w:rsidRPr="00352FAF" w:rsidRDefault="003215F1" w:rsidP="002F7611">
+    <w:p w14:paraId="20D92B65" w14:textId="77777777" w:rsidR="002F7611" w:rsidRPr="00352FAF" w:rsidRDefault="003215F1" w:rsidP="002F7611">
       <w:pPr>
         <w:pStyle w:val="Lgende"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="6" w:space="1" w:color="000000" w:themeColor="text1"/>
         </w:pBdr>
         <w:spacing w:before="0"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00352FAF">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>Genehmigung</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9639"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00900671" w:rsidRPr="00352FAF" w14:paraId="5D508A1E" w14:textId="77777777" w:rsidTr="00E87E8F">
+      <w:tr w:rsidR="00900671" w:rsidRPr="00352FAF" w14:paraId="3CBC28FB" w14:textId="77777777" w:rsidTr="00E87E8F">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="110AD608" w14:textId="77777777" w:rsidR="00900671" w:rsidRPr="00503FFA" w:rsidRDefault="00352FAF" w:rsidP="00900671">
+          <w:p w14:paraId="466274F1" w14:textId="77777777" w:rsidR="00900671" w:rsidRPr="00503FFA" w:rsidRDefault="00352FAF" w:rsidP="00900671">
             <w:pPr>
               <w:pStyle w:val="06btexteprincipalsansespacebloc"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5316"/>
               </w:tabs>
               <w:rPr>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00503FFA">
               <w:rPr>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t xml:space="preserve">Die Direktion genehmigt diesen Stellenumwandlungsantrag </w:t>
             </w:r>
             <w:r w:rsidR="00503FFA" w:rsidRPr="00D6428D">
               <w:rPr>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t xml:space="preserve">und </w:t>
             </w:r>
             <w:r w:rsidR="009A0D09" w:rsidRPr="00D6428D">
               <w:rPr>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t>ersucht</w:t>
             </w:r>
             <w:r w:rsidR="00503FFA">
               <w:rPr>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t xml:space="preserve"> das POA um Stellungnahme</w:t>
             </w:r>
             <w:r w:rsidR="00900671" w:rsidRPr="00503FFA">
               <w:rPr>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="67C1B5EA" w14:textId="77777777" w:rsidR="00900671" w:rsidRPr="00503FFA" w:rsidRDefault="00900671" w:rsidP="00900671">
+          <w:p w14:paraId="4A2D24AE" w14:textId="77777777" w:rsidR="00900671" w:rsidRPr="00503FFA" w:rsidRDefault="00900671" w:rsidP="00900671">
             <w:pPr>
               <w:pStyle w:val="06btexteprincipalsansespacebloc"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5316"/>
               </w:tabs>
               <w:rPr>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0D6CCE04" w14:textId="77777777" w:rsidR="003C49FB" w:rsidRPr="00352FAF" w:rsidRDefault="003C49FB" w:rsidP="00495888">
+          <w:p w14:paraId="40E50CF7" w14:textId="77777777" w:rsidR="003C49FB" w:rsidRPr="00352FAF" w:rsidRDefault="003C49FB" w:rsidP="00495888">
             <w:pPr>
               <w:pStyle w:val="06btexteprincipalsansespacebloc"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="756"/>
                 <w:tab w:val="left" w:pos="2410"/>
               </w:tabs>
               <w:rPr>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00503FFA">
               <w:rPr>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00352FAF">
               <w:rPr>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t>N</w:t>
             </w:r>
             <w:r w:rsidR="00503FFA">
               <w:rPr>
                 <w:lang w:val="de-CH"/>
@@ -1301,80 +1290,80 @@
             <w:r w:rsidRPr="00352FAF">
               <w:rPr>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidR="00495888" w:rsidRPr="00352FAF">
               <w:rPr>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00352FAF">
               <w:rPr>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="de-CH"/>
                 </w:rPr>
                 <w:id w:val="-1907989225"/>
                 <w:placeholder>
-                  <w:docPart w:val="A50DF93D7A4941A3B1E2933114A7151C"/>
+                  <w:docPart w:val="645BF72B8A0B4CE286E319EC243A6280"/>
                 </w:placeholder>
               </w:sdtPr>
               <w:sdtContent>
                 <w:sdt>
                   <w:sdtPr>
                     <w:rPr>
                       <w:lang w:val="de-CH"/>
                     </w:rPr>
                     <w:id w:val="1394082812"/>
                     <w:placeholder>
-                      <w:docPart w:val="DefaultPlaceholder_1082065158"/>
+                      <w:docPart w:val="4633D59C67244CF98BC91D03C6FB73EB"/>
                     </w:placeholder>
                     <w:showingPlcHdr/>
                     <w:text/>
                   </w:sdtPr>
                   <w:sdtContent>
                     <w:r w:rsidR="00503FFA" w:rsidRPr="00D6428D">
                       <w:rPr>
                         <w:rStyle w:val="Textedelespacerserv"/>
                         <w:lang w:val="de-CH"/>
                       </w:rPr>
                       <w:t>Klicken Sie hier, um Text einzugeben.</w:t>
                     </w:r>
                   </w:sdtContent>
                 </w:sdt>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="22283A89" w14:textId="77777777" w:rsidR="003C49FB" w:rsidRPr="00352FAF" w:rsidRDefault="003C49FB" w:rsidP="00495888">
+          <w:p w14:paraId="2E2F2CD5" w14:textId="77777777" w:rsidR="003C49FB" w:rsidRPr="00352FAF" w:rsidRDefault="003C49FB" w:rsidP="00495888">
             <w:pPr>
               <w:pStyle w:val="06btexteprincipalsansespacebloc"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="756"/>
                 <w:tab w:val="left" w:pos="2410"/>
               </w:tabs>
               <w:rPr>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00352FAF">
               <w:rPr>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00900671" w:rsidRPr="00352FAF">
               <w:rPr>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t>Dat</w:t>
             </w:r>
             <w:r w:rsidR="00503FFA">
               <w:rPr>
                 <w:lang w:val="de-CH"/>
@@ -1384,198 +1373,198 @@
             <w:r w:rsidR="00900671" w:rsidRPr="00352FAF">
               <w:rPr>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidR="00495888" w:rsidRPr="00352FAF">
               <w:rPr>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00900671" w:rsidRPr="00352FAF">
               <w:rPr>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="de-CH"/>
                 </w:rPr>
                 <w:id w:val="-1399433660"/>
                 <w:placeholder>
-                  <w:docPart w:val="DefaultPlaceholder_1082065160"/>
+                  <w:docPart w:val="6C4991A3B8B64C4BB10A44BCEA642C2F"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:date>
                   <w:dateFormat w:val="dd.MM.yyyy"/>
                   <w:lid w:val="fr-CH"/>
                   <w:storeMappedDataAs w:val="dateTime"/>
                   <w:calendar w:val="gregorian"/>
                 </w:date>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidR="00503FFA" w:rsidRPr="00D6428D">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                     <w:lang w:val="de-CH"/>
                   </w:rPr>
                   <w:t>Klicken Sie hier, um ein Datum einzugeben.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="7C5A4D64" w14:textId="77777777" w:rsidR="00900671" w:rsidRPr="00352FAF" w:rsidRDefault="00900671" w:rsidP="003C49FB">
+          <w:p w14:paraId="62D7BDB2" w14:textId="77777777" w:rsidR="00900671" w:rsidRPr="00352FAF" w:rsidRDefault="00900671" w:rsidP="003C49FB">
             <w:pPr>
               <w:pStyle w:val="06btexteprincipalsansespacebloc"/>
               <w:rPr>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2F57FB4D" w14:textId="77777777" w:rsidR="003C49FB" w:rsidRPr="00352FAF" w:rsidRDefault="003C49FB" w:rsidP="00503FFA">
+          <w:p w14:paraId="09953919" w14:textId="77777777" w:rsidR="003C49FB" w:rsidRPr="00352FAF" w:rsidRDefault="003C49FB" w:rsidP="00503FFA">
             <w:pPr>
               <w:pStyle w:val="06lead"/>
               <w:rPr>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00352FAF">
               <w:rPr>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00503FFA">
               <w:rPr>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t>Dokument ohne Unterschrift</w:t>
             </w:r>
             <w:r w:rsidRPr="00352FAF">
               <w:rPr>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="75CF963C" w14:textId="77777777" w:rsidR="002F7611" w:rsidRPr="00352FAF" w:rsidRDefault="002F7611">
+    <w:p w14:paraId="197D082B" w14:textId="77777777" w:rsidR="002F7611" w:rsidRPr="00352FAF" w:rsidRDefault="002F7611">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00352FAF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37C366DF" w14:textId="77777777" w:rsidR="00BE7730" w:rsidRPr="00352FAF" w:rsidRDefault="003215F1" w:rsidP="00BE7730">
+    <w:p w14:paraId="6CAF0B12" w14:textId="77777777" w:rsidR="00BE7730" w:rsidRPr="00352FAF" w:rsidRDefault="003215F1" w:rsidP="00BE7730">
       <w:pPr>
         <w:pStyle w:val="05titreprincipalouobjetgras"/>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00352FAF">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>Teil B – vom POA auszufüllen</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E4E4237" w14:textId="77777777" w:rsidR="0071500F" w:rsidRPr="00352FAF" w:rsidRDefault="0071500F" w:rsidP="0071500F">
+    <w:p w14:paraId="1248AD40" w14:textId="77777777" w:rsidR="0071500F" w:rsidRPr="00352FAF" w:rsidRDefault="0071500F" w:rsidP="0071500F">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7B4F2393" w14:textId="77777777" w:rsidR="00BE7730" w:rsidRPr="00352FAF" w:rsidRDefault="003215F1" w:rsidP="000C4545">
+    <w:p w14:paraId="092B1F89" w14:textId="77777777" w:rsidR="00BE7730" w:rsidRPr="00352FAF" w:rsidRDefault="003215F1" w:rsidP="000C4545">
       <w:pPr>
         <w:pStyle w:val="Lgende"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="6" w:space="1" w:color="000000" w:themeColor="text1"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="center" w:pos="5387"/>
           <w:tab w:val="center" w:pos="6379"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00352FAF">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>Kontrolle der technischen Daten</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6127"/>
         <w:gridCol w:w="1405"/>
         <w:gridCol w:w="2105"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BE7730" w:rsidRPr="00352FAF" w14:paraId="1A63C4A1" w14:textId="77777777" w:rsidTr="00F43F0D">
+      <w:tr w:rsidR="00BE7730" w:rsidRPr="00352FAF" w14:paraId="298AB2E1" w14:textId="77777777" w:rsidTr="00F43F0D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6166" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2614B850" w14:textId="77777777" w:rsidR="00BE7730" w:rsidRPr="00352FAF" w:rsidRDefault="003215F1" w:rsidP="003215F1">
+          <w:p w14:paraId="56656F7C" w14:textId="77777777" w:rsidR="00BE7730" w:rsidRPr="00352FAF" w:rsidRDefault="003215F1" w:rsidP="003215F1">
             <w:pPr>
               <w:pStyle w:val="Titre5"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="37"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="426" w:hanging="426"/>
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00352FAF">
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t>Vakante Stellen</w:t>
@@ -1615,136 +1604,136 @@
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t>n den angegebenen Daten</w:t>
             </w:r>
             <w:r w:rsidR="00AB7277" w:rsidRPr="00352FAF">
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3543" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="03EF9CEC" w14:textId="77777777" w:rsidR="00BE7730" w:rsidRPr="00352FAF" w:rsidRDefault="00BE7730" w:rsidP="00AB7277">
+          <w:p w14:paraId="0C72C20A" w14:textId="77777777" w:rsidR="00BE7730" w:rsidRPr="00352FAF" w:rsidRDefault="00BE7730" w:rsidP="00AB7277">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="497"/>
                 <w:tab w:val="left" w:pos="1064"/>
                 <w:tab w:val="right" w:pos="4679"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00352FAF">
               <w:rPr>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="de-CH"/>
                 </w:rPr>
                 <w:id w:val="688266697"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidR="0038740B" w:rsidRPr="00352FAF">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                     <w:lang w:val="de-CH"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE7730" w:rsidRPr="00352FAF" w14:paraId="07F721BC" w14:textId="77777777" w:rsidTr="00F43F0D">
+      <w:tr w:rsidR="00BE7730" w:rsidRPr="00352FAF" w14:paraId="79289CC2" w14:textId="77777777" w:rsidTr="00F43F0D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6166" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="007B257D" w14:textId="77777777" w:rsidR="00BE7730" w:rsidRPr="00352FAF" w:rsidRDefault="003215F1" w:rsidP="003215F1">
+          <w:p w14:paraId="48FD32E3" w14:textId="77777777" w:rsidR="00BE7730" w:rsidRPr="00352FAF" w:rsidRDefault="003215F1" w:rsidP="003215F1">
             <w:pPr>
               <w:pStyle w:val="Titre5"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="37"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="426" w:hanging="426"/>
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00352FAF">
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t>Stellennummern korrekt</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3543" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="0F59ED74" w14:textId="77777777" w:rsidR="00BE7730" w:rsidRPr="00352FAF" w:rsidRDefault="00BE7730" w:rsidP="000C4545">
+          <w:p w14:paraId="3495FD71" w14:textId="77777777" w:rsidR="00BE7730" w:rsidRPr="00352FAF" w:rsidRDefault="00BE7730" w:rsidP="000C4545">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="497"/>
                 <w:tab w:val="center" w:pos="1489"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00352FAF">
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
@@ -1752,56 +1741,56 @@
                   <w:szCs w:val="22"/>
                   <w:lang w:val="de-CH"/>
                 </w:rPr>
                 <w:id w:val="-356977631"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidR="0038740B" w:rsidRPr="00352FAF">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:val="de-CH"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE7730" w:rsidRPr="00352FAF" w14:paraId="56993007" w14:textId="77777777" w:rsidTr="00F43F0D">
+      <w:tr w:rsidR="00BE7730" w:rsidRPr="00352FAF" w14:paraId="2BCE7BE0" w14:textId="77777777" w:rsidTr="00F43F0D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6166" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2ED5D6D1" w14:textId="77777777" w:rsidR="00BE7730" w:rsidRPr="00352FAF" w:rsidRDefault="003215F1" w:rsidP="003215F1">
+          <w:p w14:paraId="2612ADF9" w14:textId="77777777" w:rsidR="00BE7730" w:rsidRPr="00352FAF" w:rsidRDefault="003215F1" w:rsidP="003215F1">
             <w:pPr>
               <w:pStyle w:val="Titre5"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="37"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="426" w:hanging="426"/>
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00352FAF">
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t xml:space="preserve">Funktionsbezeichnungen und </w:t>
@@ -1811,187 +1800,187 @@
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t>Funktions</w:t>
             </w:r>
             <w:r w:rsidRPr="00352FAF">
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t>nummern korrekt</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3543" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="5C9EE3E2" w14:textId="77777777" w:rsidR="00BE7730" w:rsidRPr="00352FAF" w:rsidRDefault="00BE7730" w:rsidP="000C4545">
+          <w:p w14:paraId="35A8E7B9" w14:textId="77777777" w:rsidR="00BE7730" w:rsidRPr="00352FAF" w:rsidRDefault="00BE7730" w:rsidP="000C4545">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="497"/>
                 <w:tab w:val="center" w:pos="1489"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00352FAF">
               <w:rPr>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:lang w:val="de-CH"/>
                 </w:rPr>
                 <w:id w:val="-17544970"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidR="0038740B" w:rsidRPr="00352FAF">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:val="de-CH"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE7730" w:rsidRPr="00352FAF" w14:paraId="6929C44D" w14:textId="77777777" w:rsidTr="00F43F0D">
+      <w:tr w:rsidR="00BE7730" w:rsidRPr="00352FAF" w14:paraId="17EDFBF5" w14:textId="77777777" w:rsidTr="00F43F0D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6166" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4DD4534F" w14:textId="77777777" w:rsidR="00BE7730" w:rsidRPr="00352FAF" w:rsidRDefault="003215F1" w:rsidP="003215F1">
+          <w:p w14:paraId="2B7307C9" w14:textId="77777777" w:rsidR="00BE7730" w:rsidRPr="00352FAF" w:rsidRDefault="003215F1" w:rsidP="003215F1">
             <w:pPr>
               <w:pStyle w:val="Titre5"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="37"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="426" w:hanging="426"/>
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00352FAF">
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t>Anzahl VZÄ korrekt</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3543" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="658CE493" w14:textId="77777777" w:rsidR="00BE7730" w:rsidRPr="00352FAF" w:rsidRDefault="00BE7730" w:rsidP="000C4545">
+          <w:p w14:paraId="76FE6177" w14:textId="77777777" w:rsidR="00BE7730" w:rsidRPr="00352FAF" w:rsidRDefault="00BE7730" w:rsidP="000C4545">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="497"/>
                 <w:tab w:val="center" w:pos="1489"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00352FAF">
               <w:rPr>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:lang w:val="de-CH"/>
                 </w:rPr>
                 <w:id w:val="-1137487553"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidR="0038740B" w:rsidRPr="00352FAF">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:val="de-CH"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE7730" w:rsidRPr="00352FAF" w14:paraId="5A9B2E91" w14:textId="77777777" w:rsidTr="00F43F0D">
+      <w:tr w:rsidR="00BE7730" w:rsidRPr="00352FAF" w14:paraId="428FBCD4" w14:textId="77777777" w:rsidTr="00F43F0D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6166" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="025CA334" w14:textId="77777777" w:rsidR="00BE7730" w:rsidRPr="00352FAF" w:rsidRDefault="003215F1" w:rsidP="003215F1">
+          <w:p w14:paraId="1FE7A4DF" w14:textId="77777777" w:rsidR="00BE7730" w:rsidRPr="00352FAF" w:rsidRDefault="003215F1" w:rsidP="003215F1">
             <w:pPr>
               <w:pStyle w:val="Titre5"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="37"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="426" w:hanging="426"/>
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00352FAF">
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t>Gehälter</w:t>
@@ -2021,542 +2010,541 @@
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidRPr="00352FAF">
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t>stufe) korrekt</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3543" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="36EDC494" w14:textId="77777777" w:rsidR="00BE7730" w:rsidRPr="00352FAF" w:rsidRDefault="00BE7730" w:rsidP="000C4545">
+          <w:p w14:paraId="14ACC1B3" w14:textId="77777777" w:rsidR="00BE7730" w:rsidRPr="00352FAF" w:rsidRDefault="00BE7730" w:rsidP="000C4545">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="497"/>
                 <w:tab w:val="center" w:pos="1489"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00352FAF">
               <w:rPr>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:lang w:val="de-CH"/>
                 </w:rPr>
                 <w:id w:val="1640695884"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidR="0038740B" w:rsidRPr="00352FAF">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:val="de-CH"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE7730" w:rsidRPr="00352FAF" w14:paraId="4719F6C8" w14:textId="77777777" w:rsidTr="00F43F0D">
+      <w:tr w:rsidR="00BE7730" w:rsidRPr="00352FAF" w14:paraId="04CD19A9" w14:textId="77777777" w:rsidTr="00F43F0D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6166" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E56687D" w14:textId="77777777" w:rsidR="00BE7730" w:rsidRPr="00352FAF" w:rsidRDefault="003215F1" w:rsidP="003215F1">
+          <w:p w14:paraId="1F4BF1D3" w14:textId="77777777" w:rsidR="00BE7730" w:rsidRPr="00352FAF" w:rsidRDefault="003215F1" w:rsidP="003215F1">
             <w:pPr>
               <w:pStyle w:val="Titre5"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="37"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="426" w:hanging="426"/>
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00352FAF">
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t>Pflichtenhefte dem Antrag beigelegt</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3543" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="23F347E6" w14:textId="77777777" w:rsidR="00BE7730" w:rsidRPr="00352FAF" w:rsidRDefault="00BE7730" w:rsidP="000C4545">
+          <w:p w14:paraId="3F88F934" w14:textId="77777777" w:rsidR="00BE7730" w:rsidRPr="00352FAF" w:rsidRDefault="00BE7730" w:rsidP="000C4545">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="497"/>
                 <w:tab w:val="center" w:pos="1489"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00352FAF">
               <w:rPr>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:lang w:val="de-CH"/>
                 </w:rPr>
                 <w:id w:val="709535339"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidR="0038740B" w:rsidRPr="00352FAF">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:val="de-CH"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE7730" w:rsidRPr="00352FAF" w14:paraId="4B786BC9" w14:textId="77777777" w:rsidTr="00F43F0D">
+      <w:tr w:rsidR="00BE7730" w:rsidRPr="00352FAF" w14:paraId="201D840D" w14:textId="77777777" w:rsidTr="00F43F0D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6166" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4A1D2149" w14:textId="77777777" w:rsidR="00BE7730" w:rsidRPr="00352FAF" w:rsidRDefault="00BE7730" w:rsidP="003215F1">
+          <w:p w14:paraId="4B5E0CBC" w14:textId="77777777" w:rsidR="00BE7730" w:rsidRPr="00352FAF" w:rsidRDefault="00BE7730" w:rsidP="003215F1">
             <w:pPr>
               <w:pStyle w:val="Titre5"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="37"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="426" w:hanging="426"/>
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00352FAF">
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t>Organigramm</w:t>
             </w:r>
             <w:r w:rsidR="003215F1" w:rsidRPr="00352FAF">
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t xml:space="preserve"> dem Antrag beigelegt</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3543" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5A92C40F" w14:textId="77777777" w:rsidR="00BE7730" w:rsidRPr="00352FAF" w:rsidRDefault="00BE7730" w:rsidP="000C4545">
+          <w:p w14:paraId="721B65CE" w14:textId="77777777" w:rsidR="00BE7730" w:rsidRPr="00352FAF" w:rsidRDefault="00BE7730" w:rsidP="000C4545">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="497"/>
                 <w:tab w:val="center" w:pos="1489"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00352FAF">
               <w:rPr>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="de-CH"/>
                 </w:rPr>
                 <w:id w:val="1840574790"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidR="0038740B" w:rsidRPr="00352FAF">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                     <w:lang w:val="de-CH"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C4545" w:rsidRPr="00352FAF" w14:paraId="56813779" w14:textId="77777777" w:rsidTr="00F43F0D">
+      <w:tr w:rsidR="000C4545" w:rsidRPr="00352FAF" w14:paraId="1DD8B818" w14:textId="77777777" w:rsidTr="00F43F0D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="2126" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7583" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="65CBCCEB" w14:textId="77777777" w:rsidR="000C4545" w:rsidRPr="00352FAF" w:rsidRDefault="003215F1" w:rsidP="003215F1">
+          <w:p w14:paraId="275FB613" w14:textId="77777777" w:rsidR="000C4545" w:rsidRPr="00352FAF" w:rsidRDefault="003215F1" w:rsidP="003215F1">
             <w:pPr>
               <w:pStyle w:val="Titre5"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="37"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="180" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="425" w:hanging="425"/>
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00352FAF">
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t>Bemerkungen</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C4545" w:rsidRPr="00B844AE" w14:paraId="6C9A954A" w14:textId="77777777" w:rsidTr="00F43F0D">
+      <w:tr w:rsidR="000C4545" w:rsidRPr="00B844AE" w14:paraId="1270A207" w14:textId="77777777" w:rsidTr="00F43F0D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="2126" w:type="dxa"/>
           <w:trHeight w:val="511"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="de-CH"/>
             </w:rPr>
             <w:id w:val="189273751"/>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7583" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="nil"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               </w:tcPr>
               <w:sdt>
                 <w:sdtPr>
                   <w:rPr>
                     <w:lang w:val="de-CH"/>
                   </w:rPr>
                   <w:id w:val="-775322757"/>
                   <w:showingPlcHdr/>
                   <w:text/>
                 </w:sdtPr>
                 <w:sdtContent>
-                  <w:p w14:paraId="363A1093" w14:textId="77777777" w:rsidR="00996E8B" w:rsidRPr="00352FAF" w:rsidRDefault="003215F1" w:rsidP="000B74A1">
+                  <w:p w14:paraId="1E1B253F" w14:textId="77777777" w:rsidR="00996E8B" w:rsidRPr="00352FAF" w:rsidRDefault="003215F1" w:rsidP="000B74A1">
                     <w:pPr>
                       <w:pStyle w:val="Sansinterligne"/>
                       <w:spacing w:after="120"/>
                       <w:rPr>
                         <w:lang w:val="de-CH"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00352FAF">
                       <w:rPr>
                         <w:rStyle w:val="Textedelespacerserv"/>
                         <w:lang w:val="de-CH"/>
                       </w:rPr>
                       <w:t>Klicken Sie hier, um Text einzugeben.</w:t>
                     </w:r>
                   </w:p>
                 </w:sdtContent>
               </w:sdt>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="015E3970" w14:textId="77777777" w:rsidR="0071500F" w:rsidRPr="00352FAF" w:rsidRDefault="0071500F" w:rsidP="000B74A1">
+    <w:p w14:paraId="0604AC9B" w14:textId="77777777" w:rsidR="0071500F" w:rsidRPr="00352FAF" w:rsidRDefault="0071500F" w:rsidP="000B74A1">
       <w:pPr>
         <w:pStyle w:val="06lead"/>
         <w:spacing w:before="180" w:after="40"/>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="16CE336A" w14:textId="77777777" w:rsidR="00235E26" w:rsidRPr="00352FAF" w:rsidRDefault="00352FAF" w:rsidP="00235E26">
+    <w:p w14:paraId="7C5E6369" w14:textId="77777777" w:rsidR="00235E26" w:rsidRPr="00352FAF" w:rsidRDefault="00352FAF" w:rsidP="00235E26">
       <w:pPr>
         <w:pStyle w:val="Lgende"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="6" w:space="1" w:color="000000" w:themeColor="text1"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="center" w:pos="5387"/>
           <w:tab w:val="center" w:pos="6379"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00352FAF">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>Organisatorische Evaluation</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:tblBorders>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9639"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003C49FB" w:rsidRPr="00B844AE" w14:paraId="649B9D12" w14:textId="77777777" w:rsidTr="009B0BB6">
+      <w:tr w:rsidR="003C49FB" w:rsidRPr="00B844AE" w14:paraId="6CA4D80E" w14:textId="77777777" w:rsidTr="009B0BB6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7F97260C" w14:textId="77777777" w:rsidR="003C49FB" w:rsidRPr="00352FAF" w:rsidRDefault="00352FAF" w:rsidP="00B6285B">
+          <w:p w14:paraId="4C18C0AF" w14:textId="77777777" w:rsidR="003C49FB" w:rsidRPr="00352FAF" w:rsidRDefault="00352FAF" w:rsidP="00B6285B">
             <w:pPr>
               <w:pStyle w:val="06lead"/>
               <w:rPr>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00352FAF">
               <w:rPr>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t xml:space="preserve">Das POA nimmt zu den Gründen </w:t>
             </w:r>
             <w:r w:rsidR="00B6285B">
               <w:rPr>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t>für die</w:t>
             </w:r>
             <w:r w:rsidR="00B6285B" w:rsidRPr="00352FAF">
               <w:rPr>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00352FAF">
               <w:rPr>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t xml:space="preserve">Stellenumwandlung </w:t>
             </w:r>
             <w:r w:rsidR="00B6285B">
               <w:rPr>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t xml:space="preserve">nicht </w:t>
             </w:r>
             <w:r w:rsidRPr="00352FAF">
               <w:rPr>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t>Stellung.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00996E8B" w:rsidRPr="00B844AE" w14:paraId="44C86314" w14:textId="77777777" w:rsidTr="009B0BB6">
+      <w:tr w:rsidR="00996E8B" w:rsidRPr="00B844AE" w14:paraId="56777252" w14:textId="77777777" w:rsidTr="009B0BB6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="40E5A3C4" w14:textId="77777777" w:rsidR="00996E8B" w:rsidRPr="00352FAF" w:rsidRDefault="00352FAF" w:rsidP="00352FAF">
+          <w:p w14:paraId="0B01932A" w14:textId="77777777" w:rsidR="00996E8B" w:rsidRPr="00352FAF" w:rsidRDefault="00352FAF" w:rsidP="00352FAF">
             <w:pPr>
               <w:pStyle w:val="Titre5"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="35"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="426" w:hanging="426"/>
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00352FAF">
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t>Wurde das POA in die Überlegungen im Hinblick auf diese Stellenumwandlung einbezogen?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00996E8B" w:rsidRPr="00352FAF" w14:paraId="1B8C156E" w14:textId="77777777" w:rsidTr="009B0BB6">
+      <w:tr w:rsidR="00996E8B" w:rsidRPr="00352FAF" w14:paraId="5128B71D" w14:textId="77777777" w:rsidTr="009B0BB6">
         <w:trPr>
           <w:trHeight w:val="384"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="568DDE0A" w14:textId="77777777" w:rsidR="00996E8B" w:rsidRPr="00352FAF" w:rsidRDefault="00996E8B" w:rsidP="00352FAF">
+          <w:p w14:paraId="3F69993E" w14:textId="77777777" w:rsidR="00996E8B" w:rsidRPr="00352FAF" w:rsidRDefault="00996E8B" w:rsidP="00352FAF">
             <w:pPr>
               <w:pStyle w:val="Sansinterligne"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="709"/>
                 <w:tab w:val="left" w:pos="2410"/>
                 <w:tab w:val="left" w:pos="2977"/>
                 <w:tab w:val="left" w:pos="4820"/>
                 <w:tab w:val="left" w:pos="5387"/>
               </w:tabs>
               <w:rPr>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00352FAF">
               <w:rPr>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00352FAF">
               <w:rPr>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:tab/>
             </w:r>
@@ -2621,242 +2609,241 @@
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidRPr="00352FAF">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                     <w:lang w:val="de-CH"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidRPr="00352FAF">
               <w:rPr>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00996E8B" w:rsidRPr="00352FAF" w14:paraId="013AA9D9" w14:textId="77777777" w:rsidTr="009B0BB6">
+      <w:tr w:rsidR="00996E8B" w:rsidRPr="00352FAF" w14:paraId="50CA572C" w14:textId="77777777" w:rsidTr="009B0BB6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="681ED0BC" w14:textId="77777777" w:rsidR="00996E8B" w:rsidRPr="00352FAF" w:rsidRDefault="00352FAF" w:rsidP="00352FAF">
+          <w:p w14:paraId="2205BA57" w14:textId="77777777" w:rsidR="00996E8B" w:rsidRPr="00352FAF" w:rsidRDefault="00352FAF" w:rsidP="00352FAF">
             <w:pPr>
               <w:pStyle w:val="Titre5"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="35"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="180" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="425" w:hanging="425"/>
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00352FAF">
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t>Kommentare</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00996E8B" w:rsidRPr="00B844AE" w14:paraId="0B200E9A" w14:textId="77777777" w:rsidTr="00E87E8F">
+      <w:tr w:rsidR="00996E8B" w:rsidRPr="00B844AE" w14:paraId="106ED18F" w14:textId="77777777" w:rsidTr="00E87E8F">
         <w:trPr>
           <w:trHeight w:val="495"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="de-CH"/>
             </w:rPr>
             <w:id w:val="-871847645"/>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="9639" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="nil"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               </w:tcPr>
               <w:sdt>
                 <w:sdtPr>
                   <w:rPr>
                     <w:lang w:val="de-CH"/>
                   </w:rPr>
                   <w:id w:val="-869376799"/>
                   <w:showingPlcHdr/>
                   <w:text/>
                 </w:sdtPr>
                 <w:sdtContent>
-                  <w:p w14:paraId="42928C60" w14:textId="77777777" w:rsidR="00996E8B" w:rsidRPr="00352FAF" w:rsidRDefault="00352FAF" w:rsidP="000B74A1">
+                  <w:p w14:paraId="7D7F1C55" w14:textId="77777777" w:rsidR="00996E8B" w:rsidRPr="00352FAF" w:rsidRDefault="00352FAF" w:rsidP="000B74A1">
                     <w:pPr>
                       <w:pStyle w:val="Sansinterligne"/>
                       <w:spacing w:after="120"/>
                       <w:rPr>
                         <w:lang w:val="de-CH"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00352FAF">
                       <w:rPr>
                         <w:rStyle w:val="Textedelespacerserv"/>
                         <w:lang w:val="de-CH"/>
                       </w:rPr>
                       <w:t>Klicken Sie hier, um Text einzugeben.</w:t>
                     </w:r>
                   </w:p>
                 </w:sdtContent>
               </w:sdt>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="67DCF313" w14:textId="77777777" w:rsidR="00D24D97" w:rsidRPr="00352FAF" w:rsidRDefault="00D24D97" w:rsidP="000B74A1">
+    <w:p w14:paraId="066A04FD" w14:textId="77777777" w:rsidR="00D24D97" w:rsidRPr="00352FAF" w:rsidRDefault="00D24D97" w:rsidP="000B74A1">
       <w:pPr>
         <w:pStyle w:val="06lead"/>
         <w:spacing w:before="180" w:after="40"/>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="22660488" w14:textId="77777777" w:rsidR="004F1914" w:rsidRPr="00352FAF" w:rsidRDefault="00352FAF" w:rsidP="004F1914">
+    <w:p w14:paraId="2C4E0D91" w14:textId="77777777" w:rsidR="004F1914" w:rsidRPr="00352FAF" w:rsidRDefault="00352FAF" w:rsidP="004F1914">
       <w:pPr>
         <w:pStyle w:val="Lgende"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="6" w:space="1" w:color="000000" w:themeColor="text1"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="center" w:pos="5387"/>
           <w:tab w:val="center" w:pos="6379"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00352FAF">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>Entscheidungsbefugnis</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:tblBorders>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9639"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004F1914" w:rsidRPr="00B844AE" w14:paraId="47CEA982" w14:textId="77777777" w:rsidTr="00CF77B0">
+      <w:tr w:rsidR="004F1914" w:rsidRPr="00B844AE" w14:paraId="01ADF032" w14:textId="77777777" w:rsidTr="00CF77B0">
         <w:trPr>
           <w:trHeight w:val="523"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3EC8AD13" w14:textId="77777777" w:rsidR="004F1914" w:rsidRPr="00352FAF" w:rsidRDefault="00352FAF" w:rsidP="00CF77B0">
+          <w:p w14:paraId="496B3B3B" w14:textId="77777777" w:rsidR="004F1914" w:rsidRPr="00352FAF" w:rsidRDefault="00352FAF" w:rsidP="00CF77B0">
             <w:pPr>
               <w:pStyle w:val="Sansinterligne"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="709"/>
                 <w:tab w:val="left" w:pos="1418"/>
                 <w:tab w:val="left" w:pos="2127"/>
                 <w:tab w:val="left" w:pos="3402"/>
                 <w:tab w:val="left" w:pos="4111"/>
               </w:tabs>
               <w:rPr>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00352FAF">
               <w:rPr>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t>Nach den geltenden Regeln liegt die Entscheidungsbefugnis für diese Stellenumwandlung (</w:t>
             </w:r>
             <w:r w:rsidRPr="00352FAF">
               <w:rPr>
                 <w:i/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t>Zutreffendes ankreuzen</w:t>
             </w:r>
             <w:r w:rsidRPr="00352FAF">
               <w:rPr>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="33A4794F" w14:textId="77777777" w:rsidR="004F1914" w:rsidRPr="00352FAF" w:rsidRDefault="005D4EBD" w:rsidP="00352FAF">
+          <w:p w14:paraId="31CC322F" w14:textId="77777777" w:rsidR="004F1914" w:rsidRPr="00352FAF" w:rsidRDefault="005D4EBD" w:rsidP="00352FAF">
             <w:pPr>
               <w:pStyle w:val="Sansinterligne"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="709"/>
                 <w:tab w:val="left" w:pos="1418"/>
                 <w:tab w:val="left" w:pos="2127"/>
                 <w:tab w:val="left" w:pos="2835"/>
                 <w:tab w:val="left" w:pos="3261"/>
                 <w:tab w:val="left" w:pos="6096"/>
                 <w:tab w:val="left" w:pos="6540"/>
               </w:tabs>
               <w:rPr>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00352FAF">
               <w:rPr>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00352FAF">
               <w:rPr>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
@@ -2925,232 +2912,230 @@
                 <w:r w:rsidR="0038740B" w:rsidRPr="00352FAF">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                     <w:lang w:val="de-CH"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="004F1914" w:rsidRPr="00352FAF">
               <w:rPr>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00352FAF" w:rsidRPr="00352FAF">
               <w:rPr>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t>bei der Direktion</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5E49C9F3" w14:textId="77777777" w:rsidR="00D24D97" w:rsidRPr="00352FAF" w:rsidRDefault="00D24D97" w:rsidP="00622B80">
+    <w:p w14:paraId="08E46DB5" w14:textId="77777777" w:rsidR="00D24D97" w:rsidRPr="00352FAF" w:rsidRDefault="00D24D97" w:rsidP="00622B80">
       <w:pPr>
         <w:pStyle w:val="06lead"/>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4FD5546E" w14:textId="77777777" w:rsidR="00D24D97" w:rsidRPr="00352FAF" w:rsidRDefault="00352FAF" w:rsidP="00D24D97">
+    <w:p w14:paraId="3E516D6E" w14:textId="77777777" w:rsidR="00D24D97" w:rsidRPr="00352FAF" w:rsidRDefault="00352FAF" w:rsidP="00D24D97">
       <w:pPr>
         <w:pStyle w:val="Lgende"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="6" w:space="1" w:color="000000" w:themeColor="text1"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="center" w:pos="5387"/>
           <w:tab w:val="center" w:pos="6379"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00352FAF">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>Stellungnahme</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10057" w:type="dxa"/>
         <w:tblBorders>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2764"/>
         <w:gridCol w:w="7293"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D24D97" w:rsidRPr="00B844AE" w14:paraId="243467CE" w14:textId="77777777" w:rsidTr="00F43F0D">
+      <w:tr w:rsidR="00D24D97" w:rsidRPr="00B844AE" w14:paraId="085F8F3F" w14:textId="77777777" w:rsidTr="00F43F0D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2764" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4614E20B" w14:textId="77777777" w:rsidR="00D24D97" w:rsidRPr="00352FAF" w:rsidRDefault="00D24D97" w:rsidP="00352FAF">
+          <w:p w14:paraId="54DFFA07" w14:textId="77777777" w:rsidR="00D24D97" w:rsidRPr="00352FAF" w:rsidRDefault="00D24D97" w:rsidP="00352FAF">
             <w:pPr>
               <w:pStyle w:val="Titre5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00352FAF">
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t>Dat</w:t>
             </w:r>
             <w:r w:rsidR="00352FAF" w:rsidRPr="00352FAF">
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t>um des entscheids</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="de-CH"/>
             </w:rPr>
             <w:id w:val="-766849886"/>
             <w:placeholder>
-              <w:docPart w:val="DefaultPlaceholder_1082065160"/>
+              <w:docPart w:val="6C4991A3B8B64C4BB10A44BCEA642C2F"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:date>
               <w:dateFormat w:val="dd.MM.yyyy"/>
               <w:lid w:val="fr-CH"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7293" w:type="dxa"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               </w:tcPr>
-              <w:p w14:paraId="2A3090EC" w14:textId="77777777" w:rsidR="00D24D97" w:rsidRPr="00352FAF" w:rsidRDefault="00352FAF" w:rsidP="00352FAF">
+              <w:p w14:paraId="2F87D0BC" w14:textId="77777777" w:rsidR="00D24D97" w:rsidRPr="00352FAF" w:rsidRDefault="00352FAF" w:rsidP="00352FAF">
                 <w:pPr>
                   <w:spacing w:before="60" w:after="60"/>
                   <w:rPr>
                     <w:lang w:val="de-CH"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00352FAF">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                     <w:lang w:val="de-CH"/>
                   </w:rPr>
                   <w:t>Klicken Sie hier, um ein Datum einzugeben.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00D24D97" w:rsidRPr="00352FAF" w14:paraId="40E2E380" w14:textId="77777777" w:rsidTr="00F43F0D">
+      <w:tr w:rsidR="00D24D97" w:rsidRPr="00352FAF" w14:paraId="60C2AFA1" w14:textId="77777777" w:rsidTr="00F43F0D">
         <w:trPr>
           <w:trHeight w:val="78"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2764" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="097F1AE9" w14:textId="77777777" w:rsidR="00D24D97" w:rsidRPr="00352FAF" w:rsidRDefault="00352FAF" w:rsidP="00352FAF">
+          <w:p w14:paraId="55071A49" w14:textId="77777777" w:rsidR="00D24D97" w:rsidRPr="00352FAF" w:rsidRDefault="00352FAF" w:rsidP="00352FAF">
             <w:pPr>
               <w:pStyle w:val="Titre5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="2375"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00352FAF">
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t>Positive Stellungnahme</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7293" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C3824A6" w14:textId="77777777" w:rsidR="00D24D97" w:rsidRPr="00352FAF" w:rsidRDefault="00352FAF" w:rsidP="00352FAF">
+          <w:p w14:paraId="0C88376B" w14:textId="77777777" w:rsidR="00D24D97" w:rsidRPr="00352FAF" w:rsidRDefault="00352FAF" w:rsidP="00352FAF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="center" w:pos="781"/>
                 <w:tab w:val="left" w:pos="2481"/>
                 <w:tab w:val="center" w:pos="3191"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00352FAF">
               <w:rPr>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t xml:space="preserve">Ja </w:t>
             </w:r>
             <w:r w:rsidR="00D24D97" w:rsidRPr="00352FAF">
               <w:rPr>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:sdt>
@@ -3197,327 +3182,309 @@
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="de-CH"/>
                 </w:rPr>
                 <w:id w:val="221415225"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidR="00D24D97" w:rsidRPr="00352FAF">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                     <w:lang w:val="de-CH"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB2EE2" w:rsidRPr="00B844AE" w14:paraId="0A9F4212" w14:textId="77777777" w:rsidTr="00F43F0D">
+      <w:tr w:rsidR="00DB2EE2" w:rsidRPr="00B844AE" w14:paraId="3BFA265A" w14:textId="77777777" w:rsidTr="00F43F0D">
         <w:trPr>
           <w:trHeight w:val="78"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2764" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B3E6E41" w14:textId="77777777" w:rsidR="00DB2EE2" w:rsidRPr="00352FAF" w:rsidRDefault="00352FAF" w:rsidP="00352FAF">
+          <w:p w14:paraId="27D89054" w14:textId="77777777" w:rsidR="00DB2EE2" w:rsidRPr="00352FAF" w:rsidRDefault="00352FAF" w:rsidP="00352FAF">
             <w:pPr>
               <w:pStyle w:val="Titre5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="2375"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00352FAF">
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t>Genehmigt von</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7293" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="05189BC4" w14:textId="77777777" w:rsidR="00DB2EE2" w:rsidRPr="00352FAF" w:rsidRDefault="003852DD" w:rsidP="00DB2EE2">
+          <w:p w14:paraId="3A259C04" w14:textId="77777777" w:rsidR="00DB2EE2" w:rsidRPr="00352FAF" w:rsidRDefault="00363C34" w:rsidP="00DB2EE2">
             <w:pPr>
               <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3191"/>
               </w:tabs>
               <w:rPr>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00352FAF">
-[...21 lines deleted...]
-              <w:t>Turkmani</w:t>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t>Mélanie Meyer</w:t>
             </w:r>
             <w:r w:rsidR="00DB2EE2" w:rsidRPr="00352FAF">
               <w:rPr>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:tab/>
               <w:t>Nicolas Gelmi</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1C1C741D" w14:textId="77777777" w:rsidR="00DB2EE2" w:rsidRPr="00352FAF" w:rsidRDefault="00352FAF" w:rsidP="00352FAF">
+          <w:p w14:paraId="4FDF1374" w14:textId="77777777" w:rsidR="00DB2EE2" w:rsidRPr="00352FAF" w:rsidRDefault="00352FAF" w:rsidP="00352FAF">
             <w:pPr>
               <w:pStyle w:val="06btexteprincipalsansespacebloc"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3191"/>
               </w:tabs>
               <w:rPr>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00352FAF">
               <w:rPr>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t>Dienstchefin</w:t>
             </w:r>
             <w:r w:rsidR="00DB2EE2" w:rsidRPr="00352FAF">
               <w:rPr>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00352FAF">
               <w:rPr>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t>Verantwortlicher Organisation</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1AB67599" w14:textId="77777777" w:rsidR="004F1914" w:rsidRPr="00352FAF" w:rsidRDefault="004F1914" w:rsidP="000B74A1">
+    <w:p w14:paraId="069E230A" w14:textId="77777777" w:rsidR="004F1914" w:rsidRPr="00352FAF" w:rsidRDefault="004F1914" w:rsidP="000B74A1">
       <w:pPr>
         <w:spacing w:before="180"/>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9637"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FD7A9A" w:rsidRPr="00B844AE" w14:paraId="274C983C" w14:textId="77777777" w:rsidTr="00FD7A9A">
+      <w:tr w:rsidR="00FD7A9A" w:rsidRPr="00B844AE" w14:paraId="51354E09" w14:textId="77777777" w:rsidTr="00FD7A9A">
         <w:trPr>
           <w:trHeight w:val="644"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9777" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="64CA25E1" w14:textId="77777777" w:rsidR="00FD7A9A" w:rsidRPr="00352FAF" w:rsidRDefault="00FD7A9A" w:rsidP="00FD7A9A">
+          <w:p w14:paraId="7BB2F006" w14:textId="77777777" w:rsidR="00FD7A9A" w:rsidRPr="00352FAF" w:rsidRDefault="00FD7A9A" w:rsidP="00FD7A9A">
             <w:pPr>
               <w:pStyle w:val="08annexecontactrenseignementsetc"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00352FAF">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidR="00352FAF" w:rsidRPr="00352FAF">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t>nhang</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3A1C0487" w14:textId="77777777" w:rsidR="00FD7A9A" w:rsidRPr="00352FAF" w:rsidRDefault="00FD7A9A" w:rsidP="00FD7A9A">
+          <w:p w14:paraId="1AAF1BA1" w14:textId="77777777" w:rsidR="00FD7A9A" w:rsidRPr="00352FAF" w:rsidRDefault="00FD7A9A" w:rsidP="00FD7A9A">
             <w:pPr>
               <w:pStyle w:val="08annexecontactrenseignementsetc"/>
               <w:rPr>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00352FAF">
               <w:rPr>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t>—</w:t>
             </w:r>
           </w:p>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:id w:val="-762604685"/>
             </w:sdtPr>
             <w:sdtContent>
               <w:sdt>
                 <w:sdtPr>
                   <w:rPr>
                     <w:lang w:val="de-CH"/>
                   </w:rPr>
                   <w:id w:val="-1846088722"/>
                   <w:placeholder>
-                    <w:docPart w:val="DefaultPlaceholder_1082065158"/>
+                    <w:docPart w:val="4633D59C67244CF98BC91D03C6FB73EB"/>
                   </w:placeholder>
                   <w:showingPlcHdr/>
                   <w:text/>
                 </w:sdtPr>
                 <w:sdtContent>
-                  <w:p w14:paraId="5FE67613" w14:textId="77777777" w:rsidR="00FD7A9A" w:rsidRPr="00352FAF" w:rsidRDefault="00352FAF" w:rsidP="00FD7A9A">
+                  <w:p w14:paraId="4AC3B64C" w14:textId="77777777" w:rsidR="00FD7A9A" w:rsidRPr="00352FAF" w:rsidRDefault="00352FAF" w:rsidP="00FD7A9A">
                     <w:pPr>
                       <w:spacing w:after="0"/>
                       <w:rPr>
                         <w:lang w:val="de-CH"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00F43F0D">
                       <w:rPr>
                         <w:rStyle w:val="Textedelespacerserv"/>
                         <w:sz w:val="20"/>
                         <w:lang w:val="de-CH"/>
                       </w:rPr>
                       <w:t>Klicken Sie hier, um Text einzugeben.</w:t>
                     </w:r>
                   </w:p>
                 </w:sdtContent>
               </w:sdt>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="40790DC3" w14:textId="77777777" w:rsidR="00A26A28" w:rsidRPr="00F43F0D" w:rsidRDefault="00A26A28" w:rsidP="00FD7A9A">
+    <w:p w14:paraId="04FF939A" w14:textId="77777777" w:rsidR="00A26A28" w:rsidRPr="00F43F0D" w:rsidRDefault="00A26A28" w:rsidP="00FD7A9A">
       <w:pPr>
         <w:pStyle w:val="08puces"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00A26A28" w:rsidRPr="00F43F0D" w:rsidSect="00B72BC8">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:headerReference w:type="first" r:id="rId9"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1985" w:right="851" w:bottom="993" w:left="1418" w:header="652" w:footer="510" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1498E506" w14:textId="77777777" w:rsidR="001D3149" w:rsidRDefault="001D3149" w:rsidP="00822F08">
+    <w:p w14:paraId="4D538825" w14:textId="77777777" w:rsidR="00512A5E" w:rsidRDefault="00512A5E" w:rsidP="00822F08">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5EEE9DEA" w14:textId="77777777" w:rsidR="001D3149" w:rsidRDefault="001D3149" w:rsidP="00822F08">
+    <w:p w14:paraId="07CD3D4B" w14:textId="77777777" w:rsidR="00512A5E" w:rsidRDefault="00512A5E" w:rsidP="00822F08">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -3528,257 +3495,257 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="758CA8AF" w14:textId="77777777" w:rsidR="001D3149" w:rsidRDefault="001D3149" w:rsidP="00822F08">
+    <w:p w14:paraId="1C166FDC" w14:textId="77777777" w:rsidR="00512A5E" w:rsidRDefault="00512A5E" w:rsidP="00822F08">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="47B41151" w14:textId="77777777" w:rsidR="001D3149" w:rsidRDefault="001D3149" w:rsidP="00822F08">
+    <w:p w14:paraId="35540ACC" w14:textId="77777777" w:rsidR="00512A5E" w:rsidRDefault="00512A5E" w:rsidP="00822F08">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9298" w:type="dxa"/>
       <w:tblInd w:w="341" w:type="dxa"/>
       <w:tblBorders>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="9298"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00635102" w14:paraId="7BDEADD8" w14:textId="77777777">
+    <w:tr w:rsidR="00635102" w14:paraId="38292F5B" w14:textId="77777777">
       <w:trPr>
         <w:trHeight w:val="567"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="9298" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="3B4DC762" w14:textId="77777777" w:rsidR="00635102" w:rsidRDefault="00352FAF" w:rsidP="00822F08">
+        <w:p w14:paraId="628E76EB" w14:textId="77777777" w:rsidR="00635102" w:rsidRDefault="00352FAF" w:rsidP="00822F08">
           <w:pPr>
             <w:pStyle w:val="09enttepage2"/>
           </w:pPr>
           <w:r>
             <w:t>Finanzdirektion</w:t>
           </w:r>
           <w:r w:rsidR="005129BA">
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidR="00635102" w:rsidRPr="00A74986">
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidR="005129BA">
             <w:rPr>
               <w:b w:val="0"/>
             </w:rPr>
             <w:t>FIN</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:b w:val="0"/>
             </w:rPr>
             <w:t>D</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="31E6BC9D" w14:textId="77777777" w:rsidR="00635102" w:rsidRPr="0064336A" w:rsidRDefault="00352FAF" w:rsidP="00352FAF">
+        <w:p w14:paraId="0E74F6B5" w14:textId="77777777" w:rsidR="00635102" w:rsidRPr="0064336A" w:rsidRDefault="00352FAF" w:rsidP="00352FAF">
           <w:pPr>
             <w:pStyle w:val="09enttepage2"/>
             <w:rPr>
               <w:rStyle w:val="Numrodepage"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:b w:val="0"/>
               <w:lang w:val="fr-FR"/>
             </w:rPr>
             <w:t>Seite</w:t>
           </w:r>
           <w:r w:rsidR="00635102" w:rsidRPr="002935AC">
             <w:rPr>
               <w:b w:val="0"/>
               <w:lang w:val="fr-FR"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidR="00F263C6" w:rsidRPr="0064336A">
             <w:rPr>
               <w:b w:val="0"/>
               <w:lang w:val="de-DE"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidR="00635102" w:rsidRPr="002935AC">
             <w:rPr>
               <w:b w:val="0"/>
               <w:lang w:val="fr-FR"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> PAGE </w:instrText>
           </w:r>
           <w:r w:rsidR="00F263C6" w:rsidRPr="0064336A">
             <w:rPr>
               <w:b w:val="0"/>
               <w:lang w:val="de-DE"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="005E0DFF">
+          <w:r w:rsidR="00B844AE">
             <w:rPr>
               <w:b w:val="0"/>
               <w:noProof/>
               <w:lang w:val="fr-FR"/>
             </w:rPr>
-            <w:t>3</w:t>
+            <w:t>2</w:t>
           </w:r>
           <w:r w:rsidR="00F263C6" w:rsidRPr="0064336A">
             <w:rPr>
               <w:b w:val="0"/>
               <w:lang w:val="de-DE"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
           <w:r w:rsidR="00635102" w:rsidRPr="002935AC">
             <w:rPr>
               <w:b w:val="0"/>
               <w:lang w:val="fr-FR"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:b w:val="0"/>
               <w:lang w:val="fr-FR"/>
             </w:rPr>
             <w:t>von</w:t>
           </w:r>
           <w:r w:rsidR="00635102" w:rsidRPr="002935AC">
             <w:rPr>
               <w:b w:val="0"/>
               <w:lang w:val="fr-FR"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidR="00F263C6" w:rsidRPr="0064336A">
             <w:rPr>
               <w:b w:val="0"/>
               <w:lang w:val="de-DE"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidR="00635102" w:rsidRPr="002935AC">
             <w:rPr>
               <w:b w:val="0"/>
               <w:lang w:val="fr-FR"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
           </w:r>
           <w:r w:rsidR="00F263C6" w:rsidRPr="0064336A">
             <w:rPr>
               <w:b w:val="0"/>
               <w:lang w:val="de-DE"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="005E0DFF">
+          <w:r w:rsidR="00B844AE">
             <w:rPr>
               <w:b w:val="0"/>
               <w:noProof/>
               <w:lang w:val="fr-FR"/>
             </w:rPr>
             <w:t>3</w:t>
           </w:r>
           <w:r w:rsidR="00F263C6" w:rsidRPr="0064336A">
             <w:rPr>
               <w:b w:val="0"/>
               <w:lang w:val="de-DE"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
           <w:r w:rsidR="00635102">
             <w:rPr>
               <w:noProof/>
               <w:lang w:eastAsia="fr-CH"/>
             </w:rPr>
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="4FF09367" wp14:editId="5B53AF5B">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="703550C8" wp14:editId="4868F9B9">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>-215265</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>25400</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="116205" cy="220980"/>
                 <wp:effectExtent l="19050" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="3" name="Picture 2" descr="ecusson_seite_2_300.jpg"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="Picture 2" descr="ecusson_seite_2_300.jpg"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
@@ -3791,91 +3758,91 @@
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="116205" cy="220980"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="9525">
                           <a:noFill/>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="28C03D5E" w14:textId="77777777" w:rsidR="00635102" w:rsidRDefault="00635102" w:rsidP="00822F08"/>
+  <w:p w14:paraId="1F0A9957" w14:textId="77777777" w:rsidR="00635102" w:rsidRDefault="00635102" w:rsidP="00822F08"/>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9639" w:type="dxa"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="57" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5500"/>
       <w:gridCol w:w="4139"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00635102" w:rsidRPr="004A0F2D" w14:paraId="4B362BED" w14:textId="77777777">
+    <w:tr w:rsidR="00635102" w:rsidRPr="004A0F2D" w14:paraId="6373C003" w14:textId="77777777">
       <w:trPr>
         <w:trHeight w:val="1701"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5500" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="60188E7B" w14:textId="77777777" w:rsidR="00635102" w:rsidRPr="00AA545D" w:rsidRDefault="00635102" w:rsidP="00822F08">
+        <w:p w14:paraId="229E74AF" w14:textId="77777777" w:rsidR="00635102" w:rsidRPr="00AA545D" w:rsidRDefault="00635102" w:rsidP="00822F08">
           <w:pPr>
             <w:pStyle w:val="TM1"/>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
               <w:lang w:eastAsia="fr-CH"/>
             </w:rPr>
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="347B2734" wp14:editId="739BB401">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7E410BCA" wp14:editId="206E3F91">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>-3175</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>635</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="935990" cy="795655"/>
                 <wp:effectExtent l="19050" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="Image 2" descr="logo_fr_300.jpg"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="Picture 2" descr="logo_fr_300.jpg"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
@@ -3890,196 +3857,196 @@
                           <a:ext cx="935990" cy="795655"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="9525">
                           <a:noFill/>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4139" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="291EEB69" w14:textId="77777777" w:rsidR="00A26A28" w:rsidRPr="004C04EB" w:rsidRDefault="00A26A28" w:rsidP="00A26A28">
+        <w:p w14:paraId="33EF34B8" w14:textId="77777777" w:rsidR="00A26A28" w:rsidRPr="004C04EB" w:rsidRDefault="00A26A28" w:rsidP="00A26A28">
           <w:pPr>
             <w:pStyle w:val="01entteetbasdepage"/>
             <w:rPr>
               <w:b/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:b/>
             </w:rPr>
             <w:t>Service du personnel et d’organisation</w:t>
           </w:r>
           <w:r w:rsidRPr="00BF50CB">
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r>
             <w:t>S</w:t>
           </w:r>
           <w:r w:rsidRPr="004C04EB">
             <w:t>PO</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="2239F61C" w14:textId="77777777" w:rsidR="00A26A28" w:rsidRPr="004C04EB" w:rsidRDefault="00A26A28" w:rsidP="00A26A28">
+        <w:p w14:paraId="7AC633D5" w14:textId="77777777" w:rsidR="00A26A28" w:rsidRPr="004C04EB" w:rsidRDefault="00A26A28" w:rsidP="00A26A28">
           <w:pPr>
             <w:pStyle w:val="01entteetbasdepage"/>
             <w:rPr>
               <w:lang w:val="de-CH"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004C04EB">
             <w:rPr>
               <w:b/>
               <w:lang w:val="de-CH"/>
             </w:rPr>
             <w:t xml:space="preserve">Amt für Personal und Organisation </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:lang w:val="de-DE"/>
             </w:rPr>
             <w:t>POA</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="24A35748" w14:textId="77777777" w:rsidR="00A26A28" w:rsidRPr="004C04EB" w:rsidRDefault="00A26A28" w:rsidP="00A26A28">
+        <w:p w14:paraId="20BF6D0A" w14:textId="77777777" w:rsidR="00A26A28" w:rsidRPr="004C04EB" w:rsidRDefault="00A26A28" w:rsidP="00A26A28">
           <w:pPr>
             <w:pStyle w:val="01entteetbasdepage"/>
             <w:rPr>
               <w:lang w:val="de-CH"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="29582718" w14:textId="77777777" w:rsidR="00A26A28" w:rsidRPr="00D6428D" w:rsidRDefault="00A26A28" w:rsidP="00A26A28">
+        <w:p w14:paraId="6AC6D972" w14:textId="77777777" w:rsidR="00A26A28" w:rsidRPr="00D6428D" w:rsidRDefault="00A26A28" w:rsidP="00A26A28">
           <w:pPr>
             <w:pStyle w:val="01entteetbasdepage"/>
             <w:rPr>
               <w:lang w:val="de-CH"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00D6428D">
             <w:rPr>
               <w:szCs w:val="12"/>
               <w:lang w:val="de-CH"/>
             </w:rPr>
             <w:t>Rue Joseph-Piller 13, 1700 Fr</w:t>
           </w:r>
           <w:r w:rsidR="00503FFA" w:rsidRPr="00D6428D">
             <w:rPr>
               <w:szCs w:val="12"/>
               <w:lang w:val="de-CH"/>
             </w:rPr>
             <w:t>eiburg</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="35E09790" w14:textId="77777777" w:rsidR="00A26A28" w:rsidRPr="00D6428D" w:rsidRDefault="00A26A28" w:rsidP="00A26A28">
+        <w:p w14:paraId="6990C8D2" w14:textId="77777777" w:rsidR="00A26A28" w:rsidRPr="00D6428D" w:rsidRDefault="00A26A28" w:rsidP="00A26A28">
           <w:pPr>
             <w:pStyle w:val="01entteetbasdepage"/>
             <w:rPr>
               <w:lang w:val="de-CH"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="042352F9" w14:textId="77777777" w:rsidR="00A26A28" w:rsidRPr="00D6428D" w:rsidRDefault="00A26A28" w:rsidP="00A26A28">
+        <w:p w14:paraId="72751B65" w14:textId="77777777" w:rsidR="00A26A28" w:rsidRPr="00D6428D" w:rsidRDefault="00A26A28" w:rsidP="00A26A28">
           <w:pPr>
             <w:pStyle w:val="01entteetbasdepage"/>
             <w:rPr>
               <w:lang w:val="de-CH"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00D6428D">
             <w:rPr>
               <w:lang w:val="de-CH"/>
             </w:rPr>
             <w:t>T +41 26 305 32 52, F +41 26 305 32 49</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="5A32BDE6" w14:textId="77777777" w:rsidR="00A26A28" w:rsidRDefault="00A26A28" w:rsidP="00A26A28">
+        <w:p w14:paraId="11A8DC3E" w14:textId="77777777" w:rsidR="00A26A28" w:rsidRDefault="00A26A28" w:rsidP="00A26A28">
           <w:pPr>
             <w:pStyle w:val="01entteetbasdepage"/>
           </w:pPr>
           <w:r>
             <w:t>www.fr.ch/spo</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="67ABF72B" w14:textId="77777777" w:rsidR="00635102" w:rsidRPr="002935AC" w:rsidRDefault="00635102" w:rsidP="00822F08">
+        <w:p w14:paraId="1615F564" w14:textId="77777777" w:rsidR="00635102" w:rsidRPr="002935AC" w:rsidRDefault="00635102" w:rsidP="00822F08">
           <w:pPr>
             <w:pStyle w:val="01entteetbasdepage"/>
             <w:rPr>
               <w:rStyle w:val="Lienhypertexte"/>
               <w:color w:val="auto"/>
               <w:u w:val="none"/>
               <w:lang w:val="fr-FR"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="783FEDDF" w14:textId="77777777" w:rsidR="00635102" w:rsidRDefault="00635102" w:rsidP="00822F08"/>
+  <w:p w14:paraId="6A9A2641" w14:textId="77777777" w:rsidR="00635102" w:rsidRDefault="00635102" w:rsidP="00822F08"/>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:numPicBullet w:numPicBulletId="0">
     <w:pict>
       <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
         <v:stroke joinstyle="miter"/>
         <v:formulas>
           <v:f eqn="if lineDrawn pixelLineWidth 0"/>
           <v:f eqn="sum @0 1 0"/>
           <v:f eqn="sum 0 0 @1"/>
           <v:f eqn="prod @2 1 2"/>
           <v:f eqn="prod @3 21600 pixelWidth"/>
           <v:f eqn="prod @3 21600 pixelHeight"/>
           <v:f eqn="sum @0 0 1"/>
           <v:f eqn="prod @6 1 2"/>
           <v:f eqn="prod @7 21600 pixelWidth"/>
           <v:f eqn="sum @8 21600 0"/>
           <v:f eqn="prod @7 21600 pixelHeight"/>
           <v:f eqn="sum @10 21600 0"/>
         </v:formulas>
         <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
         <o:lock v:ext="edit" aspectratio="t"/>
       </v:shapetype>
-      <v:shape id="_x0000_i1029" type="#_x0000_t75" style="width:10.5pt;height:10.5pt" o:bullet="t">
+      <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:10.5pt;height:10.5pt" o:bullet="t">
         <v:imagedata r:id="rId1" o:title="ecusson"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF80"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="297CE232"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
@@ -7349,357 +7316,358 @@
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="1080"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="870144031">
+  <w:num w:numId="1" w16cid:durableId="359475924">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="78984147">
+  <w:num w:numId="2" w16cid:durableId="945817394">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1661540863">
+  <w:num w:numId="3" w16cid:durableId="779447835">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="804397682">
+  <w:num w:numId="4" w16cid:durableId="1540781728">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1757096362">
+  <w:num w:numId="5" w16cid:durableId="232783910">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1135365923">
+  <w:num w:numId="6" w16cid:durableId="612784843">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="623268696">
+  <w:num w:numId="7" w16cid:durableId="834225617">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1802839260">
+  <w:num w:numId="8" w16cid:durableId="1695303112">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="798456645">
+  <w:num w:numId="9" w16cid:durableId="96029848">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="1310596860">
+  <w:num w:numId="10" w16cid:durableId="970207737">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="1387535498">
+  <w:num w:numId="11" w16cid:durableId="154879428">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="333460730">
+  <w:num w:numId="12" w16cid:durableId="1073359906">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="469057079">
+  <w:num w:numId="13" w16cid:durableId="2062514178">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="1589146730">
+  <w:num w:numId="14" w16cid:durableId="1665475348">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="1981837228">
+  <w:num w:numId="15" w16cid:durableId="207306530">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="1849832637">
+  <w:num w:numId="16" w16cid:durableId="1023095052">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="1145202566">
+  <w:num w:numId="17" w16cid:durableId="58216319">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="1529878429">
+  <w:num w:numId="18" w16cid:durableId="1124543425">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="376659049">
+  <w:num w:numId="19" w16cid:durableId="1942108853">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="20" w16cid:durableId="1124275933">
+  <w:num w:numId="20" w16cid:durableId="540090437">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="21" w16cid:durableId="1092892048">
+  <w:num w:numId="21" w16cid:durableId="676881896">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="22" w16cid:durableId="1468358160">
+  <w:num w:numId="22" w16cid:durableId="306208765">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="23" w16cid:durableId="680546428">
+  <w:num w:numId="23" w16cid:durableId="1570191225">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="24" w16cid:durableId="1147933545">
+  <w:num w:numId="24" w16cid:durableId="1271664884">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="25" w16cid:durableId="1157454675">
+  <w:num w:numId="25" w16cid:durableId="594244640">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="26" w16cid:durableId="1351877370">
+  <w:num w:numId="26" w16cid:durableId="846671885">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="27" w16cid:durableId="1192766300">
+  <w:num w:numId="27" w16cid:durableId="1857497881">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="28" w16cid:durableId="2049526864">
+  <w:num w:numId="28" w16cid:durableId="844712638">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="29" w16cid:durableId="740566698">
+  <w:num w:numId="29" w16cid:durableId="837043066">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="30" w16cid:durableId="52197576">
+  <w:num w:numId="30" w16cid:durableId="967660554">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="31" w16cid:durableId="798571763">
+  <w:num w:numId="31" w16cid:durableId="1114208839">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="32" w16cid:durableId="442262602">
+  <w:num w:numId="32" w16cid:durableId="751782818">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="33" w16cid:durableId="1079594082">
+  <w:num w:numId="33" w16cid:durableId="277300693">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="34" w16cid:durableId="1582986042">
+  <w:num w:numId="34" w16cid:durableId="799342794">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="35" w16cid:durableId="263854025">
+  <w:num w:numId="35" w16cid:durableId="1970738933">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="36" w16cid:durableId="1347906504">
+  <w:num w:numId="36" w16cid:durableId="2104185451">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="37" w16cid:durableId="111025004">
+  <w:num w:numId="37" w16cid:durableId="1536885331">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="38" w16cid:durableId="913470681">
+  <w:num w:numId="38" w16cid:durableId="641080259">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="39" w16cid:durableId="2127314153">
+  <w:num w:numId="39" w16cid:durableId="1574970631">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="40" w16cid:durableId="1057126554">
+  <w:num w:numId="40" w16cid:durableId="1881933644">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="41" w16cid:durableId="597640865">
+  <w:num w:numId="41" w16cid:durableId="949238509">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="42" w16cid:durableId="412967538">
+  <w:num w:numId="42" w16cid:durableId="1954746371">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="43" w16cid:durableId="1740471442">
+  <w:num w:numId="43" w16cid:durableId="372072072">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="44" w16cid:durableId="1171291897">
+  <w:num w:numId="44" w16cid:durableId="418867363">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="5"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="188"/>
+  <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="1021" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:documentProtection w:edit="forms" w:enforcement="1"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00FD31B3"/>
+    <w:rsidRoot w:val="00D25616"/>
     <w:rsid w:val="000121E8"/>
     <w:rsid w:val="00023286"/>
     <w:rsid w:val="00023A1E"/>
     <w:rsid w:val="0003640B"/>
     <w:rsid w:val="00036A2B"/>
     <w:rsid w:val="00037D06"/>
     <w:rsid w:val="000435ED"/>
     <w:rsid w:val="000527A7"/>
     <w:rsid w:val="00057097"/>
     <w:rsid w:val="000647F8"/>
     <w:rsid w:val="0007491C"/>
     <w:rsid w:val="00090CFB"/>
     <w:rsid w:val="000939ED"/>
     <w:rsid w:val="0009687E"/>
     <w:rsid w:val="00097A55"/>
     <w:rsid w:val="000B74A1"/>
     <w:rsid w:val="000C3893"/>
     <w:rsid w:val="000C4227"/>
     <w:rsid w:val="000C4545"/>
     <w:rsid w:val="000C717D"/>
     <w:rsid w:val="000D0AC2"/>
     <w:rsid w:val="000D199E"/>
     <w:rsid w:val="000D70F3"/>
     <w:rsid w:val="000E75BE"/>
     <w:rsid w:val="000F6086"/>
     <w:rsid w:val="001209A8"/>
     <w:rsid w:val="001213B2"/>
     <w:rsid w:val="00126750"/>
     <w:rsid w:val="00140BAE"/>
     <w:rsid w:val="00142131"/>
     <w:rsid w:val="001546FC"/>
     <w:rsid w:val="00164E0E"/>
     <w:rsid w:val="001707C0"/>
     <w:rsid w:val="001717CE"/>
     <w:rsid w:val="001806FD"/>
     <w:rsid w:val="0019170A"/>
     <w:rsid w:val="001B3BB1"/>
+    <w:rsid w:val="001B5F27"/>
     <w:rsid w:val="001C72F2"/>
     <w:rsid w:val="001D0755"/>
-    <w:rsid w:val="001D3149"/>
     <w:rsid w:val="001D3257"/>
     <w:rsid w:val="001F2AD5"/>
     <w:rsid w:val="001F66C0"/>
     <w:rsid w:val="00200316"/>
     <w:rsid w:val="002024FB"/>
     <w:rsid w:val="0020539C"/>
     <w:rsid w:val="0021138F"/>
     <w:rsid w:val="00220F1C"/>
     <w:rsid w:val="00222D0D"/>
     <w:rsid w:val="002268DA"/>
     <w:rsid w:val="002322C5"/>
     <w:rsid w:val="00235E26"/>
     <w:rsid w:val="00237BC6"/>
     <w:rsid w:val="00240EBC"/>
     <w:rsid w:val="002526DD"/>
     <w:rsid w:val="002708DE"/>
     <w:rsid w:val="002815CF"/>
     <w:rsid w:val="00284BDA"/>
     <w:rsid w:val="002935AC"/>
     <w:rsid w:val="002A372A"/>
     <w:rsid w:val="002C3631"/>
     <w:rsid w:val="002E05B5"/>
     <w:rsid w:val="002E0C89"/>
     <w:rsid w:val="002E517A"/>
     <w:rsid w:val="002E61CA"/>
     <w:rsid w:val="002F309B"/>
     <w:rsid w:val="002F3888"/>
     <w:rsid w:val="002F7611"/>
     <w:rsid w:val="002F7A28"/>
     <w:rsid w:val="00304C61"/>
     <w:rsid w:val="00311CE8"/>
     <w:rsid w:val="003161CA"/>
     <w:rsid w:val="003215F1"/>
     <w:rsid w:val="0033677B"/>
     <w:rsid w:val="00351A4C"/>
     <w:rsid w:val="00352FAF"/>
     <w:rsid w:val="00355084"/>
     <w:rsid w:val="003610A2"/>
     <w:rsid w:val="003621BF"/>
+    <w:rsid w:val="00363C34"/>
     <w:rsid w:val="003852DD"/>
     <w:rsid w:val="003861FD"/>
     <w:rsid w:val="0038740B"/>
     <w:rsid w:val="00396E9E"/>
     <w:rsid w:val="00397C9B"/>
     <w:rsid w:val="003A0242"/>
     <w:rsid w:val="003A1567"/>
     <w:rsid w:val="003A40B3"/>
     <w:rsid w:val="003A5DB1"/>
     <w:rsid w:val="003A6FEA"/>
     <w:rsid w:val="003B05B8"/>
     <w:rsid w:val="003C49FB"/>
     <w:rsid w:val="003C6FC8"/>
     <w:rsid w:val="003E718B"/>
     <w:rsid w:val="003F60B8"/>
     <w:rsid w:val="003F6291"/>
     <w:rsid w:val="004024F9"/>
     <w:rsid w:val="004034DA"/>
     <w:rsid w:val="00410377"/>
     <w:rsid w:val="00413F4A"/>
     <w:rsid w:val="00450169"/>
     <w:rsid w:val="0045663B"/>
     <w:rsid w:val="00456CD1"/>
     <w:rsid w:val="00466920"/>
     <w:rsid w:val="004721E1"/>
     <w:rsid w:val="00474D18"/>
     <w:rsid w:val="00477555"/>
     <w:rsid w:val="00481286"/>
     <w:rsid w:val="00481A90"/>
     <w:rsid w:val="00495888"/>
     <w:rsid w:val="004C1F68"/>
     <w:rsid w:val="004C6B62"/>
     <w:rsid w:val="004C7036"/>
     <w:rsid w:val="004D7C75"/>
     <w:rsid w:val="004E27B8"/>
     <w:rsid w:val="004F1914"/>
     <w:rsid w:val="004F2FE9"/>
     <w:rsid w:val="00501257"/>
     <w:rsid w:val="00501DD6"/>
     <w:rsid w:val="00503FFA"/>
     <w:rsid w:val="005129BA"/>
+    <w:rsid w:val="00512A5E"/>
     <w:rsid w:val="00537259"/>
     <w:rsid w:val="0054726A"/>
     <w:rsid w:val="00556B75"/>
     <w:rsid w:val="00557AE5"/>
     <w:rsid w:val="00561C35"/>
     <w:rsid w:val="0056240E"/>
     <w:rsid w:val="00567D4F"/>
     <w:rsid w:val="00575E12"/>
     <w:rsid w:val="00585A7E"/>
     <w:rsid w:val="005863EC"/>
     <w:rsid w:val="00591D12"/>
     <w:rsid w:val="00594330"/>
     <w:rsid w:val="005B65EC"/>
     <w:rsid w:val="005D4EBD"/>
     <w:rsid w:val="005D5A1D"/>
-    <w:rsid w:val="005E0DFF"/>
     <w:rsid w:val="006008A3"/>
     <w:rsid w:val="006137C6"/>
     <w:rsid w:val="00622B80"/>
     <w:rsid w:val="006279F2"/>
     <w:rsid w:val="00631A33"/>
     <w:rsid w:val="00634512"/>
     <w:rsid w:val="00635102"/>
     <w:rsid w:val="00643F56"/>
     <w:rsid w:val="00656434"/>
     <w:rsid w:val="00675317"/>
     <w:rsid w:val="00676C56"/>
     <w:rsid w:val="006830A4"/>
     <w:rsid w:val="00683F93"/>
     <w:rsid w:val="00692B4A"/>
     <w:rsid w:val="00697129"/>
     <w:rsid w:val="00697EC8"/>
     <w:rsid w:val="006B092C"/>
     <w:rsid w:val="006B18A2"/>
     <w:rsid w:val="006F09FD"/>
     <w:rsid w:val="00700A1F"/>
     <w:rsid w:val="007030A9"/>
     <w:rsid w:val="0071500F"/>
     <w:rsid w:val="00715C32"/>
     <w:rsid w:val="00716613"/>
     <w:rsid w:val="00721FC6"/>
@@ -7757,51 +7725,50 @@
     <w:rsid w:val="00961742"/>
     <w:rsid w:val="009808EA"/>
     <w:rsid w:val="0098423B"/>
     <w:rsid w:val="00990F4F"/>
     <w:rsid w:val="00995D8A"/>
     <w:rsid w:val="00996E8B"/>
     <w:rsid w:val="009A0D09"/>
     <w:rsid w:val="009A4E82"/>
     <w:rsid w:val="009B0BB6"/>
     <w:rsid w:val="009B4094"/>
     <w:rsid w:val="009B545A"/>
     <w:rsid w:val="009E1816"/>
     <w:rsid w:val="009F1D0B"/>
     <w:rsid w:val="009F3A93"/>
     <w:rsid w:val="00A07AEB"/>
     <w:rsid w:val="00A10600"/>
     <w:rsid w:val="00A13017"/>
     <w:rsid w:val="00A2339A"/>
     <w:rsid w:val="00A26A28"/>
     <w:rsid w:val="00A50D48"/>
     <w:rsid w:val="00A51FB3"/>
     <w:rsid w:val="00A6611D"/>
     <w:rsid w:val="00A67B19"/>
     <w:rsid w:val="00A747F5"/>
     <w:rsid w:val="00A7596F"/>
-    <w:rsid w:val="00A90C50"/>
     <w:rsid w:val="00A90E2F"/>
     <w:rsid w:val="00A92BB2"/>
     <w:rsid w:val="00AA2AD6"/>
     <w:rsid w:val="00AA35C1"/>
     <w:rsid w:val="00AA7E60"/>
     <w:rsid w:val="00AB7277"/>
     <w:rsid w:val="00AC5867"/>
     <w:rsid w:val="00AD2EC8"/>
     <w:rsid w:val="00AD7CAF"/>
     <w:rsid w:val="00AE0B43"/>
     <w:rsid w:val="00B006F8"/>
     <w:rsid w:val="00B05FBD"/>
     <w:rsid w:val="00B17C15"/>
     <w:rsid w:val="00B252B2"/>
     <w:rsid w:val="00B33584"/>
     <w:rsid w:val="00B439D1"/>
     <w:rsid w:val="00B52669"/>
     <w:rsid w:val="00B6285B"/>
     <w:rsid w:val="00B65CA3"/>
     <w:rsid w:val="00B72BC8"/>
     <w:rsid w:val="00B76FA3"/>
     <w:rsid w:val="00B77135"/>
     <w:rsid w:val="00B83FA5"/>
     <w:rsid w:val="00B844AE"/>
     <w:rsid w:val="00B86F20"/>
@@ -7813,121 +7780,123 @@
     <w:rsid w:val="00BD42DB"/>
     <w:rsid w:val="00BE1339"/>
     <w:rsid w:val="00BE2943"/>
     <w:rsid w:val="00BE7730"/>
     <w:rsid w:val="00BF368B"/>
     <w:rsid w:val="00BF3C2A"/>
     <w:rsid w:val="00BF4CF9"/>
     <w:rsid w:val="00BF7BEE"/>
     <w:rsid w:val="00C03476"/>
     <w:rsid w:val="00C358AF"/>
     <w:rsid w:val="00C40316"/>
     <w:rsid w:val="00C56D53"/>
     <w:rsid w:val="00C574BD"/>
     <w:rsid w:val="00C72084"/>
     <w:rsid w:val="00C7471C"/>
     <w:rsid w:val="00C802F3"/>
     <w:rsid w:val="00C93436"/>
     <w:rsid w:val="00C9396A"/>
     <w:rsid w:val="00C95163"/>
     <w:rsid w:val="00CB5B30"/>
     <w:rsid w:val="00CB5D62"/>
     <w:rsid w:val="00CD26B6"/>
     <w:rsid w:val="00D00051"/>
     <w:rsid w:val="00D12D05"/>
     <w:rsid w:val="00D24D97"/>
+    <w:rsid w:val="00D25616"/>
     <w:rsid w:val="00D42F15"/>
     <w:rsid w:val="00D44D42"/>
     <w:rsid w:val="00D502C7"/>
     <w:rsid w:val="00D6428D"/>
     <w:rsid w:val="00D9454B"/>
     <w:rsid w:val="00DB2EE2"/>
     <w:rsid w:val="00DB4112"/>
     <w:rsid w:val="00DC1335"/>
     <w:rsid w:val="00DD4D00"/>
     <w:rsid w:val="00DF0229"/>
     <w:rsid w:val="00DF69E0"/>
     <w:rsid w:val="00E15ECB"/>
     <w:rsid w:val="00E21BA0"/>
     <w:rsid w:val="00E35056"/>
     <w:rsid w:val="00E438E0"/>
     <w:rsid w:val="00E46BC2"/>
     <w:rsid w:val="00E6678C"/>
     <w:rsid w:val="00E87E8F"/>
     <w:rsid w:val="00E96849"/>
     <w:rsid w:val="00E96FC0"/>
     <w:rsid w:val="00E977E7"/>
     <w:rsid w:val="00EB69C1"/>
     <w:rsid w:val="00EE1C7D"/>
     <w:rsid w:val="00F03672"/>
     <w:rsid w:val="00F11A7E"/>
     <w:rsid w:val="00F263C6"/>
     <w:rsid w:val="00F4242B"/>
     <w:rsid w:val="00F43F0D"/>
     <w:rsid w:val="00F54F17"/>
     <w:rsid w:val="00F569B1"/>
     <w:rsid w:val="00F73DBB"/>
     <w:rsid w:val="00F76BBE"/>
     <w:rsid w:val="00F86652"/>
     <w:rsid w:val="00FA75A4"/>
     <w:rsid w:val="00FC072E"/>
+    <w:rsid w:val="00FD1D6C"/>
     <w:rsid w:val="00FD31B3"/>
     <w:rsid w:val="00FD7A9A"/>
     <w:rsid w:val="00FE1D39"/>
     <w:rsid w:val="00FE2D37"/>
     <w:rsid w:val="00FE3639"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
+  <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="6547AA27"/>
-  <w15:docId w15:val="{F502D96F-F5B3-4BA7-BDDB-D7BC105F5910}"/>
+  <w14:docId w14:val="72876DF8"/>
+  <w15:docId w15:val="{79806FDE-E7FE-4D48-9B36-55D45D189750}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
         <w:lang w:val="fr-CH" w:eastAsia="fr-CH" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -9173,51 +9142,51 @@
     <w:pPr>
       <w:spacing w:line="220" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="06btexteprincipalsansespacebloc">
     <w:name w:val="06b_texte_principal_sans_espace_bloc"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00952783"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="271018347">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="465777187">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -9827,594 +9796,604 @@
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/numbering.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
+<file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\HedstroemJ\Desktop\DPO_de_FORM_Antrag-Stellenumwandlung-Stellenumlagerung_02.02.26.dotx" TargetMode="External"/></Relationships>
+</file>
+
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="67A43D7F99664237A7EDF2435227A9AD"/>
+        <w:name w:val="EE2F13FB509F48B3A1827BD260080144"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{6CE3C2DC-14CF-4682-8A89-E192586C16C3}"/>
+        <w:guid w:val="{387B217C-5B8A-462F-B676-AF2F9B5DFB29}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00436EF5" w:rsidRDefault="00FD1C0F" w:rsidP="00FD1C0F">
+        <w:p w:rsidR="00000000" w:rsidRDefault="00000000">
           <w:pPr>
-            <w:pStyle w:val="67A43D7F99664237A7EDF2435227A9AD2"/>
+            <w:pStyle w:val="EE2F13FB509F48B3A1827BD260080144"/>
+          </w:pPr>
+          <w:r w:rsidRPr="001D3FD7">
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+            </w:rPr>
+            <w:t>Klicken Sie hier, um ein Datum einzugeben.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="B7C4D31FC8424570B61D11FA0CC41E58"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{A48B093F-2956-448F-A1D6-895C4035D347}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00000000">
+          <w:pPr>
+            <w:pStyle w:val="B7C4D31FC8424570B61D11FA0CC41E58"/>
           </w:pPr>
           <w:r w:rsidRPr="007D76E1">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
               <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             </w:rPr>
             <w:t>Cliquez ici pour taper du texte.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="6CA9E7884815476390C16F05E9FFFB79"/>
+        <w:name w:val="972A97A313AE4D5883014306D9F9C55E"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{BF2C88A2-9D17-4EE3-BF54-6E8C9C056E80}"/>
+        <w:guid w:val="{340ED783-663A-4BAE-BC01-3A0C9B98A322}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00436EF5" w:rsidRDefault="00FD1C0F" w:rsidP="00FD1C0F">
+        <w:p w:rsidR="00000000" w:rsidRDefault="00000000">
           <w:pPr>
-            <w:pStyle w:val="6CA9E7884815476390C16F05E9FFFB792"/>
+            <w:pStyle w:val="972A97A313AE4D5883014306D9F9C55E"/>
+          </w:pPr>
+          <w:r w:rsidRPr="003215F1">
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+              <w:lang w:val="de-CH"/>
+            </w:rPr>
+            <w:t>Klicken Sie hier, um Text einzugeben.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="0A1B6E73D26A4F23918CE068797D3BB0"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{8ED6666F-C8AC-481C-BC45-B32DD096BCBD}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00000000">
+          <w:pPr>
+            <w:pStyle w:val="0A1B6E73D26A4F23918CE068797D3BB0"/>
           </w:pPr>
           <w:r w:rsidRPr="009528C6">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
               <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             </w:rPr>
             <w:t>Cliquez ici pour taper du texte.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="16CC19D569B146B7A8EE6211665A399E"/>
+        <w:name w:val="9DAD214D0E0C4A92AE5059A9B68BEA85"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{AE62882C-1B07-4248-ADC9-F6BB8F564B43}"/>
+        <w:guid w:val="{64A76827-CAB4-434F-B8B4-BD6B31102267}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00436EF5" w:rsidRDefault="00FD1C0F" w:rsidP="00FD1C0F">
+        <w:p w:rsidR="00000000" w:rsidRDefault="00000000">
           <w:pPr>
-            <w:pStyle w:val="16CC19D569B146B7A8EE6211665A399E2"/>
+            <w:pStyle w:val="9DAD214D0E0C4A92AE5059A9B68BEA85"/>
+          </w:pPr>
+          <w:r w:rsidRPr="003215F1">
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+              <w:lang w:val="de-CH"/>
+            </w:rPr>
+            <w:t>Klicken Sie hier, um Text einzugeben.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="93EA2907367C45CE93F90AE92667EEAB"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{A9EAB2CD-D3C4-406F-B7A4-EB63F8C2D11B}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00000000">
+          <w:pPr>
+            <w:pStyle w:val="93EA2907367C45CE93F90AE92667EEAB"/>
           </w:pPr>
           <w:r w:rsidRPr="009528C6">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
               <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             </w:rPr>
             <w:t>Cliquez ici pour taper du texte.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="40B31210137541A99900EBD87BFE9867"/>
+        <w:name w:val="058B1BC23BA04380A04C552594AF27DC"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{9794C477-1C66-4C03-A16F-2872BD1CB281}"/>
+        <w:guid w:val="{AFEE7512-A7C7-4689-AD35-362D3D63F6AA}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00436EF5" w:rsidRDefault="00FD1C0F" w:rsidP="00FD1C0F">
+        <w:p w:rsidR="00000000" w:rsidRDefault="00000000">
           <w:pPr>
-            <w:pStyle w:val="40B31210137541A99900EBD87BFE98672"/>
+            <w:pStyle w:val="058B1BC23BA04380A04C552594AF27DC"/>
+          </w:pPr>
+          <w:r w:rsidRPr="003215F1">
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+              <w:lang w:val="de-CH"/>
+            </w:rPr>
+            <w:t>Klicken Sie hier, um Text einzugeben.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="817C42B1F2B14A1A96A384E8819044E2"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{EB4BA307-299D-4E94-9D96-F593394D3046}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00000000">
+          <w:pPr>
+            <w:pStyle w:val="817C42B1F2B14A1A96A384E8819044E2"/>
           </w:pPr>
           <w:r w:rsidRPr="009528C6">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
               <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             </w:rPr>
             <w:t>Cliquez ici pour taper du texte.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="7321A4FCABA94C6E8E18F1CBAA3E012E"/>
+        <w:name w:val="1FA52DE91ACE49D1A5C3BA9A5F8C87CB"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{CF56036F-F433-47A4-9359-859545DC98CA}"/>
+        <w:guid w:val="{812A2B76-7530-47CA-9C53-0479883127BC}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00436EF5" w:rsidRDefault="00FD1C0F" w:rsidP="00FD1C0F">
+        <w:p w:rsidR="00000000" w:rsidRDefault="00000000">
           <w:pPr>
-            <w:pStyle w:val="7321A4FCABA94C6E8E18F1CBAA3E012E2"/>
+            <w:pStyle w:val="1FA52DE91ACE49D1A5C3BA9A5F8C87CB"/>
+          </w:pPr>
+          <w:r w:rsidRPr="003215F1">
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+              <w:lang w:val="de-CH"/>
+            </w:rPr>
+            <w:t>Klicken Sie hier, um Text einzugeben.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="40D791535AD34A54992981908B26DE64"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{60625A42-E82B-4E61-AE14-739E1ED87CFB}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00000000">
+          <w:pPr>
+            <w:pStyle w:val="40D791535AD34A54992981908B26DE64"/>
           </w:pPr>
           <w:r w:rsidRPr="009528C6">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
               <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             </w:rPr>
             <w:t>Cliquez ici pour taper du texte.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="E6D49EC4034C4F25B15E69480166FFF0"/>
+        <w:name w:val="2C6B8DD6250A41FEB12467760A90D9A6"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{3D50EB54-3E2F-4F74-983C-E56B8BF40824}"/>
+        <w:guid w:val="{0771A4FD-C440-4172-9D46-5F60A51C720A}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00436EF5" w:rsidRDefault="00FD1C0F" w:rsidP="00FD1C0F">
+        <w:p w:rsidR="00000000" w:rsidRDefault="00000000">
           <w:pPr>
-            <w:pStyle w:val="E6D49EC4034C4F25B15E69480166FFF02"/>
+            <w:pStyle w:val="2C6B8DD6250A41FEB12467760A90D9A6"/>
+          </w:pPr>
+          <w:r w:rsidRPr="003215F1">
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+              <w:lang w:val="de-CH"/>
+            </w:rPr>
+            <w:t>Klicken Sie hier, um Text einzugeben.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="247068B3A9984C5C9E3B29E692C06EFF"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{A82ED295-7EA4-4510-AACE-BFBC00B4A1EA}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00000000">
+          <w:pPr>
+            <w:pStyle w:val="247068B3A9984C5C9E3B29E692C06EFF"/>
           </w:pPr>
           <w:r w:rsidRPr="009528C6">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
               <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             </w:rPr>
             <w:t>Cliquez ici pour taper du texte.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="C08D3D368B2946A48BB67D5EF18E9C39"/>
+        <w:name w:val="9291A8BD28F144049516D247A7455782"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{FEABDC2A-FE0C-4E02-8913-7DE7BE772669}"/>
+        <w:guid w:val="{039AC1B1-7AED-4B96-93F5-CC38E5E15A17}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00436EF5" w:rsidRDefault="00FD1C0F" w:rsidP="00FD1C0F">
+        <w:p w:rsidR="00000000" w:rsidRDefault="00000000">
           <w:pPr>
-            <w:pStyle w:val="C08D3D368B2946A48BB67D5EF18E9C392"/>
+            <w:pStyle w:val="9291A8BD28F144049516D247A7455782"/>
+          </w:pPr>
+          <w:r w:rsidRPr="003215F1">
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+              <w:lang w:val="de-CH"/>
+            </w:rPr>
+            <w:t>Klicken Sie hier, um Text einzugeben.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="9A006A54663141DAAB3E40B5BB5254CF"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{90CB2A13-765A-479B-8A31-944E5244B172}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00000000">
+          <w:pPr>
+            <w:pStyle w:val="9A006A54663141DAAB3E40B5BB5254CF"/>
           </w:pPr>
           <w:r w:rsidRPr="009528C6">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
               <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             </w:rPr>
             <w:t>Cliquez ici pour taper du texte.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="A50DF93D7A4941A3B1E2933114A7151C"/>
+        <w:name w:val="6C08CB3A2D734536B70A3DF4CEFD3F61"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{5F4ACA9C-1461-4DBB-99B7-FE17C05AC039}"/>
+        <w:guid w:val="{10088DE5-BCFE-42AB-81E9-68D001D4209C}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00436EF5" w:rsidRDefault="00FD1C0F" w:rsidP="00FD1C0F">
+        <w:p w:rsidR="00000000" w:rsidRDefault="00000000">
           <w:pPr>
-            <w:pStyle w:val="A50DF93D7A4941A3B1E2933114A7151C7"/>
+            <w:pStyle w:val="6C08CB3A2D734536B70A3DF4CEFD3F61"/>
+          </w:pPr>
+          <w:r w:rsidRPr="003215F1">
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+              <w:lang w:val="de-CH"/>
+            </w:rPr>
+            <w:t>Klicken Sie hier, um Text einzugeben.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="645BF72B8A0B4CE286E319EC243A6280"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{770A692B-42E2-4B0B-93BC-B4D45C4352CA}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00000000">
+          <w:pPr>
+            <w:pStyle w:val="645BF72B8A0B4CE286E319EC243A6280"/>
           </w:pPr>
           <w:r w:rsidRPr="009528C6">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
               <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             </w:rPr>
             <w:t>Cliquez ici pour taper du texte.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="DefaultPlaceholder_1082065160"/>
+        <w:name w:val="4633D59C67244CF98BC91D03C6FB73EB"/>
         <w:category>
-          <w:name w:val="Allgemein"/>
+          <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{2EDF4CA3-D4A4-4771-96A4-5712D5FFA697}"/>
+        <w:guid w:val="{730FF38D-A33D-4A76-B038-287FCE6989AB}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="007724AA" w:rsidRDefault="00FD1C0F">
-[...25 lines deleted...]
-        <w:p w:rsidR="007724AA" w:rsidRDefault="00FD1C0F">
+        <w:p w:rsidR="00000000" w:rsidRDefault="00000000">
+          <w:pPr>
+            <w:pStyle w:val="4633D59C67244CF98BC91D03C6FB73EB"/>
+          </w:pPr>
           <w:r w:rsidRPr="001D3FD7">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Klicken Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="7475750E2577415A89BBE6960C736643"/>
+        <w:name w:val="6C4991A3B8B64C4BB10A44BCEA642C2F"/>
         <w:category>
-          <w:name w:val="Allgemein"/>
+          <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{AEE7EC2C-9631-4B8F-8F04-079F55897A04}"/>
+        <w:guid w:val="{3A562796-8919-48EB-91E9-67BDE900350E}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="007724AA" w:rsidRDefault="00FD1C0F" w:rsidP="00FD1C0F">
+        <w:p w:rsidR="00000000" w:rsidRDefault="00000000">
           <w:pPr>
-            <w:pStyle w:val="7475750E2577415A89BBE6960C7366435"/>
+            <w:pStyle w:val="6C4991A3B8B64C4BB10A44BCEA642C2F"/>
           </w:pPr>
           <w:r w:rsidRPr="001D3FD7">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Klicken Sie hier, um ein Datum einzugeben.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
-    <w:docPart>
-[...208 lines deleted...]
-    </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -10425,127 +10404,132 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
-  <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="008D6AC8"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00FD1C0F"/>
+    <w:rsidRoot w:val="001060E3"/>
+    <w:rsid w:val="001060E3"/>
+    <w:rsid w:val="001B5F27"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:decimalSymbol w:val="."/>
+  <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-        <w:sz w:val="22"/>
-        <w:szCs w:val="22"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
         <w:lang w:val="fr-CH" w:eastAsia="fr-CH" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -10660,51 +10644,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -10919,269 +10903,115 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Aucuneliste">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Textedelespacerserv">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00FD1C0F"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="67A43D7F99664237A7EDF2435227A9AD2">
-[...10 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EE2F13FB509F48B3A1827BD260080144">
+    <w:name w:val="EE2F13FB509F48B3A1827BD260080144"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6CA9E7884815476390C16F05E9FFFB792">
-[...10 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B7C4D31FC8424570B61D11FA0CC41E58">
+    <w:name w:val="B7C4D31FC8424570B61D11FA0CC41E58"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="16CC19D569B146B7A8EE6211665A399E2">
-[...10 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="972A97A313AE4D5883014306D9F9C55E">
+    <w:name w:val="972A97A313AE4D5883014306D9F9C55E"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="40B31210137541A99900EBD87BFE98672">
-[...10 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0A1B6E73D26A4F23918CE068797D3BB0">
+    <w:name w:val="0A1B6E73D26A4F23918CE068797D3BB0"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7321A4FCABA94C6E8E18F1CBAA3E012E2">
-[...10 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9DAD214D0E0C4A92AE5059A9B68BEA85">
+    <w:name w:val="9DAD214D0E0C4A92AE5059A9B68BEA85"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E6D49EC4034C4F25B15E69480166FFF02">
-[...10 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="93EA2907367C45CE93F90AE92667EEAB">
+    <w:name w:val="93EA2907367C45CE93F90AE92667EEAB"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C08D3D368B2946A48BB67D5EF18E9C392">
-[...10 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="058B1BC23BA04380A04C552594AF27DC">
+    <w:name w:val="058B1BC23BA04380A04C552594AF27DC"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7475750E2577415A89BBE6960C7366435">
-[...10 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="817C42B1F2B14A1A96A384E8819044E2">
+    <w:name w:val="817C42B1F2B14A1A96A384E8819044E2"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C37A307E48424BE486C25D81B7330A804">
-[...10 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1FA52DE91ACE49D1A5C3BA9A5F8C87CB">
+    <w:name w:val="1FA52DE91ACE49D1A5C3BA9A5F8C87CB"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="938C0C88681D422A87495B15706708644">
-[...10 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="40D791535AD34A54992981908B26DE64">
+    <w:name w:val="40D791535AD34A54992981908B26DE64"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="767D2E46399D481882F1B60653A389004">
-[...10 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2C6B8DD6250A41FEB12467760A90D9A6">
+    <w:name w:val="2C6B8DD6250A41FEB12467760A90D9A6"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="917CAAC40CC540149663A18279F59CA14">
-[...10 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="247068B3A9984C5C9E3B29E692C06EFF">
+    <w:name w:val="247068B3A9984C5C9E3B29E692C06EFF"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="198D3CA5745A475ABB6136C74FB3A89C4">
-[...10 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9291A8BD28F144049516D247A7455782">
+    <w:name w:val="9291A8BD28F144049516D247A7455782"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2C535E19189140D39EA32C62CC3EAC714">
-[...10 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9A006A54663141DAAB3E40B5BB5254CF">
+    <w:name w:val="9A006A54663141DAAB3E40B5BB5254CF"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="16BF8C5573564F9E93AC805051D842C84">
-[...10 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6C08CB3A2D734536B70A3DF4CEFD3F61">
+    <w:name w:val="6C08CB3A2D734536B70A3DF4CEFD3F61"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A50DF93D7A4941A3B1E2933114A7151C7">
-[...10 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="645BF72B8A0B4CE286E319EC243A6280">
+    <w:name w:val="645BF72B8A0B4CE286E319EC243A6280"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4633D59C67244CF98BC91D03C6FB73EB">
+    <w:name w:val="4633D59C67244CF98BC91D03C6FB73EB"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6C4991A3B8B64C4BB10A44BCEA642C2F">
+    <w:name w:val="6C4991A3B8B64C4BB10A44BCEA642C2F"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -11433,87 +11263,87 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CEDAD038-83FE-40CD-9A67-47AFEB1217A0}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8D173D80-D441-4D74-B606-BD535790FFBB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>DPO_de_FORM_Antrag-Stellenumwandlung-Stellenumlagerung_02.02.26</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>369</Words>
-  <Characters>2031</Characters>
+  <Words>321</Words>
+  <Characters>2069</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>16</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>86</Lines>
+  <Paragraphs>72</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Général_portrait</vt:lpstr>
       <vt:lpstr>Général_portrait</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>MACMAC Media SA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2396</CharactersWithSpaces>
+  <CharactersWithSpaces>2318</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Général_portrait</dc:title>
-  <dc:creator>Olivier Cohu</dc:creator>
+  <dc:creator>Hedström Julia</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>