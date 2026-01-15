--- v0 (2025-12-24)
+++ v1 (2026-01-15)
@@ -139,51 +139,51 @@
       <w:r w:rsidRPr="005F2916">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>Konzept</w:t>
       </w:r>
       <w:r w:rsidR="004E6AEE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>modell</w:t>
       </w:r>
       <w:r w:rsidRPr="005F2916">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> zur Anwendung von Massnahmen zur Einschränkung der Bewegungsfreiheit im Pflegeheim und im Spitex-Dienst </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E8E69D8" w14:textId="4AC1FC89" w:rsidR="00B7774C" w:rsidRPr="005F2916" w:rsidRDefault="00332565" w:rsidP="00B7774C">
+    <w:p w14:paraId="0E8E69D8" w14:textId="4AC1FC89" w:rsidR="00B7774C" w:rsidRPr="005F2916" w:rsidRDefault="00452A9F" w:rsidP="00B7774C">
       <w:pPr>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:color w:val="FF0000"/>
           </w:rPr>
           <w:id w:val="617424920"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="005F2916">
             <w:rPr>
               <w:color w:val="FF0000"/>
               <w:lang w:val="de-CH"/>
             </w:rPr>
             <w:t>Name des Pflegeheims oder des Spitex-Dienst</w:t>
           </w:r>
@@ -1351,146 +1351,98 @@
     <w:p w14:paraId="6E149E38" w14:textId="77777777" w:rsidR="005F2916" w:rsidRPr="003428DA" w:rsidRDefault="005F2916" w:rsidP="005F2916">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00297048">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>Bevor eine Massnahme zur Einschränkung der Bewegungsfreiheit ergriffen wird, müssen folgende Kriterien analysiert werden [</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="00297048">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">]: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2806B4F8" w14:textId="77777777" w:rsidR="005F2916" w:rsidRPr="00F45B79" w:rsidRDefault="005F2916" w:rsidP="005F2916">
-[...3 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="2806B4F8" w14:textId="77777777" w:rsidR="005F2916" w:rsidRPr="00F45B79" w:rsidRDefault="005F2916" w:rsidP="00236A54">
+      <w:pPr>
+        <w:pStyle w:val="07puces"/>
+        <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F45B79">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Ursachen, die das Team/die Familie dazu veranlassen, die Anwendung einer Zwangsmassnahme in Betracht zu ziehen (Verhalten, Stürze, Belästigungen usw.); </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="245953DB" w14:textId="77777777" w:rsidR="005F2916" w:rsidRPr="00F45B79" w:rsidRDefault="005F2916" w:rsidP="005F2916">
-[...3 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="245953DB" w14:textId="77777777" w:rsidR="005F2916" w:rsidRPr="00F45B79" w:rsidRDefault="005F2916" w:rsidP="00236A54">
+      <w:pPr>
+        <w:pStyle w:val="07puces"/>
+        <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F45B79">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Behebung dieser Ursachen (in Verbindung mit der Pflegeempfängerin oder dem Pflegeempfänger und/oder der Infrastruktur); </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11F2B029" w14:textId="77777777" w:rsidR="005F2916" w:rsidRPr="00F45B79" w:rsidRDefault="005F2916" w:rsidP="005F2916">
-[...3 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="11F2B029" w14:textId="77777777" w:rsidR="005F2916" w:rsidRPr="00F45B79" w:rsidRDefault="005F2916" w:rsidP="00236A54">
+      <w:pPr>
+        <w:pStyle w:val="07puces"/>
+        <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F45B79">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">Möglichkeiten, auf die Ursachen Einfluss zu nehmen, ohne die persönliche Freiheit des Pflegeempfängers oder der Pflegeempfängerin zu beeinträchtigen; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="265CBFD5" w14:textId="77777777" w:rsidR="005F2916" w:rsidRPr="00F45B79" w:rsidRDefault="005F2916" w:rsidP="005F2916">
-[...6 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+    <w:p w14:paraId="265CBFD5" w14:textId="77777777" w:rsidR="005F2916" w:rsidRPr="00F45B79" w:rsidRDefault="005F2916" w:rsidP="00236A54">
+      <w:pPr>
+        <w:pStyle w:val="07puces"/>
+      </w:pPr>
       <w:r w:rsidRPr="00F45B79">
-        <w:rPr>
-[...37 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Alternativen zu Zwangsmassnahmen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A51473E" w14:textId="77777777" w:rsidR="00F45B79" w:rsidRPr="00DD1A40" w:rsidRDefault="00F45B79" w:rsidP="00F45B79">
       <w:pPr>
         <w:pStyle w:val="puce2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="720"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4F3804ED" w14:textId="77777777" w:rsidR="005F2916" w:rsidRDefault="005F2916" w:rsidP="005F2916">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc196301109"/>
       <w:bookmarkStart w:id="5" w:name="_Toc217309427"/>
       <w:r w:rsidRPr="00C94C86">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
@@ -1836,91 +1788,51 @@
     <w:p w14:paraId="6CCBA550" w14:textId="77777777" w:rsidR="005F2916" w:rsidRPr="00121B7F" w:rsidRDefault="005F2916" w:rsidP="00B1020E">
       <w:pPr>
         <w:pStyle w:val="07puces2"/>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00121B7F">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>Weshalb und für wen stellt die Situation ein Problem dar [9]?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B91E712" w14:textId="77777777" w:rsidR="005F2916" w:rsidRPr="00B1020E" w:rsidRDefault="005F2916" w:rsidP="00B1020E">
       <w:pPr>
         <w:pStyle w:val="07puces2"/>
       </w:pPr>
       <w:r w:rsidRPr="00121B7F">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">Inwieweit versteht die Pflegeempfängerin oder der Pflegeempfänger die vorgesehene Massnahme? </w:t>
       </w:r>
       <w:r w:rsidRPr="00B1020E">
-        <w:t>(</w:t>
-[...39 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>(Urteils(un)fähigkeit in Bezug auf die Massnahme)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="075A84DE" w14:textId="77777777" w:rsidR="005F2916" w:rsidRPr="00463F8A" w:rsidRDefault="005F2916" w:rsidP="00B1020E">
       <w:pPr>
         <w:pStyle w:val="puce2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00463F8A">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidRPr="00463F8A">
@@ -2146,53 +2058,52 @@
         <w:t xml:space="preserve">Diese Fragen müssen in jedem Fall im Vorfeld gestellt und die Antworten rückverfolgbar dokumentiert werden. Spätestens bei jeder Bewertung der Situation oder in Abhängigkeit von der </w:t>
       </w:r>
       <w:r w:rsidRPr="00E65493">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Entwicklung der Situation werden diese Fragen / Überlegungen neu beurteilt. </w:t>
       </w:r>
       <w:r w:rsidRPr="00E65493">
         <w:t>Diese Evaluierung wird in der Pflegedokumentation festgehalten.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D05E8F4" w14:textId="77777777" w:rsidR="005F2916" w:rsidRDefault="005F2916" w:rsidP="005F2916">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
       </w:pPr>
       <w:bookmarkStart w:id="10" w:name="_Toc196301112"/>
       <w:bookmarkStart w:id="11" w:name="_Toc217309430"/>
       <w:r>
         <w:t>Praxis</w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
     </w:p>
-    <w:p w14:paraId="63DBBAD6" w14:textId="77777777" w:rsidR="005F2916" w:rsidRPr="00F174FC" w:rsidRDefault="005F2916" w:rsidP="005F2916">
-[...1 lines deleted...]
-        <w:pStyle w:val="Corpsdetexte"/>
+    <w:p w14:paraId="63DBBAD6" w14:textId="77777777" w:rsidR="005F2916" w:rsidRPr="00F174FC" w:rsidRDefault="005F2916" w:rsidP="00236A54">
+      <w:pPr>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F174FC">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">Massnahmen zur Einschränkung der Bewegungsfreiheit werden anhand der gemachten und dokumentierten Beobachtungen und Erkenntnisse des Pflegepersonals und des Umfelds veranlasst. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>Der Entscheid über den Einsatz</w:t>
       </w:r>
       <w:r w:rsidRPr="00F174FC">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> einer solchen Massnahme wird vom diplomierten Pflege</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="de-CH"/>
@@ -2232,122 +2143,112 @@
       <w:r>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> genehmigt,</w:t>
       </w:r>
       <w:r w:rsidRPr="00F174FC">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> sowie von der behandelnden Ärztin oder dem behandelnden Arzt, wenn sie oder er am Entscheid beteiligt ist. In Notfällen kann das diplomierte Pflegepersonal eine Zwangsmassnahme verhängen und die Unterschrift der oder des Pflegeverantwortlichen oder der Ärztin resp. des Arztes zu einem späteren Zeitpunkt einholen [3, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00F174FC">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F9B9614" w14:textId="77777777" w:rsidR="005F2916" w:rsidRDefault="005F2916" w:rsidP="005F2916">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="0ED98484" w14:textId="58AA33AA" w:rsidR="005F2916" w:rsidRDefault="005F2916" w:rsidP="00236A54">
       <w:r w:rsidRPr="00F174FC">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">«Die gewählte Massnahme muss immer so wenig einschneidend wie möglich sein mit einer so kurzen Dauer wie nur möglich. Dabei ist es wichtig, dass der Einsatz von Zwang so gering wie möglich ausfällt und in einem angemessenen Verhältnis zum erwarteten Nutzen der jeweiligen Massnahme steht.» </w:t>
       </w:r>
       <w:r>
         <w:t>[8]</w:t>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="49BD6A2F" w14:textId="77777777" w:rsidR="005F2916" w:rsidRDefault="005F2916" w:rsidP="005F2916">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
       </w:pPr>
       <w:bookmarkStart w:id="12" w:name="_Toc196301113"/>
       <w:bookmarkStart w:id="13" w:name="_Toc217309431"/>
       <w:r>
         <w:t>Begleitmassnahmen</w:t>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
       <w:bookmarkEnd w:id="13"/>
     </w:p>
-    <w:p w14:paraId="029F69B1" w14:textId="77777777" w:rsidR="005F2916" w:rsidRDefault="005F2916" w:rsidP="005F2916">
-[...1 lines deleted...]
-        <w:pStyle w:val="Corpsdetexte"/>
+    <w:p w14:paraId="029F69B1" w14:textId="77777777" w:rsidR="005F2916" w:rsidRDefault="005F2916" w:rsidP="00236A54">
+      <w:pPr>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001127E6">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">Um die Zwangsmassnahme zu mildern </w:t>
       </w:r>
       <w:r w:rsidRPr="00797A6F">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>und der Pflegeempfängerin</w:t>
       </w:r>
       <w:r w:rsidRPr="001127E6">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> oder dem Pflegeempfänger zu helfen, sie zu akzeptieren, müssen unbedingt </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>Begleitm</w:t>
       </w:r>
       <w:r w:rsidRPr="001127E6">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">assnahmen mit einbezogen werden. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38A64BE5" w14:textId="77777777" w:rsidR="005F2916" w:rsidRDefault="005F2916" w:rsidP="005F2916">
-[...1 lines deleted...]
-        <w:pStyle w:val="Corpsdetexte"/>
+    <w:p w14:paraId="38A64BE5" w14:textId="77777777" w:rsidR="005F2916" w:rsidRDefault="005F2916" w:rsidP="00236A54">
+      <w:pPr>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001127E6">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>«Die Zwangsmassnahme muss daher</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E4DCB">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">möglichst </w:t>
       </w:r>
       <w:r w:rsidRPr="001127E6">
         <w:rPr>
           <w:lang w:val="de-CH"/>
@@ -2519,51 +2420,51 @@
       <w:bookmarkEnd w:id="16"/>
       <w:bookmarkEnd w:id="17"/>
     </w:p>
     <w:p w14:paraId="22528BB6" w14:textId="77777777" w:rsidR="005F2916" w:rsidRPr="003428DA" w:rsidRDefault="005F2916" w:rsidP="005F2916">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB5113">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>Die therapeutische Vertretung ist so schnell wie möglich zu informieren. Zweck der Besprechung ist es, die therapeutische Vertretung über die Überlegungen des Betreuungsteams in Kenntnis zu setzen und mit ihr die nächsten Schritte zu besprechen:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="9242" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9242"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005F2916" w:rsidRPr="004E47C1" w14:paraId="6E5AD9E3" w14:textId="77777777" w:rsidTr="003F4763">
+      <w:tr w:rsidR="005F2916" w:rsidRPr="00236A54" w14:paraId="6E5AD9E3" w14:textId="77777777" w:rsidTr="003F4763">
         <w:trPr>
           <w:trHeight w:val="1559"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9242" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="53C68478" w14:textId="77777777" w:rsidR="005F2916" w:rsidRPr="00EB5113" w:rsidRDefault="005F2916" w:rsidP="003F4763">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB5113">
               <w:rPr>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t>Die anzuwendende Massnahme und die praktische Umsetzung (inkl. Umstände, Begleitmassnahmen) müssen konkret vorgezeigt werden.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="01D4CC66" w14:textId="77777777" w:rsidR="005F2916" w:rsidRPr="00EB5113" w:rsidRDefault="005F2916" w:rsidP="003F4763">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
@@ -4339,67 +4240,57 @@
           <w:r w:rsidRPr="009F4D5B">
             <w:rPr>
               <w:b/>
               <w:bCs/>
             </w:rPr>
             <w:t>Service d</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:bCs/>
             </w:rPr>
             <w:t xml:space="preserve">u médecin cantonal </w:t>
           </w:r>
           <w:r>
             <w:t xml:space="preserve">SMC </w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="20E28A1E" w14:textId="77777777" w:rsidR="00EE68CF" w:rsidRPr="003C7C2F" w:rsidRDefault="00EE68CF" w:rsidP="00EE68CF">
           <w:pPr>
             <w:pStyle w:val="01entteetbasdepage"/>
             <w:rPr>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
           </w:pPr>
-          <w:proofErr w:type="spellStart"/>
           <w:r w:rsidRPr="003C7C2F">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
-            <w:t>Kantonsarztamt</w:t>
-[...8 lines deleted...]
-            <w:t xml:space="preserve"> </w:t>
+            <w:t xml:space="preserve">Kantonsarztamt </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
             <w:t>KAA</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="07A0405E" w14:textId="77777777" w:rsidR="00FB5C51" w:rsidRPr="002B4996" w:rsidRDefault="00FB5C51" w:rsidP="002B4996">
           <w:pPr>
             <w:pStyle w:val="01entteetbasdepage"/>
             <w:rPr>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="002B4996">
             <w:rPr>
               <w:szCs w:val="12"/>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
             <w:t>Route de</w:t>
           </w:r>
           <w:r w:rsidR="00EE68CF">
             <w:rPr>
               <w:szCs w:val="12"/>
@@ -4520,51 +4411,51 @@
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:numPicBullet w:numPicBulletId="0">
     <w:pict>
       <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
         <v:stroke joinstyle="miter"/>
         <v:formulas>
           <v:f eqn="if lineDrawn pixelLineWidth 0"/>
           <v:f eqn="sum @0 1 0"/>
           <v:f eqn="sum 0 0 @1"/>
           <v:f eqn="prod @2 1 2"/>
           <v:f eqn="prod @3 21600 pixelWidth"/>
           <v:f eqn="prod @3 21600 pixelHeight"/>
           <v:f eqn="sum @0 0 1"/>
           <v:f eqn="prod @6 1 2"/>
           <v:f eqn="prod @7 21600 pixelWidth"/>
           <v:f eqn="sum @8 21600 0"/>
           <v:f eqn="prod @7 21600 pixelHeight"/>
           <v:f eqn="sum @10 21600 0"/>
         </v:formulas>
         <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
         <o:lock v:ext="edit" aspectratio="t"/>
       </v:shapetype>
-      <v:shape id="_x0000_i1026" type="#_x0000_t75" style="width:9.8pt;height:9.8pt;visibility:visible;mso-wrap-style:square" o:bullet="t">
+      <v:shape id="_x0000_i1026" type="#_x0000_t75" style="width:9.5pt;height:9.5pt;visibility:visible;mso-wrap-style:square" o:bullet="t">
         <v:imagedata r:id="rId1" o:title=""/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="048645B7"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="589E2B9E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="227"/>
         </w:tabs>
         <w:ind w:left="227" w:hanging="227"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:caps w:val="0"/>
@@ -9253,127 +9144,130 @@
   </w:num>
   <w:num w:numId="30" w16cid:durableId="706494079">
     <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="610165384">
     <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="483280679">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="1390685810">
     <w:abstractNumId w:val="34"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="1797870534">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="117534094">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="5"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="130"/>
+  <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1021" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="4iC8aAMVkqF9PGzXvnpYetjkcMNkCbhcep6AHZ82/79JSDhYEaqMuXvYSxGBrx/UwVDC1qB1fv9PM+NyA99RPQ==" w:salt="Nx4eq1APY+6ie1LICE+REw=="/>
+  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="Rs2lhueOyDbga968sFGSILUKYysPjGuEHsPjiaExAQB+oxM3y0nbFEOoCU00LVwQcfHdoMqJjW7L2RmAFnryJQ==" w:salt="VqujF1tRF87eqOxe0bobcg=="/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="709"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:evenAndOddHeaders/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="19457"/>
+    <o:shapedefaults v:ext="edit" spidmax="20481"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000337CE"/>
     <w:rsid w:val="000337CE"/>
     <w:rsid w:val="000516C6"/>
     <w:rsid w:val="00092108"/>
     <w:rsid w:val="00092D1B"/>
     <w:rsid w:val="00096870"/>
     <w:rsid w:val="000A7029"/>
     <w:rsid w:val="000B26E0"/>
     <w:rsid w:val="000E395E"/>
     <w:rsid w:val="00121B7F"/>
     <w:rsid w:val="00133E7B"/>
     <w:rsid w:val="0014014D"/>
     <w:rsid w:val="0014544B"/>
     <w:rsid w:val="00164469"/>
     <w:rsid w:val="00164C2E"/>
     <w:rsid w:val="001770D1"/>
     <w:rsid w:val="001D5039"/>
     <w:rsid w:val="00216573"/>
+    <w:rsid w:val="00236A54"/>
     <w:rsid w:val="002404C1"/>
     <w:rsid w:val="0025634B"/>
     <w:rsid w:val="0025785D"/>
     <w:rsid w:val="00264B3F"/>
     <w:rsid w:val="002863F0"/>
     <w:rsid w:val="002874C2"/>
     <w:rsid w:val="00292CF2"/>
     <w:rsid w:val="00293302"/>
     <w:rsid w:val="00293F50"/>
     <w:rsid w:val="002B4996"/>
     <w:rsid w:val="002C604A"/>
     <w:rsid w:val="002D6283"/>
+    <w:rsid w:val="002F6816"/>
     <w:rsid w:val="00332565"/>
     <w:rsid w:val="00393167"/>
     <w:rsid w:val="003E142D"/>
     <w:rsid w:val="003E1E20"/>
     <w:rsid w:val="003E285D"/>
     <w:rsid w:val="003E3689"/>
     <w:rsid w:val="004114B6"/>
     <w:rsid w:val="00415DBA"/>
     <w:rsid w:val="00425F06"/>
     <w:rsid w:val="004405AB"/>
     <w:rsid w:val="00440CE5"/>
     <w:rsid w:val="0045221D"/>
+    <w:rsid w:val="00452A9F"/>
     <w:rsid w:val="0046773B"/>
     <w:rsid w:val="00496127"/>
     <w:rsid w:val="004A09F6"/>
     <w:rsid w:val="004D5C7D"/>
     <w:rsid w:val="004E47C1"/>
     <w:rsid w:val="004E4E8A"/>
     <w:rsid w:val="004E6AEE"/>
     <w:rsid w:val="004E782A"/>
     <w:rsid w:val="004F5083"/>
     <w:rsid w:val="00505A51"/>
     <w:rsid w:val="00505F92"/>
     <w:rsid w:val="0051087C"/>
     <w:rsid w:val="00510EDE"/>
     <w:rsid w:val="005427DE"/>
     <w:rsid w:val="00546422"/>
     <w:rsid w:val="00576A37"/>
     <w:rsid w:val="005A51BA"/>
     <w:rsid w:val="005F2916"/>
     <w:rsid w:val="0063021A"/>
     <w:rsid w:val="00644AD9"/>
     <w:rsid w:val="00662EB9"/>
     <w:rsid w:val="00680568"/>
     <w:rsid w:val="006E1B85"/>
     <w:rsid w:val="007009B3"/>
     <w:rsid w:val="00703783"/>
@@ -9444,93 +9338,94 @@
     <w:rsid w:val="00C84D6E"/>
     <w:rsid w:val="00C91287"/>
     <w:rsid w:val="00CA4A2F"/>
     <w:rsid w:val="00CD06C0"/>
     <w:rsid w:val="00CE0480"/>
     <w:rsid w:val="00CE59B8"/>
     <w:rsid w:val="00D01033"/>
     <w:rsid w:val="00D01FED"/>
     <w:rsid w:val="00D04CFE"/>
     <w:rsid w:val="00D14888"/>
     <w:rsid w:val="00D21B1F"/>
     <w:rsid w:val="00D27DE5"/>
     <w:rsid w:val="00D31417"/>
     <w:rsid w:val="00D37FA5"/>
     <w:rsid w:val="00D420B8"/>
     <w:rsid w:val="00D62E87"/>
     <w:rsid w:val="00D9704A"/>
     <w:rsid w:val="00DC0D38"/>
     <w:rsid w:val="00DE3A24"/>
     <w:rsid w:val="00DF483F"/>
     <w:rsid w:val="00DF51C0"/>
     <w:rsid w:val="00DF5E4C"/>
     <w:rsid w:val="00E0636C"/>
     <w:rsid w:val="00E232E4"/>
     <w:rsid w:val="00E25F5F"/>
+    <w:rsid w:val="00E261EA"/>
     <w:rsid w:val="00E277C3"/>
     <w:rsid w:val="00E520C8"/>
     <w:rsid w:val="00E62C1A"/>
     <w:rsid w:val="00E87FC8"/>
     <w:rsid w:val="00EA639D"/>
     <w:rsid w:val="00EA6AA0"/>
     <w:rsid w:val="00EB0B19"/>
     <w:rsid w:val="00EB4D7A"/>
     <w:rsid w:val="00EB4FB9"/>
     <w:rsid w:val="00EB6284"/>
     <w:rsid w:val="00EC122D"/>
     <w:rsid w:val="00EE68CF"/>
     <w:rsid w:val="00F058AA"/>
     <w:rsid w:val="00F21707"/>
     <w:rsid w:val="00F34171"/>
     <w:rsid w:val="00F3646F"/>
     <w:rsid w:val="00F45B79"/>
     <w:rsid w:val="00F762C3"/>
     <w:rsid w:val="00F91C7D"/>
     <w:rsid w:val="00F95A58"/>
     <w:rsid w:val="00FB5C51"/>
     <w:rsid w:val="00FC05F2"/>
     <w:rsid w:val="00FE7BF6"/>
     <w:rsid w:val="00FF20B7"/>
     <w:rsid w:val="00FF295A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef m:val="0"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapRight/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="subSup"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="19457"/>
+    <o:shapedefaults v:ext="edit" spidmax="20481"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="569DE55B"/>
   <w15:docId w15:val="{4064FA3C-3701-489D-9EEF-C4069ABABB8B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="de-DE" w:eastAsia="de-DE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
@@ -11346,50 +11241,51 @@
   <w:num w:numId="1" w16cid:durableId="1288005169">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D81509"/>
     <w:rsid w:val="001760BF"/>
     <w:rsid w:val="001D5039"/>
+    <w:rsid w:val="002F6816"/>
     <w:rsid w:val="00352599"/>
     <w:rsid w:val="004E12B9"/>
     <w:rsid w:val="00644AD9"/>
     <w:rsid w:val="00662EB9"/>
     <w:rsid w:val="007009B3"/>
     <w:rsid w:val="007762D7"/>
     <w:rsid w:val="007F326E"/>
     <w:rsid w:val="009F6BCE"/>
     <w:rsid w:val="00AD0EC3"/>
     <w:rsid w:val="00AD75C8"/>
     <w:rsid w:val="00AE66F8"/>
     <w:rsid w:val="00B510BF"/>
     <w:rsid w:val="00BD07B6"/>
     <w:rsid w:val="00D14888"/>
     <w:rsid w:val="00D420B8"/>
     <w:rsid w:val="00D81509"/>
     <w:rsid w:val="00DC0D38"/>
     <w:rsid w:val="00E81423"/>
     <w:rsid w:val="00F21707"/>
     <w:rsid w:val="00F3646F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
@@ -12174,56 +12070,56 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F8EF7823-BFBF-4797-AAE9-18B3D481AB0C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>10</Pages>
-  <Words>2371</Words>
-  <Characters>16766</Characters>
+  <Words>2985</Words>
+  <Characters>16151</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>349</Lines>
-  <Paragraphs>150</Paragraphs>
+  <Lines>269</Lines>
+  <Paragraphs>149</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Correspondance</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company>MACMAC Media SA</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>18987</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>