--- v0 (2025-12-05)
+++ v1 (2026-03-17)
@@ -1,56 +1,56 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="L:\Administration du SESAM\Publication site internet\Publication Liste thérapeutes\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{64F24A4B-C538-49A6-A2AA-0CF68972FC9F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{71FE8400-78B6-4534-A9C7-7FB5B4243494}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-105" yWindow="0" windowWidth="19410" windowHeight="20985" xr2:uid="{34272ED0-4F1D-4C52-86F4-CF6F6741BB58}"/>
+    <workbookView xWindow="19095" yWindow="0" windowWidth="19410" windowHeight="20985" xr2:uid="{34272ED0-4F1D-4C52-86F4-CF6F6741BB58}"/>
   </bookViews>
   <sheets>
     <sheet name="Feuil1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Feuil1!$A$2:$I$2</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
@@ -84,56 +84,50 @@
   </si>
   <si>
     <t>Localité
 Ortschaft</t>
   </si>
   <si>
     <t>Téléphone
 Telefon</t>
   </si>
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>Psychomotricité</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Butin-Konradt</t>
   </si>
   <si>
     <t>Elise</t>
   </si>
   <si>
-    <t>Locaux du Centre OrTherapie14</t>
-[...4 lines deleted...]
-  <si>
     <t>1752 Villars-sur-Glâne</t>
   </si>
   <si>
     <t>076 732 78 74</t>
   </si>
   <si>
     <t>info@elise-psychomot.ch</t>
   </si>
   <si>
     <t>Cardaci</t>
   </si>
   <si>
     <t>Marjorie</t>
   </si>
   <si>
     <t>Psychomotricité petite enfance</t>
   </si>
   <si>
     <t>Route de Maracaon 1</t>
   </si>
   <si>
     <t>1612 Ecoteaux</t>
   </si>
   <si>
     <t>079 443 82 56</t>
@@ -293,50 +287,56 @@
   </si>
   <si>
     <t>estelle@terradillos.ch</t>
   </si>
   <si>
     <t>Von der Weid</t>
   </si>
   <si>
     <t>Camille</t>
   </si>
   <si>
     <t>Cabinet de psychomotricité et de sophrologie</t>
   </si>
   <si>
     <t>Route de la Résidence 31 A</t>
   </si>
   <si>
     <t xml:space="preserve">079 721 64 19 </t>
   </si>
   <si>
     <t>camille.vonderweid@gmail.com</t>
   </si>
   <si>
     <t>Thérapeutes indépendant-e-s de psychomotricité agréé-e-s par le SESAM
 Vom SoA anerkannte freischaffende Therapeuten/innen für Psychomotorik</t>
+  </si>
+  <si>
+    <t>Cabinet de psychomotricité "Elise Psychomot"</t>
+  </si>
+  <si>
+    <t>Rue Jacques-Gachoud 3</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
@@ -822,68 +822,68 @@
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lea.gutzwiller@edufr.ch" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:estelle@terradillos.ch" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marjorie.cardaci@psychomot-hin.ch" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sophie.fournier@psymolo.ch" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nathalie.gerber@psymolo.ch" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@ecolibri-psychomot.ch" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:piot.psychomotricite@protonmail.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:camille.vonderweid@gmail.com" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oceane.lambert@bluewin.ch" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sarahdursel@outlook.com" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@elise-psychomot.ch" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AB9B7BF2-A5FB-4535-B56B-D129A45BF05A}">
   <dimension ref="A1:I13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="A14" sqref="A14"/>
+      <selection activeCell="C3" sqref="C3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="13.42578125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="17.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="41.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="24.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="31.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.5703125" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="35.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="37.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="8" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="B1" s="9"/>
       <c r="C1" s="9"/>
       <c r="D1" s="9"/>
       <c r="E1" s="9"/>
       <c r="F1" s="9"/>
       <c r="G1" s="9"/>
       <c r="H1" s="9"/>
       <c r="I1" s="10"/>
     </row>
     <row r="2" spans="1:9" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>4</v>
@@ -893,345 +893,345 @@
       </c>
       <c r="G2" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H2" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I2" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="3" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>11</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="4" t="s">
-        <v>13</v>
+        <v>81</v>
       </c>
       <c r="F3" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="G3" s="4" t="s">
+        <v>60</v>
+      </c>
+      <c r="H3" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="G3" s="4" t="s">
+      <c r="I3" s="6" t="s">
         <v>15</v>
-      </c>
-[...4 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="4" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>10</v>
       </c>
       <c r="C4" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="D4" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="E4" s="4" t="s">
         <v>18</v>
       </c>
-      <c r="D4" s="4" t="s">
+      <c r="F4" s="4" t="s">
         <v>19</v>
       </c>
-      <c r="E4" s="4" t="s">
+      <c r="G4" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="F4" s="4" t="s">
+      <c r="H4" s="5" t="s">
         <v>21</v>
       </c>
-      <c r="G4" s="4" t="s">
+      <c r="I4" s="6" t="s">
         <v>22</v>
-      </c>
-[...4 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="5" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>10</v>
       </c>
       <c r="C5" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D5" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E5" s="4" t="s">
         <v>25</v>
       </c>
-      <c r="D5" s="4" t="s">
+      <c r="F5" s="4" t="s">
         <v>26</v>
       </c>
-      <c r="E5" s="4" t="s">
+      <c r="G5" s="4" t="s">
         <v>27</v>
-      </c>
-[...4 lines deleted...]
-        <v>29</v>
       </c>
       <c r="H5" s="5"/>
       <c r="I5" s="6" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
     </row>
     <row r="6" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A6" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B6" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C6" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="D6" s="4" t="s">
         <v>31</v>
       </c>
-      <c r="C6" s="4" t="s">
+      <c r="E6" s="4" t="s">
         <v>32</v>
       </c>
-      <c r="D6" s="4" t="s">
+      <c r="F6" s="4" t="s">
         <v>33</v>
       </c>
-      <c r="E6" s="4" t="s">
+      <c r="G6" s="4" t="s">
         <v>34</v>
       </c>
-      <c r="F6" s="4" t="s">
+      <c r="H6" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="G6" s="4" t="s">
+      <c r="I6" s="6" t="s">
         <v>36</v>
-      </c>
-[...4 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="7" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A7" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B7" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="C7" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="D7" s="4" t="s">
         <v>39</v>
       </c>
-      <c r="C7" s="4" t="s">
+      <c r="E7" s="4" t="s">
         <v>40</v>
       </c>
-      <c r="D7" s="4" t="s">
+      <c r="F7" s="4" t="s">
         <v>41</v>
       </c>
-      <c r="E7" s="4" t="s">
+      <c r="G7" s="4" t="s">
         <v>42</v>
       </c>
-      <c r="F7" s="4" t="s">
+      <c r="H7" s="5" t="s">
         <v>43</v>
       </c>
-      <c r="G7" s="4" t="s">
+      <c r="I7" s="7" t="s">
         <v>44</v>
-      </c>
-[...4 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="8" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A8" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>10</v>
       </c>
       <c r="C8" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D8" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="E8" s="4" t="s">
         <v>47</v>
       </c>
-      <c r="D8" s="4" t="s">
+      <c r="F8" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G8" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="H8" s="5" t="s">
         <v>48</v>
       </c>
-      <c r="E8" s="4" t="s">
+      <c r="I8" s="7" t="s">
         <v>49</v>
-      </c>
-[...10 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="9" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A9" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B9" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="C9" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="D9" s="4" t="s">
         <v>52</v>
       </c>
-      <c r="C9" s="4" t="s">
+      <c r="E9" s="4" t="s">
         <v>53</v>
       </c>
-      <c r="D9" s="4" t="s">
+      <c r="F9" s="4" t="s">
         <v>54</v>
       </c>
-      <c r="E9" s="4" t="s">
+      <c r="G9" s="4" t="s">
         <v>55</v>
       </c>
-      <c r="F9" s="4" t="s">
+      <c r="H9" s="5" t="s">
         <v>56</v>
       </c>
-      <c r="G9" s="4" t="s">
+      <c r="I9" s="7" t="s">
         <v>57</v>
-      </c>
-[...4 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A10" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="C10" s="4" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="D10" s="4" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="E10" s="4"/>
       <c r="F10" s="4"/>
       <c r="G10" s="4" t="s">
+        <v>60</v>
+      </c>
+      <c r="H10" s="5" t="s">
+        <v>61</v>
+      </c>
+      <c r="I10" s="7" t="s">
         <v>62</v>
-      </c>
-[...4 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="11" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A11" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>10</v>
       </c>
       <c r="C11" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="D11" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="E11" s="4" t="s">
         <v>65</v>
-      </c>
-[...4 lines deleted...]
-        <v>67</v>
       </c>
       <c r="F11" s="4"/>
       <c r="G11" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="H11" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="I11" s="7" t="s">
         <v>68</v>
-      </c>
-[...4 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A12" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B12" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="C12" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="D12" s="4" t="s">
         <v>71</v>
       </c>
-      <c r="C12" s="4" t="s">
+      <c r="E12" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="F12" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="G12" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="H12" s="5" t="s">
         <v>72</v>
       </c>
-      <c r="D12" s="4" t="s">
+      <c r="I12" s="7" t="s">
         <v>73</v>
-      </c>
-[...13 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="13" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A13" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>10</v>
       </c>
       <c r="C13" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="D13" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="E13" s="4" t="s">
         <v>76</v>
       </c>
-      <c r="D13" s="4" t="s">
+      <c r="F13" s="4" t="s">
         <v>77</v>
       </c>
-      <c r="E13" s="4" t="s">
+      <c r="G13" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="H13" s="5" t="s">
         <v>78</v>
       </c>
-      <c r="F13" s="4" t="s">
+      <c r="I13" s="7" t="s">
         <v>79</v>
-      </c>
-[...7 lines deleted...]
-        <v>81</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A2:I2" xr:uid="{AB9B7BF2-A5FB-4535-B56B-D129A45BF05A}"/>
   <mergeCells count="1">
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="I8" r:id="rId1" xr:uid="{2663DB74-C944-42F1-B354-8F15C162CF64}"/>
     <hyperlink ref="I6" r:id="rId2" xr:uid="{2B341E4D-AF43-44B5-99CD-B7FC05FE77F6}"/>
     <hyperlink ref="I12" r:id="rId3" xr:uid="{D36AF995-2EFF-4A00-AB30-F0659070479A}"/>
     <hyperlink ref="I5" r:id="rId4" xr:uid="{97511E2F-C9F9-44A3-85C4-6C2B6CDB5B22}"/>
     <hyperlink ref="I13" r:id="rId5" xr:uid="{A2CD4217-11A5-451D-BD1E-C6D300089765}"/>
     <hyperlink ref="I7" r:id="rId6" xr:uid="{2AF0E694-A8B4-4184-A585-1A6628FF75DC}"/>
     <hyperlink ref="I4" r:id="rId7" display="mailto:marjorie.cardaci@psychomot-hin.ch" xr:uid="{CC59D7DC-915A-4D56-A7B6-9365D0A6C917}"/>
     <hyperlink ref="I9" r:id="rId8" display="lea.gutzwiller@edufr.ch" xr:uid="{3FBF12D6-04B2-41E8-8C32-2A377DBBEBE3}"/>
     <hyperlink ref="I3" r:id="rId9" xr:uid="{4032441E-96FA-456B-9486-F6773330965D}"/>
     <hyperlink ref="I10" r:id="rId10" xr:uid="{D4A21A89-5EB4-4416-8A8B-E5CF3CC763C8}"/>
     <hyperlink ref="I11" r:id="rId11" xr:uid="{0D7D2AC4-27FF-4010-A652-7EDBDF46BCC9}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>