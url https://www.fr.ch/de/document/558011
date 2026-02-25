--- v0 (2025-12-05)
+++ v1 (2026-02-25)
@@ -1,79 +1,95 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28730"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29728"/>
   <workbookPr showInkAnnotation="0" autoCompressPictures="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\adb.intra.admin.ch\BFS$\Archive\GS\OBSAN\05_Gesundheitsversorgung\01_Spitalplanung\FR\FR-25-0179-Actualisation_Planif\02_Daten_Analysen\05_Resultat_Prognosen\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{08B53DEB-975C-4378-A763-5BC538D9AB8A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{88EC9226-F924-4F00-AEFB-714799399F1E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="P0" sheetId="1" r:id="rId1"/>
     <sheet name="P7.1" sheetId="15" r:id="rId2"/>
     <sheet name="P7.2" sheetId="16" r:id="rId3"/>
     <sheet name="P7.3" sheetId="17" r:id="rId4"/>
     <sheet name="P7.4" sheetId="18" r:id="rId5"/>
     <sheet name="P7.5" sheetId="19" r:id="rId6"/>
     <sheet name="P7.6" sheetId="20" r:id="rId7"/>
   </sheets>
-  <calcPr calcId="0"/>
+  <calcPr calcId="191028"/>
+  <extLst>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
+      <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="446" uniqueCount="84">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="446" uniqueCount="82">
   <si>
     <t>Table des matières</t>
   </si>
   <si>
     <t>Onglet</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>P7</t>
   </si>
   <si>
     <t>Projections consolidées (finales)</t>
   </si>
   <si>
     <t>P7.1</t>
   </si>
   <si>
     <t>Projections consolidées - Nombre d´hospitalisations de patients domiciliés dans la région d´analyse, selon le scénario de projections</t>
   </si>
   <si>
     <t>P7.2</t>
   </si>
   <si>
@@ -82,262 +98,256 @@
   <si>
     <t>P7.3</t>
   </si>
   <si>
     <t>Projections consolidées - Nombre d´hospitalisations de patients domiciliés dans la région d´analyse, selon le scénario de projections et le groupe de prestations</t>
   </si>
   <si>
     <t>P7.4</t>
   </si>
   <si>
     <t>Projections consolidées - Nombre de jours de soins de patients domiciliés dans la région d´analyse, selon le scénario de projections</t>
   </si>
   <si>
     <t>P7.5</t>
   </si>
   <si>
     <t>Projections consolidées - Nombre de jours de soins de patients domiciliés dans la région d´analyse, selon le scénario de projections et le domaine de prestations</t>
   </si>
   <si>
     <t>P7.6</t>
   </si>
   <si>
     <t>Projections consolidées - Nombre de jours de soins de patients domiciliés dans la région d´analyse, selon le scénario de projections et le groupe de prestations</t>
   </si>
   <si>
-    <t>Région d´analyse: FR</t>
+    <t>Projections consolidées - Nombre d´hospitalisations de patients domiciliés dans la région d´analyse, selon le scénario de projections (Réadaptation), 2023-2045</t>
   </si>
   <si>
-    <t>GERB</t>
-[...158 lines deleted...]
-    <t>non attribuable</t>
+    <t>Région d´analyse: FR</t>
   </si>
   <si>
     <t>base</t>
   </si>
   <si>
     <t>max.</t>
   </si>
   <si>
     <t>min.</t>
   </si>
   <si>
-    <t>.</t>
+    <t xml:space="preserve">Source: OFS - MS, STATPOP,  SSD FR - scénarios démographiques 2024-2055 (résultats provisoires) </t>
   </si>
   <si>
-    <t>Projections consolidées - Nombre d´hospitalisations de patients domiciliés dans la région d´analyse, selon le scénario de projections (Réadaptation), 2023-2045</t>
+    <t>© Obsan 2025</t>
   </si>
   <si>
     <t>Projections consolidées - Nombre d´hospitalisations de patients domiciliés dans la région d´analyse, selon le scénario de projections et le domaine de prestations (Réadaptation), 2023-2045</t>
   </si>
   <si>
+    <t>Musculo-squelettique</t>
+  </si>
+  <si>
+    <t>Neurologique</t>
+  </si>
+  <si>
+    <t>Réadaptation des paraplégies</t>
+  </si>
+  <si>
+    <t>Cardio-vasculaire</t>
+  </si>
+  <si>
+    <t>Pulmonaire</t>
+  </si>
+  <si>
+    <t>Médecine-oncologie</t>
+  </si>
+  <si>
+    <t>Réadaptation psychosomatique</t>
+  </si>
+  <si>
+    <t>Réadaptation gériatrique</t>
+  </si>
+  <si>
+    <t>non attribuable</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
     <t>Projections consolidées - Nombre d´hospitalisations de patients domiciliés dans la région d´analyse, selon le scénario de projections et le groupe de prestations (Réadaptation), 2023-2045</t>
+  </si>
+  <si>
+    <t>MSK1</t>
+  </si>
+  <si>
+    <t>Musculo-squelettique général</t>
+  </si>
+  <si>
+    <t>MSK2</t>
+  </si>
+  <si>
+    <t>Rhumatisme inflammatoire</t>
+  </si>
+  <si>
+    <t>MSK3</t>
+  </si>
+  <si>
+    <t>Polytraumatisme sans lésion cérébrale</t>
+  </si>
+  <si>
+    <t>MSK4</t>
+  </si>
+  <si>
+    <t>Amputations</t>
+  </si>
+  <si>
+    <t>MSK5</t>
+  </si>
+  <si>
+    <t>Brûlures</t>
+  </si>
+  <si>
+    <t>NER1</t>
+  </si>
+  <si>
+    <t>Neurologique général</t>
+  </si>
+  <si>
+    <t>NER2</t>
+  </si>
+  <si>
+    <t>Neurologique avec symptômes neuro-psychiatriques sévères</t>
+  </si>
+  <si>
+    <t>NER3</t>
+  </si>
+  <si>
+    <t>Sclérose en plaque (stade avancé)</t>
+  </si>
+  <si>
+    <t>NER4</t>
+  </si>
+  <si>
+    <t>Parkinson (stade avancé, évaluation)</t>
+  </si>
+  <si>
+    <t>NER5</t>
+  </si>
+  <si>
+    <t>Polytraumatisme avec lésion cérébrale</t>
+  </si>
+  <si>
+    <t>PAR</t>
+  </si>
+  <si>
+    <t>Paraplégie et syndromes de type paraplégique</t>
+  </si>
+  <si>
+    <t>RKA1</t>
+  </si>
+  <si>
+    <t>Cardio-vasculaire général</t>
+  </si>
+  <si>
+    <t>RKA2</t>
+  </si>
+  <si>
+    <t>Cardio-vasculaire après transplantation cardiaque/coeur artificiel</t>
+  </si>
+  <si>
+    <t>PNR1</t>
+  </si>
+  <si>
+    <t>Pulmonaire général</t>
+  </si>
+  <si>
+    <t>PNR2</t>
+  </si>
+  <si>
+    <t>Hypertension pulmonaire/transplantation pulmonaire</t>
+  </si>
+  <si>
+    <t>INO1</t>
+  </si>
+  <si>
+    <t>Médecine</t>
+  </si>
+  <si>
+    <t>INO2</t>
+  </si>
+  <si>
+    <t>Oncologie</t>
+  </si>
+  <si>
+    <t>PSY</t>
+  </si>
+  <si>
+    <t>SOM</t>
+  </si>
+  <si>
+    <t>Réadaptation des troubles somatoformes et des douleurs chroniques</t>
+  </si>
+  <si>
+    <t>GERB</t>
+  </si>
+  <si>
+    <t>Réadaptation gériatrique de base</t>
+  </si>
+  <si>
+    <t>GERS</t>
+  </si>
+  <si>
+    <t>Réadaptation gériatrique spécialisée</t>
+  </si>
+  <si>
+    <t>na</t>
   </si>
   <si>
     <t>Projections consolidées - Nombre de jours de soins de patients domiciliés dans la région d´analyse, selon le scénario de projections (Réadaptation), 2023-2045</t>
   </si>
   <si>
     <t>Projections consolidées - Nombre de jours de soins de patients domiciliés dans la région d´analyse, selon le scénario de projections et le domaine de prestations (Réadaptation), 2023-2045</t>
   </si>
   <si>
     <t>Projections consolidées - Nombre de jours de soins de patients domiciliés dans la région d´analyse, selon le scénario de projections et le groupe de prestations (Réadaptation), 2023-2045</t>
   </si>
   <si>
-    <t xml:space="preserve">Source: OFS - MS, STATPOP,  SSD FR - scénarios démographiques 2024-2055 (résultats provisoires) </t>
-[...2 lines deleted...]
-    <t>© Obsan 2025</t>
+    <t>.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="###########0"/>
-    <numFmt numFmtId="166" formatCode="##\ ###\ ##0"/>
-[...1 lines deleted...]
-    <numFmt numFmtId="171" formatCode="#################################################################0"/>
+    <numFmt numFmtId="165" formatCode="##\ ###\ ##0"/>
+    <numFmt numFmtId="166" formatCode="###########################0"/>
+    <numFmt numFmtId="167" formatCode="#################################################################0"/>
   </numFmts>
-  <fonts count="6" x14ac:knownFonts="1">
+  <fonts count="6">
     <font>
       <sz val="8.5"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -407,107 +417,110 @@
       </top>
       <bottom style="thin">
         <color rgb="FFFFFFFF"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FFC5C5C7"/>
       </left>
       <right style="thin">
         <color rgb="FFC5C5C7"/>
       </right>
       <top style="thin">
         <color rgb="FFC5C5C7"/>
       </top>
       <bottom style="thin">
         <color rgb="FFC5C5C7"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="19">
+  <cellXfs count="20">
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
+    <xf numFmtId="164" fontId="2" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="3" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="3" fillId="5" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="2" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment horizontal="right" wrapText="1"/>
+    <xf numFmtId="166" fontId="3" fillId="5" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="170" fontId="3" fillId="5" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="170" fontId="3" fillId="5" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="3" fillId="5" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="right"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleMedium4"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="ODS Theme">
   <a:themeElements>
@@ -608,17360 +621,17514 @@
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:B10"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A12" sqref="A12"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="11" customHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="12" defaultRowHeight="11.1" customHeight="1"/>
   <cols>
-    <col min="1" max="1" width="7.77734375" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="140.77734375" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="7.83203125" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="140.83203125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:2" ht="16" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="10" t="s">
+    <row r="1" spans="1:2" ht="15.95" customHeight="1">
+      <c r="A1" s="12" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="11"/>
-[...1 lines deleted...]
-    <row r="3" spans="1:2" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B1" s="13"/>
+    </row>
+    <row r="3" spans="1:2" ht="12" customHeight="1">
       <c r="A3" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="4" spans="1:2" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:2" ht="12" customHeight="1">
       <c r="A4" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="5" spans="1:2" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:2" ht="12" customHeight="1">
       <c r="A5" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="6" spans="1:2" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:2" ht="24" customHeight="1">
       <c r="A6" s="3" t="s">
         <v>7</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="7" spans="1:2" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:2" ht="24" customHeight="1">
       <c r="A7" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="8" spans="1:2" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:2" ht="12" customHeight="1">
       <c r="A8" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="9" spans="1:2" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:2" ht="24" customHeight="1">
       <c r="A9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="10" spans="1:2" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:2" ht="24" customHeight="1">
       <c r="A10" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>16</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:B1"/>
   </mergeCells>
   <pageMargins left="0.05" right="0.05" top="0.5" bottom="0.5" header="0" footer="0"/>
   <pageSetup paperSize="9" orientation="portrait"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0E00-000000000000}">
   <dimension ref="A1:X10"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="X10" sqref="X10"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="11" customHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="12" defaultRowHeight="11.1" customHeight="1"/>
   <cols>
-    <col min="1" max="1" width="23.77734375" bestFit="1" customWidth="1"/>
-    <col min="2" max="24" width="5.77734375" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="23.83203125" bestFit="1" customWidth="1"/>
+    <col min="2" max="24" width="5.83203125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:24" ht="33" customHeight="1" x14ac:dyDescent="0.3">
-[...28 lines deleted...]
-      <c r="A2" s="12" t="s">
+    <row r="1" spans="1:24" ht="33" customHeight="1">
+      <c r="A1" s="12" t="s">
         <v>17</v>
       </c>
-      <c r="B2" s="11"/>
-[...25 lines deleted...]
-      <c r="B4" s="5">
+      <c r="B1" s="13"/>
+      <c r="C1" s="13"/>
+      <c r="D1" s="13"/>
+      <c r="E1" s="13"/>
+      <c r="F1" s="13"/>
+      <c r="G1" s="13"/>
+      <c r="H1" s="13"/>
+      <c r="I1" s="13"/>
+      <c r="J1" s="13"/>
+      <c r="K1" s="13"/>
+      <c r="L1" s="13"/>
+      <c r="M1" s="13"/>
+      <c r="N1" s="13"/>
+      <c r="O1" s="13"/>
+      <c r="P1" s="13"/>
+      <c r="Q1" s="13"/>
+      <c r="R1" s="13"/>
+      <c r="S1" s="13"/>
+      <c r="T1" s="13"/>
+      <c r="U1" s="13"/>
+      <c r="V1" s="13"/>
+      <c r="W1" s="13"/>
+      <c r="X1" s="13"/>
+    </row>
+    <row r="2" spans="1:24" ht="14.1" customHeight="1">
+      <c r="A2" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="B2" s="13"/>
+      <c r="C2" s="13"/>
+      <c r="D2" s="13"/>
+      <c r="E2" s="13"/>
+      <c r="F2" s="13"/>
+      <c r="G2" s="13"/>
+      <c r="H2" s="13"/>
+      <c r="I2" s="13"/>
+      <c r="J2" s="13"/>
+      <c r="K2" s="13"/>
+      <c r="L2" s="13"/>
+      <c r="M2" s="13"/>
+      <c r="N2" s="13"/>
+      <c r="O2" s="13"/>
+      <c r="P2" s="13"/>
+      <c r="Q2" s="13"/>
+      <c r="R2" s="13"/>
+      <c r="S2" s="13"/>
+      <c r="T2" s="13"/>
+      <c r="U2" s="13"/>
+      <c r="V2" s="13"/>
+      <c r="W2" s="13"/>
+      <c r="X2" s="13"/>
+    </row>
+    <row r="4" spans="1:24" ht="12" customHeight="1">
+      <c r="A4" s="8"/>
+      <c r="B4" s="4">
         <v>2023</v>
       </c>
-      <c r="C4" s="5">
+      <c r="C4" s="4">
         <v>2024</v>
       </c>
-      <c r="D4" s="5">
+      <c r="D4" s="4">
         <v>2025</v>
       </c>
-      <c r="E4" s="5">
+      <c r="E4" s="4">
         <v>2026</v>
       </c>
-      <c r="F4" s="5">
+      <c r="F4" s="4">
         <v>2027</v>
       </c>
-      <c r="G4" s="5">
+      <c r="G4" s="4">
         <v>2028</v>
       </c>
-      <c r="H4" s="5">
+      <c r="H4" s="4">
         <v>2029</v>
       </c>
-      <c r="I4" s="5">
+      <c r="I4" s="4">
         <v>2030</v>
       </c>
-      <c r="J4" s="5">
+      <c r="J4" s="4">
         <v>2031</v>
       </c>
-      <c r="K4" s="5">
+      <c r="K4" s="4">
         <v>2032</v>
       </c>
-      <c r="L4" s="5">
+      <c r="L4" s="4">
         <v>2033</v>
       </c>
-      <c r="M4" s="5">
+      <c r="M4" s="4">
         <v>2034</v>
       </c>
-      <c r="N4" s="5">
+      <c r="N4" s="4">
         <v>2035</v>
       </c>
-      <c r="O4" s="5">
+      <c r="O4" s="4">
         <v>2036</v>
       </c>
-      <c r="P4" s="5">
+      <c r="P4" s="4">
         <v>2037</v>
       </c>
-      <c r="Q4" s="5">
+      <c r="Q4" s="4">
         <v>2038</v>
       </c>
-      <c r="R4" s="5">
+      <c r="R4" s="4">
         <v>2039</v>
       </c>
-      <c r="S4" s="5">
+      <c r="S4" s="4">
         <v>2040</v>
       </c>
-      <c r="T4" s="5">
+      <c r="T4" s="4">
         <v>2041</v>
       </c>
-      <c r="U4" s="5">
+      <c r="U4" s="4">
         <v>2042</v>
       </c>
-      <c r="V4" s="5">
+      <c r="V4" s="4">
         <v>2043</v>
       </c>
-      <c r="W4" s="5">
+      <c r="W4" s="4">
         <v>2044</v>
       </c>
-      <c r="X4" s="5">
+      <c r="X4" s="4">
         <v>2045</v>
       </c>
     </row>
-    <row r="5" spans="1:24" ht="12" customHeight="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B5" s="6">
+    <row r="5" spans="1:24" ht="12" customHeight="1">
+      <c r="A5" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="B5" s="5">
         <v>2912</v>
       </c>
-      <c r="C5" s="6">
+      <c r="C5" s="5">
         <v>3003</v>
       </c>
-      <c r="D5" s="6">
+      <c r="D5" s="5">
         <v>3096</v>
       </c>
-      <c r="E5" s="6">
+      <c r="E5" s="5">
         <v>3197</v>
       </c>
-      <c r="F5" s="6">
+      <c r="F5" s="5">
         <v>3297</v>
       </c>
-      <c r="G5" s="6">
+      <c r="G5" s="5">
         <v>3396</v>
       </c>
-      <c r="H5" s="6">
+      <c r="H5" s="5">
         <v>3495</v>
       </c>
-      <c r="I5" s="6">
+      <c r="I5" s="5">
         <v>3599</v>
       </c>
-      <c r="J5" s="6">
+      <c r="J5" s="5">
         <v>3703</v>
       </c>
-      <c r="K5" s="6">
+      <c r="K5" s="5">
         <v>3803</v>
       </c>
-      <c r="L5" s="6">
+      <c r="L5" s="5">
         <v>3894</v>
       </c>
-      <c r="M5" s="6">
+      <c r="M5" s="5">
         <v>3984</v>
       </c>
-      <c r="N5" s="6">
+      <c r="N5" s="5">
         <v>4075</v>
       </c>
-      <c r="O5" s="6">
+      <c r="O5" s="5">
         <v>4163</v>
       </c>
-      <c r="P5" s="6">
+      <c r="P5" s="5">
         <v>4248</v>
       </c>
-      <c r="Q5" s="6">
+      <c r="Q5" s="5">
         <v>4331</v>
       </c>
-      <c r="R5" s="6">
+      <c r="R5" s="5">
         <v>4414</v>
       </c>
-      <c r="S5" s="6">
+      <c r="S5" s="5">
         <v>4495</v>
       </c>
-      <c r="T5" s="6">
+      <c r="T5" s="5">
         <v>4575</v>
       </c>
-      <c r="U5" s="6">
+      <c r="U5" s="5">
         <v>4651</v>
       </c>
-      <c r="V5" s="6">
+      <c r="V5" s="5">
         <v>4726</v>
       </c>
-      <c r="W5" s="6">
+      <c r="W5" s="5">
         <v>4799</v>
       </c>
-      <c r="X5" s="6">
+      <c r="X5" s="5">
         <v>4868</v>
       </c>
     </row>
-    <row r="6" spans="1:24" ht="12" customHeight="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B6" s="6">
+    <row r="6" spans="1:24" ht="12" customHeight="1">
+      <c r="A6" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="B6" s="5">
         <v>2912</v>
       </c>
-      <c r="C6" s="6">
+      <c r="C6" s="5">
         <v>3007</v>
       </c>
-      <c r="D6" s="6">
+      <c r="D6" s="5">
         <v>3106</v>
       </c>
-      <c r="E6" s="6">
+      <c r="E6" s="5">
         <v>3213</v>
       </c>
-      <c r="F6" s="6">
+      <c r="F6" s="5">
         <v>3318</v>
       </c>
-      <c r="G6" s="6">
+      <c r="G6" s="5">
         <v>3424</v>
       </c>
-      <c r="H6" s="6">
+      <c r="H6" s="5">
         <v>3529</v>
       </c>
-      <c r="I6" s="6">
+      <c r="I6" s="5">
         <v>3640</v>
       </c>
-      <c r="J6" s="6">
+      <c r="J6" s="5">
         <v>3752</v>
       </c>
-      <c r="K6" s="6">
+      <c r="K6" s="5">
         <v>3860</v>
       </c>
-      <c r="L6" s="6">
+      <c r="L6" s="5">
         <v>3955</v>
       </c>
-      <c r="M6" s="6">
+      <c r="M6" s="5">
         <v>4049</v>
       </c>
-      <c r="N6" s="6">
+      <c r="N6" s="5">
         <v>4145</v>
       </c>
-      <c r="O6" s="6">
+      <c r="O6" s="5">
         <v>4237</v>
       </c>
-      <c r="P6" s="6">
+      <c r="P6" s="5">
         <v>4327</v>
       </c>
-      <c r="Q6" s="6">
+      <c r="Q6" s="5">
         <v>4414</v>
       </c>
-      <c r="R6" s="6">
+      <c r="R6" s="5">
         <v>4501</v>
       </c>
-      <c r="S6" s="6">
+      <c r="S6" s="5">
         <v>4587</v>
       </c>
-      <c r="T6" s="6">
+      <c r="T6" s="5">
         <v>4672</v>
       </c>
-      <c r="U6" s="6">
+      <c r="U6" s="5">
         <v>4753</v>
       </c>
-      <c r="V6" s="6">
+      <c r="V6" s="5">
         <v>4833</v>
       </c>
-      <c r="W6" s="6">
+      <c r="W6" s="5">
         <v>4911</v>
       </c>
-      <c r="X6" s="6">
+      <c r="X6" s="5">
         <v>4986</v>
       </c>
     </row>
-    <row r="7" spans="1:24" ht="12" customHeight="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B7" s="6">
+    <row r="7" spans="1:24" ht="12" customHeight="1">
+      <c r="A7" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="B7" s="5">
         <v>2912</v>
       </c>
-      <c r="C7" s="6">
+      <c r="C7" s="5">
         <v>2995</v>
       </c>
-      <c r="D7" s="6">
+      <c r="D7" s="5">
         <v>3080</v>
       </c>
-      <c r="E7" s="6">
+      <c r="E7" s="5">
         <v>3172</v>
       </c>
-      <c r="F7" s="6">
+      <c r="F7" s="5">
         <v>3264</v>
       </c>
-      <c r="G7" s="6">
+      <c r="G7" s="5">
         <v>3354</v>
       </c>
-      <c r="H7" s="6">
+      <c r="H7" s="5">
         <v>3444</v>
       </c>
-      <c r="I7" s="6">
+      <c r="I7" s="5">
         <v>3539</v>
       </c>
-      <c r="J7" s="6">
+      <c r="J7" s="5">
         <v>3633</v>
       </c>
-      <c r="K7" s="6">
+      <c r="K7" s="5">
         <v>3723</v>
       </c>
-      <c r="L7" s="6">
+      <c r="L7" s="5">
         <v>3810</v>
       </c>
-      <c r="M7" s="6">
+      <c r="M7" s="5">
         <v>3895</v>
       </c>
-      <c r="N7" s="6">
+      <c r="N7" s="5">
         <v>3982</v>
       </c>
-      <c r="O7" s="6">
+      <c r="O7" s="5">
         <v>4066</v>
       </c>
-      <c r="P7" s="6">
+      <c r="P7" s="5">
         <v>4146</v>
       </c>
-      <c r="Q7" s="6">
+      <c r="Q7" s="5">
         <v>4224</v>
       </c>
-      <c r="R7" s="6">
+      <c r="R7" s="5">
         <v>4302</v>
       </c>
-      <c r="S7" s="6">
+      <c r="S7" s="5">
         <v>4378</v>
       </c>
-      <c r="T7" s="6">
+      <c r="T7" s="5">
         <v>4453</v>
       </c>
-      <c r="U7" s="6">
+      <c r="U7" s="5">
         <v>4524</v>
       </c>
-      <c r="V7" s="6">
+      <c r="V7" s="5">
         <v>4593</v>
       </c>
-      <c r="W7" s="6">
+      <c r="W7" s="5">
         <v>4660</v>
       </c>
-      <c r="X7" s="6">
+      <c r="X7" s="5">
         <v>4723</v>
       </c>
     </row>
-    <row r="9" spans="1:24" ht="11" customHeight="1" x14ac:dyDescent="0.25">
-[...29 lines deleted...]
-        <v>83</v>
+    <row r="9" spans="1:24" ht="11.1" customHeight="1">
+      <c r="A9" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="B9" s="13"/>
+      <c r="C9" s="13"/>
+      <c r="D9" s="13"/>
+      <c r="E9" s="13"/>
+      <c r="F9" s="13"/>
+      <c r="G9" s="13"/>
+      <c r="H9" s="13"/>
+      <c r="I9" s="13"/>
+      <c r="J9" s="13"/>
+      <c r="K9" s="13"/>
+      <c r="L9" s="13"/>
+      <c r="M9" s="13"/>
+      <c r="N9" s="13"/>
+      <c r="O9" s="13"/>
+      <c r="P9" s="13"/>
+      <c r="Q9" s="13"/>
+      <c r="R9" s="13"/>
+      <c r="S9" s="13"/>
+      <c r="T9" s="13"/>
+      <c r="U9" s="13"/>
+      <c r="V9" s="13"/>
+      <c r="W9" s="13"/>
+      <c r="X9" s="13"/>
+    </row>
+    <row r="10" spans="1:24" ht="11.1" customHeight="1">
+      <c r="A10" s="7"/>
+      <c r="B10" s="7"/>
+      <c r="C10" s="7"/>
+      <c r="D10" s="7"/>
+      <c r="E10" s="7"/>
+      <c r="F10" s="7"/>
+      <c r="G10" s="7"/>
+      <c r="H10" s="7"/>
+      <c r="I10" s="7"/>
+      <c r="J10" s="7"/>
+      <c r="K10" s="7"/>
+      <c r="L10" s="7"/>
+      <c r="M10" s="7"/>
+      <c r="N10" s="7"/>
+      <c r="O10" s="7"/>
+      <c r="P10" s="7"/>
+      <c r="Q10" s="7"/>
+      <c r="R10" s="7"/>
+      <c r="S10" s="7"/>
+      <c r="T10" s="7"/>
+      <c r="U10" s="7"/>
+      <c r="V10" s="7"/>
+      <c r="W10" s="7"/>
+      <c r="X10" s="11" t="s">
+        <v>23</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:X1"/>
     <mergeCell ref="A2:X2"/>
     <mergeCell ref="A9:X9"/>
   </mergeCells>
   <pageMargins left="0.05" right="0.05" top="0.5" bottom="0.5" header="0" footer="0"/>
   <pageSetup paperSize="9" orientation="portrait"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0F00-000000000000}">
   <dimension ref="A1:Y37"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="Y37" sqref="Y37"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="11" customHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="12" defaultRowHeight="11.1" customHeight="1"/>
   <cols>
-    <col min="1" max="2" width="23.77734375" bestFit="1" customWidth="1"/>
-    <col min="3" max="25" width="5.77734375" bestFit="1" customWidth="1"/>
+    <col min="1" max="2" width="23.83203125" bestFit="1" customWidth="1"/>
+    <col min="3" max="25" width="5.83203125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:25" ht="33" customHeight="1" x14ac:dyDescent="0.3">
-[...60 lines deleted...]
-      <c r="C4" s="5">
+    <row r="1" spans="1:25" ht="33" customHeight="1">
+      <c r="A1" s="12" t="s">
+        <v>24</v>
+      </c>
+      <c r="B1" s="13"/>
+      <c r="C1" s="13"/>
+      <c r="D1" s="13"/>
+      <c r="E1" s="13"/>
+      <c r="F1" s="13"/>
+      <c r="G1" s="13"/>
+      <c r="H1" s="13"/>
+      <c r="I1" s="13"/>
+      <c r="J1" s="13"/>
+      <c r="K1" s="13"/>
+      <c r="L1" s="13"/>
+      <c r="M1" s="13"/>
+      <c r="N1" s="13"/>
+      <c r="O1" s="13"/>
+      <c r="P1" s="13"/>
+      <c r="Q1" s="13"/>
+      <c r="R1" s="13"/>
+      <c r="S1" s="13"/>
+      <c r="T1" s="13"/>
+      <c r="U1" s="13"/>
+      <c r="V1" s="13"/>
+      <c r="W1" s="13"/>
+      <c r="X1" s="13"/>
+      <c r="Y1" s="13"/>
+    </row>
+    <row r="2" spans="1:25" ht="14.1" customHeight="1">
+      <c r="A2" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="B2" s="13"/>
+      <c r="C2" s="13"/>
+      <c r="D2" s="13"/>
+      <c r="E2" s="13"/>
+      <c r="F2" s="13"/>
+      <c r="G2" s="13"/>
+      <c r="H2" s="13"/>
+      <c r="I2" s="13"/>
+      <c r="J2" s="13"/>
+      <c r="K2" s="13"/>
+      <c r="L2" s="13"/>
+      <c r="M2" s="13"/>
+      <c r="N2" s="13"/>
+      <c r="O2" s="13"/>
+      <c r="P2" s="13"/>
+      <c r="Q2" s="13"/>
+      <c r="R2" s="13"/>
+      <c r="S2" s="13"/>
+      <c r="T2" s="13"/>
+      <c r="U2" s="13"/>
+      <c r="V2" s="13"/>
+      <c r="W2" s="13"/>
+      <c r="X2" s="13"/>
+      <c r="Y2" s="13"/>
+    </row>
+    <row r="4" spans="1:25" ht="12" customHeight="1">
+      <c r="A4" s="16"/>
+      <c r="B4" s="16"/>
+      <c r="C4" s="4">
         <v>2023</v>
       </c>
-      <c r="D4" s="5">
+      <c r="D4" s="4">
         <v>2024</v>
       </c>
-      <c r="E4" s="5">
+      <c r="E4" s="4">
         <v>2025</v>
       </c>
-      <c r="F4" s="5">
+      <c r="F4" s="4">
         <v>2026</v>
       </c>
-      <c r="G4" s="5">
+      <c r="G4" s="4">
         <v>2027</v>
       </c>
-      <c r="H4" s="5">
+      <c r="H4" s="4">
         <v>2028</v>
       </c>
-      <c r="I4" s="5">
+      <c r="I4" s="4">
         <v>2029</v>
       </c>
-      <c r="J4" s="5">
+      <c r="J4" s="4">
         <v>2030</v>
       </c>
-      <c r="K4" s="5">
+      <c r="K4" s="4">
         <v>2031</v>
       </c>
-      <c r="L4" s="5">
+      <c r="L4" s="4">
         <v>2032</v>
       </c>
-      <c r="M4" s="5">
+      <c r="M4" s="4">
         <v>2033</v>
       </c>
-      <c r="N4" s="5">
+      <c r="N4" s="4">
         <v>2034</v>
       </c>
-      <c r="O4" s="5">
+      <c r="O4" s="4">
         <v>2035</v>
       </c>
-      <c r="P4" s="5">
+      <c r="P4" s="4">
         <v>2036</v>
       </c>
-      <c r="Q4" s="5">
+      <c r="Q4" s="4">
         <v>2037</v>
       </c>
-      <c r="R4" s="5">
+      <c r="R4" s="4">
         <v>2038</v>
       </c>
-      <c r="S4" s="5">
+      <c r="S4" s="4">
         <v>2039</v>
       </c>
-      <c r="T4" s="5">
+      <c r="T4" s="4">
         <v>2040</v>
       </c>
-      <c r="U4" s="5">
+      <c r="U4" s="4">
         <v>2041</v>
       </c>
-      <c r="V4" s="5">
+      <c r="V4" s="4">
         <v>2042</v>
       </c>
-      <c r="W4" s="5">
+      <c r="W4" s="4">
         <v>2043</v>
       </c>
-      <c r="X4" s="5">
+      <c r="X4" s="4">
         <v>2044</v>
       </c>
-      <c r="Y4" s="5">
+      <c r="Y4" s="4">
         <v>2045</v>
       </c>
     </row>
-    <row r="5" spans="1:25" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:25" ht="12" customHeight="1">
       <c r="A5" s="17" t="s">
-        <v>72</v>
-[...4 lines deleted...]
-      <c r="C5" s="6">
+        <v>19</v>
+      </c>
+      <c r="B5" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="C5" s="5">
         <v>913</v>
       </c>
-      <c r="D5" s="6">
+      <c r="D5" s="5">
         <v>942</v>
       </c>
-      <c r="E5" s="6">
+      <c r="E5" s="5">
         <v>971</v>
       </c>
-      <c r="F5" s="6">
+      <c r="F5" s="5">
         <v>1003</v>
       </c>
-      <c r="G5" s="6">
+      <c r="G5" s="5">
         <v>1034</v>
       </c>
-      <c r="H5" s="6">
+      <c r="H5" s="5">
         <v>1066</v>
       </c>
-      <c r="I5" s="6">
+      <c r="I5" s="5">
         <v>1099</v>
       </c>
-      <c r="J5" s="6">
+      <c r="J5" s="5">
         <v>1133</v>
       </c>
-      <c r="K5" s="6">
+      <c r="K5" s="5">
         <v>1167</v>
       </c>
-      <c r="L5" s="6">
+      <c r="L5" s="5">
         <v>1199</v>
       </c>
-      <c r="M5" s="6">
+      <c r="M5" s="5">
         <v>1225</v>
       </c>
-      <c r="N5" s="6">
+      <c r="N5" s="5">
         <v>1251</v>
       </c>
-      <c r="O5" s="6">
+      <c r="O5" s="5">
         <v>1275</v>
       </c>
-      <c r="P5" s="6">
+      <c r="P5" s="5">
         <v>1296</v>
       </c>
-      <c r="Q5" s="6">
+      <c r="Q5" s="5">
         <v>1318</v>
       </c>
-      <c r="R5" s="6">
+      <c r="R5" s="5">
         <v>1337</v>
       </c>
-      <c r="S5" s="6">
+      <c r="S5" s="5">
         <v>1354</v>
       </c>
-      <c r="T5" s="6">
+      <c r="T5" s="5">
         <v>1370</v>
       </c>
-      <c r="U5" s="6">
+      <c r="U5" s="5">
         <v>1385</v>
       </c>
-      <c r="V5" s="6">
+      <c r="V5" s="5">
         <v>1399</v>
       </c>
-      <c r="W5" s="6">
+      <c r="W5" s="5">
         <v>1412</v>
       </c>
-      <c r="X5" s="6">
+      <c r="X5" s="5">
         <v>1425</v>
       </c>
-      <c r="Y5" s="6">
+      <c r="Y5" s="5">
         <v>1436</v>
       </c>
     </row>
-    <row r="6" spans="1:25" ht="12" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C6" s="6">
+    <row r="6" spans="1:25" ht="12" customHeight="1">
+      <c r="A6" s="18"/>
+      <c r="B6" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="C6" s="5">
         <v>273</v>
       </c>
-      <c r="D6" s="6">
+      <c r="D6" s="5">
         <v>279</v>
       </c>
-      <c r="E6" s="6">
+      <c r="E6" s="5">
         <v>284</v>
       </c>
-      <c r="F6" s="6">
+      <c r="F6" s="5">
         <v>290</v>
       </c>
-      <c r="G6" s="6">
+      <c r="G6" s="5">
         <v>295</v>
       </c>
-      <c r="H6" s="6">
+      <c r="H6" s="5">
         <v>301</v>
       </c>
-      <c r="I6" s="6">
+      <c r="I6" s="5">
         <v>306</v>
       </c>
-      <c r="J6" s="6">
+      <c r="J6" s="5">
         <v>312</v>
       </c>
-      <c r="K6" s="6">
+      <c r="K6" s="5">
         <v>317</v>
       </c>
-      <c r="L6" s="6">
+      <c r="L6" s="5">
         <v>322</v>
       </c>
-      <c r="M6" s="6">
+      <c r="M6" s="5">
         <v>326</v>
       </c>
-      <c r="N6" s="6">
+      <c r="N6" s="5">
         <v>331</v>
       </c>
-      <c r="O6" s="6">
+      <c r="O6" s="5">
         <v>334</v>
       </c>
-      <c r="P6" s="6">
+      <c r="P6" s="5">
         <v>337</v>
       </c>
-      <c r="Q6" s="6">
+      <c r="Q6" s="5">
         <v>340</v>
       </c>
-      <c r="R6" s="6">
+      <c r="R6" s="5">
         <v>342</v>
       </c>
-      <c r="S6" s="6">
+      <c r="S6" s="5">
         <v>344</v>
       </c>
-      <c r="T6" s="6">
+      <c r="T6" s="5">
         <v>346</v>
       </c>
-      <c r="U6" s="6">
+      <c r="U6" s="5">
         <v>347</v>
       </c>
-      <c r="V6" s="6">
+      <c r="V6" s="5">
         <v>349</v>
       </c>
-      <c r="W6" s="6">
+      <c r="W6" s="5">
         <v>350</v>
       </c>
-      <c r="X6" s="6">
+      <c r="X6" s="5">
         <v>352</v>
       </c>
-      <c r="Y6" s="6">
+      <c r="Y6" s="5">
         <v>353</v>
       </c>
     </row>
-    <row r="7" spans="1:25" ht="24" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C7" s="6">
+    <row r="7" spans="1:25" ht="24" customHeight="1">
+      <c r="A7" s="18"/>
+      <c r="B7" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="C7" s="5">
         <v>30</v>
       </c>
-      <c r="D7" s="6">
+      <c r="D7" s="5">
         <v>30</v>
       </c>
-      <c r="E7" s="6">
+      <c r="E7" s="5">
         <v>31</v>
       </c>
-      <c r="F7" s="6">
+      <c r="F7" s="5">
         <v>31</v>
       </c>
-      <c r="G7" s="6">
+      <c r="G7" s="5">
         <v>32</v>
       </c>
-      <c r="H7" s="6">
+      <c r="H7" s="5">
         <v>32</v>
       </c>
-      <c r="I7" s="6">
+      <c r="I7" s="5">
         <v>32</v>
       </c>
-      <c r="J7" s="6">
+      <c r="J7" s="5">
         <v>33</v>
       </c>
-      <c r="K7" s="6">
+      <c r="K7" s="5">
         <v>33</v>
       </c>
-      <c r="L7" s="6">
+      <c r="L7" s="5">
         <v>33</v>
       </c>
-      <c r="M7" s="6">
+      <c r="M7" s="5">
         <v>34</v>
       </c>
-      <c r="N7" s="6">
+      <c r="N7" s="5">
         <v>34</v>
       </c>
-      <c r="O7" s="6">
+      <c r="O7" s="5">
         <v>34</v>
       </c>
-      <c r="P7" s="6">
+      <c r="P7" s="5">
         <v>34</v>
       </c>
-      <c r="Q7" s="6">
+      <c r="Q7" s="5">
         <v>35</v>
       </c>
-      <c r="R7" s="6">
+      <c r="R7" s="5">
         <v>35</v>
       </c>
-      <c r="S7" s="6">
+      <c r="S7" s="5">
         <v>35</v>
       </c>
-      <c r="T7" s="6">
+      <c r="T7" s="5">
         <v>35</v>
       </c>
-      <c r="U7" s="6">
+      <c r="U7" s="5">
         <v>35</v>
       </c>
-      <c r="V7" s="6">
+      <c r="V7" s="5">
         <v>35</v>
       </c>
-      <c r="W7" s="6">
+      <c r="W7" s="5">
         <v>35</v>
       </c>
-      <c r="X7" s="6">
+      <c r="X7" s="5">
         <v>35</v>
       </c>
-      <c r="Y7" s="6">
+      <c r="Y7" s="5">
         <v>35</v>
       </c>
     </row>
-    <row r="8" spans="1:25" ht="12" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C8" s="6">
+    <row r="8" spans="1:25" ht="12" customHeight="1">
+      <c r="A8" s="18"/>
+      <c r="B8" s="9" t="s">
+        <v>28</v>
+      </c>
+      <c r="C8" s="5">
         <v>267</v>
       </c>
-      <c r="D8" s="6">
+      <c r="D8" s="5">
         <v>273</v>
       </c>
-      <c r="E8" s="6">
+      <c r="E8" s="5">
         <v>278</v>
       </c>
-      <c r="F8" s="6">
+      <c r="F8" s="5">
         <v>284</v>
       </c>
-      <c r="G8" s="6">
+      <c r="G8" s="5">
         <v>290</v>
       </c>
-      <c r="H8" s="6">
+      <c r="H8" s="5">
         <v>296</v>
       </c>
-      <c r="I8" s="6">
+      <c r="I8" s="5">
         <v>303</v>
       </c>
-      <c r="J8" s="6">
+      <c r="J8" s="5">
         <v>309</v>
       </c>
-      <c r="K8" s="6">
+      <c r="K8" s="5">
         <v>315</v>
       </c>
-      <c r="L8" s="6">
+      <c r="L8" s="5">
         <v>321</v>
       </c>
-      <c r="M8" s="6">
+      <c r="M8" s="5">
         <v>327</v>
       </c>
-      <c r="N8" s="6">
+      <c r="N8" s="5">
         <v>332</v>
       </c>
-      <c r="O8" s="6">
+      <c r="O8" s="5">
         <v>337</v>
       </c>
-      <c r="P8" s="6">
+      <c r="P8" s="5">
         <v>341</v>
       </c>
-      <c r="Q8" s="6">
+      <c r="Q8" s="5">
         <v>345</v>
       </c>
-      <c r="R8" s="6">
+      <c r="R8" s="5">
         <v>348</v>
       </c>
-      <c r="S8" s="6">
+      <c r="S8" s="5">
         <v>351</v>
       </c>
-      <c r="T8" s="6">
+      <c r="T8" s="5">
         <v>353</v>
       </c>
-      <c r="U8" s="6">
+      <c r="U8" s="5">
         <v>355</v>
       </c>
-      <c r="V8" s="6">
+      <c r="V8" s="5">
         <v>357</v>
       </c>
-      <c r="W8" s="6">
+      <c r="W8" s="5">
         <v>358</v>
       </c>
-      <c r="X8" s="6">
+      <c r="X8" s="5">
         <v>360</v>
       </c>
-      <c r="Y8" s="6">
+      <c r="Y8" s="5">
         <v>361</v>
       </c>
     </row>
-    <row r="9" spans="1:25" ht="12" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C9" s="6">
+    <row r="9" spans="1:25" ht="12" customHeight="1">
+      <c r="A9" s="18"/>
+      <c r="B9" s="9" t="s">
+        <v>29</v>
+      </c>
+      <c r="C9" s="5">
         <v>177</v>
       </c>
-      <c r="D9" s="6">
+      <c r="D9" s="5">
         <v>181</v>
       </c>
-      <c r="E9" s="6">
+      <c r="E9" s="5">
         <v>185</v>
       </c>
-      <c r="F9" s="6">
+      <c r="F9" s="5">
         <v>189</v>
       </c>
-      <c r="G9" s="6">
+      <c r="G9" s="5">
         <v>193</v>
       </c>
-      <c r="H9" s="6">
+      <c r="H9" s="5">
         <v>198</v>
       </c>
-      <c r="I9" s="6">
+      <c r="I9" s="5">
         <v>202</v>
       </c>
-      <c r="J9" s="6">
+      <c r="J9" s="5">
         <v>206</v>
       </c>
-      <c r="K9" s="6">
+      <c r="K9" s="5">
         <v>210</v>
       </c>
-      <c r="L9" s="6">
+      <c r="L9" s="5">
         <v>214</v>
       </c>
-      <c r="M9" s="6">
+      <c r="M9" s="5">
         <v>217</v>
       </c>
-      <c r="N9" s="6">
+      <c r="N9" s="5">
         <v>220</v>
       </c>
-      <c r="O9" s="6">
+      <c r="O9" s="5">
         <v>223</v>
       </c>
-      <c r="P9" s="6">
+      <c r="P9" s="5">
         <v>225</v>
       </c>
-      <c r="Q9" s="6">
+      <c r="Q9" s="5">
         <v>227</v>
       </c>
-      <c r="R9" s="6">
+      <c r="R9" s="5">
         <v>229</v>
       </c>
-      <c r="S9" s="6">
+      <c r="S9" s="5">
         <v>230</v>
       </c>
-      <c r="T9" s="6">
+      <c r="T9" s="5">
         <v>231</v>
       </c>
-      <c r="U9" s="6">
+      <c r="U9" s="5">
         <v>232</v>
       </c>
-      <c r="V9" s="6">
+      <c r="V9" s="5">
         <v>233</v>
       </c>
-      <c r="W9" s="6">
+      <c r="W9" s="5">
         <v>234</v>
       </c>
-      <c r="X9" s="6">
+      <c r="X9" s="5">
         <v>235</v>
       </c>
-      <c r="Y9" s="6">
+      <c r="Y9" s="5">
         <v>236</v>
       </c>
     </row>
-    <row r="10" spans="1:25" ht="12" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C10" s="6">
+    <row r="10" spans="1:25" ht="12" customHeight="1">
+      <c r="A10" s="18"/>
+      <c r="B10" s="9" t="s">
+        <v>30</v>
+      </c>
+      <c r="C10" s="5">
         <v>114</v>
       </c>
-      <c r="D10" s="6">
+      <c r="D10" s="5">
         <v>117</v>
       </c>
-      <c r="E10" s="6">
+      <c r="E10" s="5">
         <v>120</v>
       </c>
-      <c r="F10" s="6">
+      <c r="F10" s="5">
         <v>123</v>
       </c>
-      <c r="G10" s="6">
+      <c r="G10" s="5">
         <v>125</v>
       </c>
-      <c r="H10" s="6">
+      <c r="H10" s="5">
         <v>129</v>
       </c>
-      <c r="I10" s="6">
+      <c r="I10" s="5">
         <v>132</v>
       </c>
-      <c r="J10" s="6">
+      <c r="J10" s="5">
         <v>135</v>
       </c>
-      <c r="K10" s="6">
+      <c r="K10" s="5">
         <v>138</v>
       </c>
-      <c r="L10" s="6">
+      <c r="L10" s="5">
         <v>140</v>
       </c>
-      <c r="M10" s="6">
+      <c r="M10" s="5">
         <v>143</v>
       </c>
-      <c r="N10" s="6">
+      <c r="N10" s="5">
         <v>146</v>
       </c>
-      <c r="O10" s="6">
+      <c r="O10" s="5">
         <v>148</v>
       </c>
-      <c r="P10" s="6">
+      <c r="P10" s="5">
         <v>151</v>
       </c>
-      <c r="Q10" s="6">
+      <c r="Q10" s="5">
         <v>153</v>
       </c>
-      <c r="R10" s="6">
+      <c r="R10" s="5">
         <v>155</v>
       </c>
-      <c r="S10" s="6">
+      <c r="S10" s="5">
         <v>156</v>
       </c>
-      <c r="T10" s="6">
+      <c r="T10" s="5">
         <v>157</v>
       </c>
-      <c r="U10" s="6">
+      <c r="U10" s="5">
         <v>159</v>
       </c>
-      <c r="V10" s="6">
+      <c r="V10" s="5">
         <v>160</v>
       </c>
-      <c r="W10" s="6">
+      <c r="W10" s="5">
         <v>161</v>
       </c>
-      <c r="X10" s="6">
+      <c r="X10" s="5">
         <v>162</v>
       </c>
-      <c r="Y10" s="6">
+      <c r="Y10" s="5">
         <v>163</v>
       </c>
     </row>
-    <row r="11" spans="1:25" ht="24" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C11" s="6">
+    <row r="11" spans="1:25" ht="24" customHeight="1">
+      <c r="A11" s="18"/>
+      <c r="B11" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="C11" s="5">
         <v>94</v>
       </c>
-      <c r="D11" s="6">
+      <c r="D11" s="5">
         <v>95</v>
       </c>
-      <c r="E11" s="6">
+      <c r="E11" s="5">
         <v>97</v>
       </c>
-      <c r="F11" s="6">
+      <c r="F11" s="5">
         <v>98</v>
       </c>
-      <c r="G11" s="6">
+      <c r="G11" s="5">
         <v>98</v>
       </c>
-      <c r="H11" s="6">
+      <c r="H11" s="5">
         <v>99</v>
       </c>
-      <c r="I11" s="6">
+      <c r="I11" s="5">
         <v>100</v>
       </c>
-      <c r="J11" s="6">
+      <c r="J11" s="5">
         <v>101</v>
       </c>
-      <c r="K11" s="6">
+      <c r="K11" s="5">
         <v>102</v>
       </c>
-      <c r="L11" s="6">
+      <c r="L11" s="5">
         <v>102</v>
       </c>
-      <c r="M11" s="6">
+      <c r="M11" s="5">
         <v>103</v>
       </c>
-      <c r="N11" s="6">
+      <c r="N11" s="5">
         <v>104</v>
       </c>
-      <c r="O11" s="6">
+      <c r="O11" s="5">
         <v>104</v>
       </c>
-      <c r="P11" s="6">
+      <c r="P11" s="5">
         <v>105</v>
       </c>
-      <c r="Q11" s="6">
+      <c r="Q11" s="5">
         <v>105</v>
       </c>
-      <c r="R11" s="6">
+      <c r="R11" s="5">
         <v>106</v>
       </c>
-      <c r="S11" s="6">
+      <c r="S11" s="5">
         <v>107</v>
       </c>
-      <c r="T11" s="6">
+      <c r="T11" s="5">
         <v>107</v>
       </c>
-      <c r="U11" s="6">
+      <c r="U11" s="5">
         <v>108</v>
       </c>
-      <c r="V11" s="6">
+      <c r="V11" s="5">
         <v>108</v>
       </c>
-      <c r="W11" s="6">
+      <c r="W11" s="5">
         <v>108</v>
       </c>
-      <c r="X11" s="6">
+      <c r="X11" s="5">
         <v>109</v>
       </c>
-      <c r="Y11" s="6">
+      <c r="Y11" s="5">
         <v>109</v>
       </c>
     </row>
-    <row r="12" spans="1:25" ht="24" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C12" s="6">
+    <row r="12" spans="1:25" ht="24" customHeight="1">
+      <c r="A12" s="18"/>
+      <c r="B12" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="C12" s="5">
         <v>1038</v>
       </c>
-      <c r="D12" s="6">
+      <c r="D12" s="5">
         <v>1080</v>
       </c>
-      <c r="E12" s="6">
+      <c r="E12" s="5">
         <v>1123</v>
       </c>
-      <c r="F12" s="6">
+      <c r="F12" s="5">
         <v>1173</v>
       </c>
-      <c r="G12" s="6">
+      <c r="G12" s="5">
         <v>1223</v>
       </c>
-      <c r="H12" s="6">
+      <c r="H12" s="5">
         <v>1268</v>
       </c>
-      <c r="I12" s="6">
+      <c r="I12" s="5">
         <v>1314</v>
       </c>
-      <c r="J12" s="6">
+      <c r="J12" s="5">
         <v>1363</v>
       </c>
-      <c r="K12" s="6">
+      <c r="K12" s="5">
         <v>1413</v>
       </c>
-      <c r="L12" s="6">
+      <c r="L12" s="5">
         <v>1464</v>
       </c>
-      <c r="M12" s="6">
+      <c r="M12" s="5">
         <v>1512</v>
       </c>
-      <c r="N12" s="6">
+      <c r="N12" s="5">
         <v>1559</v>
       </c>
-      <c r="O12" s="6">
+      <c r="O12" s="5">
         <v>1611</v>
       </c>
-      <c r="P12" s="6">
+      <c r="P12" s="5">
         <v>1665</v>
       </c>
-      <c r="Q12" s="6">
+      <c r="Q12" s="5">
         <v>1718</v>
       </c>
-      <c r="R12" s="6">
+      <c r="R12" s="5">
         <v>1771</v>
       </c>
-      <c r="S12" s="6">
+      <c r="S12" s="5">
         <v>1828</v>
       </c>
-      <c r="T12" s="6">
+      <c r="T12" s="5">
         <v>1887</v>
       </c>
-      <c r="U12" s="6">
+      <c r="U12" s="5">
         <v>1945</v>
       </c>
-      <c r="V12" s="6">
+      <c r="V12" s="5">
         <v>2001</v>
       </c>
-      <c r="W12" s="6">
+      <c r="W12" s="5">
         <v>2057</v>
       </c>
-      <c r="X12" s="6">
+      <c r="X12" s="5">
         <v>2111</v>
       </c>
-      <c r="Y12" s="6">
+      <c r="Y12" s="5">
         <v>2163</v>
       </c>
     </row>
-    <row r="13" spans="1:25" ht="12" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C13" s="6">
+    <row r="13" spans="1:25" ht="12" customHeight="1">
+      <c r="A13" s="18"/>
+      <c r="B13" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="C13" s="5">
         <v>6</v>
       </c>
-      <c r="D13" s="6">
+      <c r="D13" s="5">
         <v>6</v>
       </c>
-      <c r="E13" s="6">
+      <c r="E13" s="5">
         <v>6</v>
       </c>
-      <c r="F13" s="6">
+      <c r="F13" s="5">
         <v>7</v>
       </c>
-      <c r="G13" s="6">
+      <c r="G13" s="5">
         <v>7</v>
       </c>
-      <c r="H13" s="6">
+      <c r="H13" s="5">
         <v>7</v>
       </c>
-      <c r="I13" s="6">
+      <c r="I13" s="5">
         <v>7</v>
       </c>
-      <c r="J13" s="6">
+      <c r="J13" s="5">
         <v>7</v>
       </c>
-      <c r="K13" s="6">
+      <c r="K13" s="5">
         <v>7</v>
       </c>
-      <c r="L13" s="6">
+      <c r="L13" s="5">
         <v>7</v>
       </c>
-      <c r="M13" s="6">
+      <c r="M13" s="5">
         <v>8</v>
       </c>
-      <c r="N13" s="6">
+      <c r="N13" s="5">
         <v>8</v>
       </c>
-      <c r="O13" s="6">
+      <c r="O13" s="5">
         <v>8</v>
       </c>
-      <c r="P13" s="6">
+      <c r="P13" s="5">
         <v>8</v>
       </c>
-      <c r="Q13" s="6">
+      <c r="Q13" s="5">
         <v>8</v>
       </c>
-      <c r="R13" s="6">
+      <c r="R13" s="5">
         <v>9</v>
       </c>
-      <c r="S13" s="6">
+      <c r="S13" s="5">
         <v>9</v>
       </c>
-      <c r="T13" s="6">
+      <c r="T13" s="5">
         <v>9</v>
       </c>
-      <c r="U13" s="6">
+      <c r="U13" s="5">
         <v>9</v>
       </c>
-      <c r="V13" s="6">
+      <c r="V13" s="5">
         <v>9</v>
       </c>
-      <c r="W13" s="6">
+      <c r="W13" s="5">
         <v>9</v>
       </c>
-      <c r="X13" s="6">
+      <c r="X13" s="5">
         <v>10</v>
       </c>
-      <c r="Y13" s="6">
+      <c r="Y13" s="5">
         <v>10</v>
       </c>
     </row>
-    <row r="14" spans="1:25" ht="12" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C14" s="6">
+    <row r="14" spans="1:25" ht="12" customHeight="1">
+      <c r="A14" s="18"/>
+      <c r="B14" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="C14" s="5">
         <v>2912</v>
       </c>
-      <c r="D14" s="6">
+      <c r="D14" s="5">
         <v>3003</v>
       </c>
-      <c r="E14" s="6">
+      <c r="E14" s="5">
         <v>3096</v>
       </c>
-      <c r="F14" s="6">
+      <c r="F14" s="5">
         <v>3197</v>
       </c>
-      <c r="G14" s="6">
+      <c r="G14" s="5">
         <v>3297</v>
       </c>
-      <c r="H14" s="6">
+      <c r="H14" s="5">
         <v>3396</v>
       </c>
-      <c r="I14" s="6">
+      <c r="I14" s="5">
         <v>3495</v>
       </c>
-      <c r="J14" s="6">
+      <c r="J14" s="5">
         <v>3599</v>
       </c>
-      <c r="K14" s="6">
+      <c r="K14" s="5">
         <v>3703</v>
       </c>
-      <c r="L14" s="6">
+      <c r="L14" s="5">
         <v>3803</v>
       </c>
-      <c r="M14" s="6">
+      <c r="M14" s="5">
         <v>3894</v>
       </c>
-      <c r="N14" s="6">
+      <c r="N14" s="5">
         <v>3984</v>
       </c>
-      <c r="O14" s="6">
+      <c r="O14" s="5">
         <v>4075</v>
       </c>
-      <c r="P14" s="6">
+      <c r="P14" s="5">
         <v>4163</v>
       </c>
-      <c r="Q14" s="6">
+      <c r="Q14" s="5">
         <v>4248</v>
       </c>
-      <c r="R14" s="6">
+      <c r="R14" s="5">
         <v>4331</v>
       </c>
-      <c r="S14" s="6">
+      <c r="S14" s="5">
         <v>4414</v>
       </c>
-      <c r="T14" s="6">
+      <c r="T14" s="5">
         <v>4495</v>
       </c>
-      <c r="U14" s="6">
+      <c r="U14" s="5">
         <v>4575</v>
       </c>
-      <c r="V14" s="6">
+      <c r="V14" s="5">
         <v>4651</v>
       </c>
-      <c r="W14" s="6">
+      <c r="W14" s="5">
         <v>4726</v>
       </c>
-      <c r="X14" s="6">
+      <c r="X14" s="5">
         <v>4799</v>
       </c>
-      <c r="Y14" s="6">
+      <c r="Y14" s="5">
         <v>4868</v>
       </c>
     </row>
-    <row r="15" spans="1:25" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:25" ht="12" customHeight="1">
       <c r="A15" s="17" t="s">
-        <v>73</v>
-[...4 lines deleted...]
-      <c r="C15" s="6">
+        <v>20</v>
+      </c>
+      <c r="B15" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="C15" s="5">
         <v>913</v>
       </c>
-      <c r="D15" s="6">
+      <c r="D15" s="5">
         <v>945</v>
       </c>
-      <c r="E15" s="6">
+      <c r="E15" s="5">
         <v>978</v>
       </c>
-      <c r="F15" s="6">
+      <c r="F15" s="5">
         <v>1013</v>
       </c>
-      <c r="G15" s="6">
+      <c r="G15" s="5">
         <v>1047</v>
       </c>
-      <c r="H15" s="6">
+      <c r="H15" s="5">
         <v>1084</v>
       </c>
-      <c r="I15" s="6">
+      <c r="I15" s="5">
         <v>1120</v>
       </c>
-      <c r="J15" s="6">
+      <c r="J15" s="5">
         <v>1159</v>
       </c>
-      <c r="K15" s="6">
+      <c r="K15" s="5">
         <v>1197</v>
       </c>
-      <c r="L15" s="6">
+      <c r="L15" s="5">
         <v>1234</v>
       </c>
-      <c r="M15" s="6">
+      <c r="M15" s="5">
         <v>1261</v>
       </c>
-      <c r="N15" s="6">
+      <c r="N15" s="5">
         <v>1289</v>
       </c>
-      <c r="O15" s="6">
+      <c r="O15" s="5">
         <v>1315</v>
       </c>
-      <c r="P15" s="6">
+      <c r="P15" s="5">
         <v>1338</v>
       </c>
-      <c r="Q15" s="6">
+      <c r="Q15" s="5">
         <v>1361</v>
       </c>
-      <c r="R15" s="6">
+      <c r="R15" s="5">
         <v>1382</v>
       </c>
-      <c r="S15" s="6">
+      <c r="S15" s="5">
         <v>1402</v>
       </c>
-      <c r="T15" s="6">
+      <c r="T15" s="5">
         <v>1419</v>
       </c>
-      <c r="U15" s="6">
+      <c r="U15" s="5">
         <v>1436</v>
       </c>
-      <c r="V15" s="6">
+      <c r="V15" s="5">
         <v>1452</v>
       </c>
-      <c r="W15" s="6">
+      <c r="W15" s="5">
         <v>1468</v>
       </c>
-      <c r="X15" s="6">
+      <c r="X15" s="5">
         <v>1483</v>
       </c>
-      <c r="Y15" s="6">
+      <c r="Y15" s="5">
         <v>1497</v>
       </c>
     </row>
-    <row r="16" spans="1:25" ht="12" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C16" s="6">
+    <row r="16" spans="1:25" ht="12" customHeight="1">
+      <c r="A16" s="18"/>
+      <c r="B16" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="C16" s="5">
         <v>273</v>
       </c>
-      <c r="D16" s="6">
+      <c r="D16" s="5">
         <v>279</v>
       </c>
-      <c r="E16" s="6">
+      <c r="E16" s="5">
         <v>285</v>
       </c>
-      <c r="F16" s="6">
+      <c r="F16" s="5">
         <v>291</v>
       </c>
-      <c r="G16" s="6">
+      <c r="G16" s="5">
         <v>297</v>
       </c>
-      <c r="H16" s="6">
+      <c r="H16" s="5">
         <v>303</v>
       </c>
-      <c r="I16" s="6">
+      <c r="I16" s="5">
         <v>309</v>
       </c>
-      <c r="J16" s="6">
+      <c r="J16" s="5">
         <v>315</v>
       </c>
-      <c r="K16" s="6">
+      <c r="K16" s="5">
         <v>321</v>
       </c>
-      <c r="L16" s="6">
+      <c r="L16" s="5">
         <v>327</v>
       </c>
-      <c r="M16" s="6">
+      <c r="M16" s="5">
         <v>332</v>
       </c>
-      <c r="N16" s="6">
+      <c r="N16" s="5">
         <v>337</v>
       </c>
-      <c r="O16" s="6">
+      <c r="O16" s="5">
         <v>341</v>
       </c>
-      <c r="P16" s="6">
+      <c r="P16" s="5">
         <v>344</v>
       </c>
-      <c r="Q16" s="6">
+      <c r="Q16" s="5">
         <v>348</v>
       </c>
-      <c r="R16" s="6">
+      <c r="R16" s="5">
         <v>351</v>
       </c>
-      <c r="S16" s="6">
+      <c r="S16" s="5">
         <v>354</v>
       </c>
-      <c r="T16" s="6">
+      <c r="T16" s="5">
         <v>356</v>
       </c>
-      <c r="U16" s="6">
+      <c r="U16" s="5">
         <v>358</v>
       </c>
-      <c r="V16" s="6">
+      <c r="V16" s="5">
         <v>361</v>
       </c>
-      <c r="W16" s="6">
+      <c r="W16" s="5">
         <v>363</v>
       </c>
-      <c r="X16" s="6">
+      <c r="X16" s="5">
         <v>365</v>
       </c>
-      <c r="Y16" s="6">
+      <c r="Y16" s="5">
         <v>368</v>
       </c>
     </row>
-    <row r="17" spans="1:25" ht="24" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C17" s="6">
+    <row r="17" spans="1:25" ht="24" customHeight="1">
+      <c r="A17" s="18"/>
+      <c r="B17" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="C17" s="5">
         <v>30</v>
       </c>
-      <c r="D17" s="6">
+      <c r="D17" s="5">
         <v>31</v>
       </c>
-      <c r="E17" s="6">
+      <c r="E17" s="5">
         <v>31</v>
       </c>
-      <c r="F17" s="6">
+      <c r="F17" s="5">
         <v>31</v>
       </c>
-      <c r="G17" s="6">
+      <c r="G17" s="5">
         <v>32</v>
       </c>
-      <c r="H17" s="6">
+      <c r="H17" s="5">
         <v>32</v>
       </c>
-      <c r="I17" s="6">
+      <c r="I17" s="5">
         <v>33</v>
       </c>
-      <c r="J17" s="6">
+      <c r="J17" s="5">
         <v>33</v>
       </c>
-      <c r="K17" s="6">
+      <c r="K17" s="5">
         <v>34</v>
       </c>
-      <c r="L17" s="6">
+      <c r="L17" s="5">
         <v>34</v>
       </c>
-      <c r="M17" s="6">
+      <c r="M17" s="5">
         <v>34</v>
       </c>
-      <c r="N17" s="6">
+      <c r="N17" s="5">
         <v>35</v>
       </c>
-      <c r="O17" s="6">
+      <c r="O17" s="5">
         <v>35</v>
       </c>
-      <c r="P17" s="6">
+      <c r="P17" s="5">
         <v>36</v>
       </c>
-      <c r="Q17" s="6">
+      <c r="Q17" s="5">
         <v>36</v>
       </c>
-      <c r="R17" s="6">
+      <c r="R17" s="5">
         <v>36</v>
       </c>
-      <c r="S17" s="6">
+      <c r="S17" s="5">
         <v>36</v>
       </c>
-      <c r="T17" s="6">
+      <c r="T17" s="5">
         <v>37</v>
       </c>
-      <c r="U17" s="6">
+      <c r="U17" s="5">
         <v>37</v>
       </c>
-      <c r="V17" s="6">
+      <c r="V17" s="5">
         <v>37</v>
       </c>
-      <c r="W17" s="6">
+      <c r="W17" s="5">
         <v>37</v>
       </c>
-      <c r="X17" s="6">
+      <c r="X17" s="5">
         <v>37</v>
       </c>
-      <c r="Y17" s="6">
+      <c r="Y17" s="5">
         <v>37</v>
       </c>
     </row>
-    <row r="18" spans="1:25" ht="12" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C18" s="6">
+    <row r="18" spans="1:25" ht="12" customHeight="1">
+      <c r="A18" s="18"/>
+      <c r="B18" s="9" t="s">
+        <v>28</v>
+      </c>
+      <c r="C18" s="5">
         <v>267</v>
       </c>
-      <c r="D18" s="6">
+      <c r="D18" s="5">
         <v>273</v>
       </c>
-      <c r="E18" s="6">
+      <c r="E18" s="5">
         <v>279</v>
       </c>
-      <c r="F18" s="6">
+      <c r="F18" s="5">
         <v>285</v>
       </c>
-      <c r="G18" s="6">
+      <c r="G18" s="5">
         <v>291</v>
       </c>
-      <c r="H18" s="6">
+      <c r="H18" s="5">
         <v>298</v>
       </c>
-      <c r="I18" s="6">
+      <c r="I18" s="5">
         <v>305</v>
       </c>
-      <c r="J18" s="6">
+      <c r="J18" s="5">
         <v>312</v>
       </c>
-      <c r="K18" s="6">
+      <c r="K18" s="5">
         <v>318</v>
       </c>
-      <c r="L18" s="6">
+      <c r="L18" s="5">
         <v>324</v>
       </c>
-      <c r="M18" s="6">
+      <c r="M18" s="5">
         <v>330</v>
       </c>
-      <c r="N18" s="6">
+      <c r="N18" s="5">
         <v>336</v>
       </c>
-      <c r="O18" s="6">
+      <c r="O18" s="5">
         <v>341</v>
       </c>
-      <c r="P18" s="6">
+      <c r="P18" s="5">
         <v>346</v>
       </c>
-      <c r="Q18" s="6">
+      <c r="Q18" s="5">
         <v>350</v>
       </c>
-      <c r="R18" s="6">
+      <c r="R18" s="5">
         <v>354</v>
       </c>
-      <c r="S18" s="6">
+      <c r="S18" s="5">
         <v>357</v>
       </c>
-      <c r="T18" s="6">
+      <c r="T18" s="5">
         <v>360</v>
       </c>
-      <c r="U18" s="6">
+      <c r="U18" s="5">
         <v>363</v>
       </c>
-      <c r="V18" s="6">
+      <c r="V18" s="5">
         <v>365</v>
       </c>
-      <c r="W18" s="6">
+      <c r="W18" s="5">
         <v>368</v>
       </c>
-      <c r="X18" s="6">
+      <c r="X18" s="5">
         <v>370</v>
       </c>
-      <c r="Y18" s="6">
+      <c r="Y18" s="5">
         <v>372</v>
       </c>
     </row>
-    <row r="19" spans="1:25" ht="12" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C19" s="6">
+    <row r="19" spans="1:25" ht="12" customHeight="1">
+      <c r="A19" s="18"/>
+      <c r="B19" s="9" t="s">
+        <v>29</v>
+      </c>
+      <c r="C19" s="5">
         <v>177</v>
       </c>
-      <c r="D19" s="6">
+      <c r="D19" s="5">
         <v>181</v>
       </c>
-      <c r="E19" s="6">
+      <c r="E19" s="5">
         <v>186</v>
       </c>
-      <c r="F19" s="6">
+      <c r="F19" s="5">
         <v>190</v>
       </c>
-      <c r="G19" s="6">
+      <c r="G19" s="5">
         <v>194</v>
       </c>
-      <c r="H19" s="6">
+      <c r="H19" s="5">
         <v>199</v>
       </c>
-      <c r="I19" s="6">
+      <c r="I19" s="5">
         <v>203</v>
       </c>
-      <c r="J19" s="6">
+      <c r="J19" s="5">
         <v>207</v>
       </c>
-      <c r="K19" s="6">
+      <c r="K19" s="5">
         <v>212</v>
       </c>
-      <c r="L19" s="6">
+      <c r="L19" s="5">
         <v>215</v>
       </c>
-      <c r="M19" s="6">
+      <c r="M19" s="5">
         <v>219</v>
       </c>
-      <c r="N19" s="6">
+      <c r="N19" s="5">
         <v>222</v>
       </c>
-      <c r="O19" s="6">
+      <c r="O19" s="5">
         <v>225</v>
       </c>
-      <c r="P19" s="6">
+      <c r="P19" s="5">
         <v>228</v>
       </c>
-      <c r="Q19" s="6">
+      <c r="Q19" s="5">
         <v>230</v>
       </c>
-      <c r="R19" s="6">
+      <c r="R19" s="5">
         <v>232</v>
       </c>
-      <c r="S19" s="6">
+      <c r="S19" s="5">
         <v>234</v>
       </c>
-      <c r="T19" s="6">
+      <c r="T19" s="5">
         <v>235</v>
       </c>
-      <c r="U19" s="6">
+      <c r="U19" s="5">
         <v>237</v>
       </c>
-      <c r="V19" s="6">
+      <c r="V19" s="5">
         <v>238</v>
       </c>
-      <c r="W19" s="6">
+      <c r="W19" s="5">
         <v>240</v>
       </c>
-      <c r="X19" s="6">
+      <c r="X19" s="5">
         <v>241</v>
       </c>
-      <c r="Y19" s="6">
+      <c r="Y19" s="5">
         <v>243</v>
       </c>
     </row>
-    <row r="20" spans="1:25" ht="12" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C20" s="6">
+    <row r="20" spans="1:25" ht="12" customHeight="1">
+      <c r="A20" s="18"/>
+      <c r="B20" s="9" t="s">
+        <v>30</v>
+      </c>
+      <c r="C20" s="5">
         <v>114</v>
       </c>
-      <c r="D20" s="6">
+      <c r="D20" s="5">
         <v>117</v>
       </c>
-      <c r="E20" s="6">
+      <c r="E20" s="5">
         <v>120</v>
       </c>
-      <c r="F20" s="6">
+      <c r="F20" s="5">
         <v>123</v>
       </c>
-      <c r="G20" s="6">
+      <c r="G20" s="5">
         <v>126</v>
       </c>
-      <c r="H20" s="6">
+      <c r="H20" s="5">
         <v>129</v>
       </c>
-      <c r="I20" s="6">
+      <c r="I20" s="5">
         <v>133</v>
       </c>
-      <c r="J20" s="6">
+      <c r="J20" s="5">
         <v>136</v>
       </c>
-      <c r="K20" s="6">
+      <c r="K20" s="5">
         <v>139</v>
       </c>
-      <c r="L20" s="6">
+      <c r="L20" s="5">
         <v>142</v>
       </c>
-      <c r="M20" s="6">
+      <c r="M20" s="5">
         <v>145</v>
       </c>
-      <c r="N20" s="6">
+      <c r="N20" s="5">
         <v>148</v>
       </c>
-      <c r="O20" s="6">
+      <c r="O20" s="5">
         <v>150</v>
       </c>
-      <c r="P20" s="6">
+      <c r="P20" s="5">
         <v>153</v>
       </c>
-      <c r="Q20" s="6">
+      <c r="Q20" s="5">
         <v>155</v>
       </c>
-      <c r="R20" s="6">
+      <c r="R20" s="5">
         <v>157</v>
       </c>
-      <c r="S20" s="6">
+      <c r="S20" s="5">
         <v>159</v>
       </c>
-      <c r="T20" s="6">
+      <c r="T20" s="5">
         <v>160</v>
       </c>
-      <c r="U20" s="6">
+      <c r="U20" s="5">
         <v>162</v>
       </c>
-      <c r="V20" s="6">
+      <c r="V20" s="5">
         <v>163</v>
       </c>
-      <c r="W20" s="6">
+      <c r="W20" s="5">
         <v>165</v>
       </c>
-      <c r="X20" s="6">
+      <c r="X20" s="5">
         <v>166</v>
       </c>
-      <c r="Y20" s="6">
+      <c r="Y20" s="5">
         <v>167</v>
       </c>
     </row>
-    <row r="21" spans="1:25" ht="24" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C21" s="6">
+    <row r="21" spans="1:25" ht="24" customHeight="1">
+      <c r="A21" s="18"/>
+      <c r="B21" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="C21" s="5">
         <v>94</v>
       </c>
-      <c r="D21" s="6">
+      <c r="D21" s="5">
         <v>96</v>
       </c>
-      <c r="E21" s="6">
+      <c r="E21" s="5">
         <v>97</v>
       </c>
-      <c r="F21" s="6">
+      <c r="F21" s="5">
         <v>98</v>
       </c>
-      <c r="G21" s="6">
+      <c r="G21" s="5">
         <v>100</v>
       </c>
-      <c r="H21" s="6">
+      <c r="H21" s="5">
         <v>101</v>
       </c>
-      <c r="I21" s="6">
+      <c r="I21" s="5">
         <v>102</v>
       </c>
-      <c r="J21" s="6">
+      <c r="J21" s="5">
         <v>103</v>
       </c>
-      <c r="K21" s="6">
+      <c r="K21" s="5">
         <v>104</v>
       </c>
-      <c r="L21" s="6">
+      <c r="L21" s="5">
         <v>105</v>
       </c>
-      <c r="M21" s="6">
+      <c r="M21" s="5">
         <v>106</v>
       </c>
-      <c r="N21" s="6">
+      <c r="N21" s="5">
         <v>107</v>
       </c>
-      <c r="O21" s="6">
+      <c r="O21" s="5">
         <v>108</v>
       </c>
-      <c r="P21" s="6">
+      <c r="P21" s="5">
         <v>109</v>
       </c>
-      <c r="Q21" s="6">
+      <c r="Q21" s="5">
         <v>110</v>
       </c>
-      <c r="R21" s="6">
+      <c r="R21" s="5">
         <v>111</v>
       </c>
-      <c r="S21" s="6">
+      <c r="S21" s="5">
         <v>111</v>
       </c>
-      <c r="T21" s="6">
+      <c r="T21" s="5">
         <v>112</v>
       </c>
-      <c r="U21" s="6">
+      <c r="U21" s="5">
         <v>113</v>
       </c>
-      <c r="V21" s="6">
+      <c r="V21" s="5">
         <v>114</v>
       </c>
-      <c r="W21" s="6">
+      <c r="W21" s="5">
         <v>115</v>
       </c>
-      <c r="X21" s="6">
+      <c r="X21" s="5">
         <v>115</v>
       </c>
-      <c r="Y21" s="6">
+      <c r="Y21" s="5">
         <v>116</v>
       </c>
     </row>
-    <row r="22" spans="1:25" ht="24" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C22" s="6">
+    <row r="22" spans="1:25" ht="24" customHeight="1">
+      <c r="A22" s="18"/>
+      <c r="B22" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="C22" s="5">
         <v>1038</v>
       </c>
-      <c r="D22" s="6">
+      <c r="D22" s="5">
         <v>1080</v>
       </c>
-      <c r="E22" s="6">
+      <c r="E22" s="5">
         <v>1125</v>
       </c>
-      <c r="F22" s="6">
+      <c r="F22" s="5">
         <v>1175</v>
       </c>
-      <c r="G22" s="6">
+      <c r="G22" s="5">
         <v>1225</v>
       </c>
-      <c r="H22" s="6">
+      <c r="H22" s="5">
         <v>1271</v>
       </c>
-      <c r="I22" s="6">
+      <c r="I22" s="5">
         <v>1318</v>
       </c>
-      <c r="J22" s="6">
+      <c r="J22" s="5">
         <v>1368</v>
       </c>
-      <c r="K22" s="6">
+      <c r="K22" s="5">
         <v>1420</v>
       </c>
-      <c r="L22" s="6">
+      <c r="L22" s="5">
         <v>1471</v>
       </c>
-      <c r="M22" s="6">
+      <c r="M22" s="5">
         <v>1520</v>
       </c>
-      <c r="N22" s="6">
+      <c r="N22" s="5">
         <v>1567</v>
       </c>
-      <c r="O22" s="6">
+      <c r="O22" s="5">
         <v>1621</v>
       </c>
-      <c r="P22" s="6">
+      <c r="P22" s="5">
         <v>1676</v>
       </c>
-      <c r="Q22" s="6">
+      <c r="Q22" s="5">
         <v>1728</v>
       </c>
-      <c r="R22" s="6">
+      <c r="R22" s="5">
         <v>1782</v>
       </c>
-      <c r="S22" s="6">
+      <c r="S22" s="5">
         <v>1840</v>
       </c>
-      <c r="T22" s="6">
+      <c r="T22" s="5">
         <v>1898</v>
       </c>
-      <c r="U22" s="6">
+      <c r="U22" s="5">
         <v>1957</v>
       </c>
-      <c r="V22" s="6">
+      <c r="V22" s="5">
         <v>2013</v>
       </c>
-      <c r="W22" s="6">
+      <c r="W22" s="5">
         <v>2069</v>
       </c>
-      <c r="X22" s="6">
+      <c r="X22" s="5">
         <v>2123</v>
       </c>
-      <c r="Y22" s="6">
+      <c r="Y22" s="5">
         <v>2176</v>
       </c>
     </row>
-    <row r="23" spans="1:25" ht="12" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C23" s="6">
+    <row r="23" spans="1:25" ht="12" customHeight="1">
+      <c r="A23" s="18"/>
+      <c r="B23" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="C23" s="5">
         <v>6</v>
       </c>
-      <c r="D23" s="6">
+      <c r="D23" s="5">
         <v>6</v>
       </c>
-      <c r="E23" s="6">
+      <c r="E23" s="5">
         <v>6</v>
       </c>
-      <c r="F23" s="6">
+      <c r="F23" s="5">
         <v>7</v>
       </c>
-      <c r="G23" s="6">
+      <c r="G23" s="5">
         <v>7</v>
       </c>
-      <c r="H23" s="6">
+      <c r="H23" s="5">
         <v>7</v>
       </c>
-      <c r="I23" s="6">
+      <c r="I23" s="5">
         <v>7</v>
       </c>
-      <c r="J23" s="6">
+      <c r="J23" s="5">
         <v>7</v>
       </c>
-      <c r="K23" s="6">
+      <c r="K23" s="5">
         <v>7</v>
       </c>
-      <c r="L23" s="6">
+      <c r="L23" s="5">
         <v>7</v>
       </c>
-      <c r="M23" s="6">
+      <c r="M23" s="5">
         <v>8</v>
       </c>
-      <c r="N23" s="6">
+      <c r="N23" s="5">
         <v>8</v>
       </c>
-      <c r="O23" s="6">
+      <c r="O23" s="5">
         <v>8</v>
       </c>
-      <c r="P23" s="6">
+      <c r="P23" s="5">
         <v>8</v>
       </c>
-      <c r="Q23" s="6">
+      <c r="Q23" s="5">
         <v>9</v>
       </c>
-      <c r="R23" s="6">
+      <c r="R23" s="5">
         <v>9</v>
       </c>
-      <c r="S23" s="6">
+      <c r="S23" s="5">
         <v>9</v>
       </c>
-      <c r="T23" s="6">
+      <c r="T23" s="5">
         <v>9</v>
       </c>
-      <c r="U23" s="6">
+      <c r="U23" s="5">
         <v>9</v>
       </c>
-      <c r="V23" s="6">
+      <c r="V23" s="5">
         <v>9</v>
       </c>
-      <c r="W23" s="6">
+      <c r="W23" s="5">
         <v>9</v>
       </c>
-      <c r="X23" s="6">
+      <c r="X23" s="5">
         <v>10</v>
       </c>
-      <c r="Y23" s="6">
+      <c r="Y23" s="5">
         <v>10</v>
       </c>
     </row>
-    <row r="24" spans="1:25" ht="12" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C24" s="6">
+    <row r="24" spans="1:25" ht="12" customHeight="1">
+      <c r="A24" s="18"/>
+      <c r="B24" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="C24" s="5">
         <v>2912</v>
       </c>
-      <c r="D24" s="6">
+      <c r="D24" s="5">
         <v>3007</v>
       </c>
-      <c r="E24" s="6">
+      <c r="E24" s="5">
         <v>3106</v>
       </c>
-      <c r="F24" s="6">
+      <c r="F24" s="5">
         <v>3213</v>
       </c>
-      <c r="G24" s="6">
+      <c r="G24" s="5">
         <v>3318</v>
       </c>
-      <c r="H24" s="6">
+      <c r="H24" s="5">
         <v>3424</v>
       </c>
-      <c r="I24" s="6">
+      <c r="I24" s="5">
         <v>3529</v>
       </c>
-      <c r="J24" s="6">
+      <c r="J24" s="5">
         <v>3640</v>
       </c>
-      <c r="K24" s="6">
+      <c r="K24" s="5">
         <v>3752</v>
       </c>
-      <c r="L24" s="6">
+      <c r="L24" s="5">
         <v>3860</v>
       </c>
-      <c r="M24" s="6">
+      <c r="M24" s="5">
         <v>3955</v>
       </c>
-      <c r="N24" s="6">
+      <c r="N24" s="5">
         <v>4049</v>
       </c>
-      <c r="O24" s="6">
+      <c r="O24" s="5">
         <v>4145</v>
       </c>
-      <c r="P24" s="6">
+      <c r="P24" s="5">
         <v>4237</v>
       </c>
-      <c r="Q24" s="6">
+      <c r="Q24" s="5">
         <v>4327</v>
       </c>
-      <c r="R24" s="6">
+      <c r="R24" s="5">
         <v>4414</v>
       </c>
-      <c r="S24" s="6">
+      <c r="S24" s="5">
         <v>4501</v>
       </c>
-      <c r="T24" s="6">
+      <c r="T24" s="5">
         <v>4587</v>
       </c>
-      <c r="U24" s="6">
+      <c r="U24" s="5">
         <v>4672</v>
       </c>
-      <c r="V24" s="6">
+      <c r="V24" s="5">
         <v>4753</v>
       </c>
-      <c r="W24" s="6">
+      <c r="W24" s="5">
         <v>4833</v>
       </c>
-      <c r="X24" s="6">
+      <c r="X24" s="5">
         <v>4911</v>
       </c>
-      <c r="Y24" s="6">
+      <c r="Y24" s="5">
         <v>4986</v>
       </c>
     </row>
-    <row r="25" spans="1:25" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:25" ht="12" customHeight="1">
       <c r="A25" s="17" t="s">
-        <v>74</v>
-[...4 lines deleted...]
-      <c r="C25" s="6">
+        <v>21</v>
+      </c>
+      <c r="B25" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="C25" s="5">
         <v>913</v>
       </c>
-      <c r="D25" s="6">
+      <c r="D25" s="5">
         <v>936</v>
       </c>
-      <c r="E25" s="6">
+      <c r="E25" s="5">
         <v>960</v>
       </c>
-      <c r="F25" s="6">
+      <c r="F25" s="5">
         <v>985</v>
       </c>
-      <c r="G25" s="6">
+      <c r="G25" s="5">
         <v>1010</v>
       </c>
-      <c r="H25" s="6">
+      <c r="H25" s="5">
         <v>1036</v>
       </c>
-      <c r="I25" s="6">
+      <c r="I25" s="5">
         <v>1061</v>
       </c>
-      <c r="J25" s="6">
+      <c r="J25" s="5">
         <v>1088</v>
       </c>
-      <c r="K25" s="6">
+      <c r="K25" s="5">
         <v>1115</v>
       </c>
-      <c r="L25" s="6">
+      <c r="L25" s="5">
         <v>1139</v>
       </c>
-      <c r="M25" s="6">
+      <c r="M25" s="5">
         <v>1163</v>
       </c>
-      <c r="N25" s="6">
+      <c r="N25" s="5">
         <v>1187</v>
       </c>
-      <c r="O25" s="6">
+      <c r="O25" s="5">
         <v>1209</v>
       </c>
-      <c r="P25" s="6">
+      <c r="P25" s="5">
         <v>1229</v>
       </c>
-      <c r="Q25" s="6">
+      <c r="Q25" s="5">
         <v>1247</v>
       </c>
-      <c r="R25" s="6">
+      <c r="R25" s="5">
         <v>1264</v>
       </c>
-      <c r="S25" s="6">
+      <c r="S25" s="5">
         <v>1280</v>
       </c>
-      <c r="T25" s="6">
+      <c r="T25" s="5">
         <v>1293</v>
       </c>
-      <c r="U25" s="6">
+      <c r="U25" s="5">
         <v>1306</v>
       </c>
-      <c r="V25" s="6">
+      <c r="V25" s="5">
         <v>1318</v>
       </c>
-      <c r="W25" s="6">
+      <c r="W25" s="5">
         <v>1329</v>
       </c>
-      <c r="X25" s="6">
+      <c r="X25" s="5">
         <v>1339</v>
       </c>
-      <c r="Y25" s="6">
+      <c r="Y25" s="5">
         <v>1348</v>
       </c>
     </row>
-    <row r="26" spans="1:25" ht="12" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C26" s="6">
+    <row r="26" spans="1:25" ht="12" customHeight="1">
+      <c r="A26" s="18"/>
+      <c r="B26" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="C26" s="5">
         <v>273</v>
       </c>
-      <c r="D26" s="6">
+      <c r="D26" s="5">
         <v>278</v>
       </c>
-      <c r="E26" s="6">
+      <c r="E26" s="5">
         <v>283</v>
       </c>
-      <c r="F26" s="6">
+      <c r="F26" s="5">
         <v>288</v>
       </c>
-      <c r="G26" s="6">
+      <c r="G26" s="5">
         <v>293</v>
       </c>
-      <c r="H26" s="6">
+      <c r="H26" s="5">
         <v>298</v>
       </c>
-      <c r="I26" s="6">
+      <c r="I26" s="5">
         <v>303</v>
       </c>
-      <c r="J26" s="6">
+      <c r="J26" s="5">
         <v>308</v>
       </c>
-      <c r="K26" s="6">
+      <c r="K26" s="5">
         <v>313</v>
       </c>
-      <c r="L26" s="6">
+      <c r="L26" s="5">
         <v>317</v>
       </c>
-      <c r="M26" s="6">
+      <c r="M26" s="5">
         <v>321</v>
       </c>
-      <c r="N26" s="6">
+      <c r="N26" s="5">
         <v>325</v>
       </c>
-      <c r="O26" s="6">
+      <c r="O26" s="5">
         <v>328</v>
       </c>
-      <c r="P26" s="6">
+      <c r="P26" s="5">
         <v>330</v>
       </c>
-      <c r="Q26" s="6">
+      <c r="Q26" s="5">
         <v>332</v>
       </c>
-      <c r="R26" s="6">
+      <c r="R26" s="5">
         <v>334</v>
       </c>
-      <c r="S26" s="6">
+      <c r="S26" s="5">
         <v>335</v>
       </c>
-      <c r="T26" s="6">
+      <c r="T26" s="5">
         <v>335</v>
       </c>
-      <c r="U26" s="6">
+      <c r="U26" s="5">
         <v>336</v>
       </c>
-      <c r="V26" s="6">
+      <c r="V26" s="5">
         <v>337</v>
       </c>
-      <c r="W26" s="6">
+      <c r="W26" s="5">
         <v>338</v>
       </c>
-      <c r="X26" s="6">
+      <c r="X26" s="5">
         <v>338</v>
       </c>
-      <c r="Y26" s="6">
+      <c r="Y26" s="5">
         <v>339</v>
       </c>
     </row>
-    <row r="27" spans="1:25" ht="24" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C27" s="6">
+    <row r="27" spans="1:25" ht="24" customHeight="1">
+      <c r="A27" s="18"/>
+      <c r="B27" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="C27" s="5">
         <v>30</v>
       </c>
-      <c r="D27" s="6">
+      <c r="D27" s="5">
         <v>30</v>
       </c>
-      <c r="E27" s="6">
+      <c r="E27" s="5">
         <v>31</v>
       </c>
-      <c r="F27" s="6">
+      <c r="F27" s="5">
         <v>31</v>
       </c>
-      <c r="G27" s="6">
+      <c r="G27" s="5">
         <v>31</v>
       </c>
-      <c r="H27" s="6">
+      <c r="H27" s="5">
         <v>31</v>
       </c>
-      <c r="I27" s="6">
+      <c r="I27" s="5">
         <v>32</v>
       </c>
-      <c r="J27" s="6">
+      <c r="J27" s="5">
         <v>32</v>
       </c>
-      <c r="K27" s="6">
+      <c r="K27" s="5">
         <v>32</v>
       </c>
-      <c r="L27" s="6">
+      <c r="L27" s="5">
         <v>32</v>
       </c>
-      <c r="M27" s="6">
+      <c r="M27" s="5">
         <v>33</v>
       </c>
-      <c r="N27" s="6">
+      <c r="N27" s="5">
         <v>33</v>
       </c>
-      <c r="O27" s="6">
+      <c r="O27" s="5">
         <v>33</v>
       </c>
-      <c r="P27" s="6">
+      <c r="P27" s="5">
         <v>33</v>
       </c>
-      <c r="Q27" s="6">
+      <c r="Q27" s="5">
         <v>33</v>
       </c>
-      <c r="R27" s="6">
+      <c r="R27" s="5">
         <v>34</v>
       </c>
-      <c r="S27" s="6">
+      <c r="S27" s="5">
         <v>34</v>
       </c>
-      <c r="T27" s="6">
+      <c r="T27" s="5">
         <v>34</v>
       </c>
-      <c r="U27" s="6">
+      <c r="U27" s="5">
         <v>34</v>
       </c>
-      <c r="V27" s="6">
+      <c r="V27" s="5">
         <v>34</v>
       </c>
-      <c r="W27" s="6">
+      <c r="W27" s="5">
         <v>34</v>
       </c>
-      <c r="X27" s="6">
+      <c r="X27" s="5">
         <v>34</v>
       </c>
-      <c r="Y27" s="6">
+      <c r="Y27" s="5">
         <v>33</v>
       </c>
     </row>
-    <row r="28" spans="1:25" ht="12" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C28" s="6">
+    <row r="28" spans="1:25" ht="12" customHeight="1">
+      <c r="A28" s="18"/>
+      <c r="B28" s="9" t="s">
+        <v>28</v>
+      </c>
+      <c r="C28" s="5">
         <v>267</v>
       </c>
-      <c r="D28" s="6">
+      <c r="D28" s="5">
         <v>272</v>
       </c>
-      <c r="E28" s="6">
+      <c r="E28" s="5">
         <v>278</v>
       </c>
-      <c r="F28" s="6">
+      <c r="F28" s="5">
         <v>283</v>
       </c>
-      <c r="G28" s="6">
+      <c r="G28" s="5">
         <v>289</v>
       </c>
-      <c r="H28" s="6">
+      <c r="H28" s="5">
         <v>295</v>
       </c>
-      <c r="I28" s="6">
+      <c r="I28" s="5">
         <v>301</v>
       </c>
-      <c r="J28" s="6">
+      <c r="J28" s="5">
         <v>307</v>
       </c>
-      <c r="K28" s="6">
+      <c r="K28" s="5">
         <v>313</v>
       </c>
-      <c r="L28" s="6">
+      <c r="L28" s="5">
         <v>318</v>
       </c>
-      <c r="M28" s="6">
+      <c r="M28" s="5">
         <v>323</v>
       </c>
-      <c r="N28" s="6">
+      <c r="N28" s="5">
         <v>328</v>
       </c>
-      <c r="O28" s="6">
+      <c r="O28" s="5">
         <v>333</v>
       </c>
-      <c r="P28" s="6">
+      <c r="P28" s="5">
         <v>336</v>
       </c>
-      <c r="Q28" s="6">
+      <c r="Q28" s="5">
         <v>339</v>
       </c>
-      <c r="R28" s="6">
+      <c r="R28" s="5">
         <v>342</v>
       </c>
-      <c r="S28" s="6">
+      <c r="S28" s="5">
         <v>344</v>
       </c>
-      <c r="T28" s="6">
+      <c r="T28" s="5">
         <v>346</v>
       </c>
-      <c r="U28" s="6">
+      <c r="U28" s="5">
         <v>347</v>
       </c>
-      <c r="V28" s="6">
+      <c r="V28" s="5">
         <v>348</v>
       </c>
-      <c r="W28" s="6">
+      <c r="W28" s="5">
         <v>349</v>
       </c>
-      <c r="X28" s="6">
+      <c r="X28" s="5">
         <v>350</v>
       </c>
-      <c r="Y28" s="6">
+      <c r="Y28" s="5">
         <v>350</v>
       </c>
     </row>
-    <row r="29" spans="1:25" ht="12" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C29" s="6">
+    <row r="29" spans="1:25" ht="12" customHeight="1">
+      <c r="A29" s="18"/>
+      <c r="B29" s="9" t="s">
+        <v>29</v>
+      </c>
+      <c r="C29" s="5">
         <v>177</v>
       </c>
-      <c r="D29" s="6">
+      <c r="D29" s="5">
         <v>181</v>
       </c>
-      <c r="E29" s="6">
+      <c r="E29" s="5">
         <v>185</v>
       </c>
-      <c r="F29" s="6">
+      <c r="F29" s="5">
         <v>189</v>
       </c>
-      <c r="G29" s="6">
+      <c r="G29" s="5">
         <v>193</v>
       </c>
-      <c r="H29" s="6">
+      <c r="H29" s="5">
         <v>197</v>
       </c>
-      <c r="I29" s="6">
+      <c r="I29" s="5">
         <v>201</v>
       </c>
-      <c r="J29" s="6">
+      <c r="J29" s="5">
         <v>205</v>
       </c>
-      <c r="K29" s="6">
+      <c r="K29" s="5">
         <v>209</v>
       </c>
-      <c r="L29" s="6">
+      <c r="L29" s="5">
         <v>212</v>
       </c>
-      <c r="M29" s="6">
+      <c r="M29" s="5">
         <v>215</v>
       </c>
-      <c r="N29" s="6">
+      <c r="N29" s="5">
         <v>218</v>
       </c>
-      <c r="O29" s="6">
+      <c r="O29" s="5">
         <v>220</v>
       </c>
-      <c r="P29" s="6">
+      <c r="P29" s="5">
         <v>222</v>
       </c>
-      <c r="Q29" s="6">
+      <c r="Q29" s="5">
         <v>224</v>
       </c>
-      <c r="R29" s="6">
+      <c r="R29" s="5">
         <v>225</v>
       </c>
-      <c r="S29" s="6">
+      <c r="S29" s="5">
         <v>226</v>
       </c>
-      <c r="T29" s="6">
+      <c r="T29" s="5">
         <v>227</v>
       </c>
-      <c r="U29" s="6">
+      <c r="U29" s="5">
         <v>227</v>
       </c>
-      <c r="V29" s="6">
+      <c r="V29" s="5">
         <v>228</v>
       </c>
-      <c r="W29" s="6">
+      <c r="W29" s="5">
         <v>228</v>
       </c>
-      <c r="X29" s="6">
+      <c r="X29" s="5">
         <v>229</v>
       </c>
-      <c r="Y29" s="6">
+      <c r="Y29" s="5">
         <v>230</v>
       </c>
     </row>
-    <row r="30" spans="1:25" ht="12" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C30" s="6">
+    <row r="30" spans="1:25" ht="12" customHeight="1">
+      <c r="A30" s="18"/>
+      <c r="B30" s="9" t="s">
+        <v>30</v>
+      </c>
+      <c r="C30" s="5">
         <v>114</v>
       </c>
-      <c r="D30" s="6">
+      <c r="D30" s="5">
         <v>117</v>
       </c>
-      <c r="E30" s="6">
+      <c r="E30" s="5">
         <v>119</v>
       </c>
-      <c r="F30" s="6">
+      <c r="F30" s="5">
         <v>122</v>
       </c>
-      <c r="G30" s="6">
+      <c r="G30" s="5">
         <v>125</v>
       </c>
-      <c r="H30" s="6">
+      <c r="H30" s="5">
         <v>128</v>
       </c>
-      <c r="I30" s="6">
+      <c r="I30" s="5">
         <v>131</v>
       </c>
-      <c r="J30" s="6">
+      <c r="J30" s="5">
         <v>134</v>
       </c>
-      <c r="K30" s="6">
+      <c r="K30" s="5">
         <v>137</v>
       </c>
-      <c r="L30" s="6">
+      <c r="L30" s="5">
         <v>139</v>
       </c>
-      <c r="M30" s="6">
+      <c r="M30" s="5">
         <v>142</v>
       </c>
-      <c r="N30" s="6">
+      <c r="N30" s="5">
         <v>144</v>
       </c>
-      <c r="O30" s="6">
+      <c r="O30" s="5">
         <v>147</v>
       </c>
-      <c r="P30" s="6">
+      <c r="P30" s="5">
         <v>149</v>
       </c>
-      <c r="Q30" s="6">
+      <c r="Q30" s="5">
         <v>151</v>
       </c>
-      <c r="R30" s="6">
+      <c r="R30" s="5">
         <v>152</v>
       </c>
-      <c r="S30" s="6">
+      <c r="S30" s="5">
         <v>154</v>
       </c>
-      <c r="T30" s="6">
+      <c r="T30" s="5">
         <v>155</v>
       </c>
-      <c r="U30" s="6">
+      <c r="U30" s="5">
         <v>156</v>
       </c>
-      <c r="V30" s="6">
+      <c r="V30" s="5">
         <v>157</v>
       </c>
-      <c r="W30" s="6">
+      <c r="W30" s="5">
         <v>158</v>
       </c>
-      <c r="X30" s="6">
+      <c r="X30" s="5">
         <v>158</v>
       </c>
-      <c r="Y30" s="6">
+      <c r="Y30" s="5">
         <v>159</v>
       </c>
     </row>
-    <row r="31" spans="1:25" ht="24" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C31" s="6">
+    <row r="31" spans="1:25" ht="24" customHeight="1">
+      <c r="A31" s="18"/>
+      <c r="B31" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="C31" s="5">
         <v>94</v>
       </c>
-      <c r="D31" s="6">
+      <c r="D31" s="5">
         <v>95</v>
       </c>
-      <c r="E31" s="6">
+      <c r="E31" s="5">
         <v>96</v>
       </c>
-      <c r="F31" s="6">
+      <c r="F31" s="5">
         <v>97</v>
       </c>
-      <c r="G31" s="6">
+      <c r="G31" s="5">
         <v>97</v>
       </c>
-      <c r="H31" s="6">
+      <c r="H31" s="5">
         <v>98</v>
       </c>
-      <c r="I31" s="6">
+      <c r="I31" s="5">
         <v>98</v>
       </c>
-      <c r="J31" s="6">
+      <c r="J31" s="5">
         <v>99</v>
       </c>
-      <c r="K31" s="6">
+      <c r="K31" s="5">
         <v>99</v>
       </c>
-      <c r="L31" s="6">
+      <c r="L31" s="5">
         <v>100</v>
       </c>
-      <c r="M31" s="6">
+      <c r="M31" s="5">
         <v>100</v>
       </c>
-      <c r="N31" s="6">
+      <c r="N31" s="5">
         <v>100</v>
       </c>
-      <c r="O31" s="6">
+      <c r="O31" s="5">
         <v>101</v>
       </c>
-      <c r="P31" s="6">
+      <c r="P31" s="5">
         <v>101</v>
       </c>
-      <c r="Q31" s="6">
+      <c r="Q31" s="5">
         <v>101</v>
       </c>
-      <c r="R31" s="6">
+      <c r="R31" s="5">
         <v>101</v>
       </c>
-      <c r="S31" s="6">
+      <c r="S31" s="5">
         <v>102</v>
       </c>
-      <c r="T31" s="6">
+      <c r="T31" s="5">
         <v>102</v>
       </c>
-      <c r="U31" s="6">
+      <c r="U31" s="5">
         <v>102</v>
       </c>
-      <c r="V31" s="6">
+      <c r="V31" s="5">
         <v>102</v>
       </c>
-      <c r="W31" s="6">
+      <c r="W31" s="5">
         <v>102</v>
       </c>
-      <c r="X31" s="6">
+      <c r="X31" s="5">
         <v>102</v>
       </c>
-      <c r="Y31" s="6">
+      <c r="Y31" s="5">
         <v>102</v>
       </c>
     </row>
-    <row r="32" spans="1:25" ht="24" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C32" s="6">
+    <row r="32" spans="1:25" ht="24" customHeight="1">
+      <c r="A32" s="18"/>
+      <c r="B32" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="C32" s="5">
         <v>1038</v>
       </c>
-      <c r="D32" s="6">
+      <c r="D32" s="5">
         <v>1079</v>
       </c>
-      <c r="E32" s="6">
+      <c r="E32" s="5">
         <v>1122</v>
       </c>
-      <c r="F32" s="6">
+      <c r="F32" s="5">
         <v>1171</v>
       </c>
-      <c r="G32" s="6">
+      <c r="G32" s="5">
         <v>1220</v>
       </c>
-      <c r="H32" s="6">
+      <c r="H32" s="5">
         <v>1265</v>
       </c>
-      <c r="I32" s="6">
+      <c r="I32" s="5">
         <v>1311</v>
       </c>
-      <c r="J32" s="6">
+      <c r="J32" s="5">
         <v>1359</v>
       </c>
-      <c r="K32" s="6">
+      <c r="K32" s="5">
         <v>1409</v>
       </c>
-      <c r="L32" s="6">
+      <c r="L32" s="5">
         <v>1459</v>
       </c>
-      <c r="M32" s="6">
+      <c r="M32" s="5">
         <v>1506</v>
       </c>
-      <c r="N32" s="6">
+      <c r="N32" s="5">
         <v>1552</v>
       </c>
-      <c r="O32" s="6">
+      <c r="O32" s="5">
         <v>1605</v>
       </c>
-      <c r="P32" s="6">
+      <c r="P32" s="5">
         <v>1659</v>
       </c>
-      <c r="Q32" s="6">
+      <c r="Q32" s="5">
         <v>1711</v>
       </c>
-      <c r="R32" s="6">
+      <c r="R32" s="5">
         <v>1764</v>
       </c>
-      <c r="S32" s="6">
+      <c r="S32" s="5">
         <v>1820</v>
       </c>
-      <c r="T32" s="6">
+      <c r="T32" s="5">
         <v>1879</v>
       </c>
-      <c r="U32" s="6">
+      <c r="U32" s="5">
         <v>1937</v>
       </c>
-      <c r="V32" s="6">
+      <c r="V32" s="5">
         <v>1992</v>
       </c>
-      <c r="W32" s="6">
+      <c r="W32" s="5">
         <v>2048</v>
       </c>
-      <c r="X32" s="6">
+      <c r="X32" s="5">
         <v>2101</v>
       </c>
-      <c r="Y32" s="6">
+      <c r="Y32" s="5">
         <v>2153</v>
       </c>
     </row>
-    <row r="33" spans="1:25" ht="12" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C33" s="6">
+    <row r="33" spans="1:25" ht="12" customHeight="1">
+      <c r="A33" s="18"/>
+      <c r="B33" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="C33" s="5">
         <v>6</v>
       </c>
-      <c r="D33" s="6">
+      <c r="D33" s="5">
         <v>6</v>
       </c>
-      <c r="E33" s="6">
+      <c r="E33" s="5">
         <v>6</v>
       </c>
-      <c r="F33" s="6">
+      <c r="F33" s="5">
         <v>6</v>
       </c>
-      <c r="G33" s="6">
+      <c r="G33" s="5">
         <v>6</v>
       </c>
-      <c r="H33" s="6">
+      <c r="H33" s="5">
         <v>7</v>
       </c>
-      <c r="I33" s="6">
+      <c r="I33" s="5">
         <v>7</v>
       </c>
-      <c r="J33" s="6">
+      <c r="J33" s="5">
         <v>7</v>
       </c>
-      <c r="K33" s="6">
+      <c r="K33" s="5">
         <v>7</v>
       </c>
-      <c r="L33" s="6">
+      <c r="L33" s="5">
         <v>7</v>
       </c>
-      <c r="M33" s="6">
+      <c r="M33" s="5">
         <v>7</v>
       </c>
-      <c r="N33" s="6">
+      <c r="N33" s="5">
         <v>7</v>
       </c>
-      <c r="O33" s="6">
+      <c r="O33" s="5">
         <v>7</v>
       </c>
-      <c r="P33" s="6">
+      <c r="P33" s="5">
         <v>7</v>
       </c>
-      <c r="Q33" s="6">
+      <c r="Q33" s="5">
         <v>8</v>
       </c>
-      <c r="R33" s="6">
+      <c r="R33" s="5">
         <v>8</v>
       </c>
-      <c r="S33" s="6">
+      <c r="S33" s="5">
         <v>8</v>
       </c>
-      <c r="T33" s="6">
+      <c r="T33" s="5">
         <v>8</v>
       </c>
-      <c r="U33" s="6">
+      <c r="U33" s="5">
         <v>8</v>
       </c>
-      <c r="V33" s="6">
+      <c r="V33" s="5">
         <v>8</v>
       </c>
-      <c r="W33" s="6">
+      <c r="W33" s="5">
         <v>8</v>
       </c>
-      <c r="X33" s="6">
+      <c r="X33" s="5">
         <v>8</v>
       </c>
-      <c r="Y33" s="6">
+      <c r="Y33" s="5">
         <v>9</v>
       </c>
     </row>
-    <row r="34" spans="1:25" ht="12" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C34" s="6">
+    <row r="34" spans="1:25" ht="12" customHeight="1">
+      <c r="A34" s="18"/>
+      <c r="B34" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="C34" s="5">
         <v>2912</v>
       </c>
-      <c r="D34" s="6">
+      <c r="D34" s="5">
         <v>2995</v>
       </c>
-      <c r="E34" s="6">
+      <c r="E34" s="5">
         <v>3080</v>
       </c>
-      <c r="F34" s="6">
+      <c r="F34" s="5">
         <v>3172</v>
       </c>
-      <c r="G34" s="6">
+      <c r="G34" s="5">
         <v>3264</v>
       </c>
-      <c r="H34" s="6">
+      <c r="H34" s="5">
         <v>3354</v>
       </c>
-      <c r="I34" s="6">
+      <c r="I34" s="5">
         <v>3444</v>
       </c>
-      <c r="J34" s="6">
+      <c r="J34" s="5">
         <v>3539</v>
       </c>
-      <c r="K34" s="6">
+      <c r="K34" s="5">
         <v>3633</v>
       </c>
-      <c r="L34" s="6">
+      <c r="L34" s="5">
         <v>3723</v>
       </c>
-      <c r="M34" s="6">
+      <c r="M34" s="5">
         <v>3810</v>
       </c>
-      <c r="N34" s="6">
+      <c r="N34" s="5">
         <v>3895</v>
       </c>
-      <c r="O34" s="6">
+      <c r="O34" s="5">
         <v>3982</v>
       </c>
-      <c r="P34" s="6">
+      <c r="P34" s="5">
         <v>4066</v>
       </c>
-      <c r="Q34" s="6">
+      <c r="Q34" s="5">
         <v>4146</v>
       </c>
-      <c r="R34" s="6">
+      <c r="R34" s="5">
         <v>4224</v>
       </c>
-      <c r="S34" s="6">
+      <c r="S34" s="5">
         <v>4302</v>
       </c>
-      <c r="T34" s="6">
+      <c r="T34" s="5">
         <v>4378</v>
       </c>
-      <c r="U34" s="6">
+      <c r="U34" s="5">
         <v>4453</v>
       </c>
-      <c r="V34" s="6">
+      <c r="V34" s="5">
         <v>4524</v>
       </c>
-      <c r="W34" s="6">
+      <c r="W34" s="5">
         <v>4593</v>
       </c>
-      <c r="X34" s="6">
+      <c r="X34" s="5">
         <v>4660</v>
       </c>
-      <c r="Y34" s="6">
+      <c r="Y34" s="5">
         <v>4723</v>
       </c>
     </row>
-    <row r="36" spans="1:25" ht="11" customHeight="1" x14ac:dyDescent="0.25">
-[...30 lines deleted...]
-        <v>83</v>
+    <row r="36" spans="1:25" ht="11.1" customHeight="1">
+      <c r="A36" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="B36" s="13"/>
+      <c r="C36" s="13"/>
+      <c r="D36" s="13"/>
+      <c r="E36" s="13"/>
+      <c r="F36" s="13"/>
+      <c r="G36" s="13"/>
+      <c r="H36" s="13"/>
+      <c r="I36" s="13"/>
+      <c r="J36" s="13"/>
+      <c r="K36" s="13"/>
+      <c r="L36" s="13"/>
+      <c r="M36" s="13"/>
+      <c r="N36" s="13"/>
+      <c r="O36" s="13"/>
+      <c r="P36" s="13"/>
+      <c r="Q36" s="13"/>
+      <c r="R36" s="13"/>
+      <c r="S36" s="13"/>
+      <c r="T36" s="13"/>
+      <c r="U36" s="13"/>
+      <c r="V36" s="13"/>
+      <c r="W36" s="13"/>
+      <c r="X36" s="13"/>
+      <c r="Y36" s="13"/>
+    </row>
+    <row r="37" spans="1:25" ht="11.1" customHeight="1">
+      <c r="A37" s="7"/>
+      <c r="B37" s="7"/>
+      <c r="C37" s="7"/>
+      <c r="D37" s="7"/>
+      <c r="E37" s="7"/>
+      <c r="F37" s="7"/>
+      <c r="G37" s="7"/>
+      <c r="H37" s="7"/>
+      <c r="I37" s="7"/>
+      <c r="J37" s="7"/>
+      <c r="K37" s="7"/>
+      <c r="L37" s="7"/>
+      <c r="M37" s="7"/>
+      <c r="N37" s="7"/>
+      <c r="O37" s="7"/>
+      <c r="P37" s="7"/>
+      <c r="Q37" s="7"/>
+      <c r="R37" s="7"/>
+      <c r="S37" s="7"/>
+      <c r="T37" s="7"/>
+      <c r="U37" s="7"/>
+      <c r="V37" s="7"/>
+      <c r="W37" s="7"/>
+      <c r="X37" s="7"/>
+      <c r="Y37" s="11" t="s">
+        <v>23</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="7">
     <mergeCell ref="A1:Y1"/>
     <mergeCell ref="A2:Y2"/>
     <mergeCell ref="A36:Y36"/>
     <mergeCell ref="A4:B4"/>
     <mergeCell ref="A5:A14"/>
     <mergeCell ref="A15:A24"/>
     <mergeCell ref="A25:A34"/>
   </mergeCells>
   <pageMargins left="0.05" right="0.05" top="0.5" bottom="0.5" header="0" footer="0"/>
   <pageSetup paperSize="9" orientation="portrait"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1000-000000000000}">
   <dimension ref="A1:AA77"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="AA76" sqref="AA76"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="11" customHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="12" defaultRowHeight="11.1" customHeight="1"/>
   <cols>
-    <col min="1" max="4" width="23.77734375" bestFit="1" customWidth="1"/>
-    <col min="5" max="27" width="5.77734375" bestFit="1" customWidth="1"/>
+    <col min="1" max="4" width="23.83203125" bestFit="1" customWidth="1"/>
+    <col min="5" max="27" width="5.83203125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:27" ht="33" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="10" t="s">
+    <row r="1" spans="1:27" ht="33" customHeight="1">
+      <c r="A1" s="12" t="s">
+        <v>35</v>
+      </c>
+      <c r="B1" s="13"/>
+      <c r="C1" s="13"/>
+      <c r="D1" s="13"/>
+      <c r="E1" s="13"/>
+      <c r="F1" s="13"/>
+      <c r="G1" s="13"/>
+      <c r="H1" s="13"/>
+      <c r="I1" s="13"/>
+      <c r="J1" s="13"/>
+      <c r="K1" s="13"/>
+      <c r="L1" s="13"/>
+      <c r="M1" s="13"/>
+      <c r="N1" s="13"/>
+      <c r="O1" s="13"/>
+      <c r="P1" s="13"/>
+      <c r="Q1" s="13"/>
+      <c r="R1" s="13"/>
+      <c r="S1" s="13"/>
+      <c r="T1" s="13"/>
+      <c r="U1" s="13"/>
+      <c r="V1" s="13"/>
+      <c r="W1" s="13"/>
+      <c r="X1" s="13"/>
+      <c r="Y1" s="13"/>
+      <c r="Z1" s="13"/>
+      <c r="AA1" s="13"/>
+    </row>
+    <row r="2" spans="1:27" ht="14.1" customHeight="1">
+      <c r="A2" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="B2" s="13"/>
+      <c r="C2" s="13"/>
+      <c r="D2" s="13"/>
+      <c r="E2" s="13"/>
+      <c r="F2" s="13"/>
+      <c r="G2" s="13"/>
+      <c r="H2" s="13"/>
+      <c r="I2" s="13"/>
+      <c r="J2" s="13"/>
+      <c r="K2" s="13"/>
+      <c r="L2" s="13"/>
+      <c r="M2" s="13"/>
+      <c r="N2" s="13"/>
+      <c r="O2" s="13"/>
+      <c r="P2" s="13"/>
+      <c r="Q2" s="13"/>
+      <c r="R2" s="13"/>
+      <c r="S2" s="13"/>
+      <c r="T2" s="13"/>
+      <c r="U2" s="13"/>
+      <c r="V2" s="13"/>
+      <c r="W2" s="13"/>
+      <c r="X2" s="13"/>
+      <c r="Y2" s="13"/>
+      <c r="Z2" s="13"/>
+      <c r="AA2" s="13"/>
+    </row>
+    <row r="4" spans="1:27" ht="12" customHeight="1">
+      <c r="A4" s="16"/>
+      <c r="B4" s="16"/>
+      <c r="C4" s="16"/>
+      <c r="D4" s="16"/>
+      <c r="E4" s="4">
+        <v>2023</v>
+      </c>
+      <c r="F4" s="4">
+        <v>2024</v>
+      </c>
+      <c r="G4" s="4">
+        <v>2025</v>
+      </c>
+      <c r="H4" s="4">
+        <v>2026</v>
+      </c>
+      <c r="I4" s="4">
+        <v>2027</v>
+      </c>
+      <c r="J4" s="4">
+        <v>2028</v>
+      </c>
+      <c r="K4" s="4">
+        <v>2029</v>
+      </c>
+      <c r="L4" s="4">
+        <v>2030</v>
+      </c>
+      <c r="M4" s="4">
+        <v>2031</v>
+      </c>
+      <c r="N4" s="4">
+        <v>2032</v>
+      </c>
+      <c r="O4" s="4">
+        <v>2033</v>
+      </c>
+      <c r="P4" s="4">
+        <v>2034</v>
+      </c>
+      <c r="Q4" s="4">
+        <v>2035</v>
+      </c>
+      <c r="R4" s="4">
+        <v>2036</v>
+      </c>
+      <c r="S4" s="4">
+        <v>2037</v>
+      </c>
+      <c r="T4" s="4">
+        <v>2038</v>
+      </c>
+      <c r="U4" s="4">
+        <v>2039</v>
+      </c>
+      <c r="V4" s="4">
+        <v>2040</v>
+      </c>
+      <c r="W4" s="4">
+        <v>2041</v>
+      </c>
+      <c r="X4" s="4">
+        <v>2042</v>
+      </c>
+      <c r="Y4" s="4">
+        <v>2043</v>
+      </c>
+      <c r="Z4" s="4">
+        <v>2044</v>
+      </c>
+      <c r="AA4" s="4">
+        <v>2045</v>
+      </c>
+    </row>
+    <row r="5" spans="1:27" ht="24" customHeight="1">
+      <c r="A5" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="B5" s="19" t="s">
+        <v>25</v>
+      </c>
+      <c r="C5" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="D5" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="E5" s="5">
+        <v>876</v>
+      </c>
+      <c r="F5" s="5">
+        <v>904</v>
+      </c>
+      <c r="G5" s="5">
+        <v>933</v>
+      </c>
+      <c r="H5" s="5">
+        <v>963</v>
+      </c>
+      <c r="I5" s="5">
+        <v>994</v>
+      </c>
+      <c r="J5" s="5">
+        <v>1026</v>
+      </c>
+      <c r="K5" s="5">
+        <v>1057</v>
+      </c>
+      <c r="L5" s="5">
+        <v>1091</v>
+      </c>
+      <c r="M5" s="5">
+        <v>1124</v>
+      </c>
+      <c r="N5" s="5">
+        <v>1155</v>
+      </c>
+      <c r="O5" s="5">
+        <v>1180</v>
+      </c>
+      <c r="P5" s="5">
+        <v>1205</v>
+      </c>
+      <c r="Q5" s="5">
+        <v>1229</v>
+      </c>
+      <c r="R5" s="5">
+        <v>1249</v>
+      </c>
+      <c r="S5" s="5">
+        <v>1270</v>
+      </c>
+      <c r="T5" s="5">
+        <v>1289</v>
+      </c>
+      <c r="U5" s="5">
+        <v>1306</v>
+      </c>
+      <c r="V5" s="5">
+        <v>1321</v>
+      </c>
+      <c r="W5" s="5">
+        <v>1336</v>
+      </c>
+      <c r="X5" s="5">
+        <v>1349</v>
+      </c>
+      <c r="Y5" s="5">
+        <v>1363</v>
+      </c>
+      <c r="Z5" s="5">
+        <v>1376</v>
+      </c>
+      <c r="AA5" s="5">
+        <v>1387</v>
+      </c>
+    </row>
+    <row r="6" spans="1:27" ht="24" customHeight="1">
+      <c r="A6" s="18"/>
+      <c r="B6" s="18"/>
+      <c r="C6" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="D6" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="E6" s="5">
+        <v>24</v>
+      </c>
+      <c r="F6" s="5">
+        <v>24</v>
+      </c>
+      <c r="G6" s="5">
+        <v>25</v>
+      </c>
+      <c r="H6" s="5">
+        <v>25</v>
+      </c>
+      <c r="I6" s="5">
+        <v>26</v>
+      </c>
+      <c r="J6" s="5">
+        <v>26</v>
+      </c>
+      <c r="K6" s="5">
+        <v>27</v>
+      </c>
+      <c r="L6" s="5">
+        <v>27</v>
+      </c>
+      <c r="M6" s="5">
+        <v>28</v>
+      </c>
+      <c r="N6" s="5">
+        <v>28</v>
+      </c>
+      <c r="O6" s="5">
+        <v>29</v>
+      </c>
+      <c r="P6" s="5">
+        <v>29</v>
+      </c>
+      <c r="Q6" s="5">
+        <v>30</v>
+      </c>
+      <c r="R6" s="5">
+        <v>30</v>
+      </c>
+      <c r="S6" s="5">
+        <v>30</v>
+      </c>
+      <c r="T6" s="5">
+        <v>30</v>
+      </c>
+      <c r="U6" s="5">
+        <v>31</v>
+      </c>
+      <c r="V6" s="5">
+        <v>31</v>
+      </c>
+      <c r="W6" s="5">
+        <v>31</v>
+      </c>
+      <c r="X6" s="5">
+        <v>31</v>
+      </c>
+      <c r="Y6" s="5">
+        <v>31</v>
+      </c>
+      <c r="Z6" s="5">
+        <v>31</v>
+      </c>
+      <c r="AA6" s="5">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="7" spans="1:27" ht="24" customHeight="1">
+      <c r="A7" s="18"/>
+      <c r="B7" s="18"/>
+      <c r="C7" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="D7" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="E7" s="5">
+        <v>3</v>
+      </c>
+      <c r="F7" s="5">
+        <v>3</v>
+      </c>
+      <c r="G7" s="5">
+        <v>3</v>
+      </c>
+      <c r="H7" s="5">
+        <v>3</v>
+      </c>
+      <c r="I7" s="5">
+        <v>3</v>
+      </c>
+      <c r="J7" s="5">
+        <v>3</v>
+      </c>
+      <c r="K7" s="5">
+        <v>4</v>
+      </c>
+      <c r="L7" s="5">
+        <v>4</v>
+      </c>
+      <c r="M7" s="5">
+        <v>4</v>
+      </c>
+      <c r="N7" s="5">
+        <v>4</v>
+      </c>
+      <c r="O7" s="5">
+        <v>4</v>
+      </c>
+      <c r="P7" s="5">
+        <v>4</v>
+      </c>
+      <c r="Q7" s="5">
+        <v>4</v>
+      </c>
+      <c r="R7" s="5">
+        <v>4</v>
+      </c>
+      <c r="S7" s="5">
+        <v>4</v>
+      </c>
+      <c r="T7" s="5">
+        <v>4</v>
+      </c>
+      <c r="U7" s="5">
+        <v>4</v>
+      </c>
+      <c r="V7" s="5">
+        <v>4</v>
+      </c>
+      <c r="W7" s="5">
+        <v>4</v>
+      </c>
+      <c r="X7" s="5">
+        <v>4</v>
+      </c>
+      <c r="Y7" s="5">
+        <v>4</v>
+      </c>
+      <c r="Z7" s="5">
+        <v>4</v>
+      </c>
+      <c r="AA7" s="5">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="8" spans="1:27" ht="12" customHeight="1">
+      <c r="A8" s="18"/>
+      <c r="B8" s="18"/>
+      <c r="C8" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="D8" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="E8" s="5">
+        <v>10</v>
+      </c>
+      <c r="F8" s="5">
+        <v>10</v>
+      </c>
+      <c r="G8" s="5">
+        <v>10</v>
+      </c>
+      <c r="H8" s="5">
+        <v>10</v>
+      </c>
+      <c r="I8" s="5">
+        <v>11</v>
+      </c>
+      <c r="J8" s="5">
+        <v>11</v>
+      </c>
+      <c r="K8" s="5">
+        <v>11</v>
+      </c>
+      <c r="L8" s="5">
+        <v>11</v>
+      </c>
+      <c r="M8" s="5">
+        <v>11</v>
+      </c>
+      <c r="N8" s="5">
+        <v>12</v>
+      </c>
+      <c r="O8" s="5">
+        <v>12</v>
+      </c>
+      <c r="P8" s="5">
+        <v>12</v>
+      </c>
+      <c r="Q8" s="5">
+        <v>13</v>
+      </c>
+      <c r="R8" s="5">
+        <v>13</v>
+      </c>
+      <c r="S8" s="5">
+        <v>13</v>
+      </c>
+      <c r="T8" s="5">
+        <v>13</v>
+      </c>
+      <c r="U8" s="5">
+        <v>14</v>
+      </c>
+      <c r="V8" s="5">
+        <v>14</v>
+      </c>
+      <c r="W8" s="5">
+        <v>14</v>
+      </c>
+      <c r="X8" s="5">
+        <v>14</v>
+      </c>
+      <c r="Y8" s="5">
+        <v>14</v>
+      </c>
+      <c r="Z8" s="5">
+        <v>14</v>
+      </c>
+      <c r="AA8" s="5">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="9" spans="1:27" ht="12" customHeight="1">
+      <c r="A9" s="18"/>
+      <c r="B9" s="18"/>
+      <c r="C9" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="D9" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="E9" s="5">
+        <v>0</v>
+      </c>
+      <c r="F9" s="5">
+        <v>0</v>
+      </c>
+      <c r="G9" s="5">
+        <v>0</v>
+      </c>
+      <c r="H9" s="5">
+        <v>0</v>
+      </c>
+      <c r="I9" s="5">
+        <v>0</v>
+      </c>
+      <c r="J9" s="5">
+        <v>0</v>
+      </c>
+      <c r="K9" s="5">
+        <v>0</v>
+      </c>
+      <c r="L9" s="5">
+        <v>0</v>
+      </c>
+      <c r="M9" s="5">
+        <v>0</v>
+      </c>
+      <c r="N9" s="5">
+        <v>0</v>
+      </c>
+      <c r="O9" s="5">
+        <v>0</v>
+      </c>
+      <c r="P9" s="5">
+        <v>0</v>
+      </c>
+      <c r="Q9" s="5">
+        <v>0</v>
+      </c>
+      <c r="R9" s="5">
+        <v>1</v>
+      </c>
+      <c r="S9" s="5">
+        <v>1</v>
+      </c>
+      <c r="T9" s="5">
+        <v>1</v>
+      </c>
+      <c r="U9" s="5">
+        <v>1</v>
+      </c>
+      <c r="V9" s="5">
+        <v>1</v>
+      </c>
+      <c r="W9" s="5">
+        <v>1</v>
+      </c>
+      <c r="X9" s="5">
+        <v>1</v>
+      </c>
+      <c r="Y9" s="5">
+        <v>1</v>
+      </c>
+      <c r="Z9" s="5">
+        <v>1</v>
+      </c>
+      <c r="AA9" s="5">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="10" spans="1:27" ht="12" customHeight="1">
+      <c r="A10" s="18"/>
+      <c r="B10" s="19" t="s">
+        <v>26</v>
+      </c>
+      <c r="C10" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="D10" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="E10" s="5">
+        <v>199</v>
+      </c>
+      <c r="F10" s="5">
+        <v>203</v>
+      </c>
+      <c r="G10" s="5">
+        <v>208</v>
+      </c>
+      <c r="H10" s="5">
+        <v>212</v>
+      </c>
+      <c r="I10" s="5">
+        <v>216</v>
+      </c>
+      <c r="J10" s="5">
+        <v>221</v>
+      </c>
+      <c r="K10" s="5">
+        <v>225</v>
+      </c>
+      <c r="L10" s="5">
+        <v>229</v>
+      </c>
+      <c r="M10" s="5">
+        <v>234</v>
+      </c>
+      <c r="N10" s="5">
+        <v>237</v>
+      </c>
+      <c r="O10" s="5">
+        <v>241</v>
+      </c>
+      <c r="P10" s="5">
+        <v>244</v>
+      </c>
+      <c r="Q10" s="5">
+        <v>247</v>
+      </c>
+      <c r="R10" s="5">
+        <v>249</v>
+      </c>
+      <c r="S10" s="5">
+        <v>252</v>
+      </c>
+      <c r="T10" s="5">
+        <v>253</v>
+      </c>
+      <c r="U10" s="5">
+        <v>255</v>
+      </c>
+      <c r="V10" s="5">
+        <v>256</v>
+      </c>
+      <c r="W10" s="5">
+        <v>257</v>
+      </c>
+      <c r="X10" s="5">
+        <v>258</v>
+      </c>
+      <c r="Y10" s="5">
+        <v>259</v>
+      </c>
+      <c r="Z10" s="5">
+        <v>260</v>
+      </c>
+      <c r="AA10" s="5">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="11" spans="1:27" ht="48.95" customHeight="1">
+      <c r="A11" s="18"/>
+      <c r="B11" s="18"/>
+      <c r="C11" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="D11" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="E11" s="5">
+        <v>26</v>
+      </c>
+      <c r="F11" s="5">
+        <v>27</v>
+      </c>
+      <c r="G11" s="5">
+        <v>27</v>
+      </c>
+      <c r="H11" s="5">
+        <v>27</v>
+      </c>
+      <c r="I11" s="5">
+        <v>28</v>
+      </c>
+      <c r="J11" s="5">
+        <v>28</v>
+      </c>
+      <c r="K11" s="5">
+        <v>29</v>
+      </c>
+      <c r="L11" s="5">
+        <v>29</v>
+      </c>
+      <c r="M11" s="5">
+        <v>30</v>
+      </c>
+      <c r="N11" s="5">
+        <v>30</v>
+      </c>
+      <c r="O11" s="5">
+        <v>30</v>
+      </c>
+      <c r="P11" s="5">
+        <v>31</v>
+      </c>
+      <c r="Q11" s="5">
+        <v>31</v>
+      </c>
+      <c r="R11" s="5">
+        <v>31</v>
+      </c>
+      <c r="S11" s="5">
+        <v>31</v>
+      </c>
+      <c r="T11" s="5">
+        <v>31</v>
+      </c>
+      <c r="U11" s="5">
+        <v>31</v>
+      </c>
+      <c r="V11" s="5">
+        <v>31</v>
+      </c>
+      <c r="W11" s="5">
+        <v>31</v>
+      </c>
+      <c r="X11" s="5">
+        <v>32</v>
+      </c>
+      <c r="Y11" s="5">
+        <v>32</v>
+      </c>
+      <c r="Z11" s="5">
+        <v>32</v>
+      </c>
+      <c r="AA11" s="5">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="12" spans="1:27" ht="24" customHeight="1">
+      <c r="A12" s="18"/>
+      <c r="B12" s="18"/>
+      <c r="C12" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="D12" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="E12" s="5">
+        <v>22</v>
+      </c>
+      <c r="F12" s="5">
+        <v>22</v>
+      </c>
+      <c r="G12" s="5">
+        <v>23</v>
+      </c>
+      <c r="H12" s="5">
+        <v>23</v>
+      </c>
+      <c r="I12" s="5">
+        <v>23</v>
+      </c>
+      <c r="J12" s="5">
+        <v>23</v>
+      </c>
+      <c r="K12" s="5">
+        <v>23</v>
+      </c>
+      <c r="L12" s="5">
+        <v>23</v>
+      </c>
+      <c r="M12" s="5">
+        <v>23</v>
+      </c>
+      <c r="N12" s="5">
+        <v>23</v>
+      </c>
+      <c r="O12" s="5">
+        <v>23</v>
+      </c>
+      <c r="P12" s="5">
+        <v>24</v>
+      </c>
+      <c r="Q12" s="5">
+        <v>24</v>
+      </c>
+      <c r="R12" s="5">
+        <v>24</v>
+      </c>
+      <c r="S12" s="5">
+        <v>24</v>
+      </c>
+      <c r="T12" s="5">
+        <v>24</v>
+      </c>
+      <c r="U12" s="5">
+        <v>24</v>
+      </c>
+      <c r="V12" s="5">
+        <v>24</v>
+      </c>
+      <c r="W12" s="5">
+        <v>24</v>
+      </c>
+      <c r="X12" s="5">
+        <v>25</v>
+      </c>
+      <c r="Y12" s="5">
+        <v>25</v>
+      </c>
+      <c r="Z12" s="5">
+        <v>25</v>
+      </c>
+      <c r="AA12" s="5">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="13" spans="1:27" ht="24" customHeight="1">
+      <c r="A13" s="18"/>
+      <c r="B13" s="18"/>
+      <c r="C13" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="D13" s="10" t="s">
+        <v>53</v>
+      </c>
+      <c r="E13" s="5">
+        <v>24</v>
+      </c>
+      <c r="F13" s="5">
+        <v>24</v>
+      </c>
+      <c r="G13" s="5">
+        <v>25</v>
+      </c>
+      <c r="H13" s="5">
+        <v>25</v>
+      </c>
+      <c r="I13" s="5">
+        <v>26</v>
+      </c>
+      <c r="J13" s="5">
+        <v>26</v>
+      </c>
+      <c r="K13" s="5">
+        <v>27</v>
+      </c>
+      <c r="L13" s="5">
+        <v>27</v>
+      </c>
+      <c r="M13" s="5">
+        <v>28</v>
+      </c>
+      <c r="N13" s="5">
+        <v>28</v>
+      </c>
+      <c r="O13" s="5">
+        <v>28</v>
+      </c>
+      <c r="P13" s="5">
+        <v>29</v>
+      </c>
+      <c r="Q13" s="5">
+        <v>29</v>
+      </c>
+      <c r="R13" s="5">
+        <v>30</v>
+      </c>
+      <c r="S13" s="5">
+        <v>30</v>
+      </c>
+      <c r="T13" s="5">
+        <v>30</v>
+      </c>
+      <c r="U13" s="5">
+        <v>30</v>
+      </c>
+      <c r="V13" s="5">
+        <v>30</v>
+      </c>
+      <c r="W13" s="5">
+        <v>31</v>
+      </c>
+      <c r="X13" s="5">
+        <v>31</v>
+      </c>
+      <c r="Y13" s="5">
+        <v>31</v>
+      </c>
+      <c r="Z13" s="5">
+        <v>31</v>
+      </c>
+      <c r="AA13" s="5">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="14" spans="1:27" ht="24" customHeight="1">
+      <c r="A14" s="18"/>
+      <c r="B14" s="18"/>
+      <c r="C14" s="10" t="s">
+        <v>54</v>
+      </c>
+      <c r="D14" s="10" t="s">
+        <v>55</v>
+      </c>
+      <c r="E14" s="5">
+        <v>2</v>
+      </c>
+      <c r="F14" s="5">
+        <v>2</v>
+      </c>
+      <c r="G14" s="5">
+        <v>2</v>
+      </c>
+      <c r="H14" s="5">
+        <v>2</v>
+      </c>
+      <c r="I14" s="5">
+        <v>3</v>
+      </c>
+      <c r="J14" s="5">
+        <v>3</v>
+      </c>
+      <c r="K14" s="5">
+        <v>3</v>
+      </c>
+      <c r="L14" s="5">
+        <v>3</v>
+      </c>
+      <c r="M14" s="5">
+        <v>3</v>
+      </c>
+      <c r="N14" s="5">
+        <v>3</v>
+      </c>
+      <c r="O14" s="5">
+        <v>3</v>
+      </c>
+      <c r="P14" s="5">
+        <v>3</v>
+      </c>
+      <c r="Q14" s="5">
+        <v>3</v>
+      </c>
+      <c r="R14" s="5">
+        <v>3</v>
+      </c>
+      <c r="S14" s="5">
+        <v>4</v>
+      </c>
+      <c r="T14" s="5">
+        <v>4</v>
+      </c>
+      <c r="U14" s="5">
+        <v>4</v>
+      </c>
+      <c r="V14" s="5">
+        <v>4</v>
+      </c>
+      <c r="W14" s="5">
+        <v>4</v>
+      </c>
+      <c r="X14" s="5">
+        <v>4</v>
+      </c>
+      <c r="Y14" s="5">
+        <v>4</v>
+      </c>
+      <c r="Z14" s="5">
+        <v>4</v>
+      </c>
+      <c r="AA14" s="5">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="15" spans="1:27" ht="36" customHeight="1">
+      <c r="A15" s="18"/>
+      <c r="B15" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="C15" s="10" t="s">
+        <v>56</v>
+      </c>
+      <c r="D15" s="10" t="s">
+        <v>57</v>
+      </c>
+      <c r="E15" s="5">
+        <v>30</v>
+      </c>
+      <c r="F15" s="5">
+        <v>30</v>
+      </c>
+      <c r="G15" s="5">
+        <v>31</v>
+      </c>
+      <c r="H15" s="5">
+        <v>31</v>
+      </c>
+      <c r="I15" s="5">
+        <v>32</v>
+      </c>
+      <c r="J15" s="5">
+        <v>32</v>
+      </c>
+      <c r="K15" s="5">
+        <v>32</v>
+      </c>
+      <c r="L15" s="5">
+        <v>33</v>
+      </c>
+      <c r="M15" s="5">
+        <v>33</v>
+      </c>
+      <c r="N15" s="5">
+        <v>33</v>
+      </c>
+      <c r="O15" s="5">
+        <v>34</v>
+      </c>
+      <c r="P15" s="5">
+        <v>34</v>
+      </c>
+      <c r="Q15" s="5">
+        <v>34</v>
+      </c>
+      <c r="R15" s="5">
+        <v>34</v>
+      </c>
+      <c r="S15" s="5">
+        <v>35</v>
+      </c>
+      <c r="T15" s="5">
+        <v>35</v>
+      </c>
+      <c r="U15" s="5">
+        <v>35</v>
+      </c>
+      <c r="V15" s="5">
+        <v>35</v>
+      </c>
+      <c r="W15" s="5">
+        <v>35</v>
+      </c>
+      <c r="X15" s="5">
+        <v>35</v>
+      </c>
+      <c r="Y15" s="5">
+        <v>35</v>
+      </c>
+      <c r="Z15" s="5">
+        <v>35</v>
+      </c>
+      <c r="AA15" s="5">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="16" spans="1:27" ht="24" customHeight="1">
+      <c r="A16" s="18"/>
+      <c r="B16" s="19" t="s">
+        <v>28</v>
+      </c>
+      <c r="C16" s="10" t="s">
+        <v>58</v>
+      </c>
+      <c r="D16" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="E16" s="5">
+        <v>265</v>
+      </c>
+      <c r="F16" s="5">
+        <v>271</v>
+      </c>
+      <c r="G16" s="5">
+        <v>276</v>
+      </c>
+      <c r="H16" s="5">
+        <v>282</v>
+      </c>
+      <c r="I16" s="5">
+        <v>288</v>
+      </c>
+      <c r="J16" s="5">
+        <v>294</v>
+      </c>
+      <c r="K16" s="5">
+        <v>300</v>
+      </c>
+      <c r="L16" s="5">
+        <v>307</v>
+      </c>
+      <c r="M16" s="5">
+        <v>313</v>
+      </c>
+      <c r="N16" s="5">
+        <v>319</v>
+      </c>
+      <c r="O16" s="5">
+        <v>324</v>
+      </c>
+      <c r="P16" s="5">
+        <v>330</v>
+      </c>
+      <c r="Q16" s="5">
+        <v>335</v>
+      </c>
+      <c r="R16" s="5">
+        <v>339</v>
+      </c>
+      <c r="S16" s="5">
+        <v>342</v>
+      </c>
+      <c r="T16" s="5">
+        <v>346</v>
+      </c>
+      <c r="U16" s="5">
+        <v>348</v>
+      </c>
+      <c r="V16" s="5">
+        <v>351</v>
+      </c>
+      <c r="W16" s="5">
+        <v>353</v>
+      </c>
+      <c r="X16" s="5">
+        <v>354</v>
+      </c>
+      <c r="Y16" s="5">
+        <v>356</v>
+      </c>
+      <c r="Z16" s="5">
+        <v>358</v>
+      </c>
+      <c r="AA16" s="5">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="17" spans="1:27" ht="48.95" customHeight="1">
+      <c r="A17" s="18"/>
+      <c r="B17" s="18"/>
+      <c r="C17" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="D17" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="E17" s="5">
+        <v>2</v>
+      </c>
+      <c r="F17" s="5">
+        <v>2</v>
+      </c>
+      <c r="G17" s="5">
+        <v>2</v>
+      </c>
+      <c r="H17" s="5">
+        <v>2</v>
+      </c>
+      <c r="I17" s="5">
+        <v>2</v>
+      </c>
+      <c r="J17" s="5">
+        <v>2</v>
+      </c>
+      <c r="K17" s="5">
+        <v>2</v>
+      </c>
+      <c r="L17" s="5">
+        <v>2</v>
+      </c>
+      <c r="M17" s="5">
+        <v>2</v>
+      </c>
+      <c r="N17" s="5">
+        <v>2</v>
+      </c>
+      <c r="O17" s="5">
+        <v>2</v>
+      </c>
+      <c r="P17" s="5">
+        <v>2</v>
+      </c>
+      <c r="Q17" s="5">
+        <v>2</v>
+      </c>
+      <c r="R17" s="5">
+        <v>2</v>
+      </c>
+      <c r="S17" s="5">
+        <v>2</v>
+      </c>
+      <c r="T17" s="5">
+        <v>2</v>
+      </c>
+      <c r="U17" s="5">
+        <v>2</v>
+      </c>
+      <c r="V17" s="5">
+        <v>2</v>
+      </c>
+      <c r="W17" s="5">
+        <v>2</v>
+      </c>
+      <c r="X17" s="5">
+        <v>2</v>
+      </c>
+      <c r="Y17" s="5">
+        <v>2</v>
+      </c>
+      <c r="Z17" s="5">
+        <v>2</v>
+      </c>
+      <c r="AA17" s="5">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="18" spans="1:27" ht="12" customHeight="1">
+      <c r="A18" s="18"/>
+      <c r="B18" s="19" t="s">
+        <v>29</v>
+      </c>
+      <c r="C18" s="10" t="s">
+        <v>62</v>
+      </c>
+      <c r="D18" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="E18" s="5">
+        <v>167</v>
+      </c>
+      <c r="F18" s="5">
+        <v>171</v>
+      </c>
+      <c r="G18" s="5">
+        <v>175</v>
+      </c>
+      <c r="H18" s="5">
+        <v>179</v>
+      </c>
+      <c r="I18" s="5">
+        <v>182</v>
+      </c>
+      <c r="J18" s="5">
+        <v>187</v>
+      </c>
+      <c r="K18" s="5">
+        <v>191</v>
+      </c>
+      <c r="L18" s="5">
+        <v>195</v>
+      </c>
+      <c r="M18" s="5">
+        <v>198</v>
+      </c>
+      <c r="N18" s="5">
+        <v>202</v>
+      </c>
+      <c r="O18" s="5">
+        <v>205</v>
+      </c>
+      <c r="P18" s="5">
+        <v>208</v>
+      </c>
+      <c r="Q18" s="5">
+        <v>211</v>
+      </c>
+      <c r="R18" s="5">
+        <v>213</v>
+      </c>
+      <c r="S18" s="5">
+        <v>215</v>
+      </c>
+      <c r="T18" s="5">
+        <v>217</v>
+      </c>
+      <c r="U18" s="5">
+        <v>218</v>
+      </c>
+      <c r="V18" s="5">
+        <v>219</v>
+      </c>
+      <c r="W18" s="5">
+        <v>220</v>
+      </c>
+      <c r="X18" s="5">
+        <v>221</v>
+      </c>
+      <c r="Y18" s="5">
+        <v>222</v>
+      </c>
+      <c r="Z18" s="5">
+        <v>223</v>
+      </c>
+      <c r="AA18" s="5">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="19" spans="1:27" ht="48.95" customHeight="1">
+      <c r="A19" s="18"/>
+      <c r="B19" s="18"/>
+      <c r="C19" s="10" t="s">
+        <v>64</v>
+      </c>
+      <c r="D19" s="10" t="s">
+        <v>65</v>
+      </c>
+      <c r="E19" s="5">
+        <v>10</v>
+      </c>
+      <c r="F19" s="5">
+        <v>10</v>
+      </c>
+      <c r="G19" s="5">
+        <v>10</v>
+      </c>
+      <c r="H19" s="5">
+        <v>11</v>
+      </c>
+      <c r="I19" s="5">
+        <v>11</v>
+      </c>
+      <c r="J19" s="5">
+        <v>11</v>
+      </c>
+      <c r="K19" s="5">
+        <v>11</v>
+      </c>
+      <c r="L19" s="5">
+        <v>12</v>
+      </c>
+      <c r="M19" s="5">
+        <v>12</v>
+      </c>
+      <c r="N19" s="5">
+        <v>12</v>
+      </c>
+      <c r="O19" s="5">
+        <v>12</v>
+      </c>
+      <c r="P19" s="5">
+        <v>12</v>
+      </c>
+      <c r="Q19" s="5">
+        <v>12</v>
+      </c>
+      <c r="R19" s="5">
+        <v>12</v>
+      </c>
+      <c r="S19" s="5">
+        <v>12</v>
+      </c>
+      <c r="T19" s="5">
+        <v>12</v>
+      </c>
+      <c r="U19" s="5">
+        <v>12</v>
+      </c>
+      <c r="V19" s="5">
+        <v>12</v>
+      </c>
+      <c r="W19" s="5">
+        <v>12</v>
+      </c>
+      <c r="X19" s="5">
+        <v>12</v>
+      </c>
+      <c r="Y19" s="5">
+        <v>12</v>
+      </c>
+      <c r="Z19" s="5">
+        <v>12</v>
+      </c>
+      <c r="AA19" s="5">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="20" spans="1:27" ht="12" customHeight="1">
+      <c r="A20" s="18"/>
+      <c r="B20" s="19" t="s">
+        <v>30</v>
+      </c>
+      <c r="C20" s="10" t="s">
+        <v>66</v>
+      </c>
+      <c r="D20" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="E20" s="5">
+        <v>76</v>
+      </c>
+      <c r="F20" s="5">
         <v>78</v>
       </c>
-      <c r="B1" s="11"/>
-[...133 lines deleted...]
-      <c r="A5" s="17" t="s">
+      <c r="G20" s="5">
+        <v>80</v>
+      </c>
+      <c r="H20" s="5">
+        <v>82</v>
+      </c>
+      <c r="I20" s="5">
+        <v>84</v>
+      </c>
+      <c r="J20" s="5">
+        <v>86</v>
+      </c>
+      <c r="K20" s="5">
+        <v>89</v>
+      </c>
+      <c r="L20" s="5">
+        <v>91</v>
+      </c>
+      <c r="M20" s="5">
+        <v>93</v>
+      </c>
+      <c r="N20" s="5">
+        <v>95</v>
+      </c>
+      <c r="O20" s="5">
+        <v>98</v>
+      </c>
+      <c r="P20" s="5">
+        <v>100</v>
+      </c>
+      <c r="Q20" s="5">
+        <v>102</v>
+      </c>
+      <c r="R20" s="5">
+        <v>103</v>
+      </c>
+      <c r="S20" s="5">
+        <v>105</v>
+      </c>
+      <c r="T20" s="5">
+        <v>106</v>
+      </c>
+      <c r="U20" s="5">
+        <v>107</v>
+      </c>
+      <c r="V20" s="5">
+        <v>108</v>
+      </c>
+      <c r="W20" s="5">
+        <v>108</v>
+      </c>
+      <c r="X20" s="5">
+        <v>109</v>
+      </c>
+      <c r="Y20" s="5">
+        <v>110</v>
+      </c>
+      <c r="Z20" s="5">
+        <v>110</v>
+      </c>
+      <c r="AA20" s="5">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="21" spans="1:27" ht="12" customHeight="1">
+      <c r="A21" s="18"/>
+      <c r="B21" s="18"/>
+      <c r="C21" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D21" s="6" t="s">
+        <v>69</v>
+      </c>
+      <c r="E21" s="5">
+        <v>38</v>
+      </c>
+      <c r="F21" s="5">
+        <v>39</v>
+      </c>
+      <c r="G21" s="5">
+        <v>40</v>
+      </c>
+      <c r="H21" s="5">
+        <v>41</v>
+      </c>
+      <c r="I21" s="5">
+        <v>41</v>
+      </c>
+      <c r="J21" s="5">
+        <v>42</v>
+      </c>
+      <c r="K21" s="5">
+        <v>43</v>
+      </c>
+      <c r="L21" s="5">
+        <v>44</v>
+      </c>
+      <c r="M21" s="5">
+        <v>44</v>
+      </c>
+      <c r="N21" s="5">
+        <v>45</v>
+      </c>
+      <c r="O21" s="5">
+        <v>46</v>
+      </c>
+      <c r="P21" s="5">
+        <v>46</v>
+      </c>
+      <c r="Q21" s="5">
+        <v>47</v>
+      </c>
+      <c r="R21" s="5">
+        <v>47</v>
+      </c>
+      <c r="S21" s="5">
+        <v>48</v>
+      </c>
+      <c r="T21" s="5">
+        <v>49</v>
+      </c>
+      <c r="U21" s="5">
+        <v>49</v>
+      </c>
+      <c r="V21" s="5">
+        <v>50</v>
+      </c>
+      <c r="W21" s="5">
+        <v>50</v>
+      </c>
+      <c r="X21" s="5">
+        <v>51</v>
+      </c>
+      <c r="Y21" s="5">
+        <v>51</v>
+      </c>
+      <c r="Z21" s="5">
+        <v>52</v>
+      </c>
+      <c r="AA21" s="5">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="22" spans="1:27" ht="24" customHeight="1">
+      <c r="A22" s="18"/>
+      <c r="B22" s="17" t="s">
+        <v>31</v>
+      </c>
+      <c r="C22" s="10" t="s">
+        <v>70</v>
+      </c>
+      <c r="D22" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="E22" s="5">
+        <v>73</v>
+      </c>
+      <c r="F22" s="5">
+        <v>74</v>
+      </c>
+      <c r="G22" s="5">
+        <v>75</v>
+      </c>
+      <c r="H22" s="5">
+        <v>76</v>
+      </c>
+      <c r="I22" s="5">
+        <v>76</v>
+      </c>
+      <c r="J22" s="5">
+        <v>77</v>
+      </c>
+      <c r="K22" s="5">
+        <v>78</v>
+      </c>
+      <c r="L22" s="5">
+        <v>78</v>
+      </c>
+      <c r="M22" s="5">
+        <v>79</v>
+      </c>
+      <c r="N22" s="5">
+        <v>80</v>
+      </c>
+      <c r="O22" s="5">
+        <v>80</v>
+      </c>
+      <c r="P22" s="5">
+        <v>81</v>
+      </c>
+      <c r="Q22" s="5">
+        <v>81</v>
+      </c>
+      <c r="R22" s="5">
+        <v>82</v>
+      </c>
+      <c r="S22" s="5">
+        <v>82</v>
+      </c>
+      <c r="T22" s="5">
+        <v>83</v>
+      </c>
+      <c r="U22" s="5">
+        <v>83</v>
+      </c>
+      <c r="V22" s="5">
+        <v>84</v>
+      </c>
+      <c r="W22" s="5">
+        <v>84</v>
+      </c>
+      <c r="X22" s="5">
+        <v>84</v>
+      </c>
+      <c r="Y22" s="5">
+        <v>85</v>
+      </c>
+      <c r="Z22" s="5">
+        <v>85</v>
+      </c>
+      <c r="AA22" s="5">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="23" spans="1:27" ht="48.95" customHeight="1">
+      <c r="A23" s="18"/>
+      <c r="B23" s="18"/>
+      <c r="C23" s="10" t="s">
+        <v>71</v>
+      </c>
+      <c r="D23" s="10" t="s">
         <v>72</v>
       </c>
-      <c r="B5" s="15" t="s">
-[...2 lines deleted...]
-      <c r="C5" s="7" t="s">
+      <c r="E23" s="5">
+        <v>21</v>
+      </c>
+      <c r="F23" s="5">
+        <v>21</v>
+      </c>
+      <c r="G23" s="5">
         <v>22</v>
       </c>
-      <c r="D5" s="7" t="s">
-[...75 lines deleted...]
-      <c r="C6" s="7" t="s">
+      <c r="H23" s="5">
+        <v>22</v>
+      </c>
+      <c r="I23" s="5">
+        <v>22</v>
+      </c>
+      <c r="J23" s="5">
+        <v>22</v>
+      </c>
+      <c r="K23" s="5">
+        <v>22</v>
+      </c>
+      <c r="L23" s="5">
+        <v>22</v>
+      </c>
+      <c r="M23" s="5">
         <v>23</v>
       </c>
-      <c r="D6" s="7" t="s">
-[...2 lines deleted...]
-      <c r="E6" s="6">
+      <c r="N23" s="5">
+        <v>23</v>
+      </c>
+      <c r="O23" s="5">
+        <v>23</v>
+      </c>
+      <c r="P23" s="5">
+        <v>23</v>
+      </c>
+      <c r="Q23" s="5">
+        <v>23</v>
+      </c>
+      <c r="R23" s="5">
+        <v>23</v>
+      </c>
+      <c r="S23" s="5">
+        <v>23</v>
+      </c>
+      <c r="T23" s="5">
+        <v>23</v>
+      </c>
+      <c r="U23" s="5">
+        <v>23</v>
+      </c>
+      <c r="V23" s="5">
+        <v>23</v>
+      </c>
+      <c r="W23" s="5">
+        <v>23</v>
+      </c>
+      <c r="X23" s="5">
         <v>24</v>
       </c>
-      <c r="F6" s="6">
+      <c r="Y23" s="5">
         <v>24</v>
       </c>
-      <c r="G6" s="6">
-[...66 lines deleted...]
-      <c r="C7" s="7" t="s">
+      <c r="Z23" s="5">
         <v>24</v>
       </c>
-      <c r="D7" s="7" t="s">
-[...81 lines deleted...]
-      <c r="E8" s="6">
+      <c r="AA23" s="5">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="24" spans="1:27" ht="24" customHeight="1">
+      <c r="A24" s="18"/>
+      <c r="B24" s="17" t="s">
+        <v>32</v>
+      </c>
+      <c r="C24" s="10" t="s">
+        <v>73</v>
+      </c>
+      <c r="D24" s="10" t="s">
+        <v>74</v>
+      </c>
+      <c r="E24" s="5">
+        <v>449</v>
+      </c>
+      <c r="F24" s="5">
+        <v>466</v>
+      </c>
+      <c r="G24" s="5">
+        <v>484</v>
+      </c>
+      <c r="H24" s="5">
+        <v>503</v>
+      </c>
+      <c r="I24" s="5">
+        <v>524</v>
+      </c>
+      <c r="J24" s="5">
+        <v>541</v>
+      </c>
+      <c r="K24" s="5">
+        <v>560</v>
+      </c>
+      <c r="L24" s="5">
+        <v>580</v>
+      </c>
+      <c r="M24" s="5">
+        <v>599</v>
+      </c>
+      <c r="N24" s="5">
+        <v>619</v>
+      </c>
+      <c r="O24" s="5">
+        <v>638</v>
+      </c>
+      <c r="P24" s="5">
+        <v>656</v>
+      </c>
+      <c r="Q24" s="5">
+        <v>677</v>
+      </c>
+      <c r="R24" s="5">
+        <v>699</v>
+      </c>
+      <c r="S24" s="5">
+        <v>719</v>
+      </c>
+      <c r="T24" s="5">
+        <v>741</v>
+      </c>
+      <c r="U24" s="5">
+        <v>765</v>
+      </c>
+      <c r="V24" s="5">
+        <v>789</v>
+      </c>
+      <c r="W24" s="5">
+        <v>813</v>
+      </c>
+      <c r="X24" s="5">
+        <v>836</v>
+      </c>
+      <c r="Y24" s="5">
+        <v>859</v>
+      </c>
+      <c r="Z24" s="5">
+        <v>880</v>
+      </c>
+      <c r="AA24" s="5">
+        <v>899</v>
+      </c>
+    </row>
+    <row r="25" spans="1:27" ht="24" customHeight="1">
+      <c r="A25" s="18"/>
+      <c r="B25" s="18"/>
+      <c r="C25" s="10" t="s">
+        <v>75</v>
+      </c>
+      <c r="D25" s="10" t="s">
+        <v>76</v>
+      </c>
+      <c r="E25" s="5">
+        <v>589</v>
+      </c>
+      <c r="F25" s="5">
+        <v>614</v>
+      </c>
+      <c r="G25" s="5">
+        <v>639</v>
+      </c>
+      <c r="H25" s="5">
+        <v>670</v>
+      </c>
+      <c r="I25" s="5">
+        <v>699</v>
+      </c>
+      <c r="J25" s="5">
+        <v>727</v>
+      </c>
+      <c r="K25" s="5">
+        <v>754</v>
+      </c>
+      <c r="L25" s="5">
+        <v>783</v>
+      </c>
+      <c r="M25" s="5">
+        <v>814</v>
+      </c>
+      <c r="N25" s="5">
+        <v>845</v>
+      </c>
+      <c r="O25" s="5">
+        <v>874</v>
+      </c>
+      <c r="P25" s="5">
+        <v>903</v>
+      </c>
+      <c r="Q25" s="5">
+        <v>934</v>
+      </c>
+      <c r="R25" s="5">
+        <v>966</v>
+      </c>
+      <c r="S25" s="5">
+        <v>998</v>
+      </c>
+      <c r="T25" s="5">
+        <v>1031</v>
+      </c>
+      <c r="U25" s="5">
+        <v>1063</v>
+      </c>
+      <c r="V25" s="5">
+        <v>1098</v>
+      </c>
+      <c r="W25" s="5">
+        <v>1133</v>
+      </c>
+      <c r="X25" s="5">
+        <v>1165</v>
+      </c>
+      <c r="Y25" s="5">
+        <v>1198</v>
+      </c>
+      <c r="Z25" s="5">
+        <v>1231</v>
+      </c>
+      <c r="AA25" s="5">
+        <v>1264</v>
+      </c>
+    </row>
+    <row r="26" spans="1:27" ht="12" customHeight="1">
+      <c r="A26" s="18"/>
+      <c r="B26" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="C26" s="10" t="s">
+        <v>77</v>
+      </c>
+      <c r="D26" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E26" s="5">
+        <v>6</v>
+      </c>
+      <c r="F26" s="5">
+        <v>6</v>
+      </c>
+      <c r="G26" s="5">
+        <v>6</v>
+      </c>
+      <c r="H26" s="5">
+        <v>7</v>
+      </c>
+      <c r="I26" s="5">
+        <v>7</v>
+      </c>
+      <c r="J26" s="5">
+        <v>7</v>
+      </c>
+      <c r="K26" s="5">
+        <v>7</v>
+      </c>
+      <c r="L26" s="5">
+        <v>7</v>
+      </c>
+      <c r="M26" s="5">
+        <v>7</v>
+      </c>
+      <c r="N26" s="5">
+        <v>7</v>
+      </c>
+      <c r="O26" s="5">
+        <v>8</v>
+      </c>
+      <c r="P26" s="5">
+        <v>8</v>
+      </c>
+      <c r="Q26" s="5">
+        <v>8</v>
+      </c>
+      <c r="R26" s="5">
+        <v>8</v>
+      </c>
+      <c r="S26" s="5">
+        <v>8</v>
+      </c>
+      <c r="T26" s="5">
+        <v>9</v>
+      </c>
+      <c r="U26" s="5">
+        <v>9</v>
+      </c>
+      <c r="V26" s="5">
+        <v>9</v>
+      </c>
+      <c r="W26" s="5">
+        <v>9</v>
+      </c>
+      <c r="X26" s="5">
+        <v>9</v>
+      </c>
+      <c r="Y26" s="5">
+        <v>9</v>
+      </c>
+      <c r="Z26" s="5">
         <v>10</v>
       </c>
-      <c r="F8" s="6">
+      <c r="AA26" s="5">
         <v>10</v>
       </c>
-      <c r="G8" s="6">
-[...580 lines deleted...]
-      <c r="O15" s="6">
+    </row>
+    <row r="27" spans="1:27" ht="12" customHeight="1">
+      <c r="A27" s="18"/>
+      <c r="B27" s="17" t="s">
         <v>34</v>
-      </c>
-[...921 lines deleted...]
-        <v>40</v>
       </c>
       <c r="C27" s="17"/>
       <c r="D27" s="17"/>
-      <c r="E27" s="6">
+      <c r="E27" s="5">
         <v>2912</v>
       </c>
-      <c r="F27" s="6">
+      <c r="F27" s="5">
         <v>3003</v>
       </c>
-      <c r="G27" s="6">
+      <c r="G27" s="5">
         <v>3096</v>
       </c>
-      <c r="H27" s="6">
+      <c r="H27" s="5">
         <v>3197</v>
       </c>
-      <c r="I27" s="6">
+      <c r="I27" s="5">
         <v>3297</v>
       </c>
-      <c r="J27" s="6">
+      <c r="J27" s="5">
         <v>3396</v>
       </c>
-      <c r="K27" s="6">
+      <c r="K27" s="5">
         <v>3495</v>
       </c>
-      <c r="L27" s="6">
+      <c r="L27" s="5">
         <v>3599</v>
       </c>
-      <c r="M27" s="6">
+      <c r="M27" s="5">
         <v>3703</v>
       </c>
-      <c r="N27" s="6">
+      <c r="N27" s="5">
         <v>3803</v>
       </c>
-      <c r="O27" s="6">
+      <c r="O27" s="5">
         <v>3894</v>
       </c>
-      <c r="P27" s="6">
+      <c r="P27" s="5">
         <v>3984</v>
       </c>
-      <c r="Q27" s="6">
+      <c r="Q27" s="5">
         <v>4075</v>
       </c>
-      <c r="R27" s="6">
+      <c r="R27" s="5">
         <v>4163</v>
       </c>
-      <c r="S27" s="6">
+      <c r="S27" s="5">
         <v>4248</v>
       </c>
-      <c r="T27" s="6">
+      <c r="T27" s="5">
         <v>4331</v>
       </c>
-      <c r="U27" s="6">
+      <c r="U27" s="5">
         <v>4414</v>
       </c>
-      <c r="V27" s="6">
+      <c r="V27" s="5">
         <v>4495</v>
       </c>
-      <c r="W27" s="6">
+      <c r="W27" s="5">
         <v>4575</v>
       </c>
-      <c r="X27" s="6">
+      <c r="X27" s="5">
         <v>4651</v>
       </c>
-      <c r="Y27" s="6">
+      <c r="Y27" s="5">
         <v>4726</v>
       </c>
-      <c r="Z27" s="6">
+      <c r="Z27" s="5">
         <v>4799</v>
       </c>
-      <c r="AA27" s="6">
+      <c r="AA27" s="5">
         <v>4868</v>
       </c>
     </row>
-    <row r="28" spans="1:27" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:27" ht="24" customHeight="1">
       <c r="A28" s="17" t="s">
+        <v>20</v>
+      </c>
+      <c r="B28" s="19" t="s">
+        <v>25</v>
+      </c>
+      <c r="C28" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="D28" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="E28" s="5">
+        <v>876</v>
+      </c>
+      <c r="F28" s="5">
+        <v>907</v>
+      </c>
+      <c r="G28" s="5">
+        <v>939</v>
+      </c>
+      <c r="H28" s="5">
+        <v>973</v>
+      </c>
+      <c r="I28" s="5">
+        <v>1007</v>
+      </c>
+      <c r="J28" s="5">
+        <v>1043</v>
+      </c>
+      <c r="K28" s="5">
+        <v>1079</v>
+      </c>
+      <c r="L28" s="5">
+        <v>1116</v>
+      </c>
+      <c r="M28" s="5">
+        <v>1154</v>
+      </c>
+      <c r="N28" s="5">
+        <v>1189</v>
+      </c>
+      <c r="O28" s="5">
+        <v>1216</v>
+      </c>
+      <c r="P28" s="5">
+        <v>1243</v>
+      </c>
+      <c r="Q28" s="5">
+        <v>1268</v>
+      </c>
+      <c r="R28" s="5">
+        <v>1290</v>
+      </c>
+      <c r="S28" s="5">
+        <v>1313</v>
+      </c>
+      <c r="T28" s="5">
+        <v>1333</v>
+      </c>
+      <c r="U28" s="5">
+        <v>1352</v>
+      </c>
+      <c r="V28" s="5">
+        <v>1369</v>
+      </c>
+      <c r="W28" s="5">
+        <v>1386</v>
+      </c>
+      <c r="X28" s="5">
+        <v>1401</v>
+      </c>
+      <c r="Y28" s="5">
+        <v>1417</v>
+      </c>
+      <c r="Z28" s="5">
+        <v>1432</v>
+      </c>
+      <c r="AA28" s="5">
+        <v>1445</v>
+      </c>
+    </row>
+    <row r="29" spans="1:27" ht="24" customHeight="1">
+      <c r="A29" s="18"/>
+      <c r="B29" s="18"/>
+      <c r="C29" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="D29" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="E29" s="5">
+        <v>24</v>
+      </c>
+      <c r="F29" s="5">
+        <v>25</v>
+      </c>
+      <c r="G29" s="5">
+        <v>25</v>
+      </c>
+      <c r="H29" s="5">
+        <v>26</v>
+      </c>
+      <c r="I29" s="5">
+        <v>26</v>
+      </c>
+      <c r="J29" s="5">
+        <v>27</v>
+      </c>
+      <c r="K29" s="5">
+        <v>27</v>
+      </c>
+      <c r="L29" s="5">
+        <v>28</v>
+      </c>
+      <c r="M29" s="5">
+        <v>28</v>
+      </c>
+      <c r="N29" s="5">
+        <v>29</v>
+      </c>
+      <c r="O29" s="5">
+        <v>29</v>
+      </c>
+      <c r="P29" s="5">
+        <v>30</v>
+      </c>
+      <c r="Q29" s="5">
+        <v>30</v>
+      </c>
+      <c r="R29" s="5">
+        <v>31</v>
+      </c>
+      <c r="S29" s="5">
+        <v>31</v>
+      </c>
+      <c r="T29" s="5">
+        <v>31</v>
+      </c>
+      <c r="U29" s="5">
+        <v>31</v>
+      </c>
+      <c r="V29" s="5">
+        <v>32</v>
+      </c>
+      <c r="W29" s="5">
+        <v>32</v>
+      </c>
+      <c r="X29" s="5">
+        <v>32</v>
+      </c>
+      <c r="Y29" s="5">
+        <v>32</v>
+      </c>
+      <c r="Z29" s="5">
+        <v>32</v>
+      </c>
+      <c r="AA29" s="5">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="30" spans="1:27" ht="24" customHeight="1">
+      <c r="A30" s="18"/>
+      <c r="B30" s="18"/>
+      <c r="C30" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="D30" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="E30" s="5">
+        <v>3</v>
+      </c>
+      <c r="F30" s="5">
+        <v>3</v>
+      </c>
+      <c r="G30" s="5">
+        <v>3</v>
+      </c>
+      <c r="H30" s="5">
+        <v>3</v>
+      </c>
+      <c r="I30" s="5">
+        <v>3</v>
+      </c>
+      <c r="J30" s="5">
+        <v>3</v>
+      </c>
+      <c r="K30" s="5">
+        <v>4</v>
+      </c>
+      <c r="L30" s="5">
+        <v>4</v>
+      </c>
+      <c r="M30" s="5">
+        <v>4</v>
+      </c>
+      <c r="N30" s="5">
+        <v>4</v>
+      </c>
+      <c r="O30" s="5">
+        <v>4</v>
+      </c>
+      <c r="P30" s="5">
+        <v>4</v>
+      </c>
+      <c r="Q30" s="5">
+        <v>4</v>
+      </c>
+      <c r="R30" s="5">
+        <v>4</v>
+      </c>
+      <c r="S30" s="5">
+        <v>4</v>
+      </c>
+      <c r="T30" s="5">
+        <v>4</v>
+      </c>
+      <c r="U30" s="5">
+        <v>4</v>
+      </c>
+      <c r="V30" s="5">
+        <v>4</v>
+      </c>
+      <c r="W30" s="5">
+        <v>4</v>
+      </c>
+      <c r="X30" s="5">
+        <v>4</v>
+      </c>
+      <c r="Y30" s="5">
+        <v>4</v>
+      </c>
+      <c r="Z30" s="5">
+        <v>4</v>
+      </c>
+      <c r="AA30" s="5">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="31" spans="1:27" ht="12" customHeight="1">
+      <c r="A31" s="18"/>
+      <c r="B31" s="18"/>
+      <c r="C31" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="D31" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="E31" s="5">
+        <v>10</v>
+      </c>
+      <c r="F31" s="5">
+        <v>10</v>
+      </c>
+      <c r="G31" s="5">
+        <v>10</v>
+      </c>
+      <c r="H31" s="5">
+        <v>10</v>
+      </c>
+      <c r="I31" s="5">
+        <v>11</v>
+      </c>
+      <c r="J31" s="5">
+        <v>11</v>
+      </c>
+      <c r="K31" s="5">
+        <v>11</v>
+      </c>
+      <c r="L31" s="5">
+        <v>11</v>
+      </c>
+      <c r="M31" s="5">
+        <v>11</v>
+      </c>
+      <c r="N31" s="5">
+        <v>12</v>
+      </c>
+      <c r="O31" s="5">
+        <v>12</v>
+      </c>
+      <c r="P31" s="5">
+        <v>12</v>
+      </c>
+      <c r="Q31" s="5">
+        <v>13</v>
+      </c>
+      <c r="R31" s="5">
+        <v>13</v>
+      </c>
+      <c r="S31" s="5">
+        <v>13</v>
+      </c>
+      <c r="T31" s="5">
+        <v>13</v>
+      </c>
+      <c r="U31" s="5">
+        <v>14</v>
+      </c>
+      <c r="V31" s="5">
+        <v>14</v>
+      </c>
+      <c r="W31" s="5">
+        <v>14</v>
+      </c>
+      <c r="X31" s="5">
+        <v>14</v>
+      </c>
+      <c r="Y31" s="5">
+        <v>14</v>
+      </c>
+      <c r="Z31" s="5">
+        <v>14</v>
+      </c>
+      <c r="AA31" s="5">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="32" spans="1:27" ht="12" customHeight="1">
+      <c r="A32" s="18"/>
+      <c r="B32" s="18"/>
+      <c r="C32" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="D32" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="E32" s="5">
+        <v>0</v>
+      </c>
+      <c r="F32" s="5">
+        <v>0</v>
+      </c>
+      <c r="G32" s="5">
+        <v>0</v>
+      </c>
+      <c r="H32" s="5">
+        <v>0</v>
+      </c>
+      <c r="I32" s="5">
+        <v>0</v>
+      </c>
+      <c r="J32" s="5">
+        <v>0</v>
+      </c>
+      <c r="K32" s="5">
+        <v>0</v>
+      </c>
+      <c r="L32" s="5">
+        <v>0</v>
+      </c>
+      <c r="M32" s="5">
+        <v>0</v>
+      </c>
+      <c r="N32" s="5">
+        <v>0</v>
+      </c>
+      <c r="O32" s="5">
+        <v>0</v>
+      </c>
+      <c r="P32" s="5">
+        <v>0</v>
+      </c>
+      <c r="Q32" s="5">
+        <v>0</v>
+      </c>
+      <c r="R32" s="5">
+        <v>1</v>
+      </c>
+      <c r="S32" s="5">
+        <v>1</v>
+      </c>
+      <c r="T32" s="5">
+        <v>1</v>
+      </c>
+      <c r="U32" s="5">
+        <v>1</v>
+      </c>
+      <c r="V32" s="5">
+        <v>1</v>
+      </c>
+      <c r="W32" s="5">
+        <v>1</v>
+      </c>
+      <c r="X32" s="5">
+        <v>1</v>
+      </c>
+      <c r="Y32" s="5">
+        <v>1</v>
+      </c>
+      <c r="Z32" s="5">
+        <v>1</v>
+      </c>
+      <c r="AA32" s="5">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="33" spans="1:27" ht="12" customHeight="1">
+      <c r="A33" s="18"/>
+      <c r="B33" s="19" t="s">
+        <v>26</v>
+      </c>
+      <c r="C33" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="D33" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="E33" s="5">
+        <v>199</v>
+      </c>
+      <c r="F33" s="5">
+        <v>204</v>
+      </c>
+      <c r="G33" s="5">
+        <v>208</v>
+      </c>
+      <c r="H33" s="5">
+        <v>213</v>
+      </c>
+      <c r="I33" s="5">
+        <v>217</v>
+      </c>
+      <c r="J33" s="5">
+        <v>222</v>
+      </c>
+      <c r="K33" s="5">
+        <v>227</v>
+      </c>
+      <c r="L33" s="5">
+        <v>232</v>
+      </c>
+      <c r="M33" s="5">
+        <v>237</v>
+      </c>
+      <c r="N33" s="5">
+        <v>241</v>
+      </c>
+      <c r="O33" s="5">
+        <v>245</v>
+      </c>
+      <c r="P33" s="5">
+        <v>249</v>
+      </c>
+      <c r="Q33" s="5">
+        <v>252</v>
+      </c>
+      <c r="R33" s="5">
+        <v>255</v>
+      </c>
+      <c r="S33" s="5">
+        <v>257</v>
+      </c>
+      <c r="T33" s="5">
+        <v>260</v>
+      </c>
+      <c r="U33" s="5">
+        <v>262</v>
+      </c>
+      <c r="V33" s="5">
+        <v>263</v>
+      </c>
+      <c r="W33" s="5">
+        <v>265</v>
+      </c>
+      <c r="X33" s="5">
+        <v>267</v>
+      </c>
+      <c r="Y33" s="5">
+        <v>268</v>
+      </c>
+      <c r="Z33" s="5">
+        <v>270</v>
+      </c>
+      <c r="AA33" s="5">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="34" spans="1:27" ht="48.95" customHeight="1">
+      <c r="A34" s="18"/>
+      <c r="B34" s="18"/>
+      <c r="C34" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="D34" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="E34" s="5">
+        <v>26</v>
+      </c>
+      <c r="F34" s="5">
+        <v>27</v>
+      </c>
+      <c r="G34" s="5">
+        <v>27</v>
+      </c>
+      <c r="H34" s="5">
+        <v>28</v>
+      </c>
+      <c r="I34" s="5">
+        <v>28</v>
+      </c>
+      <c r="J34" s="5">
+        <v>29</v>
+      </c>
+      <c r="K34" s="5">
+        <v>29</v>
+      </c>
+      <c r="L34" s="5">
+        <v>30</v>
+      </c>
+      <c r="M34" s="5">
+        <v>30</v>
+      </c>
+      <c r="N34" s="5">
+        <v>30</v>
+      </c>
+      <c r="O34" s="5">
+        <v>31</v>
+      </c>
+      <c r="P34" s="5">
+        <v>31</v>
+      </c>
+      <c r="Q34" s="5">
+        <v>31</v>
+      </c>
+      <c r="R34" s="5">
+        <v>32</v>
+      </c>
+      <c r="S34" s="5">
+        <v>32</v>
+      </c>
+      <c r="T34" s="5">
+        <v>32</v>
+      </c>
+      <c r="U34" s="5">
+        <v>32</v>
+      </c>
+      <c r="V34" s="5">
+        <v>32</v>
+      </c>
+      <c r="W34" s="5">
+        <v>32</v>
+      </c>
+      <c r="X34" s="5">
+        <v>33</v>
+      </c>
+      <c r="Y34" s="5">
+        <v>33</v>
+      </c>
+      <c r="Z34" s="5">
+        <v>33</v>
+      </c>
+      <c r="AA34" s="5">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="35" spans="1:27" ht="24" customHeight="1">
+      <c r="A35" s="18"/>
+      <c r="B35" s="18"/>
+      <c r="C35" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="D35" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="E35" s="5">
+        <v>22</v>
+      </c>
+      <c r="F35" s="5">
+        <v>22</v>
+      </c>
+      <c r="G35" s="5">
+        <v>23</v>
+      </c>
+      <c r="H35" s="5">
+        <v>23</v>
+      </c>
+      <c r="I35" s="5">
+        <v>23</v>
+      </c>
+      <c r="J35" s="5">
+        <v>23</v>
+      </c>
+      <c r="K35" s="5">
+        <v>23</v>
+      </c>
+      <c r="L35" s="5">
+        <v>24</v>
+      </c>
+      <c r="M35" s="5">
+        <v>24</v>
+      </c>
+      <c r="N35" s="5">
+        <v>24</v>
+      </c>
+      <c r="O35" s="5">
+        <v>24</v>
+      </c>
+      <c r="P35" s="5">
+        <v>24</v>
+      </c>
+      <c r="Q35" s="5">
+        <v>24</v>
+      </c>
+      <c r="R35" s="5">
+        <v>25</v>
+      </c>
+      <c r="S35" s="5">
+        <v>25</v>
+      </c>
+      <c r="T35" s="5">
+        <v>25</v>
+      </c>
+      <c r="U35" s="5">
+        <v>25</v>
+      </c>
+      <c r="V35" s="5">
+        <v>25</v>
+      </c>
+      <c r="W35" s="5">
+        <v>26</v>
+      </c>
+      <c r="X35" s="5">
+        <v>26</v>
+      </c>
+      <c r="Y35" s="5">
+        <v>26</v>
+      </c>
+      <c r="Z35" s="5">
+        <v>27</v>
+      </c>
+      <c r="AA35" s="5">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="36" spans="1:27" ht="24" customHeight="1">
+      <c r="A36" s="18"/>
+      <c r="B36" s="18"/>
+      <c r="C36" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="D36" s="10" t="s">
+        <v>53</v>
+      </c>
+      <c r="E36" s="5">
+        <v>24</v>
+      </c>
+      <c r="F36" s="5">
+        <v>24</v>
+      </c>
+      <c r="G36" s="5">
+        <v>25</v>
+      </c>
+      <c r="H36" s="5">
+        <v>25</v>
+      </c>
+      <c r="I36" s="5">
+        <v>26</v>
+      </c>
+      <c r="J36" s="5">
+        <v>26</v>
+      </c>
+      <c r="K36" s="5">
+        <v>27</v>
+      </c>
+      <c r="L36" s="5">
+        <v>27</v>
+      </c>
+      <c r="M36" s="5">
+        <v>28</v>
+      </c>
+      <c r="N36" s="5">
+        <v>28</v>
+      </c>
+      <c r="O36" s="5">
+        <v>29</v>
+      </c>
+      <c r="P36" s="5">
+        <v>29</v>
+      </c>
+      <c r="Q36" s="5">
+        <v>30</v>
+      </c>
+      <c r="R36" s="5">
+        <v>30</v>
+      </c>
+      <c r="S36" s="5">
+        <v>30</v>
+      </c>
+      <c r="T36" s="5">
+        <v>31</v>
+      </c>
+      <c r="U36" s="5">
+        <v>31</v>
+      </c>
+      <c r="V36" s="5">
+        <v>31</v>
+      </c>
+      <c r="W36" s="5">
+        <v>31</v>
+      </c>
+      <c r="X36" s="5">
+        <v>31</v>
+      </c>
+      <c r="Y36" s="5">
+        <v>32</v>
+      </c>
+      <c r="Z36" s="5">
+        <v>32</v>
+      </c>
+      <c r="AA36" s="5">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="37" spans="1:27" ht="24" customHeight="1">
+      <c r="A37" s="18"/>
+      <c r="B37" s="18"/>
+      <c r="C37" s="10" t="s">
+        <v>54</v>
+      </c>
+      <c r="D37" s="10" t="s">
+        <v>55</v>
+      </c>
+      <c r="E37" s="5">
+        <v>2</v>
+      </c>
+      <c r="F37" s="5">
+        <v>2</v>
+      </c>
+      <c r="G37" s="5">
+        <v>2</v>
+      </c>
+      <c r="H37" s="5">
+        <v>2</v>
+      </c>
+      <c r="I37" s="5">
+        <v>3</v>
+      </c>
+      <c r="J37" s="5">
+        <v>3</v>
+      </c>
+      <c r="K37" s="5">
+        <v>3</v>
+      </c>
+      <c r="L37" s="5">
+        <v>3</v>
+      </c>
+      <c r="M37" s="5">
+        <v>3</v>
+      </c>
+      <c r="N37" s="5">
+        <v>3</v>
+      </c>
+      <c r="O37" s="5">
+        <v>3</v>
+      </c>
+      <c r="P37" s="5">
+        <v>3</v>
+      </c>
+      <c r="Q37" s="5">
+        <v>3</v>
+      </c>
+      <c r="R37" s="5">
+        <v>4</v>
+      </c>
+      <c r="S37" s="5">
+        <v>4</v>
+      </c>
+      <c r="T37" s="5">
+        <v>4</v>
+      </c>
+      <c r="U37" s="5">
+        <v>4</v>
+      </c>
+      <c r="V37" s="5">
+        <v>4</v>
+      </c>
+      <c r="W37" s="5">
+        <v>4</v>
+      </c>
+      <c r="X37" s="5">
+        <v>4</v>
+      </c>
+      <c r="Y37" s="5">
+        <v>4</v>
+      </c>
+      <c r="Z37" s="5">
+        <v>4</v>
+      </c>
+      <c r="AA37" s="5">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="38" spans="1:27" ht="36" customHeight="1">
+      <c r="A38" s="18"/>
+      <c r="B38" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="C38" s="10" t="s">
+        <v>56</v>
+      </c>
+      <c r="D38" s="10" t="s">
+        <v>57</v>
+      </c>
+      <c r="E38" s="5">
+        <v>30</v>
+      </c>
+      <c r="F38" s="5">
+        <v>31</v>
+      </c>
+      <c r="G38" s="5">
+        <v>31</v>
+      </c>
+      <c r="H38" s="5">
+        <v>31</v>
+      </c>
+      <c r="I38" s="5">
+        <v>32</v>
+      </c>
+      <c r="J38" s="5">
+        <v>32</v>
+      </c>
+      <c r="K38" s="5">
+        <v>33</v>
+      </c>
+      <c r="L38" s="5">
+        <v>33</v>
+      </c>
+      <c r="M38" s="5">
+        <v>34</v>
+      </c>
+      <c r="N38" s="5">
+        <v>34</v>
+      </c>
+      <c r="O38" s="5">
+        <v>34</v>
+      </c>
+      <c r="P38" s="5">
+        <v>35</v>
+      </c>
+      <c r="Q38" s="5">
+        <v>35</v>
+      </c>
+      <c r="R38" s="5">
+        <v>36</v>
+      </c>
+      <c r="S38" s="5">
+        <v>36</v>
+      </c>
+      <c r="T38" s="5">
+        <v>36</v>
+      </c>
+      <c r="U38" s="5">
+        <v>36</v>
+      </c>
+      <c r="V38" s="5">
+        <v>37</v>
+      </c>
+      <c r="W38" s="5">
+        <v>37</v>
+      </c>
+      <c r="X38" s="5">
+        <v>37</v>
+      </c>
+      <c r="Y38" s="5">
+        <v>37</v>
+      </c>
+      <c r="Z38" s="5">
+        <v>37</v>
+      </c>
+      <c r="AA38" s="5">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="39" spans="1:27" ht="24" customHeight="1">
+      <c r="A39" s="18"/>
+      <c r="B39" s="19" t="s">
+        <v>28</v>
+      </c>
+      <c r="C39" s="10" t="s">
+        <v>58</v>
+      </c>
+      <c r="D39" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="E39" s="5">
+        <v>265</v>
+      </c>
+      <c r="F39" s="5">
+        <v>271</v>
+      </c>
+      <c r="G39" s="5">
+        <v>277</v>
+      </c>
+      <c r="H39" s="5">
+        <v>283</v>
+      </c>
+      <c r="I39" s="5">
+        <v>289</v>
+      </c>
+      <c r="J39" s="5">
+        <v>296</v>
+      </c>
+      <c r="K39" s="5">
+        <v>302</v>
+      </c>
+      <c r="L39" s="5">
+        <v>309</v>
+      </c>
+      <c r="M39" s="5">
+        <v>316</v>
+      </c>
+      <c r="N39" s="5">
+        <v>322</v>
+      </c>
+      <c r="O39" s="5">
+        <v>328</v>
+      </c>
+      <c r="P39" s="5">
+        <v>334</v>
+      </c>
+      <c r="Q39" s="5">
+        <v>339</v>
+      </c>
+      <c r="R39" s="5">
+        <v>343</v>
+      </c>
+      <c r="S39" s="5">
+        <v>348</v>
+      </c>
+      <c r="T39" s="5">
+        <v>351</v>
+      </c>
+      <c r="U39" s="5">
+        <v>355</v>
+      </c>
+      <c r="V39" s="5">
+        <v>358</v>
+      </c>
+      <c r="W39" s="5">
+        <v>360</v>
+      </c>
+      <c r="X39" s="5">
+        <v>363</v>
+      </c>
+      <c r="Y39" s="5">
+        <v>365</v>
+      </c>
+      <c r="Z39" s="5">
+        <v>367</v>
+      </c>
+      <c r="AA39" s="5">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="40" spans="1:27" ht="48.95" customHeight="1">
+      <c r="A40" s="18"/>
+      <c r="B40" s="18"/>
+      <c r="C40" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="D40" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="E40" s="5">
+        <v>2</v>
+      </c>
+      <c r="F40" s="5">
+        <v>2</v>
+      </c>
+      <c r="G40" s="5">
+        <v>2</v>
+      </c>
+      <c r="H40" s="5">
+        <v>2</v>
+      </c>
+      <c r="I40" s="5">
+        <v>2</v>
+      </c>
+      <c r="J40" s="5">
+        <v>2</v>
+      </c>
+      <c r="K40" s="5">
+        <v>2</v>
+      </c>
+      <c r="L40" s="5">
+        <v>2</v>
+      </c>
+      <c r="M40" s="5">
+        <v>2</v>
+      </c>
+      <c r="N40" s="5">
+        <v>2</v>
+      </c>
+      <c r="O40" s="5">
+        <v>2</v>
+      </c>
+      <c r="P40" s="5">
+        <v>2</v>
+      </c>
+      <c r="Q40" s="5">
+        <v>2</v>
+      </c>
+      <c r="R40" s="5">
+        <v>2</v>
+      </c>
+      <c r="S40" s="5">
+        <v>2</v>
+      </c>
+      <c r="T40" s="5">
+        <v>2</v>
+      </c>
+      <c r="U40" s="5">
+        <v>3</v>
+      </c>
+      <c r="V40" s="5">
+        <v>3</v>
+      </c>
+      <c r="W40" s="5">
+        <v>3</v>
+      </c>
+      <c r="X40" s="5">
+        <v>3</v>
+      </c>
+      <c r="Y40" s="5">
+        <v>3</v>
+      </c>
+      <c r="Z40" s="5">
+        <v>3</v>
+      </c>
+      <c r="AA40" s="5">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="41" spans="1:27" ht="12" customHeight="1">
+      <c r="A41" s="18"/>
+      <c r="B41" s="19" t="s">
+        <v>29</v>
+      </c>
+      <c r="C41" s="10" t="s">
+        <v>62</v>
+      </c>
+      <c r="D41" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="E41" s="5">
+        <v>167</v>
+      </c>
+      <c r="F41" s="5">
+        <v>171</v>
+      </c>
+      <c r="G41" s="5">
+        <v>175</v>
+      </c>
+      <c r="H41" s="5">
+        <v>179</v>
+      </c>
+      <c r="I41" s="5">
+        <v>183</v>
+      </c>
+      <c r="J41" s="5">
+        <v>187</v>
+      </c>
+      <c r="K41" s="5">
+        <v>192</v>
+      </c>
+      <c r="L41" s="5">
+        <v>196</v>
+      </c>
+      <c r="M41" s="5">
+        <v>200</v>
+      </c>
+      <c r="N41" s="5">
+        <v>203</v>
+      </c>
+      <c r="O41" s="5">
+        <v>207</v>
+      </c>
+      <c r="P41" s="5">
+        <v>210</v>
+      </c>
+      <c r="Q41" s="5">
+        <v>213</v>
+      </c>
+      <c r="R41" s="5">
+        <v>216</v>
+      </c>
+      <c r="S41" s="5">
+        <v>218</v>
+      </c>
+      <c r="T41" s="5">
+        <v>220</v>
+      </c>
+      <c r="U41" s="5">
+        <v>222</v>
+      </c>
+      <c r="V41" s="5">
+        <v>223</v>
+      </c>
+      <c r="W41" s="5">
+        <v>224</v>
+      </c>
+      <c r="X41" s="5">
+        <v>226</v>
+      </c>
+      <c r="Y41" s="5">
+        <v>227</v>
+      </c>
+      <c r="Z41" s="5">
+        <v>229</v>
+      </c>
+      <c r="AA41" s="5">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="42" spans="1:27" ht="48.95" customHeight="1">
+      <c r="A42" s="18"/>
+      <c r="B42" s="18"/>
+      <c r="C42" s="10" t="s">
+        <v>64</v>
+      </c>
+      <c r="D42" s="10" t="s">
+        <v>65</v>
+      </c>
+      <c r="E42" s="5">
+        <v>10</v>
+      </c>
+      <c r="F42" s="5">
+        <v>10</v>
+      </c>
+      <c r="G42" s="5">
+        <v>10</v>
+      </c>
+      <c r="H42" s="5">
+        <v>11</v>
+      </c>
+      <c r="I42" s="5">
+        <v>11</v>
+      </c>
+      <c r="J42" s="5">
+        <v>11</v>
+      </c>
+      <c r="K42" s="5">
+        <v>11</v>
+      </c>
+      <c r="L42" s="5">
+        <v>12</v>
+      </c>
+      <c r="M42" s="5">
+        <v>12</v>
+      </c>
+      <c r="N42" s="5">
+        <v>12</v>
+      </c>
+      <c r="O42" s="5">
+        <v>12</v>
+      </c>
+      <c r="P42" s="5">
+        <v>12</v>
+      </c>
+      <c r="Q42" s="5">
+        <v>12</v>
+      </c>
+      <c r="R42" s="5">
+        <v>12</v>
+      </c>
+      <c r="S42" s="5">
+        <v>12</v>
+      </c>
+      <c r="T42" s="5">
+        <v>12</v>
+      </c>
+      <c r="U42" s="5">
+        <v>12</v>
+      </c>
+      <c r="V42" s="5">
+        <v>12</v>
+      </c>
+      <c r="W42" s="5">
+        <v>12</v>
+      </c>
+      <c r="X42" s="5">
+        <v>12</v>
+      </c>
+      <c r="Y42" s="5">
+        <v>12</v>
+      </c>
+      <c r="Z42" s="5">
+        <v>12</v>
+      </c>
+      <c r="AA42" s="5">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="43" spans="1:27" ht="12" customHeight="1">
+      <c r="A43" s="18"/>
+      <c r="B43" s="19" t="s">
+        <v>30</v>
+      </c>
+      <c r="C43" s="10" t="s">
+        <v>66</v>
+      </c>
+      <c r="D43" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="E43" s="5">
+        <v>76</v>
+      </c>
+      <c r="F43" s="5">
+        <v>78</v>
+      </c>
+      <c r="G43" s="5">
+        <v>80</v>
+      </c>
+      <c r="H43" s="5">
+        <v>82</v>
+      </c>
+      <c r="I43" s="5">
+        <v>84</v>
+      </c>
+      <c r="J43" s="5">
+        <v>87</v>
+      </c>
+      <c r="K43" s="5">
+        <v>89</v>
+      </c>
+      <c r="L43" s="5">
+        <v>92</v>
+      </c>
+      <c r="M43" s="5">
+        <v>94</v>
+      </c>
+      <c r="N43" s="5">
+        <v>96</v>
+      </c>
+      <c r="O43" s="5">
+        <v>98</v>
+      </c>
+      <c r="P43" s="5">
+        <v>101</v>
+      </c>
+      <c r="Q43" s="5">
+        <v>103</v>
+      </c>
+      <c r="R43" s="5">
+        <v>104</v>
+      </c>
+      <c r="S43" s="5">
+        <v>106</v>
+      </c>
+      <c r="T43" s="5">
+        <v>107</v>
+      </c>
+      <c r="U43" s="5">
+        <v>109</v>
+      </c>
+      <c r="V43" s="5">
+        <v>109</v>
+      </c>
+      <c r="W43" s="5">
+        <v>110</v>
+      </c>
+      <c r="X43" s="5">
+        <v>111</v>
+      </c>
+      <c r="Y43" s="5">
+        <v>112</v>
+      </c>
+      <c r="Z43" s="5">
+        <v>113</v>
+      </c>
+      <c r="AA43" s="5">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="44" spans="1:27" ht="12" customHeight="1">
+      <c r="A44" s="18"/>
+      <c r="B44" s="18"/>
+      <c r="C44" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D44" s="6" t="s">
+        <v>69</v>
+      </c>
+      <c r="E44" s="5">
+        <v>38</v>
+      </c>
+      <c r="F44" s="5">
+        <v>39</v>
+      </c>
+      <c r="G44" s="5">
+        <v>40</v>
+      </c>
+      <c r="H44" s="5">
+        <v>41</v>
+      </c>
+      <c r="I44" s="5">
+        <v>42</v>
+      </c>
+      <c r="J44" s="5">
+        <v>43</v>
+      </c>
+      <c r="K44" s="5">
+        <v>43</v>
+      </c>
+      <c r="L44" s="5">
+        <v>44</v>
+      </c>
+      <c r="M44" s="5">
+        <v>45</v>
+      </c>
+      <c r="N44" s="5">
+        <v>46</v>
+      </c>
+      <c r="O44" s="5">
+        <v>46</v>
+      </c>
+      <c r="P44" s="5">
+        <v>47</v>
+      </c>
+      <c r="Q44" s="5">
+        <v>48</v>
+      </c>
+      <c r="R44" s="5">
+        <v>48</v>
+      </c>
+      <c r="S44" s="5">
+        <v>49</v>
+      </c>
+      <c r="T44" s="5">
+        <v>50</v>
+      </c>
+      <c r="U44" s="5">
+        <v>50</v>
+      </c>
+      <c r="V44" s="5">
+        <v>51</v>
+      </c>
+      <c r="W44" s="5">
+        <v>51</v>
+      </c>
+      <c r="X44" s="5">
+        <v>52</v>
+      </c>
+      <c r="Y44" s="5">
+        <v>53</v>
+      </c>
+      <c r="Z44" s="5">
+        <v>54</v>
+      </c>
+      <c r="AA44" s="5">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="45" spans="1:27" ht="24" customHeight="1">
+      <c r="A45" s="18"/>
+      <c r="B45" s="17" t="s">
+        <v>31</v>
+      </c>
+      <c r="C45" s="10" t="s">
+        <v>70</v>
+      </c>
+      <c r="D45" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="E45" s="5">
         <v>73</v>
       </c>
-      <c r="B28" s="15" t="s">
-[...2 lines deleted...]
-      <c r="C28" s="7" t="s">
+      <c r="F45" s="5">
+        <v>74</v>
+      </c>
+      <c r="G45" s="5">
+        <v>75</v>
+      </c>
+      <c r="H45" s="5">
+        <v>76</v>
+      </c>
+      <c r="I45" s="5">
+        <v>77</v>
+      </c>
+      <c r="J45" s="5">
+        <v>78</v>
+      </c>
+      <c r="K45" s="5">
+        <v>79</v>
+      </c>
+      <c r="L45" s="5">
+        <v>80</v>
+      </c>
+      <c r="M45" s="5">
+        <v>81</v>
+      </c>
+      <c r="N45" s="5">
+        <v>82</v>
+      </c>
+      <c r="O45" s="5">
+        <v>82</v>
+      </c>
+      <c r="P45" s="5">
+        <v>83</v>
+      </c>
+      <c r="Q45" s="5">
+        <v>84</v>
+      </c>
+      <c r="R45" s="5">
+        <v>85</v>
+      </c>
+      <c r="S45" s="5">
+        <v>86</v>
+      </c>
+      <c r="T45" s="5">
+        <v>86</v>
+      </c>
+      <c r="U45" s="5">
+        <v>87</v>
+      </c>
+      <c r="V45" s="5">
+        <v>88</v>
+      </c>
+      <c r="W45" s="5">
+        <v>88</v>
+      </c>
+      <c r="X45" s="5">
+        <v>89</v>
+      </c>
+      <c r="Y45" s="5">
+        <v>90</v>
+      </c>
+      <c r="Z45" s="5">
+        <v>90</v>
+      </c>
+      <c r="AA45" s="5">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="46" spans="1:27" ht="48.95" customHeight="1">
+      <c r="A46" s="18"/>
+      <c r="B46" s="18"/>
+      <c r="C46" s="10" t="s">
+        <v>71</v>
+      </c>
+      <c r="D46" s="10" t="s">
+        <v>72</v>
+      </c>
+      <c r="E46" s="5">
+        <v>21</v>
+      </c>
+      <c r="F46" s="5">
+        <v>21</v>
+      </c>
+      <c r="G46" s="5">
         <v>22</v>
       </c>
-      <c r="D28" s="7" t="s">
-[...11 lines deleted...]
-      <c r="H28" s="6">
+      <c r="H46" s="5">
+        <v>22</v>
+      </c>
+      <c r="I46" s="5">
+        <v>22</v>
+      </c>
+      <c r="J46" s="5">
+        <v>22</v>
+      </c>
+      <c r="K46" s="5">
+        <v>23</v>
+      </c>
+      <c r="L46" s="5">
+        <v>23</v>
+      </c>
+      <c r="M46" s="5">
+        <v>23</v>
+      </c>
+      <c r="N46" s="5">
+        <v>23</v>
+      </c>
+      <c r="O46" s="5">
+        <v>23</v>
+      </c>
+      <c r="P46" s="5">
+        <v>24</v>
+      </c>
+      <c r="Q46" s="5">
+        <v>24</v>
+      </c>
+      <c r="R46" s="5">
+        <v>24</v>
+      </c>
+      <c r="S46" s="5">
+        <v>24</v>
+      </c>
+      <c r="T46" s="5">
+        <v>24</v>
+      </c>
+      <c r="U46" s="5">
+        <v>24</v>
+      </c>
+      <c r="V46" s="5">
+        <v>25</v>
+      </c>
+      <c r="W46" s="5">
+        <v>25</v>
+      </c>
+      <c r="X46" s="5">
+        <v>25</v>
+      </c>
+      <c r="Y46" s="5">
+        <v>25</v>
+      </c>
+      <c r="Z46" s="5">
+        <v>25</v>
+      </c>
+      <c r="AA46" s="5">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="47" spans="1:27" ht="24" customHeight="1">
+      <c r="A47" s="18"/>
+      <c r="B47" s="17" t="s">
+        <v>32</v>
+      </c>
+      <c r="C47" s="10" t="s">
+        <v>73</v>
+      </c>
+      <c r="D47" s="10" t="s">
+        <v>74</v>
+      </c>
+      <c r="E47" s="5">
+        <v>449</v>
+      </c>
+      <c r="F47" s="5">
+        <v>466</v>
+      </c>
+      <c r="G47" s="5">
+        <v>485</v>
+      </c>
+      <c r="H47" s="5">
+        <v>504</v>
+      </c>
+      <c r="I47" s="5">
+        <v>525</v>
+      </c>
+      <c r="J47" s="5">
+        <v>543</v>
+      </c>
+      <c r="K47" s="5">
+        <v>562</v>
+      </c>
+      <c r="L47" s="5">
+        <v>582</v>
+      </c>
+      <c r="M47" s="5">
+        <v>602</v>
+      </c>
+      <c r="N47" s="5">
+        <v>622</v>
+      </c>
+      <c r="O47" s="5">
+        <v>641</v>
+      </c>
+      <c r="P47" s="5">
+        <v>660</v>
+      </c>
+      <c r="Q47" s="5">
+        <v>681</v>
+      </c>
+      <c r="R47" s="5">
+        <v>703</v>
+      </c>
+      <c r="S47" s="5">
+        <v>724</v>
+      </c>
+      <c r="T47" s="5">
+        <v>745</v>
+      </c>
+      <c r="U47" s="5">
+        <v>770</v>
+      </c>
+      <c r="V47" s="5">
+        <v>794</v>
+      </c>
+      <c r="W47" s="5">
+        <v>817</v>
+      </c>
+      <c r="X47" s="5">
+        <v>840</v>
+      </c>
+      <c r="Y47" s="5">
+        <v>863</v>
+      </c>
+      <c r="Z47" s="5">
+        <v>884</v>
+      </c>
+      <c r="AA47" s="5">
+        <v>904</v>
+      </c>
+    </row>
+    <row r="48" spans="1:27" ht="24" customHeight="1">
+      <c r="A48" s="18"/>
+      <c r="B48" s="18"/>
+      <c r="C48" s="10" t="s">
+        <v>75</v>
+      </c>
+      <c r="D48" s="10" t="s">
+        <v>76</v>
+      </c>
+      <c r="E48" s="5">
+        <v>589</v>
+      </c>
+      <c r="F48" s="5">
+        <v>614</v>
+      </c>
+      <c r="G48" s="5">
+        <v>640</v>
+      </c>
+      <c r="H48" s="5">
+        <v>671</v>
+      </c>
+      <c r="I48" s="5">
+        <v>700</v>
+      </c>
+      <c r="J48" s="5">
+        <v>729</v>
+      </c>
+      <c r="K48" s="5">
+        <v>756</v>
+      </c>
+      <c r="L48" s="5">
+        <v>786</v>
+      </c>
+      <c r="M48" s="5">
+        <v>818</v>
+      </c>
+      <c r="N48" s="5">
+        <v>850</v>
+      </c>
+      <c r="O48" s="5">
+        <v>879</v>
+      </c>
+      <c r="P48" s="5">
+        <v>908</v>
+      </c>
+      <c r="Q48" s="5">
+        <v>940</v>
+      </c>
+      <c r="R48" s="5">
         <v>973</v>
       </c>
-      <c r="I28" s="6">
-[...224 lines deleted...]
-      <c r="E31" s="6">
+      <c r="S48" s="5">
+        <v>1005</v>
+      </c>
+      <c r="T48" s="5">
+        <v>1037</v>
+      </c>
+      <c r="U48" s="5">
+        <v>1070</v>
+      </c>
+      <c r="V48" s="5">
+        <v>1105</v>
+      </c>
+      <c r="W48" s="5">
+        <v>1140</v>
+      </c>
+      <c r="X48" s="5">
+        <v>1173</v>
+      </c>
+      <c r="Y48" s="5">
+        <v>1206</v>
+      </c>
+      <c r="Z48" s="5">
+        <v>1239</v>
+      </c>
+      <c r="AA48" s="5">
+        <v>1271</v>
+      </c>
+    </row>
+    <row r="49" spans="1:27" ht="12" customHeight="1">
+      <c r="A49" s="18"/>
+      <c r="B49" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="C49" s="10" t="s">
+        <v>77</v>
+      </c>
+      <c r="D49" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E49" s="5">
+        <v>6</v>
+      </c>
+      <c r="F49" s="5">
+        <v>6</v>
+      </c>
+      <c r="G49" s="5">
+        <v>6</v>
+      </c>
+      <c r="H49" s="5">
+        <v>7</v>
+      </c>
+      <c r="I49" s="5">
+        <v>7</v>
+      </c>
+      <c r="J49" s="5">
+        <v>7</v>
+      </c>
+      <c r="K49" s="5">
+        <v>7</v>
+      </c>
+      <c r="L49" s="5">
+        <v>7</v>
+      </c>
+      <c r="M49" s="5">
+        <v>7</v>
+      </c>
+      <c r="N49" s="5">
+        <v>7</v>
+      </c>
+      <c r="O49" s="5">
+        <v>8</v>
+      </c>
+      <c r="P49" s="5">
+        <v>8</v>
+      </c>
+      <c r="Q49" s="5">
+        <v>8</v>
+      </c>
+      <c r="R49" s="5">
+        <v>8</v>
+      </c>
+      <c r="S49" s="5">
+        <v>9</v>
+      </c>
+      <c r="T49" s="5">
+        <v>9</v>
+      </c>
+      <c r="U49" s="5">
+        <v>9</v>
+      </c>
+      <c r="V49" s="5">
+        <v>9</v>
+      </c>
+      <c r="W49" s="5">
+        <v>9</v>
+      </c>
+      <c r="X49" s="5">
+        <v>9</v>
+      </c>
+      <c r="Y49" s="5">
+        <v>9</v>
+      </c>
+      <c r="Z49" s="5">
         <v>10</v>
       </c>
-      <c r="F31" s="6">
+      <c r="AA49" s="5">
         <v>10</v>
       </c>
-      <c r="G31" s="6">
-[...574 lines deleted...]
-      <c r="M38" s="6">
+    </row>
+    <row r="50" spans="1:27" ht="12" customHeight="1">
+      <c r="A50" s="18"/>
+      <c r="B50" s="17" t="s">
         <v>34</v>
-      </c>
-[...927 lines deleted...]
-        <v>40</v>
       </c>
       <c r="C50" s="17"/>
       <c r="D50" s="17"/>
-      <c r="E50" s="6">
+      <c r="E50" s="5">
         <v>2912</v>
       </c>
-      <c r="F50" s="6">
+      <c r="F50" s="5">
         <v>3007</v>
       </c>
-      <c r="G50" s="6">
+      <c r="G50" s="5">
         <v>3106</v>
       </c>
-      <c r="H50" s="6">
+      <c r="H50" s="5">
         <v>3213</v>
       </c>
-      <c r="I50" s="6">
+      <c r="I50" s="5">
         <v>3318</v>
       </c>
-      <c r="J50" s="6">
+      <c r="J50" s="5">
         <v>3424</v>
       </c>
-      <c r="K50" s="6">
+      <c r="K50" s="5">
         <v>3529</v>
       </c>
-      <c r="L50" s="6">
+      <c r="L50" s="5">
         <v>3640</v>
       </c>
-      <c r="M50" s="6">
+      <c r="M50" s="5">
         <v>3752</v>
       </c>
-      <c r="N50" s="6">
+      <c r="N50" s="5">
         <v>3860</v>
       </c>
-      <c r="O50" s="6">
+      <c r="O50" s="5">
         <v>3955</v>
       </c>
-      <c r="P50" s="6">
+      <c r="P50" s="5">
         <v>4049</v>
       </c>
-      <c r="Q50" s="6">
+      <c r="Q50" s="5">
         <v>4145</v>
       </c>
-      <c r="R50" s="6">
+      <c r="R50" s="5">
         <v>4237</v>
       </c>
-      <c r="S50" s="6">
+      <c r="S50" s="5">
         <v>4327</v>
       </c>
-      <c r="T50" s="6">
+      <c r="T50" s="5">
         <v>4414</v>
       </c>
-      <c r="U50" s="6">
+      <c r="U50" s="5">
         <v>4501</v>
       </c>
-      <c r="V50" s="6">
+      <c r="V50" s="5">
         <v>4587</v>
       </c>
-      <c r="W50" s="6">
+      <c r="W50" s="5">
         <v>4672</v>
       </c>
-      <c r="X50" s="6">
+      <c r="X50" s="5">
         <v>4753</v>
       </c>
-      <c r="Y50" s="6">
+      <c r="Y50" s="5">
         <v>4833</v>
       </c>
-      <c r="Z50" s="6">
+      <c r="Z50" s="5">
         <v>4911</v>
       </c>
-      <c r="AA50" s="6">
+      <c r="AA50" s="5">
         <v>4986</v>
       </c>
     </row>
-    <row r="51" spans="1:27" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:27" ht="24" customHeight="1">
       <c r="A51" s="17" t="s">
+        <v>21</v>
+      </c>
+      <c r="B51" s="19" t="s">
+        <v>25</v>
+      </c>
+      <c r="C51" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="D51" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="E51" s="5">
+        <v>876</v>
+      </c>
+      <c r="F51" s="5">
+        <v>898</v>
+      </c>
+      <c r="G51" s="5">
+        <v>921</v>
+      </c>
+      <c r="H51" s="5">
+        <v>946</v>
+      </c>
+      <c r="I51" s="5">
+        <v>970</v>
+      </c>
+      <c r="J51" s="5">
+        <v>996</v>
+      </c>
+      <c r="K51" s="5">
+        <v>1020</v>
+      </c>
+      <c r="L51" s="5">
+        <v>1047</v>
+      </c>
+      <c r="M51" s="5">
+        <v>1072</v>
+      </c>
+      <c r="N51" s="5">
+        <v>1096</v>
+      </c>
+      <c r="O51" s="5">
+        <v>1119</v>
+      </c>
+      <c r="P51" s="5">
+        <v>1142</v>
+      </c>
+      <c r="Q51" s="5">
+        <v>1163</v>
+      </c>
+      <c r="R51" s="5">
+        <v>1182</v>
+      </c>
+      <c r="S51" s="5">
+        <v>1201</v>
+      </c>
+      <c r="T51" s="5">
+        <v>1217</v>
+      </c>
+      <c r="U51" s="5">
+        <v>1232</v>
+      </c>
+      <c r="V51" s="5">
+        <v>1245</v>
+      </c>
+      <c r="W51" s="5">
+        <v>1258</v>
+      </c>
+      <c r="X51" s="5">
+        <v>1270</v>
+      </c>
+      <c r="Y51" s="5">
+        <v>1281</v>
+      </c>
+      <c r="Z51" s="5">
+        <v>1291</v>
+      </c>
+      <c r="AA51" s="5">
+        <v>1300</v>
+      </c>
+    </row>
+    <row r="52" spans="1:27" ht="24" customHeight="1">
+      <c r="A52" s="18"/>
+      <c r="B52" s="18"/>
+      <c r="C52" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="D52" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="E52" s="5">
+        <v>24</v>
+      </c>
+      <c r="F52" s="5">
+        <v>24</v>
+      </c>
+      <c r="G52" s="5">
+        <v>25</v>
+      </c>
+      <c r="H52" s="5">
+        <v>25</v>
+      </c>
+      <c r="I52" s="5">
+        <v>26</v>
+      </c>
+      <c r="J52" s="5">
+        <v>26</v>
+      </c>
+      <c r="K52" s="5">
+        <v>27</v>
+      </c>
+      <c r="L52" s="5">
+        <v>27</v>
+      </c>
+      <c r="M52" s="5">
+        <v>27</v>
+      </c>
+      <c r="N52" s="5">
+        <v>28</v>
+      </c>
+      <c r="O52" s="5">
+        <v>28</v>
+      </c>
+      <c r="P52" s="5">
+        <v>29</v>
+      </c>
+      <c r="Q52" s="5">
+        <v>29</v>
+      </c>
+      <c r="R52" s="5">
+        <v>29</v>
+      </c>
+      <c r="S52" s="5">
+        <v>29</v>
+      </c>
+      <c r="T52" s="5">
+        <v>30</v>
+      </c>
+      <c r="U52" s="5">
+        <v>30</v>
+      </c>
+      <c r="V52" s="5">
+        <v>30</v>
+      </c>
+      <c r="W52" s="5">
+        <v>30</v>
+      </c>
+      <c r="X52" s="5">
+        <v>30</v>
+      </c>
+      <c r="Y52" s="5">
+        <v>30</v>
+      </c>
+      <c r="Z52" s="5">
+        <v>30</v>
+      </c>
+      <c r="AA52" s="5">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="53" spans="1:27" ht="24" customHeight="1">
+      <c r="A53" s="18"/>
+      <c r="B53" s="18"/>
+      <c r="C53" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="D53" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="E53" s="5">
+        <v>3</v>
+      </c>
+      <c r="F53" s="5">
+        <v>3</v>
+      </c>
+      <c r="G53" s="5">
+        <v>3</v>
+      </c>
+      <c r="H53" s="5">
+        <v>3</v>
+      </c>
+      <c r="I53" s="5">
+        <v>3</v>
+      </c>
+      <c r="J53" s="5">
+        <v>3</v>
+      </c>
+      <c r="K53" s="5">
+        <v>4</v>
+      </c>
+      <c r="L53" s="5">
+        <v>4</v>
+      </c>
+      <c r="M53" s="5">
+        <v>4</v>
+      </c>
+      <c r="N53" s="5">
+        <v>4</v>
+      </c>
+      <c r="O53" s="5">
+        <v>4</v>
+      </c>
+      <c r="P53" s="5">
+        <v>4</v>
+      </c>
+      <c r="Q53" s="5">
+        <v>4</v>
+      </c>
+      <c r="R53" s="5">
+        <v>4</v>
+      </c>
+      <c r="S53" s="5">
+        <v>4</v>
+      </c>
+      <c r="T53" s="5">
+        <v>4</v>
+      </c>
+      <c r="U53" s="5">
+        <v>4</v>
+      </c>
+      <c r="V53" s="5">
+        <v>4</v>
+      </c>
+      <c r="W53" s="5">
+        <v>4</v>
+      </c>
+      <c r="X53" s="5">
+        <v>4</v>
+      </c>
+      <c r="Y53" s="5">
+        <v>4</v>
+      </c>
+      <c r="Z53" s="5">
+        <v>3</v>
+      </c>
+      <c r="AA53" s="5">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="54" spans="1:27" ht="12" customHeight="1">
+      <c r="A54" s="18"/>
+      <c r="B54" s="18"/>
+      <c r="C54" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="D54" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="E54" s="5">
+        <v>10</v>
+      </c>
+      <c r="F54" s="5">
+        <v>10</v>
+      </c>
+      <c r="G54" s="5">
+        <v>10</v>
+      </c>
+      <c r="H54" s="5">
+        <v>10</v>
+      </c>
+      <c r="I54" s="5">
+        <v>11</v>
+      </c>
+      <c r="J54" s="5">
+        <v>11</v>
+      </c>
+      <c r="K54" s="5">
+        <v>11</v>
+      </c>
+      <c r="L54" s="5">
+        <v>11</v>
+      </c>
+      <c r="M54" s="5">
+        <v>11</v>
+      </c>
+      <c r="N54" s="5">
+        <v>12</v>
+      </c>
+      <c r="O54" s="5">
+        <v>12</v>
+      </c>
+      <c r="P54" s="5">
+        <v>12</v>
+      </c>
+      <c r="Q54" s="5">
+        <v>12</v>
+      </c>
+      <c r="R54" s="5">
+        <v>13</v>
+      </c>
+      <c r="S54" s="5">
+        <v>13</v>
+      </c>
+      <c r="T54" s="5">
+        <v>13</v>
+      </c>
+      <c r="U54" s="5">
+        <v>13</v>
+      </c>
+      <c r="V54" s="5">
+        <v>14</v>
+      </c>
+      <c r="W54" s="5">
+        <v>14</v>
+      </c>
+      <c r="X54" s="5">
+        <v>14</v>
+      </c>
+      <c r="Y54" s="5">
+        <v>14</v>
+      </c>
+      <c r="Z54" s="5">
+        <v>14</v>
+      </c>
+      <c r="AA54" s="5">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="55" spans="1:27" ht="12" customHeight="1">
+      <c r="A55" s="18"/>
+      <c r="B55" s="18"/>
+      <c r="C55" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="D55" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="E55" s="5">
+        <v>0</v>
+      </c>
+      <c r="F55" s="5">
+        <v>0</v>
+      </c>
+      <c r="G55" s="5">
+        <v>0</v>
+      </c>
+      <c r="H55" s="5">
+        <v>0</v>
+      </c>
+      <c r="I55" s="5">
+        <v>0</v>
+      </c>
+      <c r="J55" s="5">
+        <v>0</v>
+      </c>
+      <c r="K55" s="5">
+        <v>0</v>
+      </c>
+      <c r="L55" s="5">
+        <v>0</v>
+      </c>
+      <c r="M55" s="5">
+        <v>0</v>
+      </c>
+      <c r="N55" s="5">
+        <v>0</v>
+      </c>
+      <c r="O55" s="5">
+        <v>0</v>
+      </c>
+      <c r="P55" s="5">
+        <v>0</v>
+      </c>
+      <c r="Q55" s="5">
+        <v>0</v>
+      </c>
+      <c r="R55" s="5">
+        <v>0</v>
+      </c>
+      <c r="S55" s="5">
+        <v>1</v>
+      </c>
+      <c r="T55" s="5">
+        <v>1</v>
+      </c>
+      <c r="U55" s="5">
+        <v>1</v>
+      </c>
+      <c r="V55" s="5">
+        <v>1</v>
+      </c>
+      <c r="W55" s="5">
+        <v>1</v>
+      </c>
+      <c r="X55" s="5">
+        <v>1</v>
+      </c>
+      <c r="Y55" s="5">
+        <v>1</v>
+      </c>
+      <c r="Z55" s="5">
+        <v>1</v>
+      </c>
+      <c r="AA55" s="5">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="56" spans="1:27" ht="12" customHeight="1">
+      <c r="A56" s="18"/>
+      <c r="B56" s="19" t="s">
+        <v>26</v>
+      </c>
+      <c r="C56" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="D56" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="E56" s="5">
+        <v>199</v>
+      </c>
+      <c r="F56" s="5">
+        <v>203</v>
+      </c>
+      <c r="G56" s="5">
+        <v>207</v>
+      </c>
+      <c r="H56" s="5">
+        <v>211</v>
+      </c>
+      <c r="I56" s="5">
+        <v>215</v>
+      </c>
+      <c r="J56" s="5">
+        <v>219</v>
+      </c>
+      <c r="K56" s="5">
+        <v>223</v>
+      </c>
+      <c r="L56" s="5">
+        <v>227</v>
+      </c>
+      <c r="M56" s="5">
+        <v>231</v>
+      </c>
+      <c r="N56" s="5">
+        <v>234</v>
+      </c>
+      <c r="O56" s="5">
+        <v>237</v>
+      </c>
+      <c r="P56" s="5">
+        <v>240</v>
+      </c>
+      <c r="Q56" s="5">
+        <v>242</v>
+      </c>
+      <c r="R56" s="5">
+        <v>244</v>
+      </c>
+      <c r="S56" s="5">
+        <v>246</v>
+      </c>
+      <c r="T56" s="5">
+        <v>247</v>
+      </c>
+      <c r="U56" s="5">
+        <v>248</v>
+      </c>
+      <c r="V56" s="5">
+        <v>248</v>
+      </c>
+      <c r="W56" s="5">
+        <v>249</v>
+      </c>
+      <c r="X56" s="5">
+        <v>250</v>
+      </c>
+      <c r="Y56" s="5">
+        <v>250</v>
+      </c>
+      <c r="Z56" s="5">
+        <v>251</v>
+      </c>
+      <c r="AA56" s="5">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="57" spans="1:27" ht="48.95" customHeight="1">
+      <c r="A57" s="18"/>
+      <c r="B57" s="18"/>
+      <c r="C57" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="D57" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="E57" s="5">
+        <v>26</v>
+      </c>
+      <c r="F57" s="5">
+        <v>26</v>
+      </c>
+      <c r="G57" s="5">
+        <v>27</v>
+      </c>
+      <c r="H57" s="5">
+        <v>27</v>
+      </c>
+      <c r="I57" s="5">
+        <v>28</v>
+      </c>
+      <c r="J57" s="5">
+        <v>28</v>
+      </c>
+      <c r="K57" s="5">
+        <v>29</v>
+      </c>
+      <c r="L57" s="5">
+        <v>29</v>
+      </c>
+      <c r="M57" s="5">
+        <v>29</v>
+      </c>
+      <c r="N57" s="5">
+        <v>30</v>
+      </c>
+      <c r="O57" s="5">
+        <v>30</v>
+      </c>
+      <c r="P57" s="5">
+        <v>30</v>
+      </c>
+      <c r="Q57" s="5">
+        <v>30</v>
+      </c>
+      <c r="R57" s="5">
+        <v>30</v>
+      </c>
+      <c r="S57" s="5">
+        <v>30</v>
+      </c>
+      <c r="T57" s="5">
+        <v>31</v>
+      </c>
+      <c r="U57" s="5">
+        <v>30</v>
+      </c>
+      <c r="V57" s="5">
+        <v>30</v>
+      </c>
+      <c r="W57" s="5">
+        <v>30</v>
+      </c>
+      <c r="X57" s="5">
+        <v>30</v>
+      </c>
+      <c r="Y57" s="5">
+        <v>30</v>
+      </c>
+      <c r="Z57" s="5">
+        <v>30</v>
+      </c>
+      <c r="AA57" s="5">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="58" spans="1:27" ht="24" customHeight="1">
+      <c r="A58" s="18"/>
+      <c r="B58" s="18"/>
+      <c r="C58" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="D58" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="E58" s="5">
+        <v>22</v>
+      </c>
+      <c r="F58" s="5">
+        <v>22</v>
+      </c>
+      <c r="G58" s="5">
+        <v>22</v>
+      </c>
+      <c r="H58" s="5">
+        <v>23</v>
+      </c>
+      <c r="I58" s="5">
+        <v>23</v>
+      </c>
+      <c r="J58" s="5">
+        <v>23</v>
+      </c>
+      <c r="K58" s="5">
+        <v>23</v>
+      </c>
+      <c r="L58" s="5">
+        <v>23</v>
+      </c>
+      <c r="M58" s="5">
+        <v>23</v>
+      </c>
+      <c r="N58" s="5">
+        <v>23</v>
+      </c>
+      <c r="O58" s="5">
+        <v>23</v>
+      </c>
+      <c r="P58" s="5">
+        <v>23</v>
+      </c>
+      <c r="Q58" s="5">
+        <v>23</v>
+      </c>
+      <c r="R58" s="5">
+        <v>23</v>
+      </c>
+      <c r="S58" s="5">
+        <v>23</v>
+      </c>
+      <c r="T58" s="5">
+        <v>23</v>
+      </c>
+      <c r="U58" s="5">
+        <v>23</v>
+      </c>
+      <c r="V58" s="5">
+        <v>23</v>
+      </c>
+      <c r="W58" s="5">
+        <v>23</v>
+      </c>
+      <c r="X58" s="5">
+        <v>23</v>
+      </c>
+      <c r="Y58" s="5">
+        <v>23</v>
+      </c>
+      <c r="Z58" s="5">
+        <v>23</v>
+      </c>
+      <c r="AA58" s="5">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="59" spans="1:27" ht="24" customHeight="1">
+      <c r="A59" s="18"/>
+      <c r="B59" s="18"/>
+      <c r="C59" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="D59" s="10" t="s">
+        <v>53</v>
+      </c>
+      <c r="E59" s="5">
+        <v>24</v>
+      </c>
+      <c r="F59" s="5">
+        <v>24</v>
+      </c>
+      <c r="G59" s="5">
+        <v>25</v>
+      </c>
+      <c r="H59" s="5">
+        <v>25</v>
+      </c>
+      <c r="I59" s="5">
+        <v>25</v>
+      </c>
+      <c r="J59" s="5">
+        <v>26</v>
+      </c>
+      <c r="K59" s="5">
+        <v>26</v>
+      </c>
+      <c r="L59" s="5">
+        <v>27</v>
+      </c>
+      <c r="M59" s="5">
+        <v>27</v>
+      </c>
+      <c r="N59" s="5">
+        <v>28</v>
+      </c>
+      <c r="O59" s="5">
+        <v>28</v>
+      </c>
+      <c r="P59" s="5">
+        <v>29</v>
+      </c>
+      <c r="Q59" s="5">
+        <v>29</v>
+      </c>
+      <c r="R59" s="5">
+        <v>29</v>
+      </c>
+      <c r="S59" s="5">
+        <v>29</v>
+      </c>
+      <c r="T59" s="5">
+        <v>30</v>
+      </c>
+      <c r="U59" s="5">
+        <v>30</v>
+      </c>
+      <c r="V59" s="5">
+        <v>30</v>
+      </c>
+      <c r="W59" s="5">
+        <v>30</v>
+      </c>
+      <c r="X59" s="5">
+        <v>30</v>
+      </c>
+      <c r="Y59" s="5">
+        <v>30</v>
+      </c>
+      <c r="Z59" s="5">
+        <v>30</v>
+      </c>
+      <c r="AA59" s="5">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="60" spans="1:27" ht="24" customHeight="1">
+      <c r="A60" s="18"/>
+      <c r="B60" s="18"/>
+      <c r="C60" s="10" t="s">
+        <v>54</v>
+      </c>
+      <c r="D60" s="10" t="s">
+        <v>55</v>
+      </c>
+      <c r="E60" s="5">
+        <v>2</v>
+      </c>
+      <c r="F60" s="5">
+        <v>2</v>
+      </c>
+      <c r="G60" s="5">
+        <v>2</v>
+      </c>
+      <c r="H60" s="5">
+        <v>2</v>
+      </c>
+      <c r="I60" s="5">
+        <v>3</v>
+      </c>
+      <c r="J60" s="5">
+        <v>3</v>
+      </c>
+      <c r="K60" s="5">
+        <v>3</v>
+      </c>
+      <c r="L60" s="5">
+        <v>3</v>
+      </c>
+      <c r="M60" s="5">
+        <v>3</v>
+      </c>
+      <c r="N60" s="5">
+        <v>3</v>
+      </c>
+      <c r="O60" s="5">
+        <v>3</v>
+      </c>
+      <c r="P60" s="5">
+        <v>3</v>
+      </c>
+      <c r="Q60" s="5">
+        <v>3</v>
+      </c>
+      <c r="R60" s="5">
+        <v>3</v>
+      </c>
+      <c r="S60" s="5">
+        <v>3</v>
+      </c>
+      <c r="T60" s="5">
+        <v>3</v>
+      </c>
+      <c r="U60" s="5">
+        <v>4</v>
+      </c>
+      <c r="V60" s="5">
+        <v>4</v>
+      </c>
+      <c r="W60" s="5">
+        <v>4</v>
+      </c>
+      <c r="X60" s="5">
+        <v>4</v>
+      </c>
+      <c r="Y60" s="5">
+        <v>4</v>
+      </c>
+      <c r="Z60" s="5">
+        <v>4</v>
+      </c>
+      <c r="AA60" s="5">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="61" spans="1:27" ht="36" customHeight="1">
+      <c r="A61" s="18"/>
+      <c r="B61" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="C61" s="10" t="s">
+        <v>56</v>
+      </c>
+      <c r="D61" s="10" t="s">
+        <v>57</v>
+      </c>
+      <c r="E61" s="5">
+        <v>30</v>
+      </c>
+      <c r="F61" s="5">
+        <v>30</v>
+      </c>
+      <c r="G61" s="5">
+        <v>31</v>
+      </c>
+      <c r="H61" s="5">
+        <v>31</v>
+      </c>
+      <c r="I61" s="5">
+        <v>31</v>
+      </c>
+      <c r="J61" s="5">
+        <v>31</v>
+      </c>
+      <c r="K61" s="5">
+        <v>32</v>
+      </c>
+      <c r="L61" s="5">
+        <v>32</v>
+      </c>
+      <c r="M61" s="5">
+        <v>32</v>
+      </c>
+      <c r="N61" s="5">
+        <v>32</v>
+      </c>
+      <c r="O61" s="5">
+        <v>33</v>
+      </c>
+      <c r="P61" s="5">
+        <v>33</v>
+      </c>
+      <c r="Q61" s="5">
+        <v>33</v>
+      </c>
+      <c r="R61" s="5">
+        <v>33</v>
+      </c>
+      <c r="S61" s="5">
+        <v>33</v>
+      </c>
+      <c r="T61" s="5">
+        <v>34</v>
+      </c>
+      <c r="U61" s="5">
+        <v>34</v>
+      </c>
+      <c r="V61" s="5">
+        <v>34</v>
+      </c>
+      <c r="W61" s="5">
+        <v>34</v>
+      </c>
+      <c r="X61" s="5">
+        <v>34</v>
+      </c>
+      <c r="Y61" s="5">
+        <v>34</v>
+      </c>
+      <c r="Z61" s="5">
+        <v>34</v>
+      </c>
+      <c r="AA61" s="5">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="62" spans="1:27" ht="24" customHeight="1">
+      <c r="A62" s="18"/>
+      <c r="B62" s="19" t="s">
+        <v>28</v>
+      </c>
+      <c r="C62" s="10" t="s">
+        <v>58</v>
+      </c>
+      <c r="D62" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="E62" s="5">
+        <v>265</v>
+      </c>
+      <c r="F62" s="5">
+        <v>270</v>
+      </c>
+      <c r="G62" s="5">
+        <v>276</v>
+      </c>
+      <c r="H62" s="5">
+        <v>281</v>
+      </c>
+      <c r="I62" s="5">
+        <v>287</v>
+      </c>
+      <c r="J62" s="5">
+        <v>292</v>
+      </c>
+      <c r="K62" s="5">
+        <v>298</v>
+      </c>
+      <c r="L62" s="5">
+        <v>304</v>
+      </c>
+      <c r="M62" s="5">
+        <v>310</v>
+      </c>
+      <c r="N62" s="5">
+        <v>316</v>
+      </c>
+      <c r="O62" s="5">
+        <v>321</v>
+      </c>
+      <c r="P62" s="5">
+        <v>326</v>
+      </c>
+      <c r="Q62" s="5">
+        <v>330</v>
+      </c>
+      <c r="R62" s="5">
+        <v>334</v>
+      </c>
+      <c r="S62" s="5">
+        <v>337</v>
+      </c>
+      <c r="T62" s="5">
+        <v>340</v>
+      </c>
+      <c r="U62" s="5">
+        <v>342</v>
+      </c>
+      <c r="V62" s="5">
+        <v>343</v>
+      </c>
+      <c r="W62" s="5">
+        <v>345</v>
+      </c>
+      <c r="X62" s="5">
+        <v>346</v>
+      </c>
+      <c r="Y62" s="5">
+        <v>347</v>
+      </c>
+      <c r="Z62" s="5">
+        <v>348</v>
+      </c>
+      <c r="AA62" s="5">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="63" spans="1:27" ht="48.95" customHeight="1">
+      <c r="A63" s="18"/>
+      <c r="B63" s="18"/>
+      <c r="C63" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="D63" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="E63" s="5">
+        <v>2</v>
+      </c>
+      <c r="F63" s="5">
+        <v>2</v>
+      </c>
+      <c r="G63" s="5">
+        <v>2</v>
+      </c>
+      <c r="H63" s="5">
+        <v>2</v>
+      </c>
+      <c r="I63" s="5">
+        <v>2</v>
+      </c>
+      <c r="J63" s="5">
+        <v>2</v>
+      </c>
+      <c r="K63" s="5">
+        <v>2</v>
+      </c>
+      <c r="L63" s="5">
+        <v>2</v>
+      </c>
+      <c r="M63" s="5">
+        <v>2</v>
+      </c>
+      <c r="N63" s="5">
+        <v>2</v>
+      </c>
+      <c r="O63" s="5">
+        <v>2</v>
+      </c>
+      <c r="P63" s="5">
+        <v>2</v>
+      </c>
+      <c r="Q63" s="5">
+        <v>2</v>
+      </c>
+      <c r="R63" s="5">
+        <v>2</v>
+      </c>
+      <c r="S63" s="5">
+        <v>2</v>
+      </c>
+      <c r="T63" s="5">
+        <v>2</v>
+      </c>
+      <c r="U63" s="5">
+        <v>2</v>
+      </c>
+      <c r="V63" s="5">
+        <v>2</v>
+      </c>
+      <c r="W63" s="5">
+        <v>2</v>
+      </c>
+      <c r="X63" s="5">
+        <v>2</v>
+      </c>
+      <c r="Y63" s="5">
+        <v>2</v>
+      </c>
+      <c r="Z63" s="5">
+        <v>2</v>
+      </c>
+      <c r="AA63" s="5">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="64" spans="1:27" ht="12" customHeight="1">
+      <c r="A64" s="18"/>
+      <c r="B64" s="19" t="s">
+        <v>29</v>
+      </c>
+      <c r="C64" s="10" t="s">
+        <v>62</v>
+      </c>
+      <c r="D64" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="E64" s="5">
+        <v>167</v>
+      </c>
+      <c r="F64" s="5">
+        <v>171</v>
+      </c>
+      <c r="G64" s="5">
+        <v>174</v>
+      </c>
+      <c r="H64" s="5">
+        <v>178</v>
+      </c>
+      <c r="I64" s="5">
+        <v>182</v>
+      </c>
+      <c r="J64" s="5">
+        <v>186</v>
+      </c>
+      <c r="K64" s="5">
+        <v>190</v>
+      </c>
+      <c r="L64" s="5">
+        <v>193</v>
+      </c>
+      <c r="M64" s="5">
+        <v>197</v>
+      </c>
+      <c r="N64" s="5">
+        <v>200</v>
+      </c>
+      <c r="O64" s="5">
+        <v>203</v>
+      </c>
+      <c r="P64" s="5">
+        <v>206</v>
+      </c>
+      <c r="Q64" s="5">
+        <v>208</v>
+      </c>
+      <c r="R64" s="5">
+        <v>210</v>
+      </c>
+      <c r="S64" s="5">
+        <v>212</v>
+      </c>
+      <c r="T64" s="5">
+        <v>214</v>
+      </c>
+      <c r="U64" s="5">
+        <v>214</v>
+      </c>
+      <c r="V64" s="5">
+        <v>215</v>
+      </c>
+      <c r="W64" s="5">
+        <v>216</v>
+      </c>
+      <c r="X64" s="5">
+        <v>216</v>
+      </c>
+      <c r="Y64" s="5">
+        <v>217</v>
+      </c>
+      <c r="Z64" s="5">
+        <v>217</v>
+      </c>
+      <c r="AA64" s="5">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="65" spans="1:27" ht="48.95" customHeight="1">
+      <c r="A65" s="18"/>
+      <c r="B65" s="18"/>
+      <c r="C65" s="10" t="s">
+        <v>64</v>
+      </c>
+      <c r="D65" s="10" t="s">
+        <v>65</v>
+      </c>
+      <c r="E65" s="5">
+        <v>10</v>
+      </c>
+      <c r="F65" s="5">
+        <v>10</v>
+      </c>
+      <c r="G65" s="5">
+        <v>10</v>
+      </c>
+      <c r="H65" s="5">
+        <v>11</v>
+      </c>
+      <c r="I65" s="5">
+        <v>11</v>
+      </c>
+      <c r="J65" s="5">
+        <v>11</v>
+      </c>
+      <c r="K65" s="5">
+        <v>11</v>
+      </c>
+      <c r="L65" s="5">
+        <v>12</v>
+      </c>
+      <c r="M65" s="5">
+        <v>12</v>
+      </c>
+      <c r="N65" s="5">
+        <v>12</v>
+      </c>
+      <c r="O65" s="5">
+        <v>12</v>
+      </c>
+      <c r="P65" s="5">
+        <v>12</v>
+      </c>
+      <c r="Q65" s="5">
+        <v>12</v>
+      </c>
+      <c r="R65" s="5">
+        <v>12</v>
+      </c>
+      <c r="S65" s="5">
+        <v>12</v>
+      </c>
+      <c r="T65" s="5">
+        <v>12</v>
+      </c>
+      <c r="U65" s="5">
+        <v>12</v>
+      </c>
+      <c r="V65" s="5">
+        <v>12</v>
+      </c>
+      <c r="W65" s="5">
+        <v>12</v>
+      </c>
+      <c r="X65" s="5">
+        <v>12</v>
+      </c>
+      <c r="Y65" s="5">
+        <v>12</v>
+      </c>
+      <c r="Z65" s="5">
+        <v>12</v>
+      </c>
+      <c r="AA65" s="5">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="66" spans="1:27" ht="12" customHeight="1">
+      <c r="A66" s="18"/>
+      <c r="B66" s="19" t="s">
+        <v>30</v>
+      </c>
+      <c r="C66" s="10" t="s">
+        <v>66</v>
+      </c>
+      <c r="D66" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="E66" s="5">
+        <v>76</v>
+      </c>
+      <c r="F66" s="5">
+        <v>78</v>
+      </c>
+      <c r="G66" s="5">
+        <v>80</v>
+      </c>
+      <c r="H66" s="5">
+        <v>82</v>
+      </c>
+      <c r="I66" s="5">
+        <v>84</v>
+      </c>
+      <c r="J66" s="5">
+        <v>86</v>
+      </c>
+      <c r="K66" s="5">
+        <v>88</v>
+      </c>
+      <c r="L66" s="5">
+        <v>90</v>
+      </c>
+      <c r="M66" s="5">
+        <v>93</v>
+      </c>
+      <c r="N66" s="5">
+        <v>95</v>
+      </c>
+      <c r="O66" s="5">
+        <v>97</v>
+      </c>
+      <c r="P66" s="5">
+        <v>99</v>
+      </c>
+      <c r="Q66" s="5">
+        <v>101</v>
+      </c>
+      <c r="R66" s="5">
+        <v>102</v>
+      </c>
+      <c r="S66" s="5">
+        <v>103</v>
+      </c>
+      <c r="T66" s="5">
+        <v>105</v>
+      </c>
+      <c r="U66" s="5">
+        <v>105</v>
+      </c>
+      <c r="V66" s="5">
+        <v>106</v>
+      </c>
+      <c r="W66" s="5">
+        <v>107</v>
+      </c>
+      <c r="X66" s="5">
+        <v>107</v>
+      </c>
+      <c r="Y66" s="5">
+        <v>108</v>
+      </c>
+      <c r="Z66" s="5">
+        <v>108</v>
+      </c>
+      <c r="AA66" s="5">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="67" spans="1:27" ht="12" customHeight="1">
+      <c r="A67" s="18"/>
+      <c r="B67" s="18"/>
+      <c r="C67" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D67" s="6" t="s">
+        <v>69</v>
+      </c>
+      <c r="E67" s="5">
+        <v>38</v>
+      </c>
+      <c r="F67" s="5">
+        <v>39</v>
+      </c>
+      <c r="G67" s="5">
+        <v>40</v>
+      </c>
+      <c r="H67" s="5">
+        <v>40</v>
+      </c>
+      <c r="I67" s="5">
+        <v>41</v>
+      </c>
+      <c r="J67" s="5">
+        <v>42</v>
+      </c>
+      <c r="K67" s="5">
+        <v>43</v>
+      </c>
+      <c r="L67" s="5">
+        <v>43</v>
+      </c>
+      <c r="M67" s="5">
+        <v>44</v>
+      </c>
+      <c r="N67" s="5">
+        <v>44</v>
+      </c>
+      <c r="O67" s="5">
+        <v>45</v>
+      </c>
+      <c r="P67" s="5">
+        <v>46</v>
+      </c>
+      <c r="Q67" s="5">
+        <v>46</v>
+      </c>
+      <c r="R67" s="5">
+        <v>47</v>
+      </c>
+      <c r="S67" s="5">
+        <v>47</v>
+      </c>
+      <c r="T67" s="5">
+        <v>48</v>
+      </c>
+      <c r="U67" s="5">
+        <v>48</v>
+      </c>
+      <c r="V67" s="5">
+        <v>49</v>
+      </c>
+      <c r="W67" s="5">
+        <v>49</v>
+      </c>
+      <c r="X67" s="5">
+        <v>50</v>
+      </c>
+      <c r="Y67" s="5">
+        <v>50</v>
+      </c>
+      <c r="Z67" s="5">
+        <v>50</v>
+      </c>
+      <c r="AA67" s="5">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="68" spans="1:27" ht="24" customHeight="1">
+      <c r="A68" s="18"/>
+      <c r="B68" s="17" t="s">
+        <v>31</v>
+      </c>
+      <c r="C68" s="10" t="s">
+        <v>70</v>
+      </c>
+      <c r="D68" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="E68" s="5">
+        <v>73</v>
+      </c>
+      <c r="F68" s="5">
         <v>74</v>
       </c>
-      <c r="B51" s="15" t="s">
-[...2 lines deleted...]
-      <c r="C51" s="7" t="s">
+      <c r="G68" s="5">
+        <v>75</v>
+      </c>
+      <c r="H68" s="5">
+        <v>75</v>
+      </c>
+      <c r="I68" s="5">
+        <v>76</v>
+      </c>
+      <c r="J68" s="5">
+        <v>76</v>
+      </c>
+      <c r="K68" s="5">
+        <v>76</v>
+      </c>
+      <c r="L68" s="5">
+        <v>77</v>
+      </c>
+      <c r="M68" s="5">
+        <v>77</v>
+      </c>
+      <c r="N68" s="5">
+        <v>78</v>
+      </c>
+      <c r="O68" s="5">
+        <v>78</v>
+      </c>
+      <c r="P68" s="5">
+        <v>78</v>
+      </c>
+      <c r="Q68" s="5">
+        <v>79</v>
+      </c>
+      <c r="R68" s="5">
+        <v>79</v>
+      </c>
+      <c r="S68" s="5">
+        <v>79</v>
+      </c>
+      <c r="T68" s="5">
+        <v>79</v>
+      </c>
+      <c r="U68" s="5">
+        <v>80</v>
+      </c>
+      <c r="V68" s="5">
+        <v>80</v>
+      </c>
+      <c r="W68" s="5">
+        <v>80</v>
+      </c>
+      <c r="X68" s="5">
+        <v>80</v>
+      </c>
+      <c r="Y68" s="5">
+        <v>80</v>
+      </c>
+      <c r="Z68" s="5">
+        <v>80</v>
+      </c>
+      <c r="AA68" s="5">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="69" spans="1:27" ht="48.95" customHeight="1">
+      <c r="A69" s="18"/>
+      <c r="B69" s="18"/>
+      <c r="C69" s="10" t="s">
+        <v>71</v>
+      </c>
+      <c r="D69" s="10" t="s">
+        <v>72</v>
+      </c>
+      <c r="E69" s="5">
+        <v>21</v>
+      </c>
+      <c r="F69" s="5">
+        <v>21</v>
+      </c>
+      <c r="G69" s="5">
+        <v>21</v>
+      </c>
+      <c r="H69" s="5">
         <v>22</v>
       </c>
-      <c r="D51" s="7" t="s">
-[...56 lines deleted...]
-      <c r="W51" s="6">
+      <c r="I69" s="5">
+        <v>22</v>
+      </c>
+      <c r="J69" s="5">
+        <v>22</v>
+      </c>
+      <c r="K69" s="5">
+        <v>22</v>
+      </c>
+      <c r="L69" s="5">
+        <v>22</v>
+      </c>
+      <c r="M69" s="5">
+        <v>22</v>
+      </c>
+      <c r="N69" s="5">
+        <v>22</v>
+      </c>
+      <c r="O69" s="5">
+        <v>22</v>
+      </c>
+      <c r="P69" s="5">
+        <v>22</v>
+      </c>
+      <c r="Q69" s="5">
+        <v>22</v>
+      </c>
+      <c r="R69" s="5">
+        <v>22</v>
+      </c>
+      <c r="S69" s="5">
+        <v>22</v>
+      </c>
+      <c r="T69" s="5">
+        <v>22</v>
+      </c>
+      <c r="U69" s="5">
+        <v>22</v>
+      </c>
+      <c r="V69" s="5">
+        <v>22</v>
+      </c>
+      <c r="W69" s="5">
+        <v>22</v>
+      </c>
+      <c r="X69" s="5">
+        <v>22</v>
+      </c>
+      <c r="Y69" s="5">
+        <v>22</v>
+      </c>
+      <c r="Z69" s="5">
+        <v>22</v>
+      </c>
+      <c r="AA69" s="5">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="70" spans="1:27" ht="24" customHeight="1">
+      <c r="A70" s="18"/>
+      <c r="B70" s="17" t="s">
+        <v>32</v>
+      </c>
+      <c r="C70" s="10" t="s">
+        <v>73</v>
+      </c>
+      <c r="D70" s="10" t="s">
+        <v>74</v>
+      </c>
+      <c r="E70" s="5">
+        <v>449</v>
+      </c>
+      <c r="F70" s="5">
+        <v>466</v>
+      </c>
+      <c r="G70" s="5">
+        <v>483</v>
+      </c>
+      <c r="H70" s="5">
+        <v>503</v>
+      </c>
+      <c r="I70" s="5">
+        <v>522</v>
+      </c>
+      <c r="J70" s="5">
+        <v>540</v>
+      </c>
+      <c r="K70" s="5">
+        <v>558</v>
+      </c>
+      <c r="L70" s="5">
+        <v>578</v>
+      </c>
+      <c r="M70" s="5">
+        <v>597</v>
+      </c>
+      <c r="N70" s="5">
+        <v>617</v>
+      </c>
+      <c r="O70" s="5">
+        <v>636</v>
+      </c>
+      <c r="P70" s="5">
+        <v>653</v>
+      </c>
+      <c r="Q70" s="5">
+        <v>674</v>
+      </c>
+      <c r="R70" s="5">
+        <v>696</v>
+      </c>
+      <c r="S70" s="5">
+        <v>716</v>
+      </c>
+      <c r="T70" s="5">
+        <v>738</v>
+      </c>
+      <c r="U70" s="5">
+        <v>762</v>
+      </c>
+      <c r="V70" s="5">
+        <v>786</v>
+      </c>
+      <c r="W70" s="5">
+        <v>809</v>
+      </c>
+      <c r="X70" s="5">
+        <v>832</v>
+      </c>
+      <c r="Y70" s="5">
+        <v>855</v>
+      </c>
+      <c r="Z70" s="5">
+        <v>875</v>
+      </c>
+      <c r="AA70" s="5">
+        <v>895</v>
+      </c>
+    </row>
+    <row r="71" spans="1:27" ht="24" customHeight="1">
+      <c r="A71" s="18"/>
+      <c r="B71" s="18"/>
+      <c r="C71" s="10" t="s">
+        <v>75</v>
+      </c>
+      <c r="D71" s="10" t="s">
+        <v>76</v>
+      </c>
+      <c r="E71" s="5">
+        <v>589</v>
+      </c>
+      <c r="F71" s="5">
+        <v>614</v>
+      </c>
+      <c r="G71" s="5">
+        <v>639</v>
+      </c>
+      <c r="H71" s="5">
+        <v>669</v>
+      </c>
+      <c r="I71" s="5">
+        <v>697</v>
+      </c>
+      <c r="J71" s="5">
+        <v>725</v>
+      </c>
+      <c r="K71" s="5">
+        <v>752</v>
+      </c>
+      <c r="L71" s="5">
+        <v>781</v>
+      </c>
+      <c r="M71" s="5">
+        <v>811</v>
+      </c>
+      <c r="N71" s="5">
+        <v>842</v>
+      </c>
+      <c r="O71" s="5">
+        <v>871</v>
+      </c>
+      <c r="P71" s="5">
+        <v>899</v>
+      </c>
+      <c r="Q71" s="5">
+        <v>930</v>
+      </c>
+      <c r="R71" s="5">
+        <v>963</v>
+      </c>
+      <c r="S71" s="5">
+        <v>994</v>
+      </c>
+      <c r="T71" s="5">
+        <v>1026</v>
+      </c>
+      <c r="U71" s="5">
+        <v>1059</v>
+      </c>
+      <c r="V71" s="5">
+        <v>1093</v>
+      </c>
+      <c r="W71" s="5">
+        <v>1128</v>
+      </c>
+      <c r="X71" s="5">
+        <v>1160</v>
+      </c>
+      <c r="Y71" s="5">
+        <v>1193</v>
+      </c>
+      <c r="Z71" s="5">
+        <v>1226</v>
+      </c>
+      <c r="AA71" s="5">
         <v>1258</v>
       </c>
-      <c r="X51" s="6">
-[...766 lines deleted...]
-      <c r="O61" s="6">
+    </row>
+    <row r="72" spans="1:27" ht="12" customHeight="1">
+      <c r="A72" s="18"/>
+      <c r="B72" s="9" t="s">
         <v>33</v>
       </c>
-      <c r="P61" s="6">
+      <c r="C72" s="10" t="s">
+        <v>77</v>
+      </c>
+      <c r="D72" s="6" t="s">
         <v>33</v>
       </c>
-      <c r="Q61" s="6">
-[...8 lines deleted...]
-      <c r="T61" s="6">
+      <c r="E72" s="5">
+        <v>6</v>
+      </c>
+      <c r="F72" s="5">
+        <v>6</v>
+      </c>
+      <c r="G72" s="5">
+        <v>6</v>
+      </c>
+      <c r="H72" s="5">
+        <v>6</v>
+      </c>
+      <c r="I72" s="5">
+        <v>6</v>
+      </c>
+      <c r="J72" s="5">
+        <v>7</v>
+      </c>
+      <c r="K72" s="5">
+        <v>7</v>
+      </c>
+      <c r="L72" s="5">
+        <v>7</v>
+      </c>
+      <c r="M72" s="5">
+        <v>7</v>
+      </c>
+      <c r="N72" s="5">
+        <v>7</v>
+      </c>
+      <c r="O72" s="5">
+        <v>7</v>
+      </c>
+      <c r="P72" s="5">
+        <v>7</v>
+      </c>
+      <c r="Q72" s="5">
+        <v>7</v>
+      </c>
+      <c r="R72" s="5">
+        <v>7</v>
+      </c>
+      <c r="S72" s="5">
+        <v>8</v>
+      </c>
+      <c r="T72" s="5">
+        <v>8</v>
+      </c>
+      <c r="U72" s="5">
+        <v>8</v>
+      </c>
+      <c r="V72" s="5">
+        <v>8</v>
+      </c>
+      <c r="W72" s="5">
+        <v>8</v>
+      </c>
+      <c r="X72" s="5">
+        <v>8</v>
+      </c>
+      <c r="Y72" s="5">
+        <v>8</v>
+      </c>
+      <c r="Z72" s="5">
+        <v>8</v>
+      </c>
+      <c r="AA72" s="5">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="73" spans="1:27" ht="12" customHeight="1">
+      <c r="A73" s="18"/>
+      <c r="B73" s="17" t="s">
         <v>34</v>
-      </c>
-[...906 lines deleted...]
-        <v>40</v>
       </c>
       <c r="C73" s="17"/>
       <c r="D73" s="17"/>
-      <c r="E73" s="6">
+      <c r="E73" s="5">
         <v>2912</v>
       </c>
-      <c r="F73" s="6">
+      <c r="F73" s="5">
         <v>2995</v>
       </c>
-      <c r="G73" s="6">
+      <c r="G73" s="5">
         <v>3080</v>
       </c>
-      <c r="H73" s="6">
+      <c r="H73" s="5">
         <v>3172</v>
       </c>
-      <c r="I73" s="6">
+      <c r="I73" s="5">
         <v>3264</v>
       </c>
-      <c r="J73" s="6">
+      <c r="J73" s="5">
         <v>3354</v>
       </c>
-      <c r="K73" s="6">
+      <c r="K73" s="5">
         <v>3444</v>
       </c>
-      <c r="L73" s="6">
+      <c r="L73" s="5">
         <v>3539</v>
       </c>
-      <c r="M73" s="6">
+      <c r="M73" s="5">
         <v>3633</v>
       </c>
-      <c r="N73" s="6">
+      <c r="N73" s="5">
         <v>3723</v>
       </c>
-      <c r="O73" s="6">
+      <c r="O73" s="5">
         <v>3810</v>
       </c>
-      <c r="P73" s="6">
+      <c r="P73" s="5">
         <v>3895</v>
       </c>
-      <c r="Q73" s="6">
+      <c r="Q73" s="5">
         <v>3982</v>
       </c>
-      <c r="R73" s="6">
+      <c r="R73" s="5">
         <v>4066</v>
       </c>
-      <c r="S73" s="6">
+      <c r="S73" s="5">
         <v>4146</v>
       </c>
-      <c r="T73" s="6">
+      <c r="T73" s="5">
         <v>4224</v>
       </c>
-      <c r="U73" s="6">
+      <c r="U73" s="5">
         <v>4302</v>
       </c>
-      <c r="V73" s="6">
+      <c r="V73" s="5">
         <v>4378</v>
       </c>
-      <c r="W73" s="6">
+      <c r="W73" s="5">
         <v>4453</v>
       </c>
-      <c r="X73" s="6">
+      <c r="X73" s="5">
         <v>4524</v>
       </c>
-      <c r="Y73" s="6">
+      <c r="Y73" s="5">
         <v>4593</v>
       </c>
-      <c r="Z73" s="6">
+      <c r="Z73" s="5">
         <v>4660</v>
       </c>
-      <c r="AA73" s="6">
+      <c r="AA73" s="5">
         <v>4723</v>
       </c>
     </row>
-    <row r="75" spans="1:27" ht="11" customHeight="1" x14ac:dyDescent="0.25">
-[...36 lines deleted...]
-      <c r="AA77" s="18"/>
+    <row r="75" spans="1:27" ht="11.1" customHeight="1">
+      <c r="A75" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="B75" s="13"/>
+      <c r="C75" s="13"/>
+      <c r="D75" s="13"/>
+      <c r="E75" s="13"/>
+      <c r="F75" s="13"/>
+      <c r="G75" s="13"/>
+      <c r="H75" s="13"/>
+      <c r="I75" s="13"/>
+      <c r="J75" s="13"/>
+      <c r="K75" s="13"/>
+      <c r="L75" s="13"/>
+      <c r="M75" s="13"/>
+      <c r="N75" s="13"/>
+      <c r="O75" s="13"/>
+      <c r="P75" s="13"/>
+      <c r="Q75" s="13"/>
+      <c r="R75" s="13"/>
+      <c r="S75" s="13"/>
+      <c r="T75" s="13"/>
+      <c r="U75" s="13"/>
+      <c r="V75" s="13"/>
+      <c r="W75" s="13"/>
+      <c r="X75" s="13"/>
+      <c r="Y75" s="13"/>
+      <c r="Z75" s="13"/>
+      <c r="AA75" s="13"/>
+    </row>
+    <row r="76" spans="1:27" ht="11.1" customHeight="1">
+      <c r="A76" s="7"/>
+      <c r="B76" s="7"/>
+      <c r="C76" s="7"/>
+      <c r="D76" s="7"/>
+      <c r="E76" s="7"/>
+      <c r="F76" s="7"/>
+      <c r="G76" s="7"/>
+      <c r="H76" s="7"/>
+      <c r="I76" s="7"/>
+      <c r="J76" s="7"/>
+      <c r="K76" s="7"/>
+      <c r="L76" s="7"/>
+      <c r="M76" s="7"/>
+      <c r="N76" s="7"/>
+      <c r="O76" s="7"/>
+      <c r="P76" s="7"/>
+      <c r="Q76" s="7"/>
+      <c r="R76" s="7"/>
+      <c r="S76" s="7"/>
+      <c r="T76" s="7"/>
+      <c r="U76" s="7"/>
+      <c r="V76" s="7"/>
+      <c r="W76" s="7"/>
+      <c r="X76" s="7"/>
+      <c r="Y76" s="7"/>
+      <c r="Z76" s="7"/>
+      <c r="AA76" s="11" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="77" spans="1:27" ht="11.1" customHeight="1">
+      <c r="A77" s="7"/>
+      <c r="B77" s="7"/>
+      <c r="C77" s="7"/>
+      <c r="D77" s="7"/>
+      <c r="E77" s="7"/>
+      <c r="F77" s="7"/>
+      <c r="G77" s="7"/>
+      <c r="H77" s="7"/>
+      <c r="I77" s="7"/>
+      <c r="J77" s="7"/>
+      <c r="K77" s="7"/>
+      <c r="L77" s="7"/>
+      <c r="M77" s="7"/>
+      <c r="N77" s="7"/>
+      <c r="O77" s="7"/>
+      <c r="P77" s="7"/>
+      <c r="Q77" s="7"/>
+      <c r="R77" s="7"/>
+      <c r="S77" s="7"/>
+      <c r="T77" s="7"/>
+      <c r="U77" s="7"/>
+      <c r="V77" s="7"/>
+      <c r="W77" s="7"/>
+      <c r="X77" s="7"/>
+      <c r="Y77" s="7"/>
+      <c r="Z77" s="7"/>
+      <c r="AA77" s="11"/>
     </row>
   </sheetData>
   <mergeCells count="31">
-    <mergeCell ref="A4:D4"/>
-[...13 lines deleted...]
-    <mergeCell ref="B50:D50"/>
     <mergeCell ref="A1:AA1"/>
     <mergeCell ref="A2:AA2"/>
     <mergeCell ref="A75:AA75"/>
     <mergeCell ref="A51:A73"/>
     <mergeCell ref="B51:B55"/>
     <mergeCell ref="B56:B60"/>
     <mergeCell ref="B62:B63"/>
     <mergeCell ref="B64:B65"/>
     <mergeCell ref="B66:B67"/>
     <mergeCell ref="B68:B69"/>
     <mergeCell ref="B70:B71"/>
     <mergeCell ref="B73:D73"/>
     <mergeCell ref="A28:A50"/>
     <mergeCell ref="B28:B32"/>
     <mergeCell ref="B33:B37"/>
     <mergeCell ref="B39:B40"/>
+    <mergeCell ref="B41:B42"/>
+    <mergeCell ref="B43:B44"/>
+    <mergeCell ref="B45:B46"/>
+    <mergeCell ref="B47:B48"/>
+    <mergeCell ref="B50:D50"/>
+    <mergeCell ref="A4:D4"/>
+    <mergeCell ref="A5:A27"/>
+    <mergeCell ref="B5:B9"/>
+    <mergeCell ref="B10:B14"/>
+    <mergeCell ref="B16:B17"/>
+    <mergeCell ref="B18:B19"/>
+    <mergeCell ref="B20:B21"/>
+    <mergeCell ref="B22:B23"/>
+    <mergeCell ref="B24:B25"/>
+    <mergeCell ref="B27:D27"/>
   </mergeCells>
   <pageMargins left="0.05" right="0.05" top="0.5" bottom="0.5" header="0" footer="0"/>
   <pageSetup paperSize="9" orientation="portrait"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1100-000000000000}">
   <dimension ref="A1:X10"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="X10" sqref="X10"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="11" customHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="12" defaultRowHeight="11.1" customHeight="1"/>
   <cols>
-    <col min="1" max="1" width="23.77734375" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="21" max="24" width="8.77734375" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="23.83203125" bestFit="1" customWidth="1"/>
+    <col min="2" max="20" width="6.83203125" bestFit="1" customWidth="1"/>
+    <col min="21" max="24" width="8.83203125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:24" ht="33" customHeight="1" x14ac:dyDescent="0.3">
-[...57 lines deleted...]
-      <c r="B4" s="5">
+    <row r="1" spans="1:24" ht="33" customHeight="1">
+      <c r="A1" s="12" t="s">
+        <v>78</v>
+      </c>
+      <c r="B1" s="13"/>
+      <c r="C1" s="13"/>
+      <c r="D1" s="13"/>
+      <c r="E1" s="13"/>
+      <c r="F1" s="13"/>
+      <c r="G1" s="13"/>
+      <c r="H1" s="13"/>
+      <c r="I1" s="13"/>
+      <c r="J1" s="13"/>
+      <c r="K1" s="13"/>
+      <c r="L1" s="13"/>
+      <c r="M1" s="13"/>
+      <c r="N1" s="13"/>
+      <c r="O1" s="13"/>
+      <c r="P1" s="13"/>
+      <c r="Q1" s="13"/>
+      <c r="R1" s="13"/>
+      <c r="S1" s="13"/>
+      <c r="T1" s="13"/>
+      <c r="U1" s="13"/>
+      <c r="V1" s="13"/>
+      <c r="W1" s="13"/>
+      <c r="X1" s="13"/>
+    </row>
+    <row r="2" spans="1:24" ht="14.1" customHeight="1">
+      <c r="A2" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="B2" s="13"/>
+      <c r="C2" s="13"/>
+      <c r="D2" s="13"/>
+      <c r="E2" s="13"/>
+      <c r="F2" s="13"/>
+      <c r="G2" s="13"/>
+      <c r="H2" s="13"/>
+      <c r="I2" s="13"/>
+      <c r="J2" s="13"/>
+      <c r="K2" s="13"/>
+      <c r="L2" s="13"/>
+      <c r="M2" s="13"/>
+      <c r="N2" s="13"/>
+      <c r="O2" s="13"/>
+      <c r="P2" s="13"/>
+      <c r="Q2" s="13"/>
+      <c r="R2" s="13"/>
+      <c r="S2" s="13"/>
+      <c r="T2" s="13"/>
+      <c r="U2" s="13"/>
+      <c r="V2" s="13"/>
+      <c r="W2" s="13"/>
+      <c r="X2" s="13"/>
+    </row>
+    <row r="4" spans="1:24" ht="12" customHeight="1">
+      <c r="A4" s="8"/>
+      <c r="B4" s="4">
         <v>2023</v>
       </c>
-      <c r="C4" s="5">
+      <c r="C4" s="4">
         <v>2024</v>
       </c>
-      <c r="D4" s="5">
+      <c r="D4" s="4">
         <v>2025</v>
       </c>
-      <c r="E4" s="5">
+      <c r="E4" s="4">
         <v>2026</v>
       </c>
-      <c r="F4" s="5">
+      <c r="F4" s="4">
         <v>2027</v>
       </c>
-      <c r="G4" s="5">
+      <c r="G4" s="4">
         <v>2028</v>
       </c>
-      <c r="H4" s="5">
+      <c r="H4" s="4">
         <v>2029</v>
       </c>
-      <c r="I4" s="5">
+      <c r="I4" s="4">
         <v>2030</v>
       </c>
-      <c r="J4" s="5">
+      <c r="J4" s="4">
         <v>2031</v>
       </c>
-      <c r="K4" s="5">
+      <c r="K4" s="4">
         <v>2032</v>
       </c>
-      <c r="L4" s="5">
+      <c r="L4" s="4">
         <v>2033</v>
       </c>
-      <c r="M4" s="5">
+      <c r="M4" s="4">
         <v>2034</v>
       </c>
-      <c r="N4" s="5">
+      <c r="N4" s="4">
         <v>2035</v>
       </c>
-      <c r="O4" s="5">
+      <c r="O4" s="4">
         <v>2036</v>
       </c>
-      <c r="P4" s="5">
+      <c r="P4" s="4">
         <v>2037</v>
       </c>
-      <c r="Q4" s="5">
+      <c r="Q4" s="4">
         <v>2038</v>
       </c>
-      <c r="R4" s="5">
+      <c r="R4" s="4">
         <v>2039</v>
       </c>
-      <c r="S4" s="5">
+      <c r="S4" s="4">
         <v>2040</v>
       </c>
-      <c r="T4" s="5">
+      <c r="T4" s="4">
         <v>2041</v>
       </c>
-      <c r="U4" s="5">
+      <c r="U4" s="4">
         <v>2042</v>
       </c>
-      <c r="V4" s="5">
+      <c r="V4" s="4">
         <v>2043</v>
       </c>
-      <c r="W4" s="5">
+      <c r="W4" s="4">
         <v>2044</v>
       </c>
-      <c r="X4" s="5">
+      <c r="X4" s="4">
         <v>2045</v>
       </c>
     </row>
-    <row r="5" spans="1:24" ht="12" customHeight="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B5" s="6">
+    <row r="5" spans="1:24" ht="12" customHeight="1">
+      <c r="A5" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="B5" s="5">
         <v>62125</v>
       </c>
-      <c r="C5" s="6">
+      <c r="C5" s="5">
         <v>64053</v>
       </c>
-      <c r="D5" s="6">
+      <c r="D5" s="5">
         <v>66008</v>
       </c>
-      <c r="E5" s="6">
+      <c r="E5" s="5">
         <v>68121</v>
       </c>
-      <c r="F5" s="6">
+      <c r="F5" s="5">
         <v>70199</v>
       </c>
-      <c r="G5" s="6">
+      <c r="G5" s="5">
         <v>72273</v>
       </c>
-      <c r="H5" s="6">
+      <c r="H5" s="5">
         <v>74333</v>
       </c>
-      <c r="I5" s="6">
+      <c r="I5" s="5">
         <v>76496</v>
       </c>
-      <c r="J5" s="6">
+      <c r="J5" s="5">
         <v>78665</v>
       </c>
-      <c r="K5" s="6">
+      <c r="K5" s="5">
         <v>80766</v>
       </c>
-      <c r="L5" s="6">
+      <c r="L5" s="5">
         <v>82674</v>
       </c>
-      <c r="M5" s="6">
+      <c r="M5" s="5">
         <v>84561</v>
       </c>
-      <c r="N5" s="6">
+      <c r="N5" s="5">
         <v>86472</v>
       </c>
-      <c r="O5" s="6">
+      <c r="O5" s="5">
         <v>88316</v>
       </c>
-      <c r="P5" s="6">
+      <c r="P5" s="5">
         <v>90101</v>
       </c>
-      <c r="Q5" s="6">
+      <c r="Q5" s="5">
         <v>91842</v>
       </c>
-      <c r="R5" s="6">
+      <c r="R5" s="5">
         <v>93584</v>
       </c>
-      <c r="S5" s="6">
+      <c r="S5" s="5">
         <v>95290</v>
       </c>
-      <c r="T5" s="6">
+      <c r="T5" s="5">
         <v>96971</v>
       </c>
-      <c r="U5" s="6">
+      <c r="U5" s="5">
         <v>98578</v>
       </c>
-      <c r="V5" s="6">
+      <c r="V5" s="5">
         <v>100157</v>
       </c>
-      <c r="W5" s="6">
+      <c r="W5" s="5">
         <v>101681</v>
       </c>
-      <c r="X5" s="6">
+      <c r="X5" s="5">
         <v>103136</v>
       </c>
     </row>
-    <row r="6" spans="1:24" ht="12" customHeight="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B6" s="6">
+    <row r="6" spans="1:24" ht="12" customHeight="1">
+      <c r="A6" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="B6" s="5">
         <v>62125</v>
       </c>
-      <c r="C6" s="6">
+      <c r="C6" s="5">
         <v>64146</v>
       </c>
-      <c r="D6" s="6">
+      <c r="D6" s="5">
         <v>66225</v>
       </c>
-      <c r="E6" s="6">
+      <c r="E6" s="5">
         <v>68451</v>
       </c>
-      <c r="F6" s="6">
+      <c r="F6" s="5">
         <v>70655</v>
       </c>
-      <c r="G6" s="6">
+      <c r="G6" s="5">
         <v>72865</v>
       </c>
-      <c r="H6" s="6">
+      <c r="H6" s="5">
         <v>75059</v>
       </c>
-      <c r="I6" s="6">
+      <c r="I6" s="5">
         <v>77372</v>
       </c>
-      <c r="J6" s="6">
+      <c r="J6" s="5">
         <v>79696</v>
       </c>
-      <c r="K6" s="6">
+      <c r="K6" s="5">
         <v>81946</v>
       </c>
-      <c r="L6" s="6">
+      <c r="L6" s="5">
         <v>83952</v>
       </c>
-      <c r="M6" s="6">
+      <c r="M6" s="5">
         <v>85933</v>
       </c>
-      <c r="N6" s="6">
+      <c r="N6" s="5">
         <v>87937</v>
       </c>
-      <c r="O6" s="6">
+      <c r="O6" s="5">
         <v>89884</v>
       </c>
-      <c r="P6" s="6">
+      <c r="P6" s="5">
         <v>91764</v>
       </c>
-      <c r="Q6" s="6">
+      <c r="Q6" s="5">
         <v>93601</v>
       </c>
-      <c r="R6" s="6">
+      <c r="R6" s="5">
         <v>95441</v>
       </c>
-      <c r="S6" s="6">
+      <c r="S6" s="5">
         <v>97241</v>
       </c>
-      <c r="T6" s="6">
+      <c r="T6" s="5">
         <v>99037</v>
       </c>
-      <c r="U6" s="6">
+      <c r="U6" s="5">
         <v>100749</v>
       </c>
-      <c r="V6" s="6">
+      <c r="V6" s="5">
         <v>102435</v>
       </c>
-      <c r="W6" s="6">
+      <c r="W6" s="5">
         <v>104075</v>
       </c>
-      <c r="X6" s="6">
+      <c r="X6" s="5">
         <v>105655</v>
       </c>
     </row>
-    <row r="7" spans="1:24" ht="12" customHeight="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B7" s="6">
+    <row r="7" spans="1:24" ht="12" customHeight="1">
+      <c r="A7" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="B7" s="5">
         <v>62125</v>
       </c>
-      <c r="C7" s="6">
+      <c r="C7" s="5">
         <v>63903</v>
       </c>
-      <c r="D7" s="6">
+      <c r="D7" s="5">
         <v>65687</v>
       </c>
-      <c r="E7" s="6">
+      <c r="E7" s="5">
         <v>67623</v>
       </c>
-      <c r="F7" s="6">
+      <c r="F7" s="5">
         <v>69532</v>
       </c>
-      <c r="G7" s="6">
+      <c r="G7" s="5">
         <v>71433</v>
       </c>
-      <c r="H7" s="6">
+      <c r="H7" s="5">
         <v>73311</v>
       </c>
-      <c r="I7" s="6">
+      <c r="I7" s="5">
         <v>75283</v>
       </c>
-      <c r="J7" s="6">
+      <c r="J7" s="5">
         <v>77250</v>
       </c>
-      <c r="K7" s="6">
+      <c r="K7" s="5">
         <v>79149</v>
       </c>
-      <c r="L7" s="6">
+      <c r="L7" s="5">
         <v>80961</v>
       </c>
-      <c r="M7" s="6">
+      <c r="M7" s="5">
         <v>82751</v>
       </c>
-      <c r="N7" s="6">
+      <c r="N7" s="5">
         <v>84563</v>
       </c>
-      <c r="O7" s="6">
+      <c r="O7" s="5">
         <v>86321</v>
       </c>
-      <c r="P7" s="6">
+      <c r="P7" s="5">
         <v>88009</v>
       </c>
-      <c r="Q7" s="6">
+      <c r="Q7" s="5">
         <v>89637</v>
       </c>
-      <c r="R7" s="6">
+      <c r="R7" s="5">
         <v>91269</v>
       </c>
-      <c r="S7" s="6">
+      <c r="S7" s="5">
         <v>92871</v>
       </c>
-      <c r="T7" s="6">
+      <c r="T7" s="5">
         <v>94441</v>
       </c>
-      <c r="U7" s="6">
+      <c r="U7" s="5">
         <v>95935</v>
       </c>
-      <c r="V7" s="6">
+      <c r="V7" s="5">
         <v>97389</v>
       </c>
-      <c r="W7" s="6">
+      <c r="W7" s="5">
         <v>98783</v>
       </c>
-      <c r="X7" s="6">
+      <c r="X7" s="5">
         <v>100117</v>
       </c>
     </row>
-    <row r="9" spans="1:24" ht="11" customHeight="1" x14ac:dyDescent="0.25">
-[...29 lines deleted...]
-        <v>83</v>
+    <row r="9" spans="1:24" ht="11.1" customHeight="1">
+      <c r="A9" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="B9" s="13"/>
+      <c r="C9" s="13"/>
+      <c r="D9" s="13"/>
+      <c r="E9" s="13"/>
+      <c r="F9" s="13"/>
+      <c r="G9" s="13"/>
+      <c r="H9" s="13"/>
+      <c r="I9" s="13"/>
+      <c r="J9" s="13"/>
+      <c r="K9" s="13"/>
+      <c r="L9" s="13"/>
+      <c r="M9" s="13"/>
+      <c r="N9" s="13"/>
+      <c r="O9" s="13"/>
+      <c r="P9" s="13"/>
+      <c r="Q9" s="13"/>
+      <c r="R9" s="13"/>
+      <c r="S9" s="13"/>
+      <c r="T9" s="13"/>
+      <c r="U9" s="13"/>
+      <c r="V9" s="13"/>
+      <c r="W9" s="13"/>
+      <c r="X9" s="13"/>
+    </row>
+    <row r="10" spans="1:24" ht="11.1" customHeight="1">
+      <c r="A10" s="7"/>
+      <c r="B10" s="7"/>
+      <c r="C10" s="7"/>
+      <c r="D10" s="7"/>
+      <c r="E10" s="7"/>
+      <c r="F10" s="7"/>
+      <c r="G10" s="7"/>
+      <c r="H10" s="7"/>
+      <c r="I10" s="7"/>
+      <c r="J10" s="7"/>
+      <c r="K10" s="7"/>
+      <c r="L10" s="7"/>
+      <c r="M10" s="7"/>
+      <c r="N10" s="7"/>
+      <c r="O10" s="7"/>
+      <c r="P10" s="7"/>
+      <c r="Q10" s="7"/>
+      <c r="R10" s="7"/>
+      <c r="S10" s="7"/>
+      <c r="T10" s="7"/>
+      <c r="U10" s="7"/>
+      <c r="V10" s="7"/>
+      <c r="W10" s="7"/>
+      <c r="X10" s="11" t="s">
+        <v>23</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:X1"/>
     <mergeCell ref="A2:X2"/>
     <mergeCell ref="A9:X9"/>
   </mergeCells>
   <pageMargins left="0.05" right="0.05" top="0.5" bottom="0.5" header="0" footer="0"/>
   <pageSetup paperSize="9" orientation="portrait"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1200-000000000000}">
   <dimension ref="A1:Y37"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="Y37" sqref="Y37"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="11" customHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="12" defaultRowHeight="11.1" customHeight="1"/>
   <cols>
-    <col min="1" max="2" width="23.77734375" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="22" max="25" width="8.77734375" bestFit="1" customWidth="1"/>
+    <col min="1" max="2" width="23.83203125" bestFit="1" customWidth="1"/>
+    <col min="3" max="21" width="6.83203125" bestFit="1" customWidth="1"/>
+    <col min="22" max="25" width="8.83203125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:25" ht="33" customHeight="1" x14ac:dyDescent="0.3">
-[...60 lines deleted...]
-      <c r="C4" s="5">
+    <row r="1" spans="1:25" ht="33" customHeight="1">
+      <c r="A1" s="12" t="s">
+        <v>79</v>
+      </c>
+      <c r="B1" s="13"/>
+      <c r="C1" s="13"/>
+      <c r="D1" s="13"/>
+      <c r="E1" s="13"/>
+      <c r="F1" s="13"/>
+      <c r="G1" s="13"/>
+      <c r="H1" s="13"/>
+      <c r="I1" s="13"/>
+      <c r="J1" s="13"/>
+      <c r="K1" s="13"/>
+      <c r="L1" s="13"/>
+      <c r="M1" s="13"/>
+      <c r="N1" s="13"/>
+      <c r="O1" s="13"/>
+      <c r="P1" s="13"/>
+      <c r="Q1" s="13"/>
+      <c r="R1" s="13"/>
+      <c r="S1" s="13"/>
+      <c r="T1" s="13"/>
+      <c r="U1" s="13"/>
+      <c r="V1" s="13"/>
+      <c r="W1" s="13"/>
+      <c r="X1" s="13"/>
+      <c r="Y1" s="13"/>
+    </row>
+    <row r="2" spans="1:25" ht="14.1" customHeight="1">
+      <c r="A2" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="B2" s="13"/>
+      <c r="C2" s="13"/>
+      <c r="D2" s="13"/>
+      <c r="E2" s="13"/>
+      <c r="F2" s="13"/>
+      <c r="G2" s="13"/>
+      <c r="H2" s="13"/>
+      <c r="I2" s="13"/>
+      <c r="J2" s="13"/>
+      <c r="K2" s="13"/>
+      <c r="L2" s="13"/>
+      <c r="M2" s="13"/>
+      <c r="N2" s="13"/>
+      <c r="O2" s="13"/>
+      <c r="P2" s="13"/>
+      <c r="Q2" s="13"/>
+      <c r="R2" s="13"/>
+      <c r="S2" s="13"/>
+      <c r="T2" s="13"/>
+      <c r="U2" s="13"/>
+      <c r="V2" s="13"/>
+      <c r="W2" s="13"/>
+      <c r="X2" s="13"/>
+      <c r="Y2" s="13"/>
+    </row>
+    <row r="4" spans="1:25" ht="12" customHeight="1">
+      <c r="A4" s="16"/>
+      <c r="B4" s="16"/>
+      <c r="C4" s="4">
         <v>2023</v>
       </c>
-      <c r="D4" s="5">
+      <c r="D4" s="4">
         <v>2024</v>
       </c>
-      <c r="E4" s="5">
+      <c r="E4" s="4">
         <v>2025</v>
       </c>
-      <c r="F4" s="5">
+      <c r="F4" s="4">
         <v>2026</v>
       </c>
-      <c r="G4" s="5">
+      <c r="G4" s="4">
         <v>2027</v>
       </c>
-      <c r="H4" s="5">
+      <c r="H4" s="4">
         <v>2028</v>
       </c>
-      <c r="I4" s="5">
+      <c r="I4" s="4">
         <v>2029</v>
       </c>
-      <c r="J4" s="5">
+      <c r="J4" s="4">
         <v>2030</v>
       </c>
-      <c r="K4" s="5">
+      <c r="K4" s="4">
         <v>2031</v>
       </c>
-      <c r="L4" s="5">
+      <c r="L4" s="4">
         <v>2032</v>
       </c>
-      <c r="M4" s="5">
+      <c r="M4" s="4">
         <v>2033</v>
       </c>
-      <c r="N4" s="5">
+      <c r="N4" s="4">
         <v>2034</v>
       </c>
-      <c r="O4" s="5">
+      <c r="O4" s="4">
         <v>2035</v>
       </c>
-      <c r="P4" s="5">
+      <c r="P4" s="4">
         <v>2036</v>
       </c>
-      <c r="Q4" s="5">
+      <c r="Q4" s="4">
         <v>2037</v>
       </c>
-      <c r="R4" s="5">
+      <c r="R4" s="4">
         <v>2038</v>
       </c>
-      <c r="S4" s="5">
+      <c r="S4" s="4">
         <v>2039</v>
       </c>
-      <c r="T4" s="5">
+      <c r="T4" s="4">
         <v>2040</v>
       </c>
-      <c r="U4" s="5">
+      <c r="U4" s="4">
         <v>2041</v>
       </c>
-      <c r="V4" s="5">
+      <c r="V4" s="4">
         <v>2042</v>
       </c>
-      <c r="W4" s="5">
+      <c r="W4" s="4">
         <v>2043</v>
       </c>
-      <c r="X4" s="5">
+      <c r="X4" s="4">
         <v>2044</v>
       </c>
-      <c r="Y4" s="5">
+      <c r="Y4" s="4">
         <v>2045</v>
       </c>
     </row>
-    <row r="5" spans="1:25" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:25" ht="12" customHeight="1">
       <c r="A5" s="17" t="s">
-        <v>72</v>
-[...4 lines deleted...]
-      <c r="C5" s="6">
+        <v>19</v>
+      </c>
+      <c r="B5" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="C5" s="5">
         <v>17577</v>
       </c>
-      <c r="D5" s="6">
+      <c r="D5" s="5">
         <v>18163</v>
       </c>
-      <c r="E5" s="6">
+      <c r="E5" s="5">
         <v>18733</v>
       </c>
-      <c r="F5" s="6">
+      <c r="F5" s="5">
         <v>19334</v>
       </c>
-      <c r="G5" s="6">
+      <c r="G5" s="5">
         <v>19922</v>
       </c>
-      <c r="H5" s="6">
+      <c r="H5" s="5">
         <v>20550</v>
       </c>
-      <c r="I5" s="6">
+      <c r="I5" s="5">
         <v>21168</v>
       </c>
-      <c r="J5" s="6">
+      <c r="J5" s="5">
         <v>21823</v>
       </c>
-      <c r="K5" s="6">
+      <c r="K5" s="5">
         <v>22468</v>
       </c>
-      <c r="L5" s="6">
+      <c r="L5" s="5">
         <v>23084</v>
       </c>
-      <c r="M5" s="6">
+      <c r="M5" s="5">
         <v>23583</v>
       </c>
-      <c r="N5" s="6">
+      <c r="N5" s="5">
         <v>24094</v>
       </c>
-      <c r="O5" s="6">
+      <c r="O5" s="5">
         <v>24556</v>
       </c>
-      <c r="P5" s="6">
+      <c r="P5" s="5">
         <v>24973</v>
       </c>
-      <c r="Q5" s="6">
+      <c r="Q5" s="5">
         <v>25378</v>
       </c>
-      <c r="R5" s="6">
+      <c r="R5" s="5">
         <v>25751</v>
       </c>
-      <c r="S5" s="6">
+      <c r="S5" s="5">
         <v>26094</v>
       </c>
-      <c r="T5" s="6">
+      <c r="T5" s="5">
         <v>26394</v>
       </c>
-      <c r="U5" s="6">
+      <c r="U5" s="5">
         <v>26686</v>
       </c>
-      <c r="V5" s="6">
+      <c r="V5" s="5">
         <v>26953</v>
       </c>
-      <c r="W5" s="6">
+      <c r="W5" s="5">
         <v>27208</v>
       </c>
-      <c r="X5" s="6">
+      <c r="X5" s="5">
         <v>27450</v>
       </c>
-      <c r="Y5" s="6">
+      <c r="Y5" s="5">
         <v>27663</v>
       </c>
     </row>
-    <row r="6" spans="1:25" ht="12" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C6" s="6">
+    <row r="6" spans="1:25" ht="12" customHeight="1">
+      <c r="A6" s="18"/>
+      <c r="B6" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="C6" s="5">
         <v>8496</v>
       </c>
-      <c r="D6" s="6">
+      <c r="D6" s="5">
         <v>8648</v>
       </c>
-      <c r="E6" s="6">
+      <c r="E6" s="5">
         <v>8820</v>
       </c>
-      <c r="F6" s="6">
+      <c r="F6" s="5">
         <v>8993</v>
       </c>
-      <c r="G6" s="6">
+      <c r="G6" s="5">
         <v>9157</v>
       </c>
-      <c r="H6" s="6">
+      <c r="H6" s="5">
         <v>9341</v>
       </c>
-      <c r="I6" s="6">
+      <c r="I6" s="5">
         <v>9512</v>
       </c>
-      <c r="J6" s="6">
+      <c r="J6" s="5">
         <v>9686</v>
       </c>
-      <c r="K6" s="6">
+      <c r="K6" s="5">
         <v>9853</v>
       </c>
-      <c r="L6" s="6">
+      <c r="L6" s="5">
         <v>9997</v>
       </c>
-      <c r="M6" s="6">
+      <c r="M6" s="5">
         <v>10136</v>
       </c>
-      <c r="N6" s="6">
+      <c r="N6" s="5">
         <v>10270</v>
       </c>
-      <c r="O6" s="6">
+      <c r="O6" s="5">
         <v>10382</v>
       </c>
-      <c r="P6" s="6">
+      <c r="P6" s="5">
         <v>10471</v>
       </c>
-      <c r="Q6" s="6">
+      <c r="Q6" s="5">
         <v>10559</v>
       </c>
-      <c r="R6" s="6">
+      <c r="R6" s="5">
         <v>10629</v>
       </c>
-      <c r="S6" s="6">
+      <c r="S6" s="5">
         <v>10686</v>
       </c>
-      <c r="T6" s="6">
+      <c r="T6" s="5">
         <v>10732</v>
       </c>
-      <c r="U6" s="6">
+      <c r="U6" s="5">
         <v>10777</v>
       </c>
-      <c r="V6" s="6">
+      <c r="V6" s="5">
         <v>10827</v>
       </c>
-      <c r="W6" s="6">
+      <c r="W6" s="5">
         <v>10874</v>
       </c>
-      <c r="X6" s="6">
+      <c r="X6" s="5">
         <v>10922</v>
       </c>
-      <c r="Y6" s="6">
+      <c r="Y6" s="5">
         <v>10970</v>
       </c>
     </row>
-    <row r="7" spans="1:25" ht="24" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C7" s="6">
+    <row r="7" spans="1:25" ht="24" customHeight="1">
+      <c r="A7" s="18"/>
+      <c r="B7" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="C7" s="5">
         <v>1648</v>
       </c>
-      <c r="D7" s="6">
+      <c r="D7" s="5">
         <v>1673</v>
       </c>
-      <c r="E7" s="6">
+      <c r="E7" s="5">
         <v>1694</v>
       </c>
-      <c r="F7" s="6">
+      <c r="F7" s="5">
         <v>1713</v>
       </c>
-      <c r="G7" s="6">
+      <c r="G7" s="5">
         <v>1731</v>
       </c>
-      <c r="H7" s="6">
+      <c r="H7" s="5">
         <v>1750</v>
       </c>
-      <c r="I7" s="6">
+      <c r="I7" s="5">
         <v>1768</v>
       </c>
-      <c r="J7" s="6">
+      <c r="J7" s="5">
         <v>1788</v>
       </c>
-      <c r="K7" s="6">
+      <c r="K7" s="5">
         <v>1809</v>
       </c>
-      <c r="L7" s="6">
+      <c r="L7" s="5">
         <v>1827</v>
       </c>
-      <c r="M7" s="6">
+      <c r="M7" s="5">
         <v>1846</v>
       </c>
-      <c r="N7" s="6">
+      <c r="N7" s="5">
         <v>1864</v>
       </c>
-      <c r="O7" s="6">
+      <c r="O7" s="5">
         <v>1880</v>
       </c>
-      <c r="P7" s="6">
+      <c r="P7" s="5">
         <v>1893</v>
       </c>
-      <c r="Q7" s="6">
+      <c r="Q7" s="5">
         <v>1904</v>
       </c>
-      <c r="R7" s="6">
+      <c r="R7" s="5">
         <v>1914</v>
       </c>
-      <c r="S7" s="6">
+      <c r="S7" s="5">
         <v>1923</v>
       </c>
-      <c r="T7" s="6">
+      <c r="T7" s="5">
         <v>1931</v>
       </c>
-      <c r="U7" s="6">
+      <c r="U7" s="5">
         <v>1935</v>
       </c>
-      <c r="V7" s="6">
+      <c r="V7" s="5">
         <v>1940</v>
       </c>
-      <c r="W7" s="6">
+      <c r="W7" s="5">
         <v>1943</v>
       </c>
-      <c r="X7" s="6">
+      <c r="X7" s="5">
         <v>1943</v>
       </c>
-      <c r="Y7" s="6">
+      <c r="Y7" s="5">
         <v>1942</v>
       </c>
     </row>
-    <row r="8" spans="1:25" ht="12" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C8" s="6">
+    <row r="8" spans="1:25" ht="12" customHeight="1">
+      <c r="A8" s="18"/>
+      <c r="B8" s="9" t="s">
+        <v>28</v>
+      </c>
+      <c r="C8" s="5">
         <v>4724</v>
       </c>
-      <c r="D8" s="6">
+      <c r="D8" s="5">
         <v>4832</v>
       </c>
-      <c r="E8" s="6">
+      <c r="E8" s="5">
         <v>4934</v>
       </c>
-      <c r="F8" s="6">
+      <c r="F8" s="5">
         <v>5036</v>
       </c>
-      <c r="G8" s="6">
+      <c r="G8" s="5">
         <v>5140</v>
       </c>
-      <c r="H8" s="6">
+      <c r="H8" s="5">
         <v>5252</v>
       </c>
-      <c r="I8" s="6">
+      <c r="I8" s="5">
         <v>5364</v>
       </c>
-      <c r="J8" s="6">
+      <c r="J8" s="5">
         <v>5478</v>
       </c>
-      <c r="K8" s="6">
+      <c r="K8" s="5">
         <v>5589</v>
       </c>
-      <c r="L8" s="6">
+      <c r="L8" s="5">
         <v>5689</v>
       </c>
-      <c r="M8" s="6">
+      <c r="M8" s="5">
         <v>5789</v>
       </c>
-      <c r="N8" s="6">
+      <c r="N8" s="5">
         <v>5886</v>
       </c>
-      <c r="O8" s="6">
+      <c r="O8" s="5">
         <v>5971</v>
       </c>
-      <c r="P8" s="6">
+      <c r="P8" s="5">
         <v>6042</v>
       </c>
-      <c r="Q8" s="6">
+      <c r="Q8" s="5">
         <v>6108</v>
       </c>
-      <c r="R8" s="6">
+      <c r="R8" s="5">
         <v>6166</v>
       </c>
-      <c r="S8" s="6">
+      <c r="S8" s="5">
         <v>6216</v>
       </c>
-      <c r="T8" s="6">
+      <c r="T8" s="5">
         <v>6256</v>
       </c>
-      <c r="U8" s="6">
+      <c r="U8" s="5">
         <v>6289</v>
       </c>
-      <c r="V8" s="6">
+      <c r="V8" s="5">
         <v>6324</v>
       </c>
-      <c r="W8" s="6">
+      <c r="W8" s="5">
         <v>6351</v>
       </c>
-      <c r="X8" s="6">
+      <c r="X8" s="5">
         <v>6379</v>
       </c>
-      <c r="Y8" s="6">
+      <c r="Y8" s="5">
         <v>6404</v>
       </c>
     </row>
-    <row r="9" spans="1:25" ht="12" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C9" s="6">
+    <row r="9" spans="1:25" ht="12" customHeight="1">
+      <c r="A9" s="18"/>
+      <c r="B9" s="9" t="s">
+        <v>29</v>
+      </c>
+      <c r="C9" s="5">
         <v>3127</v>
       </c>
-      <c r="D9" s="6">
+      <c r="D9" s="5">
         <v>3198</v>
       </c>
-      <c r="E9" s="6">
+      <c r="E9" s="5">
         <v>3272</v>
       </c>
-      <c r="F9" s="6">
+      <c r="F9" s="5">
         <v>3345</v>
       </c>
-      <c r="G9" s="6">
+      <c r="G9" s="5">
         <v>3415</v>
       </c>
-      <c r="H9" s="6">
+      <c r="H9" s="5">
         <v>3492</v>
       </c>
-      <c r="I9" s="6">
+      <c r="I9" s="5">
         <v>3570</v>
       </c>
-      <c r="J9" s="6">
+      <c r="J9" s="5">
         <v>3643</v>
       </c>
-      <c r="K9" s="6">
+      <c r="K9" s="5">
         <v>3712</v>
       </c>
-      <c r="L9" s="6">
+      <c r="L9" s="5">
         <v>3774</v>
       </c>
-      <c r="M9" s="6">
+      <c r="M9" s="5">
         <v>3834</v>
       </c>
-      <c r="N9" s="6">
+      <c r="N9" s="5">
         <v>3890</v>
       </c>
-      <c r="O9" s="6">
+      <c r="O9" s="5">
         <v>3935</v>
       </c>
-      <c r="P9" s="6">
+      <c r="P9" s="5">
         <v>3975</v>
       </c>
-      <c r="Q9" s="6">
+      <c r="Q9" s="5">
         <v>4012</v>
       </c>
-      <c r="R9" s="6">
+      <c r="R9" s="5">
         <v>4044</v>
       </c>
-      <c r="S9" s="6">
+      <c r="S9" s="5">
         <v>4066</v>
       </c>
-      <c r="T9" s="6">
+      <c r="T9" s="5">
         <v>4084</v>
       </c>
-      <c r="U9" s="6">
+      <c r="U9" s="5">
         <v>4100</v>
       </c>
-      <c r="V9" s="6">
+      <c r="V9" s="5">
         <v>4120</v>
       </c>
-      <c r="W9" s="6">
+      <c r="W9" s="5">
         <v>4135</v>
       </c>
-      <c r="X9" s="6">
+      <c r="X9" s="5">
         <v>4155</v>
       </c>
-      <c r="Y9" s="6">
+      <c r="Y9" s="5">
         <v>4178</v>
       </c>
     </row>
-    <row r="10" spans="1:25" ht="12" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C10" s="6">
+    <row r="10" spans="1:25" ht="12" customHeight="1">
+      <c r="A10" s="18"/>
+      <c r="B10" s="9" t="s">
+        <v>30</v>
+      </c>
+      <c r="C10" s="5">
         <v>2186</v>
       </c>
-      <c r="D10" s="6">
+      <c r="D10" s="5">
         <v>2239</v>
       </c>
-      <c r="E10" s="6">
+      <c r="E10" s="5">
         <v>2295</v>
       </c>
-      <c r="F10" s="6">
+      <c r="F10" s="5">
         <v>2348</v>
       </c>
-      <c r="G10" s="6">
+      <c r="G10" s="5">
         <v>2405</v>
       </c>
-      <c r="H10" s="6">
+      <c r="H10" s="5">
         <v>2464</v>
       </c>
-      <c r="I10" s="6">
+      <c r="I10" s="5">
         <v>2521</v>
       </c>
-      <c r="J10" s="6">
+      <c r="J10" s="5">
         <v>2581</v>
       </c>
-      <c r="K10" s="6">
+      <c r="K10" s="5">
         <v>2638</v>
       </c>
-      <c r="L10" s="6">
+      <c r="L10" s="5">
         <v>2687</v>
       </c>
-      <c r="M10" s="6">
+      <c r="M10" s="5">
         <v>2739</v>
       </c>
-      <c r="N10" s="6">
+      <c r="N10" s="5">
         <v>2792</v>
       </c>
-      <c r="O10" s="6">
+      <c r="O10" s="5">
         <v>2839</v>
       </c>
-      <c r="P10" s="6">
+      <c r="P10" s="5">
         <v>2881</v>
       </c>
-      <c r="Q10" s="6">
+      <c r="Q10" s="5">
         <v>2920</v>
       </c>
-      <c r="R10" s="6">
+      <c r="R10" s="5">
         <v>2954</v>
       </c>
-      <c r="S10" s="6">
+      <c r="S10" s="5">
         <v>2985</v>
       </c>
-      <c r="T10" s="6">
+      <c r="T10" s="5">
         <v>3011</v>
       </c>
-      <c r="U10" s="6">
+      <c r="U10" s="5">
         <v>3034</v>
       </c>
-      <c r="V10" s="6">
+      <c r="V10" s="5">
         <v>3062</v>
       </c>
-      <c r="W10" s="6">
+      <c r="W10" s="5">
         <v>3086</v>
       </c>
-      <c r="X10" s="6">
+      <c r="X10" s="5">
         <v>3106</v>
       </c>
-      <c r="Y10" s="6">
+      <c r="Y10" s="5">
         <v>3120</v>
       </c>
     </row>
-    <row r="11" spans="1:25" ht="24" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C11" s="6">
+    <row r="11" spans="1:25" ht="24" customHeight="1">
+      <c r="A11" s="18"/>
+      <c r="B11" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="C11" s="5">
         <v>2168</v>
       </c>
-      <c r="D11" s="6">
+      <c r="D11" s="5">
         <v>2202</v>
       </c>
-      <c r="E11" s="6">
+      <c r="E11" s="5">
         <v>2228</v>
       </c>
-      <c r="F11" s="6">
+      <c r="F11" s="5">
         <v>2250</v>
       </c>
-      <c r="G11" s="6">
+      <c r="G11" s="5">
         <v>2271</v>
       </c>
-      <c r="H11" s="6">
+      <c r="H11" s="5">
         <v>2291</v>
       </c>
-      <c r="I11" s="6">
+      <c r="I11" s="5">
         <v>2306</v>
       </c>
-      <c r="J11" s="6">
+      <c r="J11" s="5">
         <v>2323</v>
       </c>
-      <c r="K11" s="6">
+      <c r="K11" s="5">
         <v>2341</v>
       </c>
-      <c r="L11" s="6">
+      <c r="L11" s="5">
         <v>2358</v>
       </c>
-      <c r="M11" s="6">
+      <c r="M11" s="5">
         <v>2374</v>
       </c>
-      <c r="N11" s="6">
+      <c r="N11" s="5">
         <v>2390</v>
       </c>
-      <c r="O11" s="6">
+      <c r="O11" s="5">
         <v>2405</v>
       </c>
-      <c r="P11" s="6">
+      <c r="P11" s="5">
         <v>2418</v>
       </c>
-      <c r="Q11" s="6">
+      <c r="Q11" s="5">
         <v>2430</v>
       </c>
-      <c r="R11" s="6">
+      <c r="R11" s="5">
         <v>2443</v>
       </c>
-      <c r="S11" s="6">
+      <c r="S11" s="5">
         <v>2455</v>
       </c>
-      <c r="T11" s="6">
+      <c r="T11" s="5">
         <v>2467</v>
       </c>
-      <c r="U11" s="6">
+      <c r="U11" s="5">
         <v>2479</v>
       </c>
-      <c r="V11" s="6">
+      <c r="V11" s="5">
         <v>2490</v>
       </c>
-      <c r="W11" s="6">
+      <c r="W11" s="5">
         <v>2500</v>
       </c>
-      <c r="X11" s="6">
+      <c r="X11" s="5">
         <v>2508</v>
       </c>
-      <c r="Y11" s="6">
+      <c r="Y11" s="5">
         <v>2515</v>
       </c>
     </row>
-    <row r="12" spans="1:25" ht="24" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C12" s="6">
+    <row r="12" spans="1:25" ht="24" customHeight="1">
+      <c r="A12" s="18"/>
+      <c r="B12" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="C12" s="5">
         <v>22108</v>
       </c>
-      <c r="D12" s="6">
+      <c r="D12" s="5">
         <v>23005</v>
       </c>
-      <c r="E12" s="6">
+      <c r="E12" s="5">
         <v>23935</v>
       </c>
-      <c r="F12" s="6">
+      <c r="F12" s="5">
         <v>25002</v>
       </c>
-      <c r="G12" s="6">
+      <c r="G12" s="5">
         <v>26055</v>
       </c>
-      <c r="H12" s="6">
+      <c r="H12" s="5">
         <v>27031</v>
       </c>
-      <c r="I12" s="6">
+      <c r="I12" s="5">
         <v>28017</v>
       </c>
-      <c r="J12" s="6">
+      <c r="J12" s="5">
         <v>29064</v>
       </c>
-      <c r="K12" s="6">
+      <c r="K12" s="5">
         <v>30145</v>
       </c>
-      <c r="L12" s="6">
+      <c r="L12" s="5">
         <v>31237</v>
       </c>
-      <c r="M12" s="6">
+      <c r="M12" s="5">
         <v>32258</v>
       </c>
-      <c r="N12" s="6">
+      <c r="N12" s="5">
         <v>33256</v>
       </c>
-      <c r="O12" s="6">
+      <c r="O12" s="5">
         <v>34383</v>
       </c>
-      <c r="P12" s="6">
+      <c r="P12" s="5">
         <v>35538</v>
       </c>
-      <c r="Q12" s="6">
+      <c r="Q12" s="5">
         <v>36661</v>
       </c>
-      <c r="R12" s="6">
+      <c r="R12" s="5">
         <v>37810</v>
       </c>
-      <c r="S12" s="6">
+      <c r="S12" s="5">
         <v>39025</v>
       </c>
-      <c r="T12" s="6">
+      <c r="T12" s="5">
         <v>40278</v>
       </c>
-      <c r="U12" s="6">
+      <c r="U12" s="5">
         <v>41531</v>
       </c>
-      <c r="V12" s="6">
+      <c r="V12" s="5">
         <v>42721</v>
       </c>
-      <c r="W12" s="6">
+      <c r="W12" s="5">
         <v>43915</v>
       </c>
-      <c r="X12" s="6">
+      <c r="X12" s="5">
         <v>45073</v>
       </c>
-      <c r="Y12" s="6">
+      <c r="Y12" s="5">
         <v>46198</v>
       </c>
     </row>
-    <row r="13" spans="1:25" ht="12" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C13" s="6">
+    <row r="13" spans="1:25" ht="12" customHeight="1">
+      <c r="A13" s="18"/>
+      <c r="B13" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="C13" s="5">
         <v>91</v>
       </c>
-      <c r="D13" s="6">
+      <c r="D13" s="5">
         <v>94</v>
       </c>
-      <c r="E13" s="6">
+      <c r="E13" s="5">
         <v>97</v>
       </c>
-      <c r="F13" s="6">
+      <c r="F13" s="5">
         <v>99</v>
       </c>
-      <c r="G13" s="6">
+      <c r="G13" s="5">
         <v>101</v>
       </c>
-      <c r="H13" s="6">
+      <c r="H13" s="5">
         <v>104</v>
       </c>
-      <c r="I13" s="6">
+      <c r="I13" s="5">
         <v>106</v>
       </c>
-      <c r="J13" s="6">
+      <c r="J13" s="5">
         <v>108</v>
       </c>
-      <c r="K13" s="6">
+      <c r="K13" s="5">
         <v>111</v>
       </c>
-      <c r="L13" s="6">
+      <c r="L13" s="5">
         <v>113</v>
       </c>
-      <c r="M13" s="6">
+      <c r="M13" s="5">
         <v>115</v>
       </c>
-      <c r="N13" s="6">
+      <c r="N13" s="5">
         <v>118</v>
       </c>
-      <c r="O13" s="6">
+      <c r="O13" s="5">
         <v>121</v>
       </c>
-      <c r="P13" s="6">
+      <c r="P13" s="5">
         <v>124</v>
       </c>
-      <c r="Q13" s="6">
+      <c r="Q13" s="5">
         <v>128</v>
       </c>
-      <c r="R13" s="6">
+      <c r="R13" s="5">
         <v>132</v>
       </c>
-      <c r="S13" s="6">
+      <c r="S13" s="5">
         <v>134</v>
       </c>
-      <c r="T13" s="6">
+      <c r="T13" s="5">
         <v>137</v>
       </c>
-      <c r="U13" s="6">
+      <c r="U13" s="5">
         <v>139</v>
       </c>
-      <c r="V13" s="6">
+      <c r="V13" s="5">
         <v>141</v>
       </c>
-      <c r="W13" s="6">
+      <c r="W13" s="5">
         <v>142</v>
       </c>
-      <c r="X13" s="6">
+      <c r="X13" s="5">
         <v>144</v>
       </c>
-      <c r="Y13" s="6">
+      <c r="Y13" s="5">
         <v>146</v>
       </c>
     </row>
-    <row r="14" spans="1:25" ht="12" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C14" s="6">
+    <row r="14" spans="1:25" ht="12" customHeight="1">
+      <c r="A14" s="18"/>
+      <c r="B14" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="C14" s="5">
         <v>62125</v>
       </c>
-      <c r="D14" s="6">
+      <c r="D14" s="5">
         <v>64053</v>
       </c>
-      <c r="E14" s="6">
+      <c r="E14" s="5">
         <v>66008</v>
       </c>
-      <c r="F14" s="6">
+      <c r="F14" s="5">
         <v>68121</v>
       </c>
-      <c r="G14" s="6">
+      <c r="G14" s="5">
         <v>70199</v>
       </c>
-      <c r="H14" s="6">
+      <c r="H14" s="5">
         <v>72273</v>
       </c>
-      <c r="I14" s="6">
+      <c r="I14" s="5">
         <v>74333</v>
       </c>
-      <c r="J14" s="6">
+      <c r="J14" s="5">
         <v>76496</v>
       </c>
-      <c r="K14" s="6">
+      <c r="K14" s="5">
         <v>78665</v>
       </c>
-      <c r="L14" s="6">
+      <c r="L14" s="5">
         <v>80766</v>
       </c>
-      <c r="M14" s="6">
+      <c r="M14" s="5">
         <v>82674</v>
       </c>
-      <c r="N14" s="6">
+      <c r="N14" s="5">
         <v>84561</v>
       </c>
-      <c r="O14" s="6">
+      <c r="O14" s="5">
         <v>86472</v>
       </c>
-      <c r="P14" s="6">
+      <c r="P14" s="5">
         <v>88316</v>
       </c>
-      <c r="Q14" s="6">
+      <c r="Q14" s="5">
         <v>90101</v>
       </c>
-      <c r="R14" s="6">
+      <c r="R14" s="5">
         <v>91842</v>
       </c>
-      <c r="S14" s="6">
+      <c r="S14" s="5">
         <v>93584</v>
       </c>
-      <c r="T14" s="6">
+      <c r="T14" s="5">
         <v>95290</v>
       </c>
-      <c r="U14" s="6">
+      <c r="U14" s="5">
         <v>96971</v>
       </c>
-      <c r="V14" s="6">
+      <c r="V14" s="5">
         <v>98578</v>
       </c>
-      <c r="W14" s="6">
+      <c r="W14" s="5">
         <v>100157</v>
       </c>
-      <c r="X14" s="6">
+      <c r="X14" s="5">
         <v>101681</v>
       </c>
-      <c r="Y14" s="6">
+      <c r="Y14" s="5">
         <v>103136</v>
       </c>
     </row>
-    <row r="15" spans="1:25" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:25" ht="12" customHeight="1">
       <c r="A15" s="17" t="s">
-        <v>73</v>
-[...4 lines deleted...]
-      <c r="C15" s="6">
+        <v>20</v>
+      </c>
+      <c r="B15" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="C15" s="5">
         <v>17577</v>
       </c>
-      <c r="D15" s="6">
+      <c r="D15" s="5">
         <v>18219</v>
       </c>
-      <c r="E15" s="6">
+      <c r="E15" s="5">
         <v>18856</v>
       </c>
-      <c r="F15" s="6">
+      <c r="F15" s="5">
         <v>19523</v>
       </c>
-      <c r="G15" s="6">
+      <c r="G15" s="5">
         <v>20181</v>
       </c>
-      <c r="H15" s="6">
+      <c r="H15" s="5">
         <v>20883</v>
       </c>
-      <c r="I15" s="6">
+      <c r="I15" s="5">
         <v>21578</v>
       </c>
-      <c r="J15" s="6">
+      <c r="J15" s="5">
         <v>22315</v>
       </c>
-      <c r="K15" s="6">
+      <c r="K15" s="5">
         <v>23044</v>
       </c>
-      <c r="L15" s="6">
+      <c r="L15" s="5">
         <v>23747</v>
       </c>
-      <c r="M15" s="6">
+      <c r="M15" s="5">
         <v>24279</v>
       </c>
-      <c r="N15" s="6">
+      <c r="N15" s="5">
         <v>24821</v>
       </c>
-      <c r="O15" s="6">
+      <c r="O15" s="5">
         <v>25315</v>
       </c>
-      <c r="P15" s="6">
+      <c r="P15" s="5">
         <v>25767</v>
       </c>
-      <c r="Q15" s="6">
+      <c r="Q15" s="5">
         <v>26206</v>
       </c>
-      <c r="R15" s="6">
+      <c r="R15" s="5">
         <v>26613</v>
       </c>
-      <c r="S15" s="6">
+      <c r="S15" s="5">
         <v>26993</v>
       </c>
-      <c r="T15" s="6">
+      <c r="T15" s="5">
         <v>27329</v>
       </c>
-      <c r="U15" s="6">
+      <c r="U15" s="5">
         <v>27663</v>
       </c>
-      <c r="V15" s="6">
+      <c r="V15" s="5">
         <v>27970</v>
       </c>
-      <c r="W15" s="6">
+      <c r="W15" s="5">
         <v>28265</v>
       </c>
-      <c r="X15" s="6">
+      <c r="X15" s="5">
         <v>28551</v>
       </c>
-      <c r="Y15" s="6">
+      <c r="Y15" s="5">
         <v>28813</v>
       </c>
     </row>
-    <row r="16" spans="1:25" ht="12" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C16" s="6">
+    <row r="16" spans="1:25" ht="12" customHeight="1">
+      <c r="A16" s="18"/>
+      <c r="B16" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="C16" s="5">
         <v>8496</v>
       </c>
-      <c r="D16" s="6">
+      <c r="D16" s="5">
         <v>8659</v>
       </c>
-      <c r="E16" s="6">
+      <c r="E16" s="5">
         <v>8848</v>
       </c>
-      <c r="F16" s="6">
+      <c r="F16" s="5">
         <v>9037</v>
       </c>
-      <c r="G16" s="6">
+      <c r="G16" s="5">
         <v>9217</v>
       </c>
-      <c r="H16" s="6">
+      <c r="H16" s="5">
         <v>9417</v>
       </c>
-      <c r="I16" s="6">
+      <c r="I16" s="5">
         <v>9605</v>
       </c>
-      <c r="J16" s="6">
+      <c r="J16" s="5">
         <v>9798</v>
       </c>
-      <c r="K16" s="6">
+      <c r="K16" s="5">
         <v>9983</v>
       </c>
-      <c r="L16" s="6">
+      <c r="L16" s="5">
         <v>10146</v>
       </c>
-      <c r="M16" s="6">
+      <c r="M16" s="5">
         <v>10304</v>
       </c>
-      <c r="N16" s="6">
+      <c r="N16" s="5">
         <v>10457</v>
       </c>
-      <c r="O16" s="6">
+      <c r="O16" s="5">
         <v>10588</v>
       </c>
-      <c r="P16" s="6">
+      <c r="P16" s="5">
         <v>10697</v>
       </c>
-      <c r="Q16" s="6">
+      <c r="Q16" s="5">
         <v>10807</v>
       </c>
-      <c r="R16" s="6">
+      <c r="R16" s="5">
         <v>10898</v>
       </c>
-      <c r="S16" s="6">
+      <c r="S16" s="5">
         <v>10978</v>
       </c>
-      <c r="T16" s="6">
+      <c r="T16" s="5">
         <v>11049</v>
       </c>
-      <c r="U16" s="6">
+      <c r="U16" s="5">
         <v>11120</v>
       </c>
-      <c r="V16" s="6">
+      <c r="V16" s="5">
         <v>11195</v>
       </c>
-      <c r="W16" s="6">
+      <c r="W16" s="5">
         <v>11268</v>
       </c>
-      <c r="X16" s="6">
+      <c r="X16" s="5">
         <v>11343</v>
       </c>
-      <c r="Y16" s="6">
+      <c r="Y16" s="5">
         <v>11420</v>
       </c>
     </row>
-    <row r="17" spans="1:25" ht="24" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C17" s="6">
+    <row r="17" spans="1:25" ht="24" customHeight="1">
+      <c r="A17" s="18"/>
+      <c r="B17" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="C17" s="5">
         <v>1648</v>
       </c>
-      <c r="D17" s="6">
+      <c r="D17" s="5">
         <v>1676</v>
       </c>
-      <c r="E17" s="6">
+      <c r="E17" s="5">
         <v>1703</v>
       </c>
-      <c r="F17" s="6">
+      <c r="F17" s="5">
         <v>1727</v>
       </c>
-      <c r="G17" s="6">
+      <c r="G17" s="5">
         <v>1750</v>
       </c>
-      <c r="H17" s="6">
+      <c r="H17" s="5">
         <v>1773</v>
       </c>
-      <c r="I17" s="6">
+      <c r="I17" s="5">
         <v>1796</v>
       </c>
-      <c r="J17" s="6">
+      <c r="J17" s="5">
         <v>1821</v>
       </c>
-      <c r="K17" s="6">
+      <c r="K17" s="5">
         <v>1846</v>
       </c>
-      <c r="L17" s="6">
+      <c r="L17" s="5">
         <v>1869</v>
       </c>
-      <c r="M17" s="6">
+      <c r="M17" s="5">
         <v>1892</v>
       </c>
-      <c r="N17" s="6">
+      <c r="N17" s="5">
         <v>1915</v>
       </c>
-      <c r="O17" s="6">
+      <c r="O17" s="5">
         <v>1935</v>
       </c>
-      <c r="P17" s="6">
+      <c r="P17" s="5">
         <v>1952</v>
       </c>
-      <c r="Q17" s="6">
+      <c r="Q17" s="5">
         <v>1967</v>
       </c>
-      <c r="R17" s="6">
+      <c r="R17" s="5">
         <v>1982</v>
       </c>
-      <c r="S17" s="6">
+      <c r="S17" s="5">
         <v>1996</v>
       </c>
-      <c r="T17" s="6">
+      <c r="T17" s="5">
         <v>2008</v>
       </c>
-      <c r="U17" s="6">
+      <c r="U17" s="5">
         <v>2017</v>
       </c>
-      <c r="V17" s="6">
+      <c r="V17" s="5">
         <v>2027</v>
       </c>
-      <c r="W17" s="6">
+      <c r="W17" s="5">
         <v>2035</v>
       </c>
-      <c r="X17" s="6">
+      <c r="X17" s="5">
         <v>2041</v>
       </c>
-      <c r="Y17" s="6">
+      <c r="Y17" s="5">
         <v>2045</v>
       </c>
     </row>
-    <row r="18" spans="1:25" ht="12" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C18" s="6">
+    <row r="18" spans="1:25" ht="12" customHeight="1">
+      <c r="A18" s="18"/>
+      <c r="B18" s="9" t="s">
+        <v>28</v>
+      </c>
+      <c r="C18" s="5">
         <v>4724</v>
       </c>
-      <c r="D18" s="6">
+      <c r="D18" s="5">
         <v>4836</v>
       </c>
-      <c r="E18" s="6">
+      <c r="E18" s="5">
         <v>4944</v>
       </c>
-      <c r="F18" s="6">
+      <c r="F18" s="5">
         <v>5053</v>
       </c>
-      <c r="G18" s="6">
+      <c r="G18" s="5">
         <v>5163</v>
       </c>
-      <c r="H18" s="6">
+      <c r="H18" s="5">
         <v>5281</v>
       </c>
-      <c r="I18" s="6">
+      <c r="I18" s="5">
         <v>5399</v>
       </c>
-      <c r="J18" s="6">
+      <c r="J18" s="5">
         <v>5521</v>
       </c>
-      <c r="K18" s="6">
+      <c r="K18" s="5">
         <v>5639</v>
       </c>
-      <c r="L18" s="6">
+      <c r="L18" s="5">
         <v>5745</v>
       </c>
-      <c r="M18" s="6">
+      <c r="M18" s="5">
         <v>5854</v>
       </c>
-      <c r="N18" s="6">
+      <c r="N18" s="5">
         <v>5958</v>
       </c>
-      <c r="O18" s="6">
+      <c r="O18" s="5">
         <v>6049</v>
       </c>
-      <c r="P18" s="6">
+      <c r="P18" s="5">
         <v>6130</v>
       </c>
-      <c r="Q18" s="6">
+      <c r="Q18" s="5">
         <v>6205</v>
       </c>
-      <c r="R18" s="6">
+      <c r="R18" s="5">
         <v>6272</v>
       </c>
-      <c r="S18" s="6">
+      <c r="S18" s="5">
         <v>6333</v>
       </c>
-      <c r="T18" s="6">
+      <c r="T18" s="5">
         <v>6384</v>
       </c>
-      <c r="U18" s="6">
+      <c r="U18" s="5">
         <v>6429</v>
       </c>
-      <c r="V18" s="6">
+      <c r="V18" s="5">
         <v>6476</v>
       </c>
-      <c r="W18" s="6">
+      <c r="W18" s="5">
         <v>6516</v>
       </c>
-      <c r="X18" s="6">
+      <c r="X18" s="5">
         <v>6558</v>
       </c>
-      <c r="Y18" s="6">
+      <c r="Y18" s="5">
         <v>6598</v>
       </c>
     </row>
-    <row r="19" spans="1:25" ht="12" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C19" s="6">
+    <row r="19" spans="1:25" ht="12" customHeight="1">
+      <c r="A19" s="18"/>
+      <c r="B19" s="9" t="s">
+        <v>29</v>
+      </c>
+      <c r="C19" s="5">
         <v>3127</v>
       </c>
-      <c r="D19" s="6">
+      <c r="D19" s="5">
         <v>3200</v>
       </c>
-      <c r="E19" s="6">
+      <c r="E19" s="5">
         <v>3278</v>
       </c>
-      <c r="F19" s="6">
+      <c r="F19" s="5">
         <v>3354</v>
       </c>
-      <c r="G19" s="6">
+      <c r="G19" s="5">
         <v>3427</v>
       </c>
-      <c r="H19" s="6">
+      <c r="H19" s="5">
         <v>3507</v>
       </c>
-      <c r="I19" s="6">
+      <c r="I19" s="5">
         <v>3588</v>
       </c>
-      <c r="J19" s="6">
+      <c r="J19" s="5">
         <v>3665</v>
       </c>
-      <c r="K19" s="6">
+      <c r="K19" s="5">
         <v>3738</v>
       </c>
-      <c r="L19" s="6">
+      <c r="L19" s="5">
         <v>3804</v>
       </c>
-      <c r="M19" s="6">
+      <c r="M19" s="5">
         <v>3869</v>
       </c>
-      <c r="N19" s="6">
+      <c r="N19" s="5">
         <v>3930</v>
       </c>
-      <c r="O19" s="6">
+      <c r="O19" s="5">
         <v>3979</v>
       </c>
-      <c r="P19" s="6">
+      <c r="P19" s="5">
         <v>4025</v>
       </c>
-      <c r="Q19" s="6">
+      <c r="Q19" s="5">
         <v>4068</v>
       </c>
-      <c r="R19" s="6">
+      <c r="R19" s="5">
         <v>4106</v>
       </c>
-      <c r="S19" s="6">
+      <c r="S19" s="5">
         <v>4135</v>
       </c>
-      <c r="T19" s="6">
+      <c r="T19" s="5">
         <v>4159</v>
       </c>
-      <c r="U19" s="6">
+      <c r="U19" s="5">
         <v>4183</v>
       </c>
-      <c r="V19" s="6">
+      <c r="V19" s="5">
         <v>4211</v>
       </c>
-      <c r="W19" s="6">
+      <c r="W19" s="5">
         <v>4234</v>
       </c>
-      <c r="X19" s="6">
+      <c r="X19" s="5">
         <v>4263</v>
       </c>
-      <c r="Y19" s="6">
+      <c r="Y19" s="5">
         <v>4296</v>
       </c>
     </row>
-    <row r="20" spans="1:25" ht="12" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C20" s="6">
+    <row r="20" spans="1:25" ht="12" customHeight="1">
+      <c r="A20" s="18"/>
+      <c r="B20" s="9" t="s">
+        <v>30</v>
+      </c>
+      <c r="C20" s="5">
         <v>2186</v>
       </c>
-      <c r="D20" s="6">
+      <c r="D20" s="5">
         <v>2241</v>
       </c>
-      <c r="E20" s="6">
+      <c r="E20" s="5">
         <v>2300</v>
       </c>
-      <c r="F20" s="6">
+      <c r="F20" s="5">
         <v>2357</v>
       </c>
-      <c r="G20" s="6">
+      <c r="G20" s="5">
         <v>2417</v>
       </c>
-      <c r="H20" s="6">
+      <c r="H20" s="5">
         <v>2478</v>
       </c>
-      <c r="I20" s="6">
+      <c r="I20" s="5">
         <v>2539</v>
       </c>
-      <c r="J20" s="6">
+      <c r="J20" s="5">
         <v>2602</v>
       </c>
-      <c r="K20" s="6">
+      <c r="K20" s="5">
         <v>2662</v>
       </c>
-      <c r="L20" s="6">
+      <c r="L20" s="5">
         <v>2714</v>
       </c>
-      <c r="M20" s="6">
+      <c r="M20" s="5">
         <v>2769</v>
       </c>
-      <c r="N20" s="6">
+      <c r="N20" s="5">
         <v>2825</v>
       </c>
-      <c r="O20" s="6">
+      <c r="O20" s="5">
         <v>2876</v>
       </c>
-      <c r="P20" s="6">
+      <c r="P20" s="5">
         <v>2921</v>
       </c>
-      <c r="Q20" s="6">
+      <c r="Q20" s="5">
         <v>2963</v>
       </c>
-      <c r="R20" s="6">
+      <c r="R20" s="5">
         <v>3001</v>
       </c>
-      <c r="S20" s="6">
+      <c r="S20" s="5">
         <v>3037</v>
       </c>
-      <c r="T20" s="6">
+      <c r="T20" s="5">
         <v>3066</v>
       </c>
-      <c r="U20" s="6">
+      <c r="U20" s="5">
         <v>3095</v>
       </c>
-      <c r="V20" s="6">
+      <c r="V20" s="5">
         <v>3127</v>
       </c>
-      <c r="W20" s="6">
+      <c r="W20" s="5">
         <v>3155</v>
       </c>
-      <c r="X20" s="6">
+      <c r="X20" s="5">
         <v>3180</v>
       </c>
-      <c r="Y20" s="6">
+      <c r="Y20" s="5">
         <v>3201</v>
       </c>
     </row>
-    <row r="21" spans="1:25" ht="24" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C21" s="6">
+    <row r="21" spans="1:25" ht="24" customHeight="1">
+      <c r="A21" s="18"/>
+      <c r="B21" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="C21" s="5">
         <v>2168</v>
       </c>
-      <c r="D21" s="6">
+      <c r="D21" s="5">
         <v>2206</v>
       </c>
-      <c r="E21" s="6">
+      <c r="E21" s="5">
         <v>2240</v>
       </c>
-      <c r="F21" s="6">
+      <c r="F21" s="5">
         <v>2269</v>
       </c>
-      <c r="G21" s="6">
+      <c r="G21" s="5">
         <v>2296</v>
       </c>
-      <c r="H21" s="6">
+      <c r="H21" s="5">
         <v>2323</v>
       </c>
-      <c r="I21" s="6">
+      <c r="I21" s="5">
         <v>2345</v>
       </c>
-      <c r="J21" s="6">
+      <c r="J21" s="5">
         <v>2370</v>
       </c>
-      <c r="K21" s="6">
+      <c r="K21" s="5">
         <v>2395</v>
       </c>
-      <c r="L21" s="6">
+      <c r="L21" s="5">
         <v>2420</v>
       </c>
-      <c r="M21" s="6">
+      <c r="M21" s="5">
         <v>2442</v>
       </c>
-      <c r="N21" s="6">
+      <c r="N21" s="5">
         <v>2466</v>
       </c>
-      <c r="O21" s="6">
+      <c r="O21" s="5">
         <v>2488</v>
       </c>
-      <c r="P21" s="6">
+      <c r="P21" s="5">
         <v>2508</v>
       </c>
-      <c r="Q21" s="6">
+      <c r="Q21" s="5">
         <v>2528</v>
       </c>
-      <c r="R21" s="6">
+      <c r="R21" s="5">
         <v>2548</v>
       </c>
-      <c r="S21" s="6">
+      <c r="S21" s="5">
         <v>2568</v>
       </c>
-      <c r="T21" s="6">
+      <c r="T21" s="5">
         <v>2588</v>
       </c>
-      <c r="U21" s="6">
+      <c r="U21" s="5">
         <v>2608</v>
       </c>
-      <c r="V21" s="6">
+      <c r="V21" s="5">
         <v>2626</v>
       </c>
-      <c r="W21" s="6">
+      <c r="W21" s="5">
         <v>2645</v>
       </c>
-      <c r="X21" s="6">
+      <c r="X21" s="5">
         <v>2660</v>
       </c>
-      <c r="Y21" s="6">
+      <c r="Y21" s="5">
         <v>2675</v>
       </c>
     </row>
-    <row r="22" spans="1:25" ht="24" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C22" s="6">
+    <row r="22" spans="1:25" ht="24" customHeight="1">
+      <c r="A22" s="18"/>
+      <c r="B22" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="C22" s="5">
         <v>22108</v>
       </c>
-      <c r="D22" s="6">
+      <c r="D22" s="5">
         <v>23013</v>
       </c>
-      <c r="E22" s="6">
+      <c r="E22" s="5">
         <v>23958</v>
       </c>
-      <c r="F22" s="6">
+      <c r="F22" s="5">
         <v>25033</v>
       </c>
-      <c r="G22" s="6">
+      <c r="G22" s="5">
         <v>26102</v>
       </c>
-      <c r="H22" s="6">
+      <c r="H22" s="5">
         <v>27098</v>
       </c>
-      <c r="I22" s="6">
+      <c r="I22" s="5">
         <v>28103</v>
       </c>
-      <c r="J22" s="6">
+      <c r="J22" s="5">
         <v>29171</v>
       </c>
-      <c r="K22" s="6">
+      <c r="K22" s="5">
         <v>30278</v>
       </c>
-      <c r="L22" s="6">
+      <c r="L22" s="5">
         <v>31388</v>
       </c>
-      <c r="M22" s="6">
+      <c r="M22" s="5">
         <v>32426</v>
       </c>
-      <c r="N22" s="6">
+      <c r="N22" s="5">
         <v>33442</v>
       </c>
-      <c r="O22" s="6">
+      <c r="O22" s="5">
         <v>34585</v>
       </c>
-      <c r="P22" s="6">
+      <c r="P22" s="5">
         <v>35758</v>
       </c>
-      <c r="Q22" s="6">
+      <c r="Q22" s="5">
         <v>36891</v>
       </c>
-      <c r="R22" s="6">
+      <c r="R22" s="5">
         <v>38048</v>
       </c>
-      <c r="S22" s="6">
+      <c r="S22" s="5">
         <v>39266</v>
       </c>
-      <c r="T22" s="6">
+      <c r="T22" s="5">
         <v>40520</v>
       </c>
-      <c r="U22" s="6">
+      <c r="U22" s="5">
         <v>41782</v>
       </c>
-      <c r="V22" s="6">
+      <c r="V22" s="5">
         <v>42975</v>
       </c>
-      <c r="W22" s="6">
+      <c r="W22" s="5">
         <v>44173</v>
       </c>
-      <c r="X22" s="6">
+      <c r="X22" s="5">
         <v>45331</v>
       </c>
-      <c r="Y22" s="6">
+      <c r="Y22" s="5">
         <v>46459</v>
       </c>
     </row>
-    <row r="23" spans="1:25" ht="12" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C23" s="6">
+    <row r="23" spans="1:25" ht="12" customHeight="1">
+      <c r="A23" s="18"/>
+      <c r="B23" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="C23" s="5">
         <v>91</v>
       </c>
-      <c r="D23" s="6">
+      <c r="D23" s="5">
         <v>94</v>
       </c>
-      <c r="E23" s="6">
+      <c r="E23" s="5">
         <v>97</v>
       </c>
-      <c r="F23" s="6">
+      <c r="F23" s="5">
         <v>99</v>
       </c>
-      <c r="G23" s="6">
+      <c r="G23" s="5">
         <v>101</v>
       </c>
-      <c r="H23" s="6">
+      <c r="H23" s="5">
         <v>104</v>
       </c>
-      <c r="I23" s="6">
+      <c r="I23" s="5">
         <v>106</v>
       </c>
-      <c r="J23" s="6">
+      <c r="J23" s="5">
         <v>109</v>
       </c>
-      <c r="K23" s="6">
+      <c r="K23" s="5">
         <v>112</v>
       </c>
-      <c r="L23" s="6">
+      <c r="L23" s="5">
         <v>114</v>
       </c>
-      <c r="M23" s="6">
+      <c r="M23" s="5">
         <v>116</v>
       </c>
-      <c r="N23" s="6">
+      <c r="N23" s="5">
         <v>119</v>
       </c>
-      <c r="O23" s="6">
+      <c r="O23" s="5">
         <v>122</v>
       </c>
-      <c r="P23" s="6">
+      <c r="P23" s="5">
         <v>125</v>
       </c>
-      <c r="Q23" s="6">
+      <c r="Q23" s="5">
         <v>129</v>
       </c>
-      <c r="R23" s="6">
+      <c r="R23" s="5">
         <v>133</v>
       </c>
-      <c r="S23" s="6">
+      <c r="S23" s="5">
         <v>135</v>
       </c>
-      <c r="T23" s="6">
+      <c r="T23" s="5">
         <v>138</v>
       </c>
-      <c r="U23" s="6">
+      <c r="U23" s="5">
         <v>140</v>
       </c>
-      <c r="V23" s="6">
+      <c r="V23" s="5">
         <v>142</v>
       </c>
-      <c r="W23" s="6">
+      <c r="W23" s="5">
         <v>144</v>
       </c>
-      <c r="X23" s="6">
+      <c r="X23" s="5">
         <v>146</v>
       </c>
-      <c r="Y23" s="6">
+      <c r="Y23" s="5">
         <v>147</v>
       </c>
     </row>
-    <row r="24" spans="1:25" ht="12" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C24" s="6">
+    <row r="24" spans="1:25" ht="12" customHeight="1">
+      <c r="A24" s="18"/>
+      <c r="B24" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="C24" s="5">
         <v>62125</v>
       </c>
-      <c r="D24" s="6">
+      <c r="D24" s="5">
         <v>64146</v>
       </c>
-      <c r="E24" s="6">
+      <c r="E24" s="5">
         <v>66225</v>
       </c>
-      <c r="F24" s="6">
+      <c r="F24" s="5">
         <v>68451</v>
       </c>
-      <c r="G24" s="6">
+      <c r="G24" s="5">
         <v>70655</v>
       </c>
-      <c r="H24" s="6">
+      <c r="H24" s="5">
         <v>72865</v>
       </c>
-      <c r="I24" s="6">
+      <c r="I24" s="5">
         <v>75059</v>
       </c>
-      <c r="J24" s="6">
+      <c r="J24" s="5">
         <v>77372</v>
       </c>
-      <c r="K24" s="6">
+      <c r="K24" s="5">
         <v>79696</v>
       </c>
-      <c r="L24" s="6">
+      <c r="L24" s="5">
         <v>81946</v>
       </c>
-      <c r="M24" s="6">
+      <c r="M24" s="5">
         <v>83952</v>
       </c>
-      <c r="N24" s="6">
+      <c r="N24" s="5">
         <v>85933</v>
       </c>
-      <c r="O24" s="6">
+      <c r="O24" s="5">
         <v>87937</v>
       </c>
-      <c r="P24" s="6">
+      <c r="P24" s="5">
         <v>89884</v>
       </c>
-      <c r="Q24" s="6">
+      <c r="Q24" s="5">
         <v>91764</v>
       </c>
-      <c r="R24" s="6">
+      <c r="R24" s="5">
         <v>93601</v>
       </c>
-      <c r="S24" s="6">
+      <c r="S24" s="5">
         <v>95441</v>
       </c>
-      <c r="T24" s="6">
+      <c r="T24" s="5">
         <v>97241</v>
       </c>
-      <c r="U24" s="6">
+      <c r="U24" s="5">
         <v>99037</v>
       </c>
-      <c r="V24" s="6">
+      <c r="V24" s="5">
         <v>100749</v>
       </c>
-      <c r="W24" s="6">
+      <c r="W24" s="5">
         <v>102435</v>
       </c>
-      <c r="X24" s="6">
+      <c r="X24" s="5">
         <v>104075</v>
       </c>
-      <c r="Y24" s="6">
+      <c r="Y24" s="5">
         <v>105655</v>
       </c>
     </row>
-    <row r="25" spans="1:25" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:25" ht="12" customHeight="1">
       <c r="A25" s="17" t="s">
-        <v>74</v>
-[...4 lines deleted...]
-      <c r="C25" s="6">
+        <v>21</v>
+      </c>
+      <c r="B25" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="C25" s="5">
         <v>17577</v>
       </c>
-      <c r="D25" s="6">
+      <c r="D25" s="5">
         <v>18059</v>
       </c>
-      <c r="E25" s="6">
+      <c r="E25" s="5">
         <v>18517</v>
       </c>
-      <c r="F25" s="6">
+      <c r="F25" s="5">
         <v>19001</v>
       </c>
-      <c r="G25" s="6">
+      <c r="G25" s="5">
         <v>19470</v>
       </c>
-      <c r="H25" s="6">
+      <c r="H25" s="5">
         <v>19972</v>
       </c>
-      <c r="I25" s="6">
+      <c r="I25" s="5">
         <v>20460</v>
       </c>
-      <c r="J25" s="6">
+      <c r="J25" s="5">
         <v>20980</v>
       </c>
-      <c r="K25" s="6">
+      <c r="K25" s="5">
         <v>21482</v>
       </c>
-      <c r="L25" s="6">
+      <c r="L25" s="5">
         <v>21954</v>
       </c>
-      <c r="M25" s="6">
+      <c r="M25" s="5">
         <v>22414</v>
       </c>
-      <c r="N25" s="6">
+      <c r="N25" s="5">
         <v>22883</v>
       </c>
-      <c r="O25" s="6">
+      <c r="O25" s="5">
         <v>23306</v>
       </c>
-      <c r="P25" s="6">
+      <c r="P25" s="5">
         <v>23686</v>
       </c>
-      <c r="Q25" s="6">
+      <c r="Q25" s="5">
         <v>24049</v>
       </c>
-      <c r="R25" s="6">
+      <c r="R25" s="5">
         <v>24379</v>
       </c>
-      <c r="S25" s="6">
+      <c r="S25" s="5">
         <v>24679</v>
       </c>
-      <c r="T25" s="6">
+      <c r="T25" s="5">
         <v>24938</v>
       </c>
-      <c r="U25" s="6">
+      <c r="U25" s="5">
         <v>25186</v>
       </c>
-      <c r="V25" s="6">
+      <c r="V25" s="5">
         <v>25413</v>
       </c>
-      <c r="W25" s="6">
+      <c r="W25" s="5">
         <v>25621</v>
       </c>
-      <c r="X25" s="6">
+      <c r="X25" s="5">
         <v>25814</v>
       </c>
-      <c r="Y25" s="6">
+      <c r="Y25" s="5">
         <v>25979</v>
       </c>
     </row>
-    <row r="26" spans="1:25" ht="12" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C26" s="6">
+    <row r="26" spans="1:25" ht="12" customHeight="1">
+      <c r="A26" s="18"/>
+      <c r="B26" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="C26" s="5">
         <v>8496</v>
       </c>
-      <c r="D26" s="6">
+      <c r="D26" s="5">
         <v>8636</v>
       </c>
-      <c r="E26" s="6">
+      <c r="E26" s="5">
         <v>8791</v>
       </c>
-      <c r="F26" s="6">
+      <c r="F26" s="5">
         <v>8947</v>
       </c>
-      <c r="G26" s="6">
+      <c r="G26" s="5">
         <v>9095</v>
       </c>
-      <c r="H26" s="6">
+      <c r="H26" s="5">
         <v>9263</v>
       </c>
-      <c r="I26" s="6">
+      <c r="I26" s="5">
         <v>9417</v>
       </c>
-      <c r="J26" s="6">
+      <c r="J26" s="5">
         <v>9574</v>
       </c>
-      <c r="K26" s="6">
+      <c r="K26" s="5">
         <v>9723</v>
       </c>
-      <c r="L26" s="6">
+      <c r="L26" s="5">
         <v>9848</v>
       </c>
-      <c r="M26" s="6">
+      <c r="M26" s="5">
         <v>9968</v>
       </c>
-      <c r="N26" s="6">
+      <c r="N26" s="5">
         <v>10084</v>
       </c>
-      <c r="O26" s="6">
+      <c r="O26" s="5">
         <v>10175</v>
       </c>
-      <c r="P26" s="6">
+      <c r="P26" s="5">
         <v>10244</v>
       </c>
-      <c r="Q26" s="6">
+      <c r="Q26" s="5">
         <v>10311</v>
       </c>
-      <c r="R26" s="6">
+      <c r="R26" s="5">
         <v>10357</v>
       </c>
-      <c r="S26" s="6">
+      <c r="S26" s="5">
         <v>10390</v>
       </c>
-      <c r="T26" s="6">
+      <c r="T26" s="5">
         <v>10413</v>
       </c>
-      <c r="U26" s="6">
+      <c r="U26" s="5">
         <v>10433</v>
       </c>
-      <c r="V26" s="6">
+      <c r="V26" s="5">
         <v>10459</v>
       </c>
-      <c r="W26" s="6">
+      <c r="W26" s="5">
         <v>10481</v>
       </c>
-      <c r="X26" s="6">
+      <c r="X26" s="5">
         <v>10503</v>
       </c>
-      <c r="Y26" s="6">
+      <c r="Y26" s="5">
         <v>10524</v>
       </c>
     </row>
-    <row r="27" spans="1:25" ht="24" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C27" s="6">
+    <row r="27" spans="1:25" ht="24" customHeight="1">
+      <c r="A27" s="18"/>
+      <c r="B27" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="C27" s="5">
         <v>1648</v>
       </c>
-      <c r="D27" s="6">
+      <c r="D27" s="5">
         <v>1669</v>
       </c>
-      <c r="E27" s="6">
+      <c r="E27" s="5">
         <v>1685</v>
       </c>
-      <c r="F27" s="6">
+      <c r="F27" s="5">
         <v>1699</v>
       </c>
-      <c r="G27" s="6">
+      <c r="G27" s="5">
         <v>1713</v>
       </c>
-      <c r="H27" s="6">
+      <c r="H27" s="5">
         <v>1726</v>
       </c>
-      <c r="I27" s="6">
+      <c r="I27" s="5">
         <v>1740</v>
       </c>
-      <c r="J27" s="6">
+      <c r="J27" s="5">
         <v>1756</v>
       </c>
-      <c r="K27" s="6">
+      <c r="K27" s="5">
         <v>1771</v>
       </c>
-      <c r="L27" s="6">
+      <c r="L27" s="5">
         <v>1785</v>
       </c>
-      <c r="M27" s="6">
+      <c r="M27" s="5">
         <v>1799</v>
       </c>
-      <c r="N27" s="6">
+      <c r="N27" s="5">
         <v>1813</v>
       </c>
-      <c r="O27" s="6">
+      <c r="O27" s="5">
         <v>1825</v>
       </c>
-      <c r="P27" s="6">
+      <c r="P27" s="5">
         <v>1833</v>
       </c>
-      <c r="Q27" s="6">
+      <c r="Q27" s="5">
         <v>1840</v>
       </c>
-      <c r="R27" s="6">
+      <c r="R27" s="5">
         <v>1845</v>
       </c>
-      <c r="S27" s="6">
+      <c r="S27" s="5">
         <v>1850</v>
       </c>
-      <c r="T27" s="6">
+      <c r="T27" s="5">
         <v>1852</v>
       </c>
-      <c r="U27" s="6">
+      <c r="U27" s="5">
         <v>1851</v>
       </c>
-      <c r="V27" s="6">
+      <c r="V27" s="5">
         <v>1851</v>
       </c>
-      <c r="W27" s="6">
+      <c r="W27" s="5">
         <v>1849</v>
       </c>
-      <c r="X27" s="6">
+      <c r="X27" s="5">
         <v>1844</v>
       </c>
-      <c r="Y27" s="6">
+      <c r="Y27" s="5">
         <v>1838</v>
       </c>
     </row>
-    <row r="28" spans="1:25" ht="12" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C28" s="6">
+    <row r="28" spans="1:25" ht="12" customHeight="1">
+      <c r="A28" s="18"/>
+      <c r="B28" s="9" t="s">
+        <v>28</v>
+      </c>
+      <c r="C28" s="5">
         <v>4724</v>
       </c>
-      <c r="D28" s="6">
+      <c r="D28" s="5">
         <v>4828</v>
       </c>
-      <c r="E28" s="6">
+      <c r="E28" s="5">
         <v>4922</v>
       </c>
-      <c r="F28" s="6">
+      <c r="F28" s="5">
         <v>5018</v>
       </c>
-      <c r="G28" s="6">
+      <c r="G28" s="5">
         <v>5117</v>
       </c>
-      <c r="H28" s="6">
+      <c r="H28" s="5">
         <v>5222</v>
       </c>
-      <c r="I28" s="6">
+      <c r="I28" s="5">
         <v>5328</v>
       </c>
-      <c r="J28" s="6">
+      <c r="J28" s="5">
         <v>5437</v>
       </c>
-      <c r="K28" s="6">
+      <c r="K28" s="5">
         <v>5541</v>
       </c>
-      <c r="L28" s="6">
+      <c r="L28" s="5">
         <v>5633</v>
       </c>
-      <c r="M28" s="6">
+      <c r="M28" s="5">
         <v>5726</v>
       </c>
-      <c r="N28" s="6">
+      <c r="N28" s="5">
         <v>5816</v>
       </c>
-      <c r="O28" s="6">
+      <c r="O28" s="5">
         <v>5892</v>
       </c>
-      <c r="P28" s="6">
+      <c r="P28" s="5">
         <v>5955</v>
       </c>
-      <c r="Q28" s="6">
+      <c r="Q28" s="5">
         <v>6012</v>
       </c>
-      <c r="R28" s="6">
+      <c r="R28" s="5">
         <v>6059</v>
       </c>
-      <c r="S28" s="6">
+      <c r="S28" s="5">
         <v>6098</v>
       </c>
-      <c r="T28" s="6">
+      <c r="T28" s="5">
         <v>6126</v>
       </c>
-      <c r="U28" s="6">
+      <c r="U28" s="5">
         <v>6147</v>
       </c>
-      <c r="V28" s="6">
+      <c r="V28" s="5">
         <v>6170</v>
       </c>
-      <c r="W28" s="6">
+      <c r="W28" s="5">
         <v>6184</v>
       </c>
-      <c r="X28" s="6">
+      <c r="X28" s="5">
         <v>6199</v>
       </c>
-      <c r="Y28" s="6">
+      <c r="Y28" s="5">
         <v>6209</v>
       </c>
     </row>
-    <row r="29" spans="1:25" ht="12" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C29" s="6">
+    <row r="29" spans="1:25" ht="12" customHeight="1">
+      <c r="A29" s="18"/>
+      <c r="B29" s="9" t="s">
+        <v>29</v>
+      </c>
+      <c r="C29" s="5">
         <v>3127</v>
       </c>
-      <c r="D29" s="6">
+      <c r="D29" s="5">
         <v>3195</v>
       </c>
-      <c r="E29" s="6">
+      <c r="E29" s="5">
         <v>3266</v>
       </c>
-      <c r="F29" s="6">
+      <c r="F29" s="5">
         <v>3336</v>
       </c>
-      <c r="G29" s="6">
+      <c r="G29" s="5">
         <v>3402</v>
       </c>
-      <c r="H29" s="6">
+      <c r="H29" s="5">
         <v>3476</v>
       </c>
-      <c r="I29" s="6">
+      <c r="I29" s="5">
         <v>3551</v>
       </c>
-      <c r="J29" s="6">
+      <c r="J29" s="5">
         <v>3621</v>
       </c>
-      <c r="K29" s="6">
+      <c r="K29" s="5">
         <v>3686</v>
       </c>
-      <c r="L29" s="6">
+      <c r="L29" s="5">
         <v>3745</v>
       </c>
-      <c r="M29" s="6">
+      <c r="M29" s="5">
         <v>3800</v>
       </c>
-      <c r="N29" s="6">
+      <c r="N29" s="5">
         <v>3852</v>
       </c>
-      <c r="O29" s="6">
+      <c r="O29" s="5">
         <v>3892</v>
       </c>
-      <c r="P29" s="6">
+      <c r="P29" s="5">
         <v>3927</v>
       </c>
-      <c r="Q29" s="6">
+      <c r="Q29" s="5">
         <v>3958</v>
       </c>
-      <c r="R29" s="6">
+      <c r="R29" s="5">
         <v>3983</v>
       </c>
-      <c r="S29" s="6">
+      <c r="S29" s="5">
         <v>3998</v>
       </c>
-      <c r="T29" s="6">
+      <c r="T29" s="5">
         <v>4008</v>
       </c>
-      <c r="U29" s="6">
+      <c r="U29" s="5">
         <v>4017</v>
       </c>
-      <c r="V29" s="6">
+      <c r="V29" s="5">
         <v>4030</v>
       </c>
-      <c r="W29" s="6">
+      <c r="W29" s="5">
         <v>4036</v>
       </c>
-      <c r="X29" s="6">
+      <c r="X29" s="5">
         <v>4047</v>
       </c>
-      <c r="Y29" s="6">
+      <c r="Y29" s="5">
         <v>4061</v>
       </c>
     </row>
-    <row r="30" spans="1:25" ht="12" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C30" s="6">
+    <row r="30" spans="1:25" ht="12" customHeight="1">
+      <c r="A30" s="18"/>
+      <c r="B30" s="9" t="s">
+        <v>30</v>
+      </c>
+      <c r="C30" s="5">
         <v>2186</v>
       </c>
-      <c r="D30" s="6">
+      <c r="D30" s="5">
         <v>2236</v>
       </c>
-      <c r="E30" s="6">
+      <c r="E30" s="5">
         <v>2289</v>
       </c>
-      <c r="F30" s="6">
+      <c r="F30" s="5">
         <v>2339</v>
       </c>
-      <c r="G30" s="6">
+      <c r="G30" s="5">
         <v>2393</v>
       </c>
-      <c r="H30" s="6">
+      <c r="H30" s="5">
         <v>2448</v>
       </c>
-      <c r="I30" s="6">
+      <c r="I30" s="5">
         <v>2503</v>
       </c>
-      <c r="J30" s="6">
+      <c r="J30" s="5">
         <v>2560</v>
       </c>
-      <c r="K30" s="6">
+      <c r="K30" s="5">
         <v>2614</v>
       </c>
-      <c r="L30" s="6">
+      <c r="L30" s="5">
         <v>2660</v>
       </c>
-      <c r="M30" s="6">
+      <c r="M30" s="5">
         <v>2709</v>
       </c>
-      <c r="N30" s="6">
+      <c r="N30" s="5">
         <v>2759</v>
       </c>
-      <c r="O30" s="6">
+      <c r="O30" s="5">
         <v>2804</v>
       </c>
-      <c r="P30" s="6">
+      <c r="P30" s="5">
         <v>2842</v>
       </c>
-      <c r="Q30" s="6">
+      <c r="Q30" s="5">
         <v>2877</v>
       </c>
-      <c r="R30" s="6">
+      <c r="R30" s="5">
         <v>2907</v>
       </c>
-      <c r="S30" s="6">
+      <c r="S30" s="5">
         <v>2935</v>
       </c>
-      <c r="T30" s="6">
+      <c r="T30" s="5">
         <v>2955</v>
       </c>
-      <c r="U30" s="6">
+      <c r="U30" s="5">
         <v>2975</v>
       </c>
-      <c r="V30" s="6">
+      <c r="V30" s="5">
         <v>2998</v>
       </c>
-      <c r="W30" s="6">
+      <c r="W30" s="5">
         <v>3018</v>
       </c>
-      <c r="X30" s="6">
+      <c r="X30" s="5">
         <v>3032</v>
       </c>
-      <c r="Y30" s="6">
+      <c r="Y30" s="5">
         <v>3042</v>
       </c>
     </row>
-    <row r="31" spans="1:25" ht="24" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C31" s="6">
+    <row r="31" spans="1:25" ht="24" customHeight="1">
+      <c r="A31" s="18"/>
+      <c r="B31" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="C31" s="5">
         <v>2168</v>
       </c>
-      <c r="D31" s="6">
+      <c r="D31" s="5">
         <v>2197</v>
       </c>
-      <c r="E31" s="6">
+      <c r="E31" s="5">
         <v>2216</v>
       </c>
-      <c r="F31" s="6">
+      <c r="F31" s="5">
         <v>2232</v>
       </c>
-      <c r="G31" s="6">
+      <c r="G31" s="5">
         <v>2245</v>
       </c>
-      <c r="H31" s="6">
+      <c r="H31" s="5">
         <v>2258</v>
       </c>
-      <c r="I31" s="6">
+      <c r="I31" s="5">
         <v>2267</v>
       </c>
-      <c r="J31" s="6">
+      <c r="J31" s="5">
         <v>2277</v>
       </c>
-      <c r="K31" s="6">
+      <c r="K31" s="5">
         <v>2286</v>
       </c>
-      <c r="L31" s="6">
+      <c r="L31" s="5">
         <v>2297</v>
       </c>
-      <c r="M31" s="6">
+      <c r="M31" s="5">
         <v>2305</v>
       </c>
-      <c r="N31" s="6">
+      <c r="N31" s="5">
         <v>2314</v>
       </c>
-      <c r="O31" s="6">
+      <c r="O31" s="5">
         <v>2322</v>
       </c>
-      <c r="P31" s="6">
+      <c r="P31" s="5">
         <v>2328</v>
       </c>
-      <c r="Q31" s="6">
+      <c r="Q31" s="5">
         <v>2333</v>
       </c>
-      <c r="R31" s="6">
+      <c r="R31" s="5">
         <v>2338</v>
       </c>
-      <c r="S31" s="6">
+      <c r="S31" s="5">
         <v>2342</v>
       </c>
-      <c r="T31" s="6">
+      <c r="T31" s="5">
         <v>2347</v>
       </c>
-      <c r="U31" s="6">
+      <c r="U31" s="5">
         <v>2351</v>
       </c>
-      <c r="V31" s="6">
+      <c r="V31" s="5">
         <v>2354</v>
       </c>
-      <c r="W31" s="6">
+      <c r="W31" s="5">
         <v>2357</v>
       </c>
-      <c r="X31" s="6">
+      <c r="X31" s="5">
         <v>2357</v>
       </c>
-      <c r="Y31" s="6">
+      <c r="Y31" s="5">
         <v>2355</v>
       </c>
     </row>
-    <row r="32" spans="1:25" ht="24" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C32" s="6">
+    <row r="32" spans="1:25" ht="24" customHeight="1">
+      <c r="A32" s="18"/>
+      <c r="B32" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="C32" s="5">
         <v>22108</v>
       </c>
-      <c r="D32" s="6">
+      <c r="D32" s="5">
         <v>22991</v>
       </c>
-      <c r="E32" s="6">
+      <c r="E32" s="5">
         <v>23906</v>
       </c>
-      <c r="F32" s="6">
+      <c r="F32" s="5">
         <v>24956</v>
       </c>
-      <c r="G32" s="6">
+      <c r="G32" s="5">
         <v>25999</v>
       </c>
-      <c r="H32" s="6">
+      <c r="H32" s="5">
         <v>26967</v>
       </c>
-      <c r="I32" s="6">
+      <c r="I32" s="5">
         <v>27945</v>
       </c>
-      <c r="J32" s="6">
+      <c r="J32" s="5">
         <v>28978</v>
       </c>
-      <c r="K32" s="6">
+      <c r="K32" s="5">
         <v>30043</v>
       </c>
-      <c r="L32" s="6">
+      <c r="L32" s="5">
         <v>31124</v>
       </c>
-      <c r="M32" s="6">
+      <c r="M32" s="5">
         <v>32134</v>
       </c>
-      <c r="N32" s="6">
+      <c r="N32" s="5">
         <v>33122</v>
       </c>
-      <c r="O32" s="6">
+      <c r="O32" s="5">
         <v>34239</v>
       </c>
-      <c r="P32" s="6">
+      <c r="P32" s="5">
         <v>35396</v>
       </c>
-      <c r="Q32" s="6">
+      <c r="Q32" s="5">
         <v>36515</v>
       </c>
-      <c r="R32" s="6">
+      <c r="R32" s="5">
         <v>37652</v>
       </c>
-      <c r="S32" s="6">
+      <c r="S32" s="5">
         <v>38856</v>
       </c>
-      <c r="T32" s="6">
+      <c r="T32" s="5">
         <v>40109</v>
       </c>
-      <c r="U32" s="6">
+      <c r="U32" s="5">
         <v>41357</v>
       </c>
-      <c r="V32" s="6">
+      <c r="V32" s="5">
         <v>42535</v>
       </c>
-      <c r="W32" s="6">
+      <c r="W32" s="5">
         <v>43716</v>
       </c>
-      <c r="X32" s="6">
+      <c r="X32" s="5">
         <v>44859</v>
       </c>
-      <c r="Y32" s="6">
+      <c r="Y32" s="5">
         <v>45980</v>
       </c>
     </row>
-    <row r="33" spans="1:25" ht="12" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C33" s="6">
+    <row r="33" spans="1:25" ht="12" customHeight="1">
+      <c r="A33" s="18"/>
+      <c r="B33" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="C33" s="5">
         <v>91</v>
       </c>
-      <c r="D33" s="6">
+      <c r="D33" s="5">
         <v>93</v>
       </c>
-      <c r="E33" s="6">
+      <c r="E33" s="5">
         <v>95</v>
       </c>
-      <c r="F33" s="6">
+      <c r="F33" s="5">
         <v>96</v>
       </c>
-      <c r="G33" s="6">
+      <c r="G33" s="5">
         <v>98</v>
       </c>
-      <c r="H33" s="6">
+      <c r="H33" s="5">
         <v>99</v>
       </c>
-      <c r="I33" s="6">
+      <c r="I33" s="5">
         <v>100</v>
       </c>
-      <c r="J33" s="6">
+      <c r="J33" s="5">
         <v>102</v>
       </c>
-      <c r="K33" s="6">
+      <c r="K33" s="5">
         <v>103</v>
       </c>
-      <c r="L33" s="6">
+      <c r="L33" s="5">
         <v>104</v>
       </c>
-      <c r="M33" s="6">
+      <c r="M33" s="5">
         <v>105</v>
       </c>
-      <c r="N33" s="6">
+      <c r="N33" s="5">
         <v>107</v>
       </c>
-      <c r="O33" s="6">
+      <c r="O33" s="5">
         <v>109</v>
       </c>
-      <c r="P33" s="6">
+      <c r="P33" s="5">
         <v>111</v>
       </c>
-      <c r="Q33" s="6">
+      <c r="Q33" s="5">
         <v>114</v>
       </c>
-      <c r="R33" s="6">
+      <c r="R33" s="5">
         <v>117</v>
       </c>
-      <c r="S33" s="6">
+      <c r="S33" s="5">
         <v>119</v>
       </c>
-      <c r="T33" s="6">
+      <c r="T33" s="5">
         <v>122</v>
       </c>
-      <c r="U33" s="6">
+      <c r="U33" s="5">
         <v>124</v>
       </c>
-      <c r="V33" s="6">
+      <c r="V33" s="5">
         <v>125</v>
       </c>
-      <c r="W33" s="6">
+      <c r="W33" s="5">
         <v>127</v>
       </c>
-      <c r="X33" s="6">
+      <c r="X33" s="5">
         <v>128</v>
       </c>
-      <c r="Y33" s="6">
+      <c r="Y33" s="5">
         <v>129</v>
       </c>
     </row>
-    <row r="34" spans="1:25" ht="12" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C34" s="6">
+    <row r="34" spans="1:25" ht="12" customHeight="1">
+      <c r="A34" s="18"/>
+      <c r="B34" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="C34" s="5">
         <v>62125</v>
       </c>
-      <c r="D34" s="6">
+      <c r="D34" s="5">
         <v>63903</v>
       </c>
-      <c r="E34" s="6">
+      <c r="E34" s="5">
         <v>65687</v>
       </c>
-      <c r="F34" s="6">
+      <c r="F34" s="5">
         <v>67623</v>
       </c>
-      <c r="G34" s="6">
+      <c r="G34" s="5">
         <v>69532</v>
       </c>
-      <c r="H34" s="6">
+      <c r="H34" s="5">
         <v>71433</v>
       </c>
-      <c r="I34" s="6">
+      <c r="I34" s="5">
         <v>73311</v>
       </c>
-      <c r="J34" s="6">
+      <c r="J34" s="5">
         <v>75283</v>
       </c>
-      <c r="K34" s="6">
+      <c r="K34" s="5">
         <v>77250</v>
       </c>
-      <c r="L34" s="6">
+      <c r="L34" s="5">
         <v>79149</v>
       </c>
-      <c r="M34" s="6">
+      <c r="M34" s="5">
         <v>80961</v>
       </c>
-      <c r="N34" s="6">
+      <c r="N34" s="5">
         <v>82751</v>
       </c>
-      <c r="O34" s="6">
+      <c r="O34" s="5">
         <v>84563</v>
       </c>
-      <c r="P34" s="6">
+      <c r="P34" s="5">
         <v>86321</v>
       </c>
-      <c r="Q34" s="6">
+      <c r="Q34" s="5">
         <v>88009</v>
       </c>
-      <c r="R34" s="6">
+      <c r="R34" s="5">
         <v>89637</v>
       </c>
-      <c r="S34" s="6">
+      <c r="S34" s="5">
         <v>91269</v>
       </c>
-      <c r="T34" s="6">
+      <c r="T34" s="5">
         <v>92871</v>
       </c>
-      <c r="U34" s="6">
+      <c r="U34" s="5">
         <v>94441</v>
       </c>
-      <c r="V34" s="6">
+      <c r="V34" s="5">
         <v>95935</v>
       </c>
-      <c r="W34" s="6">
+      <c r="W34" s="5">
         <v>97389</v>
       </c>
-      <c r="X34" s="6">
+      <c r="X34" s="5">
         <v>98783</v>
       </c>
-      <c r="Y34" s="6">
+      <c r="Y34" s="5">
         <v>100117</v>
       </c>
     </row>
-    <row r="36" spans="1:25" ht="11" customHeight="1" x14ac:dyDescent="0.25">
-[...30 lines deleted...]
-        <v>83</v>
+    <row r="36" spans="1:25" ht="11.1" customHeight="1">
+      <c r="A36" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="B36" s="13"/>
+      <c r="C36" s="13"/>
+      <c r="D36" s="13"/>
+      <c r="E36" s="13"/>
+      <c r="F36" s="13"/>
+      <c r="G36" s="13"/>
+      <c r="H36" s="13"/>
+      <c r="I36" s="13"/>
+      <c r="J36" s="13"/>
+      <c r="K36" s="13"/>
+      <c r="L36" s="13"/>
+      <c r="M36" s="13"/>
+      <c r="N36" s="13"/>
+      <c r="O36" s="13"/>
+      <c r="P36" s="13"/>
+      <c r="Q36" s="13"/>
+      <c r="R36" s="13"/>
+      <c r="S36" s="13"/>
+      <c r="T36" s="13"/>
+      <c r="U36" s="13"/>
+      <c r="V36" s="13"/>
+      <c r="W36" s="13"/>
+      <c r="X36" s="13"/>
+      <c r="Y36" s="13"/>
+    </row>
+    <row r="37" spans="1:25" ht="11.1" customHeight="1">
+      <c r="A37" s="7"/>
+      <c r="B37" s="7"/>
+      <c r="C37" s="7"/>
+      <c r="D37" s="7"/>
+      <c r="E37" s="7"/>
+      <c r="F37" s="7"/>
+      <c r="G37" s="7"/>
+      <c r="H37" s="7"/>
+      <c r="I37" s="7"/>
+      <c r="J37" s="7"/>
+      <c r="K37" s="7"/>
+      <c r="L37" s="7"/>
+      <c r="M37" s="7"/>
+      <c r="N37" s="7"/>
+      <c r="O37" s="7"/>
+      <c r="P37" s="7"/>
+      <c r="Q37" s="7"/>
+      <c r="R37" s="7"/>
+      <c r="S37" s="7"/>
+      <c r="T37" s="7"/>
+      <c r="U37" s="7"/>
+      <c r="V37" s="7"/>
+      <c r="W37" s="7"/>
+      <c r="X37" s="7"/>
+      <c r="Y37" s="11" t="s">
+        <v>23</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="7">
     <mergeCell ref="A1:Y1"/>
     <mergeCell ref="A2:Y2"/>
     <mergeCell ref="A36:Y36"/>
     <mergeCell ref="A4:B4"/>
     <mergeCell ref="A5:A14"/>
     <mergeCell ref="A15:A24"/>
     <mergeCell ref="A25:A34"/>
   </mergeCells>
   <pageMargins left="0.05" right="0.05" top="0.5" bottom="0.5" header="0" footer="0"/>
   <pageSetup paperSize="9" orientation="portrait"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1300-000000000000}">
   <dimension ref="A1:AA76"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="AA76" sqref="AA76"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="11" customHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="12" defaultRowHeight="11.1" customHeight="1"/>
   <cols>
-    <col min="1" max="4" width="23.77734375" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="24" max="27" width="8.77734375" bestFit="1" customWidth="1"/>
+    <col min="1" max="4" width="23.83203125" bestFit="1" customWidth="1"/>
+    <col min="5" max="23" width="6.83203125" bestFit="1" customWidth="1"/>
+    <col min="24" max="27" width="8.83203125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:27" ht="33" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="10" t="s">
+    <row r="1" spans="1:27" ht="33" customHeight="1">
+      <c r="A1" s="12" t="s">
+        <v>80</v>
+      </c>
+      <c r="B1" s="13"/>
+      <c r="C1" s="13"/>
+      <c r="D1" s="13"/>
+      <c r="E1" s="13"/>
+      <c r="F1" s="13"/>
+      <c r="G1" s="13"/>
+      <c r="H1" s="13"/>
+      <c r="I1" s="13"/>
+      <c r="J1" s="13"/>
+      <c r="K1" s="13"/>
+      <c r="L1" s="13"/>
+      <c r="M1" s="13"/>
+      <c r="N1" s="13"/>
+      <c r="O1" s="13"/>
+      <c r="P1" s="13"/>
+      <c r="Q1" s="13"/>
+      <c r="R1" s="13"/>
+      <c r="S1" s="13"/>
+      <c r="T1" s="13"/>
+      <c r="U1" s="13"/>
+      <c r="V1" s="13"/>
+      <c r="W1" s="13"/>
+      <c r="X1" s="13"/>
+      <c r="Y1" s="13"/>
+      <c r="Z1" s="13"/>
+      <c r="AA1" s="13"/>
+    </row>
+    <row r="2" spans="1:27" ht="14.1" customHeight="1">
+      <c r="A2" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="B2" s="13"/>
+      <c r="C2" s="13"/>
+      <c r="D2" s="13"/>
+      <c r="E2" s="13"/>
+      <c r="F2" s="13"/>
+      <c r="G2" s="13"/>
+      <c r="H2" s="13"/>
+      <c r="I2" s="13"/>
+      <c r="J2" s="13"/>
+      <c r="K2" s="13"/>
+      <c r="L2" s="13"/>
+      <c r="M2" s="13"/>
+      <c r="N2" s="13"/>
+      <c r="O2" s="13"/>
+      <c r="P2" s="13"/>
+      <c r="Q2" s="13"/>
+      <c r="R2" s="13"/>
+      <c r="S2" s="13"/>
+      <c r="T2" s="13"/>
+      <c r="U2" s="13"/>
+      <c r="V2" s="13"/>
+      <c r="W2" s="13"/>
+      <c r="X2" s="13"/>
+      <c r="Y2" s="13"/>
+      <c r="Z2" s="13"/>
+      <c r="AA2" s="13"/>
+    </row>
+    <row r="4" spans="1:27" ht="12" customHeight="1">
+      <c r="A4" s="16"/>
+      <c r="B4" s="16"/>
+      <c r="C4" s="16"/>
+      <c r="D4" s="16"/>
+      <c r="E4" s="4">
+        <v>2023</v>
+      </c>
+      <c r="F4" s="4">
+        <v>2024</v>
+      </c>
+      <c r="G4" s="4">
+        <v>2025</v>
+      </c>
+      <c r="H4" s="4">
+        <v>2026</v>
+      </c>
+      <c r="I4" s="4">
+        <v>2027</v>
+      </c>
+      <c r="J4" s="4">
+        <v>2028</v>
+      </c>
+      <c r="K4" s="4">
+        <v>2029</v>
+      </c>
+      <c r="L4" s="4">
+        <v>2030</v>
+      </c>
+      <c r="M4" s="4">
+        <v>2031</v>
+      </c>
+      <c r="N4" s="4">
+        <v>2032</v>
+      </c>
+      <c r="O4" s="4">
+        <v>2033</v>
+      </c>
+      <c r="P4" s="4">
+        <v>2034</v>
+      </c>
+      <c r="Q4" s="4">
+        <v>2035</v>
+      </c>
+      <c r="R4" s="4">
+        <v>2036</v>
+      </c>
+      <c r="S4" s="4">
+        <v>2037</v>
+      </c>
+      <c r="T4" s="4">
+        <v>2038</v>
+      </c>
+      <c r="U4" s="4">
+        <v>2039</v>
+      </c>
+      <c r="V4" s="4">
+        <v>2040</v>
+      </c>
+      <c r="W4" s="4">
+        <v>2041</v>
+      </c>
+      <c r="X4" s="4">
+        <v>2042</v>
+      </c>
+      <c r="Y4" s="4">
+        <v>2043</v>
+      </c>
+      <c r="Z4" s="4">
+        <v>2044</v>
+      </c>
+      <c r="AA4" s="4">
+        <v>2045</v>
+      </c>
+    </row>
+    <row r="5" spans="1:27" ht="24" customHeight="1">
+      <c r="A5" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="B5" s="19" t="s">
+        <v>25</v>
+      </c>
+      <c r="C5" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="D5" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="E5" s="5">
+        <v>16532</v>
+      </c>
+      <c r="F5" s="5">
+        <v>17056</v>
+      </c>
+      <c r="G5" s="5">
+        <v>17604</v>
+      </c>
+      <c r="H5" s="5">
+        <v>18182</v>
+      </c>
+      <c r="I5" s="5">
+        <v>18751</v>
+      </c>
+      <c r="J5" s="5">
+        <v>19359</v>
+      </c>
+      <c r="K5" s="5">
+        <v>19955</v>
+      </c>
+      <c r="L5" s="5">
+        <v>20586</v>
+      </c>
+      <c r="M5" s="5">
+        <v>21206</v>
+      </c>
+      <c r="N5" s="5">
+        <v>21793</v>
+      </c>
+      <c r="O5" s="5">
+        <v>22264</v>
+      </c>
+      <c r="P5" s="5">
+        <v>22748</v>
+      </c>
+      <c r="Q5" s="5">
+        <v>23185</v>
+      </c>
+      <c r="R5" s="5">
+        <v>23580</v>
+      </c>
+      <c r="S5" s="5">
+        <v>23968</v>
+      </c>
+      <c r="T5" s="5">
+        <v>24321</v>
+      </c>
+      <c r="U5" s="5">
+        <v>24644</v>
+      </c>
+      <c r="V5" s="5">
+        <v>24929</v>
+      </c>
+      <c r="W5" s="5">
+        <v>25209</v>
+      </c>
+      <c r="X5" s="5">
+        <v>25467</v>
+      </c>
+      <c r="Y5" s="5">
+        <v>25717</v>
+      </c>
+      <c r="Z5" s="5">
+        <v>25959</v>
+      </c>
+      <c r="AA5" s="5">
+        <v>26173</v>
+      </c>
+    </row>
+    <row r="6" spans="1:27" ht="24" customHeight="1">
+      <c r="A6" s="18"/>
+      <c r="B6" s="18"/>
+      <c r="C6" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="D6" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="E6" s="5">
+        <v>473</v>
+      </c>
+      <c r="F6" s="5">
+        <v>483</v>
+      </c>
+      <c r="G6" s="5">
+        <v>491</v>
+      </c>
+      <c r="H6" s="5">
+        <v>501</v>
+      </c>
+      <c r="I6" s="5">
+        <v>509</v>
+      </c>
+      <c r="J6" s="5">
+        <v>520</v>
+      </c>
+      <c r="K6" s="5">
+        <v>529</v>
+      </c>
+      <c r="L6" s="5">
+        <v>539</v>
+      </c>
+      <c r="M6" s="5">
+        <v>549</v>
+      </c>
+      <c r="N6" s="5">
+        <v>559</v>
+      </c>
+      <c r="O6" s="5">
+        <v>568</v>
+      </c>
+      <c r="P6" s="5">
+        <v>578</v>
+      </c>
+      <c r="Q6" s="5">
+        <v>585</v>
+      </c>
+      <c r="R6" s="5">
+        <v>590</v>
+      </c>
+      <c r="S6" s="5">
+        <v>596</v>
+      </c>
+      <c r="T6" s="5">
+        <v>600</v>
+      </c>
+      <c r="U6" s="5">
+        <v>602</v>
+      </c>
+      <c r="V6" s="5">
+        <v>604</v>
+      </c>
+      <c r="W6" s="5">
+        <v>606</v>
+      </c>
+      <c r="X6" s="5">
+        <v>607</v>
+      </c>
+      <c r="Y6" s="5">
+        <v>608</v>
+      </c>
+      <c r="Z6" s="5">
+        <v>609</v>
+      </c>
+      <c r="AA6" s="5">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="7" spans="1:27" ht="24" customHeight="1">
+      <c r="A7" s="18"/>
+      <c r="B7" s="18"/>
+      <c r="C7" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="D7" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="E7" s="5">
+        <v>61</v>
+      </c>
+      <c r="F7" s="5">
+        <v>105</v>
+      </c>
+      <c r="G7" s="5">
+        <v>109</v>
+      </c>
+      <c r="H7" s="5">
+        <v>112</v>
+      </c>
+      <c r="I7" s="5">
+        <v>114</v>
+      </c>
+      <c r="J7" s="5">
+        <v>117</v>
+      </c>
+      <c r="K7" s="5">
+        <v>119</v>
+      </c>
+      <c r="L7" s="5">
+        <v>121</v>
+      </c>
+      <c r="M7" s="5">
+        <v>122</v>
+      </c>
+      <c r="N7" s="5">
+        <v>123</v>
+      </c>
+      <c r="O7" s="5">
+        <v>124</v>
+      </c>
+      <c r="P7" s="5">
+        <v>125</v>
+      </c>
+      <c r="Q7" s="5">
+        <v>125</v>
+      </c>
+      <c r="R7" s="5">
+        <v>126</v>
+      </c>
+      <c r="S7" s="5">
+        <v>126</v>
+      </c>
+      <c r="T7" s="5">
+        <v>126</v>
+      </c>
+      <c r="U7" s="5">
+        <v>125</v>
+      </c>
+      <c r="V7" s="5">
+        <v>124</v>
+      </c>
+      <c r="W7" s="5">
+        <v>124</v>
+      </c>
+      <c r="X7" s="5">
+        <v>123</v>
+      </c>
+      <c r="Y7" s="5">
+        <v>122</v>
+      </c>
+      <c r="Z7" s="5">
+        <v>121</v>
+      </c>
+      <c r="AA7" s="5">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="8" spans="1:27" ht="12" customHeight="1">
+      <c r="A8" s="18"/>
+      <c r="B8" s="18"/>
+      <c r="C8" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="D8" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="E8" s="5">
+        <v>511</v>
+      </c>
+      <c r="F8" s="5">
+        <v>518</v>
+      </c>
+      <c r="G8" s="5">
+        <v>527</v>
+      </c>
+      <c r="H8" s="5">
+        <v>534</v>
+      </c>
+      <c r="I8" s="5">
+        <v>541</v>
+      </c>
+      <c r="J8" s="5">
+        <v>546</v>
+      </c>
+      <c r="K8" s="5">
+        <v>555</v>
+      </c>
+      <c r="L8" s="5">
+        <v>566</v>
+      </c>
+      <c r="M8" s="5">
+        <v>577</v>
+      </c>
+      <c r="N8" s="5">
+        <v>593</v>
+      </c>
+      <c r="O8" s="5">
+        <v>610</v>
+      </c>
+      <c r="P8" s="5">
+        <v>623</v>
+      </c>
+      <c r="Q8" s="5">
+        <v>639</v>
+      </c>
+      <c r="R8" s="5">
+        <v>654</v>
+      </c>
+      <c r="S8" s="5">
+        <v>664</v>
+      </c>
+      <c r="T8" s="5">
+        <v>677</v>
+      </c>
+      <c r="U8" s="5">
+        <v>694</v>
+      </c>
+      <c r="V8" s="5">
+        <v>707</v>
+      </c>
+      <c r="W8" s="5">
+        <v>715</v>
+      </c>
+      <c r="X8" s="5">
+        <v>722</v>
+      </c>
+      <c r="Y8" s="5">
+        <v>725</v>
+      </c>
+      <c r="Z8" s="5">
+        <v>723</v>
+      </c>
+      <c r="AA8" s="5">
+        <v>721</v>
+      </c>
+    </row>
+    <row r="9" spans="1:27" ht="12" customHeight="1">
+      <c r="A9" s="18"/>
+      <c r="B9" s="18"/>
+      <c r="C9" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="D9" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="E9" s="5" t="s">
         <v>81</v>
       </c>
-      <c r="B1" s="11"/>
-[...27 lines deleted...]
-      <c r="A2" s="12" t="s">
+      <c r="F9" s="5">
+        <v>1</v>
+      </c>
+      <c r="G9" s="5">
+        <v>3</v>
+      </c>
+      <c r="H9" s="5">
+        <v>5</v>
+      </c>
+      <c r="I9" s="5">
+        <v>6</v>
+      </c>
+      <c r="J9" s="5">
+        <v>8</v>
+      </c>
+      <c r="K9" s="5">
+        <v>10</v>
+      </c>
+      <c r="L9" s="5">
+        <v>12</v>
+      </c>
+      <c r="M9" s="5">
+        <v>13</v>
+      </c>
+      <c r="N9" s="5">
+        <v>15</v>
+      </c>
+      <c r="O9" s="5">
         <v>17</v>
       </c>
-      <c r="B2" s="11"/>
-[...102 lines deleted...]
-      <c r="A5" s="17" t="s">
+      <c r="P9" s="5">
+        <v>19</v>
+      </c>
+      <c r="Q9" s="5">
+        <v>21</v>
+      </c>
+      <c r="R9" s="5">
+        <v>23</v>
+      </c>
+      <c r="S9" s="5">
+        <v>25</v>
+      </c>
+      <c r="T9" s="5">
+        <v>27</v>
+      </c>
+      <c r="U9" s="5">
+        <v>28</v>
+      </c>
+      <c r="V9" s="5">
+        <v>30</v>
+      </c>
+      <c r="W9" s="5">
+        <v>32</v>
+      </c>
+      <c r="X9" s="5">
+        <v>33</v>
+      </c>
+      <c r="Y9" s="5">
+        <v>35</v>
+      </c>
+      <c r="Z9" s="5">
+        <v>37</v>
+      </c>
+      <c r="AA9" s="5">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="10" spans="1:27" ht="12" customHeight="1">
+      <c r="A10" s="18"/>
+      <c r="B10" s="19" t="s">
+        <v>26</v>
+      </c>
+      <c r="C10" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="D10" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="E10" s="5">
+        <v>6166</v>
+      </c>
+      <c r="F10" s="5">
+        <v>6300</v>
+      </c>
+      <c r="G10" s="5">
+        <v>6434</v>
+      </c>
+      <c r="H10" s="5">
+        <v>6568</v>
+      </c>
+      <c r="I10" s="5">
+        <v>6694</v>
+      </c>
+      <c r="J10" s="5">
+        <v>6837</v>
+      </c>
+      <c r="K10" s="5">
+        <v>6971</v>
+      </c>
+      <c r="L10" s="5">
+        <v>7106</v>
+      </c>
+      <c r="M10" s="5">
+        <v>7237</v>
+      </c>
+      <c r="N10" s="5">
+        <v>7351</v>
+      </c>
+      <c r="O10" s="5">
+        <v>7461</v>
+      </c>
+      <c r="P10" s="5">
+        <v>7567</v>
+      </c>
+      <c r="Q10" s="5">
+        <v>7655</v>
+      </c>
+      <c r="R10" s="5">
+        <v>7726</v>
+      </c>
+      <c r="S10" s="5">
+        <v>7796</v>
+      </c>
+      <c r="T10" s="5">
+        <v>7851</v>
+      </c>
+      <c r="U10" s="5">
+        <v>7895</v>
+      </c>
+      <c r="V10" s="5">
+        <v>7929</v>
+      </c>
+      <c r="W10" s="5">
+        <v>7962</v>
+      </c>
+      <c r="X10" s="5">
+        <v>7998</v>
+      </c>
+      <c r="Y10" s="5">
+        <v>8032</v>
+      </c>
+      <c r="Z10" s="5">
+        <v>8068</v>
+      </c>
+      <c r="AA10" s="5">
+        <v>8104</v>
+      </c>
+    </row>
+    <row r="11" spans="1:27" ht="48.95" customHeight="1">
+      <c r="A11" s="18"/>
+      <c r="B11" s="18"/>
+      <c r="C11" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="D11" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="E11" s="5">
+        <v>973</v>
+      </c>
+      <c r="F11" s="5">
+        <v>992</v>
+      </c>
+      <c r="G11" s="5">
+        <v>1010</v>
+      </c>
+      <c r="H11" s="5">
+        <v>1027</v>
+      </c>
+      <c r="I11" s="5">
+        <v>1045</v>
+      </c>
+      <c r="J11" s="5">
+        <v>1064</v>
+      </c>
+      <c r="K11" s="5">
+        <v>1081</v>
+      </c>
+      <c r="L11" s="5">
+        <v>1097</v>
+      </c>
+      <c r="M11" s="5">
+        <v>1112</v>
+      </c>
+      <c r="N11" s="5">
+        <v>1124</v>
+      </c>
+      <c r="O11" s="5">
+        <v>1135</v>
+      </c>
+      <c r="P11" s="5">
+        <v>1147</v>
+      </c>
+      <c r="Q11" s="5">
+        <v>1155</v>
+      </c>
+      <c r="R11" s="5">
+        <v>1162</v>
+      </c>
+      <c r="S11" s="5">
+        <v>1167</v>
+      </c>
+      <c r="T11" s="5">
+        <v>1171</v>
+      </c>
+      <c r="U11" s="5">
+        <v>1173</v>
+      </c>
+      <c r="V11" s="5">
+        <v>1175</v>
+      </c>
+      <c r="W11" s="5">
+        <v>1176</v>
+      </c>
+      <c r="X11" s="5">
+        <v>1179</v>
+      </c>
+      <c r="Y11" s="5">
+        <v>1182</v>
+      </c>
+      <c r="Z11" s="5">
+        <v>1187</v>
+      </c>
+      <c r="AA11" s="5">
+        <v>1191</v>
+      </c>
+    </row>
+    <row r="12" spans="1:27" ht="24" customHeight="1">
+      <c r="A12" s="18"/>
+      <c r="B12" s="18"/>
+      <c r="C12" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="D12" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="E12" s="5">
+        <v>630</v>
+      </c>
+      <c r="F12" s="5">
+        <v>639</v>
+      </c>
+      <c r="G12" s="5">
+        <v>645</v>
+      </c>
+      <c r="H12" s="5">
+        <v>650</v>
+      </c>
+      <c r="I12" s="5">
+        <v>655</v>
+      </c>
+      <c r="J12" s="5">
+        <v>659</v>
+      </c>
+      <c r="K12" s="5">
+        <v>661</v>
+      </c>
+      <c r="L12" s="5">
+        <v>664</v>
+      </c>
+      <c r="M12" s="5">
+        <v>667</v>
+      </c>
+      <c r="N12" s="5">
+        <v>670</v>
+      </c>
+      <c r="O12" s="5">
+        <v>672</v>
+      </c>
+      <c r="P12" s="5">
+        <v>674</v>
+      </c>
+      <c r="Q12" s="5">
+        <v>676</v>
+      </c>
+      <c r="R12" s="5">
+        <v>679</v>
+      </c>
+      <c r="S12" s="5">
+        <v>681</v>
+      </c>
+      <c r="T12" s="5">
+        <v>685</v>
+      </c>
+      <c r="U12" s="5">
+        <v>689</v>
+      </c>
+      <c r="V12" s="5">
+        <v>695</v>
+      </c>
+      <c r="W12" s="5">
+        <v>701</v>
+      </c>
+      <c r="X12" s="5">
+        <v>706</v>
+      </c>
+      <c r="Y12" s="5">
+        <v>712</v>
+      </c>
+      <c r="Z12" s="5">
+        <v>716</v>
+      </c>
+      <c r="AA12" s="5">
+        <v>721</v>
+      </c>
+    </row>
+    <row r="13" spans="1:27" ht="24" customHeight="1">
+      <c r="A13" s="18"/>
+      <c r="B13" s="18"/>
+      <c r="C13" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="D13" s="10" t="s">
+        <v>53</v>
+      </c>
+      <c r="E13" s="5">
+        <v>619</v>
+      </c>
+      <c r="F13" s="5">
+        <v>630</v>
+      </c>
+      <c r="G13" s="5">
+        <v>639</v>
+      </c>
+      <c r="H13" s="5">
+        <v>649</v>
+      </c>
+      <c r="I13" s="5">
+        <v>659</v>
+      </c>
+      <c r="J13" s="5">
+        <v>672</v>
+      </c>
+      <c r="K13" s="5">
+        <v>684</v>
+      </c>
+      <c r="L13" s="5">
+        <v>697</v>
+      </c>
+      <c r="M13" s="5">
+        <v>712</v>
+      </c>
+      <c r="N13" s="5">
+        <v>723</v>
+      </c>
+      <c r="O13" s="5">
+        <v>735</v>
+      </c>
+      <c r="P13" s="5">
+        <v>746</v>
+      </c>
+      <c r="Q13" s="5">
+        <v>756</v>
+      </c>
+      <c r="R13" s="5">
+        <v>762</v>
+      </c>
+      <c r="S13" s="5">
+        <v>770</v>
+      </c>
+      <c r="T13" s="5">
+        <v>776</v>
+      </c>
+      <c r="U13" s="5">
+        <v>780</v>
+      </c>
+      <c r="V13" s="5">
+        <v>784</v>
+      </c>
+      <c r="W13" s="5">
+        <v>787</v>
+      </c>
+      <c r="X13" s="5">
+        <v>790</v>
+      </c>
+      <c r="Y13" s="5">
+        <v>793</v>
+      </c>
+      <c r="Z13" s="5">
+        <v>795</v>
+      </c>
+      <c r="AA13" s="5">
+        <v>797</v>
+      </c>
+    </row>
+    <row r="14" spans="1:27" ht="24" customHeight="1">
+      <c r="A14" s="18"/>
+      <c r="B14" s="18"/>
+      <c r="C14" s="10" t="s">
+        <v>54</v>
+      </c>
+      <c r="D14" s="10" t="s">
+        <v>55</v>
+      </c>
+      <c r="E14" s="5">
+        <v>108</v>
+      </c>
+      <c r="F14" s="5">
+        <v>87</v>
+      </c>
+      <c r="G14" s="5">
+        <v>92</v>
+      </c>
+      <c r="H14" s="5">
+        <v>98</v>
+      </c>
+      <c r="I14" s="5">
+        <v>104</v>
+      </c>
+      <c r="J14" s="5">
+        <v>110</v>
+      </c>
+      <c r="K14" s="5">
+        <v>116</v>
+      </c>
+      <c r="L14" s="5">
+        <v>121</v>
+      </c>
+      <c r="M14" s="5">
+        <v>126</v>
+      </c>
+      <c r="N14" s="5">
+        <v>130</v>
+      </c>
+      <c r="O14" s="5">
+        <v>134</v>
+      </c>
+      <c r="P14" s="5">
+        <v>137</v>
+      </c>
+      <c r="Q14" s="5">
+        <v>140</v>
+      </c>
+      <c r="R14" s="5">
+        <v>142</v>
+      </c>
+      <c r="S14" s="5">
+        <v>144</v>
+      </c>
+      <c r="T14" s="5">
+        <v>146</v>
+      </c>
+      <c r="U14" s="5">
+        <v>148</v>
+      </c>
+      <c r="V14" s="5">
+        <v>150</v>
+      </c>
+      <c r="W14" s="5">
+        <v>151</v>
+      </c>
+      <c r="X14" s="5">
+        <v>153</v>
+      </c>
+      <c r="Y14" s="5">
+        <v>155</v>
+      </c>
+      <c r="Z14" s="5">
+        <v>156</v>
+      </c>
+      <c r="AA14" s="5">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="15" spans="1:27" ht="36" customHeight="1">
+      <c r="A15" s="18"/>
+      <c r="B15" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="C15" s="10" t="s">
+        <v>56</v>
+      </c>
+      <c r="D15" s="10" t="s">
+        <v>57</v>
+      </c>
+      <c r="E15" s="5">
+        <v>1648</v>
+      </c>
+      <c r="F15" s="5">
+        <v>1673</v>
+      </c>
+      <c r="G15" s="5">
+        <v>1694</v>
+      </c>
+      <c r="H15" s="5">
+        <v>1713</v>
+      </c>
+      <c r="I15" s="5">
+        <v>1731</v>
+      </c>
+      <c r="J15" s="5">
+        <v>1750</v>
+      </c>
+      <c r="K15" s="5">
+        <v>1768</v>
+      </c>
+      <c r="L15" s="5">
+        <v>1788</v>
+      </c>
+      <c r="M15" s="5">
+        <v>1809</v>
+      </c>
+      <c r="N15" s="5">
+        <v>1827</v>
+      </c>
+      <c r="O15" s="5">
+        <v>1846</v>
+      </c>
+      <c r="P15" s="5">
+        <v>1864</v>
+      </c>
+      <c r="Q15" s="5">
+        <v>1880</v>
+      </c>
+      <c r="R15" s="5">
+        <v>1893</v>
+      </c>
+      <c r="S15" s="5">
+        <v>1904</v>
+      </c>
+      <c r="T15" s="5">
+        <v>1914</v>
+      </c>
+      <c r="U15" s="5">
+        <v>1923</v>
+      </c>
+      <c r="V15" s="5">
+        <v>1931</v>
+      </c>
+      <c r="W15" s="5">
+        <v>1935</v>
+      </c>
+      <c r="X15" s="5">
+        <v>1940</v>
+      </c>
+      <c r="Y15" s="5">
+        <v>1943</v>
+      </c>
+      <c r="Z15" s="5">
+        <v>1943</v>
+      </c>
+      <c r="AA15" s="5">
+        <v>1942</v>
+      </c>
+    </row>
+    <row r="16" spans="1:27" ht="24" customHeight="1">
+      <c r="A16" s="18"/>
+      <c r="B16" s="19" t="s">
+        <v>28</v>
+      </c>
+      <c r="C16" s="10" t="s">
+        <v>58</v>
+      </c>
+      <c r="D16" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="E16" s="5">
+        <v>4685</v>
+      </c>
+      <c r="F16" s="5">
+        <v>4785</v>
+      </c>
+      <c r="G16" s="5">
+        <v>4885</v>
+      </c>
+      <c r="H16" s="5">
+        <v>4986</v>
+      </c>
+      <c r="I16" s="5">
+        <v>5089</v>
+      </c>
+      <c r="J16" s="5">
+        <v>5200</v>
+      </c>
+      <c r="K16" s="5">
+        <v>5311</v>
+      </c>
+      <c r="L16" s="5">
+        <v>5424</v>
+      </c>
+      <c r="M16" s="5">
+        <v>5535</v>
+      </c>
+      <c r="N16" s="5">
+        <v>5634</v>
+      </c>
+      <c r="O16" s="5">
+        <v>5734</v>
+      </c>
+      <c r="P16" s="5">
+        <v>5831</v>
+      </c>
+      <c r="Q16" s="5">
+        <v>5915</v>
+      </c>
+      <c r="R16" s="5">
+        <v>5987</v>
+      </c>
+      <c r="S16" s="5">
+        <v>6053</v>
+      </c>
+      <c r="T16" s="5">
+        <v>6110</v>
+      </c>
+      <c r="U16" s="5">
+        <v>6160</v>
+      </c>
+      <c r="V16" s="5">
+        <v>6199</v>
+      </c>
+      <c r="W16" s="5">
+        <v>6232</v>
+      </c>
+      <c r="X16" s="5">
+        <v>6266</v>
+      </c>
+      <c r="Y16" s="5">
+        <v>6294</v>
+      </c>
+      <c r="Z16" s="5">
+        <v>6321</v>
+      </c>
+      <c r="AA16" s="5">
+        <v>6345</v>
+      </c>
+    </row>
+    <row r="17" spans="1:27" ht="48.95" customHeight="1">
+      <c r="A17" s="18"/>
+      <c r="B17" s="18"/>
+      <c r="C17" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="D17" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="E17" s="5">
+        <v>39</v>
+      </c>
+      <c r="F17" s="5">
+        <v>48</v>
+      </c>
+      <c r="G17" s="5">
+        <v>49</v>
+      </c>
+      <c r="H17" s="5">
+        <v>50</v>
+      </c>
+      <c r="I17" s="5">
+        <v>51</v>
+      </c>
+      <c r="J17" s="5">
+        <v>52</v>
+      </c>
+      <c r="K17" s="5">
+        <v>53</v>
+      </c>
+      <c r="L17" s="5">
+        <v>54</v>
+      </c>
+      <c r="M17" s="5">
+        <v>54</v>
+      </c>
+      <c r="N17" s="5">
+        <v>55</v>
+      </c>
+      <c r="O17" s="5">
+        <v>55</v>
+      </c>
+      <c r="P17" s="5">
+        <v>55</v>
+      </c>
+      <c r="Q17" s="5">
+        <v>56</v>
+      </c>
+      <c r="R17" s="5">
+        <v>56</v>
+      </c>
+      <c r="S17" s="5">
+        <v>56</v>
+      </c>
+      <c r="T17" s="5">
+        <v>56</v>
+      </c>
+      <c r="U17" s="5">
+        <v>56</v>
+      </c>
+      <c r="V17" s="5">
+        <v>57</v>
+      </c>
+      <c r="W17" s="5">
+        <v>57</v>
+      </c>
+      <c r="X17" s="5">
+        <v>57</v>
+      </c>
+      <c r="Y17" s="5">
+        <v>58</v>
+      </c>
+      <c r="Z17" s="5">
+        <v>58</v>
+      </c>
+      <c r="AA17" s="5">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="18" spans="1:27" ht="12" customHeight="1">
+      <c r="A18" s="18"/>
+      <c r="B18" s="19" t="s">
+        <v>29</v>
+      </c>
+      <c r="C18" s="10" t="s">
+        <v>62</v>
+      </c>
+      <c r="D18" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="E18" s="5">
+        <v>2964</v>
+      </c>
+      <c r="F18" s="5">
+        <v>3031</v>
+      </c>
+      <c r="G18" s="5">
+        <v>3102</v>
+      </c>
+      <c r="H18" s="5">
+        <v>3171</v>
+      </c>
+      <c r="I18" s="5">
+        <v>3237</v>
+      </c>
+      <c r="J18" s="5">
+        <v>3311</v>
+      </c>
+      <c r="K18" s="5">
+        <v>3384</v>
+      </c>
+      <c r="L18" s="5">
+        <v>3454</v>
+      </c>
+      <c r="M18" s="5">
+        <v>3520</v>
+      </c>
+      <c r="N18" s="5">
+        <v>3580</v>
+      </c>
+      <c r="O18" s="5">
+        <v>3638</v>
+      </c>
+      <c r="P18" s="5">
+        <v>3693</v>
+      </c>
+      <c r="Q18" s="5">
+        <v>3738</v>
+      </c>
+      <c r="R18" s="5">
+        <v>3779</v>
+      </c>
+      <c r="S18" s="5">
+        <v>3816</v>
+      </c>
+      <c r="T18" s="5">
+        <v>3848</v>
+      </c>
+      <c r="U18" s="5">
+        <v>3871</v>
+      </c>
+      <c r="V18" s="5">
+        <v>3889</v>
+      </c>
+      <c r="W18" s="5">
+        <v>3906</v>
+      </c>
+      <c r="X18" s="5">
+        <v>3926</v>
+      </c>
+      <c r="Y18" s="5">
+        <v>3941</v>
+      </c>
+      <c r="Z18" s="5">
+        <v>3960</v>
+      </c>
+      <c r="AA18" s="5">
+        <v>3981</v>
+      </c>
+    </row>
+    <row r="19" spans="1:27" ht="48.95" customHeight="1">
+      <c r="A19" s="18"/>
+      <c r="B19" s="18"/>
+      <c r="C19" s="10" t="s">
+        <v>64</v>
+      </c>
+      <c r="D19" s="10" t="s">
+        <v>65</v>
+      </c>
+      <c r="E19" s="5">
+        <v>163</v>
+      </c>
+      <c r="F19" s="5">
+        <v>167</v>
+      </c>
+      <c r="G19" s="5">
+        <v>170</v>
+      </c>
+      <c r="H19" s="5">
+        <v>175</v>
+      </c>
+      <c r="I19" s="5">
+        <v>177</v>
+      </c>
+      <c r="J19" s="5">
+        <v>181</v>
+      </c>
+      <c r="K19" s="5">
+        <v>186</v>
+      </c>
+      <c r="L19" s="5">
+        <v>189</v>
+      </c>
+      <c r="M19" s="5">
+        <v>192</v>
+      </c>
+      <c r="N19" s="5">
+        <v>195</v>
+      </c>
+      <c r="O19" s="5">
+        <v>196</v>
+      </c>
+      <c r="P19" s="5">
+        <v>197</v>
+      </c>
+      <c r="Q19" s="5">
+        <v>197</v>
+      </c>
+      <c r="R19" s="5">
+        <v>197</v>
+      </c>
+      <c r="S19" s="5">
+        <v>196</v>
+      </c>
+      <c r="T19" s="5">
+        <v>196</v>
+      </c>
+      <c r="U19" s="5">
+        <v>196</v>
+      </c>
+      <c r="V19" s="5">
+        <v>195</v>
+      </c>
+      <c r="W19" s="5">
+        <v>194</v>
+      </c>
+      <c r="X19" s="5">
+        <v>194</v>
+      </c>
+      <c r="Y19" s="5">
+        <v>194</v>
+      </c>
+      <c r="Z19" s="5">
+        <v>195</v>
+      </c>
+      <c r="AA19" s="5">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="20" spans="1:27" ht="12" customHeight="1">
+      <c r="A20" s="18"/>
+      <c r="B20" s="19" t="s">
+        <v>30</v>
+      </c>
+      <c r="C20" s="10" t="s">
+        <v>66</v>
+      </c>
+      <c r="D20" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="E20" s="5">
+        <v>1381</v>
+      </c>
+      <c r="F20" s="5">
+        <v>1415</v>
+      </c>
+      <c r="G20" s="5">
+        <v>1452</v>
+      </c>
+      <c r="H20" s="5">
+        <v>1489</v>
+      </c>
+      <c r="I20" s="5">
+        <v>1528</v>
+      </c>
+      <c r="J20" s="5">
+        <v>1570</v>
+      </c>
+      <c r="K20" s="5">
+        <v>1610</v>
+      </c>
+      <c r="L20" s="5">
+        <v>1655</v>
+      </c>
+      <c r="M20" s="5">
+        <v>1698</v>
+      </c>
+      <c r="N20" s="5">
+        <v>1733</v>
+      </c>
+      <c r="O20" s="5">
+        <v>1772</v>
+      </c>
+      <c r="P20" s="5">
+        <v>1812</v>
+      </c>
+      <c r="Q20" s="5">
+        <v>1847</v>
+      </c>
+      <c r="R20" s="5">
+        <v>1876</v>
+      </c>
+      <c r="S20" s="5">
+        <v>1904</v>
+      </c>
+      <c r="T20" s="5">
+        <v>1926</v>
+      </c>
+      <c r="U20" s="5">
+        <v>1945</v>
+      </c>
+      <c r="V20" s="5">
+        <v>1959</v>
+      </c>
+      <c r="W20" s="5">
+        <v>1971</v>
+      </c>
+      <c r="X20" s="5">
+        <v>1985</v>
+      </c>
+      <c r="Y20" s="5">
+        <v>1996</v>
+      </c>
+      <c r="Z20" s="5">
+        <v>2004</v>
+      </c>
+      <c r="AA20" s="5">
+        <v>2009</v>
+      </c>
+    </row>
+    <row r="21" spans="1:27" ht="12" customHeight="1">
+      <c r="A21" s="18"/>
+      <c r="B21" s="18"/>
+      <c r="C21" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D21" s="6" t="s">
+        <v>69</v>
+      </c>
+      <c r="E21" s="5">
+        <v>805</v>
+      </c>
+      <c r="F21" s="5">
+        <v>824</v>
+      </c>
+      <c r="G21" s="5">
+        <v>843</v>
+      </c>
+      <c r="H21" s="5">
+        <v>859</v>
+      </c>
+      <c r="I21" s="5">
+        <v>878</v>
+      </c>
+      <c r="J21" s="5">
+        <v>894</v>
+      </c>
+      <c r="K21" s="5">
+        <v>910</v>
+      </c>
+      <c r="L21" s="5">
+        <v>927</v>
+      </c>
+      <c r="M21" s="5">
+        <v>941</v>
+      </c>
+      <c r="N21" s="5">
+        <v>954</v>
+      </c>
+      <c r="O21" s="5">
+        <v>966</v>
+      </c>
+      <c r="P21" s="5">
+        <v>980</v>
+      </c>
+      <c r="Q21" s="5">
+        <v>992</v>
+      </c>
+      <c r="R21" s="5">
+        <v>1005</v>
+      </c>
+      <c r="S21" s="5">
+        <v>1016</v>
+      </c>
+      <c r="T21" s="5">
+        <v>1028</v>
+      </c>
+      <c r="U21" s="5">
+        <v>1040</v>
+      </c>
+      <c r="V21" s="5">
+        <v>1052</v>
+      </c>
+      <c r="W21" s="5">
+        <v>1064</v>
+      </c>
+      <c r="X21" s="5">
+        <v>1077</v>
+      </c>
+      <c r="Y21" s="5">
+        <v>1090</v>
+      </c>
+      <c r="Z21" s="5">
+        <v>1101</v>
+      </c>
+      <c r="AA21" s="5">
+        <v>1111</v>
+      </c>
+    </row>
+    <row r="22" spans="1:27" ht="24" customHeight="1">
+      <c r="A22" s="18"/>
+      <c r="B22" s="17" t="s">
+        <v>31</v>
+      </c>
+      <c r="C22" s="10" t="s">
+        <v>70</v>
+      </c>
+      <c r="D22" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="E22" s="5">
+        <v>1635</v>
+      </c>
+      <c r="F22" s="5">
+        <v>1661</v>
+      </c>
+      <c r="G22" s="5">
+        <v>1681</v>
+      </c>
+      <c r="H22" s="5">
+        <v>1698</v>
+      </c>
+      <c r="I22" s="5">
+        <v>1713</v>
+      </c>
+      <c r="J22" s="5">
+        <v>1728</v>
+      </c>
+      <c r="K22" s="5">
+        <v>1740</v>
+      </c>
+      <c r="L22" s="5">
+        <v>1754</v>
+      </c>
+      <c r="M22" s="5">
+        <v>1769</v>
+      </c>
+      <c r="N22" s="5">
+        <v>1783</v>
+      </c>
+      <c r="O22" s="5">
+        <v>1796</v>
+      </c>
+      <c r="P22" s="5">
+        <v>1811</v>
+      </c>
+      <c r="Q22" s="5">
+        <v>1824</v>
+      </c>
+      <c r="R22" s="5">
+        <v>1835</v>
+      </c>
+      <c r="S22" s="5">
+        <v>1845</v>
+      </c>
+      <c r="T22" s="5">
+        <v>1856</v>
+      </c>
+      <c r="U22" s="5">
+        <v>1866</v>
+      </c>
+      <c r="V22" s="5">
+        <v>1875</v>
+      </c>
+      <c r="W22" s="5">
+        <v>1885</v>
+      </c>
+      <c r="X22" s="5">
+        <v>1892</v>
+      </c>
+      <c r="Y22" s="5">
+        <v>1900</v>
+      </c>
+      <c r="Z22" s="5">
+        <v>1905</v>
+      </c>
+      <c r="AA22" s="5">
+        <v>1909</v>
+      </c>
+    </row>
+    <row r="23" spans="1:27" ht="48.95" customHeight="1">
+      <c r="A23" s="18"/>
+      <c r="B23" s="18"/>
+      <c r="C23" s="10" t="s">
+        <v>71</v>
+      </c>
+      <c r="D23" s="10" t="s">
         <v>72</v>
       </c>
-      <c r="B5" s="15" t="s">
-[...123 lines deleted...]
-      <c r="Q6" s="6">
+      <c r="E23" s="5">
+        <v>533</v>
+      </c>
+      <c r="F23" s="5">
+        <v>541</v>
+      </c>
+      <c r="G23" s="5">
+        <v>548</v>
+      </c>
+      <c r="H23" s="5">
+        <v>553</v>
+      </c>
+      <c r="I23" s="5">
+        <v>558</v>
+      </c>
+      <c r="J23" s="5">
+        <v>562</v>
+      </c>
+      <c r="K23" s="5">
+        <v>566</v>
+      </c>
+      <c r="L23" s="5">
+        <v>569</v>
+      </c>
+      <c r="M23" s="5">
+        <v>572</v>
+      </c>
+      <c r="N23" s="5">
+        <v>575</v>
+      </c>
+      <c r="O23" s="5">
+        <v>577</v>
+      </c>
+      <c r="P23" s="5">
+        <v>579</v>
+      </c>
+      <c r="Q23" s="5">
+        <v>581</v>
+      </c>
+      <c r="R23" s="5">
+        <v>583</v>
+      </c>
+      <c r="S23" s="5">
         <v>585</v>
       </c>
-      <c r="R6" s="6">
-[...5 lines deleted...]
-      <c r="T6" s="6">
+      <c r="T23" s="5">
+        <v>587</v>
+      </c>
+      <c r="U23" s="5">
+        <v>589</v>
+      </c>
+      <c r="V23" s="5">
+        <v>592</v>
+      </c>
+      <c r="W23" s="5">
+        <v>595</v>
+      </c>
+      <c r="X23" s="5">
+        <v>597</v>
+      </c>
+      <c r="Y23" s="5">
         <v>600</v>
       </c>
-      <c r="U6" s="6">
-[...5 lines deleted...]
-      <c r="W6" s="6">
+      <c r="Z23" s="5">
+        <v>603</v>
+      </c>
+      <c r="AA23" s="5">
         <v>606</v>
       </c>
-      <c r="X6" s="6">
-[...42 lines deleted...]
-      <c r="L7" s="6">
+    </row>
+    <row r="24" spans="1:27" ht="24" customHeight="1">
+      <c r="A24" s="18"/>
+      <c r="B24" s="17" t="s">
+        <v>32</v>
+      </c>
+      <c r="C24" s="10" t="s">
+        <v>73</v>
+      </c>
+      <c r="D24" s="10" t="s">
+        <v>74</v>
+      </c>
+      <c r="E24" s="5">
+        <v>8724</v>
+      </c>
+      <c r="F24" s="5">
+        <v>9052</v>
+      </c>
+      <c r="G24" s="5">
+        <v>9405</v>
+      </c>
+      <c r="H24" s="5">
+        <v>9783</v>
+      </c>
+      <c r="I24" s="5">
+        <v>10175</v>
+      </c>
+      <c r="J24" s="5">
+        <v>10516</v>
+      </c>
+      <c r="K24" s="5">
+        <v>10879</v>
+      </c>
+      <c r="L24" s="5">
+        <v>11267</v>
+      </c>
+      <c r="M24" s="5">
+        <v>11645</v>
+      </c>
+      <c r="N24" s="5">
+        <v>12025</v>
+      </c>
+      <c r="O24" s="5">
+        <v>12398</v>
+      </c>
+      <c r="P24" s="5">
+        <v>12747</v>
+      </c>
+      <c r="Q24" s="5">
+        <v>13155</v>
+      </c>
+      <c r="R24" s="5">
+        <v>13577</v>
+      </c>
+      <c r="S24" s="5">
+        <v>13975</v>
+      </c>
+      <c r="T24" s="5">
+        <v>14394</v>
+      </c>
+      <c r="U24" s="5">
+        <v>14864</v>
+      </c>
+      <c r="V24" s="5">
+        <v>15329</v>
+      </c>
+      <c r="W24" s="5">
+        <v>15789</v>
+      </c>
+      <c r="X24" s="5">
+        <v>16239</v>
+      </c>
+      <c r="Y24" s="5">
+        <v>16685</v>
+      </c>
+      <c r="Z24" s="5">
+        <v>17091</v>
+      </c>
+      <c r="AA24" s="5">
+        <v>17473</v>
+      </c>
+    </row>
+    <row r="25" spans="1:27" ht="24" customHeight="1">
+      <c r="A25" s="18"/>
+      <c r="B25" s="18"/>
+      <c r="C25" s="10" t="s">
+        <v>75</v>
+      </c>
+      <c r="D25" s="10" t="s">
+        <v>76</v>
+      </c>
+      <c r="E25" s="5">
+        <v>13384</v>
+      </c>
+      <c r="F25" s="5">
+        <v>13953</v>
+      </c>
+      <c r="G25" s="5">
+        <v>14530</v>
+      </c>
+      <c r="H25" s="5">
+        <v>15220</v>
+      </c>
+      <c r="I25" s="5">
+        <v>15880</v>
+      </c>
+      <c r="J25" s="5">
+        <v>16514</v>
+      </c>
+      <c r="K25" s="5">
+        <v>17139</v>
+      </c>
+      <c r="L25" s="5">
+        <v>17798</v>
+      </c>
+      <c r="M25" s="5">
+        <v>18499</v>
+      </c>
+      <c r="N25" s="5">
+        <v>19212</v>
+      </c>
+      <c r="O25" s="5">
+        <v>19861</v>
+      </c>
+      <c r="P25" s="5">
+        <v>20509</v>
+      </c>
+      <c r="Q25" s="5">
+        <v>21228</v>
+      </c>
+      <c r="R25" s="5">
+        <v>21962</v>
+      </c>
+      <c r="S25" s="5">
+        <v>22686</v>
+      </c>
+      <c r="T25" s="5">
+        <v>23417</v>
+      </c>
+      <c r="U25" s="5">
+        <v>24160</v>
+      </c>
+      <c r="V25" s="5">
+        <v>24949</v>
+      </c>
+      <c r="W25" s="5">
+        <v>25742</v>
+      </c>
+      <c r="X25" s="5">
+        <v>26482</v>
+      </c>
+      <c r="Y25" s="5">
+        <v>27231</v>
+      </c>
+      <c r="Z25" s="5">
+        <v>27982</v>
+      </c>
+      <c r="AA25" s="5">
+        <v>28726</v>
+      </c>
+    </row>
+    <row r="26" spans="1:27" ht="12" customHeight="1">
+      <c r="A26" s="18"/>
+      <c r="B26" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="C26" s="10" t="s">
+        <v>77</v>
+      </c>
+      <c r="D26" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E26" s="5">
+        <v>91</v>
+      </c>
+      <c r="F26" s="5">
+        <v>94</v>
+      </c>
+      <c r="G26" s="5">
+        <v>97</v>
+      </c>
+      <c r="H26" s="5">
+        <v>99</v>
+      </c>
+      <c r="I26" s="5">
+        <v>101</v>
+      </c>
+      <c r="J26" s="5">
+        <v>104</v>
+      </c>
+      <c r="K26" s="5">
+        <v>106</v>
+      </c>
+      <c r="L26" s="5">
+        <v>108</v>
+      </c>
+      <c r="M26" s="5">
+        <v>111</v>
+      </c>
+      <c r="N26" s="5">
+        <v>113</v>
+      </c>
+      <c r="O26" s="5">
+        <v>115</v>
+      </c>
+      <c r="P26" s="5">
+        <v>118</v>
+      </c>
+      <c r="Q26" s="5">
         <v>121</v>
       </c>
-      <c r="M7" s="6">
-[...5 lines deleted...]
-      <c r="O7" s="6">
+      <c r="R26" s="5">
         <v>124</v>
       </c>
-      <c r="P7" s="6">
-[...551 lines deleted...]
-      <c r="O14" s="6">
+      <c r="S26" s="5">
+        <v>128</v>
+      </c>
+      <c r="T26" s="5">
+        <v>132</v>
+      </c>
+      <c r="U26" s="5">
         <v>134</v>
       </c>
-      <c r="P14" s="6">
+      <c r="V26" s="5">
         <v>137</v>
       </c>
-      <c r="Q14" s="6">
-[...2 lines deleted...]
-      <c r="R14" s="6">
+      <c r="W26" s="5">
+        <v>139</v>
+      </c>
+      <c r="X26" s="5">
+        <v>141</v>
+      </c>
+      <c r="Y26" s="5">
         <v>142</v>
       </c>
-      <c r="S14" s="6">
+      <c r="Z26" s="5">
         <v>144</v>
       </c>
-      <c r="T14" s="6">
+      <c r="AA26" s="5">
         <v>146</v>
       </c>
-      <c r="U14" s="6">
-[...346 lines deleted...]
-      <c r="C19" s="7" t="s">
+    </row>
+    <row r="27" spans="1:27" ht="12" customHeight="1">
+      <c r="A27" s="18"/>
+      <c r="B27" s="17" t="s">
         <v>34</v>
-      </c>
-[...637 lines deleted...]
-        <v>40</v>
       </c>
       <c r="C27" s="17"/>
       <c r="D27" s="17"/>
-      <c r="E27" s="6">
+      <c r="E27" s="5">
         <v>62125</v>
       </c>
-      <c r="F27" s="6">
+      <c r="F27" s="5">
         <v>64053</v>
       </c>
-      <c r="G27" s="6">
+      <c r="G27" s="5">
         <v>66008</v>
       </c>
-      <c r="H27" s="6">
+      <c r="H27" s="5">
         <v>68121</v>
       </c>
-      <c r="I27" s="6">
+      <c r="I27" s="5">
         <v>70199</v>
       </c>
-      <c r="J27" s="6">
+      <c r="J27" s="5">
         <v>72273</v>
       </c>
-      <c r="K27" s="6">
+      <c r="K27" s="5">
         <v>74333</v>
       </c>
-      <c r="L27" s="6">
+      <c r="L27" s="5">
         <v>76496</v>
       </c>
-      <c r="M27" s="6">
+      <c r="M27" s="5">
         <v>78665</v>
       </c>
-      <c r="N27" s="6">
+      <c r="N27" s="5">
         <v>80766</v>
       </c>
-      <c r="O27" s="6">
+      <c r="O27" s="5">
         <v>82674</v>
       </c>
-      <c r="P27" s="6">
+      <c r="P27" s="5">
         <v>84561</v>
       </c>
-      <c r="Q27" s="6">
+      <c r="Q27" s="5">
         <v>86472</v>
       </c>
-      <c r="R27" s="6">
+      <c r="R27" s="5">
         <v>88316</v>
       </c>
-      <c r="S27" s="6">
+      <c r="S27" s="5">
         <v>90101</v>
       </c>
-      <c r="T27" s="6">
+      <c r="T27" s="5">
         <v>91842</v>
       </c>
-      <c r="U27" s="6">
+      <c r="U27" s="5">
         <v>93584</v>
       </c>
-      <c r="V27" s="6">
+      <c r="V27" s="5">
         <v>95290</v>
       </c>
-      <c r="W27" s="6">
+      <c r="W27" s="5">
         <v>96971</v>
       </c>
-      <c r="X27" s="6">
+      <c r="X27" s="5">
         <v>98578</v>
       </c>
-      <c r="Y27" s="6">
+      <c r="Y27" s="5">
         <v>100157</v>
       </c>
-      <c r="Z27" s="6">
+      <c r="Z27" s="5">
         <v>101681</v>
       </c>
-      <c r="AA27" s="6">
+      <c r="AA27" s="5">
         <v>103136</v>
       </c>
     </row>
-    <row r="28" spans="1:27" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:27" ht="24" customHeight="1">
       <c r="A28" s="17" t="s">
+        <v>20</v>
+      </c>
+      <c r="B28" s="19" t="s">
+        <v>25</v>
+      </c>
+      <c r="C28" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="D28" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="E28" s="5">
+        <v>16532</v>
+      </c>
+      <c r="F28" s="5">
+        <v>17112</v>
+      </c>
+      <c r="G28" s="5">
+        <v>17724</v>
+      </c>
+      <c r="H28" s="5">
+        <v>18366</v>
+      </c>
+      <c r="I28" s="5">
+        <v>19004</v>
+      </c>
+      <c r="J28" s="5">
+        <v>19685</v>
+      </c>
+      <c r="K28" s="5">
+        <v>20355</v>
+      </c>
+      <c r="L28" s="5">
+        <v>21066</v>
+      </c>
+      <c r="M28" s="5">
+        <v>21769</v>
+      </c>
+      <c r="N28" s="5">
+        <v>22440</v>
+      </c>
+      <c r="O28" s="5">
+        <v>22943</v>
+      </c>
+      <c r="P28" s="5">
+        <v>23457</v>
+      </c>
+      <c r="Q28" s="5">
+        <v>23924</v>
+      </c>
+      <c r="R28" s="5">
+        <v>24351</v>
+      </c>
+      <c r="S28" s="5">
+        <v>24771</v>
+      </c>
+      <c r="T28" s="5">
+        <v>25157</v>
+      </c>
+      <c r="U28" s="5">
+        <v>25514</v>
+      </c>
+      <c r="V28" s="5">
+        <v>25833</v>
+      </c>
+      <c r="W28" s="5">
+        <v>26152</v>
+      </c>
+      <c r="X28" s="5">
+        <v>26448</v>
+      </c>
+      <c r="Y28" s="5">
+        <v>26734</v>
+      </c>
+      <c r="Z28" s="5">
+        <v>27017</v>
+      </c>
+      <c r="AA28" s="5">
+        <v>27276</v>
+      </c>
+    </row>
+    <row r="29" spans="1:27" ht="24" customHeight="1">
+      <c r="A29" s="18"/>
+      <c r="B29" s="18"/>
+      <c r="C29" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="D29" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="E29" s="5">
+        <v>473</v>
+      </c>
+      <c r="F29" s="5">
+        <v>483</v>
+      </c>
+      <c r="G29" s="5">
+        <v>493</v>
+      </c>
+      <c r="H29" s="5">
+        <v>504</v>
+      </c>
+      <c r="I29" s="5">
+        <v>513</v>
+      </c>
+      <c r="J29" s="5">
+        <v>525</v>
+      </c>
+      <c r="K29" s="5">
+        <v>535</v>
+      </c>
+      <c r="L29" s="5">
+        <v>546</v>
+      </c>
+      <c r="M29" s="5">
+        <v>557</v>
+      </c>
+      <c r="N29" s="5">
+        <v>568</v>
+      </c>
+      <c r="O29" s="5">
+        <v>579</v>
+      </c>
+      <c r="P29" s="5">
+        <v>589</v>
+      </c>
+      <c r="Q29" s="5">
+        <v>598</v>
+      </c>
+      <c r="R29" s="5">
+        <v>604</v>
+      </c>
+      <c r="S29" s="5">
+        <v>611</v>
+      </c>
+      <c r="T29" s="5">
+        <v>616</v>
+      </c>
+      <c r="U29" s="5">
+        <v>620</v>
+      </c>
+      <c r="V29" s="5">
+        <v>623</v>
+      </c>
+      <c r="W29" s="5">
+        <v>627</v>
+      </c>
+      <c r="X29" s="5">
+        <v>629</v>
+      </c>
+      <c r="Y29" s="5">
+        <v>632</v>
+      </c>
+      <c r="Z29" s="5">
+        <v>634</v>
+      </c>
+      <c r="AA29" s="5">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="30" spans="1:27" ht="24" customHeight="1">
+      <c r="A30" s="18"/>
+      <c r="B30" s="18"/>
+      <c r="C30" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="D30" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="E30" s="5">
+        <v>61</v>
+      </c>
+      <c r="F30" s="5">
+        <v>105</v>
+      </c>
+      <c r="G30" s="5">
+        <v>109</v>
+      </c>
+      <c r="H30" s="5">
+        <v>112</v>
+      </c>
+      <c r="I30" s="5">
+        <v>115</v>
+      </c>
+      <c r="J30" s="5">
+        <v>117</v>
+      </c>
+      <c r="K30" s="5">
+        <v>120</v>
+      </c>
+      <c r="L30" s="5">
+        <v>122</v>
+      </c>
+      <c r="M30" s="5">
+        <v>123</v>
+      </c>
+      <c r="N30" s="5">
+        <v>124</v>
+      </c>
+      <c r="O30" s="5">
+        <v>125</v>
+      </c>
+      <c r="P30" s="5">
+        <v>126</v>
+      </c>
+      <c r="Q30" s="5">
+        <v>127</v>
+      </c>
+      <c r="R30" s="5">
+        <v>127</v>
+      </c>
+      <c r="S30" s="5">
+        <v>127</v>
+      </c>
+      <c r="T30" s="5">
+        <v>128</v>
+      </c>
+      <c r="U30" s="5">
+        <v>128</v>
+      </c>
+      <c r="V30" s="5">
+        <v>127</v>
+      </c>
+      <c r="W30" s="5">
+        <v>127</v>
+      </c>
+      <c r="X30" s="5">
+        <v>126</v>
+      </c>
+      <c r="Y30" s="5">
+        <v>126</v>
+      </c>
+      <c r="Z30" s="5">
+        <v>125</v>
+      </c>
+      <c r="AA30" s="5">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="31" spans="1:27" ht="12" customHeight="1">
+      <c r="A31" s="18"/>
+      <c r="B31" s="18"/>
+      <c r="C31" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="D31" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="E31" s="5">
+        <v>511</v>
+      </c>
+      <c r="F31" s="5">
+        <v>518</v>
+      </c>
+      <c r="G31" s="5">
+        <v>528</v>
+      </c>
+      <c r="H31" s="5">
+        <v>536</v>
+      </c>
+      <c r="I31" s="5">
+        <v>543</v>
+      </c>
+      <c r="J31" s="5">
+        <v>548</v>
+      </c>
+      <c r="K31" s="5">
+        <v>559</v>
+      </c>
+      <c r="L31" s="5">
+        <v>569</v>
+      </c>
+      <c r="M31" s="5">
+        <v>581</v>
+      </c>
+      <c r="N31" s="5">
+        <v>598</v>
+      </c>
+      <c r="O31" s="5">
+        <v>615</v>
+      </c>
+      <c r="P31" s="5">
+        <v>629</v>
+      </c>
+      <c r="Q31" s="5">
+        <v>645</v>
+      </c>
+      <c r="R31" s="5">
+        <v>661</v>
+      </c>
+      <c r="S31" s="5">
+        <v>671</v>
+      </c>
+      <c r="T31" s="5">
+        <v>685</v>
+      </c>
+      <c r="U31" s="5">
+        <v>703</v>
+      </c>
+      <c r="V31" s="5">
+        <v>716</v>
+      </c>
+      <c r="W31" s="5">
+        <v>725</v>
+      </c>
+      <c r="X31" s="5">
+        <v>733</v>
+      </c>
+      <c r="Y31" s="5">
+        <v>737</v>
+      </c>
+      <c r="Z31" s="5">
+        <v>737</v>
+      </c>
+      <c r="AA31" s="5">
+        <v>735</v>
+      </c>
+    </row>
+    <row r="32" spans="1:27" ht="12" customHeight="1">
+      <c r="A32" s="18"/>
+      <c r="B32" s="18"/>
+      <c r="C32" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="D32" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="E32" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="F32" s="5">
+        <v>1</v>
+      </c>
+      <c r="G32" s="5">
+        <v>3</v>
+      </c>
+      <c r="H32" s="5">
+        <v>5</v>
+      </c>
+      <c r="I32" s="5">
+        <v>6</v>
+      </c>
+      <c r="J32" s="5">
+        <v>8</v>
+      </c>
+      <c r="K32" s="5">
+        <v>10</v>
+      </c>
+      <c r="L32" s="5">
+        <v>12</v>
+      </c>
+      <c r="M32" s="5">
+        <v>14</v>
+      </c>
+      <c r="N32" s="5">
+        <v>16</v>
+      </c>
+      <c r="O32" s="5">
+        <v>18</v>
+      </c>
+      <c r="P32" s="5">
+        <v>20</v>
+      </c>
+      <c r="Q32" s="5">
+        <v>21</v>
+      </c>
+      <c r="R32" s="5">
+        <v>23</v>
+      </c>
+      <c r="S32" s="5">
+        <v>25</v>
+      </c>
+      <c r="T32" s="5">
+        <v>27</v>
+      </c>
+      <c r="U32" s="5">
+        <v>29</v>
+      </c>
+      <c r="V32" s="5">
+        <v>31</v>
+      </c>
+      <c r="W32" s="5">
+        <v>33</v>
+      </c>
+      <c r="X32" s="5">
+        <v>35</v>
+      </c>
+      <c r="Y32" s="5">
+        <v>36</v>
+      </c>
+      <c r="Z32" s="5">
+        <v>38</v>
+      </c>
+      <c r="AA32" s="5">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="33" spans="1:27" ht="12" customHeight="1">
+      <c r="A33" s="18"/>
+      <c r="B33" s="19" t="s">
+        <v>26</v>
+      </c>
+      <c r="C33" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="D33" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="E33" s="5">
+        <v>6166</v>
+      </c>
+      <c r="F33" s="5">
+        <v>6308</v>
+      </c>
+      <c r="G33" s="5">
+        <v>6454</v>
+      </c>
+      <c r="H33" s="5">
+        <v>6600</v>
+      </c>
+      <c r="I33" s="5">
+        <v>6737</v>
+      </c>
+      <c r="J33" s="5">
+        <v>6892</v>
+      </c>
+      <c r="K33" s="5">
+        <v>7038</v>
+      </c>
+      <c r="L33" s="5">
+        <v>7187</v>
+      </c>
+      <c r="M33" s="5">
+        <v>7331</v>
+      </c>
+      <c r="N33" s="5">
+        <v>7458</v>
+      </c>
+      <c r="O33" s="5">
+        <v>7582</v>
+      </c>
+      <c r="P33" s="5">
+        <v>7702</v>
+      </c>
+      <c r="Q33" s="5">
+        <v>7804</v>
+      </c>
+      <c r="R33" s="5">
+        <v>7890</v>
+      </c>
+      <c r="S33" s="5">
+        <v>7975</v>
+      </c>
+      <c r="T33" s="5">
+        <v>8045</v>
+      </c>
+      <c r="U33" s="5">
+        <v>8106</v>
+      </c>
+      <c r="V33" s="5">
+        <v>8157</v>
+      </c>
+      <c r="W33" s="5">
+        <v>8208</v>
+      </c>
+      <c r="X33" s="5">
+        <v>8262</v>
+      </c>
+      <c r="Y33" s="5">
+        <v>8314</v>
+      </c>
+      <c r="Z33" s="5">
+        <v>8369</v>
+      </c>
+      <c r="AA33" s="5">
+        <v>8424</v>
+      </c>
+    </row>
+    <row r="34" spans="1:27" ht="48.95" customHeight="1">
+      <c r="A34" s="18"/>
+      <c r="B34" s="18"/>
+      <c r="C34" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="D34" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="E34" s="5">
+        <v>973</v>
+      </c>
+      <c r="F34" s="5">
+        <v>993</v>
+      </c>
+      <c r="G34" s="5">
+        <v>1013</v>
+      </c>
+      <c r="H34" s="5">
+        <v>1033</v>
+      </c>
+      <c r="I34" s="5">
+        <v>1052</v>
+      </c>
+      <c r="J34" s="5">
+        <v>1073</v>
+      </c>
+      <c r="K34" s="5">
+        <v>1091</v>
+      </c>
+      <c r="L34" s="5">
+        <v>1110</v>
+      </c>
+      <c r="M34" s="5">
+        <v>1126</v>
+      </c>
+      <c r="N34" s="5">
+        <v>1140</v>
+      </c>
+      <c r="O34" s="5">
+        <v>1153</v>
+      </c>
+      <c r="P34" s="5">
+        <v>1168</v>
+      </c>
+      <c r="Q34" s="5">
+        <v>1178</v>
+      </c>
+      <c r="R34" s="5">
+        <v>1187</v>
+      </c>
+      <c r="S34" s="5">
+        <v>1194</v>
+      </c>
+      <c r="T34" s="5">
+        <v>1201</v>
+      </c>
+      <c r="U34" s="5">
+        <v>1205</v>
+      </c>
+      <c r="V34" s="5">
+        <v>1210</v>
+      </c>
+      <c r="W34" s="5">
+        <v>1214</v>
+      </c>
+      <c r="X34" s="5">
+        <v>1220</v>
+      </c>
+      <c r="Y34" s="5">
+        <v>1225</v>
+      </c>
+      <c r="Z34" s="5">
+        <v>1233</v>
+      </c>
+      <c r="AA34" s="5">
+        <v>1241</v>
+      </c>
+    </row>
+    <row r="35" spans="1:27" ht="24" customHeight="1">
+      <c r="A35" s="18"/>
+      <c r="B35" s="18"/>
+      <c r="C35" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="D35" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="E35" s="5">
+        <v>630</v>
+      </c>
+      <c r="F35" s="5">
+        <v>640</v>
+      </c>
+      <c r="G35" s="5">
+        <v>648</v>
+      </c>
+      <c r="H35" s="5">
+        <v>655</v>
+      </c>
+      <c r="I35" s="5">
+        <v>661</v>
+      </c>
+      <c r="J35" s="5">
+        <v>666</v>
+      </c>
+      <c r="K35" s="5">
+        <v>671</v>
+      </c>
+      <c r="L35" s="5">
+        <v>676</v>
+      </c>
+      <c r="M35" s="5">
+        <v>681</v>
+      </c>
+      <c r="N35" s="5">
+        <v>685</v>
+      </c>
+      <c r="O35" s="5">
+        <v>690</v>
+      </c>
+      <c r="P35" s="5">
+        <v>694</v>
+      </c>
+      <c r="Q35" s="5">
+        <v>698</v>
+      </c>
+      <c r="R35" s="5">
+        <v>703</v>
+      </c>
+      <c r="S35" s="5">
+        <v>708</v>
+      </c>
+      <c r="T35" s="5">
+        <v>714</v>
+      </c>
+      <c r="U35" s="5">
+        <v>721</v>
+      </c>
+      <c r="V35" s="5">
+        <v>729</v>
+      </c>
+      <c r="W35" s="5">
+        <v>737</v>
+      </c>
+      <c r="X35" s="5">
+        <v>745</v>
+      </c>
+      <c r="Y35" s="5">
+        <v>753</v>
+      </c>
+      <c r="Z35" s="5">
+        <v>760</v>
+      </c>
+      <c r="AA35" s="5">
+        <v>767</v>
+      </c>
+    </row>
+    <row r="36" spans="1:27" ht="24" customHeight="1">
+      <c r="A36" s="18"/>
+      <c r="B36" s="18"/>
+      <c r="C36" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="D36" s="10" t="s">
+        <v>53</v>
+      </c>
+      <c r="E36" s="5">
+        <v>619</v>
+      </c>
+      <c r="F36" s="5">
+        <v>631</v>
+      </c>
+      <c r="G36" s="5">
+        <v>640</v>
+      </c>
+      <c r="H36" s="5">
+        <v>651</v>
+      </c>
+      <c r="I36" s="5">
+        <v>661</v>
+      </c>
+      <c r="J36" s="5">
+        <v>675</v>
+      </c>
+      <c r="K36" s="5">
+        <v>688</v>
+      </c>
+      <c r="L36" s="5">
+        <v>702</v>
+      </c>
+      <c r="M36" s="5">
+        <v>717</v>
+      </c>
+      <c r="N36" s="5">
+        <v>729</v>
+      </c>
+      <c r="O36" s="5">
+        <v>742</v>
+      </c>
+      <c r="P36" s="5">
+        <v>755</v>
+      </c>
+      <c r="Q36" s="5">
+        <v>765</v>
+      </c>
+      <c r="R36" s="5">
+        <v>772</v>
+      </c>
+      <c r="S36" s="5">
+        <v>782</v>
+      </c>
+      <c r="T36" s="5">
+        <v>789</v>
+      </c>
+      <c r="U36" s="5">
+        <v>795</v>
+      </c>
+      <c r="V36" s="5">
+        <v>800</v>
+      </c>
+      <c r="W36" s="5">
+        <v>805</v>
+      </c>
+      <c r="X36" s="5">
+        <v>810</v>
+      </c>
+      <c r="Y36" s="5">
+        <v>815</v>
+      </c>
+      <c r="Z36" s="5">
+        <v>820</v>
+      </c>
+      <c r="AA36" s="5">
+        <v>824</v>
+      </c>
+    </row>
+    <row r="37" spans="1:27" ht="24" customHeight="1">
+      <c r="A37" s="18"/>
+      <c r="B37" s="18"/>
+      <c r="C37" s="10" t="s">
+        <v>54</v>
+      </c>
+      <c r="D37" s="10" t="s">
+        <v>55</v>
+      </c>
+      <c r="E37" s="5">
+        <v>108</v>
+      </c>
+      <c r="F37" s="5">
+        <v>87</v>
+      </c>
+      <c r="G37" s="5">
+        <v>93</v>
+      </c>
+      <c r="H37" s="5">
+        <v>99</v>
+      </c>
+      <c r="I37" s="5">
+        <v>105</v>
+      </c>
+      <c r="J37" s="5">
+        <v>111</v>
+      </c>
+      <c r="K37" s="5">
+        <v>117</v>
+      </c>
+      <c r="L37" s="5">
+        <v>123</v>
+      </c>
+      <c r="M37" s="5">
+        <v>128</v>
+      </c>
+      <c r="N37" s="5">
+        <v>132</v>
+      </c>
+      <c r="O37" s="5">
+        <v>137</v>
+      </c>
+      <c r="P37" s="5">
+        <v>140</v>
+      </c>
+      <c r="Q37" s="5">
+        <v>143</v>
+      </c>
+      <c r="R37" s="5">
+        <v>145</v>
+      </c>
+      <c r="S37" s="5">
+        <v>148</v>
+      </c>
+      <c r="T37" s="5">
+        <v>150</v>
+      </c>
+      <c r="U37" s="5">
+        <v>152</v>
+      </c>
+      <c r="V37" s="5">
+        <v>154</v>
+      </c>
+      <c r="W37" s="5">
+        <v>156</v>
+      </c>
+      <c r="X37" s="5">
+        <v>158</v>
+      </c>
+      <c r="Y37" s="5">
+        <v>160</v>
+      </c>
+      <c r="Z37" s="5">
+        <v>161</v>
+      </c>
+      <c r="AA37" s="5">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="38" spans="1:27" ht="36" customHeight="1">
+      <c r="A38" s="18"/>
+      <c r="B38" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="C38" s="10" t="s">
+        <v>56</v>
+      </c>
+      <c r="D38" s="10" t="s">
+        <v>57</v>
+      </c>
+      <c r="E38" s="5">
+        <v>1648</v>
+      </c>
+      <c r="F38" s="5">
+        <v>1676</v>
+      </c>
+      <c r="G38" s="5">
+        <v>1703</v>
+      </c>
+      <c r="H38" s="5">
+        <v>1727</v>
+      </c>
+      <c r="I38" s="5">
+        <v>1750</v>
+      </c>
+      <c r="J38" s="5">
+        <v>1773</v>
+      </c>
+      <c r="K38" s="5">
+        <v>1796</v>
+      </c>
+      <c r="L38" s="5">
+        <v>1821</v>
+      </c>
+      <c r="M38" s="5">
+        <v>1846</v>
+      </c>
+      <c r="N38" s="5">
+        <v>1869</v>
+      </c>
+      <c r="O38" s="5">
+        <v>1892</v>
+      </c>
+      <c r="P38" s="5">
+        <v>1915</v>
+      </c>
+      <c r="Q38" s="5">
+        <v>1935</v>
+      </c>
+      <c r="R38" s="5">
+        <v>1952</v>
+      </c>
+      <c r="S38" s="5">
+        <v>1967</v>
+      </c>
+      <c r="T38" s="5">
+        <v>1982</v>
+      </c>
+      <c r="U38" s="5">
+        <v>1996</v>
+      </c>
+      <c r="V38" s="5">
+        <v>2008</v>
+      </c>
+      <c r="W38" s="5">
+        <v>2017</v>
+      </c>
+      <c r="X38" s="5">
+        <v>2027</v>
+      </c>
+      <c r="Y38" s="5">
+        <v>2035</v>
+      </c>
+      <c r="Z38" s="5">
+        <v>2041</v>
+      </c>
+      <c r="AA38" s="5">
+        <v>2045</v>
+      </c>
+    </row>
+    <row r="39" spans="1:27" ht="24" customHeight="1">
+      <c r="A39" s="18"/>
+      <c r="B39" s="19" t="s">
+        <v>28</v>
+      </c>
+      <c r="C39" s="10" t="s">
+        <v>58</v>
+      </c>
+      <c r="D39" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="E39" s="5">
+        <v>4685</v>
+      </c>
+      <c r="F39" s="5">
+        <v>4789</v>
+      </c>
+      <c r="G39" s="5">
+        <v>4895</v>
+      </c>
+      <c r="H39" s="5">
+        <v>5002</v>
+      </c>
+      <c r="I39" s="5">
+        <v>5112</v>
+      </c>
+      <c r="J39" s="5">
+        <v>5229</v>
+      </c>
+      <c r="K39" s="5">
+        <v>5346</v>
+      </c>
+      <c r="L39" s="5">
+        <v>5466</v>
+      </c>
+      <c r="M39" s="5">
+        <v>5584</v>
+      </c>
+      <c r="N39" s="5">
+        <v>5690</v>
+      </c>
+      <c r="O39" s="5">
+        <v>5797</v>
+      </c>
+      <c r="P39" s="5">
+        <v>5901</v>
+      </c>
+      <c r="Q39" s="5">
+        <v>5992</v>
+      </c>
+      <c r="R39" s="5">
+        <v>6072</v>
+      </c>
+      <c r="S39" s="5">
+        <v>6147</v>
+      </c>
+      <c r="T39" s="5">
+        <v>6214</v>
+      </c>
+      <c r="U39" s="5">
+        <v>6274</v>
+      </c>
+      <c r="V39" s="5">
+        <v>6324</v>
+      </c>
+      <c r="W39" s="5">
+        <v>6369</v>
+      </c>
+      <c r="X39" s="5">
+        <v>6415</v>
+      </c>
+      <c r="Y39" s="5">
+        <v>6455</v>
+      </c>
+      <c r="Z39" s="5">
+        <v>6496</v>
+      </c>
+      <c r="AA39" s="5">
+        <v>6536</v>
+      </c>
+    </row>
+    <row r="40" spans="1:27" ht="48.95" customHeight="1">
+      <c r="A40" s="18"/>
+      <c r="B40" s="18"/>
+      <c r="C40" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="D40" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="E40" s="5">
+        <v>39</v>
+      </c>
+      <c r="F40" s="5">
+        <v>48</v>
+      </c>
+      <c r="G40" s="5">
+        <v>49</v>
+      </c>
+      <c r="H40" s="5">
+        <v>50</v>
+      </c>
+      <c r="I40" s="5">
+        <v>51</v>
+      </c>
+      <c r="J40" s="5">
+        <v>52</v>
+      </c>
+      <c r="K40" s="5">
+        <v>53</v>
+      </c>
+      <c r="L40" s="5">
+        <v>54</v>
+      </c>
+      <c r="M40" s="5">
+        <v>55</v>
+      </c>
+      <c r="N40" s="5">
+        <v>56</v>
+      </c>
+      <c r="O40" s="5">
+        <v>56</v>
+      </c>
+      <c r="P40" s="5">
+        <v>57</v>
+      </c>
+      <c r="Q40" s="5">
+        <v>57</v>
+      </c>
+      <c r="R40" s="5">
+        <v>57</v>
+      </c>
+      <c r="S40" s="5">
+        <v>58</v>
+      </c>
+      <c r="T40" s="5">
+        <v>58</v>
+      </c>
+      <c r="U40" s="5">
+        <v>59</v>
+      </c>
+      <c r="V40" s="5">
+        <v>59</v>
+      </c>
+      <c r="W40" s="5">
+        <v>60</v>
+      </c>
+      <c r="X40" s="5">
+        <v>61</v>
+      </c>
+      <c r="Y40" s="5">
+        <v>61</v>
+      </c>
+      <c r="Z40" s="5">
+        <v>62</v>
+      </c>
+      <c r="AA40" s="5">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="41" spans="1:27" ht="12" customHeight="1">
+      <c r="A41" s="18"/>
+      <c r="B41" s="19" t="s">
+        <v>29</v>
+      </c>
+      <c r="C41" s="10" t="s">
+        <v>62</v>
+      </c>
+      <c r="D41" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="E41" s="5">
+        <v>2964</v>
+      </c>
+      <c r="F41" s="5">
+        <v>3033</v>
+      </c>
+      <c r="G41" s="5">
+        <v>3107</v>
+      </c>
+      <c r="H41" s="5">
+        <v>3179</v>
+      </c>
+      <c r="I41" s="5">
+        <v>3249</v>
+      </c>
+      <c r="J41" s="5">
+        <v>3325</v>
+      </c>
+      <c r="K41" s="5">
+        <v>3402</v>
+      </c>
+      <c r="L41" s="5">
+        <v>3475</v>
+      </c>
+      <c r="M41" s="5">
+        <v>3544</v>
+      </c>
+      <c r="N41" s="5">
+        <v>3609</v>
+      </c>
+      <c r="O41" s="5">
+        <v>3671</v>
+      </c>
+      <c r="P41" s="5">
+        <v>3731</v>
+      </c>
+      <c r="Q41" s="5">
+        <v>3780</v>
+      </c>
+      <c r="R41" s="5">
+        <v>3826</v>
+      </c>
+      <c r="S41" s="5">
+        <v>3868</v>
+      </c>
+      <c r="T41" s="5">
+        <v>3907</v>
+      </c>
+      <c r="U41" s="5">
+        <v>3936</v>
+      </c>
+      <c r="V41" s="5">
+        <v>3960</v>
+      </c>
+      <c r="W41" s="5">
+        <v>3984</v>
+      </c>
+      <c r="X41" s="5">
+        <v>4012</v>
+      </c>
+      <c r="Y41" s="5">
+        <v>4034</v>
+      </c>
+      <c r="Z41" s="5">
+        <v>4062</v>
+      </c>
+      <c r="AA41" s="5">
+        <v>4093</v>
+      </c>
+    </row>
+    <row r="42" spans="1:27" ht="48.95" customHeight="1">
+      <c r="A42" s="18"/>
+      <c r="B42" s="18"/>
+      <c r="C42" s="10" t="s">
+        <v>64</v>
+      </c>
+      <c r="D42" s="10" t="s">
+        <v>65</v>
+      </c>
+      <c r="E42" s="5">
+        <v>163</v>
+      </c>
+      <c r="F42" s="5">
+        <v>167</v>
+      </c>
+      <c r="G42" s="5">
+        <v>171</v>
+      </c>
+      <c r="H42" s="5">
+        <v>175</v>
+      </c>
+      <c r="I42" s="5">
+        <v>178</v>
+      </c>
+      <c r="J42" s="5">
+        <v>182</v>
+      </c>
+      <c r="K42" s="5">
+        <v>187</v>
+      </c>
+      <c r="L42" s="5">
+        <v>190</v>
+      </c>
+      <c r="M42" s="5">
+        <v>193</v>
+      </c>
+      <c r="N42" s="5">
+        <v>196</v>
+      </c>
+      <c r="O42" s="5">
+        <v>198</v>
+      </c>
+      <c r="P42" s="5">
+        <v>199</v>
+      </c>
+      <c r="Q42" s="5">
+        <v>199</v>
+      </c>
+      <c r="R42" s="5">
+        <v>199</v>
+      </c>
+      <c r="S42" s="5">
+        <v>199</v>
+      </c>
+      <c r="T42" s="5">
+        <v>199</v>
+      </c>
+      <c r="U42" s="5">
+        <v>199</v>
+      </c>
+      <c r="V42" s="5">
+        <v>199</v>
+      </c>
+      <c r="W42" s="5">
+        <v>199</v>
+      </c>
+      <c r="X42" s="5">
+        <v>199</v>
+      </c>
+      <c r="Y42" s="5">
+        <v>200</v>
+      </c>
+      <c r="Z42" s="5">
+        <v>201</v>
+      </c>
+      <c r="AA42" s="5">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="43" spans="1:27" ht="12" customHeight="1">
+      <c r="A43" s="18"/>
+      <c r="B43" s="19" t="s">
+        <v>30</v>
+      </c>
+      <c r="C43" s="10" t="s">
+        <v>66</v>
+      </c>
+      <c r="D43" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="E43" s="5">
+        <v>1381</v>
+      </c>
+      <c r="F43" s="5">
+        <v>1416</v>
+      </c>
+      <c r="G43" s="5">
+        <v>1455</v>
+      </c>
+      <c r="H43" s="5">
+        <v>1494</v>
+      </c>
+      <c r="I43" s="5">
+        <v>1534</v>
+      </c>
+      <c r="J43" s="5">
+        <v>1578</v>
+      </c>
+      <c r="K43" s="5">
+        <v>1620</v>
+      </c>
+      <c r="L43" s="5">
+        <v>1666</v>
+      </c>
+      <c r="M43" s="5">
+        <v>1711</v>
+      </c>
+      <c r="N43" s="5">
+        <v>1748</v>
+      </c>
+      <c r="O43" s="5">
+        <v>1789</v>
+      </c>
+      <c r="P43" s="5">
+        <v>1831</v>
+      </c>
+      <c r="Q43" s="5">
+        <v>1867</v>
+      </c>
+      <c r="R43" s="5">
+        <v>1898</v>
+      </c>
+      <c r="S43" s="5">
+        <v>1928</v>
+      </c>
+      <c r="T43" s="5">
+        <v>1952</v>
+      </c>
+      <c r="U43" s="5">
+        <v>1974</v>
+      </c>
+      <c r="V43" s="5">
+        <v>1989</v>
+      </c>
+      <c r="W43" s="5">
+        <v>2004</v>
+      </c>
+      <c r="X43" s="5">
+        <v>2021</v>
+      </c>
+      <c r="Y43" s="5">
+        <v>2035</v>
+      </c>
+      <c r="Z43" s="5">
+        <v>2046</v>
+      </c>
+      <c r="AA43" s="5">
+        <v>2055</v>
+      </c>
+    </row>
+    <row r="44" spans="1:27" ht="12" customHeight="1">
+      <c r="A44" s="18"/>
+      <c r="B44" s="18"/>
+      <c r="C44" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D44" s="6" t="s">
+        <v>69</v>
+      </c>
+      <c r="E44" s="5">
+        <v>805</v>
+      </c>
+      <c r="F44" s="5">
+        <v>825</v>
+      </c>
+      <c r="G44" s="5">
+        <v>845</v>
+      </c>
+      <c r="H44" s="5">
+        <v>863</v>
+      </c>
+      <c r="I44" s="5">
+        <v>883</v>
+      </c>
+      <c r="J44" s="5">
+        <v>901</v>
+      </c>
+      <c r="K44" s="5">
+        <v>918</v>
+      </c>
+      <c r="L44" s="5">
+        <v>936</v>
+      </c>
+      <c r="M44" s="5">
+        <v>951</v>
+      </c>
+      <c r="N44" s="5">
+        <v>966</v>
+      </c>
+      <c r="O44" s="5">
+        <v>980</v>
+      </c>
+      <c r="P44" s="5">
+        <v>995</v>
+      </c>
+      <c r="Q44" s="5">
+        <v>1009</v>
+      </c>
+      <c r="R44" s="5">
+        <v>1023</v>
+      </c>
+      <c r="S44" s="5">
+        <v>1036</v>
+      </c>
+      <c r="T44" s="5">
+        <v>1049</v>
+      </c>
+      <c r="U44" s="5">
+        <v>1063</v>
+      </c>
+      <c r="V44" s="5">
+        <v>1077</v>
+      </c>
+      <c r="W44" s="5">
+        <v>1090</v>
+      </c>
+      <c r="X44" s="5">
+        <v>1106</v>
+      </c>
+      <c r="Y44" s="5">
+        <v>1120</v>
+      </c>
+      <c r="Z44" s="5">
+        <v>1134</v>
+      </c>
+      <c r="AA44" s="5">
+        <v>1146</v>
+      </c>
+    </row>
+    <row r="45" spans="1:27" ht="24" customHeight="1">
+      <c r="A45" s="18"/>
+      <c r="B45" s="17" t="s">
+        <v>31</v>
+      </c>
+      <c r="C45" s="10" t="s">
+        <v>70</v>
+      </c>
+      <c r="D45" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="E45" s="5">
+        <v>1635</v>
+      </c>
+      <c r="F45" s="5">
+        <v>1664</v>
+      </c>
+      <c r="G45" s="5">
+        <v>1690</v>
+      </c>
+      <c r="H45" s="5">
+        <v>1712</v>
+      </c>
+      <c r="I45" s="5">
+        <v>1732</v>
+      </c>
+      <c r="J45" s="5">
+        <v>1752</v>
+      </c>
+      <c r="K45" s="5">
+        <v>1770</v>
+      </c>
+      <c r="L45" s="5">
+        <v>1789</v>
+      </c>
+      <c r="M45" s="5">
+        <v>1809</v>
+      </c>
+      <c r="N45" s="5">
+        <v>1829</v>
+      </c>
+      <c r="O45" s="5">
+        <v>1847</v>
+      </c>
+      <c r="P45" s="5">
+        <v>1867</v>
+      </c>
+      <c r="Q45" s="5">
+        <v>1885</v>
+      </c>
+      <c r="R45" s="5">
+        <v>1901</v>
+      </c>
+      <c r="S45" s="5">
+        <v>1917</v>
+      </c>
+      <c r="T45" s="5">
+        <v>1933</v>
+      </c>
+      <c r="U45" s="5">
+        <v>1949</v>
+      </c>
+      <c r="V45" s="5">
+        <v>1964</v>
+      </c>
+      <c r="W45" s="5">
+        <v>1979</v>
+      </c>
+      <c r="X45" s="5">
+        <v>1993</v>
+      </c>
+      <c r="Y45" s="5">
+        <v>2006</v>
+      </c>
+      <c r="Z45" s="5">
+        <v>2017</v>
+      </c>
+      <c r="AA45" s="5">
+        <v>2027</v>
+      </c>
+    </row>
+    <row r="46" spans="1:27" ht="48.95" customHeight="1">
+      <c r="A46" s="18"/>
+      <c r="B46" s="18"/>
+      <c r="C46" s="10" t="s">
+        <v>71</v>
+      </c>
+      <c r="D46" s="10" t="s">
+        <v>72</v>
+      </c>
+      <c r="E46" s="5">
+        <v>533</v>
+      </c>
+      <c r="F46" s="5">
+        <v>542</v>
+      </c>
+      <c r="G46" s="5">
+        <v>551</v>
+      </c>
+      <c r="H46" s="5">
+        <v>557</v>
+      </c>
+      <c r="I46" s="5">
+        <v>564</v>
+      </c>
+      <c r="J46" s="5">
+        <v>570</v>
+      </c>
+      <c r="K46" s="5">
+        <v>576</v>
+      </c>
+      <c r="L46" s="5">
+        <v>581</v>
+      </c>
+      <c r="M46" s="5">
+        <v>586</v>
+      </c>
+      <c r="N46" s="5">
+        <v>591</v>
+      </c>
+      <c r="O46" s="5">
+        <v>595</v>
+      </c>
+      <c r="P46" s="5">
+        <v>599</v>
+      </c>
+      <c r="Q46" s="5">
+        <v>603</v>
+      </c>
+      <c r="R46" s="5">
+        <v>607</v>
+      </c>
+      <c r="S46" s="5">
+        <v>611</v>
+      </c>
+      <c r="T46" s="5">
+        <v>615</v>
+      </c>
+      <c r="U46" s="5">
+        <v>619</v>
+      </c>
+      <c r="V46" s="5">
+        <v>624</v>
+      </c>
+      <c r="W46" s="5">
+        <v>629</v>
+      </c>
+      <c r="X46" s="5">
+        <v>634</v>
+      </c>
+      <c r="Y46" s="5">
+        <v>639</v>
+      </c>
+      <c r="Z46" s="5">
+        <v>643</v>
+      </c>
+      <c r="AA46" s="5">
+        <v>648</v>
+      </c>
+    </row>
+    <row r="47" spans="1:27" ht="24" customHeight="1">
+      <c r="A47" s="18"/>
+      <c r="B47" s="17" t="s">
+        <v>32</v>
+      </c>
+      <c r="C47" s="10" t="s">
         <v>73</v>
       </c>
-      <c r="B28" s="15" t="s">
-[...172 lines deleted...]
-      <c r="G30" s="6">
+      <c r="D47" s="10" t="s">
+        <v>74</v>
+      </c>
+      <c r="E47" s="5">
+        <v>8724</v>
+      </c>
+      <c r="F47" s="5">
+        <v>9056</v>
+      </c>
+      <c r="G47" s="5">
+        <v>9415</v>
+      </c>
+      <c r="H47" s="5">
+        <v>9796</v>
+      </c>
+      <c r="I47" s="5">
+        <v>10195</v>
+      </c>
+      <c r="J47" s="5">
+        <v>10543</v>
+      </c>
+      <c r="K47" s="5">
+        <v>10913</v>
+      </c>
+      <c r="L47" s="5">
+        <v>11309</v>
+      </c>
+      <c r="M47" s="5">
+        <v>11697</v>
+      </c>
+      <c r="N47" s="5">
+        <v>12083</v>
+      </c>
+      <c r="O47" s="5">
+        <v>12462</v>
+      </c>
+      <c r="P47" s="5">
+        <v>12818</v>
+      </c>
+      <c r="Q47" s="5">
+        <v>13231</v>
+      </c>
+      <c r="R47" s="5">
+        <v>13659</v>
+      </c>
+      <c r="S47" s="5">
+        <v>14063</v>
+      </c>
+      <c r="T47" s="5">
+        <v>14483</v>
+      </c>
+      <c r="U47" s="5">
+        <v>14954</v>
+      </c>
+      <c r="V47" s="5">
+        <v>15418</v>
+      </c>
+      <c r="W47" s="5">
+        <v>15879</v>
+      </c>
+      <c r="X47" s="5">
+        <v>16330</v>
+      </c>
+      <c r="Y47" s="5">
+        <v>16778</v>
+      </c>
+      <c r="Z47" s="5">
+        <v>17185</v>
+      </c>
+      <c r="AA47" s="5">
+        <v>17569</v>
+      </c>
+    </row>
+    <row r="48" spans="1:27" ht="24" customHeight="1">
+      <c r="A48" s="18"/>
+      <c r="B48" s="18"/>
+      <c r="C48" s="10" t="s">
+        <v>75</v>
+      </c>
+      <c r="D48" s="10" t="s">
+        <v>76</v>
+      </c>
+      <c r="E48" s="5">
+        <v>13384</v>
+      </c>
+      <c r="F48" s="5">
+        <v>13958</v>
+      </c>
+      <c r="G48" s="5">
+        <v>14543</v>
+      </c>
+      <c r="H48" s="5">
+        <v>15237</v>
+      </c>
+      <c r="I48" s="5">
+        <v>15907</v>
+      </c>
+      <c r="J48" s="5">
+        <v>16555</v>
+      </c>
+      <c r="K48" s="5">
+        <v>17189</v>
+      </c>
+      <c r="L48" s="5">
+        <v>17862</v>
+      </c>
+      <c r="M48" s="5">
+        <v>18580</v>
+      </c>
+      <c r="N48" s="5">
+        <v>19306</v>
+      </c>
+      <c r="O48" s="5">
+        <v>19964</v>
+      </c>
+      <c r="P48" s="5">
+        <v>20624</v>
+      </c>
+      <c r="Q48" s="5">
+        <v>21354</v>
+      </c>
+      <c r="R48" s="5">
+        <v>22099</v>
+      </c>
+      <c r="S48" s="5">
+        <v>22828</v>
+      </c>
+      <c r="T48" s="5">
+        <v>23564</v>
+      </c>
+      <c r="U48" s="5">
+        <v>24312</v>
+      </c>
+      <c r="V48" s="5">
+        <v>25102</v>
+      </c>
+      <c r="W48" s="5">
+        <v>25903</v>
+      </c>
+      <c r="X48" s="5">
+        <v>26645</v>
+      </c>
+      <c r="Y48" s="5">
+        <v>27396</v>
+      </c>
+      <c r="Z48" s="5">
+        <v>28146</v>
+      </c>
+      <c r="AA48" s="5">
+        <v>28890</v>
+      </c>
+    </row>
+    <row r="49" spans="1:27" ht="12" customHeight="1">
+      <c r="A49" s="18"/>
+      <c r="B49" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="C49" s="10" t="s">
+        <v>77</v>
+      </c>
+      <c r="D49" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E49" s="5">
+        <v>91</v>
+      </c>
+      <c r="F49" s="5">
+        <v>94</v>
+      </c>
+      <c r="G49" s="5">
+        <v>97</v>
+      </c>
+      <c r="H49" s="5">
+        <v>99</v>
+      </c>
+      <c r="I49" s="5">
+        <v>101</v>
+      </c>
+      <c r="J49" s="5">
+        <v>104</v>
+      </c>
+      <c r="K49" s="5">
+        <v>106</v>
+      </c>
+      <c r="L49" s="5">
         <v>109</v>
       </c>
-      <c r="H30" s="6">
+      <c r="M49" s="5">
         <v>112</v>
       </c>
-      <c r="I30" s="6">
-[...8 lines deleted...]
-      <c r="L30" s="6">
+      <c r="N49" s="5">
+        <v>114</v>
+      </c>
+      <c r="O49" s="5">
+        <v>116</v>
+      </c>
+      <c r="P49" s="5">
+        <v>119</v>
+      </c>
+      <c r="Q49" s="5">
         <v>122</v>
       </c>
-      <c r="M30" s="6">
-[...5 lines deleted...]
-      <c r="O30" s="6">
+      <c r="R49" s="5">
         <v>125</v>
       </c>
-      <c r="P30" s="6">
-[...554 lines deleted...]
-      <c r="P37" s="6">
+      <c r="S49" s="5">
+        <v>129</v>
+      </c>
+      <c r="T49" s="5">
+        <v>133</v>
+      </c>
+      <c r="U49" s="5">
+        <v>135</v>
+      </c>
+      <c r="V49" s="5">
+        <v>138</v>
+      </c>
+      <c r="W49" s="5">
         <v>140</v>
       </c>
-      <c r="Q37" s="6">
-[...358 lines deleted...]
-      <c r="C42" s="7" t="s">
+      <c r="X49" s="5">
+        <v>142</v>
+      </c>
+      <c r="Y49" s="5">
+        <v>144</v>
+      </c>
+      <c r="Z49" s="5">
+        <v>146</v>
+      </c>
+      <c r="AA49" s="5">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="50" spans="1:27" ht="12" customHeight="1">
+      <c r="A50" s="18"/>
+      <c r="B50" s="17" t="s">
         <v>34</v>
-      </c>
-[...637 lines deleted...]
-        <v>40</v>
       </c>
       <c r="C50" s="17"/>
       <c r="D50" s="17"/>
-      <c r="E50" s="6">
+      <c r="E50" s="5">
         <v>62125</v>
       </c>
-      <c r="F50" s="6">
+      <c r="F50" s="5">
         <v>64146</v>
       </c>
-      <c r="G50" s="6">
+      <c r="G50" s="5">
         <v>66225</v>
       </c>
-      <c r="H50" s="6">
+      <c r="H50" s="5">
         <v>68451</v>
       </c>
-      <c r="I50" s="6">
+      <c r="I50" s="5">
         <v>70655</v>
       </c>
-      <c r="J50" s="6">
+      <c r="J50" s="5">
         <v>72865</v>
       </c>
-      <c r="K50" s="6">
+      <c r="K50" s="5">
         <v>75059</v>
       </c>
-      <c r="L50" s="6">
+      <c r="L50" s="5">
         <v>77372</v>
       </c>
-      <c r="M50" s="6">
+      <c r="M50" s="5">
         <v>79696</v>
       </c>
-      <c r="N50" s="6">
+      <c r="N50" s="5">
         <v>81946</v>
       </c>
-      <c r="O50" s="6">
+      <c r="O50" s="5">
         <v>83952</v>
       </c>
-      <c r="P50" s="6">
+      <c r="P50" s="5">
         <v>85933</v>
       </c>
-      <c r="Q50" s="6">
+      <c r="Q50" s="5">
         <v>87937</v>
       </c>
-      <c r="R50" s="6">
+      <c r="R50" s="5">
         <v>89884</v>
       </c>
-      <c r="S50" s="6">
+      <c r="S50" s="5">
         <v>91764</v>
       </c>
-      <c r="T50" s="6">
+      <c r="T50" s="5">
         <v>93601</v>
       </c>
-      <c r="U50" s="6">
+      <c r="U50" s="5">
         <v>95441</v>
       </c>
-      <c r="V50" s="6">
+      <c r="V50" s="5">
         <v>97241</v>
       </c>
-      <c r="W50" s="6">
+      <c r="W50" s="5">
         <v>99037</v>
       </c>
-      <c r="X50" s="6">
+      <c r="X50" s="5">
         <v>100749</v>
       </c>
-      <c r="Y50" s="6">
+      <c r="Y50" s="5">
         <v>102435</v>
       </c>
-      <c r="Z50" s="6">
+      <c r="Z50" s="5">
         <v>104075</v>
       </c>
-      <c r="AA50" s="6">
+      <c r="AA50" s="5">
         <v>105655</v>
       </c>
     </row>
-    <row r="51" spans="1:27" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:27" ht="24" customHeight="1">
       <c r="A51" s="17" t="s">
+        <v>21</v>
+      </c>
+      <c r="B51" s="19" t="s">
+        <v>25</v>
+      </c>
+      <c r="C51" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="D51" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="E51" s="5">
+        <v>16532</v>
+      </c>
+      <c r="F51" s="5">
+        <v>16953</v>
+      </c>
+      <c r="G51" s="5">
+        <v>17390</v>
+      </c>
+      <c r="H51" s="5">
+        <v>17853</v>
+      </c>
+      <c r="I51" s="5">
+        <v>18305</v>
+      </c>
+      <c r="J51" s="5">
+        <v>18789</v>
+      </c>
+      <c r="K51" s="5">
+        <v>19256</v>
+      </c>
+      <c r="L51" s="5">
+        <v>19754</v>
+      </c>
+      <c r="M51" s="5">
+        <v>20234</v>
+      </c>
+      <c r="N51" s="5">
+        <v>20678</v>
+      </c>
+      <c r="O51" s="5">
+        <v>21111</v>
+      </c>
+      <c r="P51" s="5">
+        <v>21557</v>
+      </c>
+      <c r="Q51" s="5">
+        <v>21956</v>
+      </c>
+      <c r="R51" s="5">
+        <v>22315</v>
+      </c>
+      <c r="S51" s="5">
+        <v>22664</v>
+      </c>
+      <c r="T51" s="5">
+        <v>22977</v>
+      </c>
+      <c r="U51" s="5">
+        <v>23259</v>
+      </c>
+      <c r="V51" s="5">
+        <v>23505</v>
+      </c>
+      <c r="W51" s="5">
+        <v>23744</v>
+      </c>
+      <c r="X51" s="5">
+        <v>23964</v>
+      </c>
+      <c r="Y51" s="5">
+        <v>24171</v>
+      </c>
+      <c r="Z51" s="5">
+        <v>24368</v>
+      </c>
+      <c r="AA51" s="5">
+        <v>24537</v>
+      </c>
+    </row>
+    <row r="52" spans="1:27" ht="24" customHeight="1">
+      <c r="A52" s="18"/>
+      <c r="B52" s="18"/>
+      <c r="C52" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="D52" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="E52" s="5">
+        <v>473</v>
+      </c>
+      <c r="F52" s="5">
+        <v>482</v>
+      </c>
+      <c r="G52" s="5">
+        <v>489</v>
+      </c>
+      <c r="H52" s="5">
+        <v>498</v>
+      </c>
+      <c r="I52" s="5">
+        <v>505</v>
+      </c>
+      <c r="J52" s="5">
+        <v>515</v>
+      </c>
+      <c r="K52" s="5">
+        <v>522</v>
+      </c>
+      <c r="L52" s="5">
+        <v>531</v>
+      </c>
+      <c r="M52" s="5">
+        <v>541</v>
+      </c>
+      <c r="N52" s="5">
+        <v>550</v>
+      </c>
+      <c r="O52" s="5">
+        <v>558</v>
+      </c>
+      <c r="P52" s="5">
+        <v>566</v>
+      </c>
+      <c r="Q52" s="5">
+        <v>572</v>
+      </c>
+      <c r="R52" s="5">
+        <v>576</v>
+      </c>
+      <c r="S52" s="5">
+        <v>581</v>
+      </c>
+      <c r="T52" s="5">
+        <v>583</v>
+      </c>
+      <c r="U52" s="5">
+        <v>584</v>
+      </c>
+      <c r="V52" s="5">
+        <v>585</v>
+      </c>
+      <c r="W52" s="5">
+        <v>586</v>
+      </c>
+      <c r="X52" s="5">
+        <v>586</v>
+      </c>
+      <c r="Y52" s="5">
+        <v>586</v>
+      </c>
+      <c r="Z52" s="5">
+        <v>585</v>
+      </c>
+      <c r="AA52" s="5">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="53" spans="1:27" ht="24" customHeight="1">
+      <c r="A53" s="18"/>
+      <c r="B53" s="18"/>
+      <c r="C53" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="D53" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="E53" s="5">
+        <v>61</v>
+      </c>
+      <c r="F53" s="5">
+        <v>104</v>
+      </c>
+      <c r="G53" s="5">
+        <v>108</v>
+      </c>
+      <c r="H53" s="5">
+        <v>112</v>
+      </c>
+      <c r="I53" s="5">
+        <v>114</v>
+      </c>
+      <c r="J53" s="5">
+        <v>117</v>
+      </c>
+      <c r="K53" s="5">
+        <v>119</v>
+      </c>
+      <c r="L53" s="5">
+        <v>120</v>
+      </c>
+      <c r="M53" s="5">
+        <v>121</v>
+      </c>
+      <c r="N53" s="5">
+        <v>123</v>
+      </c>
+      <c r="O53" s="5">
+        <v>123</v>
+      </c>
+      <c r="P53" s="5">
+        <v>124</v>
+      </c>
+      <c r="Q53" s="5">
+        <v>124</v>
+      </c>
+      <c r="R53" s="5">
+        <v>124</v>
+      </c>
+      <c r="S53" s="5">
+        <v>124</v>
+      </c>
+      <c r="T53" s="5">
+        <v>123</v>
+      </c>
+      <c r="U53" s="5">
+        <v>123</v>
+      </c>
+      <c r="V53" s="5">
+        <v>122</v>
+      </c>
+      <c r="W53" s="5">
+        <v>121</v>
+      </c>
+      <c r="X53" s="5">
+        <v>120</v>
+      </c>
+      <c r="Y53" s="5">
+        <v>119</v>
+      </c>
+      <c r="Z53" s="5">
+        <v>117</v>
+      </c>
+      <c r="AA53" s="5">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="54" spans="1:27" ht="12" customHeight="1">
+      <c r="A54" s="18"/>
+      <c r="B54" s="18"/>
+      <c r="C54" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="D54" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="E54" s="5">
+        <v>511</v>
+      </c>
+      <c r="F54" s="5">
+        <v>518</v>
+      </c>
+      <c r="G54" s="5">
+        <v>526</v>
+      </c>
+      <c r="H54" s="5">
+        <v>533</v>
+      </c>
+      <c r="I54" s="5">
+        <v>540</v>
+      </c>
+      <c r="J54" s="5">
+        <v>544</v>
+      </c>
+      <c r="K54" s="5">
+        <v>553</v>
+      </c>
+      <c r="L54" s="5">
+        <v>563</v>
+      </c>
+      <c r="M54" s="5">
+        <v>573</v>
+      </c>
+      <c r="N54" s="5">
+        <v>589</v>
+      </c>
+      <c r="O54" s="5">
+        <v>605</v>
+      </c>
+      <c r="P54" s="5">
+        <v>617</v>
+      </c>
+      <c r="Q54" s="5">
+        <v>633</v>
+      </c>
+      <c r="R54" s="5">
+        <v>648</v>
+      </c>
+      <c r="S54" s="5">
+        <v>657</v>
+      </c>
+      <c r="T54" s="5">
+        <v>670</v>
+      </c>
+      <c r="U54" s="5">
+        <v>686</v>
+      </c>
+      <c r="V54" s="5">
+        <v>698</v>
+      </c>
+      <c r="W54" s="5">
+        <v>705</v>
+      </c>
+      <c r="X54" s="5">
+        <v>711</v>
+      </c>
+      <c r="Y54" s="5">
+        <v>712</v>
+      </c>
+      <c r="Z54" s="5">
+        <v>708</v>
+      </c>
+      <c r="AA54" s="5">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="55" spans="1:27" ht="12" customHeight="1">
+      <c r="A55" s="18"/>
+      <c r="B55" s="18"/>
+      <c r="C55" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="D55" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="E55" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="F55" s="5">
+        <v>1</v>
+      </c>
+      <c r="G55" s="5">
+        <v>3</v>
+      </c>
+      <c r="H55" s="5">
+        <v>5</v>
+      </c>
+      <c r="I55" s="5">
+        <v>6</v>
+      </c>
+      <c r="J55" s="5">
+        <v>8</v>
+      </c>
+      <c r="K55" s="5">
+        <v>10</v>
+      </c>
+      <c r="L55" s="5">
+        <v>11</v>
+      </c>
+      <c r="M55" s="5">
+        <v>13</v>
+      </c>
+      <c r="N55" s="5">
+        <v>15</v>
+      </c>
+      <c r="O55" s="5">
+        <v>17</v>
+      </c>
+      <c r="P55" s="5">
+        <v>19</v>
+      </c>
+      <c r="Q55" s="5">
+        <v>21</v>
+      </c>
+      <c r="R55" s="5">
+        <v>23</v>
+      </c>
+      <c r="S55" s="5">
+        <v>24</v>
+      </c>
+      <c r="T55" s="5">
+        <v>26</v>
+      </c>
+      <c r="U55" s="5">
+        <v>28</v>
+      </c>
+      <c r="V55" s="5">
+        <v>29</v>
+      </c>
+      <c r="W55" s="5">
+        <v>31</v>
+      </c>
+      <c r="X55" s="5">
+        <v>32</v>
+      </c>
+      <c r="Y55" s="5">
+        <v>34</v>
+      </c>
+      <c r="Z55" s="5">
+        <v>36</v>
+      </c>
+      <c r="AA55" s="5">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="56" spans="1:27" ht="12" customHeight="1">
+      <c r="A56" s="18"/>
+      <c r="B56" s="19" t="s">
+        <v>26</v>
+      </c>
+      <c r="C56" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="D56" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="E56" s="5">
+        <v>6166</v>
+      </c>
+      <c r="F56" s="5">
+        <v>6291</v>
+      </c>
+      <c r="G56" s="5">
+        <v>6413</v>
+      </c>
+      <c r="H56" s="5">
+        <v>6535</v>
+      </c>
+      <c r="I56" s="5">
+        <v>6649</v>
+      </c>
+      <c r="J56" s="5">
+        <v>6780</v>
+      </c>
+      <c r="K56" s="5">
+        <v>6902</v>
+      </c>
+      <c r="L56" s="5">
+        <v>7025</v>
+      </c>
+      <c r="M56" s="5">
+        <v>7143</v>
+      </c>
+      <c r="N56" s="5">
+        <v>7243</v>
+      </c>
+      <c r="O56" s="5">
+        <v>7339</v>
+      </c>
+      <c r="P56" s="5">
+        <v>7432</v>
+      </c>
+      <c r="Q56" s="5">
+        <v>7506</v>
+      </c>
+      <c r="R56" s="5">
+        <v>7561</v>
+      </c>
+      <c r="S56" s="5">
+        <v>7616</v>
+      </c>
+      <c r="T56" s="5">
+        <v>7654</v>
+      </c>
+      <c r="U56" s="5">
+        <v>7681</v>
+      </c>
+      <c r="V56" s="5">
+        <v>7699</v>
+      </c>
+      <c r="W56" s="5">
+        <v>7715</v>
+      </c>
+      <c r="X56" s="5">
+        <v>7735</v>
+      </c>
+      <c r="Y56" s="5">
+        <v>7751</v>
+      </c>
+      <c r="Z56" s="5">
+        <v>7768</v>
+      </c>
+      <c r="AA56" s="5">
+        <v>7786</v>
+      </c>
+    </row>
+    <row r="57" spans="1:27" ht="48.95" customHeight="1">
+      <c r="A57" s="18"/>
+      <c r="B57" s="18"/>
+      <c r="C57" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="D57" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="E57" s="5">
+        <v>973</v>
+      </c>
+      <c r="F57" s="5">
+        <v>990</v>
+      </c>
+      <c r="G57" s="5">
+        <v>1006</v>
+      </c>
+      <c r="H57" s="5">
+        <v>1021</v>
+      </c>
+      <c r="I57" s="5">
+        <v>1037</v>
+      </c>
+      <c r="J57" s="5">
+        <v>1054</v>
+      </c>
+      <c r="K57" s="5">
+        <v>1069</v>
+      </c>
+      <c r="L57" s="5">
+        <v>1084</v>
+      </c>
+      <c r="M57" s="5">
+        <v>1097</v>
+      </c>
+      <c r="N57" s="5">
+        <v>1107</v>
+      </c>
+      <c r="O57" s="5">
+        <v>1116</v>
+      </c>
+      <c r="P57" s="5">
+        <v>1126</v>
+      </c>
+      <c r="Q57" s="5">
+        <v>1133</v>
+      </c>
+      <c r="R57" s="5">
+        <v>1137</v>
+      </c>
+      <c r="S57" s="5">
+        <v>1140</v>
+      </c>
+      <c r="T57" s="5">
+        <v>1142</v>
+      </c>
+      <c r="U57" s="5">
+        <v>1141</v>
+      </c>
+      <c r="V57" s="5">
+        <v>1140</v>
+      </c>
+      <c r="W57" s="5">
+        <v>1138</v>
+      </c>
+      <c r="X57" s="5">
+        <v>1139</v>
+      </c>
+      <c r="Y57" s="5">
+        <v>1139</v>
+      </c>
+      <c r="Z57" s="5">
+        <v>1140</v>
+      </c>
+      <c r="AA57" s="5">
+        <v>1141</v>
+      </c>
+    </row>
+    <row r="58" spans="1:27" ht="24" customHeight="1">
+      <c r="A58" s="18"/>
+      <c r="B58" s="18"/>
+      <c r="C58" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="D58" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="E58" s="5">
+        <v>630</v>
+      </c>
+      <c r="F58" s="5">
+        <v>638</v>
+      </c>
+      <c r="G58" s="5">
+        <v>643</v>
+      </c>
+      <c r="H58" s="5">
+        <v>646</v>
+      </c>
+      <c r="I58" s="5">
+        <v>649</v>
+      </c>
+      <c r="J58" s="5">
+        <v>651</v>
+      </c>
+      <c r="K58" s="5">
+        <v>651</v>
+      </c>
+      <c r="L58" s="5">
+        <v>652</v>
+      </c>
+      <c r="M58" s="5">
+        <v>653</v>
+      </c>
+      <c r="N58" s="5">
+        <v>654</v>
+      </c>
+      <c r="O58" s="5">
+        <v>654</v>
+      </c>
+      <c r="P58" s="5">
+        <v>654</v>
+      </c>
+      <c r="Q58" s="5">
+        <v>654</v>
+      </c>
+      <c r="R58" s="5">
+        <v>655</v>
+      </c>
+      <c r="S58" s="5">
+        <v>655</v>
+      </c>
+      <c r="T58" s="5">
+        <v>656</v>
+      </c>
+      <c r="U58" s="5">
+        <v>658</v>
+      </c>
+      <c r="V58" s="5">
+        <v>662</v>
+      </c>
+      <c r="W58" s="5">
+        <v>665</v>
+      </c>
+      <c r="X58" s="5">
+        <v>668</v>
+      </c>
+      <c r="Y58" s="5">
+        <v>671</v>
+      </c>
+      <c r="Z58" s="5">
+        <v>673</v>
+      </c>
+      <c r="AA58" s="5">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="59" spans="1:27" ht="24" customHeight="1">
+      <c r="A59" s="18"/>
+      <c r="B59" s="18"/>
+      <c r="C59" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="D59" s="10" t="s">
+        <v>53</v>
+      </c>
+      <c r="E59" s="5">
+        <v>619</v>
+      </c>
+      <c r="F59" s="5">
+        <v>630</v>
+      </c>
+      <c r="G59" s="5">
+        <v>638</v>
+      </c>
+      <c r="H59" s="5">
+        <v>648</v>
+      </c>
+      <c r="I59" s="5">
+        <v>657</v>
+      </c>
+      <c r="J59" s="5">
+        <v>669</v>
+      </c>
+      <c r="K59" s="5">
+        <v>680</v>
+      </c>
+      <c r="L59" s="5">
+        <v>693</v>
+      </c>
+      <c r="M59" s="5">
+        <v>706</v>
+      </c>
+      <c r="N59" s="5">
+        <v>716</v>
+      </c>
+      <c r="O59" s="5">
+        <v>727</v>
+      </c>
+      <c r="P59" s="5">
+        <v>738</v>
+      </c>
+      <c r="Q59" s="5">
+        <v>746</v>
+      </c>
+      <c r="R59" s="5">
+        <v>752</v>
+      </c>
+      <c r="S59" s="5">
+        <v>758</v>
+      </c>
+      <c r="T59" s="5">
+        <v>762</v>
+      </c>
+      <c r="U59" s="5">
+        <v>766</v>
+      </c>
+      <c r="V59" s="5">
+        <v>767</v>
+      </c>
+      <c r="W59" s="5">
+        <v>769</v>
+      </c>
+      <c r="X59" s="5">
+        <v>770</v>
+      </c>
+      <c r="Y59" s="5">
+        <v>771</v>
+      </c>
+      <c r="Z59" s="5">
+        <v>771</v>
+      </c>
+      <c r="AA59" s="5">
+        <v>771</v>
+      </c>
+    </row>
+    <row r="60" spans="1:27" ht="24" customHeight="1">
+      <c r="A60" s="18"/>
+      <c r="B60" s="18"/>
+      <c r="C60" s="10" t="s">
+        <v>54</v>
+      </c>
+      <c r="D60" s="10" t="s">
+        <v>55</v>
+      </c>
+      <c r="E60" s="5">
+        <v>108</v>
+      </c>
+      <c r="F60" s="5">
+        <v>86</v>
+      </c>
+      <c r="G60" s="5">
+        <v>92</v>
+      </c>
+      <c r="H60" s="5">
+        <v>97</v>
+      </c>
+      <c r="I60" s="5">
+        <v>103</v>
+      </c>
+      <c r="J60" s="5">
+        <v>109</v>
+      </c>
+      <c r="K60" s="5">
+        <v>115</v>
+      </c>
+      <c r="L60" s="5">
+        <v>120</v>
+      </c>
+      <c r="M60" s="5">
+        <v>124</v>
+      </c>
+      <c r="N60" s="5">
+        <v>128</v>
+      </c>
+      <c r="O60" s="5">
+        <v>132</v>
+      </c>
+      <c r="P60" s="5">
+        <v>134</v>
+      </c>
+      <c r="Q60" s="5">
+        <v>137</v>
+      </c>
+      <c r="R60" s="5">
+        <v>139</v>
+      </c>
+      <c r="S60" s="5">
+        <v>141</v>
+      </c>
+      <c r="T60" s="5">
+        <v>142</v>
+      </c>
+      <c r="U60" s="5">
+        <v>144</v>
+      </c>
+      <c r="V60" s="5">
+        <v>145</v>
+      </c>
+      <c r="W60" s="5">
+        <v>147</v>
+      </c>
+      <c r="X60" s="5">
+        <v>148</v>
+      </c>
+      <c r="Y60" s="5">
+        <v>149</v>
+      </c>
+      <c r="Z60" s="5">
+        <v>150</v>
+      </c>
+      <c r="AA60" s="5">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="61" spans="1:27" ht="36" customHeight="1">
+      <c r="A61" s="18"/>
+      <c r="B61" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="C61" s="10" t="s">
+        <v>56</v>
+      </c>
+      <c r="D61" s="10" t="s">
+        <v>57</v>
+      </c>
+      <c r="E61" s="5">
+        <v>1648</v>
+      </c>
+      <c r="F61" s="5">
+        <v>1669</v>
+      </c>
+      <c r="G61" s="5">
+        <v>1685</v>
+      </c>
+      <c r="H61" s="5">
+        <v>1699</v>
+      </c>
+      <c r="I61" s="5">
+        <v>1713</v>
+      </c>
+      <c r="J61" s="5">
+        <v>1726</v>
+      </c>
+      <c r="K61" s="5">
+        <v>1740</v>
+      </c>
+      <c r="L61" s="5">
+        <v>1756</v>
+      </c>
+      <c r="M61" s="5">
+        <v>1771</v>
+      </c>
+      <c r="N61" s="5">
+        <v>1785</v>
+      </c>
+      <c r="O61" s="5">
+        <v>1799</v>
+      </c>
+      <c r="P61" s="5">
+        <v>1813</v>
+      </c>
+      <c r="Q61" s="5">
+        <v>1825</v>
+      </c>
+      <c r="R61" s="5">
+        <v>1833</v>
+      </c>
+      <c r="S61" s="5">
+        <v>1840</v>
+      </c>
+      <c r="T61" s="5">
+        <v>1845</v>
+      </c>
+      <c r="U61" s="5">
+        <v>1850</v>
+      </c>
+      <c r="V61" s="5">
+        <v>1852</v>
+      </c>
+      <c r="W61" s="5">
+        <v>1851</v>
+      </c>
+      <c r="X61" s="5">
+        <v>1851</v>
+      </c>
+      <c r="Y61" s="5">
+        <v>1849</v>
+      </c>
+      <c r="Z61" s="5">
+        <v>1844</v>
+      </c>
+      <c r="AA61" s="5">
+        <v>1838</v>
+      </c>
+    </row>
+    <row r="62" spans="1:27" ht="24" customHeight="1">
+      <c r="A62" s="18"/>
+      <c r="B62" s="19" t="s">
+        <v>28</v>
+      </c>
+      <c r="C62" s="10" t="s">
+        <v>58</v>
+      </c>
+      <c r="D62" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="E62" s="5">
+        <v>4685</v>
+      </c>
+      <c r="F62" s="5">
+        <v>4780</v>
+      </c>
+      <c r="G62" s="5">
+        <v>4873</v>
+      </c>
+      <c r="H62" s="5">
+        <v>4968</v>
+      </c>
+      <c r="I62" s="5">
+        <v>5066</v>
+      </c>
+      <c r="J62" s="5">
+        <v>5171</v>
+      </c>
+      <c r="K62" s="5">
+        <v>5276</v>
+      </c>
+      <c r="L62" s="5">
+        <v>5383</v>
+      </c>
+      <c r="M62" s="5">
+        <v>5487</v>
+      </c>
+      <c r="N62" s="5">
+        <v>5579</v>
+      </c>
+      <c r="O62" s="5">
+        <v>5672</v>
+      </c>
+      <c r="P62" s="5">
+        <v>5762</v>
+      </c>
+      <c r="Q62" s="5">
+        <v>5838</v>
+      </c>
+      <c r="R62" s="5">
+        <v>5901</v>
+      </c>
+      <c r="S62" s="5">
+        <v>5958</v>
+      </c>
+      <c r="T62" s="5">
+        <v>6005</v>
+      </c>
+      <c r="U62" s="5">
+        <v>6044</v>
+      </c>
+      <c r="V62" s="5">
+        <v>6072</v>
+      </c>
+      <c r="W62" s="5">
+        <v>6093</v>
+      </c>
+      <c r="X62" s="5">
+        <v>6115</v>
+      </c>
+      <c r="Y62" s="5">
+        <v>6130</v>
+      </c>
+      <c r="Z62" s="5">
+        <v>6144</v>
+      </c>
+      <c r="AA62" s="5">
+        <v>6155</v>
+      </c>
+    </row>
+    <row r="63" spans="1:27" ht="48.95" customHeight="1">
+      <c r="A63" s="18"/>
+      <c r="B63" s="18"/>
+      <c r="C63" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="D63" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="E63" s="5">
+        <v>39</v>
+      </c>
+      <c r="F63" s="5">
+        <v>48</v>
+      </c>
+      <c r="G63" s="5">
+        <v>49</v>
+      </c>
+      <c r="H63" s="5">
+        <v>50</v>
+      </c>
+      <c r="I63" s="5">
+        <v>51</v>
+      </c>
+      <c r="J63" s="5">
+        <v>52</v>
+      </c>
+      <c r="K63" s="5">
+        <v>53</v>
+      </c>
+      <c r="L63" s="5">
+        <v>53</v>
+      </c>
+      <c r="M63" s="5">
+        <v>54</v>
+      </c>
+      <c r="N63" s="5">
+        <v>54</v>
+      </c>
+      <c r="O63" s="5">
+        <v>54</v>
+      </c>
+      <c r="P63" s="5">
+        <v>54</v>
+      </c>
+      <c r="Q63" s="5">
+        <v>54</v>
+      </c>
+      <c r="R63" s="5">
+        <v>54</v>
+      </c>
+      <c r="S63" s="5">
+        <v>54</v>
+      </c>
+      <c r="T63" s="5">
+        <v>54</v>
+      </c>
+      <c r="U63" s="5">
+        <v>54</v>
+      </c>
+      <c r="V63" s="5">
+        <v>54</v>
+      </c>
+      <c r="W63" s="5">
+        <v>54</v>
+      </c>
+      <c r="X63" s="5">
+        <v>54</v>
+      </c>
+      <c r="Y63" s="5">
+        <v>55</v>
+      </c>
+      <c r="Z63" s="5">
+        <v>55</v>
+      </c>
+      <c r="AA63" s="5">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="64" spans="1:27" ht="12" customHeight="1">
+      <c r="A64" s="18"/>
+      <c r="B64" s="19" t="s">
+        <v>29</v>
+      </c>
+      <c r="C64" s="10" t="s">
+        <v>62</v>
+      </c>
+      <c r="D64" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="E64" s="5">
+        <v>2964</v>
+      </c>
+      <c r="F64" s="5">
+        <v>3028</v>
+      </c>
+      <c r="G64" s="5">
+        <v>3095</v>
+      </c>
+      <c r="H64" s="5">
+        <v>3162</v>
+      </c>
+      <c r="I64" s="5">
+        <v>3225</v>
+      </c>
+      <c r="J64" s="5">
+        <v>3296</v>
+      </c>
+      <c r="K64" s="5">
+        <v>3366</v>
+      </c>
+      <c r="L64" s="5">
+        <v>3433</v>
+      </c>
+      <c r="M64" s="5">
+        <v>3495</v>
+      </c>
+      <c r="N64" s="5">
+        <v>3551</v>
+      </c>
+      <c r="O64" s="5">
+        <v>3605</v>
+      </c>
+      <c r="P64" s="5">
+        <v>3657</v>
+      </c>
+      <c r="Q64" s="5">
+        <v>3697</v>
+      </c>
+      <c r="R64" s="5">
+        <v>3733</v>
+      </c>
+      <c r="S64" s="5">
+        <v>3764</v>
+      </c>
+      <c r="T64" s="5">
+        <v>3791</v>
+      </c>
+      <c r="U64" s="5">
+        <v>3807</v>
+      </c>
+      <c r="V64" s="5">
+        <v>3818</v>
+      </c>
+      <c r="W64" s="5">
+        <v>3827</v>
+      </c>
+      <c r="X64" s="5">
+        <v>3841</v>
+      </c>
+      <c r="Y64" s="5">
+        <v>3847</v>
+      </c>
+      <c r="Z64" s="5">
+        <v>3858</v>
+      </c>
+      <c r="AA64" s="5">
+        <v>3871</v>
+      </c>
+    </row>
+    <row r="65" spans="1:27" ht="48.95" customHeight="1">
+      <c r="A65" s="18"/>
+      <c r="B65" s="18"/>
+      <c r="C65" s="10" t="s">
+        <v>64</v>
+      </c>
+      <c r="D65" s="10" t="s">
+        <v>65</v>
+      </c>
+      <c r="E65" s="5">
+        <v>163</v>
+      </c>
+      <c r="F65" s="5">
+        <v>166</v>
+      </c>
+      <c r="G65" s="5">
+        <v>170</v>
+      </c>
+      <c r="H65" s="5">
+        <v>174</v>
+      </c>
+      <c r="I65" s="5">
+        <v>177</v>
+      </c>
+      <c r="J65" s="5">
+        <v>181</v>
+      </c>
+      <c r="K65" s="5">
+        <v>185</v>
+      </c>
+      <c r="L65" s="5">
+        <v>188</v>
+      </c>
+      <c r="M65" s="5">
+        <v>191</v>
+      </c>
+      <c r="N65" s="5">
+        <v>193</v>
+      </c>
+      <c r="O65" s="5">
+        <v>195</v>
+      </c>
+      <c r="P65" s="5">
+        <v>195</v>
+      </c>
+      <c r="Q65" s="5">
+        <v>195</v>
+      </c>
+      <c r="R65" s="5">
+        <v>194</v>
+      </c>
+      <c r="S65" s="5">
+        <v>194</v>
+      </c>
+      <c r="T65" s="5">
+        <v>193</v>
+      </c>
+      <c r="U65" s="5">
+        <v>192</v>
+      </c>
+      <c r="V65" s="5">
+        <v>191</v>
+      </c>
+      <c r="W65" s="5">
+        <v>190</v>
+      </c>
+      <c r="X65" s="5">
+        <v>189</v>
+      </c>
+      <c r="Y65" s="5">
+        <v>189</v>
+      </c>
+      <c r="Z65" s="5">
+        <v>189</v>
+      </c>
+      <c r="AA65" s="5">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="66" spans="1:27" ht="12" customHeight="1">
+      <c r="A66" s="18"/>
+      <c r="B66" s="19" t="s">
+        <v>30</v>
+      </c>
+      <c r="C66" s="10" t="s">
+        <v>66</v>
+      </c>
+      <c r="D66" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="E66" s="5">
+        <v>1381</v>
+      </c>
+      <c r="F66" s="5">
+        <v>1414</v>
+      </c>
+      <c r="G66" s="5">
+        <v>1449</v>
+      </c>
+      <c r="H66" s="5">
+        <v>1484</v>
+      </c>
+      <c r="I66" s="5">
+        <v>1521</v>
+      </c>
+      <c r="J66" s="5">
+        <v>1561</v>
+      </c>
+      <c r="K66" s="5">
+        <v>1600</v>
+      </c>
+      <c r="L66" s="5">
+        <v>1643</v>
+      </c>
+      <c r="M66" s="5">
+        <v>1684</v>
+      </c>
+      <c r="N66" s="5">
+        <v>1718</v>
+      </c>
+      <c r="O66" s="5">
+        <v>1756</v>
+      </c>
+      <c r="P66" s="5">
+        <v>1794</v>
+      </c>
+      <c r="Q66" s="5">
+        <v>1827</v>
+      </c>
+      <c r="R66" s="5">
+        <v>1854</v>
+      </c>
+      <c r="S66" s="5">
+        <v>1880</v>
+      </c>
+      <c r="T66" s="5">
+        <v>1900</v>
+      </c>
+      <c r="U66" s="5">
+        <v>1917</v>
+      </c>
+      <c r="V66" s="5">
+        <v>1928</v>
+      </c>
+      <c r="W66" s="5">
+        <v>1937</v>
+      </c>
+      <c r="X66" s="5">
+        <v>1949</v>
+      </c>
+      <c r="Y66" s="5">
+        <v>1958</v>
+      </c>
+      <c r="Z66" s="5">
+        <v>1963</v>
+      </c>
+      <c r="AA66" s="5">
+        <v>1965</v>
+      </c>
+    </row>
+    <row r="67" spans="1:27" ht="12" customHeight="1">
+      <c r="A67" s="18"/>
+      <c r="B67" s="18"/>
+      <c r="C67" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D67" s="6" t="s">
+        <v>69</v>
+      </c>
+      <c r="E67" s="5">
+        <v>805</v>
+      </c>
+      <c r="F67" s="5">
+        <v>822</v>
+      </c>
+      <c r="G67" s="5">
+        <v>840</v>
+      </c>
+      <c r="H67" s="5">
+        <v>855</v>
+      </c>
+      <c r="I67" s="5">
+        <v>872</v>
+      </c>
+      <c r="J67" s="5">
+        <v>887</v>
+      </c>
+      <c r="K67" s="5">
+        <v>902</v>
+      </c>
+      <c r="L67" s="5">
+        <v>917</v>
+      </c>
+      <c r="M67" s="5">
+        <v>930</v>
+      </c>
+      <c r="N67" s="5">
+        <v>942</v>
+      </c>
+      <c r="O67" s="5">
+        <v>953</v>
+      </c>
+      <c r="P67" s="5">
+        <v>965</v>
+      </c>
+      <c r="Q67" s="5">
+        <v>977</v>
+      </c>
+      <c r="R67" s="5">
+        <v>988</v>
+      </c>
+      <c r="S67" s="5">
+        <v>997</v>
+      </c>
+      <c r="T67" s="5">
+        <v>1008</v>
+      </c>
+      <c r="U67" s="5">
+        <v>1018</v>
+      </c>
+      <c r="V67" s="5">
+        <v>1028</v>
+      </c>
+      <c r="W67" s="5">
+        <v>1037</v>
+      </c>
+      <c r="X67" s="5">
+        <v>1049</v>
+      </c>
+      <c r="Y67" s="5">
+        <v>1060</v>
+      </c>
+      <c r="Z67" s="5">
+        <v>1069</v>
+      </c>
+      <c r="AA67" s="5">
+        <v>1077</v>
+      </c>
+    </row>
+    <row r="68" spans="1:27" ht="24" customHeight="1">
+      <c r="A68" s="18"/>
+      <c r="B68" s="17" t="s">
+        <v>31</v>
+      </c>
+      <c r="C68" s="10" t="s">
+        <v>70</v>
+      </c>
+      <c r="D68" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="E68" s="5">
+        <v>1635</v>
+      </c>
+      <c r="F68" s="5">
+        <v>1657</v>
+      </c>
+      <c r="G68" s="5">
+        <v>1672</v>
+      </c>
+      <c r="H68" s="5">
+        <v>1684</v>
+      </c>
+      <c r="I68" s="5">
+        <v>1694</v>
+      </c>
+      <c r="J68" s="5">
+        <v>1704</v>
+      </c>
+      <c r="K68" s="5">
+        <v>1711</v>
+      </c>
+      <c r="L68" s="5">
+        <v>1720</v>
+      </c>
+      <c r="M68" s="5">
+        <v>1728</v>
+      </c>
+      <c r="N68" s="5">
+        <v>1738</v>
+      </c>
+      <c r="O68" s="5">
+        <v>1746</v>
+      </c>
+      <c r="P68" s="5">
+        <v>1755</v>
+      </c>
+      <c r="Q68" s="5">
+        <v>1763</v>
+      </c>
+      <c r="R68" s="5">
+        <v>1769</v>
+      </c>
+      <c r="S68" s="5">
+        <v>1774</v>
+      </c>
+      <c r="T68" s="5">
+        <v>1779</v>
+      </c>
+      <c r="U68" s="5">
+        <v>1783</v>
+      </c>
+      <c r="V68" s="5">
+        <v>1787</v>
+      </c>
+      <c r="W68" s="5">
+        <v>1791</v>
+      </c>
+      <c r="X68" s="5">
+        <v>1793</v>
+      </c>
+      <c r="Y68" s="5">
+        <v>1795</v>
+      </c>
+      <c r="Z68" s="5">
+        <v>1794</v>
+      </c>
+      <c r="AA68" s="5">
+        <v>1792</v>
+      </c>
+    </row>
+    <row r="69" spans="1:27" ht="48.95" customHeight="1">
+      <c r="A69" s="18"/>
+      <c r="B69" s="18"/>
+      <c r="C69" s="10" t="s">
+        <v>71</v>
+      </c>
+      <c r="D69" s="10" t="s">
+        <v>72</v>
+      </c>
+      <c r="E69" s="5">
+        <v>533</v>
+      </c>
+      <c r="F69" s="5">
+        <v>540</v>
+      </c>
+      <c r="G69" s="5">
+        <v>545</v>
+      </c>
+      <c r="H69" s="5">
+        <v>548</v>
+      </c>
+      <c r="I69" s="5">
+        <v>552</v>
+      </c>
+      <c r="J69" s="5">
+        <v>554</v>
+      </c>
+      <c r="K69" s="5">
+        <v>555</v>
+      </c>
+      <c r="L69" s="5">
+        <v>557</v>
+      </c>
+      <c r="M69" s="5">
+        <v>558</v>
+      </c>
+      <c r="N69" s="5">
+        <v>559</v>
+      </c>
+      <c r="O69" s="5">
+        <v>559</v>
+      </c>
+      <c r="P69" s="5">
+        <v>559</v>
+      </c>
+      <c r="Q69" s="5">
+        <v>559</v>
+      </c>
+      <c r="R69" s="5">
+        <v>559</v>
+      </c>
+      <c r="S69" s="5">
+        <v>559</v>
+      </c>
+      <c r="T69" s="5">
+        <v>559</v>
+      </c>
+      <c r="U69" s="5">
+        <v>559</v>
+      </c>
+      <c r="V69" s="5">
+        <v>560</v>
+      </c>
+      <c r="W69" s="5">
+        <v>561</v>
+      </c>
+      <c r="X69" s="5">
+        <v>561</v>
+      </c>
+      <c r="Y69" s="5">
+        <v>562</v>
+      </c>
+      <c r="Z69" s="5">
+        <v>563</v>
+      </c>
+      <c r="AA69" s="5">
+        <v>563</v>
+      </c>
+    </row>
+    <row r="70" spans="1:27" ht="24" customHeight="1">
+      <c r="A70" s="18"/>
+      <c r="B70" s="17" t="s">
+        <v>32</v>
+      </c>
+      <c r="C70" s="10" t="s">
+        <v>73</v>
+      </c>
+      <c r="D70" s="10" t="s">
         <v>74</v>
       </c>
-      <c r="B51" s="15" t="s">
-[...169 lines deleted...]
-      <c r="F53" s="6">
+      <c r="E70" s="5">
+        <v>8724</v>
+      </c>
+      <c r="F70" s="5">
+        <v>9046</v>
+      </c>
+      <c r="G70" s="5">
+        <v>9393</v>
+      </c>
+      <c r="H70" s="5">
+        <v>9764</v>
+      </c>
+      <c r="I70" s="5">
+        <v>10152</v>
+      </c>
+      <c r="J70" s="5">
+        <v>10489</v>
+      </c>
+      <c r="K70" s="5">
+        <v>10849</v>
+      </c>
+      <c r="L70" s="5">
+        <v>11232</v>
+      </c>
+      <c r="M70" s="5">
+        <v>11605</v>
+      </c>
+      <c r="N70" s="5">
+        <v>11980</v>
+      </c>
+      <c r="O70" s="5">
+        <v>12349</v>
+      </c>
+      <c r="P70" s="5">
+        <v>12694</v>
+      </c>
+      <c r="Q70" s="5">
+        <v>13099</v>
+      </c>
+      <c r="R70" s="5">
+        <v>13521</v>
+      </c>
+      <c r="S70" s="5">
+        <v>13919</v>
+      </c>
+      <c r="T70" s="5">
+        <v>14333</v>
+      </c>
+      <c r="U70" s="5">
+        <v>14801</v>
+      </c>
+      <c r="V70" s="5">
+        <v>15265</v>
+      </c>
+      <c r="W70" s="5">
+        <v>15723</v>
+      </c>
+      <c r="X70" s="5">
+        <v>16168</v>
+      </c>
+      <c r="Y70" s="5">
+        <v>16608</v>
+      </c>
+      <c r="Z70" s="5">
+        <v>17008</v>
+      </c>
+      <c r="AA70" s="5">
+        <v>17388</v>
+      </c>
+    </row>
+    <row r="71" spans="1:27" ht="24" customHeight="1">
+      <c r="A71" s="18"/>
+      <c r="B71" s="18"/>
+      <c r="C71" s="10" t="s">
+        <v>75</v>
+      </c>
+      <c r="D71" s="10" t="s">
+        <v>76</v>
+      </c>
+      <c r="E71" s="5">
+        <v>13384</v>
+      </c>
+      <c r="F71" s="5">
+        <v>13945</v>
+      </c>
+      <c r="G71" s="5">
+        <v>14513</v>
+      </c>
+      <c r="H71" s="5">
+        <v>15192</v>
+      </c>
+      <c r="I71" s="5">
+        <v>15848</v>
+      </c>
+      <c r="J71" s="5">
+        <v>16478</v>
+      </c>
+      <c r="K71" s="5">
+        <v>17096</v>
+      </c>
+      <c r="L71" s="5">
+        <v>17746</v>
+      </c>
+      <c r="M71" s="5">
+        <v>18438</v>
+      </c>
+      <c r="N71" s="5">
+        <v>19144</v>
+      </c>
+      <c r="O71" s="5">
+        <v>19786</v>
+      </c>
+      <c r="P71" s="5">
+        <v>20428</v>
+      </c>
+      <c r="Q71" s="5">
+        <v>21140</v>
+      </c>
+      <c r="R71" s="5">
+        <v>21875</v>
+      </c>
+      <c r="S71" s="5">
+        <v>22596</v>
+      </c>
+      <c r="T71" s="5">
+        <v>23319</v>
+      </c>
+      <c r="U71" s="5">
+        <v>24055</v>
+      </c>
+      <c r="V71" s="5">
+        <v>24843</v>
+      </c>
+      <c r="W71" s="5">
+        <v>25635</v>
+      </c>
+      <c r="X71" s="5">
+        <v>26367</v>
+      </c>
+      <c r="Y71" s="5">
+        <v>27108</v>
+      </c>
+      <c r="Z71" s="5">
+        <v>27851</v>
+      </c>
+      <c r="AA71" s="5">
+        <v>28592</v>
+      </c>
+    </row>
+    <row r="72" spans="1:27" ht="12" customHeight="1">
+      <c r="A72" s="18"/>
+      <c r="B72" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="C72" s="10" t="s">
+        <v>77</v>
+      </c>
+      <c r="D72" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E72" s="5">
+        <v>91</v>
+      </c>
+      <c r="F72" s="5">
+        <v>93</v>
+      </c>
+      <c r="G72" s="5">
+        <v>95</v>
+      </c>
+      <c r="H72" s="5">
+        <v>96</v>
+      </c>
+      <c r="I72" s="5">
+        <v>98</v>
+      </c>
+      <c r="J72" s="5">
+        <v>99</v>
+      </c>
+      <c r="K72" s="5">
+        <v>100</v>
+      </c>
+      <c r="L72" s="5">
+        <v>102</v>
+      </c>
+      <c r="M72" s="5">
+        <v>103</v>
+      </c>
+      <c r="N72" s="5">
         <v>104</v>
       </c>
-      <c r="G53" s="6">
-[...5 lines deleted...]
-      <c r="I53" s="6">
+      <c r="O72" s="5">
+        <v>105</v>
+      </c>
+      <c r="P72" s="5">
+        <v>107</v>
+      </c>
+      <c r="Q72" s="5">
+        <v>109</v>
+      </c>
+      <c r="R72" s="5">
+        <v>111</v>
+      </c>
+      <c r="S72" s="5">
         <v>114</v>
       </c>
-      <c r="J53" s="6">
+      <c r="T72" s="5">
         <v>117</v>
       </c>
-      <c r="K53" s="6">
+      <c r="U72" s="5">
         <v>119</v>
       </c>
-      <c r="L53" s="6">
-[...11 lines deleted...]
-      <c r="P53" s="6">
+      <c r="V72" s="5">
+        <v>122</v>
+      </c>
+      <c r="W72" s="5">
         <v>124</v>
       </c>
-      <c r="Q53" s="6">
-[...181 lines deleted...]
-      <c r="Y55" s="6">
+      <c r="X72" s="5">
+        <v>125</v>
+      </c>
+      <c r="Y72" s="5">
+        <v>127</v>
+      </c>
+      <c r="Z72" s="5">
+        <v>128</v>
+      </c>
+      <c r="AA72" s="5">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="73" spans="1:27" ht="12" customHeight="1">
+      <c r="A73" s="18"/>
+      <c r="B73" s="17" t="s">
         <v>34</v>
-      </c>
-[...1369 lines deleted...]
-        <v>40</v>
       </c>
       <c r="C73" s="17"/>
       <c r="D73" s="17"/>
-      <c r="E73" s="6">
+      <c r="E73" s="5">
         <v>62125</v>
       </c>
-      <c r="F73" s="6">
+      <c r="F73" s="5">
         <v>63903</v>
       </c>
-      <c r="G73" s="6">
+      <c r="G73" s="5">
         <v>65687</v>
       </c>
-      <c r="H73" s="6">
+      <c r="H73" s="5">
         <v>67623</v>
       </c>
-      <c r="I73" s="6">
+      <c r="I73" s="5">
         <v>69532</v>
       </c>
-      <c r="J73" s="6">
+      <c r="J73" s="5">
         <v>71433</v>
       </c>
-      <c r="K73" s="6">
+      <c r="K73" s="5">
         <v>73311</v>
       </c>
-      <c r="L73" s="6">
+      <c r="L73" s="5">
         <v>75283</v>
       </c>
-      <c r="M73" s="6">
+      <c r="M73" s="5">
         <v>77250</v>
       </c>
-      <c r="N73" s="6">
+      <c r="N73" s="5">
         <v>79149</v>
       </c>
-      <c r="O73" s="6">
+      <c r="O73" s="5">
         <v>80961</v>
       </c>
-      <c r="P73" s="6">
+      <c r="P73" s="5">
         <v>82751</v>
       </c>
-      <c r="Q73" s="6">
+      <c r="Q73" s="5">
         <v>84563</v>
       </c>
-      <c r="R73" s="6">
+      <c r="R73" s="5">
         <v>86321</v>
       </c>
-      <c r="S73" s="6">
+      <c r="S73" s="5">
         <v>88009</v>
       </c>
-      <c r="T73" s="6">
+      <c r="T73" s="5">
         <v>89637</v>
       </c>
-      <c r="U73" s="6">
+      <c r="U73" s="5">
         <v>91269</v>
       </c>
-      <c r="V73" s="6">
+      <c r="V73" s="5">
         <v>92871</v>
       </c>
-      <c r="W73" s="6">
+      <c r="W73" s="5">
         <v>94441</v>
       </c>
-      <c r="X73" s="6">
+      <c r="X73" s="5">
         <v>95935</v>
       </c>
-      <c r="Y73" s="6">
+      <c r="Y73" s="5">
         <v>97389</v>
       </c>
-      <c r="Z73" s="6">
+      <c r="Z73" s="5">
         <v>98783</v>
       </c>
-      <c r="AA73" s="6">
+      <c r="AA73" s="5">
         <v>100117</v>
       </c>
     </row>
-    <row r="75" spans="1:27" ht="11" customHeight="1" x14ac:dyDescent="0.25">
-[...32 lines deleted...]
-        <v>83</v>
+    <row r="75" spans="1:27" ht="11.1" customHeight="1">
+      <c r="A75" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="B75" s="13"/>
+      <c r="C75" s="13"/>
+      <c r="D75" s="13"/>
+      <c r="E75" s="13"/>
+      <c r="F75" s="13"/>
+      <c r="G75" s="13"/>
+      <c r="H75" s="13"/>
+      <c r="I75" s="13"/>
+      <c r="J75" s="13"/>
+      <c r="K75" s="13"/>
+      <c r="L75" s="13"/>
+      <c r="M75" s="13"/>
+      <c r="N75" s="13"/>
+      <c r="O75" s="13"/>
+      <c r="P75" s="13"/>
+      <c r="Q75" s="13"/>
+      <c r="R75" s="13"/>
+      <c r="S75" s="13"/>
+      <c r="T75" s="13"/>
+      <c r="U75" s="13"/>
+      <c r="V75" s="13"/>
+      <c r="W75" s="13"/>
+      <c r="X75" s="13"/>
+      <c r="Y75" s="13"/>
+      <c r="Z75" s="13"/>
+      <c r="AA75" s="13"/>
+    </row>
+    <row r="76" spans="1:27" ht="11.1" customHeight="1">
+      <c r="A76" s="7"/>
+      <c r="B76" s="7"/>
+      <c r="C76" s="7"/>
+      <c r="D76" s="7"/>
+      <c r="E76" s="7"/>
+      <c r="F76" s="7"/>
+      <c r="G76" s="7"/>
+      <c r="H76" s="7"/>
+      <c r="I76" s="7"/>
+      <c r="J76" s="7"/>
+      <c r="K76" s="7"/>
+      <c r="L76" s="7"/>
+      <c r="M76" s="7"/>
+      <c r="N76" s="7"/>
+      <c r="O76" s="7"/>
+      <c r="P76" s="7"/>
+      <c r="Q76" s="7"/>
+      <c r="R76" s="7"/>
+      <c r="S76" s="7"/>
+      <c r="T76" s="7"/>
+      <c r="U76" s="7"/>
+      <c r="V76" s="7"/>
+      <c r="W76" s="7"/>
+      <c r="X76" s="7"/>
+      <c r="Y76" s="7"/>
+      <c r="Z76" s="7"/>
+      <c r="AA76" s="11" t="s">
+        <v>23</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="31">
-    <mergeCell ref="A4:D4"/>
-[...13 lines deleted...]
-    <mergeCell ref="B50:D50"/>
     <mergeCell ref="A1:AA1"/>
     <mergeCell ref="A2:AA2"/>
     <mergeCell ref="A75:AA75"/>
     <mergeCell ref="A51:A73"/>
     <mergeCell ref="B51:B55"/>
     <mergeCell ref="B56:B60"/>
     <mergeCell ref="B62:B63"/>
     <mergeCell ref="B64:B65"/>
     <mergeCell ref="B66:B67"/>
     <mergeCell ref="B68:B69"/>
     <mergeCell ref="B70:B71"/>
     <mergeCell ref="B73:D73"/>
     <mergeCell ref="A28:A50"/>
     <mergeCell ref="B28:B32"/>
     <mergeCell ref="B33:B37"/>
     <mergeCell ref="B39:B40"/>
+    <mergeCell ref="B41:B42"/>
+    <mergeCell ref="B43:B44"/>
+    <mergeCell ref="B45:B46"/>
+    <mergeCell ref="B47:B48"/>
+    <mergeCell ref="B50:D50"/>
+    <mergeCell ref="A4:D4"/>
+    <mergeCell ref="A5:A27"/>
+    <mergeCell ref="B5:B9"/>
+    <mergeCell ref="B10:B14"/>
+    <mergeCell ref="B16:B17"/>
+    <mergeCell ref="B18:B19"/>
+    <mergeCell ref="B20:B21"/>
+    <mergeCell ref="B22:B23"/>
+    <mergeCell ref="B24:B25"/>
+    <mergeCell ref="B27:D27"/>
   </mergeCells>
   <pageMargins left="0.05" right="0.05" top="0.5" bottom="0.5" header="0" footer="0"/>
   <pageSetup paperSize="9" orientation="portrait"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <TotalTime></TotalTime>
-[...26 lines deleted...]
-  <HyperlinksChanged>false</HyperlinksChanged>
+  <Application>Microsoft Excel Online</Application>
+  <Manager/>
+  <Company/>
+  <HyperlinkBase/>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
   <dc:creator>t7r1g</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category/>
+  <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_aa112399-b73b-40c1-8af2-919b124b9d91_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_aa112399-b73b-40c1-8af2-919b124b9d91_SetDate">
     <vt:lpwstr>2025-03-15T14:24:32Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_aa112399-b73b-40c1-8af2-919b124b9d91_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_aa112399-b73b-40c1-8af2-919b124b9d91_Name">
     <vt:lpwstr>L2</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_aa112399-b73b-40c1-8af2-919b124b9d91_SiteId">
     <vt:lpwstr>6ae27add-8276-4a38-88c1-3a9c1f973767</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_aa112399-b73b-40c1-8af2-919b124b9d91_ActionId">
     <vt:lpwstr>47016c79-660f-425d-9de9-706c64e81eb1</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_aa112399-b73b-40c1-8af2-919b124b9d91_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>