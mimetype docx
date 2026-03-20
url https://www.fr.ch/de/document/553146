--- v0 (2025-12-25)
+++ v1 (2026-03-20)
@@ -131,108 +131,108 @@
           <w:szCs w:val="28"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>(…)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CCB39B9" w14:textId="77D3DBF4" w:rsidR="00370A97" w:rsidRPr="00356183" w:rsidRDefault="00FB7C4C" w:rsidP="00CA7DC5">
       <w:pPr>
         <w:pStyle w:val="Datum1"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="311.80pt"/>
         </w:tabs>
         <w:spacing w:before="12pt" w:after="0pt"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Hlk192858710"/>
-      <w:bookmarkStart w:id="1" w:name="_Hlk209789919"/>
+      <w:bookmarkStart w:id="0" w:name="_Hlk209789919"/>
+      <w:bookmarkStart w:id="1" w:name="_Hlk192858710"/>
       <w:r w:rsidRPr="00356183">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>v</w:t>
       </w:r>
       <w:r w:rsidR="00D37CE2" w:rsidRPr="00356183">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>om 00.00.0000 (</w:t>
       </w:r>
       <w:r w:rsidR="00D37CE2" w:rsidRPr="00CA7DC5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>Fassung</w:t>
       </w:r>
       <w:r w:rsidR="00D37CE2" w:rsidRPr="00356183">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Kraft getreten am 00.00.0000)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="53FA6315" w14:textId="6119EFBF" w:rsidR="00AB45BF" w:rsidRPr="00343617" w:rsidRDefault="00AB45BF" w:rsidP="00CA7DC5">
       <w:pPr>
         <w:pStyle w:val="Autor"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="311.80pt"/>
           <w:tab w:val="start" w:leader="underscore" w:pos="439.35pt"/>
         </w:tabs>
         <w:spacing w:before="4pt"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00343617">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:p w14:paraId="4A513F57" w14:textId="2F4D0616" w:rsidR="00BF084B" w:rsidRPr="00356183" w:rsidRDefault="00CE0FB1" w:rsidP="00CA7DC5">
       <w:pPr>
         <w:pStyle w:val="Autor"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="311.80pt"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00356183">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>Die Gemeindeversammlung / Der Generalrat</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EEF08E6" w14:textId="4F19D371" w:rsidR="00704482" w:rsidRPr="00356183" w:rsidRDefault="00CE0FB1" w:rsidP="00CA7DC5">
       <w:pPr>
         <w:pStyle w:val="Grundlage"/>
         <w:tabs>
@@ -1689,168 +1689,194 @@
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0020760E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="0020760E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> ... </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C3A7F6D" w14:textId="7D080CDB" w:rsidR="00D37CE2" w:rsidRPr="0020760E" w:rsidRDefault="009F5AE3" w:rsidP="00E07C1F">
+    <w:p w14:paraId="5C3A7F6D" w14:textId="2CFEB2E0" w:rsidR="00D37CE2" w:rsidRPr="0020760E" w:rsidRDefault="009F5AE3" w:rsidP="00E07C1F">
       <w:pPr>
         <w:pStyle w:val="Artikel-nderung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="63.75pt"/>
           <w:tab w:val="clear" w:pos="77.95pt"/>
           <w:tab w:val="clear" w:pos="92.10pt"/>
           <w:tab w:val="clear" w:pos="106.30pt"/>
           <w:tab w:val="clear" w:pos="120.45pt"/>
           <w:tab w:val="clear" w:pos="134.65pt"/>
         </w:tabs>
         <w:spacing w:before="15pt"/>
         <w:ind w:start="49.60pt" w:hanging="49.60pt"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0020760E">
         <w:rPr>
           <w:rStyle w:val="AenderungTitelText"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>Aufhebung</w:t>
       </w:r>
+      <w:r w:rsidR="00BC7580">
+        <w:rPr>
+          <w:rStyle w:val="AenderungTitelText"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> *</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="78F417A4" w14:textId="594DE2B7" w:rsidR="00BF084B" w:rsidRPr="0020760E" w:rsidRDefault="00D37CE2" w:rsidP="00CA7DC5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="311.80pt"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0020760E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="0020760E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="0037655F" w:rsidRPr="0020760E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="009F5AE3" w:rsidRPr="0020760E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>as Reglement vom … über … wird aufgehoben.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="555195D5" w14:textId="38E2315C" w:rsidR="009F5AE3" w:rsidRPr="0020760E" w:rsidRDefault="009F5AE3" w:rsidP="00E07C1F">
+    <w:p w14:paraId="555195D5" w14:textId="3563A404" w:rsidR="009F5AE3" w:rsidRPr="0020760E" w:rsidRDefault="009F5AE3" w:rsidP="00E07C1F">
       <w:pPr>
         <w:pStyle w:val="Artikel-nderung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="63.75pt"/>
           <w:tab w:val="clear" w:pos="77.95pt"/>
           <w:tab w:val="clear" w:pos="92.10pt"/>
           <w:tab w:val="clear" w:pos="106.30pt"/>
           <w:tab w:val="clear" w:pos="120.45pt"/>
           <w:tab w:val="clear" w:pos="134.65pt"/>
         </w:tabs>
         <w:spacing w:before="15pt"/>
         <w:ind w:start="49.60pt" w:hanging="49.60pt"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0020760E">
         <w:rPr>
           <w:rStyle w:val="AenderungTitelText"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>Inkrafttreten</w:t>
       </w:r>
+      <w:r w:rsidR="00BC7580">
+        <w:rPr>
+          <w:rStyle w:val="AenderungTitelText"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> *</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="35EDDECD" w14:textId="22A65944" w:rsidR="009F5AE3" w:rsidRPr="0020760E" w:rsidRDefault="009F5AE3" w:rsidP="00CA7DC5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="311.80pt"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0020760E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="0020760E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -1949,78 +1975,86 @@
           <w:szCs w:val="22"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>ie Revision vom</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0020760E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> ..</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="0020760E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> tritt am … in Kraft, unter Vorbehalt dessen Genehmigung der Direktion …</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w14:paraId="4A5ED73D" w14:textId="05A8EEED" w:rsidR="00FB7C4C" w:rsidRPr="0020760E" w:rsidRDefault="00BF6108" w:rsidP="00CA7DC5">
+    <w:p w14:paraId="4A5ED73D" w14:textId="1A88BE01" w:rsidR="00FB7C4C" w:rsidRPr="0020760E" w:rsidRDefault="00BF6108" w:rsidP="00CA7DC5">
       <w:pPr>
         <w:pStyle w:val="Schluss"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="153.10pt"/>
         </w:tabs>
         <w:spacing w:before="36pt" w:after="4pt"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>Beschlossen</w:t>
       </w:r>
       <w:r w:rsidR="00FB7C4C" w:rsidRPr="0020760E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> durch die Gemeindeversammlung / den Generalrat am …</w:t>
+      </w:r>
+      <w:r w:rsidR="007B060B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> *</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="510FB759" w14:textId="68AB2EB0" w:rsidR="003F595A" w:rsidRPr="0020760E" w:rsidRDefault="00FB7C4C" w:rsidP="00CA7DC5">
       <w:pPr>
         <w:pStyle w:val="Schluss"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="153.10pt"/>
           <w:tab w:val="start" w:pos="241pt"/>
         </w:tabs>
         <w:spacing w:after="4pt"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0020760E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>Der Amman</w:t>
       </w:r>
@@ -2092,99 +2126,107 @@
         <w:spacing w:before="18pt" w:after="4pt"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0020760E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>Vorname Name</w:t>
       </w:r>
       <w:r w:rsidRPr="0020760E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Vorname Name</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B1F37D1" w14:textId="44EEEA21" w:rsidR="00521517" w:rsidRPr="0020760E" w:rsidRDefault="00BE36AC" w:rsidP="003F595A">
+    <w:p w14:paraId="1B1F37D1" w14:textId="165BF66B" w:rsidR="00521517" w:rsidRPr="0020760E" w:rsidRDefault="00BE36AC" w:rsidP="003F595A">
       <w:pPr>
         <w:pStyle w:val="Schluss"/>
         <w:spacing w:before="36pt" w:after="4pt"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0020760E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">Genehmigt </w:t>
       </w:r>
       <w:r w:rsidR="000025E3" w:rsidRPr="0020760E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">von der </w:t>
       </w:r>
       <w:r w:rsidRPr="0020760E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">Direktion </w:t>
       </w:r>
       <w:r w:rsidR="0037655F" w:rsidRPr="0020760E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>…. am …</w:t>
       </w:r>
       <w:r w:rsidRPr="0020760E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007B060B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>*</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F95FD1A" w14:textId="40C0A347" w:rsidR="000025E3" w:rsidRPr="0020760E" w:rsidRDefault="000025E3" w:rsidP="003F595A">
       <w:pPr>
         <w:pStyle w:val="Schluss"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="153.10pt"/>
         </w:tabs>
         <w:spacing w:after="4pt"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0020760E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>Vorname Name</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A1033AC" w14:textId="762FB740" w:rsidR="00521517" w:rsidRPr="0020760E" w:rsidRDefault="00BE36AC" w:rsidP="003F595A">
@@ -2305,600 +2347,743 @@
           <w:bCs/>
         </w:rPr>
         <w:t>Änderungstabelle</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="100.0%" w:type="pct"/>
         <w:tblInd w:w="0.15pt" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0.55pt" w:type="dxa"/>
           <w:start w:w="2.75pt" w:type="dxa"/>
           <w:bottom w:w="0.55pt" w:type="dxa"/>
           <w:end w:w="2.75pt" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1787"/>
         <w:gridCol w:w="2780"/>
         <w:gridCol w:w="2183"/>
         <w:gridCol w:w="1973"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005308B6" w:rsidRPr="00CA7DC5" w14:paraId="5FBCCF26" w14:textId="77777777" w:rsidTr="005308B6">
+      <w:tr w:rsidR="005308B6" w:rsidRPr="00CA7DC5" w14:paraId="5FBCCF26" w14:textId="77777777" w:rsidTr="00BC7580">
         <w:trPr>
           <w:cantSplit/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="63.80pt" w:type="dxa"/>
+            <w:tcW w:w="89.35pt" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:start w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
           <w:p w14:paraId="3BCB9A65" w14:textId="4329DD70" w:rsidR="00EC6270" w:rsidRPr="00CA7DC5" w:rsidRDefault="00066CB3" w:rsidP="00CE1DF2">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0pt" w:line="12pt" w:lineRule="auto"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CA7DC5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Beschluss</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="99.25pt" w:type="dxa"/>
+            <w:tcW w:w="139pt" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:start w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
           <w:p w14:paraId="0CEEE0D2" w14:textId="663EB5A8" w:rsidR="00EC6270" w:rsidRPr="00CA7DC5" w:rsidRDefault="00066CB3" w:rsidP="00CE1DF2">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0pt" w:line="12pt" w:lineRule="auto"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CA7DC5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Berührtes</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00CA7DC5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CA7DC5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Element</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="77.95pt" w:type="dxa"/>
+            <w:tcW w:w="109.15pt" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:start w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
           <w:p w14:paraId="4333A0BF" w14:textId="432E12BA" w:rsidR="00EC6270" w:rsidRPr="00CA7DC5" w:rsidRDefault="00066CB3" w:rsidP="00CE1DF2">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0pt" w:line="12pt" w:lineRule="auto"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CA7DC5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Änderungstyp</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="70.45pt" w:type="dxa"/>
+            <w:tcW w:w="98.65pt" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:start w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:end w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
           <w:p w14:paraId="2EAA8BAA" w14:textId="12DB6AC6" w:rsidR="00EC6270" w:rsidRPr="00CA7DC5" w:rsidRDefault="00066CB3" w:rsidP="00CE1DF2">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0pt" w:line="12pt" w:lineRule="auto"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CA7DC5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Inkraftreten</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00066CB3" w:rsidRPr="00CA7DC5" w14:paraId="247142F4" w14:textId="77777777" w:rsidTr="005308B6">
+      <w:tr w:rsidR="00066CB3" w:rsidRPr="00CA7DC5" w14:paraId="247142F4" w14:textId="77777777" w:rsidTr="00BC7580">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="63.80pt" w:type="dxa"/>
+            <w:tcW w:w="89.35pt" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:start w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6963CF33" w14:textId="0CBF8A05" w:rsidR="00EC6270" w:rsidRPr="00CA7DC5" w:rsidRDefault="00066CB3" w:rsidP="00CE1DF2">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="0pt" w:line="12pt" w:lineRule="auto"/>
             </w:pPr>
             <w:bookmarkStart w:id="6" w:name="_Hlk193373351"/>
             <w:r w:rsidRPr="00CA7DC5">
               <w:t>00.00.0000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="99.25pt" w:type="dxa"/>
+            <w:tcW w:w="139pt" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:start w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3510D509" w14:textId="153C4B9C" w:rsidR="00EC6270" w:rsidRPr="00CA7DC5" w:rsidRDefault="00066CB3" w:rsidP="00CE1DF2">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="0pt" w:line="12pt" w:lineRule="auto"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CA7DC5">
               <w:t>Erlass</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="77.95pt" w:type="dxa"/>
+            <w:tcW w:w="109.15pt" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:start w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="61C97742" w14:textId="3F7F4C0F" w:rsidR="00EC6270" w:rsidRPr="00CA7DC5" w:rsidRDefault="00066CB3" w:rsidP="00CE1DF2">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="0pt" w:line="12pt" w:lineRule="auto"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CA7DC5">
               <w:t>Grunderlass</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="70.45pt" w:type="dxa"/>
+            <w:tcW w:w="98.65pt" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:start w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:end w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="08F119A3" w14:textId="0463B058" w:rsidR="00EC6270" w:rsidRPr="00CA7DC5" w:rsidRDefault="00066CB3" w:rsidP="00CE1DF2">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="0pt" w:line="12pt" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00CA7DC5">
               <w:t>00.00.0000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00066CB3" w:rsidRPr="00CA7DC5" w14:paraId="45808697" w14:textId="77777777" w:rsidTr="005308B6">
+      <w:tr w:rsidR="00066CB3" w:rsidRPr="00CA7DC5" w14:paraId="45808697" w14:textId="77777777" w:rsidTr="00BC7580">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="63.80pt" w:type="dxa"/>
+            <w:tcW w:w="89.35pt" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:start w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="14F03A28" w14:textId="0B5D89EB" w:rsidR="00066CB3" w:rsidRPr="00CA7DC5" w:rsidRDefault="00066CB3" w:rsidP="00CE1DF2">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="0pt" w:line="12pt" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00CA7DC5">
               <w:t>00.00.0000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="99.25pt" w:type="dxa"/>
+            <w:tcW w:w="139pt" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:start w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5EF3D850" w14:textId="76FE25CF" w:rsidR="00066CB3" w:rsidRPr="00CA7DC5" w:rsidRDefault="00066CB3" w:rsidP="00CE1DF2">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="0pt" w:line="12pt" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00CA7DC5">
               <w:t>Art. …</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="77.95pt" w:type="dxa"/>
+            <w:tcW w:w="109.15pt" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:start w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4BBE4F5A" w14:textId="06ABCAFA" w:rsidR="00066CB3" w:rsidRPr="00CA7DC5" w:rsidRDefault="00066CB3" w:rsidP="00CE1DF2">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="0pt" w:line="12pt" w:lineRule="auto"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00CA7DC5">
               <w:t>geändert</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="70.45pt" w:type="dxa"/>
+            <w:tcW w:w="98.65pt" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:start w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:end w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5EF704D0" w14:textId="20E86097" w:rsidR="00066CB3" w:rsidRPr="00CA7DC5" w:rsidRDefault="00066CB3" w:rsidP="00CE1DF2">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="0pt" w:line="12pt" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00CA7DC5">
               <w:t>00.00.0000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00066CB3" w:rsidRPr="00CA7DC5" w14:paraId="2CD52623" w14:textId="77777777" w:rsidTr="005308B6">
+      <w:tr w:rsidR="00066CB3" w:rsidRPr="00CA7DC5" w14:paraId="2CD52623" w14:textId="77777777" w:rsidTr="00BC7580">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="63.80pt" w:type="dxa"/>
+            <w:tcW w:w="89.35pt" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:start w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="705D6983" w14:textId="0FAB8243" w:rsidR="00066CB3" w:rsidRPr="00CA7DC5" w:rsidRDefault="00066CB3" w:rsidP="00CE1DF2">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="0pt" w:line="12pt" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00CA7DC5">
               <w:t>00.00.0000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="99.25pt" w:type="dxa"/>
+            <w:tcW w:w="139pt" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:start w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4AA5BB2E" w14:textId="54B77188" w:rsidR="00066CB3" w:rsidRPr="00CA7DC5" w:rsidRDefault="00066CB3" w:rsidP="00CE1DF2">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="0pt" w:line="12pt" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00CA7DC5">
               <w:t>Art. … Abs. …</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="77.95pt" w:type="dxa"/>
+            <w:tcW w:w="109.15pt" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:start w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="530A9F76" w14:textId="37C477EF" w:rsidR="00066CB3" w:rsidRPr="00CA7DC5" w:rsidRDefault="00066CB3" w:rsidP="00CE1DF2">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="0pt" w:line="12pt" w:lineRule="auto"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00CA7DC5">
               <w:t>eingefügt</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="70.45pt" w:type="dxa"/>
+            <w:tcW w:w="98.65pt" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:start w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:end w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="59946435" w14:textId="2AD5B6EB" w:rsidR="00066CB3" w:rsidRPr="00CA7DC5" w:rsidRDefault="00066CB3" w:rsidP="00CE1DF2">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="0pt" w:line="12pt" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00CA7DC5">
               <w:t>00.00.0000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00066CB3" w:rsidRPr="00CA7DC5" w14:paraId="5FFCD27F" w14:textId="77777777" w:rsidTr="005308B6">
+      <w:tr w:rsidR="00066CB3" w:rsidRPr="00CA7DC5" w14:paraId="5FFCD27F" w14:textId="77777777" w:rsidTr="00BC7580">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="63.80pt" w:type="dxa"/>
+            <w:tcW w:w="89.35pt" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:start w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="77734DBF" w14:textId="59A7C5F0" w:rsidR="00066CB3" w:rsidRPr="00CA7DC5" w:rsidRDefault="00066CB3" w:rsidP="00CE1DF2">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="0pt" w:line="12pt" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00CA7DC5">
               <w:t>00.00.0000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="99.25pt" w:type="dxa"/>
+            <w:tcW w:w="139pt" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:start w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1D7A8CD4" w14:textId="2C9B958C" w:rsidR="00066CB3" w:rsidRPr="00CA7DC5" w:rsidRDefault="00066CB3" w:rsidP="00CE1DF2">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="0pt" w:line="12pt" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00CA7DC5">
               <w:t>Art. … Abs. …</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="77.95pt" w:type="dxa"/>
+            <w:tcW w:w="109.15pt" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:start w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="01795EFC" w14:textId="52CAC0D3" w:rsidR="00066CB3" w:rsidRPr="00CA7DC5" w:rsidRDefault="00066CB3" w:rsidP="00CE1DF2">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="0pt" w:line="12pt" w:lineRule="auto"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00CA7DC5">
               <w:t>aufgehoben</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="70.45pt" w:type="dxa"/>
+            <w:tcW w:w="98.65pt" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:start w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:end w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="283DA557" w14:textId="7576DC88" w:rsidR="00066CB3" w:rsidRPr="00CA7DC5" w:rsidRDefault="00066CB3" w:rsidP="00CE1DF2">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="0pt" w:line="12pt" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00CA7DC5">
               <w:t>00.00.0000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="6"/>
-      <w:bookmarkEnd w:id="5"/>
     </w:tbl>
-    <w:p w14:paraId="4F7BA534" w14:textId="77777777" w:rsidR="00EC6270" w:rsidRPr="00CA7DC5" w:rsidRDefault="00EC6270" w:rsidP="00EC6270">
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:p w14:paraId="4F7BA534" w14:textId="23504BA1" w:rsidR="00EC6270" w:rsidRPr="005F4A82" w:rsidRDefault="007B060B" w:rsidP="004D3350">
       <w:pPr>
         <w:pStyle w:val="Schluss"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="153.10pt"/>
+          <w:tab w:val="start" w:pos="212.65pt"/>
         </w:tabs>
-        <w:spacing w:before="30pt" w:after="4pt"/>
-[...9 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId10"/>
+        <w:spacing w:before="30pt" w:after="9pt"/>
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4A82">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC7580" w:rsidRPr="005F4A82">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vorlage für eine Totalrevision. Für Teilrevisionen vgl. die Information im </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="00BC7580" w:rsidRPr="005F4A82">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:b/>
+            <w:bCs/>
+            <w:lang w:val="de-CH"/>
+          </w:rPr>
+          <w:t>info'Gem</w:t>
+        </w:r>
+        <w:r w:rsidR="00BC7580" w:rsidRPr="005F4A82">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:b/>
+            <w:bCs/>
+            <w:lang w:val="de-CH"/>
+          </w:rPr>
+          <w:t>A</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidR="00BC7580" w:rsidRPr="005F4A82">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:b/>
+            <w:bCs/>
+            <w:lang w:val="de-CH"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> 23/2021 </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="00BC7580" w:rsidRPr="005F4A82">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:b/>
+            <w:bCs/>
+            <w:lang w:val="de-CH"/>
+          </w:rPr>
+          <w:t>Gemeindereglemente</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidR="00BC7580" w:rsidRPr="005F4A82">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:b/>
+            <w:bCs/>
+            <w:lang w:val="de-CH"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> und Statuten der Gemeindeverbände</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00BC7580" w:rsidRPr="00BC7580">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>, Zi</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC7580" w:rsidRPr="005F4A82">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ffer II, 3.2, </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC7580">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sowie </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC7580" w:rsidRPr="005F4A82">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>das</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC7580">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Beispiel für eine Teilrevision</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC7580" w:rsidRPr="005F4A82">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC7580">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">direkter Link: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidR="004D3350">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:b/>
+            <w:bCs/>
+            <w:lang w:val="de-CH"/>
+          </w:rPr>
+          <w:t>Teilrevision-eines-Reglements.pdf</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00BC7580" w:rsidRPr="005F4A82">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00EC6270" w:rsidRPr="005F4A82" w:rsidSect="009410CD">
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
+      <w:headerReference w:type="first" r:id="rId11"/>
+      <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="595.30pt" w:h="841.90pt" w:code="9"/>
       <w:pgMar w:top="70.90pt" w:right="85.05pt" w:bottom="70.90pt" w:left="73.70pt" w:header="31.20pt" w:footer="28.35pt" w:gutter="0pt"/>
       <w:cols w:space="36pt"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="272" w:charSpace="9215"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://purl.oclc.org/ooxml/officeDocument/relationships" xmlns:m="http://purl.oclc.org/ooxml/officeDocument/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://purl.oclc.org/ooxml/drawingml/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://purl.oclc.org/ooxml/wordprocessingml/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wne wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3DDBFC0B" w14:textId="77777777" w:rsidR="00875F58" w:rsidRDefault="00875F58">
+    <w:p w14:paraId="6B442577" w14:textId="77777777" w:rsidR="004B0C88" w:rsidRDefault="004B0C88">
       <w:pPr>
         <w:spacing w:after="0pt" w:line="12pt" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="14C805A6" w14:textId="77777777" w:rsidR="00875F58" w:rsidRDefault="00875F58">
+    <w:p w14:paraId="282BEB41" w14:textId="77777777" w:rsidR="004B0C88" w:rsidRDefault="004B0C88">
       <w:pPr>
         <w:spacing w:after="0pt" w:line="12pt" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://purl.oclc.org/ooxml/officeDocument/relationships" xmlns:w="http://purl.oclc.org/ooxml/wordprocessingml/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:characterSet="iso-8859-1"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:characterSet="iso-8859-1"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:family w:val="auto"/>
-    <w:pitch w:val="variable"/>
-[...4 lines deleted...]
-    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Mangal">
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:characterSet="iso-8859-1"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:characterSet="iso-8859-1"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:characterSet="iso-8859-1"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
@@ -2943,61 +3128,61 @@
       </w:tabs>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://purl.oclc.org/ooxml/officeDocument/relationships" xmlns:m="http://purl.oclc.org/ooxml/officeDocument/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://purl.oclc.org/ooxml/drawingml/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://purl.oclc.org/ooxml/wordprocessingml/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wne wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="473BEE55" w14:textId="77777777" w:rsidR="00875F58" w:rsidRDefault="00875F58">
+    <w:p w14:paraId="7293B096" w14:textId="77777777" w:rsidR="004B0C88" w:rsidRDefault="004B0C88">
       <w:pPr>
         <w:spacing w:after="0pt" w:line="12pt" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7CC1146E" w14:textId="77777777" w:rsidR="00875F58" w:rsidRDefault="00875F58">
+    <w:p w14:paraId="0A14A01A" w14:textId="77777777" w:rsidR="004B0C88" w:rsidRDefault="004B0C88">
       <w:pPr>
         <w:spacing w:after="0pt" w:line="12pt" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://purl.oclc.org/ooxml/officeDocument/relationships" xmlns:m="http://purl.oclc.org/ooxml/officeDocument/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://purl.oclc.org/ooxml/drawingml/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://purl.oclc.org/ooxml/wordprocessingml/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wne wp14">
   <w:p w14:paraId="520EEAA2" w14:textId="619F7D6C" w:rsidR="00AB45BF" w:rsidRPr="00AB45BF" w:rsidRDefault="00AB45BF" w:rsidP="009C4F6A">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="end" w:pos="439.35pt"/>
       </w:tabs>
       <w:rPr>
         <w:b/>
         <w:bCs/>
@@ -3053,50 +3238,162 @@
     </w:r>
     <w:r w:rsidRPr="00356183">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="26"/>
         <w:szCs w:val="26"/>
       </w:rPr>
       <w:t>000.0</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="08082CC2" w14:textId="19F325A2" w:rsidR="00BF084B" w:rsidRDefault="00BF084B">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
       <w:tabs>
         <w:tab w:val="end" w:pos="311.80pt"/>
       </w:tabs>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://purl.oclc.org/ooxml/officeDocument/relationships" xmlns:m="http://purl.oclc.org/ooxml/officeDocument/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://purl.oclc.org/ooxml/drawingml/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://purl.oclc.org/ooxml/wordprocessingml/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wne wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="023F6C98"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DA4E638C"/>
+    <w:lvl w:ilvl="0" w:tplc="100C0001">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="start"/>
+      <w:pPr>
+        <w:ind w:start="36pt" w:hanging="18pt"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="100C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="start"/>
+      <w:pPr>
+        <w:ind w:start="72pt" w:hanging="18pt"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="100C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="start"/>
+      <w:pPr>
+        <w:ind w:start="108pt" w:hanging="18pt"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="100C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="start"/>
+      <w:pPr>
+        <w:ind w:start="144pt" w:hanging="18pt"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="100C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="start"/>
+      <w:pPr>
+        <w:ind w:start="180pt" w:hanging="18pt"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="100C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="start"/>
+      <w:pPr>
+        <w:ind w:start="216pt" w:hanging="18pt"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="100C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="start"/>
+      <w:pPr>
+        <w:ind w:start="252pt" w:hanging="18pt"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="100C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="start"/>
+      <w:pPr>
+        <w:ind w:start="288pt" w:hanging="18pt"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="100C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="start"/>
+      <w:pPr>
+        <w:ind w:start="324pt" w:hanging="18pt"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="04CF2583"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="78329624"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:ind w:start="36pt" w:hanging="18pt"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:ind w:start="72pt" w:hanging="18pt"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
@@ -3141,51 +3438,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:ind w:start="252pt" w:hanging="18pt"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:ind w:start="288pt" w:hanging="18pt"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="end"/>
       <w:pPr>
         <w:ind w:start="324pt" w:hanging="9pt"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="080C65A6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5582EBD0"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:ind w:start="36pt" w:hanging="18pt"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:ind w:start="72pt" w:hanging="18pt"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
@@ -3230,51 +3527,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:ind w:start="252pt" w:hanging="18pt"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:ind w:start="288pt" w:hanging="18pt"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="end"/>
       <w:pPr>
         <w:ind w:start="324pt" w:hanging="9pt"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3E9B06D6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5582EBD0"/>
     <w:lvl w:ilvl="0" w:tplc="100C0017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:ind w:start="36pt" w:hanging="18pt"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="100C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:ind w:start="72pt" w:hanging="18pt"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="100C001B" w:tentative="1">
@@ -3319,51 +3616,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:ind w:start="252pt" w:hanging="18pt"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="100C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:ind w:start="288pt" w:hanging="18pt"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="100C001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="end"/>
       <w:pPr>
         <w:ind w:start="324pt" w:hanging="9pt"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="55D632C9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="552AC70A"/>
     <w:lvl w:ilvl="0" w:tplc="BADE729C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:ind w:start="36pt" w:hanging="18pt"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:i/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="100C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:ind w:start="72pt" w:hanging="18pt"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3432,51 +3729,51 @@
     <w:lvl w:ilvl="7" w:tplc="100C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:ind w:start="288pt" w:hanging="18pt"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="100C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:ind w:start="324pt" w:hanging="18pt"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="627B5114"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="42307C58"/>
     <w:lvl w:ilvl="0" w:tplc="EF16E898">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="Art. %1"/>
       <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:ind w:start="36pt" w:hanging="18pt"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="100C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:ind w:start="72pt" w:hanging="18pt"/>
       </w:pPr>
@@ -3524,205 +3821,218 @@
       <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:ind w:start="252pt" w:hanging="18pt"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="100C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:ind w:start="288pt" w:hanging="18pt"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="100C001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="end"/>
       <w:pPr>
         <w:ind w:start="324pt" w:hanging="9pt"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1426998365">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="810252273">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="810252273">
+  <w:num w:numId="3" w16cid:durableId="1577549317">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1859467044">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1577549317">
+  <w:num w:numId="5" w16cid:durableId="1178814204">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="669868140">
     <w:abstractNumId w:val="0"/>
-  </w:num>
-[...4 lines deleted...]
-    <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://purl.oclc.org/ooxml/officeDocument/relationships" xmlns:m="http://purl.oclc.org/ooxml/officeDocument/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://purl.oclc.org/ooxml/wordprocessingml/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100%"/>
   <w:embedSystemFonts/>
   <w:mirrorMargins/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="0" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
+  <w:trackRevisions/>
   <w:defaultTabStop w:val="35.45pt"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="21.25pt"/>
   <w:defaultTableStyle w:val="Normal"/>
   <w:drawingGridHorizontalSpacing w:val="0pt"/>
   <w:drawingGridVerticalSpacing w:val="0pt"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:drawingGridHorizontalOrigin w:val="0pt"/>
   <w:drawingGridVerticalOrigin w:val="0pt"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BF084B"/>
     <w:rsid w:val="00000951"/>
     <w:rsid w:val="000025E3"/>
     <w:rsid w:val="0001023C"/>
     <w:rsid w:val="00014D56"/>
+    <w:rsid w:val="0001741A"/>
     <w:rsid w:val="0002314D"/>
     <w:rsid w:val="00063E08"/>
     <w:rsid w:val="00066CB3"/>
     <w:rsid w:val="000708FC"/>
     <w:rsid w:val="000832B5"/>
     <w:rsid w:val="000A2260"/>
     <w:rsid w:val="000B0383"/>
     <w:rsid w:val="00151F93"/>
     <w:rsid w:val="0020760E"/>
     <w:rsid w:val="002625D9"/>
     <w:rsid w:val="0027689A"/>
     <w:rsid w:val="0029258C"/>
     <w:rsid w:val="002E7475"/>
     <w:rsid w:val="00316D69"/>
     <w:rsid w:val="00343617"/>
     <w:rsid w:val="00355FAD"/>
     <w:rsid w:val="00356183"/>
     <w:rsid w:val="00366C22"/>
     <w:rsid w:val="00370A97"/>
     <w:rsid w:val="00374EE4"/>
     <w:rsid w:val="0037655F"/>
     <w:rsid w:val="003A03B7"/>
     <w:rsid w:val="003A05AA"/>
     <w:rsid w:val="003A696D"/>
     <w:rsid w:val="003F595A"/>
     <w:rsid w:val="00416D53"/>
     <w:rsid w:val="00420F65"/>
     <w:rsid w:val="00421546"/>
     <w:rsid w:val="00431459"/>
+    <w:rsid w:val="004B0C88"/>
     <w:rsid w:val="004D1A46"/>
     <w:rsid w:val="004D25E8"/>
+    <w:rsid w:val="004D3350"/>
     <w:rsid w:val="00502EAD"/>
     <w:rsid w:val="00521517"/>
     <w:rsid w:val="005308B6"/>
     <w:rsid w:val="00542BEF"/>
     <w:rsid w:val="00544C17"/>
     <w:rsid w:val="00552BFC"/>
     <w:rsid w:val="005549B2"/>
     <w:rsid w:val="00564646"/>
+    <w:rsid w:val="005F4A82"/>
     <w:rsid w:val="00613AC6"/>
     <w:rsid w:val="0068444A"/>
     <w:rsid w:val="006959DE"/>
     <w:rsid w:val="006B2A66"/>
     <w:rsid w:val="006B7C25"/>
     <w:rsid w:val="006E15DD"/>
     <w:rsid w:val="00704482"/>
     <w:rsid w:val="00707C19"/>
     <w:rsid w:val="00712605"/>
+    <w:rsid w:val="0078597F"/>
+    <w:rsid w:val="007B060B"/>
     <w:rsid w:val="007C1DE3"/>
     <w:rsid w:val="007D4D58"/>
     <w:rsid w:val="007E0193"/>
     <w:rsid w:val="008311B8"/>
     <w:rsid w:val="008659AE"/>
     <w:rsid w:val="00875F58"/>
     <w:rsid w:val="008B06BD"/>
     <w:rsid w:val="008B6AEC"/>
     <w:rsid w:val="008F451A"/>
     <w:rsid w:val="008F4D15"/>
+    <w:rsid w:val="00903B81"/>
     <w:rsid w:val="00924371"/>
     <w:rsid w:val="009410CD"/>
     <w:rsid w:val="00953B44"/>
     <w:rsid w:val="009A2457"/>
     <w:rsid w:val="009A3C22"/>
     <w:rsid w:val="009B713D"/>
     <w:rsid w:val="009C4F6A"/>
     <w:rsid w:val="009D46E6"/>
     <w:rsid w:val="009E2B65"/>
     <w:rsid w:val="009F3B61"/>
     <w:rsid w:val="009F5AE3"/>
     <w:rsid w:val="00A030E0"/>
     <w:rsid w:val="00A04B55"/>
     <w:rsid w:val="00A15F07"/>
     <w:rsid w:val="00A266CC"/>
     <w:rsid w:val="00A46A30"/>
     <w:rsid w:val="00A56823"/>
     <w:rsid w:val="00AB45BF"/>
     <w:rsid w:val="00B116CA"/>
     <w:rsid w:val="00B969F3"/>
+    <w:rsid w:val="00BC7580"/>
     <w:rsid w:val="00BE36AC"/>
     <w:rsid w:val="00BE5631"/>
     <w:rsid w:val="00BF084B"/>
     <w:rsid w:val="00BF6108"/>
     <w:rsid w:val="00CA7DC5"/>
     <w:rsid w:val="00CE0FB1"/>
     <w:rsid w:val="00CE1841"/>
     <w:rsid w:val="00D0387D"/>
     <w:rsid w:val="00D15248"/>
     <w:rsid w:val="00D35600"/>
     <w:rsid w:val="00D37CE2"/>
     <w:rsid w:val="00D412D5"/>
+    <w:rsid w:val="00D463D1"/>
     <w:rsid w:val="00D529A5"/>
     <w:rsid w:val="00D546FA"/>
     <w:rsid w:val="00D86018"/>
     <w:rsid w:val="00DA234E"/>
     <w:rsid w:val="00E07C1F"/>
     <w:rsid w:val="00E20DA9"/>
     <w:rsid w:val="00E30C0B"/>
     <w:rsid w:val="00E4190D"/>
     <w:rsid w:val="00EB1479"/>
     <w:rsid w:val="00EB4D81"/>
     <w:rsid w:val="00EC6270"/>
     <w:rsid w:val="00EE6025"/>
     <w:rsid w:val="00EE76B4"/>
     <w:rsid w:val="00F328AA"/>
     <w:rsid w:val="00F569CA"/>
     <w:rsid w:val="00F64846"/>
     <w:rsid w:val="00F8263A"/>
     <w:rsid w:val="00F9040A"/>
     <w:rsid w:val="00FA20CC"/>
     <w:rsid w:val="00FA6550"/>
     <w:rsid w:val="00FB7C4C"/>
     <w:rsid w:val="00FC1524"/>
     <w:rsid w:val="00FD09C6"/>
     <w:rsid w:val="00FD0A47"/>
   </w:rsids>
@@ -4946,75 +5256,111 @@
   <w:style w:type="character" w:styleId="Textedelespacerserv">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="002E7475"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Paragraphedeliste">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00D37CE2"/>
     <w:pPr>
       <w:ind w:start="36pt"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Mangal"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Rvision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00BC7580"/>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:val="fr-CH" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Mentionnonrsolue">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BC7580"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Lienhypertextesuivivisit">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005F4A82"/>
+    <w:rPr>
+      <w:color w:val="800080" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://purl.oclc.org/ooxml/officeDocument/relationships" xmlns:w="http://purl.oclc.org/ooxml/wordprocessingml/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1465928843">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0pt"/>
       <w:marRight w:val="0pt"/>
       <w:marTop w:val="0pt"/>
       <w:marBottom w:val="0pt"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://purl.oclc.org/ooxml/officeDocument/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://purl.oclc.org/ooxml/officeDocument/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://purl.oclc.org/ooxml/officeDocument/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://purl.oclc.org/ooxml/officeDocument/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://purl.oclc.org/ooxml/officeDocument/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://purl.oclc.org/ooxml/officeDocument/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://purl.oclc.org/ooxml/officeDocument/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://purl.oclc.org/ooxml/officeDocument/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://purl.oclc.org/ooxml/officeDocument/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://purl.oclc.org/ooxml/officeDocument/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://purl.oclc.org/ooxml/officeDocument/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://purl.oclc.org/ooxml/officeDocument/relationships/header" Target="header2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://purl.oclc.org/ooxml/officeDocument/relationships/hyperlink" Target="https://www.fr.ch/sites/default/files/2021-10/teilrevision-eines-reglements.pdf?v=1762335603" TargetMode="External"/><Relationship Id="rId13" Type="http://purl.oclc.org/ooxml/officeDocument/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://purl.oclc.org/ooxml/officeDocument/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://purl.oclc.org/ooxml/officeDocument/relationships/hyperlink" Target="https://www.fr.ch/sites/default/files/2025-11/gemeindereglemente-und-statuten-der-gemeindeverbande.pdf?v=1762417811" TargetMode="External"/><Relationship Id="rId12" Type="http://purl.oclc.org/ooxml/officeDocument/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://purl.oclc.org/ooxml/officeDocument/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://purl.oclc.org/ooxml/officeDocument/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://purl.oclc.org/ooxml/officeDocument/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://purl.oclc.org/ooxml/officeDocument/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://purl.oclc.org/ooxml/officeDocument/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://purl.oclc.org/ooxml/officeDocument/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://purl.oclc.org/ooxml/officeDocument/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://purl.oclc.org/ooxml/officeDocument/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://purl.oclc.org/ooxml/officeDocument/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://purl.oclc.org/ooxml/drawingml/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5258,75 +5604,75 @@
                 <a:tint val="80%"/>
                 <a:satMod val="300%"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100%">
               <a:schemeClr val="phClr">
                 <a:shade val="30%"/>
                 <a:satMod val="200%"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50%" t="50%" r="50%" b="50%"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://purl.oclc.org/ooxml/officeDocument/extendedProperties" xmlns:vt="http://purl.oclc.org/ooxml/officeDocument/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>291</Words>
-  <Characters>1466</Characters>
+  <Words>351</Words>
+  <Characters>1908</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>12</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>90</Lines>
+  <Paragraphs>94</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1754</CharactersWithSpaces>
+  <CharactersWithSpaces>2165</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Jauquier Stéphanie</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>