--- v0 (2025-12-06)
+++ v1 (2026-02-05)
@@ -1,5144 +1,6686 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:body>
-    <w:p w14:paraId="159A0AC3" w14:textId="5E64DE87" w:rsidR="004A5EC0" w:rsidRDefault="00085DD9" w:rsidP="00085DD9">
+    <w:p w14:paraId="7C2CE508" w14:textId="2C22881B" w:rsidR="007750AA" w:rsidRDefault="00D62A82" w:rsidP="00701344">
       <w:pPr>
         <w:pStyle w:val="05objet"/>
-      </w:pPr>
-[...10 lines deleted...]
-        <w:br/>
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Gesuch um Anerkennung </w:t>
+      </w:r>
+      <w:r w:rsidR="002F12BB">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">für freischaffende </w:t>
+      </w:r>
+      <w:r w:rsidR="00631CC3">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Leistungsanbietende</w:t>
+      </w:r>
+      <w:r w:rsidR="002F12BB">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002F7166">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">der </w:t>
+      </w:r>
+      <w:r w:rsidR="00C87895">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Logopädie</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46C27C73" w14:textId="674007D8" w:rsidR="002E48CC" w:rsidRDefault="00E07A70" w:rsidP="00701344">
+      <w:pPr>
+        <w:pStyle w:val="05objet"/>
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:t>—</w:t>
       </w:r>
-      <w:r w:rsidR="004A5EC0">
-[...1 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="519BA9BD" w14:textId="09BE355C" w:rsidR="00356A7C" w:rsidRDefault="004A5EC0" w:rsidP="004A5EC0">
+    <w:p w14:paraId="7509A172" w14:textId="105499EB" w:rsidR="00356A7C" w:rsidRPr="004B52C7" w:rsidRDefault="00631CC3" w:rsidP="004A5EC0">
       <w:pPr>
         <w:pStyle w:val="05objet"/>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> personnelles</w:t>
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Persönliche ad</w:t>
+      </w:r>
+      <w:r w:rsidR="007F763E">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>ministrative Angaben</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BCB9BC3" w14:textId="0A5905DF" w:rsidR="004A5EC0" w:rsidRDefault="004A5EC0" w:rsidP="00085DD9">
+    <w:p w14:paraId="0D837D57" w14:textId="58951CED" w:rsidR="004A5EC0" w:rsidRPr="004B52C7" w:rsidRDefault="004B52C7" w:rsidP="00481E80">
       <w:pPr>
         <w:pStyle w:val="06btexteprincipalsansespacebloc"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2268"/>
           <w:tab w:val="left" w:pos="4962"/>
           <w:tab w:val="left" w:pos="7088"/>
         </w:tabs>
         <w:spacing w:after="120"/>
-      </w:pPr>
-[...6 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B52C7">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Name</w:t>
+      </w:r>
+      <w:r w:rsidR="00E07A70">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="005A35ED">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="004A5EC0" w:rsidRPr="004B52C7">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="004A5EC0">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="Texte5"/>
-      <w:r>
+      <w:r w:rsidR="004A5EC0" w:rsidRPr="004B52C7">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
-[...32 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="004A5EC0">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="004A5EC0">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
-      <w:r>
+      <w:r w:rsidR="004A5EC0">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="004A5EC0" w:rsidRPr="004B52C7">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
-[...35 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="004A5EC0">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="004A5EC0">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="004A5EC0">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="004A5EC0" w:rsidRPr="004B52C7">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
-[...35 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="004A5EC0">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="004A5EC0">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="004A5EC0">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="004A5EC0" w:rsidRPr="004B52C7">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
-[...35 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="004A5EC0">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="004A5EC0">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="004A5EC0" w:rsidRPr="004B52C7">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:tab/>
-        <w:t>Sexe</w:t>
-[...1 lines deleted...]
-      <w:r>
+      </w:r>
+      <w:r w:rsidR="005A35ED" w:rsidRPr="004B52C7">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Geschlecht</w:t>
+      </w:r>
+      <w:r w:rsidR="004A5EC0" w:rsidRPr="004B52C7">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="004A5EC0">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="CaseACocher1"/>
-      <w:r>
+      <w:r w:rsidR="004A5EC0" w:rsidRPr="004B52C7">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008B7191">
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="004A5EC0">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="004A5EC0">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="004A5EC0" w:rsidRPr="004B52C7">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B52C7">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>W</w:t>
+      </w:r>
+      <w:r w:rsidR="004A5EC0" w:rsidRPr="004B52C7">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="004A5EC0">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="2" w:name="CaseACocher2"/>
-      <w:r>
+      <w:r w:rsidR="004A5EC0" w:rsidRPr="004B52C7">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008B7191">
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="004A5EC0">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="004A5EC0">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
-      <w:r>
+      <w:r w:rsidR="004A5EC0" w:rsidRPr="004B52C7">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:t xml:space="preserve"> M</w:t>
       </w:r>
+      <w:r w:rsidR="00315E9F">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="2D237B75" w14:textId="77777777" w:rsidR="004A5EC0" w:rsidRDefault="004A5EC0" w:rsidP="00085DD9">
+    <w:p w14:paraId="086C2DE1" w14:textId="6B838C7B" w:rsidR="004A5EC0" w:rsidRPr="004B52C7" w:rsidRDefault="004B52C7" w:rsidP="00481E80">
       <w:pPr>
         <w:pStyle w:val="06btexteprincipalsansespacebloc"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2268"/>
           <w:tab w:val="left" w:pos="4962"/>
         </w:tabs>
         <w:spacing w:after="120"/>
-      </w:pPr>
-[...3 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B52C7">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Vorname-</w:t>
+      </w:r>
+      <w:r w:rsidR="005A35ED" w:rsidRPr="004B52C7">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="004A5EC0" w:rsidRPr="004B52C7">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="004A5EC0">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="004A5EC0" w:rsidRPr="004B52C7">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
-[...32 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="004A5EC0">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="004A5EC0">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00CB702E">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00CB702E">
+      <w:r w:rsidR="00CB702E" w:rsidRPr="004B52C7">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00CB702E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="008A5C36">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="008A5C36">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="008A5C36">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="008A5C36">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="008A5C36">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00CB702E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00CB702E">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00CB702E">
+      <w:r w:rsidR="00CB702E" w:rsidRPr="004B52C7">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00CB702E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="008A5C36">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="008A5C36">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="008A5C36">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="008A5C36">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="008A5C36">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00CB702E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00CB702E">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00CB702E">
+      <w:r w:rsidR="00CB702E" w:rsidRPr="004B52C7">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00CB702E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="008A5C36">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="008A5C36">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="008A5C36">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="008A5C36">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="008A5C36">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00CB702E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="00CB702E">
+      <w:r w:rsidR="00CB702E" w:rsidRPr="004B52C7">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:tab/>
-        <w:t>Date de naissance</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00CB702E">
+      </w:r>
+      <w:r w:rsidRPr="004B52C7">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>G</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">eburtsdatum </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="004B52C7">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00CB702E">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00CB702E">
+      <w:r w:rsidR="00CB702E" w:rsidRPr="004B52C7">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00CB702E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="008A5C36">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="008A5C36">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="008A5C36">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="008A5C36">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="008A5C36">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00CB702E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00CB702E">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00CB702E">
+      <w:r w:rsidR="00CB702E" w:rsidRPr="004B52C7">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00CB702E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="008A5C36">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="008A5C36">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="008A5C36">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="008A5C36">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="008A5C36">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00CB702E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00CB702E">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00CB702E">
+      <w:r w:rsidR="00CB702E" w:rsidRPr="004B52C7">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00CB702E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="008A5C36">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="008A5C36">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="008A5C36">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="008A5C36">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="008A5C36">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00CB702E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00CB702E">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00CB702E">
+      <w:r w:rsidR="00CB702E" w:rsidRPr="004B52C7">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00CB702E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="008A5C36">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="008A5C36">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="008A5C36">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="008A5C36">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="008A5C36">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00CB702E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B29FEE1" w14:textId="77777777" w:rsidR="00CB702E" w:rsidRDefault="00CB702E" w:rsidP="00085DD9">
+    <w:p w14:paraId="6A21F8FD" w14:textId="3C44BE54" w:rsidR="00CB702E" w:rsidRPr="001A4A58" w:rsidRDefault="005A35ED" w:rsidP="00481E80">
       <w:pPr>
         <w:pStyle w:val="06btexteprincipalsansespacebloc"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2268"/>
           <w:tab w:val="left" w:pos="4962"/>
           <w:tab w:val="left" w:pos="5954"/>
         </w:tabs>
         <w:spacing w:after="120"/>
-      </w:pPr>
-[...3 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A4A58">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Nationalität</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="001A4A58">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00CB702E">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="001A4A58">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
-[...35 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="001A4A58">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
-[...35 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="001A4A58">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
-[...35 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="001A4A58">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
-[...32 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7523D9BF" w14:textId="77777777" w:rsidR="00CB702E" w:rsidRDefault="00CB702E" w:rsidP="00085DD9">
+    <w:p w14:paraId="3459F719" w14:textId="4215C78C" w:rsidR="00CB702E" w:rsidRPr="004B52C7" w:rsidRDefault="00AF011B" w:rsidP="00481E80">
       <w:pPr>
         <w:pStyle w:val="06btexteprincipalsansespacebloc"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2268"/>
           <w:tab w:val="left" w:pos="4962"/>
           <w:tab w:val="left" w:pos="5954"/>
         </w:tabs>
         <w:spacing w:after="120"/>
-      </w:pPr>
-[...3 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B52C7">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Ausländer</w:t>
+      </w:r>
+      <w:r w:rsidR="004C7835">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>-in</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="004B52C7">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:tab/>
-        <w:t>Permis de séjour</w:t>
-[...1 lines deleted...]
-      <w:r>
+      </w:r>
+      <w:r w:rsidRPr="004B52C7">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Aufenthaltsbewilligung:</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="004B52C7">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00CB702E">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="3" w:name="CaseACocher3"/>
-      <w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="004B52C7">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008B7191">
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
-      <w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="004B52C7">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:t xml:space="preserve"> B   </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00CB702E">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="4" w:name="CaseACocher4"/>
-      <w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="004B52C7">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008B7191">
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
-      <w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="004B52C7">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:t xml:space="preserve"> C   </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00CB702E">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="5" w:name="CaseACocher5"/>
-      <w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="004B52C7">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008B7191">
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
-      <w:r>
-        <w:t xml:space="preserve"> Demande de permis en cours</w:t>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="004B52C7">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0070602E">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Gesuch </w:t>
+      </w:r>
+      <w:r w:rsidR="00E86C8E">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>am Laufen</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B6576AF" w14:textId="77777777" w:rsidR="00CB702E" w:rsidRDefault="00CB702E" w:rsidP="00085DD9">
+    <w:p w14:paraId="7A695737" w14:textId="4FAC969C" w:rsidR="00CB702E" w:rsidRPr="001602D4" w:rsidRDefault="00CB702E" w:rsidP="00481E80">
       <w:pPr>
         <w:pStyle w:val="06btexteprincipalsansespacebloc"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2268"/>
           <w:tab w:val="left" w:pos="4962"/>
           <w:tab w:val="left" w:pos="7088"/>
         </w:tabs>
         <w:spacing w:after="120"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B52C7">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="004B52C7">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher6"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="6" w:name="CaseACocher6"/>
-      <w:r>
+      <w:r w:rsidRPr="001602D4">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008B7191">
+      <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
-      <w:r>
+      <w:r w:rsidRPr="001602D4">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...4 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="002602B9" w:rsidRPr="001602D4">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>anderes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001602D4">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="001602D4">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="008A5C36">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="008A5C36">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="008A5C36">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="008A5C36">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="008A5C36">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="001602D4">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="008A5C36">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="008A5C36">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="008A5C36">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="008A5C36">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="008A5C36">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="001602D4">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="008A5C36">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="008A5C36">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="008A5C36">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="008A5C36">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="008A5C36">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="001602D4">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="008A5C36">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="008A5C36">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="008A5C36">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="008A5C36">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="008A5C36">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C7D14BE" w14:textId="6EFE476F" w:rsidR="00085DD9" w:rsidRDefault="00085DD9" w:rsidP="00085DD9">
+    <w:p w14:paraId="1AFA4143" w14:textId="2B1AC001" w:rsidR="00577065" w:rsidRPr="001602D4" w:rsidRDefault="00577065" w:rsidP="00481E80">
       <w:pPr>
         <w:pStyle w:val="06btexteprincipalsansespacebloc"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2268"/>
           <w:tab w:val="left" w:pos="4962"/>
           <w:tab w:val="left" w:pos="7088"/>
         </w:tabs>
         <w:spacing w:after="120"/>
-      </w:pPr>
-[...9 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001602D4">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">AHV-Nr. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001602D4">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:tab/>
-      </w:r>
-      <w:r w:rsidR="002311AD">
         <w:t>756.</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="001602D4">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="001602D4">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="001602D4">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E233DD7" w14:textId="7FF3467E" w:rsidR="00017741" w:rsidRDefault="00085DD9" w:rsidP="00085DD9">
+    <w:p w14:paraId="0DA66B14" w14:textId="6A8F7753" w:rsidR="00577065" w:rsidRPr="008D5E1B" w:rsidRDefault="008D5E1B" w:rsidP="00481E80">
       <w:pPr>
         <w:pStyle w:val="06btexteprincipalsansespacebloc"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2268"/>
           <w:tab w:val="left" w:pos="4962"/>
           <w:tab w:val="left" w:pos="7088"/>
         </w:tabs>
         <w:spacing w:after="120"/>
-      </w:pPr>
-[...3 lines deleted...]
-      <w:r w:rsidR="002311AD">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D5E1B">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Angemeldet bei </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">einer </w:t>
+      </w:r>
+      <w:r w:rsidR="005A35ED">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Ausgleichskasse:</w:t>
+      </w:r>
+      <w:r w:rsidR="00577065" w:rsidRPr="008D5E1B">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00577065">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="002311AD">
+      <w:r w:rsidR="00577065" w:rsidRPr="008D5E1B">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008B7191">
-[...5 lines deleted...]
-      <w:r w:rsidR="002311AD">
+      <w:r w:rsidR="00577065">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00577065">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00577065" w:rsidRPr="008D5E1B">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00017741">
-[...2 lines deleted...]
-      <w:r w:rsidR="002311AD">
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Ja</w:t>
+      </w:r>
+      <w:r w:rsidR="00577065" w:rsidRPr="008D5E1B">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
-      <w:r w:rsidR="002311AD">
+      <w:r w:rsidR="00577065">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="002311AD">
+      <w:r w:rsidR="00577065" w:rsidRPr="008D5E1B">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008B7191">
-[...5 lines deleted...]
-      <w:r w:rsidR="002311AD">
+      <w:r w:rsidR="00577065">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00577065">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00577065" w:rsidRPr="008D5E1B">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00017741">
-        <w:t>Non</w:t>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Nein</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="672D1BE5" w14:textId="39082F8E" w:rsidR="00085DD9" w:rsidRDefault="00017741" w:rsidP="00085DD9">
+    <w:p w14:paraId="2B0048F7" w14:textId="52F94036" w:rsidR="00E86C8E" w:rsidRPr="00D74010" w:rsidRDefault="008A098C" w:rsidP="00995E6D">
       <w:pPr>
         <w:pStyle w:val="06btexteprincipalsansespacebloc"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2268"/>
           <w:tab w:val="left" w:pos="4962"/>
           <w:tab w:val="left" w:pos="7088"/>
         </w:tabs>
         <w:spacing w:after="120"/>
-      </w:pPr>
-[...6 lines deleted...]
-      <w:r w:rsidR="00986D22">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D74010">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Wen</w:t>
+      </w:r>
+      <w:r w:rsidR="0064415D">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D74010">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00693BCF">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>vorhanden</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D74010">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D74010">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>UID</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA2B13">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>-Nr</w:t>
+      </w:r>
+      <w:r w:rsidR="00906664">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00577065" w:rsidRPr="00D74010">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00577065">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00986D22">
+      <w:r w:rsidR="00577065" w:rsidRPr="00D74010">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00986D22">
-[...35 lines deleted...]
-      <w:r w:rsidR="00986D22">
+      <w:r w:rsidR="00577065">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00577065">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00577065">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00577065">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00577065">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00577065">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00577065">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00577065">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00986D22">
+      <w:r w:rsidR="00577065" w:rsidRPr="00D74010">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00986D22">
-[...35 lines deleted...]
-      <w:r w:rsidR="00986D22">
+      <w:r w:rsidR="00577065">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00577065">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00577065">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00577065">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00577065">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00577065">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00577065">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00577065">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00986D22">
+      <w:r w:rsidR="00577065" w:rsidRPr="00D74010">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00986D22">
-[...32 lines deleted...]
-      <w:r w:rsidR="00986D22">
+      <w:r w:rsidR="00577065">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00577065">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00577065">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00577065">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00577065">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00577065">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00577065">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E8712FA" w14:textId="77777777" w:rsidR="00CB702E" w:rsidRPr="004A0F2D" w:rsidRDefault="00CB702E" w:rsidP="00085DD9">
+    <w:p w14:paraId="3643D0B8" w14:textId="77777777" w:rsidR="00CB702E" w:rsidRPr="00D74010" w:rsidRDefault="00CB702E" w:rsidP="00CB702E">
       <w:pPr>
         <w:pStyle w:val="06btexteprincipalsansespacebloc"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="underscore" w:pos="9637"/>
         </w:tabs>
-        <w:spacing w:after="120"/>
-[...1 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D74010">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EF00752" w14:textId="77777777" w:rsidR="00CB702E" w:rsidRDefault="00CB702E" w:rsidP="00085DD9">
+    <w:p w14:paraId="62AAE082" w14:textId="77777777" w:rsidR="00CB702E" w:rsidRPr="00742516" w:rsidRDefault="00AF011B" w:rsidP="00CB702E">
       <w:pPr>
         <w:pStyle w:val="05objet"/>
-        <w:spacing w:after="120"/>
-[...2 lines deleted...]
-        <w:t>Adresse privée</w:t>
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00742516">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Privatadresse</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79558A0F" w14:textId="77777777" w:rsidR="00CB702E" w:rsidRDefault="00CB702E" w:rsidP="00085DD9">
+    <w:p w14:paraId="5073C7DF" w14:textId="2E3FC63D" w:rsidR="00CB702E" w:rsidRPr="00742516" w:rsidRDefault="00AF011B" w:rsidP="005460F0">
       <w:pPr>
         <w:pStyle w:val="06btexteprincipalsansespacebloc"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2268"/>
         </w:tabs>
         <w:spacing w:after="120"/>
-      </w:pPr>
-[...3 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00742516">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Strasse</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="00742516">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>, N</w:t>
+      </w:r>
+      <w:r w:rsidR="002D5AC9" w:rsidRPr="00742516">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>r.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="00742516">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00CB702E">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="00742516">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
-[...35 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="00742516">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
-[...35 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="00742516">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
-[...35 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="00742516">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
-[...32 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="619E6745" w14:textId="1354DA7A" w:rsidR="00CB702E" w:rsidRDefault="00CB702E" w:rsidP="00085DD9">
+    <w:p w14:paraId="04C79E64" w14:textId="34C9F7D5" w:rsidR="00CB702E" w:rsidRPr="00AF011B" w:rsidRDefault="00AF011B" w:rsidP="005460F0">
       <w:pPr>
         <w:pStyle w:val="06btexteprincipalsansespacebloc"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2268"/>
           <w:tab w:val="left" w:pos="4962"/>
           <w:tab w:val="left" w:pos="7088"/>
         </w:tabs>
         <w:spacing w:after="120"/>
-      </w:pPr>
-[...3 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF011B">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>PLZ</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="00AF011B">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF011B">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Ort</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="00AF011B">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00CB702E">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="00AF011B">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
-[...35 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="00AF011B">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
-[...35 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="00AF011B">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
-[...35 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="00AF011B">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
-[...36 lines deleted...]
-        <w:tab/>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14ECABCB" w14:textId="17F3F9B5" w:rsidR="00CB702E" w:rsidRDefault="00CB702E" w:rsidP="00085DD9">
+    <w:p w14:paraId="791416C6" w14:textId="40386CA4" w:rsidR="00CB702E" w:rsidRPr="00D568DF" w:rsidRDefault="00AF011B" w:rsidP="005460F0">
       <w:pPr>
         <w:pStyle w:val="06btexteprincipalsansespacebloc"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2268"/>
           <w:tab w:val="left" w:pos="4962"/>
           <w:tab w:val="left" w:pos="7088"/>
         </w:tabs>
         <w:spacing w:after="120"/>
-      </w:pPr>
-[...9 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D568DF">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Tel.</w:t>
+      </w:r>
+      <w:r w:rsidR="0070602E" w:rsidRPr="00D568DF">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> privat</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="00D568DF">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00CB702E">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="00D568DF">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
-[...35 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="00D568DF">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
-[...35 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="00D568DF">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
-[...35 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="00D568DF">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
-[...35 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="00D568DF">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:tab/>
-        <w:t>Mobile</w:t>
-[...1 lines deleted...]
-      <w:r>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="00D568DF">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Mobil</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="00D568DF">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00CB702E">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="00D568DF">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
-[...35 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="00D568DF">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
-[...35 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="00D568DF">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
-[...35 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="00D568DF">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
-[...32 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56874989" w14:textId="4ED9AEA5" w:rsidR="00CB702E" w:rsidRDefault="00CB702E" w:rsidP="00085DD9">
+    <w:p w14:paraId="12BAAFD4" w14:textId="73C195D4" w:rsidR="00CB702E" w:rsidRPr="00D568DF" w:rsidRDefault="00CB185E" w:rsidP="005460F0">
       <w:pPr>
         <w:pStyle w:val="06btexteprincipalsansespacebloc"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2268"/>
           <w:tab w:val="left" w:pos="4962"/>
           <w:tab w:val="left" w:pos="7088"/>
         </w:tabs>
         <w:spacing w:after="120"/>
-      </w:pPr>
-[...8 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D568DF">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>E-Mail</w:t>
+      </w:r>
+      <w:r w:rsidR="0070602E" w:rsidRPr="00D568DF">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> privat</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="00D568DF">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00CB702E">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="00D568DF">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
-[...35 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="00D568DF">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
-[...35 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="00D568DF">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
-[...35 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="00D568DF">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
-[...36 lines deleted...]
-        <w:tab/>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F1CEEDA" w14:textId="77777777" w:rsidR="00CB702E" w:rsidRDefault="00CB702E" w:rsidP="00085DD9">
+    <w:p w14:paraId="1EF82246" w14:textId="77777777" w:rsidR="00CB702E" w:rsidRPr="00D568DF" w:rsidRDefault="00CB702E" w:rsidP="00CB702E">
+      <w:pPr>
+        <w:pStyle w:val="06btexteprincipalsansespacebloc"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2268"/>
+          <w:tab w:val="left" w:pos="4962"/>
+          <w:tab w:val="left" w:pos="7088"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30478B22" w14:textId="77777777" w:rsidR="00CB702E" w:rsidRPr="00AF011B" w:rsidRDefault="00AF011B" w:rsidP="00CB702E">
+      <w:pPr>
+        <w:pStyle w:val="05objet"/>
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF011B">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Zukünftige berufliche Adresse</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43B15791" w14:textId="6D557629" w:rsidR="00CB702E" w:rsidRPr="00AF011B" w:rsidRDefault="007659D0" w:rsidP="005460F0">
       <w:pPr>
         <w:pStyle w:val="06btexteprincipalsansespacebloc"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2268"/>
           <w:tab w:val="left" w:pos="4962"/>
           <w:tab w:val="left" w:pos="7088"/>
         </w:tabs>
         <w:spacing w:after="120"/>
-      </w:pPr>
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Praxisname </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="00AF011B">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="00AF011B">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="00AF011B">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="00AF011B">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="00AF011B">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="00AF011B">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="00AF011B">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00205610">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>eventuell</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="00AF011B">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3403F21E" w14:textId="77777777" w:rsidR="00CB702E" w:rsidRDefault="00CB702E" w:rsidP="00085DD9">
-[...8 lines deleted...]
-    <w:p w14:paraId="166C4956" w14:textId="77777777" w:rsidR="00CB702E" w:rsidRDefault="00CB702E" w:rsidP="00085DD9">
+    <w:p w14:paraId="133522BE" w14:textId="19D48EAA" w:rsidR="00CB702E" w:rsidRPr="00CB185E" w:rsidRDefault="00AF011B" w:rsidP="005460F0">
       <w:pPr>
         <w:pStyle w:val="06btexteprincipalsansespacebloc"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2268"/>
           <w:tab w:val="left" w:pos="4962"/>
           <w:tab w:val="left" w:pos="7088"/>
         </w:tabs>
         <w:spacing w:after="120"/>
-      </w:pPr>
-[...3 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF011B">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Strasse</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="00AF011B">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>, N</w:t>
+      </w:r>
+      <w:r w:rsidR="007336E0">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>r.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="00AF011B">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:bookmarkStart w:id="7" w:name="_Hlk179795371"/>
+      <w:r w:rsidR="00CB702E">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="00AF011B">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
-[...35 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="00AF011B">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
-[...35 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="00AF011B">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
-[...35 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="00AF011B">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
-[...35 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidR="00AA2325">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00CB702E">
-[...3 lines deleted...]
-        <w:t>(le cas échéant)</w:t>
+      <w:r w:rsidRPr="00CB185E">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>PLZ</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="00CB185E">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="007C1192" w:rsidRPr="00CB185E">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Ort</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="00CB185E">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="00CB185E">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="00CB185E">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="00CB185E">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="00CB185E">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A911A30" w14:textId="56E288F5" w:rsidR="005A21A7" w:rsidRDefault="00CB702E" w:rsidP="00085DD9">
+    <w:p w14:paraId="65ED482D" w14:textId="0A71D54B" w:rsidR="00AA2325" w:rsidRPr="00AA2325" w:rsidRDefault="00AA2325" w:rsidP="005460F0">
       <w:pPr>
         <w:pStyle w:val="06btexteprincipalsansespacebloc"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2268"/>
           <w:tab w:val="left" w:pos="4962"/>
           <w:tab w:val="left" w:pos="7088"/>
         </w:tabs>
         <w:spacing w:after="120"/>
-      </w:pPr>
-[...3 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Region</w:t>
+      </w:r>
+      <w:r w:rsidR="00B146EE" w:rsidRPr="000A656E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00AF011B">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="008A5C36">
-[...23 lines deleted...]
-      <w:r w:rsidR="008A5C36">
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00AF011B">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="008A5C36">
-[...23 lines deleted...]
-      <w:r w:rsidR="008A5C36">
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00AF011B">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="008A5C36">
-[...23 lines deleted...]
-      <w:r w:rsidR="008A5C36">
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00AF011B">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="008A5C36">
-[...32 lines deleted...]
-      <w:r w:rsidR="005A21A7">
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00AA2325">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:tab/>
-        <w:t>N</w:t>
-[...4 lines deleted...]
-      <w:r w:rsidR="005A21A7">
+        <w:t>Ther</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>apiesprache-n</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00AF011B">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="008A5C36">
-[...23 lines deleted...]
-      <w:r w:rsidR="008A5C36">
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00AF011B">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="008A5C36">
-[...23 lines deleted...]
-      <w:r w:rsidR="008A5C36">
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00AF011B">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="008A5C36">
-[...32 lines deleted...]
-      <w:r w:rsidR="005A21A7">
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="005A21A7">
+      <w:r w:rsidRPr="00AF011B">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="005A21A7">
-[...32 lines deleted...]
-      <w:r w:rsidR="005A21A7">
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4251E2A6" w14:textId="21FE9718" w:rsidR="00CB702E" w:rsidRDefault="00B42662" w:rsidP="00085DD9">
+    <w:p w14:paraId="78829435" w14:textId="4C10674D" w:rsidR="00CB702E" w:rsidRPr="00CB185E" w:rsidRDefault="00AF011B" w:rsidP="005460F0">
       <w:pPr>
         <w:pStyle w:val="06btexteprincipalsansespacebloc"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2268"/>
           <w:tab w:val="left" w:pos="4962"/>
           <w:tab w:val="left" w:pos="7088"/>
         </w:tabs>
         <w:spacing w:after="120"/>
-      </w:pPr>
-[...9 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB185E">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Tel.</w:t>
+      </w:r>
+      <w:r w:rsidR="0070602E">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> beruflich</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="00CB185E">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00CB702E">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="00CB185E">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
-[...35 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="00CB185E">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
-[...35 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="00CB185E">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
-[...35 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="00CB185E">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
-[...35 lines deleted...]
-      <w:r w:rsidR="005A21A7">
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="0070602E">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...10 lines deleted...]
-      <w:r w:rsidR="005A21A7">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0070602E">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Mobil</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="00CB185E">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="005A21A7">
+      <w:r w:rsidR="00CB702E">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="005A21A7">
+      <w:r w:rsidR="00CB702E" w:rsidRPr="00CB185E">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="005A21A7">
-[...35 lines deleted...]
-      <w:r w:rsidR="005A21A7">
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="005A21A7">
+      <w:r w:rsidR="00CB702E" w:rsidRPr="00CB185E">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="005A21A7">
-[...35 lines deleted...]
-      <w:r w:rsidR="005A21A7">
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="005A21A7">
+      <w:r w:rsidR="00CB702E" w:rsidRPr="00CB185E">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="005A21A7">
-[...35 lines deleted...]
-      <w:r w:rsidR="005A21A7">
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="005A21A7">
+      <w:r w:rsidR="00CB702E" w:rsidRPr="00CB185E">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="005A21A7">
-[...32 lines deleted...]
-      <w:r w:rsidR="005A21A7">
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A70C322" w14:textId="05BF49F5" w:rsidR="00CB702E" w:rsidRDefault="00CB702E" w:rsidP="00085DD9">
+    <w:p w14:paraId="7F725970" w14:textId="2C57D2A2" w:rsidR="00CB702E" w:rsidRPr="00742516" w:rsidRDefault="0070602E" w:rsidP="005460F0">
       <w:pPr>
         <w:pStyle w:val="06btexteprincipalsansespacebloc"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2268"/>
           <w:tab w:val="left" w:pos="4962"/>
           <w:tab w:val="left" w:pos="7088"/>
         </w:tabs>
         <w:spacing w:after="120"/>
-      </w:pPr>
-[...3 lines deleted...]
-      <w:r w:rsidR="00B42662">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00742516">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">E-Mail </w:t>
+      </w:r>
+      <w:r w:rsidR="007E0BDD" w:rsidRPr="00742516">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Geschäft</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00E0442A" w:rsidRPr="00742516">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="00742516">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="00742516">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="00742516">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="00742516">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="00742516">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="007C1192" w:rsidRPr="00742516">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Internetseite</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="00742516">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="00742516">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="00742516">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="00742516">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="00742516">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60DE1113" w14:textId="3946CB7E" w:rsidR="00CB702E" w:rsidRPr="00180DF1" w:rsidRDefault="00DB6DBE" w:rsidP="00CB702E">
+      <w:pPr>
+        <w:pStyle w:val="06btexteprincipalsansespacebloc"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2268"/>
+          <w:tab w:val="left" w:pos="4962"/>
+          <w:tab w:val="left" w:pos="7088"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="_Hlk179795670"/>
+      <w:r w:rsidRPr="000A656E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidR="00DD5A17" w:rsidRPr="00DD5A17">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:kern w:val="2"/>
+          <w:lang w:val="de-CH" w:eastAsia="en-US"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00DD5A17" w:rsidRPr="00DD5A17">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Eine Region entspricht einem der 7 Bezirke des Kantons Freiburg, einschliesslich der angrenzenden ausserkantonalen Gebiete</w:t>
+      </w:r>
+      <w:r w:rsidR="007E66F6">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="000A656E" w:rsidRPr="000A656E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gemäss Art. 2 Abs. 3 der </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="00EB3060">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:instrText>HYPERLINK "https://www.fr.ch/de/media/497446"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="000A656E" w:rsidRPr="00854F01">
+        <w:rPr>
+          <w:rStyle w:val="Lienhypertexte"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Richtlinien</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Lienhypertexte"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CFEFB94" w14:textId="77777777" w:rsidR="007E0BDD" w:rsidRPr="00180DF1" w:rsidRDefault="007E0BDD" w:rsidP="00CB702E">
+      <w:pPr>
+        <w:pStyle w:val="06btexteprincipalsansespacebloc"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2268"/>
+          <w:tab w:val="left" w:pos="4962"/>
+          <w:tab w:val="left" w:pos="7088"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4241FB9D" w14:textId="62DD9895" w:rsidR="00205610" w:rsidRPr="00AF011B" w:rsidRDefault="00AF011B" w:rsidP="00CB702E">
+      <w:pPr>
+        <w:pStyle w:val="05objet"/>
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF011B">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Korrespondenz</w:t>
+      </w:r>
+      <w:r w:rsidR="004F672E">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>adresse</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="785E9D95" w14:textId="2DAA0036" w:rsidR="00CB702E" w:rsidRPr="00AF011B" w:rsidRDefault="00CB702E" w:rsidP="00B14689">
+      <w:pPr>
+        <w:pStyle w:val="06btexteprincipalsansespacebloc"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2268"/>
+          <w:tab w:val="left" w:pos="5954"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="CaseACocher7"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="9" w:name="CaseACocher7"/>
+      <w:r w:rsidRPr="00AF011B">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="00AF011B">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF011B" w:rsidRPr="00AF011B">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Privatadresse</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF011B">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
+            <w:name w:val="CaseACocher8"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="10" w:name="CaseACocher8"/>
+      <w:r w:rsidRPr="00AF011B">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="00AF011B">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0070602E">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Künftige </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0070602E">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Berufsa</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF011B">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>dresse</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF011B">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="CaseACocher9"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="11" w:name="CaseACocher9"/>
+      <w:r w:rsidRPr="00AF011B">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="00AF011B">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E0442A">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Wenn </w:t>
+      </w:r>
+      <w:r w:rsidR="0070602E">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>keine von beiden</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60D05E61" w14:textId="670011AE" w:rsidR="00CB702E" w:rsidRPr="00CB185E" w:rsidRDefault="00E0442A" w:rsidP="00B14689">
+      <w:pPr>
+        <w:pStyle w:val="06btexteprincipalsansespacebloc"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2268"/>
+          <w:tab w:val="left" w:pos="5954"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB185E">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Strasse</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="00CB185E">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>, N</w:t>
+      </w:r>
+      <w:r w:rsidR="00A02499">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>r.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="00CB185E">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
             <w:name w:val="Texte5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="00CB185E">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
-[...35 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="00CB185E">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
-[...35 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="00CB185E">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
-[...35 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="00CB185E">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
-[...235 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D3589BE" w14:textId="36BB757B" w:rsidR="00CB702E" w:rsidRDefault="00CB702E" w:rsidP="00085DD9">
+    <w:p w14:paraId="34C195D1" w14:textId="15A19FE6" w:rsidR="00CB702E" w:rsidRPr="00E0442A" w:rsidRDefault="00E0442A" w:rsidP="00B14689">
       <w:pPr>
         <w:pStyle w:val="06btexteprincipalsansespacebloc"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2268"/>
           <w:tab w:val="left" w:pos="4962"/>
           <w:tab w:val="left" w:pos="7088"/>
         </w:tabs>
         <w:spacing w:after="120"/>
-      </w:pPr>
-[...8 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E0442A">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>PLZ</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="00E0442A">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E0442A">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Ort</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="00E0442A">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00CB702E">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="00E0442A">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
-[...35 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="00E0442A">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
-[...35 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="00E0442A">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
-[...35 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00CB702E" w:rsidRPr="00E0442A">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
-[...235 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00CB702E">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB702E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="101B29B9" w14:textId="131AE1EF" w:rsidR="00F549F4" w:rsidRPr="000213E6" w:rsidRDefault="00111959" w:rsidP="00111959">
+    <w:p w14:paraId="3450DC56" w14:textId="4B8906FB" w:rsidR="000F3629" w:rsidRDefault="000F3629" w:rsidP="002F55C3">
+      <w:pPr>
+        <w:pStyle w:val="06btexteprincipalsansespacebloc"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="underscore" w:pos="9637"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08AB42FE" w14:textId="77777777" w:rsidR="002F55C3" w:rsidRPr="00E0442A" w:rsidRDefault="00E0442A" w:rsidP="002F55C3">
+      <w:pPr>
+        <w:pStyle w:val="05objet"/>
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E0442A">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Geplante berufliche T</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>ätigkeit</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D35CB77" w14:textId="39B38A4A" w:rsidR="002F55C3" w:rsidRPr="00E0442A" w:rsidRDefault="00E0442A" w:rsidP="00B14689">
       <w:pPr>
         <w:pStyle w:val="06btexteprincipalsansespacebloc"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2268"/>
-          <w:tab w:val="left" w:pos="4962"/>
+          <w:tab w:val="left" w:pos="5670"/>
           <w:tab w:val="left" w:pos="7088"/>
         </w:tabs>
         <w:spacing w:after="120"/>
-      </w:pPr>
-[...12 lines deleted...]
-        <w:br/>
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E0442A">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Anzahl </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC1CA2">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">gewünschter </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE5E9D">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Einheiten</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC1CA2">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001E4AA4">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>zu</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC1CA2">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 60 Minuten</w:t>
+      </w:r>
+      <w:r w:rsidR="002F55C3" w:rsidRPr="00E0442A">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0070602E">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Voraussichtlich</w:t>
+      </w:r>
+      <w:r w:rsidR="00223B35">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>e Aufnahme der Tätigkeit</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A4D6B25" w14:textId="38D4A44D" w:rsidR="00CB702E" w:rsidRDefault="00CB702E" w:rsidP="00085DD9">
-[...8 lines deleted...]
-    <w:p w14:paraId="5714337F" w14:textId="77777777" w:rsidR="00CB702E" w:rsidRDefault="00CB702E" w:rsidP="00085DD9">
+    <w:p w14:paraId="03CB5443" w14:textId="44AADF97" w:rsidR="002F55C3" w:rsidRDefault="002F55C3" w:rsidP="00B14689">
       <w:pPr>
         <w:pStyle w:val="06btexteprincipalsansespacebloc"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2268"/>
-          <w:tab w:val="left" w:pos="5954"/>
-[...308 lines deleted...]
-          <w:tab w:val="left" w:pos="4962"/>
+          <w:tab w:val="left" w:pos="5670"/>
           <w:tab w:val="left" w:pos="7088"/>
         </w:tabs>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
-        <w:t>NPA, localité</w:t>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="008A5C36">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
@@ -5296,6706 +6838,7111 @@
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="008A5C36">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="008A5C36">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="008A5C36">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F9C92D2" w14:textId="77777777" w:rsidR="002F55C3" w:rsidRDefault="002F55C3" w:rsidP="00085DD9">
-[...452 lines deleted...]
-    <w:p w14:paraId="01A4A85F" w14:textId="478F49F2" w:rsidR="009547AE" w:rsidRDefault="009547AE" w:rsidP="00085DD9">
+    <w:p w14:paraId="0F64F9F3" w14:textId="77777777" w:rsidR="001F4CFA" w:rsidRDefault="001F4CFA" w:rsidP="00367C8E">
       <w:pPr>
         <w:pStyle w:val="06btexteprincipalsansespacebloc"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="underscore" w:pos="9637"/>
         </w:tabs>
         <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3597D914" w14:textId="273ED103" w:rsidR="007F7000" w:rsidRPr="00F62AE6" w:rsidRDefault="007F7000" w:rsidP="00085DD9">
+    <w:p w14:paraId="4474F09E" w14:textId="28C06F58" w:rsidR="00FD3116" w:rsidRPr="00FD3116" w:rsidRDefault="00FD3116" w:rsidP="00FD3116">
       <w:pPr>
         <w:pStyle w:val="06btexteprincipalsansespacebloc"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="underscore" w:pos="9637"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F62AE6">
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD3116">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-        <w:t xml:space="preserve">Tableau d’équivalence entre nombre d’unités et taux d’activité : </w:t>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Vergleich</w:t>
+      </w:r>
+      <w:r w:rsidR="000244AB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD3116">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tabelle zwischen Anzahl Einheiten und </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Beschäftigungsgrad</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD3116">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:tblpXSpec="center" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
-        <w:tblW w:w="6237" w:type="dxa"/>
+        <w:tblW w:w="6374" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3402"/>
-        <w:gridCol w:w="2835"/>
+        <w:gridCol w:w="2972"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007D3BCF" w:rsidRPr="007D3BCF" w14:paraId="1EF8C445" w14:textId="77777777" w:rsidTr="00647774">
+      <w:tr w:rsidR="00FD3116" w:rsidRPr="007D3BCF" w14:paraId="4E14B712" w14:textId="77777777" w:rsidTr="00B22EF7">
         <w:trPr>
           <w:trHeight w:val="290"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="72853D5E" w14:textId="77777777" w:rsidR="007D3BCF" w:rsidRPr="00647774" w:rsidRDefault="007D3BCF" w:rsidP="007D3BCF">
+          <w:p w14:paraId="553FBF41" w14:textId="31CD8415" w:rsidR="00FD3116" w:rsidRPr="00647774" w:rsidRDefault="00FD3116" w:rsidP="00B22EF7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00647774">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
               </w:rPr>
-              <w:t>Nombre d'unités</w:t>
+              <w:t>Anzahl Einheiten</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2972" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6AC4E7AD" w14:textId="77777777" w:rsidR="007D3BCF" w:rsidRPr="00647774" w:rsidRDefault="007D3BCF" w:rsidP="007D3BCF">
+          <w:p w14:paraId="099902FF" w14:textId="759ECAFB" w:rsidR="00FD3116" w:rsidRPr="00647774" w:rsidRDefault="00FD3116" w:rsidP="00B22EF7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00647774">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
               </w:rPr>
-              <w:t>Taux d'activité</w:t>
+              <w:t>Beschäftigungsgrad</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007D3BCF" w:rsidRPr="007D3BCF" w14:paraId="576BCBB8" w14:textId="77777777" w:rsidTr="00647774">
+      <w:tr w:rsidR="00FD3116" w:rsidRPr="007D3BCF" w14:paraId="5F1D5B77" w14:textId="77777777" w:rsidTr="00B22EF7">
         <w:trPr>
           <w:trHeight w:val="290"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="488E5E9C" w14:textId="77777777" w:rsidR="007D3BCF" w:rsidRPr="00647774" w:rsidRDefault="007D3BCF" w:rsidP="007D3BCF">
+          <w:p w14:paraId="0BBFFD7E" w14:textId="25A81EB3" w:rsidR="00FD3116" w:rsidRPr="00647774" w:rsidRDefault="00FD3116" w:rsidP="00A9017D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00647774">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
               </w:rPr>
-              <w:t xml:space="preserve">133 unités de 60 minutes </w:t>
+              <w:t xml:space="preserve">133 </w:t>
+            </w:r>
+            <w:r w:rsidR="000244AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
+              </w:rPr>
+              <w:t>Einheiten zu</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00647774">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 60 </w:t>
+            </w:r>
+            <w:r w:rsidR="000244AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
+              </w:rPr>
+              <w:t>Minuten</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00647774">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2972" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4B675D1C" w14:textId="77777777" w:rsidR="007D3BCF" w:rsidRPr="00647774" w:rsidRDefault="007D3BCF" w:rsidP="007D3BCF">
+          <w:p w14:paraId="5F6C76FB" w14:textId="77777777" w:rsidR="00FD3116" w:rsidRPr="00647774" w:rsidRDefault="00FD3116" w:rsidP="00A9017D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00647774">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
               </w:rPr>
               <w:t>10%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007D3BCF" w:rsidRPr="007D3BCF" w14:paraId="42EF3263" w14:textId="77777777" w:rsidTr="00647774">
+      <w:tr w:rsidR="00FD3116" w:rsidRPr="007D3BCF" w14:paraId="13C18629" w14:textId="77777777" w:rsidTr="00B22EF7">
         <w:trPr>
           <w:trHeight w:val="290"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5D7335CC" w14:textId="77777777" w:rsidR="007D3BCF" w:rsidRPr="00647774" w:rsidRDefault="007D3BCF" w:rsidP="007D3BCF">
+          <w:p w14:paraId="044ACDBC" w14:textId="6C1A2DC5" w:rsidR="00FD3116" w:rsidRPr="00647774" w:rsidRDefault="00FD3116" w:rsidP="00A9017D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00647774">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
               </w:rPr>
-              <w:t xml:space="preserve">266 unités de 60 minutes </w:t>
+              <w:t xml:space="preserve">266 </w:t>
+            </w:r>
+            <w:r w:rsidR="000244AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
+              </w:rPr>
+              <w:t>Einheiten zu</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00647774">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 60 </w:t>
+            </w:r>
+            <w:r w:rsidR="000244AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
+              </w:rPr>
+              <w:t>Minuten</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00647774">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2972" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="761FF461" w14:textId="77777777" w:rsidR="007D3BCF" w:rsidRPr="00647774" w:rsidRDefault="007D3BCF" w:rsidP="007D3BCF">
+          <w:p w14:paraId="44C34F2F" w14:textId="77777777" w:rsidR="00FD3116" w:rsidRPr="00647774" w:rsidRDefault="00FD3116" w:rsidP="00A9017D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00647774">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
               </w:rPr>
               <w:t>20%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007D3BCF" w:rsidRPr="007D3BCF" w14:paraId="390131AB" w14:textId="77777777" w:rsidTr="00647774">
+      <w:tr w:rsidR="00FD3116" w:rsidRPr="007D3BCF" w14:paraId="17DBC31F" w14:textId="77777777" w:rsidTr="00B22EF7">
         <w:trPr>
           <w:trHeight w:val="290"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6D6CD142" w14:textId="77777777" w:rsidR="007D3BCF" w:rsidRPr="00647774" w:rsidRDefault="007D3BCF" w:rsidP="007D3BCF">
+          <w:p w14:paraId="02447C55" w14:textId="0B4CF4ED" w:rsidR="00FD3116" w:rsidRPr="00647774" w:rsidRDefault="00FD3116" w:rsidP="00A9017D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00647774">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
               </w:rPr>
-              <w:t xml:space="preserve">399 unités de 60 minutes </w:t>
+              <w:t xml:space="preserve">399 </w:t>
+            </w:r>
+            <w:r w:rsidR="000244AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
+              </w:rPr>
+              <w:t>Einheiten zu</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00647774">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 60 </w:t>
+            </w:r>
+            <w:r w:rsidR="000244AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
+              </w:rPr>
+              <w:t>Minuten</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00647774">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2972" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3EF430CE" w14:textId="77777777" w:rsidR="007D3BCF" w:rsidRPr="00647774" w:rsidRDefault="007D3BCF" w:rsidP="007D3BCF">
+          <w:p w14:paraId="18628D84" w14:textId="77777777" w:rsidR="00FD3116" w:rsidRPr="00647774" w:rsidRDefault="00FD3116" w:rsidP="00A9017D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00647774">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
               </w:rPr>
               <w:t>30%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007D3BCF" w:rsidRPr="007D3BCF" w14:paraId="60E3F3E0" w14:textId="77777777" w:rsidTr="00647774">
+      <w:tr w:rsidR="00FD3116" w:rsidRPr="007D3BCF" w14:paraId="15F615ED" w14:textId="77777777" w:rsidTr="00B22EF7">
         <w:trPr>
           <w:trHeight w:val="290"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7DDB36FF" w14:textId="77777777" w:rsidR="007D3BCF" w:rsidRPr="00647774" w:rsidRDefault="007D3BCF" w:rsidP="007D3BCF">
+          <w:p w14:paraId="64D92F49" w14:textId="61743026" w:rsidR="00FD3116" w:rsidRPr="00647774" w:rsidRDefault="00FD3116" w:rsidP="00A9017D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00647774">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
               </w:rPr>
-              <w:t xml:space="preserve">534 unités de 60 minutes </w:t>
+              <w:t xml:space="preserve">534 </w:t>
+            </w:r>
+            <w:r w:rsidR="000244AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
+              </w:rPr>
+              <w:t>Einheiten zu</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00647774">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 60 </w:t>
+            </w:r>
+            <w:r w:rsidR="000244AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
+              </w:rPr>
+              <w:t>Minuten</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00647774">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2972" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6E196FD3" w14:textId="77777777" w:rsidR="007D3BCF" w:rsidRPr="00647774" w:rsidRDefault="007D3BCF" w:rsidP="007D3BCF">
+          <w:p w14:paraId="7AF7F81B" w14:textId="77777777" w:rsidR="00FD3116" w:rsidRPr="00647774" w:rsidRDefault="00FD3116" w:rsidP="00A9017D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00647774">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
               </w:rPr>
               <w:t>40%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007D3BCF" w:rsidRPr="007D3BCF" w14:paraId="0D5B609E" w14:textId="77777777" w:rsidTr="00647774">
+      <w:tr w:rsidR="00FD3116" w:rsidRPr="007D3BCF" w14:paraId="64D2CB6D" w14:textId="77777777" w:rsidTr="00B22EF7">
         <w:trPr>
           <w:trHeight w:val="290"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="240FCCE4" w14:textId="77777777" w:rsidR="007D3BCF" w:rsidRPr="00647774" w:rsidRDefault="007D3BCF" w:rsidP="007D3BCF">
+          <w:p w14:paraId="1CB3F127" w14:textId="4DD752FC" w:rsidR="00FD3116" w:rsidRPr="00647774" w:rsidRDefault="00FD3116" w:rsidP="00A9017D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00647774">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
               </w:rPr>
-              <w:t xml:space="preserve">665 unités de 60 minutes </w:t>
+              <w:t xml:space="preserve">665 </w:t>
+            </w:r>
+            <w:r w:rsidR="000244AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
+              </w:rPr>
+              <w:t>Einheiten zu</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00647774">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 60 </w:t>
+            </w:r>
+            <w:r w:rsidR="000244AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
+              </w:rPr>
+              <w:t>Minuten</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00647774">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2972" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="23E46DF7" w14:textId="77777777" w:rsidR="007D3BCF" w:rsidRPr="00647774" w:rsidRDefault="007D3BCF" w:rsidP="007D3BCF">
+          <w:p w14:paraId="3E3726A8" w14:textId="77777777" w:rsidR="00FD3116" w:rsidRPr="00647774" w:rsidRDefault="00FD3116" w:rsidP="00A9017D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00647774">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
               </w:rPr>
               <w:t>50%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007D3BCF" w:rsidRPr="007D3BCF" w14:paraId="4B78B923" w14:textId="77777777" w:rsidTr="00647774">
+      <w:tr w:rsidR="00FD3116" w:rsidRPr="007D3BCF" w14:paraId="4CD72268" w14:textId="77777777" w:rsidTr="00B22EF7">
         <w:trPr>
           <w:trHeight w:val="290"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0596569B" w14:textId="77777777" w:rsidR="007D3BCF" w:rsidRPr="00647774" w:rsidRDefault="007D3BCF" w:rsidP="007D3BCF">
+          <w:p w14:paraId="05D310FC" w14:textId="416389C9" w:rsidR="00FD3116" w:rsidRPr="00647774" w:rsidRDefault="00FD3116" w:rsidP="00A9017D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00647774">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
               </w:rPr>
-              <w:t xml:space="preserve">798 unités de 60 minutes </w:t>
+              <w:t xml:space="preserve">798 </w:t>
+            </w:r>
+            <w:r w:rsidR="000244AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
+              </w:rPr>
+              <w:t>Einheiten zu</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00647774">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 60 </w:t>
+            </w:r>
+            <w:r w:rsidR="000244AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
+              </w:rPr>
+              <w:t>Minuten</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00647774">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2972" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="32503E74" w14:textId="77777777" w:rsidR="007D3BCF" w:rsidRPr="00647774" w:rsidRDefault="007D3BCF" w:rsidP="007D3BCF">
+          <w:p w14:paraId="0D3F34BE" w14:textId="77777777" w:rsidR="00FD3116" w:rsidRPr="00647774" w:rsidRDefault="00FD3116" w:rsidP="00A9017D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00647774">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
               </w:rPr>
               <w:t>60%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007D3BCF" w:rsidRPr="007D3BCF" w14:paraId="3B5CA7BC" w14:textId="77777777" w:rsidTr="00647774">
+      <w:tr w:rsidR="00FD3116" w:rsidRPr="007D3BCF" w14:paraId="09036E91" w14:textId="77777777" w:rsidTr="00B22EF7">
         <w:trPr>
           <w:trHeight w:val="290"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="71635B1D" w14:textId="77777777" w:rsidR="007D3BCF" w:rsidRPr="00647774" w:rsidRDefault="007D3BCF" w:rsidP="007D3BCF">
+          <w:p w14:paraId="744FD143" w14:textId="6624843D" w:rsidR="00FD3116" w:rsidRPr="00647774" w:rsidRDefault="00FD3116" w:rsidP="00A9017D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00647774">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
               </w:rPr>
-              <w:t xml:space="preserve">931 unités de 60 minutes </w:t>
+              <w:t xml:space="preserve">931 </w:t>
+            </w:r>
+            <w:r w:rsidR="000244AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
+              </w:rPr>
+              <w:t>Einheiten zu</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00647774">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 60 </w:t>
+            </w:r>
+            <w:r w:rsidR="000244AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
+              </w:rPr>
+              <w:t>Minuten</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00647774">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2972" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0D59714F" w14:textId="77777777" w:rsidR="007D3BCF" w:rsidRPr="00647774" w:rsidRDefault="007D3BCF" w:rsidP="007D3BCF">
+          <w:p w14:paraId="351BDD3E" w14:textId="77777777" w:rsidR="00FD3116" w:rsidRPr="00647774" w:rsidRDefault="00FD3116" w:rsidP="00A9017D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00647774">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
               </w:rPr>
               <w:t>70%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007D3BCF" w:rsidRPr="007D3BCF" w14:paraId="6095DE2E" w14:textId="77777777" w:rsidTr="00647774">
+      <w:tr w:rsidR="00FD3116" w:rsidRPr="007D3BCF" w14:paraId="651B09A9" w14:textId="77777777" w:rsidTr="00B22EF7">
         <w:trPr>
           <w:trHeight w:val="290"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6C9BAE70" w14:textId="77777777" w:rsidR="007D3BCF" w:rsidRPr="00647774" w:rsidRDefault="007D3BCF" w:rsidP="007D3BCF">
+          <w:p w14:paraId="63B55863" w14:textId="5A3C9767" w:rsidR="00FD3116" w:rsidRPr="00647774" w:rsidRDefault="00FD3116" w:rsidP="00A9017D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00647774">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
               </w:rPr>
-              <w:t xml:space="preserve">1064 unités de 60 minutes </w:t>
+              <w:t xml:space="preserve">1064 </w:t>
+            </w:r>
+            <w:r w:rsidR="000244AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
+              </w:rPr>
+              <w:t>Einheiten zu</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00647774">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 60 </w:t>
+            </w:r>
+            <w:r w:rsidR="000244AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
+              </w:rPr>
+              <w:t>Minuten</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00647774">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2972" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5B838BC5" w14:textId="77777777" w:rsidR="007D3BCF" w:rsidRPr="00647774" w:rsidRDefault="007D3BCF" w:rsidP="007D3BCF">
+          <w:p w14:paraId="3F0CB225" w14:textId="77777777" w:rsidR="00FD3116" w:rsidRPr="00647774" w:rsidRDefault="00FD3116" w:rsidP="00A9017D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00647774">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
               </w:rPr>
               <w:t>80%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007D3BCF" w:rsidRPr="007D3BCF" w14:paraId="4ED5EA2E" w14:textId="77777777" w:rsidTr="00647774">
+      <w:tr w:rsidR="00FD3116" w:rsidRPr="007D3BCF" w14:paraId="74A148CC" w14:textId="77777777" w:rsidTr="00B22EF7">
         <w:trPr>
           <w:trHeight w:val="290"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="70796DD7" w14:textId="77777777" w:rsidR="007D3BCF" w:rsidRPr="00647774" w:rsidRDefault="007D3BCF" w:rsidP="007D3BCF">
+          <w:p w14:paraId="594E7887" w14:textId="67CD4C4A" w:rsidR="00FD3116" w:rsidRPr="00647774" w:rsidRDefault="00FD3116" w:rsidP="00A9017D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00647774">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
               </w:rPr>
-              <w:t xml:space="preserve">1197 unités de 60 minutes </w:t>
+              <w:t xml:space="preserve">1197 </w:t>
+            </w:r>
+            <w:r w:rsidR="000244AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
+              </w:rPr>
+              <w:t>Einheiten zu</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00647774">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 60 </w:t>
+            </w:r>
+            <w:r w:rsidR="000244AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
+              </w:rPr>
+              <w:t>Minuten</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00647774">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2972" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6D7C264B" w14:textId="77777777" w:rsidR="007D3BCF" w:rsidRPr="00647774" w:rsidRDefault="007D3BCF" w:rsidP="007D3BCF">
+          <w:p w14:paraId="3272AE9B" w14:textId="77777777" w:rsidR="00FD3116" w:rsidRPr="00647774" w:rsidRDefault="00FD3116" w:rsidP="00A9017D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00647774">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
               </w:rPr>
               <w:t>90%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007D3BCF" w:rsidRPr="007D3BCF" w14:paraId="35C83536" w14:textId="77777777" w:rsidTr="00647774">
+      <w:tr w:rsidR="00FD3116" w:rsidRPr="007D3BCF" w14:paraId="4935BAB1" w14:textId="77777777" w:rsidTr="00B22EF7">
         <w:trPr>
           <w:trHeight w:val="290"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7F85C5F1" w14:textId="77777777" w:rsidR="007D3BCF" w:rsidRPr="00647774" w:rsidRDefault="007D3BCF" w:rsidP="007D3BCF">
+          <w:p w14:paraId="6A72A7CD" w14:textId="493F9EEB" w:rsidR="00FD3116" w:rsidRPr="00647774" w:rsidRDefault="00FD3116" w:rsidP="00A9017D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00647774">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
               </w:rPr>
-              <w:t xml:space="preserve">1330 unités de 60 minutes </w:t>
+              <w:t xml:space="preserve">1330 </w:t>
+            </w:r>
+            <w:r w:rsidR="000244AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
+              </w:rPr>
+              <w:t>Einheiten zu</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00647774">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 60 </w:t>
+            </w:r>
+            <w:r w:rsidR="000244AB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
+              </w:rPr>
+              <w:t>Minuten</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00647774">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2972" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="56E8A329" w14:textId="77777777" w:rsidR="007D3BCF" w:rsidRPr="00647774" w:rsidRDefault="007D3BCF" w:rsidP="007D3BCF">
+          <w:p w14:paraId="4B9C60AD" w14:textId="77777777" w:rsidR="00FD3116" w:rsidRPr="00647774" w:rsidRDefault="00FD3116" w:rsidP="00A9017D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00647774">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
               </w:rPr>
               <w:t>100%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3DFA7047" w14:textId="351C2966" w:rsidR="002F55C3" w:rsidRDefault="002F55C3" w:rsidP="00085DD9">
+    <w:p w14:paraId="2D47FD15" w14:textId="77777777" w:rsidR="00FD3116" w:rsidRDefault="00FD3116" w:rsidP="00FD3116">
       <w:pPr>
         <w:pStyle w:val="06btexteprincipalsansespacebloc"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="underscore" w:pos="9637"/>
         </w:tabs>
         <w:spacing w:after="120"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="24EA58B9" w14:textId="77777777" w:rsidR="00085DD9" w:rsidRDefault="00085DD9" w:rsidP="00085DD9">
+    <w:p w14:paraId="12F2D3E9" w14:textId="77777777" w:rsidR="00FD3116" w:rsidRDefault="00FD3116" w:rsidP="00FD3116">
       <w:pPr>
         <w:pStyle w:val="05objet"/>
         <w:spacing w:after="120"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6BE1E2AC" w14:textId="77777777" w:rsidR="005B624A" w:rsidRDefault="005B624A" w:rsidP="00085DD9">
+    <w:p w14:paraId="08B84DF7" w14:textId="77777777" w:rsidR="00FD3116" w:rsidRDefault="00FD3116" w:rsidP="00FD3116">
       <w:pPr>
         <w:pStyle w:val="05objet"/>
         <w:spacing w:after="120"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4F3498ED" w14:textId="77777777" w:rsidR="005B624A" w:rsidRDefault="005B624A" w:rsidP="00085DD9">
+    <w:p w14:paraId="2193B8AD" w14:textId="77777777" w:rsidR="00FD3116" w:rsidRDefault="00FD3116" w:rsidP="00FD3116">
       <w:pPr>
         <w:pStyle w:val="05objet"/>
         <w:spacing w:after="120"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1724FD94" w14:textId="77777777" w:rsidR="005B624A" w:rsidRDefault="005B624A" w:rsidP="00085DD9">
+    <w:p w14:paraId="3B208450" w14:textId="77777777" w:rsidR="00FD3116" w:rsidRDefault="00FD3116" w:rsidP="00FD3116">
       <w:pPr>
         <w:pStyle w:val="05objet"/>
         <w:spacing w:after="120"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="60BC6C8C" w14:textId="77777777" w:rsidR="005B624A" w:rsidRDefault="005B624A" w:rsidP="00085DD9">
-[...11 lines deleted...]
-    <w:p w14:paraId="13FBFD42" w14:textId="77777777" w:rsidR="005B624A" w:rsidRDefault="005B624A" w:rsidP="005B624A">
+    <w:p w14:paraId="6980C521" w14:textId="77777777" w:rsidR="00FD3116" w:rsidRDefault="00FD3116" w:rsidP="00FD3116">
       <w:pPr>
         <w:pStyle w:val="06btexteprincipalsansespacebloc"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="underscore" w:pos="9637"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4FDA64E9" w14:textId="0C8F23F9" w:rsidR="005B624A" w:rsidRDefault="00647774" w:rsidP="00647774">
+    <w:p w14:paraId="47F03734" w14:textId="77777777" w:rsidR="005D4931" w:rsidRDefault="005D4931" w:rsidP="00FD3116">
       <w:pPr>
         <w:pStyle w:val="06btexteprincipalsansespacebloc"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="underscore" w:pos="9637"/>
         </w:tabs>
         <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1701"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...19 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="351EFF10" w14:textId="77777777" w:rsidR="005B624A" w:rsidRDefault="005B624A" w:rsidP="00085DD9">
-[...4729 lines deleted...]
-    <w:p w14:paraId="13D771BC" w14:textId="77777777" w:rsidR="002F55C3" w:rsidRDefault="002F55C3" w:rsidP="002F55C3">
+    <w:p w14:paraId="62025A67" w14:textId="77777777" w:rsidR="005D4931" w:rsidRDefault="005D4931" w:rsidP="00FD3116">
       <w:pPr>
         <w:pStyle w:val="06btexteprincipalsansespacebloc"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="underscore" w:pos="9637"/>
         </w:tabs>
+        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1701"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C177B8D" w14:textId="0F53047A" w:rsidR="00FD3116" w:rsidRPr="00B22EF7" w:rsidRDefault="00FD3116" w:rsidP="00FD3116">
+      <w:pPr>
+        <w:pStyle w:val="06btexteprincipalsansespacebloc"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="underscore" w:pos="9637"/>
+        </w:tabs>
+        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1701"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B22EF7">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>10% = ein halber Arbeitstag</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="147DC3AD" w14:textId="2FD5A603" w:rsidR="002F55C3" w:rsidRPr="005B66FA" w:rsidRDefault="00E0442A" w:rsidP="002F55C3">
+      <w:pPr>
+        <w:pStyle w:val="05objet"/>
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B66FA">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Bemerkungen oder zusätzliche Informationen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37C88419" w14:textId="77777777" w:rsidR="002F55C3" w:rsidRDefault="002F55C3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C36">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="228096C7" w14:textId="77777777" w:rsidR="002F55C3" w:rsidRDefault="002F55C3" w:rsidP="002F55C3">
+      <w:pPr>
+        <w:pStyle w:val="06btexteprincipalsansespacebloc"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="underscore" w:pos="9637"/>
+        </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B32E880" w14:textId="77777777" w:rsidR="002F55C3" w:rsidRDefault="002F55C3" w:rsidP="002F55C3">
+    <w:p w14:paraId="3A250A70" w14:textId="77777777" w:rsidR="002F55C3" w:rsidRDefault="002F55C3" w:rsidP="002F55C3">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-CH" w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7B0E60F8" w14:textId="77777777" w:rsidR="002F55C3" w:rsidRDefault="002F55C3" w:rsidP="002F55C3">
+    <w:p w14:paraId="3A0E42BB" w14:textId="2A311D11" w:rsidR="002F55C3" w:rsidRPr="00506777" w:rsidRDefault="003267CC" w:rsidP="002F55C3">
       <w:pPr>
         <w:pStyle w:val="06atexteprincipal"/>
         <w:rPr>
-          <w:lang w:val="fr-CH" w:eastAsia="de-DE"/>
-[...6 lines deleted...]
-        <w:t>Le requérant ou la requérante déclare avoir fourni des informations complètes et véridiques. En cas de réponse inexacte ou trompeuse, l’autorisation de pratique pourra être retirée.</w:t>
+          <w:lang w:val="de-CH" w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6D3F75AD">
+        <w:rPr>
+          <w:lang w:val="de-CH" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Die Antragstellerin, der Antragsteller </w:t>
+      </w:r>
+      <w:r w:rsidR="0070602E" w:rsidRPr="6D3F75AD">
+        <w:rPr>
+          <w:lang w:val="de-CH" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>bestätigt</w:t>
+      </w:r>
+      <w:r w:rsidR="00701344" w:rsidRPr="6D3F75AD">
+        <w:rPr>
+          <w:lang w:val="de-CH" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="0070602E" w:rsidRPr="6D3F75AD">
+        <w:rPr>
+          <w:lang w:val="de-CH" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6D3F75AD">
+        <w:rPr>
+          <w:lang w:val="de-CH" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vollständige und </w:t>
+      </w:r>
+      <w:r w:rsidR="00506777" w:rsidRPr="6D3F75AD">
+        <w:rPr>
+          <w:lang w:val="de-CH" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>wahrheitsgemässe</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6D3F75AD">
+        <w:rPr>
+          <w:lang w:val="de-CH" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0070602E" w:rsidRPr="6D3F75AD">
+        <w:rPr>
+          <w:lang w:val="de-CH" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Angaben gemacht zu haben</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6D3F75AD">
+        <w:rPr>
+          <w:lang w:val="de-CH" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00506777" w:rsidRPr="6D3F75AD">
+        <w:rPr>
+          <w:lang w:val="de-CH" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Bei falschen oder irreführenden Antworten kann die</w:t>
+      </w:r>
+      <w:r w:rsidR="00B33E45">
+        <w:rPr>
+          <w:lang w:val="de-CH" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Anerkennung</w:t>
+      </w:r>
+      <w:r w:rsidR="00506777" w:rsidRPr="6D3F75AD">
+        <w:rPr>
+          <w:lang w:val="de-CH" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0070602E" w:rsidRPr="6D3F75AD">
+        <w:rPr>
+          <w:lang w:val="de-CH" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>ent</w:t>
+      </w:r>
+      <w:r w:rsidR="00506777" w:rsidRPr="6D3F75AD">
+        <w:rPr>
+          <w:lang w:val="de-CH" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>zogen werden.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71AB0E90" w14:textId="77777777" w:rsidR="002F55C3" w:rsidRDefault="002F55C3" w:rsidP="002F55C3">
+    <w:p w14:paraId="5022C3D1" w14:textId="3E6B5672" w:rsidR="002F55C3" w:rsidRPr="00506777" w:rsidRDefault="00506777" w:rsidP="002F55C3">
       <w:pPr>
         <w:pStyle w:val="06atexteprincipal"/>
         <w:rPr>
-          <w:lang w:val="fr-CH" w:eastAsia="de-DE"/>
-[...6 lines deleted...]
-        <w:t>Le requérant ou la requérante est en outre tenu-e de signaler à l’autorité toute modification de sa situation professionnelle ou personnelle par rapport aux informations contenues dans la présente demande, en particulier les changements de nom ou d’adresse, la cessation et la reprise de son activité ainsi que le départ du canton.</w:t>
+          <w:lang w:val="de-CH" w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00506777">
+        <w:rPr>
+          <w:lang w:val="de-CH" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Die </w:t>
+      </w:r>
+      <w:r w:rsidR="00701344">
+        <w:rPr>
+          <w:lang w:val="de-CH" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>antragstellende</w:t>
+      </w:r>
+      <w:r w:rsidR="00205610">
+        <w:rPr>
+          <w:lang w:val="de-CH" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Person ist gehalten</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00506777">
+        <w:rPr>
+          <w:lang w:val="de-CH" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00205610">
+        <w:rPr>
+          <w:lang w:val="de-CH" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>der</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00506777">
+        <w:rPr>
+          <w:lang w:val="de-CH" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Behörde</w:t>
+      </w:r>
+      <w:r w:rsidR="00205610">
+        <w:rPr>
+          <w:lang w:val="de-CH" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> jede bedeutsame Änderung ihrer beruflichen oder persönlichen Situation mit Bezug auf die Angaben in diesem Antrag zu melden, insbesondere den Wechsel von Namen oder Berufsadresse, die Unterbrechung, Wiederaufnahme oder endgültige Einstellung der Berufstätigkeit sowie den Wegzug aus dem Kanton</w:t>
+      </w:r>
+      <w:r w:rsidR="009C483C">
+        <w:rPr>
+          <w:lang w:val="de-CH" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A5AAFE9" w14:textId="77777777" w:rsidR="002F55C3" w:rsidRDefault="002F55C3" w:rsidP="002F55C3">
+    <w:p w14:paraId="60BF187E" w14:textId="5781C17E" w:rsidR="002F55C3" w:rsidRPr="00CB185E" w:rsidRDefault="009C483C" w:rsidP="002F55C3">
       <w:pPr>
         <w:pStyle w:val="06atexteprincipal"/>
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="002F55C3">
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C483C">
         <w:rPr>
           <w:b/>
-        </w:rPr>
-        <w:t>Le requérant ou la requérante autorise l’autorité à se renseigner à son sujet auprès des institutions ayant délivré ses titres de formation ou leur équivalent, ainsi qu’auprès de ses employeurs et des autorités de surveillance cantonales, fédérales et étrangères. Il ou elle autorise ces derniers à communiquer à l’autorité tout renseignement nécessaire au traitement de la présente demande, en particulier toute information permettant d’établir que le requérant ou la requérante est digne de confiance.</w:t>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Die </w:t>
+      </w:r>
+      <w:r w:rsidR="00701344">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>antragstellende</w:t>
+      </w:r>
+      <w:r w:rsidR="00205610">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Person er</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB185E">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>mächtigt die Behörde, bei Institutionen, die ihre</w:t>
+      </w:r>
+      <w:r w:rsidR="00205610">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>n Ausbildungsnachweis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB185E">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> oder </w:t>
+      </w:r>
+      <w:r w:rsidR="00205610">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>dessen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB185E">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00205610">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Gleichwertigkeitsbestätigung</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB185E">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ausgestellt haben</w:t>
+      </w:r>
+      <w:r w:rsidR="00205610">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB185E">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sowie bei </w:t>
+      </w:r>
+      <w:r w:rsidR="00205610">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Arbeit</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB185E">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>geber</w:t>
+      </w:r>
+      <w:r w:rsidR="00205610">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB185E">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> und </w:t>
+      </w:r>
+      <w:r w:rsidR="00205610">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>kantonalen, eidgenössischen und ausländischen Auf</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB185E" w:rsidRPr="00CB185E">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>sichtsbehörden</w:t>
+      </w:r>
+      <w:r w:rsidR="00205610">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Auskünfte über sie einzuholen</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB185E" w:rsidRPr="00CB185E">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB185E">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00205610">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Sie</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB185E" w:rsidRPr="00CB185E">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00205610">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>ermächtigt diese Organe ausdrücklich, der Behörde alle Auskünfte zu erteilen, die für die Behandlung des Gesuchs notwendig sind, insbesondere alle zweckdienlichen Auskünfte zur Beurteilung der Vertrauenswürdigkeit</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB185E" w:rsidRPr="00CB185E">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB185E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F0EBA83" w14:textId="77777777" w:rsidR="00B44BF5" w:rsidRDefault="00B44BF5" w:rsidP="002F55C3">
+    <w:p w14:paraId="58FC07D6" w14:textId="77777777" w:rsidR="004C3918" w:rsidRDefault="004C3918" w:rsidP="002F55C3">
       <w:pPr>
         <w:pStyle w:val="06atexteprincipal"/>
         <w:rPr>
           <w:b/>
+          <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="77348A83" w14:textId="3B9916DD" w:rsidR="002F55C3" w:rsidRDefault="0033028D" w:rsidP="002F55C3">
+    <w:p w14:paraId="2810443B" w14:textId="1CA09EE2" w:rsidR="002F55C3" w:rsidRDefault="0033028D" w:rsidP="002F55C3">
       <w:pPr>
         <w:pStyle w:val="06atexteprincipal"/>
         <w:rPr>
           <w:b/>
+          <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6EC8990D" wp14:editId="20A4872E">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0937C730" wp14:editId="693EEEDB">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>3338195</wp:posOffset>
+                  <wp:posOffset>3322293</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>219710</wp:posOffset>
+                  <wp:posOffset>108391</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2819400" cy="1123950"/>
                 <wp:effectExtent l="9525" t="9525" r="9525" b="9525"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="Rectangle 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2819400" cy="1123950"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
-[...1 lines deleted...]
-              <v:rect w14:anchorId="73DA0D76" id="Rectangle 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:262.85pt;margin-top:17.3pt;width:222pt;height:88.5pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDgL6udDAIAABcEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N740aRMrzmqVbapK&#10;222lbT+AYGyjYoYOJE769R1INptenqrygBgGDmfOHJY3h8GwvUKvwda8mOScKSuh0bar+dcvm1dz&#10;znwQthEGrKr5UXl+s3r5Yjm6SpXQg2kUMgKxvhpdzfsQXJVlXvZqEH4CTllKtoCDCBRilzUoRkIf&#10;TFbm+ZtsBGwcglTe0+7dKclXCb9tlQyf2tarwEzNiVtIM6Z5G+dstRRVh8L1Wp5piH9gMQht6dEL&#10;1J0Igu1Q/wE1aIngoQ0TCUMGbaulSjVQNUX+WzWPvXAq1ULieHeRyf8/WPmwf3SfMVL37h7kN88s&#10;rHthO3WLCGOvREPPFVGobHS+ulyIgaerbDt+hIZaK3YBkgaHFocISNWxQ5L6eJFaHQKTtFnOi8U0&#10;p45IyhVF+XoxS83IRPV03aEP7xUMLC5qjtTLBC/29z5EOqJ6OpLog9HNRhuTAuy2a4NsL6jvmzRS&#10;BVTl9TFj2VjzxaycJeRfcv4aIk/jbxCDDmRgo4eazy+HRBV1e2ebZK8gtDmtibKxZyGjdtGmvtpC&#10;cyQdEU7upN9Eix7wB2cjObPm/vtOoOLMfLDUi0UxnUYrp2A6e1tSgNeZ7XVGWElQNQ+cnZbrcLL/&#10;zqHuenqpSLVbuKX+tTop+8zqTJbclwQ//5Ro7+s4nXr+z6ufAAAA//8DAFBLAwQUAAYACAAAACEA&#10;r8l4Ht8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU6DQBCG7ya+w2ZMvNkFalGQoTGamnhs&#10;6cXbwq6AsrOEXVr06R1PepyZL/98f7Fd7CBOZvK9I4R4FYEw1DjdU4twrHY39yB8UKTV4MggfBkP&#10;2/LyolC5dmfam9MhtIJDyOcKoQthzKX0TWes8is3GuLbu5usCjxOrdSTOnO4HWQSRam0qif+0KnR&#10;PHWm+TzMFqHuk6P63lcvkc126/C6VB/z2zPi9dXy+AAimCX8wfCrz+pQslPtZtJeDAibZHPHKML6&#10;NgXBQJZmvKgRkjhOQZaF/F+h/AEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDgL6udDAIA&#10;ABcEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCvyXge&#10;3wAAAAoBAAAPAAAAAAAAAAAAAAAAAGYEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;cgUAAAAA&#10;"/>
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <w:pict w14:anchorId="2D8BBD8B">
+              <v:rect id="Rectangle 2" style="position:absolute;margin-left:261.6pt;margin-top:8.55pt;width:222pt;height:88.5pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:spid="_x0000_s1026" w14:anchorId="6B2F4D67" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDgL6udDAIAABcEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N740aRMrzmqVbapK&#10;222lbT+AYGyjYoYOJE769R1INptenqrygBgGDmfOHJY3h8GwvUKvwda8mOScKSuh0bar+dcvm1dz&#10;znwQthEGrKr5UXl+s3r5Yjm6SpXQg2kUMgKxvhpdzfsQXJVlXvZqEH4CTllKtoCDCBRilzUoRkIf&#10;TFbm+ZtsBGwcglTe0+7dKclXCb9tlQyf2tarwEzNiVtIM6Z5G+dstRRVh8L1Wp5piH9gMQht6dEL&#10;1J0Igu1Q/wE1aIngoQ0TCUMGbaulSjVQNUX+WzWPvXAq1ULieHeRyf8/WPmwf3SfMVL37h7kN88s&#10;rHthO3WLCGOvREPPFVGobHS+ulyIgaerbDt+hIZaK3YBkgaHFocISNWxQ5L6eJFaHQKTtFnOi8U0&#10;p45IyhVF+XoxS83IRPV03aEP7xUMLC5qjtTLBC/29z5EOqJ6OpLog9HNRhuTAuy2a4NsL6jvmzRS&#10;BVTl9TFj2VjzxaycJeRfcv4aIk/jbxCDDmRgo4eazy+HRBV1e2ebZK8gtDmtibKxZyGjdtGmvtpC&#10;cyQdEU7upN9Eix7wB2cjObPm/vtOoOLMfLDUi0UxnUYrp2A6e1tSgNeZ7XVGWElQNQ+cnZbrcLL/&#10;zqHuenqpSLVbuKX+tTop+8zqTJbclwQ//5Ro7+s4nXr+z6ufAAAA//8DAFBLAwQUAAYACAAAACEA&#10;4YjIJN8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU+DQBCF7yb+h82YeLMLVFtBlsZo2sRj&#10;Sy/eBnYFlJ0l7NKiv77jSY/z3pc37+Wb2fbiZEbfOVIQLyIQhmqnO2oUHMvt3SMIH5A09o6Mgm/j&#10;YVNcX+WYaXemvTkdQiM4hHyGCtoQhkxKX7fGol+4wRB7H260GPgcG6lHPHO47WUSRStpsSP+0OJg&#10;XlpTfx0mq6DqkiP+7MtdZNPtMrzN5ef0/qrU7c38/AQimDn8wfBbn6tDwZ0qN5H2olfwkCwTRtlY&#10;xyAYSFdrFioW0vsYZJHL/xOKCwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDgL6udDAIA&#10;ABcEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDhiMgk&#10;3wAAAAoBAAAPAAAAAAAAAAAAAAAAAGYEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;cgUAAAAA&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35B2A8AB" w14:textId="77777777" w:rsidR="002F55C3" w:rsidRDefault="002F55C3" w:rsidP="002F55C3">
+    <w:p w14:paraId="17D6553A" w14:textId="77777777" w:rsidR="00B330F4" w:rsidRPr="00CB185E" w:rsidRDefault="00B330F4" w:rsidP="002F55C3">
       <w:pPr>
         <w:pStyle w:val="06atexteprincipal"/>
         <w:rPr>
           <w:b/>
+          <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="21FD8350" w14:textId="77777777" w:rsidR="002F55C3" w:rsidRPr="002F55C3" w:rsidRDefault="002F55C3" w:rsidP="002F55C3">
+    <w:p w14:paraId="131665BA" w14:textId="77777777" w:rsidR="002F55C3" w:rsidRPr="00742516" w:rsidRDefault="009C483C" w:rsidP="002F55C3">
       <w:pPr>
         <w:pStyle w:val="06atexteprincipal"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t>Lieu, Date</w:t>
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00742516">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Ort</w:t>
+      </w:r>
+      <w:r w:rsidR="002F55C3" w:rsidRPr="00742516">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00742516">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Datum</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15A349B7" w14:textId="77777777" w:rsidR="002F55C3" w:rsidRDefault="002F55C3" w:rsidP="002F55C3">
+    <w:p w14:paraId="5D493F53" w14:textId="77777777" w:rsidR="002F55C3" w:rsidRPr="00742516" w:rsidRDefault="002F55C3" w:rsidP="002F55C3">
       <w:pPr>
         <w:pStyle w:val="06atexteprincipal"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="3686"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00742516">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="008A5C36">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="008A5C36">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="008A5C36">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="008A5C36">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="008A5C36">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00742516">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="008A5C36">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="008A5C36">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="008A5C36">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="008A5C36">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="008A5C36">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00742516">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="008A5C36">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="008A5C36">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="008A5C36">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="008A5C36">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="008A5C36">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00742516">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="008A5C36">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="008A5C36">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="008A5C36">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="008A5C36">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="008A5C36">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00742516">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:tab/>
-        <w:t>Signature</w:t>
-[...1 lines deleted...]
-      <w:r>
+      </w:r>
+      <w:r w:rsidR="009C483C" w:rsidRPr="00742516">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Unterschrift</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00742516">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="344FA70E" w14:textId="77777777" w:rsidR="00691489" w:rsidRDefault="00691489" w:rsidP="002F55C3">
+    <w:p w14:paraId="32F52DDC" w14:textId="77777777" w:rsidR="00F07833" w:rsidRDefault="00F07833">
       <w:pPr>
         <w:pStyle w:val="06atexteprincipal"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="3686"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4D6EDBA3" w14:textId="56CE069E" w:rsidR="006F3BB1" w:rsidRDefault="006F3BB1" w:rsidP="002F55C3">
+    <w:p w14:paraId="7C83F2B5" w14:textId="62F8C9F8" w:rsidR="007C74C2" w:rsidRPr="00315FEE" w:rsidRDefault="006B6A14">
       <w:pPr>
         <w:pStyle w:val="06atexteprincipal"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="3686"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
-      </w:pPr>
-[...27 lines deleted...]
-      <w:r w:rsidR="00161BE1">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6D3F75AD">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA5DC2" w:rsidRPr="6D3F75AD">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ieses vollständig </w:t>
+      </w:r>
+      <w:r w:rsidR="00D91591" w:rsidRPr="6D3F75AD">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>ausgefüllte Gesuch</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA5DC2" w:rsidRPr="6D3F75AD">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> s</w:t>
+      </w:r>
+      <w:r w:rsidR="00F42CDC" w:rsidRPr="6D3F75AD">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>owie die Dokument</w:t>
+      </w:r>
+      <w:r w:rsidR="00A03D5B" w:rsidRPr="6D3F75AD">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00F42CDC" w:rsidRPr="6D3F75AD">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00A26683" w:rsidRPr="6D3F75AD">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">gemäss </w:t>
+      </w:r>
+      <w:r w:rsidR="00F42CDC" w:rsidRPr="6D3F75AD">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Art. 3 Abs. 2</w:t>
+      </w:r>
+      <w:r w:rsidR="00A03D5B" w:rsidRPr="6D3F75AD">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> der</w:t>
+      </w:r>
+      <w:r w:rsidR="00F42CDC" w:rsidRPr="6D3F75AD">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-        <w:r w:rsidRPr="00A519AB">
+      <w:hyperlink r:id="rId11">
+        <w:r w:rsidR="00A03D5B" w:rsidRPr="6D3F75AD">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:lang w:val="de-CH"/>
+          </w:rPr>
+          <w:t>Richtlinien der BKAD vom 12. Oktober 2022</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00A03D5B" w:rsidRPr="6D3F75AD">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Stand am 29.04.2024) </w:t>
+      </w:r>
+      <w:r w:rsidR="00A26683" w:rsidRPr="6D3F75AD">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">für die Gewährung der Anerkennung von freischaffenden </w:t>
+      </w:r>
+      <w:r w:rsidR="0FE0BFDC" w:rsidRPr="6D3F75AD">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="00A26683" w:rsidRPr="6D3F75AD">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>eistungsanbietenden der Logopädie) sind dem SoA per Mail an die</w:t>
+      </w:r>
+      <w:r w:rsidR="007830B5" w:rsidRPr="6D3F75AD">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Adresse </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12">
+        <w:r w:rsidR="007C74C2" w:rsidRPr="6D3F75AD">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:lang w:val="de-CH"/>
           </w:rPr>
           <w:t>sesam@fr.ch</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-        <w:t xml:space="preserve">. La demande sera ensuite traitée par la logopédiste du SESAM de référence. </w:t>
+      <w:r w:rsidR="007C74C2" w:rsidRPr="6D3F75AD">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zu senden.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A26683" w:rsidRPr="6D3F75AD">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007C74C2" w:rsidRPr="6D3F75AD">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Der Antrag wir anschliessend von der zuständigen Logopädi</w:t>
+      </w:r>
+      <w:r w:rsidR="54616AA4" w:rsidRPr="6D3F75AD">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="007C74C2" w:rsidRPr="6D3F75AD">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des SoA bearbeitet.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="006F3BB1" w:rsidSect="00691489">
-[...2 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId14"/>
+    <w:sectPr w:rsidR="007C74C2" w:rsidRPr="00315FEE" w:rsidSect="00E0442A">
+      <w:headerReference w:type="default" r:id="rId13"/>
+      <w:headerReference w:type="first" r:id="rId14"/>
+      <w:footerReference w:type="first" r:id="rId15"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
-      <w:pgMar w:top="1985" w:right="851" w:bottom="1701" w:left="1418" w:header="652" w:footer="510" w:gutter="0"/>
+      <w:pgMar w:top="1985" w:right="707" w:bottom="1701" w:left="1418" w:header="652" w:footer="510" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="156B6FE5" w14:textId="77777777" w:rsidR="00CF172E" w:rsidRDefault="00CF172E" w:rsidP="00691489">
+    <w:p w14:paraId="5A8819BA" w14:textId="77777777" w:rsidR="003D78AC" w:rsidRDefault="003D78AC" w:rsidP="00691489">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="69B2A632" w14:textId="77777777" w:rsidR="00CF172E" w:rsidRDefault="00CF172E" w:rsidP="00691489">
+    <w:p w14:paraId="3C8B8E59" w14:textId="77777777" w:rsidR="003D78AC" w:rsidRDefault="003D78AC" w:rsidP="00691489">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="35418448" w14:textId="77777777" w:rsidR="00CF172E" w:rsidRDefault="00CF172E">
+    <w:p w14:paraId="5B054D4F" w14:textId="77777777" w:rsidR="001602D4" w:rsidRDefault="001602D4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -12016,386 +13963,350 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="729966F3" w14:textId="3C6E46D3" w:rsidR="0027222B" w:rsidRPr="006A0CFD" w:rsidRDefault="0027222B" w:rsidP="0027222B">
+  <w:p w14:paraId="4CAC2371" w14:textId="77777777" w:rsidR="0070602E" w:rsidRPr="00BF50CB" w:rsidRDefault="0070602E" w:rsidP="00691489">
     <w:pPr>
-      <w:spacing w:after="0" w:line="220" w:lineRule="exact"/>
+      <w:pStyle w:val="01entteetbasdepage"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:sz w:val="16"/>
         <w:lang w:val="fr-CH"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="006A0CFD">
+    <w:r w:rsidRPr="00BF50CB">
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:sz w:val="16"/>
         <w:lang w:val="fr-CH"/>
       </w:rPr>
       <w:t>—</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="020F5B7D" w14:textId="7B3FBD57" w:rsidR="0027222B" w:rsidRPr="006A0CFD" w:rsidRDefault="0027222B" w:rsidP="00085DD9">
+  <w:p w14:paraId="6C064887" w14:textId="76C80A2D" w:rsidR="00A02499" w:rsidRPr="006A672E" w:rsidRDefault="00A02499" w:rsidP="007D1233">
     <w:pPr>
+      <w:pStyle w:val="01KopfzeileFusszeile"/>
       <w:tabs>
-        <w:tab w:val="left" w:pos="8789"/>
+        <w:tab w:val="left" w:pos="8505"/>
       </w:tabs>
-      <w:spacing w:after="0" w:line="220" w:lineRule="exact"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:sz w:val="16"/>
         <w:lang w:val="fr-CH"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="006A0CFD">
+    <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...1 lines deleted...]
-        <w:sz w:val="16"/>
         <w:lang w:val="fr-CH"/>
       </w:rPr>
-      <w:t>Direction de la formation et des affaires culturelles</w:t>
+      <w:t xml:space="preserve">Direction de la formation et des affaires culturelles </w:t>
     </w:r>
-    <w:r w:rsidRPr="006A0CFD">
+    <w:r w:rsidRPr="006A672E">
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:sz w:val="16"/>
         <w:lang w:val="fr-CH"/>
       </w:rPr>
-      <w:t xml:space="preserve"> DFAC</w:t>
+      <w:t>D</w:t>
     </w:r>
-    <w:r w:rsidR="00085DD9">
+    <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:sz w:val="16"/>
+        <w:lang w:val="fr-CH"/>
+      </w:rPr>
+      <w:t>FAC</w:t>
+    </w:r>
+    <w:r w:rsidR="007D1233">
+      <w:rPr>
+        <w:b/>
         <w:lang w:val="fr-CH"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="00085DD9" w:rsidRPr="00085DD9">
+    <w:r w:rsidR="007D1233" w:rsidRPr="007D1233">
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:bCs/>
-        <w:sz w:val="16"/>
         <w:lang w:val="fr-CH"/>
       </w:rPr>
-      <w:t>S</w:t>
-[...35 lines deleted...]
-      <w:t>FR</w:t>
+      <w:t>S-310-DE</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="104879F4" w14:textId="7CD06E4F" w:rsidR="002F55C3" w:rsidRPr="0027222B" w:rsidRDefault="0027222B" w:rsidP="0027222B">
+  <w:p w14:paraId="49E25AA4" w14:textId="0FE1C692" w:rsidR="0070602E" w:rsidRPr="00A02499" w:rsidRDefault="00A02499" w:rsidP="00A02499">
     <w:pPr>
-      <w:spacing w:after="0" w:line="220" w:lineRule="exact"/>
+      <w:pStyle w:val="01KopfzeileFusszeile"/>
+    </w:pPr>
+    <w:r w:rsidRPr="00BF5277">
+      <w:t xml:space="preserve">Direktion für </w:t>
+    </w:r>
+    <w:r>
+      <w:t xml:space="preserve">Bildung und kulturelle Angelegenheiten </w:t>
+    </w:r>
+    <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...14 lines deleted...]
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:bCs/>
-[...1 lines deleted...]
-        <w:lang w:val="de-DE"/>
       </w:rPr>
       <w:t>BKAD</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="05C5CAD4" w14:textId="77777777" w:rsidR="00CF172E" w:rsidRDefault="00CF172E" w:rsidP="00691489">
+    <w:p w14:paraId="14831B95" w14:textId="77777777" w:rsidR="003D78AC" w:rsidRDefault="003D78AC" w:rsidP="00691489">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="55F862CD" w14:textId="77777777" w:rsidR="00CF172E" w:rsidRDefault="00CF172E" w:rsidP="00691489">
+    <w:p w14:paraId="336DD980" w14:textId="77777777" w:rsidR="003D78AC" w:rsidRDefault="003D78AC" w:rsidP="00691489">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="721CD208" w14:textId="77777777" w:rsidR="00CF172E" w:rsidRDefault="00CF172E">
+    <w:p w14:paraId="17AEEC4C" w14:textId="77777777" w:rsidR="001602D4" w:rsidRDefault="001602D4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9298" w:type="dxa"/>
       <w:tblInd w:w="341" w:type="dxa"/>
       <w:tblBorders>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="9298"/>
     </w:tblGrid>
-    <w:tr w:rsidR="002F55C3" w14:paraId="12283811" w14:textId="77777777">
+    <w:tr w:rsidR="0070602E" w:rsidRPr="00CD50CC" w14:paraId="2D86C4EB" w14:textId="77777777">
       <w:trPr>
         <w:trHeight w:val="567"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="9298" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="27CA442A" w14:textId="77777777" w:rsidR="002F55C3" w:rsidRDefault="002F55C3" w:rsidP="00691489">
+        <w:p w14:paraId="0D057C30" w14:textId="4BAA2579" w:rsidR="0070602E" w:rsidRPr="00A02499" w:rsidRDefault="00A02499" w:rsidP="00691489">
           <w:pPr>
             <w:pStyle w:val="09enttepage2"/>
+            <w:rPr>
+              <w:lang w:val="de-CH"/>
+            </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00891EB3">
-            <w:t xml:space="preserve">Service </w:t>
+          <w:r w:rsidRPr="00A02499">
+            <w:rPr>
+              <w:lang w:val="de-CH"/>
+            </w:rPr>
+            <w:t>Amt für Sonderpädagogik</w:t>
           </w:r>
-          <w:r>
-[...2 lines deleted...]
-          <w:r w:rsidRPr="00891EB3">
+          <w:r w:rsidR="0070602E" w:rsidRPr="00A02499">
+            <w:rPr>
+              <w:lang w:val="de-CH"/>
+            </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
-          <w:r w:rsidRPr="0064336A">
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidR="0070602E" w:rsidRPr="00A02499">
             <w:rPr>
               <w:b w:val="0"/>
+              <w:lang w:val="de-CH"/>
             </w:rPr>
             <w:t>S</w:t>
           </w:r>
-          <w:r>
+          <w:r w:rsidRPr="00A02499">
             <w:rPr>
               <w:b w:val="0"/>
+              <w:lang w:val="de-CH"/>
             </w:rPr>
-            <w:t>ESAM</w:t>
+            <w:t>oA</w:t>
           </w:r>
+          <w:proofErr w:type="spellEnd"/>
         </w:p>
-        <w:p w14:paraId="15A5BBF4" w14:textId="77777777" w:rsidR="002F55C3" w:rsidRPr="0064336A" w:rsidRDefault="002F55C3" w:rsidP="00691489">
+        <w:p w14:paraId="2679E65A" w14:textId="27A38085" w:rsidR="0070602E" w:rsidRPr="00A02499" w:rsidRDefault="00A02499" w:rsidP="00691489">
           <w:pPr>
             <w:pStyle w:val="09enttepage2"/>
             <w:rPr>
-              <w:rStyle w:val="PageNumber"/>
+              <w:rStyle w:val="Numrodepage"/>
+              <w:lang w:val="de-CH"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="0064336A">
+          <w:r>
             <w:rPr>
               <w:b w:val="0"/>
               <w:lang w:val="de-DE"/>
             </w:rPr>
-            <w:t xml:space="preserve">Page </w:t>
+            <w:t>Seite</w:t>
           </w:r>
-          <w:r w:rsidRPr="0064336A">
+          <w:r w:rsidR="0070602E" w:rsidRPr="0064336A">
+            <w:rPr>
+              <w:b w:val="0"/>
+              <w:lang w:val="de-DE"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidR="0070602E" w:rsidRPr="0064336A">
             <w:rPr>
               <w:b w:val="0"/>
               <w:lang w:val="de-DE"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
-          <w:r w:rsidRPr="0064336A">
+          <w:r w:rsidR="0070602E" w:rsidRPr="0064336A">
             <w:rPr>
               <w:b w:val="0"/>
               <w:lang w:val="de-DE"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> PAGE </w:instrText>
           </w:r>
-          <w:r w:rsidRPr="0064336A">
+          <w:r w:rsidR="0070602E" w:rsidRPr="0064336A">
             <w:rPr>
               <w:b w:val="0"/>
               <w:lang w:val="de-DE"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="00DB25FD">
+          <w:r w:rsidR="00A505EF">
             <w:rPr>
               <w:b w:val="0"/>
               <w:noProof/>
               <w:lang w:val="de-DE"/>
             </w:rPr>
             <w:t>2</w:t>
           </w:r>
-          <w:r w:rsidRPr="0064336A">
+          <w:r w:rsidR="0070602E" w:rsidRPr="0064336A">
             <w:rPr>
               <w:b w:val="0"/>
               <w:lang w:val="de-DE"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
-          <w:r w:rsidRPr="0064336A">
+          <w:r w:rsidR="0070602E" w:rsidRPr="0064336A">
             <w:rPr>
               <w:b w:val="0"/>
               <w:lang w:val="de-DE"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
-          <w:r w:rsidRPr="0064336A">
+          <w:r>
             <w:rPr>
               <w:b w:val="0"/>
+              <w:lang w:val="de-DE"/>
             </w:rPr>
-            <w:t>de</w:t>
+            <w:t>von</w:t>
           </w:r>
-          <w:r w:rsidRPr="0064336A">
+          <w:r w:rsidR="0070602E" w:rsidRPr="0064336A">
             <w:rPr>
               <w:b w:val="0"/>
               <w:lang w:val="de-DE"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
-          <w:r w:rsidRPr="0064336A">
+          <w:r w:rsidR="0070602E" w:rsidRPr="0064336A">
             <w:rPr>
               <w:b w:val="0"/>
               <w:lang w:val="de-DE"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
-          <w:r w:rsidRPr="0064336A">
+          <w:r w:rsidR="0070602E" w:rsidRPr="0064336A">
             <w:rPr>
               <w:b w:val="0"/>
               <w:lang w:val="de-DE"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
           </w:r>
-          <w:r w:rsidRPr="0064336A">
+          <w:r w:rsidR="0070602E" w:rsidRPr="0064336A">
             <w:rPr>
               <w:b w:val="0"/>
               <w:lang w:val="de-DE"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="00DB25FD">
+          <w:r w:rsidR="00A505EF">
             <w:rPr>
               <w:b w:val="0"/>
               <w:noProof/>
               <w:lang w:val="de-DE"/>
             </w:rPr>
             <w:t>2</w:t>
           </w:r>
-          <w:r w:rsidRPr="0064336A">
+          <w:r w:rsidR="0070602E" w:rsidRPr="0064336A">
             <w:rPr>
               <w:b w:val="0"/>
               <w:lang w:val="de-DE"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
-          <w:r w:rsidRPr="0064336A">
+          <w:r w:rsidR="0070602E" w:rsidRPr="0064336A">
             <w:rPr>
               <w:b w:val="0"/>
               <w:noProof/>
               <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
             </w:rPr>
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="225FC5A5" wp14:editId="4F2E0ED3">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="418BB04D" wp14:editId="26F743DB">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>-215265</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>25400</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="116205" cy="220980"/>
                 <wp:effectExtent l="19050" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="4" name="Picture 2" descr="ecusson_seite_2_300.jpg"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="Picture 2" descr="ecusson_seite_2_300.jpg"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
@@ -12408,304 +14319,357 @@
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="116205" cy="220980"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="9525">
                           <a:noFill/>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="2BFB8F09" w14:textId="77777777" w:rsidR="002F55C3" w:rsidRDefault="002F55C3" w:rsidP="00691489"/>
+  <w:p w14:paraId="263D2405" w14:textId="77777777" w:rsidR="0070602E" w:rsidRPr="00A02499" w:rsidRDefault="0070602E" w:rsidP="00691489">
+    <w:pPr>
+      <w:rPr>
+        <w:lang w:val="de-CH"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9639" w:type="dxa"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="57" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5500"/>
       <w:gridCol w:w="4139"/>
     </w:tblGrid>
-    <w:tr w:rsidR="002F55C3" w:rsidRPr="004A0F2D" w14:paraId="2107BC16" w14:textId="77777777">
+    <w:tr w:rsidR="0070602E" w:rsidRPr="007750AA" w14:paraId="5BB2057A" w14:textId="77777777">
       <w:trPr>
         <w:trHeight w:val="1701"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5500" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="7C4C5891" w14:textId="77777777" w:rsidR="002F55C3" w:rsidRPr="00AA545D" w:rsidRDefault="002F55C3" w:rsidP="00691489">
+        <w:p w14:paraId="757984B5" w14:textId="77777777" w:rsidR="0070602E" w:rsidRPr="00AA545D" w:rsidRDefault="0070602E" w:rsidP="00691489">
           <w:pPr>
-            <w:pStyle w:val="TOC1"/>
+            <w:pStyle w:val="TM1"/>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00AA545D">
             <w:rPr>
               <w:noProof/>
               <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
             </w:rPr>
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="34FBA439" wp14:editId="34D7E3F1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="76F2DFC7" wp14:editId="5E7FD079">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>-2963</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>847</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="935990" cy="795866"/>
                 <wp:effectExtent l="25400" t="0" r="3810" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Image 1" descr="logo_fr_300.jpg"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="logo_fr_300.jpg"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="935990" cy="795867"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4139" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="17EEA2B2" w14:textId="77777777" w:rsidR="002F55C3" w:rsidRDefault="002F55C3" w:rsidP="00691489">
+        <w:p w14:paraId="51E4FBD4" w14:textId="77777777" w:rsidR="0070602E" w:rsidRDefault="0070602E" w:rsidP="00691489">
           <w:pPr>
             <w:pStyle w:val="01entteetbasdepage"/>
             <w:rPr>
               <w:b/>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00BF50CB">
             <w:rPr>
               <w:b/>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
             <w:t xml:space="preserve">Service </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
             <w:t>de l’enseignement spécialisé</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="38E44F6C" w14:textId="77777777" w:rsidR="002F55C3" w:rsidRPr="00BF50CB" w:rsidRDefault="002F55C3" w:rsidP="00691489">
+        <w:p w14:paraId="589DD964" w14:textId="77777777" w:rsidR="0070602E" w:rsidRPr="00BF50CB" w:rsidRDefault="0070602E" w:rsidP="00691489">
           <w:pPr>
             <w:pStyle w:val="01entteetbasdepage"/>
             <w:rPr>
               <w:b/>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
           </w:pPr>
-          <w:proofErr w:type="gramStart"/>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
-            <w:t>et</w:t>
-[...7 lines deleted...]
-            <w:t xml:space="preserve"> des mesures d’aide</w:t>
+            <w:t>et des mesures d’aide</w:t>
           </w:r>
           <w:r w:rsidRPr="00BF50CB">
             <w:rPr>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
             <w:t xml:space="preserve"> S</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
             <w:t>ESAM</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="29C7A406" w14:textId="77777777" w:rsidR="002F55C3" w:rsidRPr="00BF0A1A" w:rsidRDefault="002F55C3" w:rsidP="00691489">
+        <w:p w14:paraId="3AA9C851" w14:textId="77777777" w:rsidR="0070602E" w:rsidRPr="00E94115" w:rsidRDefault="0070602E" w:rsidP="00691489">
           <w:pPr>
             <w:pStyle w:val="01entteetbasdepage"/>
             <w:rPr>
-              <w:lang w:val="fr-CH"/>
+              <w:lang w:val="de-CH"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00BF0A1A">
+          <w:r w:rsidRPr="00E94115">
             <w:rPr>
               <w:b/>
-              <w:lang w:val="fr-CH"/>
+              <w:lang w:val="de-CH"/>
             </w:rPr>
             <w:t xml:space="preserve">Amt für Sonderpädagogik </w:t>
           </w:r>
-          <w:r w:rsidRPr="00BF0A1A">
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="00E94115">
             <w:rPr>
-              <w:lang w:val="fr-CH"/>
+              <w:lang w:val="de-CH"/>
             </w:rPr>
             <w:t>SoA</w:t>
           </w:r>
+          <w:proofErr w:type="spellEnd"/>
         </w:p>
-        <w:p w14:paraId="6AEC4016" w14:textId="77777777" w:rsidR="002F55C3" w:rsidRPr="00BF0A1A" w:rsidRDefault="002F55C3" w:rsidP="00691489">
+        <w:p w14:paraId="1E768FFD" w14:textId="77777777" w:rsidR="0070602E" w:rsidRPr="00E94115" w:rsidRDefault="0070602E" w:rsidP="00691489">
           <w:pPr>
             <w:pStyle w:val="01entteetbasdepage"/>
             <w:rPr>
-              <w:lang w:val="fr-CH"/>
+              <w:lang w:val="de-CH"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="046377E5" w14:textId="77777777" w:rsidR="002F55C3" w:rsidRPr="00BF0A1A" w:rsidRDefault="002F55C3" w:rsidP="00691489">
+        <w:p w14:paraId="457E981A" w14:textId="77777777" w:rsidR="0070602E" w:rsidRPr="00BF50CB" w:rsidRDefault="0070602E" w:rsidP="00691489">
           <w:pPr>
             <w:pStyle w:val="01entteetbasdepage"/>
             <w:rPr>
-              <w:lang w:val="fr-CH"/>
+              <w:lang w:val="de-DE"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00BF0A1A">
+          <w:r>
             <w:rPr>
               <w:szCs w:val="12"/>
-              <w:lang w:val="fr-CH"/>
+              <w:lang w:val="de-DE"/>
             </w:rPr>
-            <w:t>Rue de l’Hôpital 3, 1701 Fribourg</w:t>
+            <w:t>Spitalgasse 3,</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00BF50CB">
+            <w:rPr>
+              <w:szCs w:val="12"/>
+              <w:lang w:val="de-DE"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> 1701 </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:szCs w:val="12"/>
+              <w:lang w:val="de-DE"/>
+            </w:rPr>
+            <w:t>Freiburg</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="76FB2EE1" w14:textId="77777777" w:rsidR="002F55C3" w:rsidRPr="00BF0A1A" w:rsidRDefault="002F55C3" w:rsidP="00691489">
+        <w:p w14:paraId="249E0A51" w14:textId="77777777" w:rsidR="0070602E" w:rsidRPr="00BF50CB" w:rsidRDefault="0070602E" w:rsidP="00691489">
           <w:pPr>
             <w:pStyle w:val="01entteetbasdepage"/>
             <w:rPr>
-              <w:lang w:val="fr-CH"/>
+              <w:lang w:val="de-DE"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="1D4271C4" w14:textId="7BF44859" w:rsidR="002F55C3" w:rsidRPr="00920A79" w:rsidRDefault="002F55C3" w:rsidP="001D4346">
-[...19 lines deleted...]
-        <w:p w14:paraId="650F8FAD" w14:textId="3BC2D863" w:rsidR="002F55C3" w:rsidRPr="00085DD9" w:rsidRDefault="002F55C3" w:rsidP="00691489">
+        <w:p w14:paraId="5DFE9C57" w14:textId="3D41190E" w:rsidR="0070602E" w:rsidRPr="00E0442A" w:rsidRDefault="0070602E" w:rsidP="00691489">
           <w:pPr>
             <w:pStyle w:val="01entteetbasdepage"/>
             <w:rPr>
-              <w:rStyle w:val="Hyperlink"/>
-[...1 lines deleted...]
-              <w:u w:val="none"/>
+              <w:lang w:val="de-CH"/>
             </w:rPr>
           </w:pPr>
-          <w:r>
+          <w:r w:rsidRPr="00E0442A">
+            <w:rPr>
+              <w:lang w:val="de-CH"/>
+            </w:rPr>
+            <w:t>T +41 26 305 40 60</w:t>
+          </w:r>
+        </w:p>
+        <w:p w14:paraId="0BC0AA6C" w14:textId="2A87D29B" w:rsidR="0070602E" w:rsidRPr="00E0442A" w:rsidRDefault="0070602E" w:rsidP="00691489">
+          <w:pPr>
+            <w:pStyle w:val="01entteetbasdepage"/>
+            <w:rPr>
+              <w:lang w:val="de-CH"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00E0442A">
+            <w:rPr>
+              <w:lang w:val="de-CH"/>
+            </w:rPr>
             <w:t>www.fr.ch/</w:t>
           </w:r>
-          <w:r w:rsidR="006030D4">
-            <w:t>sesam</w:t>
+          <w:r w:rsidR="002D5AC9">
+            <w:rPr>
+              <w:lang w:val="de-CH"/>
+            </w:rPr>
+            <w:t>soa</w:t>
           </w:r>
+        </w:p>
+        <w:p w14:paraId="3747E1E6" w14:textId="77777777" w:rsidR="0070602E" w:rsidRPr="00E0442A" w:rsidRDefault="0070602E" w:rsidP="00691489">
+          <w:pPr>
+            <w:pStyle w:val="01entteetbasdepage"/>
+            <w:rPr>
+              <w:rStyle w:val="Lienhypertexte"/>
+              <w:lang w:val="de-CH"/>
+            </w:rPr>
+          </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="40C76279" w14:textId="77777777" w:rsidR="002F55C3" w:rsidRDefault="002F55C3" w:rsidP="00691489"/>
+  <w:p w14:paraId="5788F9C0" w14:textId="77777777" w:rsidR="0070602E" w:rsidRPr="00E0442A" w:rsidRDefault="0070602E" w:rsidP="00691489">
+    <w:pPr>
+      <w:rPr>
+        <w:lang w:val="de-CH"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+  <w:numPicBullet w:numPicBulletId="0">
+    <w:pict>
+      <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+        <v:stroke joinstyle="miter"/>
+        <v:formulas>
+          <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+          <v:f eqn="sum @0 1 0"/>
+          <v:f eqn="sum 0 0 @1"/>
+          <v:f eqn="prod @2 1 2"/>
+          <v:f eqn="prod @3 21600 pixelWidth"/>
+          <v:f eqn="prod @3 21600 pixelHeight"/>
+          <v:f eqn="sum @0 0 1"/>
+          <v:f eqn="prod @6 1 2"/>
+          <v:f eqn="prod @7 21600 pixelWidth"/>
+          <v:f eqn="sum @8 21600 0"/>
+          <v:f eqn="prod @7 21600 pixelHeight"/>
+          <v:f eqn="sum @10 21600 0"/>
+        </v:formulas>
+        <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+        <o:lock v:ext="edit" aspectratio="t"/>
+      </v:shapetype>
+      <v:shape id="_x0000_i1028" type="#_x0000_t75" style="width:7.2pt;height:7.2pt" o:bullet="t">
+        <v:imagedata r:id="rId1" o:title="ecusson"/>
+      </v:shape>
+    </w:pict>
+  </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="048645B7"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="589E2B9E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
+      <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="227"/>
         </w:tabs>
         <w:ind w:left="227" w:hanging="227"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:caps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:vanish w:val="0"/>
         <w:color w:val="2F60AC"/>
         <w:sz w:val="20"/>
         <w:u w:val="none"/>
         <w:vertAlign w:val="baseline"/>
         <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
           <w14:srgbClr w14:val="000000"/>
         </w14:shadow>
         <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
           <w14:noFill/>
           <w14:prstDash w14:val="solid"/>
@@ -12907,50 +14871,51 @@
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="10C635E8"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D518B810"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
+      <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="227"/>
         </w:tabs>
         <w:ind w:left="227" w:hanging="227"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:color w:val="2F60AC"/>
         <w:sz w:val="17"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -13178,162 +15143,50 @@
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="20324BED"/>
-[...110 lines deleted...]
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3FBD72DA"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A7422CAC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="›"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="454"/>
         </w:tabs>
         <w:ind w:left="454" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:caps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:vanish w:val="0"/>
         <w:color w:val="auto"/>
         <w:sz w:val="20"/>
         <w:u w:val="none"/>
@@ -13423,51 +15276,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6214" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6934" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="44232D12"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D27670FA"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="/"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="680"/>
         </w:tabs>
         <w:ind w:left="680" w:hanging="226"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:caps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:vanish w:val="0"/>
         <w:color w:val="auto"/>
         <w:sz w:val="20"/>
         <w:u w:val="none"/>
         <w:vertAlign w:val="baseline"/>
@@ -13580,58 +15433,59 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="45F20B99"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A3B49B20"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
+      <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="357"/>
         </w:tabs>
         <w:ind w:left="142" w:hanging="142"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:color w:val="2F60AC"/>
         <w:sz w:val="17"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -13701,51 +15555,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="49FE48D2"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="180A8C7C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="»"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="454"/>
         </w:tabs>
         <w:ind w:left="454" w:hanging="227"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:caps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:vanish w:val="0"/>
         <w:color w:val="auto"/>
         <w:sz w:val="20"/>
         <w:u w:val="none"/>
@@ -13835,51 +15689,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6214" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6934" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4E64299C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="DC36BE4C"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="+"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="680"/>
         </w:tabs>
         <w:ind w:left="680" w:hanging="226"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:caps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:vanish w:val="0"/>
         <w:color w:val="auto"/>
         <w:sz w:val="20"/>
         <w:u w:val="none"/>
         <w:vertAlign w:val="baseline"/>
@@ -13992,51 +15846,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="546A1B12"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="3996AFE0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:pStyle w:val="10cnumrotation3eniveau"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1106"/>
         </w:tabs>
         <w:ind w:left="1106" w:hanging="369"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:caps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:vanish w:val="0"/>
         <w:color w:val="auto"/>
         <w:spacing w:val="0"/>
@@ -14228,51 +16082,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="4326"/>
         </w:tabs>
         <w:ind w:left="4110" w:hanging="1224"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4686"/>
         </w:tabs>
         <w:ind w:left="4686" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="57260FD6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6D20CB4C"/>
     <w:lvl w:ilvl="0" w:tplc="E168CDEA">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:pStyle w:val="10bnumrotation2eniveau"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="737"/>
         </w:tabs>
         <w:ind w:left="737" w:hanging="368"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:caps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:vanish w:val="0"/>
         <w:color w:val="auto"/>
         <w:sz w:val="24"/>
@@ -14339,58 +16193,59 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5BAB6D52"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="CA628CDA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
+      <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="454"/>
         </w:tabs>
         <w:ind w:left="454" w:hanging="227"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:color w:val="2F60AC"/>
         <w:sz w:val="17"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -14484,51 +16339,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5D641417"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9E3ABDAA"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="_"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="680"/>
         </w:tabs>
         <w:ind w:left="680" w:hanging="226"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:caps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:vanish w:val="0"/>
         <w:color w:val="auto"/>
         <w:sz w:val="20"/>
         <w:u w:val="none"/>
         <w:vertAlign w:val="baseline"/>
@@ -14641,51 +16496,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5DD92850"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8BB651B4"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="›"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="680"/>
         </w:tabs>
         <w:ind w:left="680" w:hanging="226"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:caps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:vanish w:val="0"/>
         <w:color w:val="auto"/>
         <w:sz w:val="20"/>
         <w:u w:val="none"/>
         <w:vertAlign w:val="baseline"/>
@@ -14798,196 +16653,196 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5FE34DC6"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="766A475A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Heading1"/>
+      <w:pStyle w:val="Titre1"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="851" w:hanging="851"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:caps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:vanish w:val="0"/>
         <w:color w:val="auto"/>
         <w:spacing w:val="0"/>
         <w:position w:val="0"/>
         <w:sz w:val="24"/>
         <w:u w:val="none"/>
         <w:vertAlign w:val="baseline"/>
         <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
           <w14:srgbClr w14:val="000000"/>
         </w14:shadow>
         <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
           <w14:noFill/>
           <w14:prstDash w14:val="solid"/>
           <w14:bevel/>
         </w14:textOutline>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Heading2"/>
+      <w:pStyle w:val="Titre2"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="851" w:hanging="851"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:caps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:vanish w:val="0"/>
         <w:color w:val="767878"/>
         <w:sz w:val="24"/>
         <w:u w:val="none"/>
         <w:vertAlign w:val="baseline"/>
         <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
           <w14:srgbClr w14:val="000000"/>
         </w14:shadow>
         <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
           <w14:noFill/>
           <w14:prstDash w14:val="solid"/>
           <w14:bevel/>
         </w14:textOutline>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Heading3"/>
+      <w:pStyle w:val="Titre3"/>
       <w:lvlText w:val="%1.%2.%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="851" w:hanging="851"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:caps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:vanish w:val="0"/>
         <w:color w:val="auto"/>
         <w:sz w:val="24"/>
         <w:u w:val="none"/>
         <w:vertAlign w:val="baseline"/>
         <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
           <w14:srgbClr w14:val="000000"/>
         </w14:shadow>
         <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
           <w14:noFill/>
           <w14:prstDash w14:val="solid"/>
           <w14:bevel/>
         </w14:textOutline>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Heading4"/>
+      <w:pStyle w:val="Titre4"/>
       <w:lvlText w:val="%1.%2.%3.%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="851" w:hanging="851"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i/>
         <w:caps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:vanish w:val="0"/>
         <w:color w:val="auto"/>
         <w:sz w:val="24"/>
         <w:u w:val="none"/>
         <w:vertAlign w:val="baseline"/>
         <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
           <w14:srgbClr w14:val="000000"/>
         </w14:shadow>
         <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
           <w14:noFill/>
           <w14:prstDash w14:val="solid"/>
           <w14:bevel/>
         </w14:textOutline>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Heading5"/>
+      <w:pStyle w:val="Titre5"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="992"/>
         </w:tabs>
         <w:ind w:left="992" w:hanging="992"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i/>
         <w:caps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:vanish w:val="0"/>
         <w:color w:val="auto"/>
         <w:spacing w:val="0"/>
         <w:kern w:val="0"/>
         <w:position w:val="0"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="17"/>
         <w:u w:val="none"/>
         <w:vertAlign w:val="baseline"/>
         <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
@@ -15039,51 +16894,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="3957"/>
         </w:tabs>
         <w:ind w:left="3741" w:hanging="1224"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4317"/>
         </w:tabs>
         <w:ind w:left="4317" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5FF211D0"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8FF086D6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="›"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="454"/>
         </w:tabs>
         <w:ind w:left="454" w:hanging="227"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:caps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:vanish w:val="0"/>
         <w:color w:val="auto"/>
         <w:sz w:val="20"/>
         <w:u w:val="none"/>
@@ -15173,51 +17028,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6214" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6934" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5FFB6583"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="59F6CDE2"/>
     <w:lvl w:ilvl="0" w:tplc="C3EEF458">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:pStyle w:val="11Chapitre"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -15263,51 +17118,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="634C1E34"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FC16712E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -15349,51 +17204,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="64474ACA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4E5EED5E"/>
     <w:lvl w:ilvl="0" w:tplc="56D6BDDC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="07puces2"/>
       <w:lvlText w:val="&gt;"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="587" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:caps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:vanish w:val="0"/>
         <w:color w:val="auto"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none"/>
         <w:vertAlign w:val="baseline"/>
@@ -15482,51 +17337,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6214" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6934" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="65DC676D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E96EC220"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="›"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="908"/>
         </w:tabs>
         <w:ind w:left="908" w:hanging="227"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:caps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:vanish w:val="0"/>
         <w:color w:val="auto"/>
         <w:sz w:val="20"/>
         <w:u w:val="none"/>
@@ -15616,51 +17471,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6214" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6934" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="697A4428"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="33F47C16"/>
     <w:lvl w:ilvl="0" w:tplc="12942732">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="07puces"/>
       <w:lvlText w:val="&gt;"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:caps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:vanish w:val="0"/>
         <w:color w:val="auto"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none"/>
         <w:vertAlign w:val="baseline"/>
@@ -15749,51 +17604,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6A3E0F1A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D784A5DC"/>
     <w:lvl w:ilvl="0" w:tplc="E7F2D4BC">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="10numrotation"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="369"/>
         </w:tabs>
         <w:ind w:left="369" w:hanging="369"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -15842,51 +17697,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="76C07FBC"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="BCD85DF2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="›"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="454"/>
         </w:tabs>
         <w:ind w:left="454" w:hanging="227"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:caps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:vanish w:val="0"/>
         <w:color w:val="auto"/>
         <w:sz w:val="20"/>
         <w:u w:val="none"/>
@@ -16000,51 +17855,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="77856DF1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2DA8CF16"/>
     <w:lvl w:ilvl="0" w:tplc="5F5EECB2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="07puces3"/>
       <w:lvlText w:val="&gt;"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="814" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:caps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:vanish w:val="0"/>
         <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none"/>
         <w:vertAlign w:val="baseline"/>
@@ -16157,51 +18012,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7A404AD3"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="CB086674"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="»"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="227"/>
         </w:tabs>
         <w:ind w:left="227" w:hanging="227"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:caps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:vanish w:val="0"/>
         <w:color w:val="auto"/>
         <w:sz w:val="20"/>
         <w:u w:val="none"/>
@@ -16291,58 +18146,59 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7CDD7722"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A1B2C066"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
+      <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="646"/>
         </w:tabs>
         <w:ind w:left="425" w:hanging="141"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:color w:val="2F60AC"/>
         <w:sz w:val="17"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -16436,419 +18292,552 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="2067945660">
+  <w:num w:numId="1" w16cid:durableId="1723023656">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="125514903">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="306590324">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="784738529">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="123624143">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="933512382">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="2095933315">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1760446297">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="485780897">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1143159022">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="483548839">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="2071154409">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1812861358">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="527253270">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1811052519">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="888302582">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1112939248">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1024405370">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="1300265835">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1067462012">
-    <w:abstractNumId w:val="21"/>
+  <w:num w:numId="20" w16cid:durableId="1976717966">
+    <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="62027479">
-    <w:abstractNumId w:val="24"/>
+  <w:num w:numId="21" w16cid:durableId="333531097">
+    <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1647467095">
-    <w:abstractNumId w:val="22"/>
+  <w:num w:numId="22" w16cid:durableId="1785153261">
+    <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="131141240">
-    <w:abstractNumId w:val="17"/>
+  <w:num w:numId="23" w16cid:durableId="523179812">
+    <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="2144156359">
+  <w:num w:numId="24" w16cid:durableId="1577740323">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="1730617208">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1975063181">
-[...14 lines deleted...]
-  <w:num w:numId="12" w16cid:durableId="1509514770">
+  <w:num w:numId="26" w16cid:durableId="599682335">
     <w:abstractNumId w:val="13"/>
-  </w:num>
-[...43 lines deleted...]
-    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="5"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:zoom w:percent="140"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1021" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:documentProtection w:edit="forms" w:enforcement="1"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="3073"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004A5EC0"/>
-    <w:rsid w:val="0000182B"/>
-[...2 lines deleted...]
-    <w:rsid w:val="000213E6"/>
+    <w:rsid w:val="000039DE"/>
+    <w:rsid w:val="000244AB"/>
     <w:rsid w:val="0002763C"/>
-    <w:rsid w:val="00036B4A"/>
-[...5 lines deleted...]
-    <w:rsid w:val="000A3D3E"/>
+    <w:rsid w:val="00057A81"/>
+    <w:rsid w:val="000A656E"/>
     <w:rsid w:val="000B0B83"/>
     <w:rsid w:val="000C5F6F"/>
+    <w:rsid w:val="000C6EE2"/>
+    <w:rsid w:val="000E07BB"/>
     <w:rsid w:val="000E25BD"/>
-    <w:rsid w:val="00111959"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00161BE1"/>
+    <w:rsid w:val="000F0969"/>
+    <w:rsid w:val="000F3629"/>
+    <w:rsid w:val="001602D4"/>
     <w:rsid w:val="00164C2E"/>
-    <w:rsid w:val="00193A41"/>
+    <w:rsid w:val="001749AD"/>
+    <w:rsid w:val="00180DF1"/>
+    <w:rsid w:val="001852C2"/>
+    <w:rsid w:val="001867E7"/>
+    <w:rsid w:val="001A4A58"/>
+    <w:rsid w:val="001A6564"/>
     <w:rsid w:val="001B1DDA"/>
-    <w:rsid w:val="001D4346"/>
-[...8 lines deleted...]
-    <w:rsid w:val="002E16C2"/>
+    <w:rsid w:val="001D4D2E"/>
+    <w:rsid w:val="001E4AA4"/>
+    <w:rsid w:val="001F4CFA"/>
+    <w:rsid w:val="00205610"/>
+    <w:rsid w:val="00223B35"/>
+    <w:rsid w:val="00242224"/>
+    <w:rsid w:val="002553F3"/>
+    <w:rsid w:val="002602B9"/>
+    <w:rsid w:val="002707E3"/>
+    <w:rsid w:val="00276F86"/>
+    <w:rsid w:val="002D5AC9"/>
+    <w:rsid w:val="002E48CC"/>
+    <w:rsid w:val="002F12BB"/>
     <w:rsid w:val="002F55C3"/>
-    <w:rsid w:val="00322838"/>
+    <w:rsid w:val="002F7166"/>
+    <w:rsid w:val="00315E9F"/>
+    <w:rsid w:val="00315FEE"/>
+    <w:rsid w:val="003267CC"/>
     <w:rsid w:val="0033028D"/>
-    <w:rsid w:val="00341ADD"/>
     <w:rsid w:val="00342111"/>
     <w:rsid w:val="003544D8"/>
+    <w:rsid w:val="00356700"/>
     <w:rsid w:val="00356A7C"/>
-    <w:rsid w:val="003776BE"/>
+    <w:rsid w:val="00367C8E"/>
+    <w:rsid w:val="003B22D1"/>
     <w:rsid w:val="003B3EBE"/>
-    <w:rsid w:val="003C31D0"/>
+    <w:rsid w:val="003C4716"/>
     <w:rsid w:val="003D3467"/>
-    <w:rsid w:val="00426B8F"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00445CC7"/>
+    <w:rsid w:val="003D78AC"/>
+    <w:rsid w:val="004111EA"/>
     <w:rsid w:val="00470E9A"/>
-    <w:rsid w:val="00475412"/>
+    <w:rsid w:val="00481E80"/>
     <w:rsid w:val="004A5EC0"/>
+    <w:rsid w:val="004B52C7"/>
+    <w:rsid w:val="004C3918"/>
     <w:rsid w:val="004C546E"/>
+    <w:rsid w:val="004C7835"/>
     <w:rsid w:val="004C7F8D"/>
     <w:rsid w:val="004D5C7D"/>
     <w:rsid w:val="004E197D"/>
     <w:rsid w:val="004E4E8A"/>
-    <w:rsid w:val="004F2930"/>
+    <w:rsid w:val="004F2EE1"/>
+    <w:rsid w:val="004F672E"/>
     <w:rsid w:val="00504E52"/>
-    <w:rsid w:val="00505BFE"/>
+    <w:rsid w:val="00506777"/>
     <w:rsid w:val="00527B4B"/>
-    <w:rsid w:val="00550FF5"/>
-[...8 lines deleted...]
-    <w:rsid w:val="005B711C"/>
+    <w:rsid w:val="005460F0"/>
+    <w:rsid w:val="0055529D"/>
+    <w:rsid w:val="00563702"/>
+    <w:rsid w:val="005652A2"/>
+    <w:rsid w:val="00565DA1"/>
+    <w:rsid w:val="00574B70"/>
+    <w:rsid w:val="00575915"/>
+    <w:rsid w:val="00577065"/>
+    <w:rsid w:val="0059432F"/>
+    <w:rsid w:val="005A10A9"/>
+    <w:rsid w:val="005A35ED"/>
+    <w:rsid w:val="005B66FA"/>
     <w:rsid w:val="005C2DAE"/>
-    <w:rsid w:val="005F126A"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00673E85"/>
+    <w:rsid w:val="005D4931"/>
+    <w:rsid w:val="00631CC3"/>
+    <w:rsid w:val="0064415D"/>
+    <w:rsid w:val="00651258"/>
+    <w:rsid w:val="00674A07"/>
     <w:rsid w:val="00691489"/>
-    <w:rsid w:val="006A2CA5"/>
+    <w:rsid w:val="00693BCF"/>
     <w:rsid w:val="006A3BFD"/>
-    <w:rsid w:val="006D0AFF"/>
+    <w:rsid w:val="006B6A14"/>
     <w:rsid w:val="006D1F91"/>
-    <w:rsid w:val="006F2AB0"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00740F12"/>
+    <w:rsid w:val="006E4DDC"/>
+    <w:rsid w:val="00701344"/>
+    <w:rsid w:val="0070602E"/>
+    <w:rsid w:val="007336E0"/>
+    <w:rsid w:val="00735626"/>
+    <w:rsid w:val="00736EF8"/>
+    <w:rsid w:val="00742516"/>
     <w:rsid w:val="007556C6"/>
+    <w:rsid w:val="00761258"/>
+    <w:rsid w:val="007659D0"/>
+    <w:rsid w:val="007750AA"/>
+    <w:rsid w:val="007830B5"/>
     <w:rsid w:val="00787EBB"/>
+    <w:rsid w:val="007979CB"/>
     <w:rsid w:val="007B0B14"/>
+    <w:rsid w:val="007C1192"/>
+    <w:rsid w:val="007C1E6A"/>
     <w:rsid w:val="007C5678"/>
-    <w:rsid w:val="007D3BCF"/>
+    <w:rsid w:val="007C74C2"/>
+    <w:rsid w:val="007D1233"/>
     <w:rsid w:val="007D66BF"/>
-    <w:rsid w:val="007F7000"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00834344"/>
+    <w:rsid w:val="007E0BDD"/>
+    <w:rsid w:val="007E6611"/>
+    <w:rsid w:val="007E66F6"/>
+    <w:rsid w:val="007F0F57"/>
+    <w:rsid w:val="007F763E"/>
+    <w:rsid w:val="008274B5"/>
     <w:rsid w:val="00844361"/>
-    <w:rsid w:val="008571CC"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00874FA3"/>
+    <w:rsid w:val="00854F01"/>
+    <w:rsid w:val="00874F5A"/>
     <w:rsid w:val="00884106"/>
     <w:rsid w:val="00892F14"/>
+    <w:rsid w:val="0089589B"/>
     <w:rsid w:val="00897784"/>
+    <w:rsid w:val="008A098C"/>
     <w:rsid w:val="008A54FB"/>
     <w:rsid w:val="008A5C36"/>
-    <w:rsid w:val="008A70DD"/>
-    <w:rsid w:val="008E5BEB"/>
+    <w:rsid w:val="008D5E1B"/>
     <w:rsid w:val="008F79DA"/>
     <w:rsid w:val="00904277"/>
-    <w:rsid w:val="00904BB2"/>
-    <w:rsid w:val="00907789"/>
+    <w:rsid w:val="00906664"/>
+    <w:rsid w:val="00917832"/>
     <w:rsid w:val="00933F22"/>
-    <w:rsid w:val="009545C7"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00954EF5"/>
     <w:rsid w:val="009606B7"/>
-    <w:rsid w:val="00986D22"/>
-[...2 lines deleted...]
-    <w:rsid w:val="009D6993"/>
+    <w:rsid w:val="00986BDB"/>
+    <w:rsid w:val="00995E6D"/>
+    <w:rsid w:val="009B63B8"/>
+    <w:rsid w:val="009C483C"/>
     <w:rsid w:val="009F08AB"/>
+    <w:rsid w:val="009F11A7"/>
     <w:rsid w:val="009F130A"/>
-    <w:rsid w:val="009F1D4C"/>
-    <w:rsid w:val="009F62F8"/>
+    <w:rsid w:val="009F344C"/>
+    <w:rsid w:val="00A02499"/>
     <w:rsid w:val="00A032DE"/>
-    <w:rsid w:val="00A31A7B"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00A5025A"/>
+    <w:rsid w:val="00A03D5B"/>
+    <w:rsid w:val="00A26683"/>
+    <w:rsid w:val="00A505EF"/>
     <w:rsid w:val="00A840C8"/>
     <w:rsid w:val="00A871DB"/>
+    <w:rsid w:val="00A93B1E"/>
     <w:rsid w:val="00A966E7"/>
-    <w:rsid w:val="00AB3CCA"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00AE06B2"/>
+    <w:rsid w:val="00AA2325"/>
+    <w:rsid w:val="00AA2B13"/>
+    <w:rsid w:val="00AD0CF6"/>
     <w:rsid w:val="00AE10FD"/>
+    <w:rsid w:val="00AE5E9D"/>
+    <w:rsid w:val="00AE5F3A"/>
+    <w:rsid w:val="00AF011B"/>
+    <w:rsid w:val="00AF2A56"/>
     <w:rsid w:val="00B1195A"/>
-    <w:rsid w:val="00B2156B"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00B44BF5"/>
+    <w:rsid w:val="00B14689"/>
+    <w:rsid w:val="00B146EE"/>
+    <w:rsid w:val="00B22EF7"/>
+    <w:rsid w:val="00B330F4"/>
+    <w:rsid w:val="00B33E45"/>
     <w:rsid w:val="00B51FC4"/>
-    <w:rsid w:val="00B52A8D"/>
-    <w:rsid w:val="00B605CD"/>
+    <w:rsid w:val="00B620FA"/>
+    <w:rsid w:val="00B67A7C"/>
     <w:rsid w:val="00B7545C"/>
-    <w:rsid w:val="00B75E90"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00BD63A0"/>
+    <w:rsid w:val="00BC1CA2"/>
     <w:rsid w:val="00BE0563"/>
-    <w:rsid w:val="00BE7B42"/>
-    <w:rsid w:val="00BF0A1A"/>
+    <w:rsid w:val="00BE7349"/>
+    <w:rsid w:val="00BF009D"/>
+    <w:rsid w:val="00BF32A8"/>
     <w:rsid w:val="00BF50CB"/>
     <w:rsid w:val="00C04434"/>
     <w:rsid w:val="00C04BE0"/>
     <w:rsid w:val="00C1181B"/>
-    <w:rsid w:val="00C16C97"/>
     <w:rsid w:val="00C25E79"/>
+    <w:rsid w:val="00C328CA"/>
+    <w:rsid w:val="00C417F7"/>
     <w:rsid w:val="00C42299"/>
-    <w:rsid w:val="00C44E5A"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00C86239"/>
+    <w:rsid w:val="00C664FA"/>
+    <w:rsid w:val="00C711B3"/>
+    <w:rsid w:val="00C87895"/>
     <w:rsid w:val="00C9379E"/>
+    <w:rsid w:val="00CB185E"/>
     <w:rsid w:val="00CB702E"/>
     <w:rsid w:val="00CC0C28"/>
-    <w:rsid w:val="00CC144B"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00D12D9D"/>
+    <w:rsid w:val="00CD50CC"/>
+    <w:rsid w:val="00CF4AEF"/>
+    <w:rsid w:val="00D1092E"/>
     <w:rsid w:val="00D15C20"/>
     <w:rsid w:val="00D31417"/>
-    <w:rsid w:val="00D471A6"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00D81AF1"/>
+    <w:rsid w:val="00D402CE"/>
+    <w:rsid w:val="00D568DF"/>
+    <w:rsid w:val="00D62A82"/>
+    <w:rsid w:val="00D67715"/>
+    <w:rsid w:val="00D74010"/>
+    <w:rsid w:val="00D91591"/>
     <w:rsid w:val="00DA10B2"/>
-    <w:rsid w:val="00DB25FD"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00E9153F"/>
+    <w:rsid w:val="00DA5DC2"/>
+    <w:rsid w:val="00DB6DBE"/>
+    <w:rsid w:val="00DC0ECB"/>
+    <w:rsid w:val="00DD5A17"/>
+    <w:rsid w:val="00E022EC"/>
+    <w:rsid w:val="00E0442A"/>
+    <w:rsid w:val="00E07A70"/>
+    <w:rsid w:val="00E21090"/>
+    <w:rsid w:val="00E259D0"/>
+    <w:rsid w:val="00E42FD6"/>
+    <w:rsid w:val="00E4611C"/>
+    <w:rsid w:val="00E475C5"/>
+    <w:rsid w:val="00E86C8E"/>
+    <w:rsid w:val="00E87965"/>
     <w:rsid w:val="00E930FC"/>
-    <w:rsid w:val="00E95D56"/>
+    <w:rsid w:val="00E94115"/>
     <w:rsid w:val="00EA64EA"/>
-    <w:rsid w:val="00EB0243"/>
+    <w:rsid w:val="00EB3060"/>
     <w:rsid w:val="00EB6284"/>
     <w:rsid w:val="00EC122D"/>
-    <w:rsid w:val="00F104C0"/>
+    <w:rsid w:val="00EC3512"/>
+    <w:rsid w:val="00EC73C1"/>
+    <w:rsid w:val="00EF319B"/>
+    <w:rsid w:val="00F07833"/>
     <w:rsid w:val="00F111D8"/>
-    <w:rsid w:val="00F22EC1"/>
     <w:rsid w:val="00F3452E"/>
+    <w:rsid w:val="00F3603B"/>
     <w:rsid w:val="00F3765B"/>
+    <w:rsid w:val="00F4242C"/>
+    <w:rsid w:val="00F42CDC"/>
     <w:rsid w:val="00F54576"/>
-    <w:rsid w:val="00F549F4"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00F83D38"/>
+    <w:rsid w:val="00F61963"/>
     <w:rsid w:val="00F86047"/>
-    <w:rsid w:val="00F863C1"/>
-[...6 lines deleted...]
-    <w:rsid w:val="67B6C118"/>
+    <w:rsid w:val="00FD0EDE"/>
+    <w:rsid w:val="00FD3116"/>
+    <w:rsid w:val="00FE2432"/>
+    <w:rsid w:val="00FF37C9"/>
+    <w:rsid w:val="0FE0BFDC"/>
+    <w:rsid w:val="119E6D4C"/>
+    <w:rsid w:val="3E7B2C56"/>
+    <w:rsid w:val="4A30EDD3"/>
+    <w:rsid w:val="54616AA4"/>
+    <w:rsid w:val="6D3F75AD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef m:val="0"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapRight/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="subSup"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="3073"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
-  <w:listSeparator w:val=","/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{C4CA08DF-CC74-4177-A8A1-580AF937DDD9}"/>
+  <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="512539EA"/>
+  <w15:docId w15:val="{382E61F7-CCF8-4147-9C37-42F3DE155D60}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="de-DE" w:eastAsia="de-DE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -16868,50 +18857,51 @@
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Light Shading"/>
     <w:lsdException w:name="Light List"/>
     <w:lsdException w:name="Light Grid"/>
     <w:lsdException w:name="Medium Shading 1"/>
     <w:lsdException w:name="Medium Shading 2"/>
     <w:lsdException w:name="Medium List 1"/>
     <w:lsdException w:name="Medium List 2"/>
     <w:lsdException w:name="Medium Grid 1"/>
     <w:lsdException w:name="Medium Grid 2"/>
     <w:lsdException w:name="Medium Grid 3"/>
     <w:lsdException w:name="Dark List"/>
     <w:lsdException w:name="Colorful Shading"/>
     <w:lsdException w:name="Colorful List"/>
     <w:lsdException w:name="Colorful Grid"/>
     <w:lsdException w:name="Light Shading Accent 1"/>
     <w:lsdException w:name="Light List Accent 1"/>
     <w:lsdException w:name="Light Grid Accent 1"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1"/>
     <w:lsdException w:name="Medium List 1 Accent 1"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1"/>
     <w:lsdException w:name="Dark List Accent 1"/>
     <w:lsdException w:name="Colorful Shading Accent 1"/>
     <w:lsdException w:name="Colorful List Accent 1"/>
     <w:lsdException w:name="Colorful Grid Accent 1"/>
     <w:lsdException w:name="Light Shading Accent 2"/>
     <w:lsdException w:name="Light List Accent 2"/>
     <w:lsdException w:name="Light Grid Accent 2"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2"/>
     <w:lsdException w:name="Medium List 1 Accent 2"/>
     <w:lsdException w:name="Medium List 2 Accent 2"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2"/>
     <w:lsdException w:name="Dark List Accent 2"/>
     <w:lsdException w:name="Colorful Shading Accent 2"/>
     <w:lsdException w:name="Colorful List Accent 2"/>
     <w:lsdException w:name="Colorful Grid Accent 2"/>
     <w:lsdException w:name="Light Shading Accent 3"/>
     <w:lsdException w:name="Light List Accent 3"/>
     <w:lsdException w:name="Light Grid Accent 3"/>
@@ -17075,277 +19065,277 @@
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00EC122D"/>
     <w:pPr>
       <w:spacing w:after="180" w:line="280" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading1">
+  <w:style w:type="paragraph" w:styleId="Titre1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="004C64A6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:numPr>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:spacing w:after="100"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:kern w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading2">
+  <w:style w:type="paragraph" w:styleId="Titre2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="004C64A6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:numPr>
         <w:ilvl w:val="1"/>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:spacing w:after="100"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:color w:val="767878"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading3">
+  <w:style w:type="paragraph" w:styleId="Titre3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00D47086"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:numPr>
         <w:ilvl w:val="2"/>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:spacing w:after="100"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading4">
+  <w:style w:type="paragraph" w:styleId="Titre4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading4Char"/>
+    <w:link w:val="Titre4Car"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00D47086"/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:ilvl w:val="3"/>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:spacing w:after="100"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:bCs/>
       <w:i/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading5">
+  <w:style w:type="paragraph" w:styleId="Titre5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading5Char"/>
+    <w:link w:val="Titre5Car"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00D47086"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="4"/>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:spacing w:after="100"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading6">
+  <w:style w:type="paragraph" w:styleId="Titre6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading6Char"/>
+    <w:link w:val="Titre6Car"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00E06965"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="Policepardfaut">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="TableauNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="Aucuneliste">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlink">
+  <w:style w:type="character" w:styleId="Lienhypertexte">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Policepardfaut"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rsid w:val="00042B29"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC1">
+  <w:style w:type="paragraph" w:styleId="TM1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:semiHidden/>
     <w:locked/>
     <w:rsid w:val="00155AF3"/>
     <w:pPr>
       <w:spacing w:line="260" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC2">
+  <w:style w:type="paragraph" w:styleId="TM2">
     <w:name w:val="toc 2"/>
-    <w:basedOn w:val="Heading2"/>
+    <w:basedOn w:val="Titre2"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:semiHidden/>
     <w:locked/>
     <w:rsid w:val="00155AF3"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="0"/>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:spacing w:after="0"/>
       <w:ind w:left="198"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC3">
+  <w:style w:type="paragraph" w:styleId="TM3">
     <w:name w:val="toc 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:semiHidden/>
     <w:locked/>
     <w:rsid w:val="00155AF3"/>
     <w:pPr>
       <w:spacing w:line="260" w:lineRule="exact"/>
       <w:ind w:left="397"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="PageNumber">
+  <w:style w:type="character" w:styleId="Numrodepage">
     <w:name w:val="page number"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Policepardfaut"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rsid w:val="00042B29"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="01entteetbasdepage">
     <w:name w:val="01_en_tête_et_bas_de_page"/>
     <w:qFormat/>
     <w:rsid w:val="003521DC"/>
     <w:pPr>
       <w:spacing w:line="220" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="09enttepage2">
     <w:name w:val="09_en_tête_page_2"/>
     <w:basedOn w:val="01entteetbasdepage"/>
     <w:qFormat/>
     <w:rsid w:val="00837C57"/>
@@ -17358,236 +19348,236 @@
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="05objet">
     <w:name w:val="05_objet"/>
     <w:qFormat/>
     <w:rsid w:val="00D47086"/>
     <w:pPr>
       <w:spacing w:after="180" w:line="280" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="06atexteprincipal">
     <w:name w:val="06a_texte_principal"/>
     <w:qFormat/>
     <w:rsid w:val="00345398"/>
     <w:pPr>
       <w:spacing w:after="180" w:line="280" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading4"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titre4Car">
+    <w:name w:val="Titre 4 Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Titre4"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00D47086"/>
     <w:rPr>
       <w:bCs/>
       <w:i/>
       <w:szCs w:val="28"/>
       <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="07puces">
     <w:name w:val="07_puces"/>
     <w:qFormat/>
     <w:rsid w:val="00A871DB"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="2"/>
       </w:numPr>
       <w:spacing w:line="280" w:lineRule="exact"/>
       <w:ind w:left="227" w:hanging="227"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="08annexecontactrenseignementsetc">
     <w:name w:val="08_annexe_contact_renseignements_etc."/>
     <w:qFormat/>
     <w:rsid w:val="00E04101"/>
     <w:pPr>
       <w:spacing w:line="220" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
+  <w:style w:type="paragraph" w:styleId="En-tte">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rsid w:val="00042B29"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Footer">
+  <w:style w:type="paragraph" w:styleId="Pieddepage">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rsid w:val="00042B29"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading5"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titre5Car">
+    <w:name w:val="Titre 5 Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Titre5"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00D47086"/>
     <w:rPr>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:szCs w:val="26"/>
       <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="rpertoire1">
     <w:name w:val="répertoire_1"/>
-    <w:basedOn w:val="TOC1"/>
+    <w:basedOn w:val="TM1"/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00D47086"/>
     <w:pPr>
       <w:spacing w:after="100" w:line="280" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="rpertoire2">
     <w:name w:val="répertoire_2"/>
-    <w:basedOn w:val="TOC2"/>
+    <w:basedOn w:val="TM2"/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00D47086"/>
     <w:pPr>
       <w:spacing w:after="100"/>
       <w:ind w:left="0"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="rpertoire3">
     <w:name w:val="répertoire_3"/>
-    <w:basedOn w:val="TOC3"/>
+    <w:basedOn w:val="TM3"/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00D47086"/>
     <w:pPr>
       <w:spacing w:after="100" w:line="280" w:lineRule="exact"/>
       <w:ind w:left="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:i/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="07puces2">
     <w:name w:val="07_puces_2"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00A871DB"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="13"/>
       </w:numPr>
       <w:spacing w:after="0"/>
       <w:ind w:left="454" w:hanging="227"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="07puces3">
     <w:name w:val="07_puces_3"/>
     <w:basedOn w:val="07puces2"/>
     <w:qFormat/>
     <w:rsid w:val="00A871DB"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="3"/>
       </w:numPr>
       <w:ind w:left="681" w:hanging="227"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC4">
+  <w:style w:type="paragraph" w:styleId="TM4">
     <w:name w:val="toc 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:semiHidden/>
     <w:locked/>
     <w:rsid w:val="00155AF3"/>
     <w:pPr>
       <w:spacing w:line="260" w:lineRule="exact"/>
       <w:ind w:left="595"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC5">
+  <w:style w:type="paragraph" w:styleId="TM5">
     <w:name w:val="toc 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:semiHidden/>
     <w:locked/>
     <w:rsid w:val="00155AF3"/>
     <w:pPr>
       <w:spacing w:line="260" w:lineRule="exact"/>
       <w:ind w:left="794"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FollowedHyperlink">
+  <w:style w:type="character" w:styleId="Lienhypertextesuivivisit">
     <w:name w:val="FollowedHyperlink"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Policepardfaut"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rsid w:val="00532108"/>
     <w:rPr>
       <w:color w:val="800080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="06btexteprincipalsansespacebloc">
     <w:name w:val="06b_texte_principal_sans_espace_bloc"/>
     <w:basedOn w:val="06atexteprincipal"/>
     <w:qFormat/>
     <w:rsid w:val="00345398"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="04date">
     <w:name w:val="04_date"/>
     <w:basedOn w:val="06atexteprincipal"/>
     <w:qFormat/>
     <w:rsid w:val="00D47086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
@@ -17600,91 +19590,91 @@
     <w:basedOn w:val="06atexteprincipal"/>
     <w:qFormat/>
     <w:rsid w:val="00D47086"/>
     <w:pPr>
       <w:framePr w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="1362" w:y="2553"/>
       <w:spacing w:after="0"/>
       <w:suppressOverlap/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="02expditeurfentre">
     <w:name w:val="02_expéditeur_fenêtre"/>
     <w:autoRedefine/>
     <w:qFormat/>
     <w:rsid w:val="00EB6284"/>
     <w:pPr>
       <w:keepLines/>
       <w:framePr w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="1419" w:y="2553"/>
       <w:spacing w:line="170" w:lineRule="exact"/>
       <w:suppressOverlap/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="12"/>
       <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading6"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titre6Car">
+    <w:name w:val="Titre 6 Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Titre6"/>
     <w:semiHidden/>
     <w:rsid w:val="00E06965"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="de-CH" w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="10numrotation">
     <w:name w:val="10_numérotation"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00345398"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
       <w:spacing w:after="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="11Chapitre">
     <w:name w:val="11_Chapitre"/>
-    <w:basedOn w:val="Heading1"/>
+    <w:basedOn w:val="Titre1"/>
     <w:next w:val="06atexteprincipal"/>
     <w:qFormat/>
     <w:rsid w:val="004C64A6"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="5"/>
       </w:numPr>
       <w:ind w:left="851" w:hanging="851"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="NoSpacing">
+  <w:style w:type="paragraph" w:styleId="Sansinterligne">
     <w:name w:val="No Spacing"/>
     <w:rsid w:val="00B44F22"/>
     <w:pPr>
       <w:spacing w:line="280" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="10bnumrotation2eniveau">
     <w:name w:val="10b_numérotation_2e_niveau"/>
     <w:qFormat/>
     <w:rsid w:val="00D43596"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="21"/>
       </w:numPr>
       <w:spacing w:line="280" w:lineRule="exact"/>
       <w:ind w:left="738" w:hanging="369"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
     </w:rPr>
@@ -17697,189 +19687,186 @@
       <w:numPr>
         <w:numId w:val="22"/>
       </w:numPr>
       <w:spacing w:line="280" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="10dnumrotation4eniveau">
     <w:name w:val="10d_numérotation_4e_niveau"/>
     <w:qFormat/>
     <w:rsid w:val="00D43596"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="23"/>
       </w:numPr>
       <w:spacing w:line="280" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalloonText">
+  <w:style w:type="paragraph" w:styleId="Textedebulles">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BalloonTextChar"/>
+    <w:link w:val="TextedebullesCar"/>
     <w:rsid w:val="008A5C36"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
-[...2 lines deleted...]
-    <w:link w:val="BalloonText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextedebullesCar">
+    <w:name w:val="Texte de bulles Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Textedebulles"/>
     <w:rsid w:val="008A5C36"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="UnresolvedMention">
-[...2 lines deleted...]
-    <w:uiPriority w:val="99"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="01KopfzeileFusszeile">
+    <w:name w:val="01_Kopfzeile_Fusszeile"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A02499"/>
+    <w:pPr>
+      <w:spacing w:line="220" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:lang w:val="de-CH" w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Marquedecommentaire">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="Policepardfaut"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="006F3BB1"/>
-[...8 lines deleted...]
-    <w:rsid w:val="00161BE1"/>
+    <w:rsid w:val="005B66FA"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentText">
+  <w:style w:type="paragraph" w:styleId="Commentaire">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="CommentTextChar"/>
-    <w:rsid w:val="00161BE1"/>
+    <w:link w:val="CommentaireCar"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005B66FA"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
-[...3 lines deleted...]
-    <w:rsid w:val="00161BE1"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentaireCar">
+    <w:name w:val="Commentaire Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Commentaire"/>
+    <w:rsid w:val="005B66FA"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentSubject">
+  <w:style w:type="paragraph" w:styleId="Objetducommentaire">
     <w:name w:val="annotation subject"/>
-    <w:basedOn w:val="CommentText"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00161BE1"/>
+    <w:basedOn w:val="Commentaire"/>
+    <w:next w:val="Commentaire"/>
+    <w:link w:val="ObjetducommentaireCar"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005B66FA"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
-[...3 lines deleted...]
-    <w:rsid w:val="00161BE1"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ObjetducommentaireCar">
+    <w:name w:val="Objet du commentaire Car"/>
+    <w:basedOn w:val="CommentaireCar"/>
+    <w:link w:val="Objetducommentaire"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005B66FA"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Revision">
-[...2 lines deleted...]
-    <w:rsid w:val="00B42662"/>
+  <w:style w:type="character" w:styleId="Mentionnonrsolue">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00854F01"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-      <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-[...15 lines deleted...]
-</w:webSettings>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sesam@fr.ch" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sesam@fr.ch" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fr.ch/de/media/497446" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/></Relationships>
+</file>
+
+<file path=word/_rels/numbering.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.gif"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -18173,61 +20160,74 @@
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="52708702-6309-439d-9c98-b9c43ac45196">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="475a5db5-90ef-423b-9eee-95a2fc40fb0a" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100842BCCBD12F54A49843C4BBEFE36A667" ma:contentTypeVersion="16" ma:contentTypeDescription="Crée un document." ma:contentTypeScope="" ma:versionID="878474d7286c80d33b30354c927ee455">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="52708702-6309-439d-9c98-b9c43ac45196" xmlns:ns3="475a5db5-90ef-423b-9eee-95a2fc40fb0a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d78f8caedfcc1c3a1b38e0bbe2816756" ns2:_="" ns3:_="">
     <xsd:import namespace="52708702-6309-439d-9c98-b9c43ac45196"/>
     <xsd:import namespace="475a5db5-90ef-423b-9eee-95a2fc40fb0a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -18426,185 +20426,173 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{32B81B5D-93F7-49A5-BDF8-0D0B4F6AC21A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DA084D12-D44B-49CF-A0CF-805F1ED3D9D7}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D17E42FD-F874-4F41-AF4D-5ABA8DED942D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="52708702-6309-439d-9c98-b9c43ac45196"/>
     <ds:schemaRef ds:uri="475a5db5-90ef-423b-9eee-95a2fc40fb0a"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9C72561C-864B-4CBE-BB5B-305F05642BE1}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EE4AE304-EC67-4679-ABCE-9831133951EC}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{17B8A024-A181-49BB-8415-BC703FA3DED6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="52708702-6309-439d-9c98-b9c43ac45196"/>
     <ds:schemaRef ds:uri="475a5db5-90ef-423b-9eee-95a2fc40fb0a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>5849</Characters>
+  <Pages>3</Pages>
+  <Words>1088</Words>
+  <Characters>5984</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>13</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>49</Lines>
+  <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company>MACMAC Media SA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6861</CharactersWithSpaces>
+  <CharactersWithSpaces>7058</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HLinks>
-    <vt:vector size="6" baseType="variant">
+    <vt:vector size="18" baseType="variant">
       <vt:variant>
         <vt:i4>3080223</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:i4>627</vt:i4>
+        <vt:i4>636</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:sesam@fr.ch</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4980741</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>633</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.fr.ch/de/media/497446</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4980741</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>270</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.fr.ch/de/media/497446</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Correspondance</dc:title>
-  <dc:subject/>
   <dc:creator>Dénervaud Floriane</dc:creator>
-  <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100842BCCBD12F54A49843C4BBEFE36A667</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="xd_ProgID">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
-  </property>
-[...16 lines deleted...]
-    <vt:bool>false</vt:bool>
   </property>
 </Properties>
 </file>