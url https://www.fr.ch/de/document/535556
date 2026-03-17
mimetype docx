--- v0 (2025-12-18)
+++ v1 (2026-03-17)
@@ -1,29 +1,30 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
@@ -136,57 +137,52 @@
         <w:t xml:space="preserve">und die Konsequenzen für die verschiedenen </w:t>
       </w:r>
       <w:r w:rsidR="2CFF03D6" w:rsidRPr="00E25668">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">Mitglieder des Netzwerkes </w:t>
       </w:r>
       <w:r w:rsidRPr="00E25668">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>zu diskutieren</w:t>
       </w:r>
       <w:r w:rsidR="00DB55CE">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3728D6A8" w14:textId="768396AD" w:rsidR="00C77487" w:rsidRPr="003F3DC7" w:rsidRDefault="05647C22" w:rsidP="00E25668">
       <w:pPr>
         <w:pStyle w:val="07puces"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="003F3DC7">
-        <w:t>die</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> erforderliche Ausrüstung zu definieren </w:t>
+        <w:t xml:space="preserve">die erforderliche Ausrüstung zu definieren </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58FE58A1" w14:textId="5AF4348A" w:rsidR="00C77487" w:rsidRPr="00E25668" w:rsidRDefault="05647C22" w:rsidP="00E25668">
       <w:pPr>
         <w:pStyle w:val="07puces"/>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E25668">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">die Verantwortlichkeiten festzulegen, insbesondere für die Schulung der Schülerin/des Schülers im Umgang mit dem </w:t>
       </w:r>
       <w:r w:rsidR="75864B40" w:rsidRPr="00E25668">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>THM</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B85D526" w14:textId="728D89FA" w:rsidR="00C77487" w:rsidRDefault="05647C22" w:rsidP="00E25668">
       <w:pPr>
         <w:pStyle w:val="07puces"/>
@@ -5342,145 +5338,240 @@
       <w:r w:rsidRPr="003F3DC7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="003F3DC7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="003F3DC7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="003F3DC7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B45C327" w14:textId="2587FF7C" w:rsidR="00AC7C9F" w:rsidRPr="007D40DF" w:rsidRDefault="6F372D4D" w:rsidP="007D40DF">
+    <w:p w14:paraId="4B45C327" w14:textId="1B20414F" w:rsidR="00AC7C9F" w:rsidRPr="007D40DF" w:rsidRDefault="6F372D4D" w:rsidP="007D40DF">
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
       </w:pPr>
       <w:r w:rsidRPr="003F3DC7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="33B4AAEA" w:rsidRPr="007D40DF">
         <w:t>Zusamme</w:t>
       </w:r>
       <w:r w:rsidR="405B15AB" w:rsidRPr="007D40DF">
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidR="33B4AAEA" w:rsidRPr="007D40DF">
         <w:t xml:space="preserve">stellung des </w:t>
       </w:r>
       <w:r w:rsidR="54EA2CC1" w:rsidRPr="007D40DF">
         <w:t>gewünsch</w:t>
       </w:r>
       <w:r w:rsidR="7FFC86A9" w:rsidRPr="007D40DF">
         <w:t xml:space="preserve">ten </w:t>
       </w:r>
       <w:r w:rsidR="33B4AAEA" w:rsidRPr="007D40DF">
         <w:t>Materials</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54DBAEA0" w14:textId="3D678B96" w:rsidR="00AC7C9F" w:rsidRPr="008C3BA4" w:rsidRDefault="154F4D89" w:rsidP="15D299AC">
+    <w:p w14:paraId="54DBAEA0" w14:textId="71CD488A" w:rsidR="00AC7C9F" w:rsidRPr="008C3BA4" w:rsidRDefault="00D60017" w:rsidP="15D299AC">
       <w:pPr>
         <w:pStyle w:val="06atexteprincipal"/>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008C3BA4">
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3E031424" wp14:editId="6B64B9DC">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>5702141</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>50282</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="364490" cy="364490"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:wrapNone/>
+            <wp:docPr id="578904212" name="Grafik 1" descr="Scan me!"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 1" descr="Scan me!"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId11" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="364490" cy="364490"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="154F4D89" w:rsidRPr="008C3BA4">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>Nur ankreuzen, was im Zusammenhang mit der Störung des Kindes notwendig ist.</w:t>
       </w:r>
       <w:r w:rsidR="00B54BBC" w:rsidRPr="008C3BA4">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B95460" w:rsidRPr="008C3BA4">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">Bei Bedarf die Hilfe </w:t>
       </w:r>
       <w:r w:rsidR="0021575A" w:rsidRPr="008C3BA4">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>einer</w:t>
       </w:r>
       <w:r w:rsidR="00B95460" w:rsidRPr="008C3BA4">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ansprechperson</w:t>
       </w:r>
       <w:r w:rsidR="0021575A" w:rsidRPr="008C3BA4">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> Medien&amp;Informatik anfordern. </w:t>
       </w:r>
+      <w:r w:rsidR="00074E1B">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Hier finden Sie eine </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidR="00074E1B" w:rsidRPr="0034337E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:lang w:val="de-CH"/>
+          </w:rPr>
+          <w:t>Übersicht des Materials</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00074E1B">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="004023B0" w:rsidRPr="0033380D">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007415FB">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3AAFCED4" w14:textId="0DF7558F" w:rsidR="006D4CE0" w:rsidRPr="005363CC" w:rsidRDefault="6E0EFD29" w:rsidP="005363CC">
+    <w:p w14:paraId="3AAFCED4" w14:textId="6642FE45" w:rsidR="006D4CE0" w:rsidRPr="005363CC" w:rsidRDefault="6E0EFD29" w:rsidP="005363CC">
       <w:pPr>
         <w:pStyle w:val="numrotationA"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="005363CC">
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="005363CC" w:rsidRPr="005363CC">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="2E622E8A" w:rsidRPr="005363CC">
         <w:t>Computer / Tablet (</w:t>
       </w:r>
       <w:r w:rsidR="116F1C20" w:rsidRPr="005363CC">
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="2E622E8A" w:rsidRPr="005363CC">
         <w:t xml:space="preserve"> Kreuz): </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EF0E280" w14:textId="61EB2E39" w:rsidR="006D4CE0" w:rsidRPr="003F3DC7" w:rsidRDefault="00C171B9" w:rsidP="007D40DF">
+    <w:p w14:paraId="3EF0E280" w14:textId="3BEA475F" w:rsidR="006D4CE0" w:rsidRPr="003F3DC7" w:rsidRDefault="00C171B9" w:rsidP="007D40DF">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="767878"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F3DC7">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher21"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="003F3DC7">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r w:rsidRPr="003F3DC7">
@@ -5499,92 +5590,92 @@
         </w:rPr>
         <w:t>Mac mit: Hülle</w:t>
       </w:r>
       <w:r w:rsidR="3B3CE1EE" w:rsidRPr="003F3DC7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="767878"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="20A1E05C" w:rsidRPr="003F3DC7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="767878"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="5E58D42B" w:rsidRPr="003F3DC7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="767878"/>
         </w:rPr>
         <w:t>PDF Expert</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B3C604B" w14:textId="0E13DD8C" w:rsidR="006D4CE0" w:rsidRPr="00546104" w:rsidRDefault="00C171B9" w:rsidP="15D299AC">
+    <w:p w14:paraId="7B3C604B" w14:textId="0E13DD8C" w:rsidR="006D4CE0" w:rsidRPr="00DA7900" w:rsidRDefault="00C171B9" w:rsidP="15D299AC">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="767878"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F3DC7">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher21"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00546104">
+      <w:r w:rsidRPr="00DA7900">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r w:rsidRPr="003F3DC7">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="003F3DC7">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="00C31FD0" w:rsidRPr="00546104">
+      <w:r w:rsidR="00C31FD0" w:rsidRPr="00DA7900">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="20A1E05C" w:rsidRPr="00546104">
+      <w:r w:rsidR="20A1E05C" w:rsidRPr="00DA7900">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="767878"/>
         </w:rPr>
         <w:t>Windows-PC mit: Touchscreen, Stift</w:t>
       </w:r>
-      <w:r w:rsidR="64F780FC" w:rsidRPr="00546104">
+      <w:r w:rsidR="64F780FC" w:rsidRPr="00DA7900">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="767878"/>
         </w:rPr>
         <w:t>, PDF Xchange Editor</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53AC45D0" w14:textId="2097EB4D" w:rsidR="006D4CE0" w:rsidRPr="003F3DC7" w:rsidRDefault="00C171B9" w:rsidP="007D40DF">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="767878"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F3DC7">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher21"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
@@ -6198,82 +6289,73 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="767878"/>
         </w:rPr>
         <w:t>private Ausrüstung des Kindes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="767878"/>
         </w:rPr>
         <w:t xml:space="preserve"> wird verwendet</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F44A860" w14:textId="77777777" w:rsidR="0025392A" w:rsidRDefault="0025392A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="767878"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5D31B0B0" w14:textId="77777777" w:rsidR="00A31CB1" w:rsidRDefault="00A31CB1" w:rsidP="005363CC">
-[...17 lines deleted...]
-    <w:p w14:paraId="6A7516C7" w14:textId="7D10026A" w:rsidR="00A31CB1" w:rsidRPr="00537CF5" w:rsidRDefault="00537CF5" w:rsidP="00537CF5">
+    <w:p w14:paraId="6A7516C7" w14:textId="3A862C46" w:rsidR="00A31CB1" w:rsidRDefault="00A31CB1" w:rsidP="00537CF5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="767878"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p w14:paraId="6164E1E6" w14:textId="77777777" w:rsidR="00EC0B1B" w:rsidRPr="00537CF5" w:rsidRDefault="00EC0B1B" w:rsidP="00537CF5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="767878"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="1C44AF0D" w14:textId="7C10C88C" w:rsidR="00AF2699" w:rsidRPr="007D40DF" w:rsidRDefault="5C9A4546" w:rsidP="005363CC">
       <w:pPr>
         <w:pStyle w:val="numrotationA"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="005363CC">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="1561AA2C" w:rsidRPr="007D40DF">
         <w:t>Software/Apps</w:t>
       </w:r>
       <w:r w:rsidR="00AE5B28">
         <w:t xml:space="preserve"> (nur Notwendiges ankreuzen)</w:t>
       </w:r>
       <w:r w:rsidR="32734414" w:rsidRPr="007D40DF">
         <w:t>:</w:t>
       </w:r>
@@ -14423,85 +14505,85 @@
       <w:r w:rsidR="003D23A4">
         <w:br/>
       </w:r>
       <w:r w:rsidR="2A5B90D7" w:rsidRPr="003F3DC7">
         <w:t>Spitalgasse</w:t>
       </w:r>
       <w:r w:rsidR="39FFF22F" w:rsidRPr="003F3DC7">
         <w:t xml:space="preserve"> 3</w:t>
       </w:r>
       <w:r w:rsidR="003D23A4">
         <w:br/>
       </w:r>
       <w:r w:rsidR="0CE173A4" w:rsidRPr="003F3DC7">
         <w:t>1701 Fr</w:t>
       </w:r>
       <w:r w:rsidR="0D5DB82F" w:rsidRPr="003F3DC7">
         <w:t>eiburg</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CCB8C4F" w14:textId="5445323E" w:rsidR="002C346E" w:rsidRPr="00573CAB" w:rsidRDefault="0CE173A4" w:rsidP="54B81E62">
       <w:r w:rsidRPr="003F3DC7">
         <w:t>sesam@fr.ch</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="002C346E" w:rsidRPr="00573CAB" w:rsidSect="00E25668">
-      <w:headerReference w:type="even" r:id="rId11"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId16"/>
+      <w:headerReference w:type="even" r:id="rId13"/>
+      <w:headerReference w:type="default" r:id="rId14"/>
+      <w:footerReference w:type="even" r:id="rId15"/>
+      <w:footerReference w:type="default" r:id="rId16"/>
+      <w:headerReference w:type="first" r:id="rId17"/>
+      <w:footerReference w:type="first" r:id="rId18"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1675" w:right="1700" w:bottom="1701" w:left="1418" w:header="652" w:footer="661" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="08EF1FF2" w14:textId="77777777" w:rsidR="00395E62" w:rsidRPr="003F3DC7" w:rsidRDefault="00395E62">
+    <w:p w14:paraId="431AE526" w14:textId="77777777" w:rsidR="00970F69" w:rsidRPr="003F3DC7" w:rsidRDefault="00970F69">
       <w:r w:rsidRPr="003F3DC7">
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6F2380A5" w14:textId="77777777" w:rsidR="00395E62" w:rsidRPr="003F3DC7" w:rsidRDefault="00395E62">
+    <w:p w14:paraId="14B919E3" w14:textId="77777777" w:rsidR="00970F69" w:rsidRPr="003F3DC7" w:rsidRDefault="00970F69">
       <w:r w:rsidRPr="003F3DC7">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0707EE8B" w14:textId="77777777" w:rsidR="00395E62" w:rsidRPr="003F3DC7" w:rsidRDefault="00395E62">
+    <w:p w14:paraId="00BDACF7" w14:textId="77777777" w:rsidR="00970F69" w:rsidRPr="003F3DC7" w:rsidRDefault="00970F69">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -14708,157 +14790,157 @@
     <w:r w:rsidR="00EB6284" w:rsidRPr="001261C6">
       <w:rPr>
         <w:lang w:val="fr-CH"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="54B81E62" w:rsidRPr="001261C6">
       <w:rPr>
         <w:lang w:val="fr-CH"/>
       </w:rPr>
       <w:t>S-002</w:t>
     </w:r>
     <w:r w:rsidR="00DC3D86">
       <w:rPr>
         <w:lang w:val="fr-CH"/>
       </w:rPr>
       <w:t>A</w:t>
     </w:r>
     <w:r w:rsidR="54B81E62" w:rsidRPr="001261C6">
       <w:rPr>
         <w:lang w:val="fr-CH"/>
       </w:rPr>
       <w:t>-DE – Antrag THM</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="613B5218" w14:textId="4A8AE9EF" w:rsidR="00DF3A90" w:rsidRPr="006529B8" w:rsidRDefault="00E04437" w:rsidP="00DF3A90">
+  <w:p w14:paraId="613B5218" w14:textId="27DC2E81" w:rsidR="00DF3A90" w:rsidRPr="006529B8" w:rsidRDefault="00E04437" w:rsidP="00DF3A90">
     <w:pPr>
       <w:pStyle w:val="01entteetbasdepage"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="9637"/>
       </w:tabs>
       <w:rPr>
         <w:bCs/>
         <w:lang w:val="de-CH"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="000B0059">
       <w:rPr>
         <w:bCs/>
         <w:lang w:val="de-CH"/>
       </w:rPr>
       <w:t>Direktion für Bildung und kulturelle Angelegenheiten</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:lang w:val="de-CH"/>
       </w:rPr>
       <w:t xml:space="preserve"> BKAD</w:t>
     </w:r>
     <w:r w:rsidR="00DF3A90">
       <w:rPr>
         <w:b/>
         <w:lang w:val="de-CH"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00DF3A90" w:rsidRPr="005C7959">
       <w:rPr>
         <w:bCs/>
         <w:lang w:val="de-CH"/>
       </w:rPr>
       <w:t xml:space="preserve">Version </w:t>
     </w:r>
-    <w:r w:rsidR="002F6B8C">
+    <w:r w:rsidR="00A226A4">
       <w:rPr>
         <w:bCs/>
         <w:lang w:val="de-CH"/>
       </w:rPr>
-      <w:t>11</w:t>
-[...6 lines deleted...]
-      <w:t>.</w:t>
+      <w:t>03.</w:t>
     </w:r>
     <w:r w:rsidR="001533BA">
       <w:rPr>
         <w:bCs/>
         <w:lang w:val="de-CH"/>
       </w:rPr>
       <w:t>20</w:t>
     </w:r>
     <w:r w:rsidR="00706A15">
       <w:rPr>
         <w:bCs/>
         <w:lang w:val="de-CH"/>
       </w:rPr>
-      <w:t>25</w:t>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r w:rsidR="00A226A4">
+      <w:rPr>
+        <w:bCs/>
+        <w:lang w:val="de-CH"/>
+      </w:rPr>
+      <w:t>6</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="121DA429" w14:textId="3BC94CD1" w:rsidR="003D703B" w:rsidRPr="003F3DC7" w:rsidRDefault="00E04437" w:rsidP="54B81E62">
     <w:pPr>
       <w:pStyle w:val="01entteetbasdepage"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="9637"/>
       </w:tabs>
       <w:rPr>
         <w:lang w:val="de-CH"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:lang w:val="de-CH"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2BDA5E4C" w14:textId="77777777" w:rsidR="00395E62" w:rsidRPr="003F3DC7" w:rsidRDefault="00395E62">
+    <w:p w14:paraId="72E79BE3" w14:textId="77777777" w:rsidR="00970F69" w:rsidRPr="003F3DC7" w:rsidRDefault="00970F69">
       <w:r w:rsidRPr="003F3DC7">
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4F36999A" w14:textId="77777777" w:rsidR="00395E62" w:rsidRPr="003F3DC7" w:rsidRDefault="00395E62">
+    <w:p w14:paraId="4BCDAA53" w14:textId="77777777" w:rsidR="00970F69" w:rsidRPr="003F3DC7" w:rsidRDefault="00970F69">
       <w:r w:rsidRPr="003F3DC7">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="75082161" w14:textId="77777777" w:rsidR="00395E62" w:rsidRPr="003F3DC7" w:rsidRDefault="00395E62">
+    <w:p w14:paraId="65F57847" w14:textId="77777777" w:rsidR="00970F69" w:rsidRPr="003F3DC7" w:rsidRDefault="00970F69">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0C259FBD" w14:textId="77777777" w:rsidR="002F6B8C" w:rsidRDefault="002F6B8C">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9298" w:type="dxa"/>
       <w:tblInd w:w="341" w:type="dxa"/>
       <w:tblBorders>
@@ -16984,140 +17066,143 @@
   </w:num>
   <w:num w:numId="8" w16cid:durableId="2046321505">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1376270492">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1140420538">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="408891014">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="687683749">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="694696788">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="11"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="90"/>
+  <w:zoom w:percent="170"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1021" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:documentProtection w:edit="forms" w:enforcement="1"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E16D9A"/>
     <w:rsid w:val="000006E3"/>
     <w:rsid w:val="000008B4"/>
     <w:rsid w:val="0000550E"/>
     <w:rsid w:val="00010614"/>
+    <w:rsid w:val="00011F4F"/>
     <w:rsid w:val="000126E4"/>
     <w:rsid w:val="00013D45"/>
     <w:rsid w:val="00016DBC"/>
     <w:rsid w:val="00017FC2"/>
     <w:rsid w:val="00022671"/>
     <w:rsid w:val="00024D15"/>
     <w:rsid w:val="0002627B"/>
     <w:rsid w:val="00027B56"/>
     <w:rsid w:val="00031E1C"/>
     <w:rsid w:val="00033BB3"/>
     <w:rsid w:val="000343DD"/>
     <w:rsid w:val="0003574E"/>
     <w:rsid w:val="00036137"/>
     <w:rsid w:val="00042FBB"/>
     <w:rsid w:val="000433E1"/>
     <w:rsid w:val="00043AFE"/>
     <w:rsid w:val="00043D4D"/>
     <w:rsid w:val="0004558A"/>
     <w:rsid w:val="000468F9"/>
     <w:rsid w:val="00050B44"/>
     <w:rsid w:val="000553A8"/>
     <w:rsid w:val="000556CE"/>
     <w:rsid w:val="000678E2"/>
     <w:rsid w:val="0007040C"/>
+    <w:rsid w:val="00074E1B"/>
     <w:rsid w:val="000765CF"/>
     <w:rsid w:val="00076C9A"/>
     <w:rsid w:val="000805A6"/>
     <w:rsid w:val="00081AEE"/>
     <w:rsid w:val="00082F4F"/>
     <w:rsid w:val="00085E2C"/>
     <w:rsid w:val="00090DE5"/>
     <w:rsid w:val="0009757F"/>
     <w:rsid w:val="000A04D5"/>
     <w:rsid w:val="000A10E7"/>
     <w:rsid w:val="000A37AB"/>
     <w:rsid w:val="000A3810"/>
     <w:rsid w:val="000A4763"/>
     <w:rsid w:val="000A606B"/>
     <w:rsid w:val="000B179E"/>
     <w:rsid w:val="000B195D"/>
     <w:rsid w:val="000B1A24"/>
     <w:rsid w:val="000B3309"/>
     <w:rsid w:val="000B3E5B"/>
     <w:rsid w:val="000B5463"/>
     <w:rsid w:val="000B5865"/>
     <w:rsid w:val="000B734A"/>
     <w:rsid w:val="000B75D0"/>
     <w:rsid w:val="000C0086"/>
     <w:rsid w:val="000C0841"/>
     <w:rsid w:val="000C3EE2"/>
     <w:rsid w:val="000C5258"/>
     <w:rsid w:val="000C6AA9"/>
     <w:rsid w:val="000D0167"/>
+    <w:rsid w:val="000D082C"/>
     <w:rsid w:val="000D1303"/>
     <w:rsid w:val="000D1CE5"/>
     <w:rsid w:val="000D4B37"/>
     <w:rsid w:val="000D512C"/>
     <w:rsid w:val="000D5BFE"/>
     <w:rsid w:val="000D6C91"/>
     <w:rsid w:val="000D74B4"/>
     <w:rsid w:val="000E38B7"/>
     <w:rsid w:val="000E5A5E"/>
     <w:rsid w:val="000F3128"/>
     <w:rsid w:val="000F41DD"/>
     <w:rsid w:val="000F4234"/>
     <w:rsid w:val="000F5E4A"/>
     <w:rsid w:val="000F6236"/>
     <w:rsid w:val="000F6E34"/>
     <w:rsid w:val="000F72B8"/>
     <w:rsid w:val="000F7AD3"/>
     <w:rsid w:val="00100C43"/>
     <w:rsid w:val="00101D2F"/>
     <w:rsid w:val="00102359"/>
     <w:rsid w:val="00103CC4"/>
     <w:rsid w:val="00103D0F"/>
     <w:rsid w:val="00104695"/>
     <w:rsid w:val="001055FE"/>
     <w:rsid w:val="00105603"/>
@@ -17158,50 +17243,51 @@
     <w:rsid w:val="0015618C"/>
     <w:rsid w:val="00157C34"/>
     <w:rsid w:val="00161F15"/>
     <w:rsid w:val="00162A11"/>
     <w:rsid w:val="00162D56"/>
     <w:rsid w:val="0016364B"/>
     <w:rsid w:val="00164C2E"/>
     <w:rsid w:val="00164E14"/>
     <w:rsid w:val="00167087"/>
     <w:rsid w:val="00171918"/>
     <w:rsid w:val="00171A28"/>
     <w:rsid w:val="00171D0D"/>
     <w:rsid w:val="00173B5B"/>
     <w:rsid w:val="00174B05"/>
     <w:rsid w:val="001757F7"/>
     <w:rsid w:val="0018058A"/>
     <w:rsid w:val="0018132A"/>
     <w:rsid w:val="00181E32"/>
     <w:rsid w:val="00185576"/>
     <w:rsid w:val="00185BE7"/>
     <w:rsid w:val="00187C57"/>
     <w:rsid w:val="00191500"/>
     <w:rsid w:val="001919CA"/>
     <w:rsid w:val="00195ECD"/>
     <w:rsid w:val="001975B7"/>
+    <w:rsid w:val="001A0626"/>
     <w:rsid w:val="001A0C13"/>
     <w:rsid w:val="001A1199"/>
     <w:rsid w:val="001A11FE"/>
     <w:rsid w:val="001A3ED8"/>
     <w:rsid w:val="001B66C7"/>
     <w:rsid w:val="001C1B10"/>
     <w:rsid w:val="001C4CA4"/>
     <w:rsid w:val="001C559F"/>
     <w:rsid w:val="001C6CE8"/>
     <w:rsid w:val="001D0E2A"/>
     <w:rsid w:val="001D0E5F"/>
     <w:rsid w:val="001D2F65"/>
     <w:rsid w:val="001D5464"/>
     <w:rsid w:val="001E0006"/>
     <w:rsid w:val="001E077D"/>
     <w:rsid w:val="001E0964"/>
     <w:rsid w:val="001E696A"/>
     <w:rsid w:val="001E7B3C"/>
     <w:rsid w:val="001E7C92"/>
     <w:rsid w:val="001F1F9C"/>
     <w:rsid w:val="001F3098"/>
     <w:rsid w:val="001F3E74"/>
     <w:rsid w:val="001F5403"/>
     <w:rsid w:val="00200F2D"/>
     <w:rsid w:val="00201A82"/>
@@ -17278,53 +17364,55 @@
     <w:rsid w:val="002D5865"/>
     <w:rsid w:val="002D6613"/>
     <w:rsid w:val="002D69AB"/>
     <w:rsid w:val="002E00CD"/>
     <w:rsid w:val="002E07E3"/>
     <w:rsid w:val="002E1FE3"/>
     <w:rsid w:val="002E26AD"/>
     <w:rsid w:val="002E4412"/>
     <w:rsid w:val="002E6D87"/>
     <w:rsid w:val="002F2881"/>
     <w:rsid w:val="002F2AFA"/>
     <w:rsid w:val="002F4D17"/>
     <w:rsid w:val="002F622B"/>
     <w:rsid w:val="002F6B8C"/>
     <w:rsid w:val="00300FCF"/>
     <w:rsid w:val="003028B7"/>
     <w:rsid w:val="00305DA3"/>
     <w:rsid w:val="00311BFA"/>
     <w:rsid w:val="00317414"/>
     <w:rsid w:val="00320499"/>
     <w:rsid w:val="00320A6B"/>
     <w:rsid w:val="003219A6"/>
     <w:rsid w:val="00323D26"/>
     <w:rsid w:val="00323EAA"/>
     <w:rsid w:val="0032532A"/>
+    <w:rsid w:val="0033380D"/>
     <w:rsid w:val="00335844"/>
     <w:rsid w:val="00337BA0"/>
     <w:rsid w:val="003403BD"/>
+    <w:rsid w:val="0034337E"/>
     <w:rsid w:val="0034387C"/>
     <w:rsid w:val="00343AC1"/>
     <w:rsid w:val="00344B1D"/>
     <w:rsid w:val="00344E85"/>
     <w:rsid w:val="00345580"/>
     <w:rsid w:val="0034757B"/>
     <w:rsid w:val="00353AEE"/>
     <w:rsid w:val="003544A5"/>
     <w:rsid w:val="00354794"/>
     <w:rsid w:val="00355CD1"/>
     <w:rsid w:val="003561C9"/>
     <w:rsid w:val="00363C28"/>
     <w:rsid w:val="0036473E"/>
     <w:rsid w:val="00370195"/>
     <w:rsid w:val="003723B6"/>
     <w:rsid w:val="00372A47"/>
     <w:rsid w:val="00373102"/>
     <w:rsid w:val="00373450"/>
     <w:rsid w:val="00373F43"/>
     <w:rsid w:val="00374E6E"/>
     <w:rsid w:val="0037539F"/>
     <w:rsid w:val="003765D8"/>
     <w:rsid w:val="00380591"/>
     <w:rsid w:val="00380F64"/>
     <w:rsid w:val="00384908"/>
@@ -17368,50 +17456,51 @@
     <w:rsid w:val="003D1EEE"/>
     <w:rsid w:val="003D23A4"/>
     <w:rsid w:val="003D3EB8"/>
     <w:rsid w:val="003D4D3A"/>
     <w:rsid w:val="003D5FC6"/>
     <w:rsid w:val="003D703B"/>
     <w:rsid w:val="003D7CCD"/>
     <w:rsid w:val="003DE7BD"/>
     <w:rsid w:val="003E0D43"/>
     <w:rsid w:val="003E289C"/>
     <w:rsid w:val="003E28E6"/>
     <w:rsid w:val="003E4E71"/>
     <w:rsid w:val="003E7198"/>
     <w:rsid w:val="003E7269"/>
     <w:rsid w:val="003F0706"/>
     <w:rsid w:val="003F08BE"/>
     <w:rsid w:val="003F1063"/>
     <w:rsid w:val="003F3BDB"/>
     <w:rsid w:val="003F3DC7"/>
     <w:rsid w:val="003F4FB8"/>
     <w:rsid w:val="003F5F67"/>
     <w:rsid w:val="003F6913"/>
     <w:rsid w:val="004000DF"/>
     <w:rsid w:val="00401FB9"/>
     <w:rsid w:val="004020DB"/>
+    <w:rsid w:val="004023B0"/>
     <w:rsid w:val="004031DD"/>
     <w:rsid w:val="004039D7"/>
     <w:rsid w:val="00403B08"/>
     <w:rsid w:val="00404911"/>
     <w:rsid w:val="00404BDA"/>
     <w:rsid w:val="0040547F"/>
     <w:rsid w:val="00405C59"/>
     <w:rsid w:val="00406BC5"/>
     <w:rsid w:val="00407243"/>
     <w:rsid w:val="0041285B"/>
     <w:rsid w:val="00415448"/>
     <w:rsid w:val="00417703"/>
     <w:rsid w:val="0041E28C"/>
     <w:rsid w:val="00420549"/>
     <w:rsid w:val="004206E8"/>
     <w:rsid w:val="00422E98"/>
     <w:rsid w:val="00423B5C"/>
     <w:rsid w:val="00423EDC"/>
     <w:rsid w:val="0043343F"/>
     <w:rsid w:val="004334DF"/>
     <w:rsid w:val="004341CB"/>
     <w:rsid w:val="00435148"/>
     <w:rsid w:val="004354DA"/>
     <w:rsid w:val="004373F7"/>
     <w:rsid w:val="004442F5"/>
@@ -17425,182 +17514,188 @@
     <w:rsid w:val="004619E1"/>
     <w:rsid w:val="00462039"/>
     <w:rsid w:val="00462321"/>
     <w:rsid w:val="00463B13"/>
     <w:rsid w:val="004715AD"/>
     <w:rsid w:val="00471D68"/>
     <w:rsid w:val="00472166"/>
     <w:rsid w:val="004722A1"/>
     <w:rsid w:val="0047344E"/>
     <w:rsid w:val="00473943"/>
     <w:rsid w:val="00475680"/>
     <w:rsid w:val="00475E73"/>
     <w:rsid w:val="004765EC"/>
     <w:rsid w:val="004766B8"/>
     <w:rsid w:val="004800A0"/>
     <w:rsid w:val="00482FFB"/>
     <w:rsid w:val="00483AD7"/>
     <w:rsid w:val="00487041"/>
     <w:rsid w:val="00490807"/>
     <w:rsid w:val="004932D7"/>
     <w:rsid w:val="00493A04"/>
     <w:rsid w:val="004949F9"/>
     <w:rsid w:val="00495828"/>
     <w:rsid w:val="00495967"/>
     <w:rsid w:val="00495FC4"/>
+    <w:rsid w:val="004960E6"/>
     <w:rsid w:val="00496C0E"/>
     <w:rsid w:val="004A2FCD"/>
     <w:rsid w:val="004A560A"/>
     <w:rsid w:val="004A6A25"/>
     <w:rsid w:val="004A6E07"/>
     <w:rsid w:val="004B20E3"/>
     <w:rsid w:val="004B4B28"/>
     <w:rsid w:val="004B5D6D"/>
     <w:rsid w:val="004B5D70"/>
     <w:rsid w:val="004B6C9C"/>
     <w:rsid w:val="004C39E1"/>
     <w:rsid w:val="004C516E"/>
     <w:rsid w:val="004C63DE"/>
     <w:rsid w:val="004C686E"/>
     <w:rsid w:val="004C704B"/>
     <w:rsid w:val="004D3B1C"/>
     <w:rsid w:val="004D492E"/>
     <w:rsid w:val="004D4F92"/>
     <w:rsid w:val="004D4FC1"/>
     <w:rsid w:val="004D5C7D"/>
     <w:rsid w:val="004D6D9B"/>
     <w:rsid w:val="004D7DCD"/>
     <w:rsid w:val="004D7FEB"/>
     <w:rsid w:val="004E116B"/>
     <w:rsid w:val="004E24B5"/>
     <w:rsid w:val="004E2B45"/>
     <w:rsid w:val="004E4E8A"/>
+    <w:rsid w:val="004E5623"/>
     <w:rsid w:val="004E6362"/>
     <w:rsid w:val="004F0D63"/>
     <w:rsid w:val="004F0D6A"/>
     <w:rsid w:val="004F253F"/>
     <w:rsid w:val="004F28D4"/>
     <w:rsid w:val="004F374C"/>
     <w:rsid w:val="004F3762"/>
     <w:rsid w:val="004F4A9F"/>
     <w:rsid w:val="004F4E1C"/>
     <w:rsid w:val="004F6B31"/>
     <w:rsid w:val="004F75B1"/>
+    <w:rsid w:val="00501B4C"/>
     <w:rsid w:val="00502144"/>
     <w:rsid w:val="005030BE"/>
     <w:rsid w:val="00504605"/>
     <w:rsid w:val="00505315"/>
     <w:rsid w:val="005113CE"/>
+    <w:rsid w:val="005123FF"/>
     <w:rsid w:val="00512EA0"/>
     <w:rsid w:val="00513F6E"/>
     <w:rsid w:val="00517FA6"/>
     <w:rsid w:val="005218E4"/>
     <w:rsid w:val="00521D65"/>
     <w:rsid w:val="00522A83"/>
     <w:rsid w:val="00525557"/>
     <w:rsid w:val="00525A1E"/>
     <w:rsid w:val="00526925"/>
     <w:rsid w:val="005278DA"/>
     <w:rsid w:val="00530E9F"/>
     <w:rsid w:val="00532AB0"/>
     <w:rsid w:val="00533402"/>
     <w:rsid w:val="005363CC"/>
     <w:rsid w:val="00536681"/>
     <w:rsid w:val="00537CF5"/>
     <w:rsid w:val="00537F07"/>
     <w:rsid w:val="00540C6E"/>
     <w:rsid w:val="0054165C"/>
     <w:rsid w:val="005447C5"/>
     <w:rsid w:val="00545FDC"/>
     <w:rsid w:val="00546104"/>
     <w:rsid w:val="0054E41C"/>
     <w:rsid w:val="00552572"/>
     <w:rsid w:val="00552934"/>
     <w:rsid w:val="00555344"/>
     <w:rsid w:val="00555ED7"/>
     <w:rsid w:val="005563D4"/>
     <w:rsid w:val="005563F3"/>
     <w:rsid w:val="0056010E"/>
     <w:rsid w:val="0056069C"/>
     <w:rsid w:val="00560A18"/>
     <w:rsid w:val="00561D7A"/>
     <w:rsid w:val="00561E8B"/>
     <w:rsid w:val="0056296C"/>
     <w:rsid w:val="00562A3B"/>
     <w:rsid w:val="005630D9"/>
     <w:rsid w:val="0056423D"/>
     <w:rsid w:val="005650D4"/>
     <w:rsid w:val="00567835"/>
     <w:rsid w:val="0056797D"/>
     <w:rsid w:val="00570393"/>
     <w:rsid w:val="005712B9"/>
     <w:rsid w:val="00572BA6"/>
     <w:rsid w:val="00573CAB"/>
     <w:rsid w:val="00575BB9"/>
     <w:rsid w:val="0057657D"/>
     <w:rsid w:val="00583C6E"/>
     <w:rsid w:val="00584AD1"/>
     <w:rsid w:val="005859D7"/>
+    <w:rsid w:val="005908B0"/>
     <w:rsid w:val="005920A8"/>
     <w:rsid w:val="00593373"/>
     <w:rsid w:val="005939AD"/>
     <w:rsid w:val="005942FD"/>
     <w:rsid w:val="0059751B"/>
     <w:rsid w:val="005A01E8"/>
     <w:rsid w:val="005A0C1F"/>
     <w:rsid w:val="005A53BA"/>
     <w:rsid w:val="005A5E51"/>
     <w:rsid w:val="005B1415"/>
     <w:rsid w:val="005B27E0"/>
     <w:rsid w:val="005B336A"/>
     <w:rsid w:val="005B41C1"/>
     <w:rsid w:val="005B49D8"/>
     <w:rsid w:val="005C119C"/>
     <w:rsid w:val="005C3634"/>
     <w:rsid w:val="005C6284"/>
     <w:rsid w:val="005C7C58"/>
     <w:rsid w:val="005D06F3"/>
     <w:rsid w:val="005D0D31"/>
     <w:rsid w:val="005D1973"/>
     <w:rsid w:val="005D32C1"/>
     <w:rsid w:val="005D34B2"/>
     <w:rsid w:val="005D3B6C"/>
     <w:rsid w:val="005D69DC"/>
     <w:rsid w:val="005D70B0"/>
     <w:rsid w:val="005D789D"/>
     <w:rsid w:val="005E262C"/>
     <w:rsid w:val="005E264C"/>
     <w:rsid w:val="005E356D"/>
     <w:rsid w:val="005E5DBD"/>
     <w:rsid w:val="005F1148"/>
     <w:rsid w:val="005F1905"/>
     <w:rsid w:val="005F29D5"/>
     <w:rsid w:val="005F478B"/>
     <w:rsid w:val="005F4831"/>
     <w:rsid w:val="005F5491"/>
     <w:rsid w:val="005F5C0C"/>
     <w:rsid w:val="006002F2"/>
+    <w:rsid w:val="00600A45"/>
     <w:rsid w:val="00602328"/>
     <w:rsid w:val="00605E02"/>
     <w:rsid w:val="00606C8B"/>
     <w:rsid w:val="00610961"/>
     <w:rsid w:val="00610B4D"/>
     <w:rsid w:val="006135ED"/>
     <w:rsid w:val="006158D9"/>
     <w:rsid w:val="0061607B"/>
     <w:rsid w:val="0062109C"/>
     <w:rsid w:val="0062222F"/>
     <w:rsid w:val="00623291"/>
     <w:rsid w:val="00624F94"/>
     <w:rsid w:val="006264CC"/>
     <w:rsid w:val="00627D23"/>
     <w:rsid w:val="00632C7F"/>
     <w:rsid w:val="00633AFD"/>
     <w:rsid w:val="0063496B"/>
     <w:rsid w:val="006350D2"/>
     <w:rsid w:val="0063637D"/>
     <w:rsid w:val="00637050"/>
     <w:rsid w:val="006407BE"/>
     <w:rsid w:val="006407D2"/>
     <w:rsid w:val="00643575"/>
     <w:rsid w:val="00644913"/>
     <w:rsid w:val="00644C39"/>
@@ -17676,50 +17771,51 @@
     <w:rsid w:val="00700209"/>
     <w:rsid w:val="00701D75"/>
     <w:rsid w:val="00702295"/>
     <w:rsid w:val="00704441"/>
     <w:rsid w:val="0070582E"/>
     <w:rsid w:val="00706A15"/>
     <w:rsid w:val="00712058"/>
     <w:rsid w:val="00713527"/>
     <w:rsid w:val="00714036"/>
     <w:rsid w:val="00715770"/>
     <w:rsid w:val="00716DF0"/>
     <w:rsid w:val="00717395"/>
     <w:rsid w:val="0072116E"/>
     <w:rsid w:val="00722FBD"/>
     <w:rsid w:val="0072413A"/>
     <w:rsid w:val="007248DC"/>
     <w:rsid w:val="00725902"/>
     <w:rsid w:val="00726467"/>
     <w:rsid w:val="007304CC"/>
     <w:rsid w:val="00732C8E"/>
     <w:rsid w:val="0073344C"/>
     <w:rsid w:val="007335CB"/>
     <w:rsid w:val="00733F5C"/>
     <w:rsid w:val="00734709"/>
     <w:rsid w:val="007368D6"/>
+    <w:rsid w:val="007415FB"/>
     <w:rsid w:val="00741FF4"/>
     <w:rsid w:val="00742240"/>
     <w:rsid w:val="00743F41"/>
     <w:rsid w:val="00745748"/>
     <w:rsid w:val="00746456"/>
     <w:rsid w:val="00746B71"/>
     <w:rsid w:val="0075107A"/>
     <w:rsid w:val="007527A4"/>
     <w:rsid w:val="007552F1"/>
     <w:rsid w:val="0075548D"/>
     <w:rsid w:val="0076090F"/>
     <w:rsid w:val="00763FF8"/>
     <w:rsid w:val="0076431E"/>
     <w:rsid w:val="00765A5C"/>
     <w:rsid w:val="00767464"/>
     <w:rsid w:val="00767E40"/>
     <w:rsid w:val="0077409D"/>
     <w:rsid w:val="00776BDD"/>
     <w:rsid w:val="00776F39"/>
     <w:rsid w:val="00777739"/>
     <w:rsid w:val="00781813"/>
     <w:rsid w:val="00781DAC"/>
     <w:rsid w:val="00783576"/>
     <w:rsid w:val="007845BA"/>
     <w:rsid w:val="007904C4"/>
@@ -17853,71 +17949,73 @@
     <w:rsid w:val="0090680B"/>
     <w:rsid w:val="00910DBE"/>
     <w:rsid w:val="00911A50"/>
     <w:rsid w:val="00913B4B"/>
     <w:rsid w:val="00920CFA"/>
     <w:rsid w:val="00920E0D"/>
     <w:rsid w:val="00922A23"/>
     <w:rsid w:val="009268AE"/>
     <w:rsid w:val="00926EA3"/>
     <w:rsid w:val="00932081"/>
     <w:rsid w:val="009357F7"/>
     <w:rsid w:val="00936E9E"/>
     <w:rsid w:val="00940976"/>
     <w:rsid w:val="00943AFA"/>
     <w:rsid w:val="00945075"/>
     <w:rsid w:val="00946836"/>
     <w:rsid w:val="00953FA9"/>
     <w:rsid w:val="00954540"/>
     <w:rsid w:val="00955BCD"/>
     <w:rsid w:val="00956843"/>
     <w:rsid w:val="0096283C"/>
     <w:rsid w:val="009641F0"/>
     <w:rsid w:val="009676F5"/>
     <w:rsid w:val="00967B73"/>
     <w:rsid w:val="009709BC"/>
+    <w:rsid w:val="00970F69"/>
     <w:rsid w:val="0097209C"/>
     <w:rsid w:val="00973462"/>
     <w:rsid w:val="00975541"/>
     <w:rsid w:val="00976066"/>
     <w:rsid w:val="0097797B"/>
     <w:rsid w:val="00981F4C"/>
     <w:rsid w:val="009823B0"/>
     <w:rsid w:val="00986F83"/>
     <w:rsid w:val="009872D7"/>
     <w:rsid w:val="00987E99"/>
     <w:rsid w:val="00987FE0"/>
     <w:rsid w:val="00990D46"/>
     <w:rsid w:val="00991907"/>
     <w:rsid w:val="00993024"/>
     <w:rsid w:val="009937C5"/>
     <w:rsid w:val="00997BEA"/>
     <w:rsid w:val="009A0B67"/>
     <w:rsid w:val="009A17A9"/>
     <w:rsid w:val="009A2D86"/>
     <w:rsid w:val="009A4D98"/>
     <w:rsid w:val="009A5483"/>
+    <w:rsid w:val="009A7528"/>
     <w:rsid w:val="009AA10B"/>
     <w:rsid w:val="009B13F0"/>
     <w:rsid w:val="009B2C15"/>
     <w:rsid w:val="009B35B2"/>
     <w:rsid w:val="009B666C"/>
     <w:rsid w:val="009B7A65"/>
     <w:rsid w:val="009C11AD"/>
     <w:rsid w:val="009C1E4D"/>
     <w:rsid w:val="009C23EA"/>
     <w:rsid w:val="009C3878"/>
     <w:rsid w:val="009C3AE4"/>
     <w:rsid w:val="009C3CFD"/>
     <w:rsid w:val="009C477A"/>
     <w:rsid w:val="009C4C0A"/>
     <w:rsid w:val="009C5440"/>
     <w:rsid w:val="009C7F3D"/>
     <w:rsid w:val="009D03A5"/>
     <w:rsid w:val="009D1CB4"/>
     <w:rsid w:val="009D21D4"/>
     <w:rsid w:val="009D405F"/>
     <w:rsid w:val="009D5506"/>
     <w:rsid w:val="009D5CBF"/>
     <w:rsid w:val="009D6C3E"/>
     <w:rsid w:val="009E0794"/>
     <w:rsid w:val="009E33D2"/>
@@ -17935,50 +18033,51 @@
     <w:rsid w:val="009F2DAA"/>
     <w:rsid w:val="009F4F79"/>
     <w:rsid w:val="009F55ED"/>
     <w:rsid w:val="009F5BA0"/>
     <w:rsid w:val="009F796D"/>
     <w:rsid w:val="00A013A3"/>
     <w:rsid w:val="00A018D1"/>
     <w:rsid w:val="00A01AB5"/>
     <w:rsid w:val="00A023F0"/>
     <w:rsid w:val="00A02826"/>
     <w:rsid w:val="00A049D3"/>
     <w:rsid w:val="00A059EB"/>
     <w:rsid w:val="00A05CA7"/>
     <w:rsid w:val="00A0691A"/>
     <w:rsid w:val="00A06A41"/>
     <w:rsid w:val="00A06BF0"/>
     <w:rsid w:val="00A1262A"/>
     <w:rsid w:val="00A14499"/>
     <w:rsid w:val="00A1571A"/>
     <w:rsid w:val="00A15B9C"/>
     <w:rsid w:val="00A171FC"/>
     <w:rsid w:val="00A17418"/>
     <w:rsid w:val="00A21035"/>
     <w:rsid w:val="00A211B9"/>
     <w:rsid w:val="00A21769"/>
+    <w:rsid w:val="00A226A4"/>
     <w:rsid w:val="00A25D0A"/>
     <w:rsid w:val="00A269A4"/>
     <w:rsid w:val="00A26A66"/>
     <w:rsid w:val="00A31CB1"/>
     <w:rsid w:val="00A3474F"/>
     <w:rsid w:val="00A36D85"/>
     <w:rsid w:val="00A4219C"/>
     <w:rsid w:val="00A42958"/>
     <w:rsid w:val="00A4362D"/>
     <w:rsid w:val="00A442C1"/>
     <w:rsid w:val="00A52211"/>
     <w:rsid w:val="00A54355"/>
     <w:rsid w:val="00A54AB6"/>
     <w:rsid w:val="00A60418"/>
     <w:rsid w:val="00A63627"/>
     <w:rsid w:val="00A64104"/>
     <w:rsid w:val="00A64149"/>
     <w:rsid w:val="00A6660C"/>
     <w:rsid w:val="00A678D2"/>
     <w:rsid w:val="00A71665"/>
     <w:rsid w:val="00A761FE"/>
     <w:rsid w:val="00A76C8F"/>
     <w:rsid w:val="00A83898"/>
     <w:rsid w:val="00A84F47"/>
     <w:rsid w:val="00A8577F"/>
@@ -18020,50 +18119,51 @@
     <w:rsid w:val="00AE0AD2"/>
     <w:rsid w:val="00AE1E8F"/>
     <w:rsid w:val="00AE5579"/>
     <w:rsid w:val="00AE5B28"/>
     <w:rsid w:val="00AE5B69"/>
     <w:rsid w:val="00AE696A"/>
     <w:rsid w:val="00AE7D3D"/>
     <w:rsid w:val="00AE7D63"/>
     <w:rsid w:val="00AF006C"/>
     <w:rsid w:val="00AF114D"/>
     <w:rsid w:val="00AF2699"/>
     <w:rsid w:val="00AF35CF"/>
     <w:rsid w:val="00AF40DF"/>
     <w:rsid w:val="00AF787C"/>
     <w:rsid w:val="00B01919"/>
     <w:rsid w:val="00B05793"/>
     <w:rsid w:val="00B071D1"/>
     <w:rsid w:val="00B111BC"/>
     <w:rsid w:val="00B1195A"/>
     <w:rsid w:val="00B12417"/>
     <w:rsid w:val="00B1367A"/>
     <w:rsid w:val="00B1411D"/>
     <w:rsid w:val="00B15AF5"/>
     <w:rsid w:val="00B17853"/>
     <w:rsid w:val="00B17A2C"/>
+    <w:rsid w:val="00B20C36"/>
     <w:rsid w:val="00B21A15"/>
     <w:rsid w:val="00B24554"/>
     <w:rsid w:val="00B30E1D"/>
     <w:rsid w:val="00B36155"/>
     <w:rsid w:val="00B37473"/>
     <w:rsid w:val="00B37B6B"/>
     <w:rsid w:val="00B37D0C"/>
     <w:rsid w:val="00B41D85"/>
     <w:rsid w:val="00B443F6"/>
     <w:rsid w:val="00B452DC"/>
     <w:rsid w:val="00B45705"/>
     <w:rsid w:val="00B511F0"/>
     <w:rsid w:val="00B51961"/>
     <w:rsid w:val="00B51983"/>
     <w:rsid w:val="00B51FB0"/>
     <w:rsid w:val="00B523DC"/>
     <w:rsid w:val="00B53255"/>
     <w:rsid w:val="00B54406"/>
     <w:rsid w:val="00B54BBC"/>
     <w:rsid w:val="00B558CE"/>
     <w:rsid w:val="00B56836"/>
     <w:rsid w:val="00B608E8"/>
     <w:rsid w:val="00B61128"/>
     <w:rsid w:val="00B62264"/>
     <w:rsid w:val="00B62CF9"/>
@@ -18111,50 +18211,51 @@
     <w:rsid w:val="00BE2927"/>
     <w:rsid w:val="00BE30AC"/>
     <w:rsid w:val="00BE36B1"/>
     <w:rsid w:val="00BF03DE"/>
     <w:rsid w:val="00BF0715"/>
     <w:rsid w:val="00BF1047"/>
     <w:rsid w:val="00BF331F"/>
     <w:rsid w:val="00BF4D74"/>
     <w:rsid w:val="00BF50CB"/>
     <w:rsid w:val="00BF7A4A"/>
     <w:rsid w:val="00BF7B30"/>
     <w:rsid w:val="00C03F50"/>
     <w:rsid w:val="00C04BE0"/>
     <w:rsid w:val="00C14A90"/>
     <w:rsid w:val="00C14B1F"/>
     <w:rsid w:val="00C15B00"/>
     <w:rsid w:val="00C171B9"/>
     <w:rsid w:val="00C24EE4"/>
     <w:rsid w:val="00C25B06"/>
     <w:rsid w:val="00C266FD"/>
     <w:rsid w:val="00C26CD9"/>
     <w:rsid w:val="00C27476"/>
     <w:rsid w:val="00C30181"/>
     <w:rsid w:val="00C31FD0"/>
     <w:rsid w:val="00C41A97"/>
+    <w:rsid w:val="00C423C1"/>
     <w:rsid w:val="00C44E33"/>
     <w:rsid w:val="00C44F33"/>
     <w:rsid w:val="00C46634"/>
     <w:rsid w:val="00C46CC6"/>
     <w:rsid w:val="00C53BD6"/>
     <w:rsid w:val="00C54E21"/>
     <w:rsid w:val="00C561A8"/>
     <w:rsid w:val="00C56DE9"/>
     <w:rsid w:val="00C638AB"/>
     <w:rsid w:val="00C642DD"/>
     <w:rsid w:val="00C64B02"/>
     <w:rsid w:val="00C67403"/>
     <w:rsid w:val="00C67A01"/>
     <w:rsid w:val="00C70F94"/>
     <w:rsid w:val="00C73FB0"/>
     <w:rsid w:val="00C760EE"/>
     <w:rsid w:val="00C77487"/>
     <w:rsid w:val="00C77A2B"/>
     <w:rsid w:val="00C81E75"/>
     <w:rsid w:val="00C81FA9"/>
     <w:rsid w:val="00C82411"/>
     <w:rsid w:val="00C8266D"/>
     <w:rsid w:val="00C8370D"/>
     <w:rsid w:val="00C839EB"/>
     <w:rsid w:val="00C83F1E"/>
@@ -18182,89 +18283,94 @@
     <w:rsid w:val="00CE581A"/>
     <w:rsid w:val="00CF275A"/>
     <w:rsid w:val="00CF3684"/>
     <w:rsid w:val="00CF4D8A"/>
     <w:rsid w:val="00CF6357"/>
     <w:rsid w:val="00D00D16"/>
     <w:rsid w:val="00D00FF5"/>
     <w:rsid w:val="00D013B3"/>
     <w:rsid w:val="00D01911"/>
     <w:rsid w:val="00D01953"/>
     <w:rsid w:val="00D02D02"/>
     <w:rsid w:val="00D02F14"/>
     <w:rsid w:val="00D03003"/>
     <w:rsid w:val="00D04E71"/>
     <w:rsid w:val="00D11B05"/>
     <w:rsid w:val="00D12E6F"/>
     <w:rsid w:val="00D20BE0"/>
     <w:rsid w:val="00D21674"/>
     <w:rsid w:val="00D2364B"/>
     <w:rsid w:val="00D27C3E"/>
     <w:rsid w:val="00D31417"/>
     <w:rsid w:val="00D374BA"/>
     <w:rsid w:val="00D4157C"/>
     <w:rsid w:val="00D432A6"/>
     <w:rsid w:val="00D4364B"/>
+    <w:rsid w:val="00D4436D"/>
     <w:rsid w:val="00D45C8A"/>
     <w:rsid w:val="00D501F6"/>
     <w:rsid w:val="00D50B07"/>
     <w:rsid w:val="00D53C07"/>
     <w:rsid w:val="00D54132"/>
     <w:rsid w:val="00D57998"/>
+    <w:rsid w:val="00D60017"/>
     <w:rsid w:val="00D605FB"/>
     <w:rsid w:val="00D6203A"/>
     <w:rsid w:val="00D62EB9"/>
     <w:rsid w:val="00D62FA7"/>
     <w:rsid w:val="00D6429E"/>
     <w:rsid w:val="00D66B2F"/>
+    <w:rsid w:val="00D71370"/>
     <w:rsid w:val="00D7175B"/>
     <w:rsid w:val="00D7224A"/>
     <w:rsid w:val="00D73679"/>
     <w:rsid w:val="00D736CF"/>
     <w:rsid w:val="00D74666"/>
     <w:rsid w:val="00D752BD"/>
     <w:rsid w:val="00D76915"/>
     <w:rsid w:val="00D82718"/>
     <w:rsid w:val="00D85771"/>
+    <w:rsid w:val="00D86F2E"/>
     <w:rsid w:val="00D8774B"/>
     <w:rsid w:val="00D9145D"/>
     <w:rsid w:val="00D9285E"/>
     <w:rsid w:val="00D9294B"/>
     <w:rsid w:val="00D9296F"/>
     <w:rsid w:val="00D930A0"/>
     <w:rsid w:val="00D93CD5"/>
     <w:rsid w:val="00D93FD2"/>
     <w:rsid w:val="00D94B06"/>
     <w:rsid w:val="00D977DA"/>
     <w:rsid w:val="00D977E9"/>
     <w:rsid w:val="00DA20AF"/>
     <w:rsid w:val="00DA3206"/>
     <w:rsid w:val="00DA33E1"/>
     <w:rsid w:val="00DA3B88"/>
     <w:rsid w:val="00DA41B0"/>
     <w:rsid w:val="00DA4ECF"/>
     <w:rsid w:val="00DA51C5"/>
+    <w:rsid w:val="00DA7900"/>
     <w:rsid w:val="00DB04FF"/>
     <w:rsid w:val="00DB3975"/>
     <w:rsid w:val="00DB3A4F"/>
     <w:rsid w:val="00DB4949"/>
     <w:rsid w:val="00DB54A7"/>
     <w:rsid w:val="00DB55CE"/>
     <w:rsid w:val="00DB56E2"/>
     <w:rsid w:val="00DC1E72"/>
     <w:rsid w:val="00DC3D86"/>
     <w:rsid w:val="00DC58D1"/>
     <w:rsid w:val="00DC669C"/>
     <w:rsid w:val="00DC76D4"/>
     <w:rsid w:val="00DD06E7"/>
     <w:rsid w:val="00DD0AD4"/>
     <w:rsid w:val="00DD0C65"/>
     <w:rsid w:val="00DD1174"/>
     <w:rsid w:val="00DD1B31"/>
     <w:rsid w:val="00DD2E1D"/>
     <w:rsid w:val="00DD51D5"/>
     <w:rsid w:val="00DD5A7E"/>
     <w:rsid w:val="00DD6356"/>
     <w:rsid w:val="00DD77B0"/>
     <w:rsid w:val="00DD7FA3"/>
     <w:rsid w:val="00DE0C07"/>
     <w:rsid w:val="00DE18B4"/>
@@ -18318,50 +18424,51 @@
     <w:rsid w:val="00E724A4"/>
     <w:rsid w:val="00E727BC"/>
     <w:rsid w:val="00E76832"/>
     <w:rsid w:val="00E81641"/>
     <w:rsid w:val="00E831AE"/>
     <w:rsid w:val="00E85D65"/>
     <w:rsid w:val="00E86243"/>
     <w:rsid w:val="00E874B6"/>
     <w:rsid w:val="00E90D97"/>
     <w:rsid w:val="00E9132E"/>
     <w:rsid w:val="00E97223"/>
     <w:rsid w:val="00E97ABF"/>
     <w:rsid w:val="00E97DC5"/>
     <w:rsid w:val="00EA1A69"/>
     <w:rsid w:val="00EA38B8"/>
     <w:rsid w:val="00EA4BD5"/>
     <w:rsid w:val="00EA6DFF"/>
     <w:rsid w:val="00EB10B7"/>
     <w:rsid w:val="00EB1EB3"/>
     <w:rsid w:val="00EB210F"/>
     <w:rsid w:val="00EB3EC8"/>
     <w:rsid w:val="00EB6284"/>
     <w:rsid w:val="00EB650B"/>
     <w:rsid w:val="00EB72C3"/>
     <w:rsid w:val="00EC0733"/>
+    <w:rsid w:val="00EC0B1B"/>
     <w:rsid w:val="00EC122D"/>
     <w:rsid w:val="00EC3D6D"/>
     <w:rsid w:val="00EC3DA6"/>
     <w:rsid w:val="00EC7859"/>
     <w:rsid w:val="00ED10C3"/>
     <w:rsid w:val="00ED511E"/>
     <w:rsid w:val="00ED56B8"/>
     <w:rsid w:val="00ED6630"/>
     <w:rsid w:val="00ED6C87"/>
     <w:rsid w:val="00ED73DC"/>
     <w:rsid w:val="00EE0C8D"/>
     <w:rsid w:val="00EF0A9B"/>
     <w:rsid w:val="00EF0B41"/>
     <w:rsid w:val="00EF114F"/>
     <w:rsid w:val="00EF287B"/>
     <w:rsid w:val="00EF3254"/>
     <w:rsid w:val="00EF3B52"/>
     <w:rsid w:val="00EF51DB"/>
     <w:rsid w:val="00EF5B0D"/>
     <w:rsid w:val="00EF718D"/>
     <w:rsid w:val="00F01E22"/>
     <w:rsid w:val="00F0303F"/>
     <w:rsid w:val="00F03FE6"/>
     <w:rsid w:val="00F044DF"/>
     <w:rsid w:val="00F04E33"/>
@@ -21452,59 +21559,59 @@
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1953825658">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digipad.app/p/1599719/c7548205fab548" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -21798,61 +21905,72 @@
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="bc22259d-bd83-43f3-9467-5f1c7d608c47" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="2571d677-18f0-43d7-86d0-4d7c1a826418">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="2571d677-18f0-43d7-86d0-4d7c1a826418" xmlns:ns3="bc22259d-bd83-43f3-9467-5f1c7d608c47" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3e8f21eda1baaeadbb497c8a5f282c7b" ns2:_="" ns3:_="">
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BEB5A15FC9BE7641AC70640FF80988AD" ma:contentTypeVersion="15" ma:contentTypeDescription="Crée un document." ma:contentTypeScope="" ma:versionID="aec85facfc3bc7808b522c8796d216e9">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="2571d677-18f0-43d7-86d0-4d7c1a826418" xmlns:ns3="bc22259d-bd83-43f3-9467-5f1c7d608c47" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ed8dca04b20f9ec4e411936ada586ff9" ns2:_="" ns3:_="">
     <xsd:import namespace="2571d677-18f0-43d7-86d0-4d7c1a826418"/>
     <xsd:import namespace="bc22259d-bd83-43f3-9467-5f1c7d608c47"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -22041,126 +22159,115 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D9B19C14-3192-43DB-AF06-AB9CE2A23C34}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="bc22259d-bd83-43f3-9467-5f1c7d608c47"/>
+    <ds:schemaRef ds:uri="2571d677-18f0-43d7-86d0-4d7c1a826418"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6997BC86-FBE6-4C60-8F3B-F9D1CB6A9870}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DB9E13EF-56A3-481F-9D2B-218A008468E9}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A5D0BCC2-9EB1-430D-AE21-AFC9C6C36419}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="2571d677-18f0-43d7-86d0-4d7c1a826418"/>
     <ds:schemaRef ds:uri="bc22259d-bd83-43f3-9467-5f1c7d608c47"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{17DCE1AF-9232-41C1-BB60-5B0DAE1A0F53}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
-  </ds:schemaRefs>
-[...9 lines deleted...]
-    <ds:schemaRef ds:uri="2571d677-18f0-43d7-86d0-4d7c1a826418"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1123</Words>
-  <Characters>7414</Characters>
+  <Words>1161</Words>
+  <Characters>7483</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>247</Lines>
-  <Paragraphs>189</Paragraphs>
+  <Lines>393</Lines>
+  <Paragraphs>308</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>MACMAC Media SA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8348</CharactersWithSpaces>
+  <CharactersWithSpaces>8336</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Correspondance</dc:title>
   <dc:subject/>
   <dc:creator>Oberson Floriane</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100BEB5A15FC9BE7641AC70640FF80988AD</vt:lpwstr>