--- v0 (2025-12-23)
+++ v1 (2026-03-18)
@@ -2,86 +2,86 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29530"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="L:\00 Bases statistiques et produits généraux\01 Synthèses\03 Site Internet\06 Pages sous-produits\05 Protection sociale et santé\1403 Etat de santé\Excel\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A3934245-A1CC-4343-887E-B30E166185D3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{661C0636-C3F2-4AE4-A083-95EA091DB6E5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="te627" sheetId="18" r:id="rId1"/>
+    <sheet name="te627" sheetId="22" r:id="rId1"/>
     <sheet name="Signes - Zeichen" sheetId="19" r:id="rId2"/>
     <sheet name="ESRI_MAPINFO_SHEET" sheetId="8" state="veryHidden" r:id="rId3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'te627'!$A$1:$L$106</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'te627'!$A$1:$M$108</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="117" uniqueCount="103">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="118" uniqueCount="105">
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>—</t>
   </si>
   <si>
     <t>Maladies infectieuses</t>
   </si>
   <si>
     <t>malignes</t>
   </si>
   <si>
     <t>Tumeurs</t>
   </si>
   <si>
     <t>circulatoire</t>
   </si>
   <si>
     <t>respiratoire</t>
   </si>
   <si>
     <t>Accidents</t>
   </si>
   <si>
@@ -237,65 +237,50 @@
   <si>
     <t>beschädigung</t>
   </si>
   <si>
     <t>Maladies de</t>
   </si>
   <si>
     <t>l'appareil</t>
   </si>
   <si>
     <t>systems</t>
   </si>
   <si>
     <t>(Suizid)</t>
   </si>
   <si>
     <t>Covid-19</t>
   </si>
   <si>
     <t>Canton de Fribourg / Kanton Freiburg</t>
   </si>
   <si>
     <t>T14-03-02</t>
   </si>
   <si>
-    <t>Causes de décès, de 2000 à 2023</t>
-[...13 lines deleted...]
-  <si>
     <t>Légende des signes</t>
   </si>
   <si>
     <t>Zeichenerklärung</t>
   </si>
   <si>
     <t>Signes</t>
   </si>
   <si>
     <t>Explication</t>
   </si>
   <si>
     <t>Zeichen</t>
   </si>
   <si>
     <t>Erklärung</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Valeur rigoureusement nulle ou inexistante</t>
   </si>
   <si>
     <t>Es kommt nichts vor (Wert genau Null)</t>
@@ -346,50 +331,71 @@
     <t>r</t>
   </si>
   <si>
     <t>Donnée revue et corrigée</t>
   </si>
   <si>
     <t>Korrigierter Wert</t>
   </si>
   <si>
     <t>p</t>
   </si>
   <si>
     <t>Donnée provisoire</t>
   </si>
   <si>
     <t>Provisorischer Wert</t>
   </si>
   <si>
     <t>e</t>
   </si>
   <si>
     <t>Donnée estimée</t>
   </si>
   <si>
     <t>Geschätzter Wert</t>
+  </si>
+  <si>
+    <t>Causes de décès, de 2000 à 2024</t>
+  </si>
+  <si>
+    <t>Todesursachen von 2000 bis 2024</t>
+  </si>
+  <si>
+    <t>Quelle: Statistik der Todersursachen und Totgeburten - Bundesamt für Statistik, Neuenburg, t26-627</t>
+  </si>
+  <si>
+    <t>Démence</t>
+  </si>
+  <si>
+    <t>Demenz</t>
+  </si>
+  <si>
+    <t>Actualisation / Aktualisiert am: 17.02.2026</t>
+  </si>
+  <si>
+    <t>Suisse / Schweiz (2024)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0;\-#,##0;&quot;-&quot;"/>
   </numFmts>
   <fonts count="32" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Courier"/>
       <family val="3"/>
     </font>
     <font>
       <sz val="6.5"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -1055,96 +1061,87 @@
     <xf numFmtId="0" fontId="28" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="28" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="13" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="13" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="28" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="28" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="13" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="13" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="28" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="28" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="13" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="13" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="28" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="28" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="13" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="13" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="28" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="28" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="13" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="13" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="28" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="68">
+  <cellXfs count="64">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
-    </xf>
-[...7 lines deleted...]
-      <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
@@ -1194,53 +1191,50 @@
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="33" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="33" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="34" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="4"/>
     <xf numFmtId="0" fontId="5" fillId="34" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="4" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="20" xfId="4" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="21" xfId="4" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="19" xfId="4" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="33" borderId="12" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
@@ -1712,3923 +1706,4310 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C7C45296-A9CD-4B32-A611-96E733AC891B}">
-  <dimension ref="A1:L107"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C2CB9E56-22B8-4A9D-8B32-9757D052599E}">
+  <dimension ref="A1:N109"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScale="130" zoomScaleNormal="130" workbookViewId="0"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScale="145" zoomScaleNormal="145" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="8.08203125" defaultRowHeight="10.5" customHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="8.125" defaultRowHeight="10.5" customHeight="1" x14ac:dyDescent="0.15"/>
   <cols>
     <col min="1" max="1" width="13.5" style="2" customWidth="1"/>
-    <col min="2" max="2" width="5.58203125" style="2" customWidth="1"/>
-[...10 lines deleted...]
-    <col min="13" max="16384" width="8.08203125" style="1"/>
+    <col min="2" max="2" width="5.625" style="2" customWidth="1"/>
+    <col min="3" max="3" width="5.75" style="2" customWidth="1"/>
+    <col min="4" max="4" width="6.625" style="4" customWidth="1"/>
+    <col min="5" max="5" width="7.125" style="4" customWidth="1"/>
+    <col min="6" max="6" width="5.875" style="1" customWidth="1"/>
+    <col min="7" max="7" width="6.125" style="1" customWidth="1"/>
+    <col min="8" max="8" width="5.875" style="1" customWidth="1"/>
+    <col min="9" max="9" width="6.875" style="1" customWidth="1"/>
+    <col min="10" max="10" width="7.25" style="1" customWidth="1"/>
+    <col min="11" max="11" width="5.875" style="1" customWidth="1"/>
+    <col min="12" max="12" width="7.5" style="1" customWidth="1"/>
+    <col min="13" max="13" width="4.875" style="1" bestFit="1" customWidth="1"/>
+    <col min="14" max="16384" width="8.125" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" s="3" customFormat="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>66</v>
+    <row r="1" spans="1:13" s="3" customFormat="1" ht="11.25" x14ac:dyDescent="0.15">
+      <c r="A1" s="40" t="s">
+        <v>98</v>
       </c>
       <c r="B1" s="6"/>
       <c r="C1" s="6"/>
-      <c r="D1" s="44"/>
-[...8 lines deleted...]
-      <c r="A3" s="46" t="s">
+      <c r="D1" s="41"/>
+      <c r="E1" s="41"/>
+    </row>
+    <row r="2" spans="1:13" ht="11.25" x14ac:dyDescent="0.15">
+      <c r="A2" s="42" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="3" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A3" s="43" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:12" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A4" s="8" t="s">
         <v>65</v>
       </c>
-      <c r="B4" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C4" s="16" t="s">
+      <c r="B4" s="14" t="s">
+        <v>0</v>
+      </c>
+      <c r="C4" s="13" t="s">
         <v>2</v>
       </c>
       <c r="D4" s="5"/>
-      <c r="E4" s="17"/>
-      <c r="F4" s="21" t="s">
+      <c r="E4" s="14"/>
+      <c r="F4" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="G4" s="18" t="s">
         <v>4</v>
       </c>
-      <c r="G4" s="21" t="s">
+      <c r="H4" s="18" t="s">
+        <v>101</v>
+      </c>
+      <c r="I4" s="18" t="s">
         <v>59</v>
       </c>
-      <c r="H4" s="21" t="s">
+      <c r="J4" s="18" t="s">
         <v>59</v>
       </c>
-      <c r="I4" s="21" t="s">
+      <c r="K4" s="18" t="s">
         <v>7</v>
       </c>
-      <c r="J4" s="21" t="s">
+      <c r="L4" s="18" t="s">
         <v>53</v>
       </c>
-      <c r="K4" s="21" t="s">
-[...2 lines deleted...]
-      <c r="L4" s="13" t="s">
+      <c r="M4" s="18" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="5" spans="1:12" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A5" s="9"/>
-      <c r="B5" s="22"/>
-      <c r="C5" s="18" t="s">
+      <c r="B5" s="19"/>
+      <c r="C5" s="15" t="s">
         <v>47</v>
       </c>
-      <c r="D5" s="19"/>
-[...1 lines deleted...]
-      <c r="F5" s="11" t="s">
+      <c r="D5" s="16"/>
+      <c r="E5" s="17"/>
+      <c r="F5" s="11"/>
+      <c r="G5" s="11" t="s">
         <v>3</v>
       </c>
-      <c r="G5" s="11" t="s">
+      <c r="H5" s="11"/>
+      <c r="I5" s="11" t="s">
         <v>60</v>
       </c>
-      <c r="H5" s="11" t="s">
+      <c r="J5" s="11" t="s">
         <v>60</v>
       </c>
-      <c r="I5" s="11"/>
-      <c r="J5" s="11" t="s">
+      <c r="K5" s="11"/>
+      <c r="L5" s="11" t="s">
         <v>54</v>
       </c>
-      <c r="K5" s="11"/>
-[...2 lines deleted...]
-    <row r="6" spans="1:12" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M5" s="11"/>
+    </row>
+    <row r="6" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A6" s="9"/>
-      <c r="B6" s="22"/>
-[...3 lines deleted...]
-      <c r="D6" s="21" t="s">
+      <c r="B6" s="19"/>
+      <c r="C6" s="18" t="s">
+        <v>0</v>
+      </c>
+      <c r="D6" s="18" t="s">
         <v>44</v>
       </c>
-      <c r="E6" s="21" t="s">
+      <c r="E6" s="18" t="s">
         <v>48</v>
       </c>
       <c r="F6" s="11"/>
-      <c r="G6" s="11" t="s">
+      <c r="G6" s="11"/>
+      <c r="H6" s="11"/>
+      <c r="I6" s="11" t="s">
         <v>5</v>
       </c>
-      <c r="H6" s="11" t="s">
+      <c r="J6" s="11" t="s">
         <v>6</v>
       </c>
-      <c r="I6" s="11"/>
-      <c r="J6" s="11" t="s">
+      <c r="K6" s="11"/>
+      <c r="L6" s="11" t="s">
         <v>55</v>
       </c>
-      <c r="K6" s="11"/>
-[...2 lines deleted...]
-    <row r="7" spans="1:12" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M6" s="11"/>
+    </row>
+    <row r="7" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A7" s="10"/>
-      <c r="B7" s="23"/>
+      <c r="B7" s="20"/>
       <c r="C7" s="11"/>
       <c r="D7" s="11" t="s">
         <v>45</v>
       </c>
       <c r="E7" s="11"/>
       <c r="F7" s="11" t="s">
+        <v>63</v>
+      </c>
+      <c r="G7" s="11" t="s">
         <v>42</v>
       </c>
-      <c r="G7" s="11" t="s">
+      <c r="H7" s="11" t="s">
+        <v>102</v>
+      </c>
+      <c r="I7" s="11" t="s">
         <v>49</v>
       </c>
-      <c r="H7" s="11" t="s">
+      <c r="J7" s="11" t="s">
         <v>49</v>
       </c>
-      <c r="I7" s="11" t="s">
+      <c r="K7" s="11" t="s">
         <v>8</v>
       </c>
-      <c r="J7" s="11" t="s">
+      <c r="L7" s="11" t="s">
         <v>56</v>
       </c>
-      <c r="K7" s="11" t="s">
-[...2 lines deleted...]
-      <c r="L7" s="14" t="s">
+      <c r="M7" s="11" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="8" spans="1:12" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A8" s="10"/>
-      <c r="B8" s="23"/>
+      <c r="B8" s="20"/>
       <c r="C8" s="11"/>
       <c r="D8" s="11" t="s">
         <v>46</v>
       </c>
       <c r="E8" s="11" t="s">
         <v>39</v>
       </c>
-      <c r="F8" s="11" t="s">
+      <c r="F8" s="11"/>
+      <c r="G8" s="11" t="s">
         <v>43</v>
       </c>
-      <c r="G8" s="11" t="s">
+      <c r="H8" s="11"/>
+      <c r="I8" s="11" t="s">
         <v>50</v>
       </c>
-      <c r="H8" s="11" t="s">
+      <c r="J8" s="11" t="s">
         <v>52</v>
       </c>
-      <c r="I8" s="11"/>
-      <c r="J8" s="11" t="s">
+      <c r="K8" s="11"/>
+      <c r="L8" s="11" t="s">
         <v>57</v>
       </c>
-      <c r="K8" s="11"/>
-[...2 lines deleted...]
-    <row r="9" spans="1:12" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M8" s="11"/>
+    </row>
+    <row r="9" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A9" s="11"/>
-      <c r="B9" s="22"/>
+      <c r="B9" s="19"/>
       <c r="C9" s="11"/>
       <c r="D9" s="11" t="s">
         <v>35</v>
       </c>
       <c r="E9" s="11"/>
       <c r="F9" s="11"/>
-      <c r="G9" s="11" t="s">
+      <c r="G9" s="11"/>
+      <c r="H9" s="11"/>
+      <c r="I9" s="11" t="s">
         <v>51</v>
       </c>
-      <c r="H9" s="11" t="s">
+      <c r="J9" s="11" t="s">
         <v>61</v>
       </c>
-      <c r="I9" s="11"/>
-      <c r="J9" s="11" t="s">
+      <c r="K9" s="11"/>
+      <c r="L9" s="11" t="s">
         <v>58</v>
       </c>
-      <c r="K9" s="11"/>
-[...2 lines deleted...]
-    <row r="10" spans="1:12" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M9" s="11"/>
+    </row>
+    <row r="10" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A10" s="12"/>
-      <c r="B10" s="20"/>
+      <c r="B10" s="17"/>
       <c r="C10" s="12"/>
       <c r="D10" s="12"/>
       <c r="E10" s="12"/>
       <c r="F10" s="12"/>
       <c r="G10" s="12"/>
       <c r="H10" s="12"/>
       <c r="I10" s="12"/>
-      <c r="J10" s="12" t="s">
+      <c r="J10" s="12"/>
+      <c r="K10" s="12"/>
+      <c r="L10" s="12" t="s">
         <v>62</v>
       </c>
-      <c r="K10" s="12"/>
-[...3 lines deleted...]
-      <c r="A11" s="39" t="s">
+      <c r="M10" s="12"/>
+    </row>
+    <row r="11" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A11" s="37" t="s">
+        <v>104</v>
+      </c>
+      <c r="B11" s="28">
+        <v>71942</v>
+      </c>
+      <c r="C11" s="28">
+        <v>945</v>
+      </c>
+      <c r="D11" s="29">
+        <v>10</v>
+      </c>
+      <c r="E11" s="29">
+        <v>12</v>
+      </c>
+      <c r="F11" s="29">
+        <v>703</v>
+      </c>
+      <c r="G11" s="28">
+        <v>17918</v>
+      </c>
+      <c r="H11" s="29">
+        <v>6616</v>
+      </c>
+      <c r="I11" s="28">
+        <v>20029</v>
+      </c>
+      <c r="J11" s="28">
+        <v>4563</v>
+      </c>
+      <c r="K11" s="28">
+        <v>3116</v>
+      </c>
+      <c r="L11" s="28">
+        <v>996</v>
+      </c>
+      <c r="M11" s="31">
+        <v>17056</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A12" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="B12" s="21">
+        <v>5383</v>
+      </c>
+      <c r="C12" s="21">
+        <v>79</v>
+      </c>
+      <c r="D12" s="22">
+        <v>1</v>
+      </c>
+      <c r="E12" s="22">
+        <v>2</v>
+      </c>
+      <c r="F12" s="22">
+        <v>60</v>
+      </c>
+      <c r="G12" s="21">
+        <v>1369</v>
+      </c>
+      <c r="H12" s="22">
+        <v>466</v>
+      </c>
+      <c r="I12" s="21">
+        <v>1602</v>
+      </c>
+      <c r="J12" s="21">
+        <v>319</v>
+      </c>
+      <c r="K12" s="21">
+        <v>227</v>
+      </c>
+      <c r="L12" s="21">
+        <v>78</v>
+      </c>
+      <c r="M12" s="32">
+        <v>1183</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A13" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="B13" s="21">
+        <v>535</v>
+      </c>
+      <c r="C13" s="21">
+        <v>7</v>
+      </c>
+      <c r="D13" s="22">
+        <v>0</v>
+      </c>
+      <c r="E13" s="22">
+        <v>0</v>
+      </c>
+      <c r="F13" s="22">
+        <v>2</v>
+      </c>
+      <c r="G13" s="21">
+        <v>132</v>
+      </c>
+      <c r="H13" s="22">
+        <v>47</v>
+      </c>
+      <c r="I13" s="21">
+        <v>161</v>
+      </c>
+      <c r="J13" s="21">
+        <v>30</v>
+      </c>
+      <c r="K13" s="21">
+        <v>26</v>
+      </c>
+      <c r="L13" s="21">
+        <v>4</v>
+      </c>
+      <c r="M13" s="32">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A14" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="B14" s="21">
+        <v>135</v>
+      </c>
+      <c r="C14" s="21">
+        <v>1</v>
+      </c>
+      <c r="D14" s="22">
+        <v>0</v>
+      </c>
+      <c r="E14" s="22">
+        <v>0</v>
+      </c>
+      <c r="F14" s="22">
+        <v>1</v>
+      </c>
+      <c r="G14" s="21">
+        <v>33</v>
+      </c>
+      <c r="H14" s="22">
+        <v>11</v>
+      </c>
+      <c r="I14" s="21">
+        <v>38</v>
+      </c>
+      <c r="J14" s="21">
+        <v>7</v>
+      </c>
+      <c r="K14" s="21">
+        <v>3</v>
+      </c>
+      <c r="L14" s="21">
+        <v>3</v>
+      </c>
+      <c r="M14" s="32">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A15" s="9" t="s">
+        <v>21</v>
+      </c>
+      <c r="B15" s="21">
+        <v>2743</v>
+      </c>
+      <c r="C15" s="21">
+        <v>42</v>
+      </c>
+      <c r="D15" s="22">
+        <v>0</v>
+      </c>
+      <c r="E15" s="22">
+        <v>1</v>
+      </c>
+      <c r="F15" s="22">
+        <v>32</v>
+      </c>
+      <c r="G15" s="21">
+        <v>702</v>
+      </c>
+      <c r="H15" s="22">
+        <v>237</v>
+      </c>
+      <c r="I15" s="21">
+        <v>744</v>
+      </c>
+      <c r="J15" s="21">
+        <v>150</v>
+      </c>
+      <c r="K15" s="21">
+        <v>109</v>
+      </c>
+      <c r="L15" s="21">
+        <v>28</v>
+      </c>
+      <c r="M15" s="32">
+        <v>699</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A16" s="9" t="s">
+        <v>20</v>
+      </c>
+      <c r="B16" s="21">
+        <v>2082</v>
+      </c>
+      <c r="C16" s="21">
+        <v>30</v>
+      </c>
+      <c r="D16" s="22">
+        <v>0</v>
+      </c>
+      <c r="E16" s="22">
+        <v>0</v>
+      </c>
+      <c r="F16" s="22">
+        <v>25</v>
+      </c>
+      <c r="G16" s="21">
+        <v>483</v>
+      </c>
+      <c r="H16" s="22">
+        <v>202</v>
+      </c>
+      <c r="I16" s="21">
+        <v>531</v>
+      </c>
+      <c r="J16" s="21">
+        <v>103</v>
+      </c>
+      <c r="K16" s="21">
+        <v>96</v>
+      </c>
+      <c r="L16" s="21">
+        <v>21</v>
+      </c>
+      <c r="M16" s="32">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A17" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="B17" s="21">
+        <v>9872</v>
+      </c>
+      <c r="C17" s="21">
+        <v>145</v>
+      </c>
+      <c r="D17" s="22">
+        <v>4</v>
+      </c>
+      <c r="E17" s="22">
+        <v>0</v>
+      </c>
+      <c r="F17" s="22">
+        <v>79</v>
+      </c>
+      <c r="G17" s="21">
+        <v>2394</v>
+      </c>
+      <c r="H17" s="22">
+        <v>872</v>
+      </c>
+      <c r="I17" s="21">
+        <v>2934</v>
+      </c>
+      <c r="J17" s="21">
+        <v>567</v>
+      </c>
+      <c r="K17" s="21">
+        <v>458</v>
+      </c>
+      <c r="L17" s="21">
+        <v>120</v>
+      </c>
+      <c r="M17" s="32">
+        <v>2303</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A18" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="B18" s="21">
+        <v>2306</v>
+      </c>
+      <c r="C18" s="21">
+        <v>15</v>
+      </c>
+      <c r="D18" s="22">
+        <v>0</v>
+      </c>
+      <c r="E18" s="22">
+        <v>1</v>
+      </c>
+      <c r="F18" s="22">
+        <v>11</v>
+      </c>
+      <c r="G18" s="21">
+        <v>682</v>
+      </c>
+      <c r="H18" s="22">
+        <v>210</v>
+      </c>
+      <c r="I18" s="21">
+        <v>577</v>
+      </c>
+      <c r="J18" s="21">
+        <v>154</v>
+      </c>
+      <c r="K18" s="21">
+        <v>78</v>
+      </c>
+      <c r="L18" s="21">
+        <v>37</v>
+      </c>
+      <c r="M18" s="32">
+        <v>542</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A19" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="B19" s="21">
+        <v>3543</v>
+      </c>
+      <c r="C19" s="21">
+        <v>50</v>
+      </c>
+      <c r="D19" s="22">
+        <v>0</v>
+      </c>
+      <c r="E19" s="22">
+        <v>3</v>
+      </c>
+      <c r="F19" s="22">
+        <v>47</v>
+      </c>
+      <c r="G19" s="21">
+        <v>859</v>
+      </c>
+      <c r="H19" s="22">
+        <v>270</v>
+      </c>
+      <c r="I19" s="21">
+        <v>728</v>
+      </c>
+      <c r="J19" s="21">
+        <v>329</v>
+      </c>
+      <c r="K19" s="21">
+        <v>138</v>
+      </c>
+      <c r="L19" s="21">
+        <v>45</v>
+      </c>
+      <c r="M19" s="32">
+        <v>1077</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A20" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="B20" s="21">
+        <v>389</v>
+      </c>
+      <c r="C20" s="21">
+        <v>0</v>
+      </c>
+      <c r="D20" s="22">
+        <v>0</v>
+      </c>
+      <c r="E20" s="22">
+        <v>0</v>
+      </c>
+      <c r="F20" s="22">
+        <v>1</v>
+      </c>
+      <c r="G20" s="21">
+        <v>91</v>
+      </c>
+      <c r="H20" s="22">
+        <v>37</v>
+      </c>
+      <c r="I20" s="21">
+        <v>116</v>
+      </c>
+      <c r="J20" s="21">
+        <v>26</v>
+      </c>
+      <c r="K20" s="21">
+        <v>22</v>
+      </c>
+      <c r="L20" s="21">
+        <v>6</v>
+      </c>
+      <c r="M20" s="32">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A21" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="B21" s="21">
+        <v>1867</v>
+      </c>
+      <c r="C21" s="21">
+        <v>22</v>
+      </c>
+      <c r="D21" s="22">
+        <v>0</v>
+      </c>
+      <c r="E21" s="22">
+        <v>1</v>
+      </c>
+      <c r="F21" s="22">
+        <v>11</v>
+      </c>
+      <c r="G21" s="21">
+        <v>460</v>
+      </c>
+      <c r="H21" s="22">
+        <v>189</v>
+      </c>
+      <c r="I21" s="21">
+        <v>498</v>
+      </c>
+      <c r="J21" s="21">
+        <v>135</v>
+      </c>
+      <c r="K21" s="21">
+        <v>104</v>
+      </c>
+      <c r="L21" s="21">
+        <v>26</v>
+      </c>
+      <c r="M21" s="32">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A22" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="B22" s="21">
+        <v>723</v>
+      </c>
+      <c r="C22" s="21">
+        <v>3</v>
+      </c>
+      <c r="D22" s="22">
+        <v>0</v>
+      </c>
+      <c r="E22" s="22">
+        <v>0</v>
+      </c>
+      <c r="F22" s="22">
+        <v>15</v>
+      </c>
+      <c r="G22" s="21">
+        <v>191</v>
+      </c>
+      <c r="H22" s="22">
+        <v>52</v>
+      </c>
+      <c r="I22" s="21">
+        <v>192</v>
+      </c>
+      <c r="J22" s="21">
+        <v>66</v>
+      </c>
+      <c r="K22" s="21">
+        <v>25</v>
+      </c>
+      <c r="L22" s="21">
+        <v>21</v>
+      </c>
+      <c r="M22" s="32">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A23" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="B23" s="21">
+        <v>3267</v>
+      </c>
+      <c r="C23" s="21">
+        <v>55</v>
+      </c>
+      <c r="D23" s="22">
+        <v>0</v>
+      </c>
+      <c r="E23" s="22">
+        <v>1</v>
+      </c>
+      <c r="F23" s="22">
+        <v>30</v>
+      </c>
+      <c r="G23" s="21">
+        <v>813</v>
+      </c>
+      <c r="H23" s="22">
+        <v>324</v>
+      </c>
+      <c r="I23" s="21">
+        <v>965</v>
+      </c>
+      <c r="J23" s="21">
+        <v>160</v>
+      </c>
+      <c r="K23" s="21">
+        <v>135</v>
+      </c>
+      <c r="L23" s="21">
+        <v>48</v>
+      </c>
+      <c r="M23" s="32">
+        <v>737</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A24" s="9" t="s">
+        <v>32</v>
+      </c>
+      <c r="B24" s="21">
+        <v>1602</v>
+      </c>
+      <c r="C24" s="21">
+        <v>18</v>
+      </c>
+      <c r="D24" s="22">
+        <v>1</v>
+      </c>
+      <c r="E24" s="22">
+        <v>0</v>
+      </c>
+      <c r="F24" s="22">
+        <v>21</v>
+      </c>
+      <c r="G24" s="21">
+        <v>414</v>
+      </c>
+      <c r="H24" s="22">
+        <v>105</v>
+      </c>
+      <c r="I24" s="21">
+        <v>403</v>
+      </c>
+      <c r="J24" s="21">
+        <v>148</v>
+      </c>
+      <c r="K24" s="21">
+        <v>71</v>
+      </c>
+      <c r="L24" s="21">
+        <v>17</v>
+      </c>
+      <c r="M24" s="32">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A25" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="B25" s="21">
+        <v>346</v>
+      </c>
+      <c r="C25" s="21">
+        <v>5</v>
+      </c>
+      <c r="D25" s="22">
+        <v>0</v>
+      </c>
+      <c r="E25" s="22">
+        <v>0</v>
+      </c>
+      <c r="F25" s="22">
+        <v>0</v>
+      </c>
+      <c r="G25" s="21">
+        <v>100</v>
+      </c>
+      <c r="H25" s="22">
+        <v>35</v>
+      </c>
+      <c r="I25" s="21">
+        <v>116</v>
+      </c>
+      <c r="J25" s="21">
+        <v>14</v>
+      </c>
+      <c r="K25" s="21">
+        <v>15</v>
+      </c>
+      <c r="L25" s="21">
+        <v>5</v>
+      </c>
+      <c r="M25" s="32">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A26" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B26" s="21">
+        <v>290</v>
+      </c>
+      <c r="C26" s="21">
+        <v>8</v>
+      </c>
+      <c r="D26" s="22">
+        <v>0</v>
+      </c>
+      <c r="E26" s="22">
+        <v>0</v>
+      </c>
+      <c r="F26" s="22">
+        <v>0</v>
+      </c>
+      <c r="G26" s="21">
+        <v>78</v>
+      </c>
+      <c r="H26" s="22">
+        <v>26</v>
+      </c>
+      <c r="I26" s="21">
+        <v>97</v>
+      </c>
+      <c r="J26" s="21">
+        <v>10</v>
+      </c>
+      <c r="K26" s="21">
+        <v>12</v>
+      </c>
+      <c r="L26" s="21">
+        <v>7</v>
+      </c>
+      <c r="M26" s="32">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A27" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="B27" s="21">
+        <v>4395</v>
+      </c>
+      <c r="C27" s="21">
+        <v>42</v>
+      </c>
+      <c r="D27" s="22">
+        <v>0</v>
+      </c>
+      <c r="E27" s="22">
+        <v>0</v>
+      </c>
+      <c r="F27" s="22">
+        <v>24</v>
+      </c>
+      <c r="G27" s="21">
+        <v>1089</v>
+      </c>
+      <c r="H27" s="22">
+        <v>344</v>
+      </c>
+      <c r="I27" s="21">
+        <v>1343</v>
+      </c>
+      <c r="J27" s="21">
+        <v>291</v>
+      </c>
+      <c r="K27" s="21">
+        <v>230</v>
+      </c>
+      <c r="L27" s="21">
+        <v>62</v>
+      </c>
+      <c r="M27" s="32">
+        <v>970</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A28" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="B28" s="21">
+        <v>804</v>
+      </c>
+      <c r="C28" s="21">
+        <v>15</v>
+      </c>
+      <c r="D28" s="22">
+        <v>0</v>
+      </c>
+      <c r="E28" s="22">
+        <v>0</v>
+      </c>
+      <c r="F28" s="22">
+        <v>8</v>
+      </c>
+      <c r="G28" s="21">
+        <v>218</v>
+      </c>
+      <c r="H28" s="22">
+        <v>67</v>
+      </c>
+      <c r="I28" s="21">
+        <v>216</v>
+      </c>
+      <c r="J28" s="21">
+        <v>48</v>
+      </c>
+      <c r="K28" s="21">
+        <v>37</v>
+      </c>
+      <c r="L28" s="21">
+        <v>15</v>
+      </c>
+      <c r="M28" s="32">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A29" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="B29" s="21">
+        <v>1345</v>
+      </c>
+      <c r="C29" s="21">
+        <v>11</v>
+      </c>
+      <c r="D29" s="22">
+        <v>0</v>
+      </c>
+      <c r="E29" s="22">
+        <v>0</v>
+      </c>
+      <c r="F29" s="22">
+        <v>12</v>
+      </c>
+      <c r="G29" s="21">
+        <v>371</v>
+      </c>
+      <c r="H29" s="22">
+        <v>100</v>
+      </c>
+      <c r="I29" s="21">
+        <v>415</v>
+      </c>
+      <c r="J29" s="21">
+        <v>77</v>
+      </c>
+      <c r="K29" s="21">
+        <v>56</v>
+      </c>
+      <c r="L29" s="21">
+        <v>20</v>
+      </c>
+      <c r="M29" s="32">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A30" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="B30" s="21">
+        <v>2629</v>
+      </c>
+      <c r="C30" s="21">
+        <v>37</v>
+      </c>
+      <c r="D30" s="22">
+        <v>1</v>
+      </c>
+      <c r="E30" s="22">
+        <v>0</v>
+      </c>
+      <c r="F30" s="22">
+        <v>28</v>
+      </c>
+      <c r="G30" s="21">
+        <v>659</v>
+      </c>
+      <c r="H30" s="22">
+        <v>238</v>
+      </c>
+      <c r="I30" s="21">
+        <v>818</v>
+      </c>
+      <c r="J30" s="21">
+        <v>145</v>
+      </c>
+      <c r="K30" s="21">
+        <v>94</v>
+      </c>
+      <c r="L30" s="21">
+        <v>43</v>
+      </c>
+      <c r="M30" s="32">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A31" s="9" t="s">
+        <v>28</v>
+      </c>
+      <c r="B31" s="21">
+        <v>2246</v>
+      </c>
+      <c r="C31" s="21">
+        <v>14</v>
+      </c>
+      <c r="D31" s="22">
+        <v>0</v>
+      </c>
+      <c r="E31" s="22">
+        <v>1</v>
+      </c>
+      <c r="F31" s="22">
+        <v>24</v>
+      </c>
+      <c r="G31" s="21">
+        <v>592</v>
+      </c>
+      <c r="H31" s="22">
+        <v>239</v>
+      </c>
+      <c r="I31" s="21">
+        <v>663</v>
+      </c>
+      <c r="J31" s="21">
+        <v>118</v>
+      </c>
+      <c r="K31" s="21">
+        <v>100</v>
+      </c>
+      <c r="L31" s="21">
+        <v>37</v>
+      </c>
+      <c r="M31" s="32">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A32" s="9" t="s">
+        <v>29</v>
+      </c>
+      <c r="B32" s="21">
+        <v>3436</v>
+      </c>
+      <c r="C32" s="21">
+        <v>48</v>
+      </c>
+      <c r="D32" s="22">
+        <v>1</v>
+      </c>
+      <c r="E32" s="22">
+        <v>0</v>
+      </c>
+      <c r="F32" s="22">
+        <v>36</v>
+      </c>
+      <c r="G32" s="21">
+        <v>881</v>
+      </c>
+      <c r="H32" s="22">
+        <v>393</v>
+      </c>
+      <c r="I32" s="21">
+        <v>903</v>
+      </c>
+      <c r="J32" s="21">
+        <v>270</v>
+      </c>
+      <c r="K32" s="21">
+        <v>127</v>
+      </c>
+      <c r="L32" s="21">
+        <v>31</v>
+      </c>
+      <c r="M32" s="32">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A33" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="B33" s="21">
+        <v>330</v>
+      </c>
+      <c r="C33" s="21">
+        <v>2</v>
+      </c>
+      <c r="D33" s="22">
+        <v>0</v>
+      </c>
+      <c r="E33" s="22">
+        <v>0</v>
+      </c>
+      <c r="F33" s="22">
+        <v>4</v>
+      </c>
+      <c r="G33" s="21">
+        <v>77</v>
+      </c>
+      <c r="H33" s="22">
+        <v>24</v>
+      </c>
+      <c r="I33" s="21">
+        <v>140</v>
+      </c>
+      <c r="J33" s="21">
+        <v>11</v>
+      </c>
+      <c r="K33" s="21">
+        <v>17</v>
+      </c>
+      <c r="L33" s="21">
+        <v>5</v>
+      </c>
+      <c r="M33" s="32">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A34" s="9" t="s">
+        <v>31</v>
+      </c>
+      <c r="B34" s="21">
+        <v>2929</v>
+      </c>
+      <c r="C34" s="21">
+        <v>31</v>
+      </c>
+      <c r="D34" s="22">
+        <v>0</v>
+      </c>
+      <c r="E34" s="22">
+        <v>0</v>
+      </c>
+      <c r="F34" s="22">
+        <v>39</v>
+      </c>
+      <c r="G34" s="21">
+        <v>750</v>
+      </c>
+      <c r="H34" s="22">
+        <v>261</v>
+      </c>
+      <c r="I34" s="21">
+        <v>683</v>
+      </c>
+      <c r="J34" s="21">
+        <v>222</v>
+      </c>
+      <c r="K34" s="21">
+        <v>136</v>
+      </c>
+      <c r="L34" s="21">
+        <v>48</v>
+      </c>
+      <c r="M34" s="32">
+        <v>759</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A35" s="9" t="s">
+        <v>30</v>
+      </c>
+      <c r="B35" s="21">
+        <v>5996</v>
+      </c>
+      <c r="C35" s="21">
+        <v>66</v>
+      </c>
+      <c r="D35" s="22">
+        <v>0</v>
+      </c>
+      <c r="E35" s="22">
+        <v>2</v>
+      </c>
+      <c r="F35" s="22">
+        <v>76</v>
+      </c>
+      <c r="G35" s="21">
+        <v>1427</v>
+      </c>
+      <c r="H35" s="22">
+        <v>587</v>
+      </c>
+      <c r="I35" s="21">
+        <v>1434</v>
+      </c>
+      <c r="J35" s="21">
+        <v>457</v>
+      </c>
+      <c r="K35" s="21">
+        <v>277</v>
+      </c>
+      <c r="L35" s="21">
+        <v>85</v>
+      </c>
+      <c r="M35" s="32">
+        <v>1587</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A36" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="B36" s="21">
+        <v>936</v>
+      </c>
+      <c r="C36" s="21">
+        <v>14</v>
+      </c>
+      <c r="D36" s="22">
+        <v>0</v>
+      </c>
+      <c r="E36" s="22">
+        <v>0</v>
+      </c>
+      <c r="F36" s="22">
+        <v>10</v>
+      </c>
+      <c r="G36" s="21">
+        <v>239</v>
+      </c>
+      <c r="H36" s="22">
+        <v>73</v>
+      </c>
+      <c r="I36" s="21">
+        <v>301</v>
+      </c>
+      <c r="J36" s="21">
+        <v>45</v>
+      </c>
+      <c r="K36" s="21">
+        <v>40</v>
+      </c>
+      <c r="L36" s="21">
+        <v>11</v>
+      </c>
+      <c r="M36" s="32">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A37" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="B37" s="21">
+        <v>11813</v>
+      </c>
+      <c r="C37" s="21">
+        <v>185</v>
+      </c>
+      <c r="D37" s="22">
+        <v>2</v>
+      </c>
+      <c r="E37" s="22">
+        <v>0</v>
+      </c>
+      <c r="F37" s="22">
+        <v>107</v>
+      </c>
+      <c r="G37" s="21">
+        <v>2814</v>
+      </c>
+      <c r="H37" s="22">
+        <v>1207</v>
+      </c>
+      <c r="I37" s="21">
+        <v>3411</v>
+      </c>
+      <c r="J37" s="21">
+        <v>661</v>
+      </c>
+      <c r="K37" s="21">
+        <v>483</v>
+      </c>
+      <c r="L37" s="21">
+        <v>173</v>
+      </c>
+      <c r="M37" s="32">
+        <v>2772</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" ht="21" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A38" s="37" t="s">
+        <v>64</v>
+      </c>
+      <c r="B38" s="23"/>
+      <c r="C38" s="23"/>
+      <c r="D38" s="23"/>
+      <c r="E38" s="23"/>
+      <c r="F38" s="23"/>
+      <c r="G38" s="23"/>
+      <c r="H38" s="23"/>
+      <c r="I38" s="24"/>
+      <c r="J38" s="23"/>
+      <c r="K38" s="23"/>
+      <c r="L38" s="23"/>
+      <c r="M38" s="33"/>
+    </row>
+    <row r="39" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A39" s="9">
+        <v>2000</v>
+      </c>
+      <c r="B39" s="21">
+        <v>1910</v>
+      </c>
+      <c r="C39" s="21">
+        <v>19</v>
+      </c>
+      <c r="D39" s="22">
+        <v>2</v>
+      </c>
+      <c r="E39" s="22">
+        <v>1</v>
+      </c>
+      <c r="F39" s="22">
+        <v>0</v>
+      </c>
+      <c r="G39" s="21">
+        <v>537</v>
+      </c>
+      <c r="H39" s="22">
+        <v>83</v>
+      </c>
+      <c r="I39" s="21">
+        <v>675</v>
+      </c>
+      <c r="J39" s="21">
+        <v>150</v>
+      </c>
+      <c r="K39" s="21">
+        <v>85</v>
+      </c>
+      <c r="L39" s="21">
+        <v>41</v>
+      </c>
+      <c r="M39" s="32">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A40" s="9">
+        <v>2005</v>
+      </c>
+      <c r="B40" s="21">
+        <v>1873</v>
+      </c>
+      <c r="C40" s="21">
+        <v>16</v>
+      </c>
+      <c r="D40" s="22">
+        <v>1</v>
+      </c>
+      <c r="E40" s="22">
+        <v>2</v>
+      </c>
+      <c r="F40" s="22">
+        <v>0</v>
+      </c>
+      <c r="G40" s="21">
+        <v>475</v>
+      </c>
+      <c r="H40" s="22">
+        <v>93</v>
+      </c>
+      <c r="I40" s="21">
+        <v>696</v>
+      </c>
+      <c r="J40" s="21">
+        <v>158</v>
+      </c>
+      <c r="K40" s="21">
+        <v>50</v>
+      </c>
+      <c r="L40" s="21">
+        <v>40</v>
+      </c>
+      <c r="M40" s="32">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A41" s="9">
+        <v>2006</v>
+      </c>
+      <c r="B41" s="21">
+        <v>1856</v>
+      </c>
+      <c r="C41" s="21">
+        <v>11</v>
+      </c>
+      <c r="D41" s="22">
+        <v>0</v>
+      </c>
+      <c r="E41" s="22">
+        <v>0</v>
+      </c>
+      <c r="F41" s="22">
+        <v>0</v>
+      </c>
+      <c r="G41" s="21">
+        <v>488</v>
+      </c>
+      <c r="H41" s="22">
+        <v>112</v>
+      </c>
+      <c r="I41" s="21">
+        <v>684</v>
+      </c>
+      <c r="J41" s="21">
+        <v>152</v>
+      </c>
+      <c r="K41" s="21">
+        <v>74</v>
+      </c>
+      <c r="L41" s="21">
+        <v>44</v>
+      </c>
+      <c r="M41" s="32">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A42" s="9">
+        <v>2007</v>
+      </c>
+      <c r="B42" s="21">
+        <v>1810</v>
+      </c>
+      <c r="C42" s="22">
+        <v>17</v>
+      </c>
+      <c r="D42" s="22">
+        <v>0</v>
+      </c>
+      <c r="E42" s="22">
+        <v>0</v>
+      </c>
+      <c r="F42" s="22">
+        <v>0</v>
+      </c>
+      <c r="G42" s="21">
+        <v>511</v>
+      </c>
+      <c r="H42" s="22">
+        <v>94</v>
+      </c>
+      <c r="I42" s="21">
+        <v>653</v>
+      </c>
+      <c r="J42" s="21">
+        <v>125</v>
+      </c>
+      <c r="K42" s="21">
+        <v>69</v>
+      </c>
+      <c r="L42" s="21">
+        <v>43</v>
+      </c>
+      <c r="M42" s="32">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A43" s="9">
+        <v>2008</v>
+      </c>
+      <c r="B43" s="21">
+        <v>1762</v>
+      </c>
+      <c r="C43" s="21">
+        <v>11</v>
+      </c>
+      <c r="D43" s="22">
+        <v>0</v>
+      </c>
+      <c r="E43" s="22">
+        <v>0</v>
+      </c>
+      <c r="F43" s="22">
+        <v>0</v>
+      </c>
+      <c r="G43" s="21">
+        <v>513</v>
+      </c>
+      <c r="H43" s="22">
+        <v>103</v>
+      </c>
+      <c r="I43" s="21">
+        <v>625</v>
+      </c>
+      <c r="J43" s="21">
+        <v>116</v>
+      </c>
+      <c r="K43" s="21">
+        <v>56</v>
+      </c>
+      <c r="L43" s="21">
+        <v>42</v>
+      </c>
+      <c r="M43" s="32">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A44" s="9">
+        <v>2009</v>
+      </c>
+      <c r="B44" s="21">
+        <v>1906</v>
+      </c>
+      <c r="C44" s="21">
+        <v>25</v>
+      </c>
+      <c r="D44" s="22">
+        <v>1</v>
+      </c>
+      <c r="E44" s="22">
+        <v>2</v>
+      </c>
+      <c r="F44" s="22">
+        <v>0</v>
+      </c>
+      <c r="G44" s="21">
+        <v>515</v>
+      </c>
+      <c r="H44" s="22">
+        <v>153</v>
+      </c>
+      <c r="I44" s="21">
+        <v>640</v>
+      </c>
+      <c r="J44" s="21">
+        <v>165</v>
+      </c>
+      <c r="K44" s="21">
+        <v>63</v>
+      </c>
+      <c r="L44" s="21">
+        <v>42</v>
+      </c>
+      <c r="M44" s="32">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A45" s="9">
+        <v>2010</v>
+      </c>
+      <c r="B45" s="21">
+        <v>1893</v>
+      </c>
+      <c r="C45" s="21">
+        <v>19</v>
+      </c>
+      <c r="D45" s="22">
+        <v>0</v>
+      </c>
+      <c r="E45" s="22">
+        <v>0</v>
+      </c>
+      <c r="F45" s="22">
+        <v>0</v>
+      </c>
+      <c r="G45" s="21">
+        <v>525</v>
+      </c>
+      <c r="H45" s="22">
+        <v>138</v>
+      </c>
+      <c r="I45" s="21">
+        <v>640</v>
+      </c>
+      <c r="J45" s="21">
+        <v>144</v>
+      </c>
+      <c r="K45" s="21">
+        <v>76</v>
+      </c>
+      <c r="L45" s="21">
+        <v>46</v>
+      </c>
+      <c r="M45" s="32">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A46" s="9">
+        <v>2011</v>
+      </c>
+      <c r="B46" s="21">
+        <v>1973</v>
+      </c>
+      <c r="C46" s="21">
+        <v>19</v>
+      </c>
+      <c r="D46" s="22">
+        <v>1</v>
+      </c>
+      <c r="E46" s="22">
+        <v>3</v>
+      </c>
+      <c r="F46" s="22">
+        <v>0</v>
+      </c>
+      <c r="G46" s="21">
+        <v>534</v>
+      </c>
+      <c r="H46" s="22">
+        <v>157</v>
+      </c>
+      <c r="I46" s="21">
+        <v>636</v>
+      </c>
+      <c r="J46" s="21">
+        <v>134</v>
+      </c>
+      <c r="K46" s="21">
+        <v>107</v>
+      </c>
+      <c r="L46" s="21">
+        <v>50</v>
+      </c>
+      <c r="M46" s="32">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A47" s="9">
+        <v>2012</v>
+      </c>
+      <c r="B47" s="21">
+        <v>1875</v>
+      </c>
+      <c r="C47" s="21">
+        <v>32</v>
+      </c>
+      <c r="D47" s="22">
+        <v>0</v>
+      </c>
+      <c r="E47" s="22">
+        <v>3</v>
+      </c>
+      <c r="F47" s="22">
+        <v>0</v>
+      </c>
+      <c r="G47" s="21">
+        <v>507</v>
+      </c>
+      <c r="H47" s="22">
+        <v>159</v>
+      </c>
+      <c r="I47" s="21">
+        <v>533</v>
+      </c>
+      <c r="J47" s="21">
+        <v>158</v>
+      </c>
+      <c r="K47" s="21">
+        <v>78</v>
+      </c>
+      <c r="L47" s="21">
+        <v>43</v>
+      </c>
+      <c r="M47" s="32">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A48" s="9">
+        <v>2013</v>
+      </c>
+      <c r="B48" s="21">
+        <v>1965</v>
+      </c>
+      <c r="C48" s="21">
+        <v>21</v>
+      </c>
+      <c r="D48" s="22">
+        <v>1</v>
+      </c>
+      <c r="E48" s="22">
+        <v>0</v>
+      </c>
+      <c r="F48" s="22">
+        <v>0</v>
+      </c>
+      <c r="G48" s="21">
+        <v>539</v>
+      </c>
+      <c r="H48" s="22">
+        <v>193</v>
+      </c>
+      <c r="I48" s="21">
+        <v>579</v>
+      </c>
+      <c r="J48" s="21">
+        <v>144</v>
+      </c>
+      <c r="K48" s="21">
+        <v>90</v>
+      </c>
+      <c r="L48" s="21">
+        <v>33</v>
+      </c>
+      <c r="M48" s="32">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A49" s="9">
+        <v>2014</v>
+      </c>
+      <c r="B49" s="21">
+        <v>2009</v>
+      </c>
+      <c r="C49" s="21">
+        <v>29</v>
+      </c>
+      <c r="D49" s="22">
+        <v>0</v>
+      </c>
+      <c r="E49" s="22">
+        <v>0</v>
+      </c>
+      <c r="F49" s="22">
+        <v>0</v>
+      </c>
+      <c r="G49" s="21">
+        <v>554</v>
+      </c>
+      <c r="H49" s="22">
+        <v>194</v>
+      </c>
+      <c r="I49" s="21">
+        <v>614</v>
+      </c>
+      <c r="J49" s="21">
+        <v>130</v>
+      </c>
+      <c r="K49" s="21">
+        <v>69</v>
+      </c>
+      <c r="L49" s="21">
+        <v>31</v>
+      </c>
+      <c r="M49" s="32">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A50" s="9">
+        <v>2015</v>
+      </c>
+      <c r="B50" s="21">
+        <v>2049</v>
+      </c>
+      <c r="C50" s="21">
+        <v>21</v>
+      </c>
+      <c r="D50" s="22">
+        <v>0</v>
+      </c>
+      <c r="E50" s="22">
+        <v>0</v>
+      </c>
+      <c r="F50" s="22">
+        <v>0</v>
+      </c>
+      <c r="G50" s="21">
+        <v>569</v>
+      </c>
+      <c r="H50" s="22">
+        <v>180</v>
+      </c>
+      <c r="I50" s="21">
+        <v>586</v>
+      </c>
+      <c r="J50" s="21">
+        <v>170</v>
+      </c>
+      <c r="K50" s="21">
         <v>68</v>
       </c>
-      <c r="B11" s="26"/>
-[...59 lines deleted...]
-      <c r="D13" s="25">
+      <c r="L50" s="21">
+        <v>35</v>
+      </c>
+      <c r="M50" s="32">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A51" s="9">
+        <v>2016</v>
+      </c>
+      <c r="B51" s="21">
+        <v>2022</v>
+      </c>
+      <c r="C51" s="21">
+        <v>17</v>
+      </c>
+      <c r="D51" s="22">
+        <v>0</v>
+      </c>
+      <c r="E51" s="22">
+        <v>0</v>
+      </c>
+      <c r="F51" s="22">
+        <v>0</v>
+      </c>
+      <c r="G51" s="21">
+        <v>593</v>
+      </c>
+      <c r="H51" s="22">
+        <v>172</v>
+      </c>
+      <c r="I51" s="21">
+        <v>629</v>
+      </c>
+      <c r="J51" s="21">
+        <v>122</v>
+      </c>
+      <c r="K51" s="21">
+        <v>77</v>
+      </c>
+      <c r="L51" s="21">
+        <v>26</v>
+      </c>
+      <c r="M51" s="32">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A52" s="9">
+        <v>2017</v>
+      </c>
+      <c r="B52" s="21">
+        <v>2061</v>
+      </c>
+      <c r="C52" s="21">
+        <v>21</v>
+      </c>
+      <c r="D52" s="22">
+        <v>0</v>
+      </c>
+      <c r="E52" s="22">
+        <v>0</v>
+      </c>
+      <c r="F52" s="22">
+        <v>0</v>
+      </c>
+      <c r="G52" s="21">
+        <v>578</v>
+      </c>
+      <c r="H52" s="22">
+        <v>164</v>
+      </c>
+      <c r="I52" s="21">
+        <v>577</v>
+      </c>
+      <c r="J52" s="21">
+        <v>157</v>
+      </c>
+      <c r="K52" s="21">
+        <v>82</v>
+      </c>
+      <c r="L52" s="21">
+        <v>41</v>
+      </c>
+      <c r="M52" s="32">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A53" s="9">
+        <v>2018</v>
+      </c>
+      <c r="B53" s="21">
+        <v>2058</v>
+      </c>
+      <c r="C53" s="21">
+        <v>21</v>
+      </c>
+      <c r="D53" s="21">
         <v>1</v>
       </c>
-      <c r="E13" s="25">
+      <c r="E53" s="21">
         <v>1</v>
       </c>
-      <c r="F13" s="24">
-[...125 lines deleted...]
-      <c r="J16" s="24">
+      <c r="F53" s="22">
+        <v>0</v>
+      </c>
+      <c r="G53" s="21">
+        <v>577</v>
+      </c>
+      <c r="H53" s="22">
+        <v>201</v>
+      </c>
+      <c r="I53" s="21">
+        <v>628</v>
+      </c>
+      <c r="J53" s="21">
+        <v>144</v>
+      </c>
+      <c r="K53" s="21">
+        <v>64</v>
+      </c>
+      <c r="L53" s="21">
+        <v>44</v>
+      </c>
+      <c r="M53" s="32">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A54" s="9">
+        <v>2019</v>
+      </c>
+      <c r="B54" s="21">
+        <v>2099</v>
+      </c>
+      <c r="C54" s="21">
+        <v>20</v>
+      </c>
+      <c r="D54" s="22">
+        <v>0</v>
+      </c>
+      <c r="E54" s="22">
+        <v>0</v>
+      </c>
+      <c r="F54" s="22">
+        <v>0</v>
+      </c>
+      <c r="G54" s="22">
+        <v>592</v>
+      </c>
+      <c r="H54" s="22">
+        <v>205</v>
+      </c>
+      <c r="I54" s="22">
+        <v>527</v>
+      </c>
+      <c r="J54" s="22">
+        <v>156</v>
+      </c>
+      <c r="K54" s="22">
+        <v>76</v>
+      </c>
+      <c r="L54" s="22">
+        <v>41</v>
+      </c>
+      <c r="M54" s="32">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A55" s="9">
+        <v>2020</v>
+      </c>
+      <c r="B55" s="21">
+        <v>2556</v>
+      </c>
+      <c r="C55" s="21">
+        <v>18</v>
+      </c>
+      <c r="D55" s="22">
+        <v>1</v>
+      </c>
+      <c r="E55" s="22">
+        <v>0</v>
+      </c>
+      <c r="F55" s="22">
+        <v>452</v>
+      </c>
+      <c r="G55" s="21">
+        <v>580</v>
+      </c>
+      <c r="H55" s="22">
+        <v>212</v>
+      </c>
+      <c r="I55" s="21">
+        <v>609</v>
+      </c>
+      <c r="J55" s="21">
+        <v>96</v>
+      </c>
+      <c r="K55" s="21">
+        <v>73</v>
+      </c>
+      <c r="L55" s="21">
+        <v>36</v>
+      </c>
+      <c r="M55" s="32">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A56" s="9">
+        <v>2021</v>
+      </c>
+      <c r="B56" s="21">
+        <v>2269</v>
+      </c>
+      <c r="C56" s="21">
+        <v>32</v>
+      </c>
+      <c r="D56" s="22">
+        <v>0</v>
+      </c>
+      <c r="E56" s="22">
+        <v>0</v>
+      </c>
+      <c r="F56" s="22">
+        <v>145</v>
+      </c>
+      <c r="G56" s="21">
+        <v>608</v>
+      </c>
+      <c r="H56" s="22">
+        <v>160</v>
+      </c>
+      <c r="I56" s="21">
+        <v>588</v>
+      </c>
+      <c r="J56" s="21">
+        <v>124</v>
+      </c>
+      <c r="K56" s="21">
+        <v>87</v>
+      </c>
+      <c r="L56" s="21">
+        <v>29</v>
+      </c>
+      <c r="M56" s="32">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A57" s="9">
+        <v>2022</v>
+      </c>
+      <c r="B57" s="21">
+        <v>2473</v>
+      </c>
+      <c r="C57" s="21">
+        <v>28</v>
+      </c>
+      <c r="D57" s="22">
+        <v>0</v>
+      </c>
+      <c r="E57" s="22">
+        <v>1</v>
+      </c>
+      <c r="F57" s="22">
+        <v>146</v>
+      </c>
+      <c r="G57" s="21">
+        <v>660</v>
+      </c>
+      <c r="H57" s="22">
+        <v>197</v>
+      </c>
+      <c r="I57" s="21">
+        <v>636</v>
+      </c>
+      <c r="J57" s="21">
+        <v>146</v>
+      </c>
+      <c r="K57" s="21">
+        <v>99</v>
+      </c>
+      <c r="L57" s="21">
+        <v>28</v>
+      </c>
+      <c r="M57" s="32">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A58" s="9">
+        <v>2023</v>
+      </c>
+      <c r="B58" s="21">
+        <v>2270</v>
+      </c>
+      <c r="C58" s="21">
+        <v>41</v>
+      </c>
+      <c r="D58" s="22">
+        <v>0</v>
+      </c>
+      <c r="E58" s="22">
+        <v>0</v>
+      </c>
+      <c r="F58" s="22">
+        <v>43</v>
+      </c>
+      <c r="G58" s="21">
+        <v>586</v>
+      </c>
+      <c r="H58" s="22">
+        <v>199</v>
+      </c>
+      <c r="I58" s="21">
+        <v>563</v>
+      </c>
+      <c r="J58" s="21">
+        <v>187</v>
+      </c>
+      <c r="K58" s="21">
+        <v>98</v>
+      </c>
+      <c r="L58" s="21">
+        <v>43</v>
+      </c>
+      <c r="M58" s="32">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A59" s="9">
+        <v>2024</v>
+      </c>
+      <c r="B59" s="21">
+        <v>2306</v>
+      </c>
+      <c r="C59" s="21">
+        <v>15</v>
+      </c>
+      <c r="D59" s="22">
+        <v>0</v>
+      </c>
+      <c r="E59" s="22">
+        <v>1</v>
+      </c>
+      <c r="F59" s="22">
+        <v>11</v>
+      </c>
+      <c r="G59" s="21">
+        <v>682</v>
+      </c>
+      <c r="H59" s="22">
+        <v>210</v>
+      </c>
+      <c r="I59" s="21">
+        <v>577</v>
+      </c>
+      <c r="J59" s="21">
+        <v>154</v>
+      </c>
+      <c r="K59" s="21">
+        <v>78</v>
+      </c>
+      <c r="L59" s="21">
         <v>37</v>
       </c>
-      <c r="K16" s="25">
-[...525 lines deleted...]
-      <c r="I30" s="24">
+      <c r="M59" s="32">
+        <v>542</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A60" s="36" t="s">
         <v>37</v>
       </c>
-      <c r="J30" s="24">
-[...1105 lines deleted...]
-    <row r="61" spans="1:12" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B60" s="23"/>
+      <c r="C60" s="23"/>
+      <c r="D60" s="23"/>
+      <c r="E60" s="23"/>
+      <c r="F60" s="23"/>
+      <c r="G60" s="23"/>
+      <c r="H60" s="23"/>
+      <c r="I60" s="23"/>
+      <c r="J60" s="23"/>
+      <c r="K60" s="23"/>
+      <c r="L60" s="23"/>
+      <c r="M60" s="33"/>
+    </row>
+    <row r="61" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A61" s="9">
         <v>2000</v>
       </c>
-      <c r="B61" s="24">
+      <c r="B61" s="21">
         <v>1025</v>
       </c>
-      <c r="C61" s="24">
+      <c r="C61" s="21">
         <v>10</v>
       </c>
-      <c r="D61" s="25">
+      <c r="D61" s="22">
         <v>1</v>
       </c>
-      <c r="E61" s="25">
-[...2 lines deleted...]
-      <c r="F61" s="24">
+      <c r="E61" s="22">
+        <v>0</v>
+      </c>
+      <c r="F61" s="22">
+        <v>0</v>
+      </c>
+      <c r="G61" s="21">
         <v>326</v>
       </c>
-      <c r="G61" s="24">
+      <c r="H61" s="22">
+        <v>27</v>
+      </c>
+      <c r="I61" s="21">
         <v>321</v>
       </c>
-      <c r="H61" s="24">
+      <c r="J61" s="21">
         <v>83</v>
       </c>
-      <c r="I61" s="24">
+      <c r="K61" s="21">
         <v>60</v>
       </c>
-      <c r="J61" s="24">
+      <c r="L61" s="21">
         <v>33</v>
       </c>
-      <c r="K61" s="25">
-[...6 lines deleted...]
-    <row r="62" spans="1:12" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M61" s="32">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A62" s="9">
         <v>2005</v>
       </c>
-      <c r="B62" s="24">
+      <c r="B62" s="21">
         <v>956</v>
       </c>
-      <c r="C62" s="24">
+      <c r="C62" s="21">
         <v>7</v>
       </c>
-      <c r="D62" s="25">
+      <c r="D62" s="22">
         <v>1</v>
       </c>
-      <c r="E62" s="25">
+      <c r="E62" s="22">
         <v>1</v>
       </c>
-      <c r="F62" s="24">
+      <c r="F62" s="22">
+        <v>0</v>
+      </c>
+      <c r="G62" s="21">
         <v>285</v>
       </c>
-      <c r="G62" s="24">
+      <c r="H62" s="22">
+        <v>33</v>
+      </c>
+      <c r="I62" s="21">
         <v>318</v>
       </c>
-      <c r="H62" s="24">
+      <c r="J62" s="21">
         <v>80</v>
       </c>
-      <c r="I62" s="24">
+      <c r="K62" s="21">
         <v>27</v>
       </c>
-      <c r="J62" s="24">
+      <c r="L62" s="21">
         <v>34</v>
       </c>
-      <c r="K62" s="25">
-[...6 lines deleted...]
-    <row r="63" spans="1:12" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M62" s="32">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A63" s="9">
         <v>2006</v>
       </c>
-      <c r="B63" s="24">
+      <c r="B63" s="21">
         <v>962</v>
       </c>
-      <c r="C63" s="24">
+      <c r="C63" s="21">
         <v>6</v>
       </c>
-      <c r="D63" s="25">
-[...5 lines deleted...]
-      <c r="F63" s="24">
+      <c r="D63" s="22">
+        <v>0</v>
+      </c>
+      <c r="E63" s="22">
+        <v>0</v>
+      </c>
+      <c r="F63" s="22">
+        <v>0</v>
+      </c>
+      <c r="G63" s="21">
         <v>291</v>
       </c>
-      <c r="G63" s="24">
+      <c r="H63" s="22">
+        <v>31</v>
+      </c>
+      <c r="I63" s="21">
         <v>312</v>
       </c>
-      <c r="H63" s="24">
+      <c r="J63" s="21">
         <v>84</v>
       </c>
-      <c r="I63" s="24">
+      <c r="K63" s="21">
         <v>54</v>
       </c>
-      <c r="J63" s="24">
+      <c r="L63" s="21">
         <v>31</v>
       </c>
-      <c r="K63" s="25">
-[...6 lines deleted...]
-    <row r="64" spans="1:12" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M63" s="32">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A64" s="9">
         <v>2007</v>
       </c>
-      <c r="B64" s="24">
+      <c r="B64" s="21">
         <v>925</v>
       </c>
-      <c r="C64" s="25">
+      <c r="C64" s="22">
         <v>13</v>
       </c>
-      <c r="D64" s="25">
-[...5 lines deleted...]
-      <c r="F64" s="24">
+      <c r="D64" s="22">
+        <v>0</v>
+      </c>
+      <c r="E64" s="22">
+        <v>0</v>
+      </c>
+      <c r="F64" s="22">
+        <v>0</v>
+      </c>
+      <c r="G64" s="21">
         <v>308</v>
       </c>
-      <c r="G64" s="24">
+      <c r="H64" s="22">
+        <v>31</v>
+      </c>
+      <c r="I64" s="21">
         <v>296</v>
       </c>
-      <c r="H64" s="24">
+      <c r="J64" s="21">
         <v>69</v>
       </c>
-      <c r="I64" s="24">
+      <c r="K64" s="21">
         <v>39</v>
       </c>
-      <c r="J64" s="24">
+      <c r="L64" s="21">
         <v>34</v>
       </c>
-      <c r="K64" s="25">
-[...6 lines deleted...]
-    <row r="65" spans="1:12" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M64" s="32">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A65" s="9">
         <v>2008</v>
       </c>
-      <c r="B65" s="24">
+      <c r="B65" s="21">
         <v>889</v>
       </c>
-      <c r="C65" s="24">
+      <c r="C65" s="21">
         <v>7</v>
       </c>
-      <c r="D65" s="25">
-[...5 lines deleted...]
-      <c r="F65" s="24">
+      <c r="D65" s="22">
+        <v>0</v>
+      </c>
+      <c r="E65" s="22">
+        <v>0</v>
+      </c>
+      <c r="F65" s="22">
+        <v>0</v>
+      </c>
+      <c r="G65" s="21">
         <v>306</v>
       </c>
-      <c r="G65" s="24">
+      <c r="H65" s="22">
+        <v>34</v>
+      </c>
+      <c r="I65" s="21">
         <v>275</v>
       </c>
-      <c r="H65" s="24">
+      <c r="J65" s="21">
         <v>64</v>
       </c>
-      <c r="I65" s="24">
+      <c r="K65" s="21">
         <v>32</v>
       </c>
-      <c r="J65" s="24">
+      <c r="L65" s="21">
         <v>33</v>
       </c>
-      <c r="K65" s="25">
-[...6 lines deleted...]
-    <row r="66" spans="1:12" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M65" s="32">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A66" s="9">
         <v>2009</v>
       </c>
-      <c r="B66" s="24">
+      <c r="B66" s="21">
         <v>939</v>
       </c>
-      <c r="C66" s="24">
+      <c r="C66" s="21">
         <v>14</v>
       </c>
-      <c r="D66" s="25">
+      <c r="D66" s="22">
         <v>1</v>
       </c>
-      <c r="E66" s="25">
+      <c r="E66" s="22">
         <v>1</v>
       </c>
-      <c r="F66" s="24">
+      <c r="F66" s="22">
+        <v>0</v>
+      </c>
+      <c r="G66" s="21">
         <v>311</v>
       </c>
-      <c r="G66" s="24">
+      <c r="H66" s="22">
+        <v>44</v>
+      </c>
+      <c r="I66" s="21">
         <v>281</v>
       </c>
-      <c r="H66" s="24">
+      <c r="J66" s="21">
         <v>74</v>
       </c>
-      <c r="I66" s="24">
+      <c r="K66" s="21">
         <v>31</v>
       </c>
-      <c r="J66" s="24">
+      <c r="L66" s="21">
         <v>33</v>
       </c>
-      <c r="K66" s="25">
-[...6 lines deleted...]
-    <row r="67" spans="1:12" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M66" s="32">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A67" s="9">
         <v>2010</v>
       </c>
-      <c r="B67" s="24">
+      <c r="B67" s="21">
         <v>947</v>
       </c>
-      <c r="C67" s="24">
+      <c r="C67" s="21">
         <v>7</v>
       </c>
-      <c r="D67" s="25">
-[...5 lines deleted...]
-      <c r="F67" s="24">
+      <c r="D67" s="22">
+        <v>0</v>
+      </c>
+      <c r="E67" s="22">
+        <v>0</v>
+      </c>
+      <c r="F67" s="22">
+        <v>0</v>
+      </c>
+      <c r="G67" s="21">
         <v>297</v>
       </c>
-      <c r="G67" s="24">
+      <c r="H67" s="22">
+        <v>41</v>
+      </c>
+      <c r="I67" s="21">
         <v>306</v>
       </c>
-      <c r="H67" s="24">
+      <c r="J67" s="21">
         <v>68</v>
       </c>
-      <c r="I67" s="24">
+      <c r="K67" s="21">
         <v>44</v>
       </c>
-      <c r="J67" s="24">
+      <c r="L67" s="21">
         <v>28</v>
       </c>
-      <c r="K67" s="25">
-[...6 lines deleted...]
-    <row r="68" spans="1:12" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M67" s="32">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A68" s="9">
         <v>2011</v>
       </c>
-      <c r="B68" s="24">
+      <c r="B68" s="21">
         <v>1042</v>
       </c>
-      <c r="C68" s="24">
+      <c r="C68" s="21">
         <v>9</v>
       </c>
-      <c r="D68" s="25">
+      <c r="D68" s="22">
         <v>1</v>
       </c>
-      <c r="E68" s="25">
+      <c r="E68" s="22">
         <v>3</v>
       </c>
-      <c r="F68" s="24">
+      <c r="F68" s="22">
+        <v>0</v>
+      </c>
+      <c r="G68" s="21">
         <v>323</v>
       </c>
-      <c r="G68" s="24">
+      <c r="H68" s="22">
+        <v>53</v>
+      </c>
+      <c r="I68" s="21">
         <v>309</v>
       </c>
-      <c r="H68" s="24">
+      <c r="J68" s="21">
         <v>78</v>
       </c>
-      <c r="I68" s="24">
+      <c r="K68" s="21">
         <v>59</v>
       </c>
-      <c r="J68" s="24">
+      <c r="L68" s="21">
         <v>39</v>
       </c>
-      <c r="K68" s="25">
-[...6 lines deleted...]
-    <row r="69" spans="1:12" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M68" s="32">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A69" s="9">
         <v>2012</v>
       </c>
-      <c r="B69" s="24">
+      <c r="B69" s="21">
         <v>916</v>
       </c>
-      <c r="C69" s="24">
+      <c r="C69" s="21">
         <v>16</v>
       </c>
-      <c r="D69" s="25">
-[...2 lines deleted...]
-      <c r="E69" s="25">
+      <c r="D69" s="22">
+        <v>0</v>
+      </c>
+      <c r="E69" s="22">
         <v>3</v>
       </c>
-      <c r="F69" s="24">
+      <c r="F69" s="22">
+        <v>0</v>
+      </c>
+      <c r="G69" s="21">
         <v>292</v>
       </c>
-      <c r="G69" s="24">
+      <c r="H69" s="22">
+        <v>45</v>
+      </c>
+      <c r="I69" s="21">
         <v>243</v>
       </c>
-      <c r="H69" s="24">
+      <c r="J69" s="21">
         <v>81</v>
       </c>
-      <c r="I69" s="24">
+      <c r="K69" s="21">
         <v>39</v>
       </c>
-      <c r="J69" s="24">
+      <c r="L69" s="21">
         <v>26</v>
       </c>
-      <c r="K69" s="25">
-[...6 lines deleted...]
-    <row r="70" spans="1:12" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M69" s="32">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A70" s="9">
         <v>2013</v>
       </c>
-      <c r="B70" s="24">
+      <c r="B70" s="21">
         <v>1023</v>
       </c>
-      <c r="C70" s="24">
+      <c r="C70" s="21">
         <v>7</v>
       </c>
-      <c r="D70" s="25">
-[...5 lines deleted...]
-      <c r="F70" s="24">
+      <c r="D70" s="22">
+        <v>0</v>
+      </c>
+      <c r="E70" s="22">
+        <v>0</v>
+      </c>
+      <c r="F70" s="22">
+        <v>0</v>
+      </c>
+      <c r="G70" s="21">
         <v>325</v>
       </c>
-      <c r="G70" s="24">
+      <c r="H70" s="22">
+        <v>57</v>
+      </c>
+      <c r="I70" s="21">
         <v>285</v>
       </c>
-      <c r="H70" s="24">
+      <c r="J70" s="21">
         <v>82</v>
       </c>
-      <c r="I70" s="24">
+      <c r="K70" s="21">
         <v>52</v>
       </c>
-      <c r="J70" s="24">
+      <c r="L70" s="21">
         <v>27</v>
       </c>
-      <c r="K70" s="25">
-[...6 lines deleted...]
-    <row r="71" spans="1:12" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M70" s="32">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A71" s="9">
         <v>2014</v>
       </c>
-      <c r="B71" s="24">
+      <c r="B71" s="21">
         <v>1023</v>
       </c>
-      <c r="C71" s="24">
+      <c r="C71" s="21">
         <v>19</v>
       </c>
-      <c r="D71" s="25">
-[...5 lines deleted...]
-      <c r="F71" s="24">
+      <c r="D71" s="22">
+        <v>0</v>
+      </c>
+      <c r="E71" s="22">
+        <v>0</v>
+      </c>
+      <c r="F71" s="22">
+        <v>0</v>
+      </c>
+      <c r="G71" s="21">
         <v>307</v>
       </c>
-      <c r="G71" s="24">
+      <c r="H71" s="22">
+        <v>68</v>
+      </c>
+      <c r="I71" s="21">
         <v>306</v>
       </c>
-      <c r="H71" s="24">
+      <c r="J71" s="21">
         <v>62</v>
       </c>
-      <c r="I71" s="24">
+      <c r="K71" s="21">
         <v>41</v>
       </c>
-      <c r="J71" s="24">
+      <c r="L71" s="21">
         <v>21</v>
       </c>
-      <c r="K71" s="25">
-[...6 lines deleted...]
-    <row r="72" spans="1:12" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M71" s="32">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A72" s="9">
         <v>2015</v>
       </c>
-      <c r="B72" s="24">
+      <c r="B72" s="21">
         <v>1022</v>
       </c>
-      <c r="C72" s="24">
+      <c r="C72" s="21">
         <v>8</v>
       </c>
-      <c r="D72" s="25">
-[...5 lines deleted...]
-      <c r="F72" s="24">
+      <c r="D72" s="22">
+        <v>0</v>
+      </c>
+      <c r="E72" s="22">
+        <v>0</v>
+      </c>
+      <c r="F72" s="22">
+        <v>0</v>
+      </c>
+      <c r="G72" s="21">
         <v>319</v>
       </c>
-      <c r="G72" s="24">
+      <c r="H72" s="22">
+        <v>63</v>
+      </c>
+      <c r="I72" s="21">
         <v>267</v>
       </c>
-      <c r="H72" s="24">
+      <c r="J72" s="21">
         <v>90</v>
       </c>
-      <c r="I72" s="24">
+      <c r="K72" s="21">
         <v>36</v>
       </c>
-      <c r="J72" s="24">
+      <c r="L72" s="21">
         <v>29</v>
       </c>
-      <c r="K72" s="25">
-[...6 lines deleted...]
-    <row r="73" spans="1:12" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M72" s="32">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A73" s="9">
         <v>2016</v>
       </c>
-      <c r="B73" s="24">
+      <c r="B73" s="21">
         <v>1026</v>
       </c>
-      <c r="C73" s="24">
+      <c r="C73" s="21">
         <v>10</v>
       </c>
-      <c r="D73" s="25">
-[...5 lines deleted...]
-      <c r="F73" s="24">
+      <c r="D73" s="22">
+        <v>0</v>
+      </c>
+      <c r="E73" s="22">
+        <v>0</v>
+      </c>
+      <c r="F73" s="22">
+        <v>0</v>
+      </c>
+      <c r="G73" s="21">
         <v>347</v>
       </c>
-      <c r="G73" s="24">
+      <c r="H73" s="22">
+        <v>48</v>
+      </c>
+      <c r="I73" s="21">
         <v>297</v>
       </c>
-      <c r="H73" s="24">
+      <c r="J73" s="21">
         <v>67</v>
       </c>
-      <c r="I73" s="24">
+      <c r="K73" s="21">
         <v>39</v>
       </c>
-      <c r="J73" s="24">
+      <c r="L73" s="21">
         <v>17</v>
       </c>
-      <c r="K73" s="25">
-[...6 lines deleted...]
-    <row r="74" spans="1:12" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M73" s="32">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A74" s="9">
         <v>2017</v>
       </c>
-      <c r="B74" s="24">
+      <c r="B74" s="21">
         <v>1054</v>
       </c>
-      <c r="C74" s="24">
+      <c r="C74" s="21">
         <v>8</v>
       </c>
-      <c r="D74" s="25">
-[...5 lines deleted...]
-      <c r="F74" s="24">
+      <c r="D74" s="22">
+        <v>0</v>
+      </c>
+      <c r="E74" s="22">
+        <v>0</v>
+      </c>
+      <c r="F74" s="22">
+        <v>0</v>
+      </c>
+      <c r="G74" s="21">
         <v>337</v>
       </c>
-      <c r="G74" s="24">
+      <c r="H74" s="22">
+        <v>56</v>
+      </c>
+      <c r="I74" s="21">
         <v>276</v>
       </c>
-      <c r="H74" s="24">
+      <c r="J74" s="21">
         <v>83</v>
       </c>
-      <c r="I74" s="24">
+      <c r="K74" s="21">
         <v>51</v>
       </c>
-      <c r="J74" s="24">
+      <c r="L74" s="21">
         <v>31</v>
       </c>
-      <c r="K74" s="25">
-[...6 lines deleted...]
-    <row r="75" spans="1:12" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M74" s="32">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A75" s="9">
         <v>2018</v>
       </c>
-      <c r="B75" s="24">
+      <c r="B75" s="21">
         <v>1024</v>
       </c>
-      <c r="C75" s="24">
+      <c r="C75" s="21">
         <v>4</v>
       </c>
-      <c r="D75" s="24">
-[...2 lines deleted...]
-      <c r="E75" s="24">
+      <c r="D75" s="21">
+        <v>0</v>
+      </c>
+      <c r="E75" s="21">
         <v>1</v>
       </c>
-      <c r="F75" s="24">
+      <c r="F75" s="22">
+        <v>0</v>
+      </c>
+      <c r="G75" s="21">
         <v>342</v>
       </c>
-      <c r="G75" s="24">
+      <c r="H75" s="22">
+        <v>55</v>
+      </c>
+      <c r="I75" s="21">
         <v>282</v>
       </c>
-      <c r="H75" s="24">
+      <c r="J75" s="21">
         <v>76</v>
       </c>
-      <c r="I75" s="24">
+      <c r="K75" s="21">
         <v>31</v>
       </c>
-      <c r="J75" s="24">
+      <c r="L75" s="21">
         <v>31</v>
       </c>
-      <c r="K75" s="25">
-[...6 lines deleted...]
-    <row r="76" spans="1:12" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M75" s="32">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A76" s="9">
         <v>2019</v>
       </c>
-      <c r="B76" s="24">
+      <c r="B76" s="21">
         <v>1048</v>
       </c>
-      <c r="C76" s="24">
+      <c r="C76" s="21">
         <v>11</v>
       </c>
-      <c r="D76" s="25">
-[...5 lines deleted...]
-      <c r="F76" s="25">
+      <c r="D76" s="22">
+        <v>0</v>
+      </c>
+      <c r="E76" s="22">
+        <v>0</v>
+      </c>
+      <c r="F76" s="22">
+        <v>0</v>
+      </c>
+      <c r="G76" s="22">
         <v>321</v>
       </c>
-      <c r="G76" s="25">
+      <c r="H76" s="22">
+        <v>70</v>
+      </c>
+      <c r="I76" s="22">
         <v>240</v>
       </c>
-      <c r="H76" s="25">
+      <c r="J76" s="22">
         <v>71</v>
       </c>
-      <c r="I76" s="25">
+      <c r="K76" s="22">
         <v>41</v>
       </c>
-      <c r="J76" s="25">
+      <c r="L76" s="22">
         <v>29</v>
       </c>
-      <c r="K76" s="25">
-[...6 lines deleted...]
-    <row r="77" spans="1:12" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M76" s="32">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A77" s="9">
         <v>2020</v>
       </c>
-      <c r="B77" s="24">
+      <c r="B77" s="21">
         <v>1356</v>
       </c>
-      <c r="C77" s="24">
+      <c r="C77" s="21">
         <v>7</v>
       </c>
-      <c r="D77" s="25">
-[...5 lines deleted...]
-      <c r="F77" s="24">
+      <c r="D77" s="22">
+        <v>0</v>
+      </c>
+      <c r="E77" s="22">
+        <v>0</v>
+      </c>
+      <c r="F77" s="22">
+        <v>237</v>
+      </c>
+      <c r="G77" s="21">
         <v>338</v>
       </c>
-      <c r="G77" s="24">
+      <c r="H77" s="22">
+        <v>77</v>
+      </c>
+      <c r="I77" s="21">
         <v>324</v>
       </c>
-      <c r="H77" s="24">
+      <c r="J77" s="21">
         <v>53</v>
       </c>
-      <c r="I77" s="24">
+      <c r="K77" s="21">
         <v>43</v>
       </c>
-      <c r="J77" s="24">
+      <c r="L77" s="21">
         <v>31</v>
       </c>
-      <c r="K77" s="25">
-[...6 lines deleted...]
-    <row r="78" spans="1:12" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M77" s="32">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A78" s="9">
         <v>2021</v>
       </c>
-      <c r="B78" s="24">
+      <c r="B78" s="21">
         <v>1165</v>
       </c>
-      <c r="C78" s="24">
+      <c r="C78" s="21">
         <v>18</v>
       </c>
-      <c r="D78" s="25">
-[...5 lines deleted...]
-      <c r="F78" s="24">
+      <c r="D78" s="22">
+        <v>0</v>
+      </c>
+      <c r="E78" s="22">
+        <v>0</v>
+      </c>
+      <c r="F78" s="22">
+        <v>78</v>
+      </c>
+      <c r="G78" s="21">
         <v>324</v>
       </c>
-      <c r="G78" s="24">
+      <c r="H78" s="22">
+        <v>49</v>
+      </c>
+      <c r="I78" s="21">
         <v>287</v>
       </c>
-      <c r="H78" s="24">
+      <c r="J78" s="21">
         <v>75</v>
       </c>
-      <c r="I78" s="24">
+      <c r="K78" s="21">
         <v>45</v>
       </c>
-      <c r="J78" s="24">
+      <c r="L78" s="21">
         <v>23</v>
       </c>
-      <c r="K78" s="25">
-[...6 lines deleted...]
-    <row r="79" spans="1:12" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M78" s="32">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A79" s="9">
         <v>2022</v>
       </c>
-      <c r="B79" s="24">
+      <c r="B79" s="21">
         <v>1255</v>
       </c>
-      <c r="C79" s="24">
+      <c r="C79" s="21">
         <v>15</v>
       </c>
-      <c r="D79" s="25">
-[...2 lines deleted...]
-      <c r="E79" s="25">
+      <c r="D79" s="22">
+        <v>0</v>
+      </c>
+      <c r="E79" s="22">
         <v>1</v>
       </c>
-      <c r="F79" s="24">
+      <c r="F79" s="22">
+        <v>83</v>
+      </c>
+      <c r="G79" s="21">
         <v>361</v>
       </c>
-      <c r="G79" s="24">
+      <c r="H79" s="22">
+        <v>60</v>
+      </c>
+      <c r="I79" s="21">
         <v>300</v>
       </c>
-      <c r="H79" s="24">
+      <c r="J79" s="21">
         <v>84</v>
       </c>
-      <c r="I79" s="24">
+      <c r="K79" s="21">
         <v>50</v>
       </c>
-      <c r="J79" s="24">
+      <c r="L79" s="21">
         <v>24</v>
       </c>
-      <c r="K79" s="25">
-[...6 lines deleted...]
-    <row r="80" spans="1:12" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M79" s="32">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A80" s="9">
         <v>2023</v>
       </c>
-      <c r="B80" s="24">
+      <c r="B80" s="21">
         <v>1164</v>
       </c>
-      <c r="C80" s="24">
+      <c r="C80" s="21">
         <v>25</v>
       </c>
-      <c r="D80" s="25">
-[...5 lines deleted...]
-      <c r="F80" s="24">
+      <c r="D80" s="22">
+        <v>0</v>
+      </c>
+      <c r="E80" s="22">
+        <v>0</v>
+      </c>
+      <c r="F80" s="22">
+        <v>27</v>
+      </c>
+      <c r="G80" s="21">
         <v>354</v>
       </c>
-      <c r="G80" s="24">
+      <c r="H80" s="22">
+        <v>66</v>
+      </c>
+      <c r="I80" s="21">
         <v>269</v>
       </c>
-      <c r="H80" s="24">
+      <c r="J80" s="21">
         <v>93</v>
       </c>
-      <c r="I80" s="24">
+      <c r="K80" s="21">
         <v>43</v>
       </c>
-      <c r="J80" s="24">
+      <c r="L80" s="21">
         <v>34</v>
       </c>
-      <c r="K80" s="25">
+      <c r="M80" s="32">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="81" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A81" s="9">
+        <v>2024</v>
+      </c>
+      <c r="B81" s="21">
+        <v>1202</v>
+      </c>
+      <c r="C81" s="21">
+        <v>7</v>
+      </c>
+      <c r="D81" s="22">
+        <v>0</v>
+      </c>
+      <c r="E81" s="22">
+        <v>1</v>
+      </c>
+      <c r="F81" s="22">
+        <v>6</v>
+      </c>
+      <c r="G81" s="21">
+        <v>378</v>
+      </c>
+      <c r="H81" s="22">
+        <v>74</v>
+      </c>
+      <c r="I81" s="21">
+        <v>299</v>
+      </c>
+      <c r="J81" s="21">
+        <v>82</v>
+      </c>
+      <c r="K81" s="21">
+        <v>38</v>
+      </c>
+      <c r="L81" s="21">
         <v>27</v>
       </c>
-      <c r="L80" s="35">
+      <c r="M81" s="32">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="82" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A82" s="36" t="s">
+        <v>38</v>
+      </c>
+      <c r="B82" s="25"/>
+      <c r="C82" s="25"/>
+      <c r="D82" s="26"/>
+      <c r="E82" s="26"/>
+      <c r="F82" s="26"/>
+      <c r="G82" s="25"/>
+      <c r="H82" s="26"/>
+      <c r="I82" s="25"/>
+      <c r="J82" s="25"/>
+      <c r="K82" s="25"/>
+      <c r="L82" s="25"/>
+      <c r="M82" s="34"/>
+    </row>
+    <row r="83" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A83" s="9">
+        <v>2000</v>
+      </c>
+      <c r="B83" s="21">
+        <v>885</v>
+      </c>
+      <c r="C83" s="21">
+        <v>9</v>
+      </c>
+      <c r="D83" s="22">
+        <v>1</v>
+      </c>
+      <c r="E83" s="22">
+        <v>1</v>
+      </c>
+      <c r="F83" s="22">
+        <v>0</v>
+      </c>
+      <c r="G83" s="21">
+        <v>211</v>
+      </c>
+      <c r="H83" s="22">
+        <v>56</v>
+      </c>
+      <c r="I83" s="21">
+        <v>354</v>
+      </c>
+      <c r="J83" s="21">
+        <v>67</v>
+      </c>
+      <c r="K83" s="21">
+        <v>25</v>
+      </c>
+      <c r="L83" s="21">
+        <v>8</v>
+      </c>
+      <c r="M83" s="32">
+        <v>155</v>
+      </c>
+      <c r="N83" s="21"/>
+    </row>
+    <row r="84" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A84" s="9">
+        <v>2005</v>
+      </c>
+      <c r="B84" s="21">
+        <v>917</v>
+      </c>
+      <c r="C84" s="21">
+        <v>9</v>
+      </c>
+      <c r="D84" s="22">
+        <v>0</v>
+      </c>
+      <c r="E84" s="22">
+        <v>1</v>
+      </c>
+      <c r="F84" s="22">
+        <v>0</v>
+      </c>
+      <c r="G84" s="21">
+        <v>190</v>
+      </c>
+      <c r="H84" s="22">
+        <v>60</v>
+      </c>
+      <c r="I84" s="21">
+        <v>378</v>
+      </c>
+      <c r="J84" s="21">
+        <v>78</v>
+      </c>
+      <c r="K84" s="21">
+        <v>23</v>
+      </c>
+      <c r="L84" s="21">
+        <v>6</v>
+      </c>
+      <c r="M84" s="32">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="85" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A85" s="9">
+        <v>2006</v>
+      </c>
+      <c r="B85" s="21">
+        <v>894</v>
+      </c>
+      <c r="C85" s="21">
+        <v>5</v>
+      </c>
+      <c r="D85" s="22">
+        <v>0</v>
+      </c>
+      <c r="E85" s="22">
+        <v>0</v>
+      </c>
+      <c r="F85" s="22">
+        <v>0</v>
+      </c>
+      <c r="G85" s="21">
+        <v>197</v>
+      </c>
+      <c r="H85" s="22">
+        <v>81</v>
+      </c>
+      <c r="I85" s="21">
+        <v>372</v>
+      </c>
+      <c r="J85" s="21">
+        <v>68</v>
+      </c>
+      <c r="K85" s="21">
+        <v>20</v>
+      </c>
+      <c r="L85" s="21">
+        <v>13</v>
+      </c>
+      <c r="M85" s="32">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="86" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A86" s="9">
+        <v>2007</v>
+      </c>
+      <c r="B86" s="21">
+        <v>885</v>
+      </c>
+      <c r="C86" s="22">
+        <v>4</v>
+      </c>
+      <c r="D86" s="22">
+        <v>0</v>
+      </c>
+      <c r="E86" s="22">
+        <v>0</v>
+      </c>
+      <c r="F86" s="22">
+        <v>0</v>
+      </c>
+      <c r="G86" s="21">
+        <v>203</v>
+      </c>
+      <c r="H86" s="22">
+        <v>63</v>
+      </c>
+      <c r="I86" s="21">
+        <v>357</v>
+      </c>
+      <c r="J86" s="21">
+        <v>56</v>
+      </c>
+      <c r="K86" s="21">
+        <v>30</v>
+      </c>
+      <c r="L86" s="21">
+        <v>9</v>
+      </c>
+      <c r="M86" s="32">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="87" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A87" s="9">
+        <v>2008</v>
+      </c>
+      <c r="B87" s="21">
+        <v>873</v>
+      </c>
+      <c r="C87" s="21">
+        <v>4</v>
+      </c>
+      <c r="D87" s="22">
+        <v>0</v>
+      </c>
+      <c r="E87" s="22">
+        <v>0</v>
+      </c>
+      <c r="F87" s="22">
+        <v>0</v>
+      </c>
+      <c r="G87" s="21">
+        <v>207</v>
+      </c>
+      <c r="H87" s="22">
+        <v>69</v>
+      </c>
+      <c r="I87" s="21">
+        <v>350</v>
+      </c>
+      <c r="J87" s="21">
+        <v>52</v>
+      </c>
+      <c r="K87" s="21">
+        <v>24</v>
+      </c>
+      <c r="L87" s="21">
+        <v>9</v>
+      </c>
+      <c r="M87" s="32">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="88" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A88" s="9">
+        <v>2009</v>
+      </c>
+      <c r="B88" s="21">
+        <v>967</v>
+      </c>
+      <c r="C88" s="21">
+        <v>11</v>
+      </c>
+      <c r="D88" s="22">
+        <v>0</v>
+      </c>
+      <c r="E88" s="22">
+        <v>1</v>
+      </c>
+      <c r="F88" s="22">
+        <v>0</v>
+      </c>
+      <c r="G88" s="21">
+        <v>204</v>
+      </c>
+      <c r="H88" s="22">
+        <v>109</v>
+      </c>
+      <c r="I88" s="21">
+        <v>359</v>
+      </c>
+      <c r="J88" s="21">
+        <v>91</v>
+      </c>
+      <c r="K88" s="21">
+        <v>32</v>
+      </c>
+      <c r="L88" s="21">
+        <v>9</v>
+      </c>
+      <c r="M88" s="32">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="89" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A89" s="9">
+        <v>2010</v>
+      </c>
+      <c r="B89" s="21">
+        <v>946</v>
+      </c>
+      <c r="C89" s="21">
+        <v>12</v>
+      </c>
+      <c r="D89" s="22">
+        <v>0</v>
+      </c>
+      <c r="E89" s="22">
+        <v>0</v>
+      </c>
+      <c r="F89" s="22">
+        <v>0</v>
+      </c>
+      <c r="G89" s="21">
+        <v>228</v>
+      </c>
+      <c r="H89" s="22">
+        <v>97</v>
+      </c>
+      <c r="I89" s="21">
+        <v>334</v>
+      </c>
+      <c r="J89" s="21">
+        <v>76</v>
+      </c>
+      <c r="K89" s="21">
+        <v>32</v>
+      </c>
+      <c r="L89" s="21">
+        <v>18</v>
+      </c>
+      <c r="M89" s="32">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="90" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A90" s="9">
+        <v>2011</v>
+      </c>
+      <c r="B90" s="21">
+        <v>931</v>
+      </c>
+      <c r="C90" s="21">
+        <v>10</v>
+      </c>
+      <c r="D90" s="22">
+        <v>0</v>
+      </c>
+      <c r="E90" s="22">
+        <v>0</v>
+      </c>
+      <c r="F90" s="22">
+        <v>0</v>
+      </c>
+      <c r="G90" s="21">
+        <v>211</v>
+      </c>
+      <c r="H90" s="22">
+        <v>104</v>
+      </c>
+      <c r="I90" s="21">
+        <v>327</v>
+      </c>
+      <c r="J90" s="21">
+        <v>56</v>
+      </c>
+      <c r="K90" s="21">
+        <v>48</v>
+      </c>
+      <c r="L90" s="21">
+        <v>11</v>
+      </c>
+      <c r="M90" s="32">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="91" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A91" s="9">
+        <v>2012</v>
+      </c>
+      <c r="B91" s="21">
+        <v>959</v>
+      </c>
+      <c r="C91" s="21">
+        <v>16</v>
+      </c>
+      <c r="D91" s="22">
+        <v>0</v>
+      </c>
+      <c r="E91" s="22">
+        <v>0</v>
+      </c>
+      <c r="F91" s="22">
+        <v>0</v>
+      </c>
+      <c r="G91" s="21">
+        <v>215</v>
+      </c>
+      <c r="H91" s="22">
+        <v>114</v>
+      </c>
+      <c r="I91" s="21">
+        <v>290</v>
+      </c>
+      <c r="J91" s="21">
+        <v>77</v>
+      </c>
+      <c r="K91" s="21">
+        <v>39</v>
+      </c>
+      <c r="L91" s="21">
+        <v>17</v>
+      </c>
+      <c r="M91" s="32">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="92" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A92" s="9">
+        <v>2013</v>
+      </c>
+      <c r="B92" s="21">
+        <v>942</v>
+      </c>
+      <c r="C92" s="21">
+        <v>14</v>
+      </c>
+      <c r="D92" s="22">
+        <v>1</v>
+      </c>
+      <c r="E92" s="22">
+        <v>0</v>
+      </c>
+      <c r="F92" s="22">
+        <v>0</v>
+      </c>
+      <c r="G92" s="21">
+        <v>214</v>
+      </c>
+      <c r="H92" s="22">
+        <v>136</v>
+      </c>
+      <c r="I92" s="21">
+        <v>294</v>
+      </c>
+      <c r="J92" s="21">
+        <v>62</v>
+      </c>
+      <c r="K92" s="21">
+        <v>38</v>
+      </c>
+      <c r="L92" s="21">
+        <v>6</v>
+      </c>
+      <c r="M92" s="32">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="93" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A93" s="9">
+        <v>2014</v>
+      </c>
+      <c r="B93" s="21">
+        <v>986</v>
+      </c>
+      <c r="C93" s="21">
+        <v>10</v>
+      </c>
+      <c r="D93" s="22">
+        <v>0</v>
+      </c>
+      <c r="E93" s="22">
+        <v>0</v>
+      </c>
+      <c r="F93" s="22">
+        <v>0</v>
+      </c>
+      <c r="G93" s="21">
+        <v>247</v>
+      </c>
+      <c r="H93" s="22">
+        <v>126</v>
+      </c>
+      <c r="I93" s="21">
+        <v>308</v>
+      </c>
+      <c r="J93" s="21">
+        <v>68</v>
+      </c>
+      <c r="K93" s="21">
+        <v>28</v>
+      </c>
+      <c r="L93" s="21">
+        <v>10</v>
+      </c>
+      <c r="M93" s="32">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="94" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A94" s="9">
+        <v>2015</v>
+      </c>
+      <c r="B94" s="21">
+        <v>1027</v>
+      </c>
+      <c r="C94" s="21">
+        <v>13</v>
+      </c>
+      <c r="D94" s="22">
+        <v>0</v>
+      </c>
+      <c r="E94" s="22">
+        <v>0</v>
+      </c>
+      <c r="F94" s="22">
+        <v>0</v>
+      </c>
+      <c r="G94" s="21">
+        <v>250</v>
+      </c>
+      <c r="H94" s="22">
+        <v>117</v>
+      </c>
+      <c r="I94" s="21">
         <v>319</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A81" s="39" t="s">
+      <c r="J94" s="21">
+        <v>80</v>
+      </c>
+      <c r="K94" s="21">
+        <v>32</v>
+      </c>
+      <c r="L94" s="21">
+        <v>6</v>
+      </c>
+      <c r="M94" s="32">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="95" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A95" s="9">
+        <v>2016</v>
+      </c>
+      <c r="B95" s="21">
+        <v>996</v>
+      </c>
+      <c r="C95" s="21">
+        <v>7</v>
+      </c>
+      <c r="D95" s="22">
+        <v>0</v>
+      </c>
+      <c r="E95" s="22">
+        <v>0</v>
+      </c>
+      <c r="F95" s="22">
+        <v>0</v>
+      </c>
+      <c r="G95" s="21">
+        <v>246</v>
+      </c>
+      <c r="H95" s="22">
+        <v>124</v>
+      </c>
+      <c r="I95" s="21">
+        <v>332</v>
+      </c>
+      <c r="J95" s="21">
+        <v>55</v>
+      </c>
+      <c r="K95" s="21">
         <v>38</v>
       </c>
-      <c r="B81" s="28"/>
-[...18 lines deleted...]
-      <c r="C82" s="24">
+      <c r="L95" s="21">
         <v>9</v>
       </c>
-      <c r="D82" s="25">
+      <c r="M95" s="32">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="96" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A96" s="9">
+        <v>2017</v>
+      </c>
+      <c r="B96" s="21">
+        <v>1007</v>
+      </c>
+      <c r="C96" s="21">
+        <v>13</v>
+      </c>
+      <c r="D96" s="22">
+        <v>0</v>
+      </c>
+      <c r="E96" s="22">
+        <v>0</v>
+      </c>
+      <c r="F96" s="22">
+        <v>0</v>
+      </c>
+      <c r="G96" s="21">
+        <v>241</v>
+      </c>
+      <c r="H96" s="22">
+        <v>108</v>
+      </c>
+      <c r="I96" s="21">
+        <v>301</v>
+      </c>
+      <c r="J96" s="21">
+        <v>74</v>
+      </c>
+      <c r="K96" s="21">
+        <v>31</v>
+      </c>
+      <c r="L96" s="21">
+        <v>10</v>
+      </c>
+      <c r="M96" s="32">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="97" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A97" s="9">
+        <v>2018</v>
+      </c>
+      <c r="B97" s="21">
+        <v>1034</v>
+      </c>
+      <c r="C97" s="21">
+        <v>17</v>
+      </c>
+      <c r="D97" s="21">
         <v>1</v>
       </c>
-      <c r="E82" s="25">
+      <c r="E97" s="21">
+        <v>0</v>
+      </c>
+      <c r="F97" s="22">
+        <v>0</v>
+      </c>
+      <c r="G97" s="21">
+        <v>235</v>
+      </c>
+      <c r="H97" s="22">
+        <v>146</v>
+      </c>
+      <c r="I97" s="21">
+        <v>346</v>
+      </c>
+      <c r="J97" s="21">
+        <v>68</v>
+      </c>
+      <c r="K97" s="21">
+        <v>33</v>
+      </c>
+      <c r="L97" s="21">
+        <v>13</v>
+      </c>
+      <c r="M97" s="32">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="98" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A98" s="9">
+        <v>2019</v>
+      </c>
+      <c r="B98" s="21">
+        <v>1051</v>
+      </c>
+      <c r="C98" s="21">
+        <v>9</v>
+      </c>
+      <c r="D98" s="22">
+        <v>0</v>
+      </c>
+      <c r="E98" s="22">
+        <v>0</v>
+      </c>
+      <c r="F98" s="22">
+        <v>0</v>
+      </c>
+      <c r="G98" s="22">
+        <v>271</v>
+      </c>
+      <c r="H98" s="22">
+        <v>135</v>
+      </c>
+      <c r="I98" s="22">
+        <v>287</v>
+      </c>
+      <c r="J98" s="22">
+        <v>85</v>
+      </c>
+      <c r="K98" s="22">
+        <v>35</v>
+      </c>
+      <c r="L98" s="22">
+        <v>12</v>
+      </c>
+      <c r="M98" s="32">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="99" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A99" s="9">
+        <v>2020</v>
+      </c>
+      <c r="B99" s="21">
+        <v>1200</v>
+      </c>
+      <c r="C99" s="21">
+        <v>11</v>
+      </c>
+      <c r="D99" s="22">
         <v>1</v>
       </c>
-      <c r="F82" s="24">
-[...5 lines deleted...]
-      <c r="H82" s="24">
+      <c r="E99" s="22">
+        <v>0</v>
+      </c>
+      <c r="F99" s="22">
+        <v>215</v>
+      </c>
+      <c r="G99" s="21">
+        <v>242</v>
+      </c>
+      <c r="H99" s="22">
+        <v>135</v>
+      </c>
+      <c r="I99" s="21">
+        <v>285</v>
+      </c>
+      <c r="J99" s="21">
+        <v>43</v>
+      </c>
+      <c r="K99" s="21">
+        <v>30</v>
+      </c>
+      <c r="L99" s="21">
+        <v>5</v>
+      </c>
+      <c r="M99" s="32">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="100" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A100" s="9">
+        <v>2021</v>
+      </c>
+      <c r="B100" s="21">
+        <v>1104</v>
+      </c>
+      <c r="C100" s="21">
+        <v>14</v>
+      </c>
+      <c r="D100" s="22">
+        <v>0</v>
+      </c>
+      <c r="E100" s="22">
+        <v>0</v>
+      </c>
+      <c r="F100" s="22">
         <v>67</v>
       </c>
-      <c r="I82" s="24">
-[...2 lines deleted...]
-      <c r="J82" s="24">
+      <c r="G100" s="22">
+        <v>284</v>
+      </c>
+      <c r="H100" s="22">
+        <v>111</v>
+      </c>
+      <c r="I100" s="22">
+        <v>301</v>
+      </c>
+      <c r="J100" s="22">
+        <v>49</v>
+      </c>
+      <c r="K100" s="22">
+        <v>42</v>
+      </c>
+      <c r="L100" s="22">
+        <v>6</v>
+      </c>
+      <c r="M100" s="32">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="101" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A101" s="9">
+        <v>2022</v>
+      </c>
+      <c r="B101" s="21">
+        <v>1218</v>
+      </c>
+      <c r="C101" s="21">
+        <v>13</v>
+      </c>
+      <c r="D101" s="22">
+        <v>0</v>
+      </c>
+      <c r="E101" s="22">
+        <v>0</v>
+      </c>
+      <c r="F101" s="22">
+        <v>63</v>
+      </c>
+      <c r="G101" s="22">
+        <v>299</v>
+      </c>
+      <c r="H101" s="22">
+        <v>137</v>
+      </c>
+      <c r="I101" s="22">
+        <v>336</v>
+      </c>
+      <c r="J101" s="22">
+        <v>62</v>
+      </c>
+      <c r="K101" s="22">
+        <v>49</v>
+      </c>
+      <c r="L101" s="22">
+        <v>4</v>
+      </c>
+      <c r="M101" s="32">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="102" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A102" s="9">
+        <v>2023</v>
+      </c>
+      <c r="B102" s="21">
+        <v>1106</v>
+      </c>
+      <c r="C102" s="21">
+        <v>16</v>
+      </c>
+      <c r="D102" s="22">
+        <v>0</v>
+      </c>
+      <c r="E102" s="22">
+        <v>0</v>
+      </c>
+      <c r="F102" s="22">
+        <v>16</v>
+      </c>
+      <c r="G102" s="22">
+        <v>232</v>
+      </c>
+      <c r="H102" s="22">
+        <v>133</v>
+      </c>
+      <c r="I102" s="22">
+        <v>294</v>
+      </c>
+      <c r="J102" s="22">
+        <v>94</v>
+      </c>
+      <c r="K102" s="22">
+        <v>55</v>
+      </c>
+      <c r="L102" s="22">
+        <v>9</v>
+      </c>
+      <c r="M102" s="32">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="103" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A103" s="27">
+        <v>2024</v>
+      </c>
+      <c r="B103" s="30">
+        <v>1104</v>
+      </c>
+      <c r="C103" s="30">
         <v>8</v>
       </c>
-      <c r="K82" s="25">
-[...51 lines deleted...]
-      <c r="C84" s="24">
+      <c r="D103" s="30">
+        <v>0</v>
+      </c>
+      <c r="E103" s="30">
+        <v>0</v>
+      </c>
+      <c r="F103" s="30">
         <v>5</v>
       </c>
-      <c r="D84" s="25">
-[...186 lines deleted...]
-      <c r="C89" s="24">
+      <c r="G103" s="30">
+        <v>304</v>
+      </c>
+      <c r="H103" s="30">
+        <v>136</v>
+      </c>
+      <c r="I103" s="30">
+        <v>278</v>
+      </c>
+      <c r="J103" s="30">
+        <v>72</v>
+      </c>
+      <c r="K103" s="30">
+        <v>40</v>
+      </c>
+      <c r="L103" s="30">
         <v>10</v>
       </c>
-      <c r="D89" s="25">
-[...515 lines deleted...]
-      </c>
+      <c r="M103" s="35">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="104" spans="1:13" s="44" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A104" s="38"/>
       <c r="B104" s="7"/>
       <c r="C104" s="7"/>
       <c r="D104" s="7"/>
       <c r="E104" s="7"/>
-      <c r="F104" s="7"/>
+      <c r="F104" s="45"/>
       <c r="G104" s="7"/>
-      <c r="H104" s="7"/>
+      <c r="H104" s="45"/>
       <c r="I104" s="7"/>
       <c r="J104" s="7"/>
-      <c r="K104" s="49"/>
-[...23 lines deleted...]
-      <c r="E107" s="50"/>
+      <c r="K104" s="7"/>
+      <c r="M104" s="38"/>
+    </row>
+    <row r="105" spans="1:13" s="44" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A105" s="38" t="s">
+        <v>36</v>
+      </c>
+      <c r="B105" s="7"/>
+      <c r="C105" s="7"/>
+      <c r="D105" s="7"/>
+      <c r="E105" s="7"/>
+      <c r="F105" s="45"/>
+      <c r="G105" s="7"/>
+      <c r="H105" s="45"/>
+      <c r="I105" s="7"/>
+      <c r="J105" s="7"/>
+      <c r="K105" s="7"/>
+      <c r="L105" s="7"/>
+      <c r="M105" s="45"/>
+    </row>
+    <row r="106" spans="1:13" s="44" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A106" s="38" t="s">
+        <v>100</v>
+      </c>
+      <c r="B106" s="7"/>
+      <c r="C106" s="7"/>
+      <c r="D106" s="7"/>
+      <c r="E106" s="7"/>
+      <c r="F106" s="45"/>
+      <c r="G106" s="7"/>
+      <c r="H106" s="45"/>
+      <c r="I106" s="7"/>
+      <c r="J106" s="7"/>
+      <c r="K106" s="7"/>
+      <c r="L106" s="7"/>
+      <c r="M106" s="45"/>
+    </row>
+    <row r="107" spans="1:13" s="44" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A107" s="38"/>
+      <c r="B107" s="38"/>
+      <c r="C107" s="38"/>
+      <c r="D107" s="46"/>
+      <c r="E107" s="46"/>
+    </row>
+    <row r="108" spans="1:13" s="44" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A108" s="39" t="s">
+        <v>103</v>
+      </c>
+      <c r="B108" s="38"/>
+      <c r="C108" s="38"/>
+      <c r="D108" s="46"/>
+      <c r="E108" s="46"/>
+    </row>
+    <row r="109" spans="1:13" s="44" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A109" s="38"/>
+      <c r="B109" s="38"/>
+      <c r="C109" s="38"/>
+      <c r="D109" s="46"/>
+      <c r="E109" s="46"/>
     </row>
   </sheetData>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.47244094488188981" bottom="0.82677165354330717" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;"Arial,Normal"&amp;6Service de la statistique du canton de Fribourg-AB
 &amp;Z&amp;F-&amp;D-&amp;T&amp;R&amp;"Arial,Normal"&amp;6&amp;P/&amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A7467237-C3F9-4857-854A-8FEA423C7852}">
   <dimension ref="A1:E17"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <selection sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="10.5" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="10.5" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="7.75" style="52" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="16384" width="10.5" style="52"/>
+    <col min="1" max="1" width="7.75" style="48" customWidth="1"/>
+    <col min="2" max="2" width="34.625" style="48" customWidth="1"/>
+    <col min="3" max="3" width="3.125" style="48" customWidth="1"/>
+    <col min="4" max="4" width="7.75" style="48" customWidth="1"/>
+    <col min="5" max="5" width="34.625" style="48" customWidth="1"/>
+    <col min="6" max="16384" width="10.5" style="48"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1" s="51" t="s">
+    <row r="1" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A1" s="47" t="s">
+        <v>66</v>
+      </c>
+      <c r="D1" s="47" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="2" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A2" s="49" t="s">
+        <v>1</v>
+      </c>
+      <c r="D2" s="49" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A3" s="51" t="s">
+        <v>68</v>
+      </c>
+      <c r="B3" s="52" t="s">
+        <v>69</v>
+      </c>
+      <c r="C3" s="53"/>
+      <c r="D3" s="51" t="s">
+        <v>70</v>
+      </c>
+      <c r="E3" s="51" t="s">
         <v>71</v>
       </c>
-      <c r="D1" s="51" t="s">
+    </row>
+    <row r="4" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A4" s="54" t="s">
         <v>72</v>
       </c>
-    </row>
-[...9 lines deleted...]
-      <c r="A3" s="55" t="s">
+      <c r="B4" s="55" t="s">
         <v>73</v>
       </c>
-      <c r="B3" s="56" t="s">
+      <c r="C4" s="56"/>
+      <c r="D4" s="54" t="s">
+        <v>72</v>
+      </c>
+      <c r="E4" s="55" t="s">
         <v>74</v>
       </c>
-      <c r="C3" s="57"/>
-      <c r="D3" s="55" t="s">
+    </row>
+    <row r="5" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A5" s="57" t="s">
         <v>75</v>
       </c>
-      <c r="E3" s="55" t="s">
+      <c r="B5" s="58" t="s">
         <v>76</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" s="58" t="s">
+      <c r="C5" s="56"/>
+      <c r="D5" s="57" t="s">
         <v>77</v>
       </c>
-      <c r="B4" s="59" t="s">
+      <c r="E5" s="58" t="s">
         <v>78</v>
       </c>
-      <c r="C4" s="60"/>
-[...3 lines deleted...]
-      <c r="E4" s="59" t="s">
+    </row>
+    <row r="6" spans="1:5" ht="18" x14ac:dyDescent="0.2">
+      <c r="A6" s="59" t="s">
         <v>79</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="61" t="s">
+      <c r="B6" s="55" t="s">
         <v>80</v>
       </c>
-      <c r="B5" s="62" t="s">
+      <c r="C6" s="56"/>
+      <c r="D6" s="59" t="s">
         <v>81</v>
       </c>
-      <c r="C5" s="60"/>
-      <c r="D5" s="61" t="s">
+      <c r="E6" s="55" t="s">
         <v>82</v>
       </c>
-      <c r="E5" s="62" t="s">
+    </row>
+    <row r="7" spans="1:5" ht="18" x14ac:dyDescent="0.2">
+      <c r="A7" s="57" t="s">
         <v>83</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A6" s="63" t="s">
+      <c r="B7" s="58" t="s">
         <v>84</v>
       </c>
-      <c r="B6" s="59" t="s">
+      <c r="C7" s="56"/>
+      <c r="D7" s="57" t="s">
+        <v>83</v>
+      </c>
+      <c r="E7" s="58" t="s">
         <v>85</v>
       </c>
-      <c r="C6" s="60"/>
-      <c r="D6" s="63" t="s">
+    </row>
+    <row r="8" spans="1:5" ht="18" x14ac:dyDescent="0.2">
+      <c r="A8" s="54" t="s">
         <v>86</v>
       </c>
-      <c r="E6" s="59" t="s">
+      <c r="B8" s="55" t="s">
         <v>87</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A7" s="61" t="s">
+      <c r="C8" s="56"/>
+      <c r="D8" s="54" t="s">
+        <v>86</v>
+      </c>
+      <c r="E8" s="55" t="s">
         <v>88</v>
       </c>
-      <c r="B7" s="62" t="s">
+    </row>
+    <row r="9" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A9" s="57" t="s">
         <v>89</v>
       </c>
-      <c r="C7" s="60"/>
-[...3 lines deleted...]
-      <c r="E7" s="62" t="s">
+      <c r="B9" s="58" t="s">
         <v>90</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A8" s="58" t="s">
+      <c r="C9" s="56"/>
+      <c r="D9" s="57" t="s">
+        <v>89</v>
+      </c>
+      <c r="E9" s="58" t="s">
         <v>91</v>
       </c>
-      <c r="B8" s="59" t="s">
+    </row>
+    <row r="10" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A10" s="54" t="s">
         <v>92</v>
       </c>
-      <c r="C8" s="60"/>
-[...3 lines deleted...]
-      <c r="E8" s="59" t="s">
+      <c r="B10" s="55" t="s">
         <v>93</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A9" s="61" t="s">
+      <c r="C10" s="56"/>
+      <c r="D10" s="54" t="s">
+        <v>92</v>
+      </c>
+      <c r="E10" s="55" t="s">
         <v>94</v>
       </c>
-      <c r="B9" s="62" t="s">
+    </row>
+    <row r="11" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A11" s="60" t="s">
         <v>95</v>
       </c>
-      <c r="C9" s="60"/>
-[...3 lines deleted...]
-      <c r="E9" s="62" t="s">
+      <c r="B11" s="61" t="s">
         <v>96</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A10" s="58" t="s">
+      <c r="C11" s="56"/>
+      <c r="D11" s="60" t="s">
+        <v>95</v>
+      </c>
+      <c r="E11" s="61" t="s">
         <v>97</v>
       </c>
-      <c r="B10" s="59" t="s">
-[...47 lines deleted...]
-      <c r="D17" s="66"/>
+    </row>
+    <row r="12" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A12" s="62"/>
+      <c r="D12" s="62"/>
+    </row>
+    <row r="13" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A13" s="62"/>
+      <c r="D13" s="62"/>
+    </row>
+    <row r="14" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A14" s="63"/>
+      <c r="D14" s="62"/>
+    </row>
+    <row r="15" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A15" s="63"/>
+      <c r="D15" s="62"/>
+    </row>
+    <row r="16" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A16" s="62"/>
+      <c r="D16" s="62"/>
+    </row>
+    <row r="17" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A17" s="62"/>
+      <c r="D17" s="62"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="12" x14ac:dyDescent="0.15"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Plages nommées</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>