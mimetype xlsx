--- v0 (2025-12-05)
+++ v1 (2026-02-26)
@@ -1,82 +1,122 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="L:\00 Bases statistiques et produits généraux\01 Synthèses\03 Site Internet\06 Pages sous-produits\02 Infrastructure et environnement\1102 Coûts et financement des transports\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{03D60B40-441E-42B8-B97F-B98B2A99E338}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7F7B879C-9322-4D99-A782-DA4C5F8E5449}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="te193" sheetId="2" r:id="rId1"/>
+    <sheet name="te193" sheetId="4" r:id="rId1"/>
     <sheet name="Signes - Zeichen" sheetId="3" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_AMO_UniqueIdentifier" hidden="1">"'e5574fd6-7cb9-48df-bd10-6f66a4681851'"</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'te193'!$A$1:$F$48</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'te193'!$A$1:$F$50</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
+<file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
+<comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
+  <authors>
+    <author>C I E F</author>
+  </authors>
+  <commentList>
+    <comment ref="C20" authorId="0" shapeId="0" xr:uid="{5A276F71-52B7-4B18-B35B-1D6687080555}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="8"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Terminaison de la A1</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="E20" authorId="0" shapeId="0" xr:uid="{B727D518-A61A-4B43-B649-F4AC8133A7A2}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="8"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>nouvelle loi des contributions des communes</t>
+        </r>
+      </text>
+    </comment>
+  </commentList>
+</comments>
+</file>
+
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="68" uniqueCount="60">
   <si>
     <t>Taxes de circulation</t>
   </si>
   <si>
     <t>Verkehrsabgaben</t>
   </si>
   <si>
     <t>—</t>
   </si>
   <si>
     <t>Participation de la</t>
   </si>
   <si>
     <t>Subventions fédérales</t>
   </si>
   <si>
     <t>Contributions des communes</t>
   </si>
   <si>
     <t>Confédération</t>
   </si>
   <si>
     <t>pour les autres dépenses</t>
@@ -105,65 +145,53 @@
   <si>
     <t>Strassenzwecke</t>
   </si>
   <si>
     <t>et des privés</t>
   </si>
   <si>
     <t>Privaten</t>
   </si>
   <si>
     <t>T11-02-01</t>
   </si>
   <si>
     <t xml:space="preserve">Source : Compte infrastructure routière (STR) - Office fédéral de la statistique: Section Mobilité, Neuchâtel </t>
   </si>
   <si>
     <t xml:space="preserve"> Total¹</t>
   </si>
   <si>
     <t>¹Les éventuelles différences entre le total général et la somme des nombres sont dues aux nombres arrondis</t>
   </si>
   <si>
     <t xml:space="preserve">¹Allfällige Unterschiede zwischen Gesamtsumme und addierten Einzelwerten sind auf Rundungsdifferenzen zurückzuführen </t>
   </si>
   <si>
-    <t>Quelle: Strasseninfrastrukturrechnung (STR) - Bundesamt für Statistik: Sektion Mobilität, Neuenburg, te25-193</t>
-[...1 lines deleted...]
-  <si>
     <t>Canton de Fribourg. En milliers de francs / Kanton Freiburg. In Tausend Franken</t>
   </si>
   <si>
-    <t>Recettes du canton pour les routes, de 1994 à 2022</t>
-[...7 lines deleted...]
-  <si>
     <t>Légende des signes</t>
   </si>
   <si>
     <t>Zeichenerklärung</t>
   </si>
   <si>
     <t>Signes</t>
   </si>
   <si>
     <t>Explication</t>
   </si>
   <si>
     <t>Zeichen</t>
   </si>
   <si>
     <t>Erklärung</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Valeur rigoureusement nulle ou inexistante</t>
   </si>
   <si>
     <t>Es kommt nichts vor (Wert genau Null)</t>
@@ -214,57 +242,72 @@
     <t>r</t>
   </si>
   <si>
     <t>Donnée revue et corrigée</t>
   </si>
   <si>
     <t>Korrigierter Wert</t>
   </si>
   <si>
     <t>p</t>
   </si>
   <si>
     <t>Donnée provisoire</t>
   </si>
   <si>
     <t>Provisorischer Wert</t>
   </si>
   <si>
     <t>e</t>
   </si>
   <si>
     <t>Donnée estimée</t>
   </si>
   <si>
     <t>Geschätzter Wert</t>
+  </si>
+  <si>
+    <t>Recettes du canton pour les routes, de 1994 à 2023</t>
+  </si>
+  <si>
+    <t>Einnahmen des Kantons für die Strassen von 1994 bis 2023</t>
+  </si>
+  <si>
+    <t>Quelle: Strasseninfrastrukturrechnung (STR) - Bundesamt für Statistik: Sektion Mobilität, Neuenburg, te26-193</t>
+  </si>
+  <si>
+    <t>Actualisation / Aktualisiert am: 05.02.2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="14">
+  <numFmts count="1">
+    <numFmt numFmtId="164" formatCode="#,###,##0__;\-#,###,##0__;\-__;@__\ "/>
+  </numFmts>
+  <fonts count="15">
     <font>
       <sz val="10"/>
       <name val="Helvetica-Narrow"/>
     </font>
     <font>
       <sz val="6.5"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Courier"/>
       <family val="3"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -294,78 +337,85 @@
     <font>
       <sz val="8.5"/>
       <name val="Helv"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="MS Sans Serif"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
+    <font>
+      <b/>
+      <sz val="8"/>
+      <color indexed="81"/>
+      <name val="Tahoma"/>
+      <family val="2"/>
+    </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-4.9989318521683403E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="9">
+  <borders count="14">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
@@ -423,184 +473,250 @@
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="46">
+  <cellXfs count="51">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="1" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="1" fillId="0" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="1" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="1" fillId="0" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="6" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="1" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
-    </xf>
-[...7 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="5"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="5" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="7" xfId="5" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="8" xfId="5" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="5" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="3" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="5" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="5" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="3" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="6" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="5" applyFont="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="3" fontId="1" fillId="0" borderId="10" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="1" fillId="0" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="1" fillId="2" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="1" fillId="2" borderId="12" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="1" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="1" fillId="2" borderId="13" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Normal 2 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Normal 2 3" xfId="4" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Normal 3" xfId="2" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="Normal 5" xfId="5" xr:uid="{27B22A9B-85C4-4C3B-827E-FB3B80267514}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
@@ -869,1086 +985,1085 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="A1:H48"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FC0A5B76-14EE-444F-BF92-1222F26FE867}">
+  <dimension ref="A1:F50"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="130" zoomScaleNormal="130" zoomScaleSheetLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="18.26953125" defaultRowHeight="10.5" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="8.453125" style="3" customWidth="1"/>
     <col min="2" max="2" width="12.26953125" style="4" customWidth="1"/>
     <col min="3" max="3" width="17.81640625" style="4" customWidth="1"/>
     <col min="4" max="4" width="18.1796875" style="4" customWidth="1"/>
     <col min="5" max="6" width="18.26953125" style="4" customWidth="1"/>
-    <col min="7" max="7" width="18.26953125" style="5"/>
-[...1 lines deleted...]
-    <col min="9" max="16384" width="18.26953125" style="5"/>
+    <col min="7" max="7" width="8.453125" style="5" customWidth="1"/>
+    <col min="8" max="16384" width="18.26953125" style="5"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" s="1" customFormat="1" ht="12" customHeight="1">
-[...20 lines deleted...]
-      <c r="A3" s="21" t="s">
+    <row r="1" spans="1:6" s="1" customFormat="1" ht="12" customHeight="1">
+      <c r="A1" s="15" t="s">
+        <v>56</v>
+      </c>
+      <c r="B1" s="16"/>
+      <c r="C1" s="16"/>
+      <c r="D1" s="16"/>
+      <c r="E1" s="16"/>
+      <c r="F1" s="16"/>
+    </row>
+    <row r="2" spans="1:6" s="2" customFormat="1" ht="12" customHeight="1">
+      <c r="A2" s="17" t="s">
+        <v>57</v>
+      </c>
+      <c r="B2" s="16"/>
+      <c r="C2" s="16"/>
+      <c r="D2" s="16"/>
+      <c r="E2" s="16"/>
+      <c r="F2" s="16"/>
+    </row>
+    <row r="3" spans="1:6" ht="10.5" customHeight="1">
+      <c r="A3" s="18" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="4" spans="1:8" s="6" customFormat="1" ht="10.5" customHeight="1">
-[...13 lines deleted...]
-      <c r="A6" s="12" t="s">
+    <row r="4" spans="1:6" s="6" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A4" s="19" t="s">
+        <v>23</v>
+      </c>
+      <c r="B4" s="20"/>
+      <c r="C4" s="20"/>
+      <c r="D4" s="20"/>
+      <c r="E4" s="20"/>
+      <c r="F4" s="20"/>
+    </row>
+    <row r="5" spans="1:6" ht="10.5" customHeight="1">
+      <c r="A5" s="7"/>
+    </row>
+    <row r="6" spans="1:6" s="3" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A6" s="11" t="s">
         <v>18</v>
       </c>
-      <c r="B6" s="15" t="s">
+      <c r="B6" s="13" t="s">
         <v>20</v>
       </c>
-      <c r="C6" s="15" t="s">
+      <c r="C6" s="13" t="s">
         <v>3</v>
       </c>
-      <c r="D6" s="15" t="s">
+      <c r="D6" s="13" t="s">
         <v>4</v>
       </c>
-      <c r="E6" s="15" t="s">
+      <c r="E6" s="13" t="s">
         <v>5</v>
       </c>
-      <c r="F6" s="15" t="s">
+      <c r="F6" s="13" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="7" spans="1:8" s="3" customFormat="1" ht="10.5" customHeight="1">
-[...2 lines deleted...]
-      <c r="C7" s="16" t="s">
+    <row r="7" spans="1:6" s="3" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A7" s="12"/>
+      <c r="B7" s="14"/>
+      <c r="C7" s="14" t="s">
         <v>6</v>
       </c>
-      <c r="D7" s="16" t="s">
+      <c r="D7" s="14" t="s">
         <v>7</v>
       </c>
-      <c r="E7" s="16" t="s">
+      <c r="E7" s="14" t="s">
         <v>16</v>
       </c>
-      <c r="F7" s="16"/>
-[...4 lines deleted...]
-      <c r="C8" s="16" t="s">
+      <c r="F7" s="14"/>
+    </row>
+    <row r="8" spans="1:6" s="3" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A8" s="12"/>
+      <c r="B8" s="14"/>
+      <c r="C8" s="14" t="s">
         <v>8</v>
       </c>
-      <c r="D8" s="16" t="s">
+      <c r="D8" s="14" t="s">
         <v>9</v>
       </c>
-      <c r="E8" s="16"/>
-[...5 lines deleted...]
-      <c r="C9" s="16" t="s">
+      <c r="E8" s="14"/>
+      <c r="F8" s="14"/>
+    </row>
+    <row r="9" spans="1:6" s="3" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A9" s="12"/>
+      <c r="B9" s="14"/>
+      <c r="C9" s="14" t="s">
         <v>10</v>
       </c>
-      <c r="D9" s="16"/>
-[...6 lines deleted...]
-      <c r="C10" s="16" t="s">
+      <c r="D9" s="14"/>
+      <c r="E9" s="14"/>
+      <c r="F9" s="14"/>
+    </row>
+    <row r="10" spans="1:6" s="3" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A10" s="12"/>
+      <c r="B10" s="14"/>
+      <c r="C10" s="14" t="s">
         <v>11</v>
       </c>
-      <c r="D10" s="16" t="s">
+      <c r="D10" s="14" t="s">
         <v>12</v>
       </c>
-      <c r="E10" s="16" t="s">
+      <c r="E10" s="14" t="s">
         <v>13</v>
       </c>
-      <c r="F10" s="16" t="s">
+      <c r="F10" s="14" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="11" spans="1:8" s="3" customFormat="1" ht="10.5" customHeight="1">
-[...2 lines deleted...]
-      <c r="C11" s="17" t="s">
+    <row r="11" spans="1:6" s="3" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A11" s="12"/>
+      <c r="B11" s="14"/>
+      <c r="C11" s="14" t="s">
         <v>14</v>
       </c>
-      <c r="D11" s="17" t="s">
+      <c r="D11" s="14" t="s">
         <v>15</v>
       </c>
-      <c r="E11" s="17" t="s">
+      <c r="E11" s="14" t="s">
         <v>17</v>
       </c>
-      <c r="F11" s="17"/>
-[...2 lines deleted...]
-      <c r="A12" s="28">
+      <c r="F11" s="14"/>
+    </row>
+    <row r="12" spans="1:6" s="3" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A12" s="43">
         <v>1994</v>
       </c>
-      <c r="B12" s="26">
+      <c r="B12" s="44">
         <v>194678</v>
       </c>
-      <c r="C12" s="25">
+      <c r="C12" s="40">
         <v>109935</v>
       </c>
-      <c r="D12" s="25">
+      <c r="D12" s="40">
         <v>26963</v>
       </c>
-      <c r="E12" s="25">
+      <c r="E12" s="40">
         <v>4692</v>
       </c>
-      <c r="F12" s="9">
+      <c r="F12" s="41">
         <v>53087</v>
       </c>
-      <c r="H12" s="7"/>
-[...2 lines deleted...]
-      <c r="A13" s="13">
+    </row>
+    <row r="13" spans="1:6" s="3" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A13" s="45">
         <v>1995</v>
       </c>
-      <c r="B13" s="26">
+      <c r="B13" s="46">
         <v>218134</v>
       </c>
-      <c r="C13" s="25">
+      <c r="C13" s="22">
         <v>124244</v>
       </c>
-      <c r="D13" s="25">
+      <c r="D13" s="22">
         <v>32966</v>
       </c>
-      <c r="E13" s="25">
+      <c r="E13" s="22">
         <v>4231</v>
       </c>
-      <c r="F13" s="9">
+      <c r="F13" s="8">
         <v>56693</v>
       </c>
-      <c r="H13" s="7"/>
-[...2 lines deleted...]
-      <c r="A14" s="13">
+    </row>
+    <row r="14" spans="1:6" s="3" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A14" s="45">
         <v>1996</v>
       </c>
-      <c r="B14" s="26">
+      <c r="B14" s="46">
         <v>244779</v>
       </c>
-      <c r="C14" s="25">
+      <c r="C14" s="22">
         <v>154951</v>
       </c>
-      <c r="D14" s="25">
+      <c r="D14" s="22">
         <v>27341</v>
       </c>
-      <c r="E14" s="25">
+      <c r="E14" s="22">
         <v>4359</v>
       </c>
-      <c r="F14" s="9">
+      <c r="F14" s="8">
         <v>58128</v>
       </c>
-      <c r="H14" s="7"/>
-[...2 lines deleted...]
-      <c r="A15" s="13">
+    </row>
+    <row r="15" spans="1:6" s="3" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A15" s="45">
         <v>1997</v>
       </c>
-      <c r="B15" s="26">
+      <c r="B15" s="46">
         <v>239843</v>
       </c>
-      <c r="C15" s="25">
+      <c r="C15" s="22">
         <v>153462</v>
       </c>
-      <c r="D15" s="25">
+      <c r="D15" s="22">
         <v>25636</v>
       </c>
-      <c r="E15" s="25">
+      <c r="E15" s="22">
         <v>4791</v>
       </c>
-      <c r="F15" s="9">
+      <c r="F15" s="8">
         <v>55953</v>
       </c>
-      <c r="H15" s="7"/>
-[...2 lines deleted...]
-      <c r="A16" s="13">
+    </row>
+    <row r="16" spans="1:6" s="3" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A16" s="45">
         <v>1998</v>
       </c>
-      <c r="B16" s="26">
+      <c r="B16" s="46">
         <v>230678</v>
       </c>
-      <c r="C16" s="25">
+      <c r="C16" s="22">
         <v>143861</v>
       </c>
-      <c r="D16" s="25">
+      <c r="D16" s="22">
         <v>28596</v>
       </c>
-      <c r="E16" s="25">
+      <c r="E16" s="22">
         <v>1630</v>
       </c>
-      <c r="F16" s="9">
+      <c r="F16" s="8">
         <v>56591</v>
       </c>
-      <c r="H16" s="7"/>
-[...2 lines deleted...]
-      <c r="A17" s="13">
+    </row>
+    <row r="17" spans="1:6" s="3" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A17" s="45">
         <v>1999</v>
       </c>
-      <c r="B17" s="26">
+      <c r="B17" s="46">
         <v>207843</v>
       </c>
-      <c r="C17" s="25">
+      <c r="C17" s="22">
         <v>109188</v>
       </c>
-      <c r="D17" s="25">
+      <c r="D17" s="22">
         <v>37097</v>
       </c>
-      <c r="E17" s="25">
+      <c r="E17" s="22">
         <v>1709</v>
       </c>
-      <c r="F17" s="9">
+      <c r="F17" s="8">
         <v>59849</v>
       </c>
-      <c r="H17" s="7"/>
-[...2 lines deleted...]
-      <c r="A18" s="13">
+    </row>
+    <row r="18" spans="1:6" s="3" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A18" s="45">
         <v>2000</v>
       </c>
-      <c r="B18" s="26">
+      <c r="B18" s="46">
         <v>201368</v>
       </c>
-      <c r="C18" s="25">
+      <c r="C18" s="22">
         <v>100468</v>
       </c>
-      <c r="D18" s="25">
+      <c r="D18" s="22">
         <v>37105</v>
       </c>
-      <c r="E18" s="25">
+      <c r="E18" s="22">
         <v>1463</v>
       </c>
-      <c r="F18" s="9">
+      <c r="F18" s="8">
         <v>62333</v>
       </c>
-      <c r="H18" s="7"/>
-[...2 lines deleted...]
-      <c r="A19" s="13">
+    </row>
+    <row r="19" spans="1:6" s="3" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A19" s="45">
         <v>2001</v>
       </c>
-      <c r="B19" s="26">
+      <c r="B19" s="46">
         <v>187853</v>
       </c>
-      <c r="C19" s="25">
+      <c r="C19" s="22">
         <v>76123</v>
       </c>
-      <c r="D19" s="25">
+      <c r="D19" s="22">
         <v>43298</v>
       </c>
-      <c r="E19" s="25">
+      <c r="E19" s="22">
         <v>206</v>
       </c>
-      <c r="F19" s="9">
+      <c r="F19" s="8">
         <v>68225</v>
       </c>
-      <c r="H19" s="7"/>
-[...2 lines deleted...]
-      <c r="A20" s="13">
+    </row>
+    <row r="20" spans="1:6" s="3" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A20" s="45">
         <v>2002</v>
       </c>
-      <c r="B20" s="26">
+      <c r="B20" s="46">
         <v>145006</v>
       </c>
-      <c r="C20" s="25">
+      <c r="C20" s="22">
         <v>35604</v>
       </c>
-      <c r="D20" s="25">
+      <c r="D20" s="22">
         <v>37828</v>
       </c>
-      <c r="E20" s="25">
+      <c r="E20" s="22">
         <v>23</v>
       </c>
-      <c r="F20" s="9">
+      <c r="F20" s="8">
         <v>71551</v>
       </c>
-      <c r="H20" s="7"/>
-[...2 lines deleted...]
-      <c r="A21" s="13">
+    </row>
+    <row r="21" spans="1:6" s="3" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A21" s="45">
         <v>2003</v>
       </c>
-      <c r="B21" s="26">
+      <c r="B21" s="46">
         <v>172642</v>
       </c>
-      <c r="C21" s="25">
+      <c r="C21" s="22">
         <v>60134</v>
       </c>
-      <c r="D21" s="25">
+      <c r="D21" s="22">
         <v>38290</v>
       </c>
-      <c r="E21" s="25">
+      <c r="E21" s="22">
         <v>60</v>
       </c>
-      <c r="F21" s="9">
+      <c r="F21" s="8">
         <v>74158</v>
       </c>
-      <c r="H21" s="7"/>
-[...2 lines deleted...]
-      <c r="A22" s="13">
+    </row>
+    <row r="22" spans="1:6" s="3" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A22" s="45">
         <v>2004</v>
       </c>
-      <c r="B22" s="26">
+      <c r="B22" s="46">
         <v>195353</v>
       </c>
-      <c r="C22" s="25">
+      <c r="C22" s="22">
         <v>68622</v>
       </c>
-      <c r="D22" s="25">
+      <c r="D22" s="22">
         <v>50778</v>
       </c>
-      <c r="E22" s="25">
+      <c r="E22" s="22">
         <v>60</v>
       </c>
-      <c r="F22" s="9">
+      <c r="F22" s="8">
         <v>75893</v>
       </c>
-      <c r="H22" s="7"/>
-[...2 lines deleted...]
-      <c r="A23" s="13">
+    </row>
+    <row r="23" spans="1:6" ht="10.5" customHeight="1">
+      <c r="A23" s="45">
         <v>2005</v>
       </c>
-      <c r="B23" s="26">
+      <c r="B23" s="46">
         <v>172184</v>
       </c>
-      <c r="C23" s="25">
+      <c r="C23" s="22">
         <v>37647</v>
       </c>
-      <c r="D23" s="25">
+      <c r="D23" s="22">
         <v>57803</v>
       </c>
-      <c r="E23" s="25">
+      <c r="E23" s="22">
         <v>297</v>
       </c>
-      <c r="F23" s="9">
+      <c r="F23" s="8">
         <v>76436</v>
       </c>
-      <c r="H23" s="7"/>
-[...2 lines deleted...]
-      <c r="A24" s="13">
+    </row>
+    <row r="24" spans="1:6" ht="10.5" customHeight="1">
+      <c r="A24" s="45">
         <v>2006</v>
       </c>
-      <c r="B24" s="26">
+      <c r="B24" s="46">
         <v>193074</v>
       </c>
-      <c r="C24" s="25">
+      <c r="C24" s="22">
         <v>53483</v>
       </c>
-      <c r="D24" s="25">
+      <c r="D24" s="22">
         <v>61816</v>
       </c>
-      <c r="E24" s="25">
+      <c r="E24" s="22">
         <v>410</v>
       </c>
-      <c r="F24" s="9">
+      <c r="F24" s="8">
         <v>77365</v>
       </c>
-      <c r="H24" s="7"/>
-[...2 lines deleted...]
-      <c r="A25" s="13">
+    </row>
+    <row r="25" spans="1:6" ht="10.5" customHeight="1">
+      <c r="A25" s="45">
         <v>2007</v>
       </c>
-      <c r="B25" s="26">
+      <c r="B25" s="46">
         <v>207244</v>
       </c>
-      <c r="C25" s="25">
+      <c r="C25" s="22">
         <v>48403</v>
       </c>
-      <c r="D25" s="25">
+      <c r="D25" s="22">
         <v>78647</v>
       </c>
-      <c r="E25" s="25">
+      <c r="E25" s="22">
         <v>322</v>
       </c>
-      <c r="F25" s="9">
+      <c r="F25" s="8">
         <v>79872</v>
       </c>
-      <c r="H25" s="7"/>
-[...2 lines deleted...]
-      <c r="A26" s="13">
+    </row>
+    <row r="26" spans="1:6" ht="10.5" customHeight="1">
+      <c r="A26" s="45">
         <v>2008</v>
       </c>
-      <c r="B26" s="26">
+      <c r="B26" s="46">
         <v>203025</v>
       </c>
-      <c r="C26" s="25">
+      <c r="C26" s="22">
         <v>55992</v>
       </c>
-      <c r="D26" s="25">
+      <c r="D26" s="22">
         <v>69959</v>
       </c>
       <c r="E26" s="4">
         <v>604</v>
       </c>
-      <c r="F26" s="9">
+      <c r="F26" s="8">
         <v>76471</v>
       </c>
-      <c r="H26" s="7"/>
-[...2 lines deleted...]
-      <c r="A27" s="13">
+    </row>
+    <row r="27" spans="1:6" ht="10.5" customHeight="1">
+      <c r="A27" s="45">
         <v>2009</v>
       </c>
-      <c r="B27" s="26">
+      <c r="B27" s="46">
         <v>166229</v>
       </c>
-      <c r="C27" s="25">
+      <c r="C27" s="22">
         <v>28264</v>
       </c>
-      <c r="D27" s="25">
+      <c r="D27" s="22">
         <v>56232</v>
       </c>
       <c r="E27" s="4">
         <v>590</v>
       </c>
-      <c r="F27" s="9">
+      <c r="F27" s="8">
         <v>81143</v>
       </c>
-      <c r="H27" s="7"/>
-[...2 lines deleted...]
-      <c r="A28" s="13">
+    </row>
+    <row r="28" spans="1:6" ht="10.5" customHeight="1">
+      <c r="A28" s="45">
         <v>2010</v>
       </c>
-      <c r="B28" s="26">
+      <c r="B28" s="46">
         <v>152895</v>
       </c>
-      <c r="C28" s="25">
+      <c r="C28" s="22">
         <v>11377</v>
       </c>
-      <c r="D28" s="25">
+      <c r="D28" s="22">
         <v>60057</v>
       </c>
       <c r="E28" s="4">
         <v>250</v>
       </c>
-      <c r="F28" s="9">
+      <c r="F28" s="8">
         <v>81211</v>
       </c>
-      <c r="H28" s="7"/>
-[...2 lines deleted...]
-      <c r="A29" s="13">
+    </row>
+    <row r="29" spans="1:6" ht="10.5" customHeight="1">
+      <c r="A29" s="45">
         <v>2011</v>
       </c>
-      <c r="B29" s="26">
+      <c r="B29" s="46">
         <v>160730</v>
       </c>
-      <c r="C29" s="25">
+      <c r="C29" s="22">
         <v>4539</v>
       </c>
-      <c r="D29" s="25">
+      <c r="D29" s="22">
         <v>71883</v>
       </c>
       <c r="E29" s="4">
         <v>68</v>
       </c>
-      <c r="F29" s="9">
+      <c r="F29" s="8">
         <v>84239</v>
       </c>
-      <c r="H29" s="7"/>
-[...2 lines deleted...]
-      <c r="A30" s="13">
+    </row>
+    <row r="30" spans="1:6" ht="10.5" customHeight="1">
+      <c r="A30" s="45">
         <v>2012</v>
       </c>
-      <c r="B30" s="26">
+      <c r="B30" s="46">
         <v>151033</v>
       </c>
-      <c r="C30" s="25">
+      <c r="C30" s="22">
         <v>1154</v>
       </c>
-      <c r="D30" s="25">
+      <c r="D30" s="22">
         <v>63541</v>
       </c>
       <c r="E30" s="4">
         <v>45</v>
       </c>
-      <c r="F30" s="9">
+      <c r="F30" s="8">
         <v>86293</v>
       </c>
-      <c r="H30" s="7"/>
-[...2 lines deleted...]
-      <c r="A31" s="13">
+    </row>
+    <row r="31" spans="1:6" ht="10.5" customHeight="1">
+      <c r="A31" s="45">
         <v>2013</v>
       </c>
-      <c r="B31" s="26">
+      <c r="B31" s="46">
         <v>136085</v>
       </c>
-      <c r="C31" s="25">
+      <c r="C31" s="22">
         <v>320</v>
       </c>
-      <c r="D31" s="25">
+      <c r="D31" s="22">
         <v>47592</v>
       </c>
       <c r="E31" s="4">
         <v>109</v>
       </c>
-      <c r="F31" s="9">
+      <c r="F31" s="8">
         <v>88064</v>
       </c>
-      <c r="H31" s="7"/>
-[...2 lines deleted...]
-      <c r="A32" s="13">
+    </row>
+    <row r="32" spans="1:6" ht="10.5" customHeight="1">
+      <c r="A32" s="45">
         <v>2014</v>
       </c>
-      <c r="B32" s="26">
+      <c r="B32" s="46">
         <v>152480</v>
       </c>
-      <c r="C32" s="25">
+      <c r="C32" s="22">
         <v>492</v>
       </c>
-      <c r="D32" s="25">
+      <c r="D32" s="22">
         <v>52857</v>
       </c>
       <c r="E32" s="4">
         <v>464</v>
       </c>
-      <c r="F32" s="9">
+      <c r="F32" s="8">
         <v>98667</v>
       </c>
-      <c r="H32" s="7"/>
-[...2 lines deleted...]
-      <c r="A33" s="13">
+    </row>
+    <row r="33" spans="1:6" ht="10.5" customHeight="1">
+      <c r="A33" s="45">
         <v>2015</v>
       </c>
-      <c r="B33" s="26">
+      <c r="B33" s="46">
         <v>136189</v>
       </c>
-      <c r="C33" s="25">
+      <c r="C33" s="22">
         <v>267</v>
       </c>
-      <c r="D33" s="25">
+      <c r="D33" s="22">
         <v>33213</v>
       </c>
       <c r="E33" s="4">
         <v>558</v>
       </c>
-      <c r="F33" s="9">
+      <c r="F33" s="8">
         <v>102151</v>
       </c>
-      <c r="H33" s="7"/>
-[...2 lines deleted...]
-      <c r="A34" s="13">
+    </row>
+    <row r="34" spans="1:6" ht="10.5" customHeight="1">
+      <c r="A34" s="45">
         <v>2016</v>
       </c>
-      <c r="B34" s="26">
+      <c r="B34" s="46">
         <v>139840</v>
       </c>
-      <c r="C34" s="25">
+      <c r="C34" s="22">
         <v>281</v>
       </c>
-      <c r="D34" s="25">
+      <c r="D34" s="22">
         <v>33908</v>
       </c>
-      <c r="E34" s="25">
+      <c r="E34" s="22">
         <v>2043</v>
       </c>
-      <c r="F34" s="9">
+      <c r="F34" s="8">
         <v>103608</v>
       </c>
-      <c r="H34" s="7"/>
-[...2 lines deleted...]
-      <c r="A35" s="13">
+    </row>
+    <row r="35" spans="1:6" ht="10.5" customHeight="1">
+      <c r="A35" s="45">
         <v>2017</v>
       </c>
-      <c r="B35" s="26">
+      <c r="B35" s="46">
         <v>144590</v>
       </c>
-      <c r="C35" s="25">
+      <c r="C35" s="22">
         <v>118</v>
       </c>
-      <c r="D35" s="25">
+      <c r="D35" s="22">
         <v>38928</v>
       </c>
-      <c r="E35" s="25">
+      <c r="E35" s="22">
         <v>444</v>
       </c>
-      <c r="F35" s="9">
+      <c r="F35" s="8">
         <v>105100</v>
       </c>
-      <c r="H35" s="7"/>
-[...2 lines deleted...]
-      <c r="A36" s="13">
+    </row>
+    <row r="36" spans="1:6" ht="10.5" customHeight="1">
+      <c r="A36" s="45">
         <v>2018</v>
       </c>
-      <c r="B36" s="26">
+      <c r="B36" s="46">
         <v>154494</v>
       </c>
-      <c r="C36" s="25">
+      <c r="C36" s="22">
         <v>995</v>
       </c>
-      <c r="D36" s="25">
+      <c r="D36" s="22">
         <v>46501</v>
       </c>
-      <c r="E36" s="25">
+      <c r="E36" s="4">
         <v>104</v>
       </c>
-      <c r="F36" s="9">
+      <c r="F36" s="8">
         <v>106894</v>
       </c>
-      <c r="H36" s="7"/>
-[...2 lines deleted...]
-      <c r="A37" s="13">
+    </row>
+    <row r="37" spans="1:6" ht="10.5" customHeight="1">
+      <c r="A37" s="45">
         <v>2019</v>
       </c>
-      <c r="B37" s="26">
+      <c r="B37" s="46">
         <v>144284</v>
       </c>
-      <c r="C37" s="25">
+      <c r="C37" s="22">
         <v>458</v>
       </c>
-      <c r="D37" s="25">
+      <c r="D37" s="22">
         <v>36160</v>
       </c>
-      <c r="E37" s="25">
+      <c r="E37" s="22">
         <v>276</v>
       </c>
-      <c r="F37" s="9">
+      <c r="F37" s="8">
         <v>107391</v>
       </c>
-      <c r="H37" s="7"/>
-[...2 lines deleted...]
-      <c r="A38" s="13">
+    </row>
+    <row r="38" spans="1:6" ht="10.5" customHeight="1">
+      <c r="A38" s="45">
         <v>2020</v>
       </c>
-      <c r="B38" s="26">
+      <c r="B38" s="46">
         <v>150504</v>
       </c>
-      <c r="C38" s="25">
+      <c r="C38" s="22">
         <v>170</v>
       </c>
-      <c r="D38" s="25">
+      <c r="D38" s="22">
         <v>39621</v>
       </c>
-      <c r="E38" s="25">
+      <c r="E38" s="22">
         <v>30</v>
       </c>
-      <c r="F38" s="9">
+      <c r="F38" s="8">
         <v>110683</v>
       </c>
-      <c r="H38" s="7"/>
-[...2 lines deleted...]
-      <c r="A39" s="13">
+    </row>
+    <row r="39" spans="1:6" ht="10.5" customHeight="1">
+      <c r="A39" s="47">
         <v>2021</v>
       </c>
-      <c r="B39" s="26">
+      <c r="B39" s="48">
         <v>150880</v>
       </c>
-      <c r="C39" s="25">
+      <c r="C39" s="22">
         <v>500</v>
       </c>
-      <c r="D39" s="25">
+      <c r="D39" s="22">
         <v>37320</v>
       </c>
-      <c r="E39" s="25">
+      <c r="E39" s="22">
         <v>125</v>
       </c>
-      <c r="F39" s="9">
+      <c r="F39" s="8">
         <v>112936</v>
       </c>
-      <c r="H39" s="7"/>
-[...2 lines deleted...]
-      <c r="A40" s="14">
+    </row>
+    <row r="40" spans="1:6" ht="10.5" customHeight="1">
+      <c r="A40" s="47">
         <v>2022</v>
       </c>
-      <c r="B40" s="27">
+      <c r="B40" s="48">
         <v>151559</v>
       </c>
-      <c r="C40" s="10">
+      <c r="C40" s="22">
         <v>259</v>
       </c>
-      <c r="D40" s="10">
+      <c r="D40" s="22">
         <v>38473</v>
       </c>
-      <c r="E40" s="10">
+      <c r="E40" s="22">
         <v>-34</v>
       </c>
-      <c r="F40" s="11">
+      <c r="F40" s="8">
         <v>112860</v>
       </c>
-      <c r="H40" s="7"/>
-[...10 lines deleted...]
-      <c r="A42" s="22" t="s">
+    </row>
+    <row r="41" spans="1:6" ht="10.5" customHeight="1">
+      <c r="A41" s="49">
+        <v>2023</v>
+      </c>
+      <c r="B41" s="50">
+        <v>155565</v>
+      </c>
+      <c r="C41" s="9">
+        <v>244</v>
+      </c>
+      <c r="D41" s="9">
+        <v>38738</v>
+      </c>
+      <c r="E41" s="9">
+        <v>141</v>
+      </c>
+      <c r="F41" s="10">
+        <v>116441</v>
+      </c>
+    </row>
+    <row r="42" spans="1:6" ht="10.5" customHeight="1">
+      <c r="A42" s="5"/>
+      <c r="B42" s="5"/>
+      <c r="C42" s="5"/>
+      <c r="D42" s="5"/>
+      <c r="E42" s="5"/>
+      <c r="F42" s="5"/>
+    </row>
+    <row r="43" spans="1:6" s="6" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A43" s="19"/>
+      <c r="B43" s="20"/>
+      <c r="C43" s="21"/>
+      <c r="D43" s="20"/>
+      <c r="E43" s="20"/>
+      <c r="F43" s="20"/>
+    </row>
+    <row r="44" spans="1:6" s="6" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A44" s="19" t="s">
         <v>21</v>
       </c>
-      <c r="B42" s="23"/>
-[...6 lines deleted...]
-      <c r="A43" s="22" t="s">
+      <c r="B44" s="20"/>
+      <c r="C44" s="20"/>
+      <c r="D44" s="20"/>
+      <c r="E44" s="42"/>
+      <c r="F44" s="42"/>
+    </row>
+    <row r="45" spans="1:6" s="6" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A45" s="19" t="s">
         <v>22</v>
       </c>
-      <c r="B43" s="23"/>
-[...14 lines deleted...]
-      <c r="A45" s="22" t="s">
+      <c r="B45" s="20"/>
+      <c r="C45" s="20"/>
+      <c r="D45" s="20"/>
+      <c r="E45" s="20"/>
+      <c r="F45" s="20"/>
+    </row>
+    <row r="46" spans="1:6" s="6" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A46" s="19"/>
+      <c r="B46" s="20"/>
+      <c r="C46" s="20"/>
+      <c r="D46" s="20"/>
+      <c r="E46" s="21"/>
+      <c r="F46" s="20"/>
+    </row>
+    <row r="47" spans="1:6" s="6" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A47" s="19" t="s">
         <v>19</v>
       </c>
-      <c r="B45" s="23"/>
-[...30 lines deleted...]
-      <c r="F48" s="23"/>
+      <c r="B47" s="20"/>
+      <c r="C47" s="20"/>
+      <c r="D47" s="20"/>
+      <c r="E47" s="21"/>
+      <c r="F47" s="20"/>
+    </row>
+    <row r="48" spans="1:6" s="6" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A48" s="19" t="s">
+        <v>58</v>
+      </c>
+      <c r="B48" s="20"/>
+      <c r="C48" s="20"/>
+      <c r="D48" s="20"/>
+      <c r="F48" s="20"/>
+    </row>
+    <row r="49" spans="1:6" s="6" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A49" s="19"/>
+      <c r="B49" s="20"/>
+      <c r="C49" s="20"/>
+      <c r="D49" s="20"/>
+      <c r="E49" s="20"/>
+      <c r="F49" s="20"/>
+    </row>
+    <row r="50" spans="1:6" s="6" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A50" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="B50" s="20"/>
+      <c r="C50" s="20"/>
+      <c r="D50" s="20"/>
+      <c r="E50" s="20"/>
+      <c r="F50" s="20"/>
     </row>
   </sheetData>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.196850393700787" right="0.196850393700787" top="0.49" bottom="0.82677165354330695" header="0.4921259845" footer="0.4921259845"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;"Arial Narrow,Normal"&amp;8Service de la statistique du canton de Fribourg-RM
 &amp;Z&amp;F-&amp;D-&amp;T&amp;R&amp;"Arial Narrow,Normal"&amp;8&amp;P/&amp;N</oddFooter>
   </headerFooter>
   <rowBreaks count="4" manualBreakCount="4">
     <brk id="64" max="65535" man="1"/>
     <brk id="122" max="65535" man="1"/>
     <brk id="180" max="65535" man="1"/>
     <brk id="238" max="65535" man="1"/>
   </rowBreaks>
+  <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{94478D5F-D392-46D0-96FE-4C532F745858}">
   <dimension ref="A1:E17"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <selection sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.453125" defaultRowHeight="12.5"/>
   <cols>
-    <col min="1" max="1" width="8.453125" style="30" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="16384" width="11.453125" style="30"/>
+    <col min="1" max="1" width="8.453125" style="24" customWidth="1"/>
+    <col min="2" max="2" width="37.7265625" style="24" customWidth="1"/>
+    <col min="3" max="3" width="3.453125" style="24" customWidth="1"/>
+    <col min="4" max="4" width="8.453125" style="24" customWidth="1"/>
+    <col min="5" max="5" width="37.7265625" style="24" customWidth="1"/>
+    <col min="6" max="16384" width="11.453125" style="24"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
-      <c r="A1" s="29" t="s">
+      <c r="A1" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1" s="23" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="2" spans="1:5" s="26" customFormat="1">
+      <c r="A2" s="25" t="s">
+        <v>2</v>
+      </c>
+      <c r="D2" s="25" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="3" spans="1:5">
+      <c r="A3" s="27" t="s">
+        <v>26</v>
+      </c>
+      <c r="B3" s="28" t="s">
+        <v>27</v>
+      </c>
+      <c r="C3" s="29"/>
+      <c r="D3" s="27" t="s">
         <v>28</v>
       </c>
-      <c r="D1" s="29" t="s">
+      <c r="E3" s="27" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="2" spans="1:5" s="32" customFormat="1">
-[...8 lines deleted...]
-      <c r="A3" s="33" t="s">
+    <row r="4" spans="1:5">
+      <c r="A4" s="30" t="s">
         <v>30</v>
       </c>
-      <c r="B3" s="34" t="s">
+      <c r="B4" s="31" t="s">
         <v>31</v>
       </c>
-      <c r="C3" s="35"/>
-      <c r="D3" s="33" t="s">
+      <c r="C4" s="32"/>
+      <c r="D4" s="30" t="s">
+        <v>30</v>
+      </c>
+      <c r="E4" s="31" t="s">
         <v>32</v>
       </c>
-      <c r="E3" s="33" t="s">
+    </row>
+    <row r="5" spans="1:5">
+      <c r="A5" s="33" t="s">
         <v>33</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" s="36" t="s">
+      <c r="B5" s="34" t="s">
         <v>34</v>
       </c>
-      <c r="B4" s="37" t="s">
+      <c r="C5" s="32"/>
+      <c r="D5" s="33" t="s">
         <v>35</v>
       </c>
-      <c r="C4" s="38"/>
-[...3 lines deleted...]
-      <c r="E4" s="37" t="s">
+      <c r="E5" s="34" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="5" spans="1:5">
-      <c r="A5" s="39" t="s">
+    <row r="6" spans="1:5">
+      <c r="A6" s="35" t="s">
         <v>37</v>
       </c>
-      <c r="B5" s="40" t="s">
+      <c r="B6" s="31" t="s">
         <v>38</v>
       </c>
-      <c r="C5" s="38"/>
-      <c r="D5" s="39" t="s">
+      <c r="C6" s="32"/>
+      <c r="D6" s="35" t="s">
         <v>39</v>
       </c>
-      <c r="E5" s="40" t="s">
+      <c r="E6" s="31" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="6" spans="1:5">
-      <c r="A6" s="41" t="s">
+    <row r="7" spans="1:5" ht="17">
+      <c r="A7" s="33" t="s">
         <v>41</v>
       </c>
-      <c r="B6" s="37" t="s">
+      <c r="B7" s="34" t="s">
         <v>42</v>
       </c>
-      <c r="C6" s="38"/>
-      <c r="D6" s="41" t="s">
+      <c r="C7" s="32"/>
+      <c r="D7" s="33" t="s">
+        <v>41</v>
+      </c>
+      <c r="E7" s="34" t="s">
         <v>43</v>
       </c>
-      <c r="E6" s="37" t="s">
+    </row>
+    <row r="8" spans="1:5" ht="17">
+      <c r="A8" s="30" t="s">
         <v>44</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A7" s="39" t="s">
+      <c r="B8" s="31" t="s">
         <v>45</v>
       </c>
-      <c r="B7" s="40" t="s">
+      <c r="C8" s="32"/>
+      <c r="D8" s="30" t="s">
+        <v>44</v>
+      </c>
+      <c r="E8" s="31" t="s">
         <v>46</v>
       </c>
-      <c r="C7" s="38"/>
-[...3 lines deleted...]
-      <c r="E7" s="40" t="s">
+    </row>
+    <row r="9" spans="1:5">
+      <c r="A9" s="33" t="s">
         <v>47</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A8" s="36" t="s">
+      <c r="B9" s="34" t="s">
         <v>48</v>
       </c>
-      <c r="B8" s="37" t="s">
+      <c r="C9" s="32"/>
+      <c r="D9" s="33" t="s">
+        <v>47</v>
+      </c>
+      <c r="E9" s="34" t="s">
         <v>49</v>
       </c>
-      <c r="C8" s="38"/>
-[...3 lines deleted...]
-      <c r="E8" s="37" t="s">
+    </row>
+    <row r="10" spans="1:5">
+      <c r="A10" s="30" t="s">
         <v>50</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A9" s="39" t="s">
+      <c r="B10" s="31" t="s">
         <v>51</v>
       </c>
-      <c r="B9" s="40" t="s">
+      <c r="C10" s="32"/>
+      <c r="D10" s="30" t="s">
+        <v>50</v>
+      </c>
+      <c r="E10" s="31" t="s">
         <v>52</v>
       </c>
-      <c r="C9" s="38"/>
-[...3 lines deleted...]
-      <c r="E9" s="40" t="s">
+    </row>
+    <row r="11" spans="1:5">
+      <c r="A11" s="36" t="s">
         <v>53</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A10" s="36" t="s">
+      <c r="B11" s="37" t="s">
         <v>54</v>
       </c>
-      <c r="B10" s="37" t="s">
+      <c r="C11" s="32"/>
+      <c r="D11" s="36" t="s">
+        <v>53</v>
+      </c>
+      <c r="E11" s="37" t="s">
         <v>55</v>
       </c>
-      <c r="C10" s="38"/>
-[...20 lines deleted...]
-      </c>
     </row>
     <row r="12" spans="1:5">
-      <c r="A12" s="44"/>
-      <c r="D12" s="44"/>
+      <c r="A12" s="38"/>
+      <c r="D12" s="38"/>
     </row>
     <row r="13" spans="1:5">
-      <c r="A13" s="44"/>
-      <c r="D13" s="44"/>
+      <c r="A13" s="38"/>
+      <c r="D13" s="38"/>
     </row>
     <row r="14" spans="1:5" ht="14.5">
-      <c r="A14" s="45"/>
-      <c r="D14" s="44"/>
+      <c r="A14" s="39"/>
+      <c r="D14" s="38"/>
     </row>
     <row r="15" spans="1:5" ht="14.5">
-      <c r="A15" s="45"/>
-      <c r="D15" s="44"/>
+      <c r="A15" s="39"/>
+      <c r="D15" s="38"/>
     </row>
     <row r="16" spans="1:5">
-      <c r="A16" s="44"/>
-      <c r="D16" s="44"/>
+      <c r="A16" s="38"/>
+      <c r="D16" s="38"/>
     </row>
     <row r="17" spans="1:4">
-      <c r="A17" s="44"/>
-      <c r="D17" s="44"/>
+      <c r="A17" s="38"/>
+      <c r="D17" s="38"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Plages nommées</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>