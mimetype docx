--- v0 (2025-12-18)
+++ v1 (2026-01-15)
@@ -1,49 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="4CE8CBAE" w14:textId="7BBD8115" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5940"/>
         </w:tabs>
@@ -562,88 +560,68 @@
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
             <w:lang w:eastAsia="it-IT"/>
           </w:rPr>
           <w:id w:val="461694852"/>
           <w:placeholder>
             <w:docPart w:val="A2CD8AD397C3435795C58B90357FFDDA"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="004B637F">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="21"/>
               <w:szCs w:val="21"/>
             </w:rPr>
             <w:t>Klicken Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="3360290E" w14:textId="77777777" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
+    <w:p w14:paraId="3360290E" w14:textId="69918053" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B637F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t xml:space="preserve">Telefon privat </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+        <w:t xml:space="preserve">Telefon privat – Natel: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
             <w:lang w:eastAsia="it-IT"/>
           </w:rPr>
           <w:id w:val="260120245"/>
           <w:placeholder>
             <w:docPart w:val="94998095D5A84B0FAC20783F095AACC6"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="004B637F">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="21"/>
               <w:szCs w:val="21"/>
             </w:rPr>
@@ -1024,51 +1002,51 @@
           <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">Berufsbildner/in im Betrieb - Vorname, Nachname, Telefon, </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="004B637F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>Email</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="004B637F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="565679B7" w14:textId="77777777" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="00250D80" w:rsidP="004B637F">
+    <w:p w14:paraId="565679B7" w14:textId="77777777" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="00014149" w:rsidP="004B637F">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
             <w:lang w:eastAsia="it-IT"/>
           </w:rPr>
           <w:id w:val="1648247738"/>
           <w:placeholder>
             <w:docPart w:val="7584F8443A47414ABA985656E4E54B18"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
@@ -1320,51 +1298,51 @@
           <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">Klassenlehrer/in - Vorname, Nachname, Telefon, </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="004B637F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>Email</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="004B637F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DDCC2FD" w14:textId="77777777" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="00250D80" w:rsidP="004B637F">
+    <w:p w14:paraId="7DDCC2FD" w14:textId="77777777" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="00014149" w:rsidP="004B637F">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
             <w:lang w:eastAsia="it-IT"/>
           </w:rPr>
           <w:id w:val="1648246489"/>
           <w:placeholder>
             <w:docPart w:val="64CB005CE5AF4087A2D3CA02BD0280D4"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
@@ -1994,343 +1972,340 @@
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> Italienisch</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53D7C99B" w14:textId="77777777" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B637F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>Bitte geben Sie den bevorzugten Kanton an* (nummerieren Sie die ersten drei Favoriten):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="185E3121" w14:textId="4E42468C" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
+    <w:p w14:paraId="185E3121" w14:textId="7CC85C13" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B637F">
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="000F5885">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">( </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
             <w:lang w:eastAsia="it-IT"/>
           </w:rPr>
           <w:id w:val="1996213796"/>
           <w:placeholder>
             <w:docPart w:val="D3129F4CB0BC402F817DEF4909EB2316"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="004B637F">
+          <w:r w:rsidRPr="000F5885">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="21"/>
               <w:szCs w:val="21"/>
-              <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Nr.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="004B637F">
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="000F5885">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> ) JU</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B637F">
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="000F5885">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve"> ( </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
             <w:lang w:eastAsia="it-IT"/>
           </w:rPr>
           <w:id w:val="708298158"/>
           <w:placeholder>
             <w:docPart w:val="6DF39A29A0714086A34982AE7175326D"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="004B637F">
+          <w:r w:rsidRPr="000F5885">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="21"/>
               <w:szCs w:val="21"/>
-              <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Nr.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="004B637F">
-[...13 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="000F5885">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ) </w:t>
+      </w:r>
+      <w:r w:rsidR="000F5885" w:rsidRPr="000F5885">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>VS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F5885">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="007B41B4" w:rsidRPr="000F5885">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="007B41B4">
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidR="007B41B4" w:rsidRPr="000F5885">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B637F">
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="000F5885">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="004B637F">
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="000F5885">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
-      </w:r>
-[...54 lines deleted...]
-        <w:t xml:space="preserve">( </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
             <w:lang w:eastAsia="it-IT"/>
           </w:rPr>
           <w:id w:val="-1092238816"/>
           <w:placeholder>
             <w:docPart w:val="04CEE0926C384E43AA37B0720F991BC1"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="007B41B4">
+          <w:r w:rsidRPr="000F5885">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="21"/>
               <w:szCs w:val="21"/>
-              <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Nr.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="007B41B4">
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="000F5885">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> ) </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B637F">
+      <w:r w:rsidR="000F5885">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
-        <w:t>VS**</w:t>
+        <w:t>TI</w:t>
       </w:r>
       <w:r w:rsidRPr="004B637F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="708F6F17" w14:textId="77777777" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
+    <w:p w14:paraId="708F6F17" w14:textId="77777777" w:rsidR="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B637F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">* Es gilt Punkt 3 der allgemeinen Bedingungen. Die Gesuchstellerin oder der Gesuchsteller nimmt zur Kenntnis, dass der vorgeschlagene Zielkanton möglicherweise nicht zu den bevorzugten Kantonen gehört. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49A5B6B9" w14:textId="77777777" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
-      <w:pPr>
+    <w:p w14:paraId="5444C2F8" w14:textId="01DE805F" w:rsidR="006F3065" w:rsidRPr="006F3065" w:rsidRDefault="006F3065" w:rsidP="004B637F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+            <w:lang w:val="it-CH"/>
+          </w:rPr>
+          <w:id w:val="-1595091100"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00014149">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+              <w:sz w:val="21"/>
+              <w:szCs w:val="21"/>
+              <w:lang w:val="it-CH"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="it-CH"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t>** zweisprachiger deutsch-französischer Kanton, Platzierungen erfolgen jedoch im französischen Teil des Kantons</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F3065">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Ich bin bereit, selbstständig nach einem Praktikumsplatz in einem anderen Kanton zu suchen, falls ich nicht ausgewählt werde.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="721536AB" w14:textId="77777777" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B637F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">Sprachkenntnisse mit Niveau (z.B. A1-C2):   </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="21"/>
@@ -2658,78 +2633,78 @@
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
             <w:lang w:eastAsia="it-IT"/>
           </w:rPr>
           <w:id w:val="-1985075892"/>
           <w:placeholder>
             <w:docPart w:val="6A3AA758E6E4424C86920FE5DFF10327"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="004B637F">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="21"/>
               <w:szCs w:val="21"/>
             </w:rPr>
             <w:t>Klicken Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="1818E814" w14:textId="77777777" w:rsidR="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
-[...9 lines deleted...]
-    <w:p w14:paraId="3F49C4E7" w14:textId="7A4A868E" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
+    <w:p w14:paraId="25856496" w14:textId="77777777" w:rsidR="006F3065" w:rsidRDefault="006F3065" w:rsidP="004B637F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="single"/>
           <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B637F">
+    </w:p>
+    <w:p w14:paraId="3F49C4E7" w14:textId="529126AC" w:rsidR="004B637F" w:rsidRPr="00072382" w:rsidRDefault="004B637F" w:rsidP="004B637F">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:u w:val="single"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00072382">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Referenzen</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A325D54" w14:textId="2E43F87C" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B637F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>Referenzen können beim Berufsbildner/bei der Berufsbildnerin oder beim Schulleiter/ bei der Schulleiterin oder beim Ausbildungsbetrieb / Arbeitgeber eingeholt werden.</w:t>
       </w:r>
     </w:p>
@@ -3565,75 +3540,161 @@
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="004B637F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
         </w:rPr>
         <w:tab/>
         <w:t>__________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CBB96CB" w14:textId="77777777" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="763F56A8" w14:textId="43CBA9ED" w:rsidR="00630833" w:rsidRPr="004B637F" w:rsidRDefault="00630833" w:rsidP="00630833">
+    <w:p w14:paraId="07F46240" w14:textId="77777777" w:rsidR="003772A0" w:rsidRDefault="003772A0" w:rsidP="00630833">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:leader="underscore" w:pos="9639"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B637F">
+    </w:p>
+    <w:p w14:paraId="081CE068" w14:textId="77777777" w:rsidR="003772A0" w:rsidRDefault="003772A0" w:rsidP="00630833">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:leader="underscore" w:pos="9639"/>
+        </w:tabs>
+        <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
         </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74A438A6" w14:textId="77777777" w:rsidR="003772A0" w:rsidRDefault="003772A0" w:rsidP="00630833">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:leader="underscore" w:pos="9639"/>
+        </w:tabs>
+        <w:spacing w:before="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30E66AEC" w14:textId="77777777" w:rsidR="003772A0" w:rsidRDefault="003772A0" w:rsidP="00630833">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:leader="underscore" w:pos="9639"/>
+        </w:tabs>
+        <w:spacing w:before="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B9FE6B4" w14:textId="77777777" w:rsidR="003772A0" w:rsidRDefault="003772A0" w:rsidP="00630833">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:leader="underscore" w:pos="9639"/>
+        </w:tabs>
+        <w:spacing w:before="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="763F56A8" w14:textId="12A0BDD9" w:rsidR="00630833" w:rsidRPr="004B637F" w:rsidRDefault="00630833" w:rsidP="00630833">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:leader="underscore" w:pos="9639"/>
+        </w:tabs>
+        <w:spacing w:before="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B637F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Für alle: Unterschrift eines Erziehungsberechtigten:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76EC532E" w14:textId="77777777" w:rsidR="00630833" w:rsidRPr="004B637F" w:rsidRDefault="00630833" w:rsidP="00630833">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:leader="underscore" w:pos="9639"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5E6C56FE" w14:textId="558458B1" w:rsidR="00630833" w:rsidRPr="004B637F" w:rsidRDefault="00630833" w:rsidP="00630833">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3402"/>
         </w:tabs>
@@ -3758,51 +3819,50 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>Unterschrift: ___________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BF5309D" w14:textId="69986CA0" w:rsidR="004B637F" w:rsidRPr="00630833" w:rsidRDefault="004B637F" w:rsidP="004B637F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B637F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Senden Sie dieses Formular, die unterzeichneten allgemeinen Bedingungen und die Bewerbungsunterlagen (siehe letzte Seite) so bald wie möglich, spätestens jedoch bis </w:t>
       </w:r>
       <w:r w:rsidRPr="004B637F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">zum </w:t>
       </w:r>
       <w:r w:rsidR="00180185">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00574AA8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -3944,51 +4004,51 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Derrière-les-Remparts1</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BE3FCBF" w14:textId="760E5789" w:rsidR="00630833" w:rsidRPr="007B41B4" w:rsidRDefault="00630833" w:rsidP="00630833">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B41B4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>CH-1700 Freiburg</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5708FAC9" w14:textId="77777777" w:rsidR="004B637F" w:rsidRPr="00630833" w:rsidRDefault="004B637F" w:rsidP="004B637F">
+    <w:p w14:paraId="62279C8F" w14:textId="69D0F4A6" w:rsidR="003772A0" w:rsidRDefault="004B637F" w:rsidP="003772A0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00630833">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="it-CH"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
       <w:r w:rsidRPr="00630833">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="it-CH"/>
@@ -4433,111 +4493,253 @@
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="it-CH"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
       <w:r w:rsidRPr="00630833">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="it-CH"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
       <w:r w:rsidRPr="00630833">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="it-CH"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
-      <w:r w:rsidRPr="00630833">
-[...20 lines deleted...]
-    <w:p w14:paraId="43F61937" w14:textId="77777777" w:rsidR="004B637F" w:rsidRPr="00630833" w:rsidRDefault="004B637F" w:rsidP="00630833">
+    </w:p>
+    <w:p w14:paraId="77DB547F" w14:textId="77777777" w:rsidR="003772A0" w:rsidRDefault="003772A0" w:rsidP="003772A0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A486162" w14:textId="77777777" w:rsidR="003772A0" w:rsidRDefault="003772A0" w:rsidP="003772A0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F7AA578" w14:textId="77777777" w:rsidR="003772A0" w:rsidRDefault="003772A0" w:rsidP="003772A0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1573345D" w14:textId="77777777" w:rsidR="003772A0" w:rsidRDefault="003772A0" w:rsidP="003772A0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A3256FA" w14:textId="77777777" w:rsidR="003772A0" w:rsidRDefault="003772A0" w:rsidP="003772A0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="576DD0CB" w14:textId="77777777" w:rsidR="003772A0" w:rsidRDefault="003772A0" w:rsidP="003772A0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E156AD6" w14:textId="77777777" w:rsidR="003772A0" w:rsidRDefault="003772A0" w:rsidP="003772A0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59B93B2E" w14:textId="77777777" w:rsidR="003772A0" w:rsidRDefault="003772A0" w:rsidP="003772A0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17638D31" w14:textId="77777777" w:rsidR="003772A0" w:rsidRDefault="003772A0" w:rsidP="003772A0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7AA02553" w14:textId="77777777" w:rsidR="003772A0" w:rsidRDefault="003772A0" w:rsidP="003772A0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55710F8D" w14:textId="77777777" w:rsidR="003772A0" w:rsidRDefault="003772A0" w:rsidP="003772A0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3FCEF581" w14:textId="77777777" w:rsidR="003772A0" w:rsidRDefault="003772A0" w:rsidP="003772A0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A067557" w14:textId="77777777" w:rsidR="003772A0" w:rsidRDefault="003772A0" w:rsidP="003772A0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B877CA0" w14:textId="77777777" w:rsidR="003772A0" w:rsidRDefault="003772A0" w:rsidP="003772A0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="109B3FEC" w14:textId="77777777" w:rsidR="003772A0" w:rsidRDefault="003772A0" w:rsidP="003772A0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48BA534B" w14:textId="77777777" w:rsidR="003772A0" w:rsidRDefault="003772A0" w:rsidP="003772A0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F14296A" w14:textId="77777777" w:rsidR="003772A0" w:rsidRDefault="003772A0" w:rsidP="003772A0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13D73B32" w14:textId="77777777" w:rsidR="003772A0" w:rsidRPr="003772A0" w:rsidRDefault="003772A0" w:rsidP="003772A0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53322FBE" w14:textId="66AE2E99" w:rsidR="004B637F" w:rsidRPr="003772A0" w:rsidRDefault="004B637F" w:rsidP="003772A0">
       <w:pPr>
         <w:keepNext/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Dotum" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00630833">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Dotum" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Allgemeine Bedingungen</w:t>
-      </w:r>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="475E60EB" w14:textId="77777777" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
         </w:rPr>
       </w:pPr>
@@ -4847,76 +5049,76 @@
           <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B637F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">3. </w:t>
       </w:r>
       <w:r w:rsidRPr="004B637F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Das Auswahlverfahren läuft wie folgt ab: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4472310E" w14:textId="77777777" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
+    <w:p w14:paraId="4472310E" w14:textId="4FDED1DB" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="567"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B637F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
         </w:rPr>
         <w:tab/>
-        <w:t>3.1. MobiLingua (ML) wählt die Bewerbungen nach der Reihenfolge ihres Eingangs so-</w:t>
+        <w:t>3.1 MobiLingua (ML) wählt die Bewerbungen nach der Reihenfolge ihres Eingangs so-</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BD0CC83" w14:textId="77777777" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="567"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B637F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
@@ -4931,186 +5133,255 @@
           <w:tab w:val="num" w:pos="567"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B637F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
         </w:rPr>
         <w:tab/>
         <w:t>vollständig und unterzeichnet, Lebenslauf, Foto und Anschreiben von guter Qualität);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B75B4BD" w14:textId="31800C55" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
+    <w:p w14:paraId="4B75B4BD" w14:textId="3225A00B" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="567"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B637F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
         </w:rPr>
-        <w:t xml:space="preserve">3.2. </w:t>
+        <w:t xml:space="preserve">3.2 </w:t>
       </w:r>
       <w:r w:rsidR="00F23BE8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">Das BBA </w:t>
       </w:r>
       <w:r w:rsidRPr="004B637F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">leitet die ausgewählten Gesuche an die auf dem Formular als Favoriten angegebenen Kantone weiter. Der Partnerkanton prüft die Dossiers und teilt </w:t>
       </w:r>
       <w:r w:rsidR="00F23BE8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">BBA </w:t>
       </w:r>
       <w:r w:rsidRPr="004B637F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
         </w:rPr>
         <w:t>mit, welche Gesuche er aufgrund der organisatorischen Kapazitäten und der betroffenen Berufe bearbeiten kann;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DA38508" w14:textId="5CA18CC1" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
+    <w:p w14:paraId="7DA38508" w14:textId="68798588" w:rsidR="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="567"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B637F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
         </w:rPr>
-        <w:t xml:space="preserve">3.3. </w:t>
+        <w:t xml:space="preserve">3.3 </w:t>
       </w:r>
       <w:r w:rsidR="00F23BE8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">Das BBA </w:t>
       </w:r>
       <w:r w:rsidRPr="004B637F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">teilt der Bewerberin oder dem Bewerber den Kanton, der für das Praktikum von Swiss Mobility ausgewählt wurde, mit. </w:t>
       </w:r>
       <w:r w:rsidR="00F23BE8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
         </w:rPr>
         <w:t>BBA</w:t>
       </w:r>
       <w:r w:rsidRPr="004B637F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> kann einen Zielkanton vorschlagen, den der Gesuchsteller nicht als seinen Wunschkanton angegeben hat. Nach der Bestätigung durch die Antragstellerin oder den Antragssteller beginnt der gewählte Zielkanton mit der Suche nach dem Gastbetrieb;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39DA5C88" w14:textId="01389B0B" w:rsidR="00A91357" w:rsidRPr="004B637F" w:rsidRDefault="00A91357" w:rsidP="0093733F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="567"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
+        </w:rPr>
+        <w:t>3.4</w:t>
+      </w:r>
+      <w:r w:rsidR="00E01323">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0093733F" w:rsidRPr="0093733F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Der Kandidat oder die Kandidatin, der/die von einem Partnerkanton nicht ausgewählt wurde, kann sich selbstständig umsehen; wenn ein Praktikumsplatz gefunden wird, übernimmt das </w:t>
+      </w:r>
+      <w:r w:rsidR="0093733F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
+        </w:rPr>
+        <w:t>BBA</w:t>
+      </w:r>
+      <w:r w:rsidR="0093733F" w:rsidRPr="0093733F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> die administrative Koordination.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="053383F6" w14:textId="77777777" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="567"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120"/>
         <w:ind w:left="564" w:hanging="564"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B637F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="21"/>
@@ -5149,81 +5420,95 @@
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="it-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00630833">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">In der Regel bittet das betreffende Unternehmen um ein persönliches Gespräch, um den/die Bewerber/in einzuschätzen. Nach dem endgültigen Praktikumsangebot (einschließlich der Daten) wird der/die Bewerber/in aufgefordert, das Angebot innerhalb von 15 Tagen zu bestätigen. </w:t>
       </w:r>
       <w:r w:rsidRPr="00630833">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="it-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">Ein zweites Angebot kann nicht garantiert werden. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A2679A2" w14:textId="77777777" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
+    <w:p w14:paraId="4A2679A2" w14:textId="77777777" w:rsidR="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120"/>
         <w:ind w:left="510" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="it-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B637F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="it-CH"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Erst nach der Bestätigung durch den Praktikumsbetrieb und den Kandidaten organisiert Swiss Mobility den Sprachkurs und hilft bei der Wohnungssuche.  Der Kanton Tessin, der das Projekt Swiss Mobility leitet, erstellt den Beitragsvertrag. Servizio MeS finanziert dann den Sprachkurs und zahlt den Teilnehmenden einen festen Beitrag zu den Kosten für die Unterkunft und die Rückreise;</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="732FF55D" w14:textId="77777777" w:rsidR="0093733F" w:rsidRPr="0093733F" w:rsidRDefault="0093733F" w:rsidP="0093733F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="it-CH"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="41150F06" w14:textId="77777777" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="it-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5FEE247B" w14:textId="77777777" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
@@ -5304,51 +5589,62 @@
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
         </w:rPr>
         <w:t>Die Rahmenbedingungen des Praktikums werden vom Betrieb, dem Bewerber oder der Bewerberin sowie der Swiss Mobility Partner bzw.</w:t>
       </w:r>
       <w:r w:rsidR="00F23BE8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">BBA </w:t>
       </w:r>
       <w:r w:rsidRPr="004B637F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
         </w:rPr>
-        <w:t>in einer Praktikumsvereinbarung festgehalten. Der Teilnehmer erhält das unter Punkt 9 genannte Gehalt nur, wenn er Vollzeit im Unternehmen arbeitet;</w:t>
+        <w:t xml:space="preserve">in einer Praktikumsvereinbarung </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B637F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>festgehalten. Der Teilnehmer erhält das unter Punkt 9 genannte Gehalt nur, wenn er Vollzeit im Unternehmen arbeitet;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16FA5B5D" w14:textId="77777777" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B637F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
@@ -5987,83 +6283,73 @@
         <w:t>Am Ende des Praktikums erhält der/</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="004B637F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
         </w:rPr>
         <w:t>die Praktikant</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="004B637F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
         </w:rPr>
         <w:t>/in ein Arbeitszeugnis vom Betrieb.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B1F4A25" w14:textId="77777777" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
-[...31 lines deleted...]
-    <w:p w14:paraId="649DA145" w14:textId="3CA27B51" w:rsidR="004B637F" w:rsidRPr="00630833" w:rsidRDefault="00630833" w:rsidP="00630833">
+    <w:p w14:paraId="3CF7C693" w14:textId="77777777" w:rsidR="00AE612E" w:rsidRDefault="00AE612E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Dotum" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Dotum" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="649DA145" w14:textId="6278523D" w:rsidR="004B637F" w:rsidRPr="00630833" w:rsidRDefault="00630833" w:rsidP="00630833">
       <w:pPr>
         <w:keepNext/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Dotum" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00630833">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Dotum" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Checklist Beilagen</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E40B10E" w14:textId="77777777" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
       <w:pPr>
@@ -6437,54 +6723,52 @@
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2858770" cy="421005"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00574AA8" w:rsidRPr="004B637F" w:rsidSect="00751038">
       <w:headerReference w:type="even" r:id="rId15"/>
       <w:headerReference w:type="default" r:id="rId16"/>
-      <w:footerReference w:type="even" r:id="rId17"/>
-[...2 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId20"/>
+      <w:headerReference w:type="first" r:id="rId17"/>
+      <w:footerReference w:type="first" r:id="rId18"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1701" w:right="851" w:bottom="1134" w:left="1418" w:header="652" w:footer="510" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="6A38A03D" w14:textId="77777777" w:rsidR="004B637F" w:rsidRDefault="004B637F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="4E58C95F" w14:textId="77777777" w:rsidR="004B637F" w:rsidRDefault="004B637F">
@@ -6556,70 +6840,50 @@
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Dotum">
     <w:altName w:val="돋움"/>
     <w:panose1 w:val="020B0600000101010101"/>
     <w:charset w:val="81"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="B00002AF" w:usb1="69D77CFB" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="3032CB21" w14:textId="77777777" w:rsidR="00771F69" w:rsidRDefault="00771F69">
-[...18 lines deleted...]
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="26EAAFE1" w14:textId="77777777" w:rsidR="00574AA8" w:rsidRDefault="00771F69" w:rsidP="00537A47">
     <w:pPr>
       <w:pStyle w:val="01KopfzeileFusszeile"/>
       <w:rPr>
         <w:lang w:val="fr-CH"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="006A672E">
       <w:rPr>
         <w:lang w:val="fr-CH"/>
       </w:rPr>
       <w:t>—</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="146A1C90" w14:textId="77777777" w:rsidR="00523587" w:rsidRPr="00DA326D" w:rsidRDefault="00523587" w:rsidP="00523587">
     <w:pPr>
       <w:pStyle w:val="01KopfzeileFusszeile"/>
       <w:rPr>
         <w:b/>
         <w:lang w:val="fr-CH"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00EC5B93">
       <w:rPr>
         <w:lang w:val="fr-CH"/>
@@ -6747,51 +7011,51 @@
   </w:p>
   <w:p w14:paraId="31150BBF" w14:textId="77777777" w:rsidR="00702F2B" w:rsidRDefault="00702F2B"/>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9298" w:type="dxa"/>
       <w:tblInd w:w="341" w:type="dxa"/>
       <w:tblBorders>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="9298"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00D429B4" w:rsidRPr="00E05B94" w14:paraId="08A875F5" w14:textId="77777777">
+    <w:tr w:rsidR="00D429B4" w:rsidRPr="00102826" w14:paraId="08A875F5" w14:textId="77777777">
       <w:trPr>
         <w:trHeight w:val="567"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="9298" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="7BC94B82" w14:textId="77777777" w:rsidR="00574AA8" w:rsidRDefault="00771F69" w:rsidP="00537A47">
           <w:pPr>
             <w:pStyle w:val="09HeaderSeite2"/>
           </w:pPr>
           <w:r>
             <w:t>Amt für Berufsbildung</w:t>
           </w:r>
           <w:r w:rsidRPr="002D3345">
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:b w:val="0"/>
             </w:rPr>
             <w:t>BBA</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="7462AD8A" w14:textId="77777777" w:rsidR="00574AA8" w:rsidRPr="00B57B63" w:rsidRDefault="00771F69" w:rsidP="00537A47">
@@ -7192,51 +7456,51 @@
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:numPicBullet w:numPicBulletId="0">
     <w:pict>
       <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
         <v:stroke joinstyle="miter"/>
         <v:formulas>
           <v:f eqn="if lineDrawn pixelLineWidth 0"/>
           <v:f eqn="sum @0 1 0"/>
           <v:f eqn="sum 0 0 @1"/>
           <v:f eqn="prod @2 1 2"/>
           <v:f eqn="prod @3 21600 pixelWidth"/>
           <v:f eqn="prod @3 21600 pixelHeight"/>
           <v:f eqn="sum @0 0 1"/>
           <v:f eqn="prod @6 1 2"/>
           <v:f eqn="prod @7 21600 pixelWidth"/>
           <v:f eqn="sum @8 21600 0"/>
           <v:f eqn="prod @7 21600 pixelHeight"/>
           <v:f eqn="sum @10 21600 0"/>
         </v:formulas>
         <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
         <o:lock v:ext="edit" aspectratio="t"/>
       </v:shapetype>
-      <v:shape id="_x0000_i1026" type="#_x0000_t75" style="width:11.25pt;height:11.25pt" o:bullet="t">
+      <v:shape id="_x0000_i1080" type="#_x0000_t75" style="width:11.25pt;height:11.25pt" o:bullet="t">
         <v:imagedata r:id="rId1" o:title="ecusson"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF80"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="297CE232"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
@@ -10226,94 +10490,105 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:numIdMacAtCleanup w:val="5"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="1021" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="OYlEEbC0CO2KGWp4YLmCj+4tAzexSpmFOIOxDIqatlJ4Yj06K4Yb4LtoNMs17S1TN2giWwaqE2Y3Ib1FwtvZ4Q==" w:salt="kVg6uz5sHtrYYdGTCEyasA=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="mILY8ER7hjM3OLTxQ4V+74yQeuOcIpCIclzB4sVgVo+Qv9uxAdy2akUYTSCeCBEq7bm6HrSSQ/FWGYbStYK3Ew==" w:salt="aG7aaDD7OLtiMCWpqpCqYw=="/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004B637F"/>
     <w:rsid w:val="000001FB"/>
+    <w:rsid w:val="00014149"/>
+    <w:rsid w:val="00043F91"/>
+    <w:rsid w:val="00072382"/>
+    <w:rsid w:val="000F5885"/>
+    <w:rsid w:val="00102826"/>
     <w:rsid w:val="00180185"/>
     <w:rsid w:val="00250D80"/>
+    <w:rsid w:val="003772A0"/>
     <w:rsid w:val="004752F5"/>
     <w:rsid w:val="00476DA2"/>
     <w:rsid w:val="004B637F"/>
     <w:rsid w:val="00523587"/>
     <w:rsid w:val="00574AA8"/>
     <w:rsid w:val="005B6D42"/>
     <w:rsid w:val="005E2E9F"/>
     <w:rsid w:val="00630833"/>
+    <w:rsid w:val="006F3065"/>
     <w:rsid w:val="00702F2B"/>
     <w:rsid w:val="00771F69"/>
     <w:rsid w:val="007B41B4"/>
     <w:rsid w:val="00826E72"/>
     <w:rsid w:val="008E0488"/>
+    <w:rsid w:val="0093733F"/>
     <w:rsid w:val="009840B6"/>
+    <w:rsid w:val="00A91357"/>
+    <w:rsid w:val="00AE612E"/>
     <w:rsid w:val="00D429B4"/>
+    <w:rsid w:val="00E01323"/>
     <w:rsid w:val="00E05B94"/>
     <w:rsid w:val="00F13D54"/>
     <w:rsid w:val="00F23BE8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef m:val="0"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapRight/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="subSup"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1027"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -10829,51 +11104,50 @@
   <w:style w:type="paragraph" w:styleId="Titre6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Titre6Car"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00E06965"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:szCs w:val="22"/>
       <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Policepardfaut">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableauNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Aucuneliste">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Lienhypertexte">
     <w:name w:val="Hyperlink"/>
@@ -11408,75 +11682,82 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Textedelespacerserv">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="004B637F"/>
     <w:rPr>
       <w:color w:val="808080"/>
       <w:lang w:val="de-CH"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Mentionnonrsolue">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00630833"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006F3065"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1625620633">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.testpodium.com/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://europa.eu/europass/de" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:leila.bersier@bluewin.ch" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.testpodium.com/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://europa.eu/europass/de" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:leila.bersier@bluewin.ch" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/numbering.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\BersierL\OneDrive%20-%20EDUETATFR\SFP%20COMMUN\2%20Management\2-5%20Communication\2-5-5%20PRE_Transmission%20DOC\MO_ETAT%20FR\A_MO%20SFP\MO_Rapport%20portrait%20D.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
@@ -12295,82 +12576,50 @@
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{B72E32AA-8C57-42C9-9368-BA59B232CF72}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="003B34A9" w:rsidRDefault="001C04F7" w:rsidP="001C04F7">
           <w:pPr>
             <w:pStyle w:val="6DF39A29A0714086A34982AE7175326D"/>
           </w:pPr>
           <w:r w:rsidRPr="006667A1">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
               <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Nr.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="69517614A71240F5BE842A79759EC50E"/>
-[...30 lines deleted...]
-      <w:docPartPr>
         <w:name w:val="04CEE0926C384E43AA37B0720F991BC1"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{C52A7AD6-5810-489A-9A93-1CF8843B1410}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="003B34A9" w:rsidRDefault="001C04F7" w:rsidP="001C04F7">
           <w:pPr>
             <w:pStyle w:val="04CEE0926C384E43AA37B0720F991BC1"/>
           </w:pPr>
           <w:r w:rsidRPr="00862CD4">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
               <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
@@ -12728,50 +12977,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001C04F7"/>
+    <w:rsid w:val="00043F91"/>
     <w:rsid w:val="001C04F7"/>
     <w:rsid w:val="003B34A9"/>
     <w:rsid w:val="00476DA2"/>
     <w:rsid w:val="009840B6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
@@ -13844,72 +14094,56 @@
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-</p:properties>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...9 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ba0887cf-6ada-435c-a67c-e78e9cbd93df" xmlns:ns3="17150cc5-b344-4ae3-bb76-6d7727ed9007" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6062fa2ca93ca86c8a5634b9ea2d753d" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100612D57BF697B284FB8A2FB158DDBDA8D" ma:contentTypeVersion="14" ma:contentTypeDescription="Crée un document." ma:contentTypeScope="" ma:versionID="35bbbff797924397980c8513806f28ec">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ba0887cf-6ada-435c-a67c-e78e9cbd93df" xmlns:ns3="17150cc5-b344-4ae3-bb76-6d7727ed9007" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c9708e45f577a67770185a6744a31684" ns2:_="" ns3:_="">
     <xsd:import namespace="ba0887cf-6ada-435c-a67c-e78e9cbd93df"/>
     <xsd:import namespace="17150cc5-b344-4ae3-bb76-6d7727ed9007"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -14076,130 +14310,131 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="ba0887cf-6ada-435c-a67c-e78e9cbd93df">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="17150cc5-b344-4ae3-bb76-6d7727ed9007" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0A384561-AEB4-4257-9698-9BE3E8159F5F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5AD15F69-3027-47D9-AF10-80AD7EEDEA94}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D1B2EFAD-A8D3-44A4-BD4B-3CFF3866A152}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7588F4D6-E1C3-443A-975B-2C04EF7BCF9A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="ba0887cf-6ada-435c-a67c-e78e9cbd93df"/>
     <ds:schemaRef ds:uri="17150cc5-b344-4ae3-bb76-6d7727ed9007"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...33 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>MO_Rapport portrait D</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>9739</Characters>
+  <Pages>7</Pages>
+  <Words>1806</Words>
+  <Characters>9938</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>81</Lines>
-  <Paragraphs>22</Paragraphs>
+  <Lines>82</Lines>
+  <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Général_portrait</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>MACMAC Media SA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11487</CharactersWithSpaces>
+  <CharactersWithSpaces>11721</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Général_portrait</dc:title>
   <dc:creator>Bersier Leïla</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100612D57BF697B284FB8A2FB158DDBDA8D</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>