--- v1 (2026-01-15)
+++ v2 (2026-02-25)
@@ -18,1474 +18,2909 @@
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="4CE8CBAE" w14:textId="7BBD8115" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
+    <w:p w14:paraId="2736F9FC" w14:textId="15AE50CC" w:rsidR="00BB6888" w:rsidRPr="008F026C" w:rsidRDefault="004B637F" w:rsidP="008F026C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5940"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B637F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>Swiss Mobility</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
       <w:r w:rsidRPr="004B637F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>Bewerbung um ein Berufspraktikum</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CD857DF" w14:textId="77777777" w:rsidR="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
+    <w:p w14:paraId="06AFE7AB" w14:textId="77777777" w:rsidR="00E41261" w:rsidRDefault="00E41261" w:rsidP="004B637F">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="19DAA5E9" w14:textId="0B6E2D9B" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
+    <w:p w14:paraId="19DAA5E9" w14:textId="478A6A71" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B637F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>Persönliche Daten</w:t>
       </w:r>
-    </w:p>
-[...639 lines deleted...]
-        <w:spacing w:before="240"/>
+      <w:r w:rsidR="005215DB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
         </w:rPr>
-      </w:pPr>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="004B637F">
+        <w:t xml:space="preserve"> des Bewerbers</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Grilledutableau"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1980"/>
+        <w:gridCol w:w="2832"/>
+        <w:gridCol w:w="1425"/>
+        <w:gridCol w:w="3387"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="008F026C" w:rsidRPr="008F026C" w14:paraId="5156A5BC" w14:textId="77777777" w:rsidTr="001437F5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="74DB769F" w14:textId="68358FA4" w:rsidR="008F026C" w:rsidRPr="008F026C" w:rsidRDefault="00003109" w:rsidP="008F026C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="5025"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Na</w:t>
+            </w:r>
+            <w:r w:rsidR="008F026C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>me</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22629AD0" w14:textId="77777777" w:rsidR="008F026C" w:rsidRPr="008F026C" w:rsidRDefault="008F026C" w:rsidP="008F026C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="5025"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:bCs/>
+              <w:sz w:val="21"/>
+              <w:szCs w:val="21"/>
+              <w:lang w:val="fr-FR"/>
+            </w:rPr>
+            <w:id w:val="-940071559"/>
+            <w:placeholder>
+              <w:docPart w:val="5E33DA5727A841959189D121B6E77AFB"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w15:appearance w15:val="hidden"/>
+            <w:text/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2832" w:type="dxa"/>
+                <w:tcBorders>
+                  <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                </w:tcBorders>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+              </w:tcPr>
+              <w:p w14:paraId="3BD9EA84" w14:textId="77777777" w:rsidR="008F026C" w:rsidRPr="008F026C" w:rsidRDefault="008F026C" w:rsidP="008F026C">
+                <w:pPr>
+                  <w:tabs>
+                    <w:tab w:val="left" w:pos="5025"/>
+                  </w:tabs>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:bCs/>
+                    <w:sz w:val="21"/>
+                    <w:szCs w:val="21"/>
+                    <w:lang w:val="fr-FR"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="008F026C">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:bCs/>
+                    <w:sz w:val="21"/>
+                    <w:szCs w:val="21"/>
+                    <w:lang w:val="fr-FR"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="32069256" w14:textId="3C355457" w:rsidR="008F026C" w:rsidRPr="008F026C" w:rsidRDefault="00942825" w:rsidP="008F026C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="5025"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Vorname</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:bCs/>
+              <w:sz w:val="21"/>
+              <w:szCs w:val="21"/>
+              <w:lang w:val="fr-FR"/>
+            </w:rPr>
+            <w:id w:val="1025899700"/>
+            <w:placeholder>
+              <w:docPart w:val="772C004A0DAA4035A5C924DDD8DD5845"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w15:appearance w15:val="hidden"/>
+            <w:text/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="3387" w:type="dxa"/>
+                <w:tcBorders>
+                  <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                </w:tcBorders>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+              </w:tcPr>
+              <w:p w14:paraId="4128B28D" w14:textId="77777777" w:rsidR="008F026C" w:rsidRPr="008F026C" w:rsidRDefault="008F026C" w:rsidP="008F026C">
+                <w:pPr>
+                  <w:tabs>
+                    <w:tab w:val="left" w:pos="5025"/>
+                  </w:tabs>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:bCs/>
+                    <w:sz w:val="21"/>
+                    <w:szCs w:val="21"/>
+                    <w:lang w:val="fr-FR"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="008F026C">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:bCs/>
+                    <w:sz w:val="21"/>
+                    <w:szCs w:val="21"/>
+                    <w:lang w:val="fr-FR"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="008F026C" w:rsidRPr="008F026C" w14:paraId="5BE3047B" w14:textId="77777777" w:rsidTr="001437F5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="04210753" w14:textId="2ACDBF66" w:rsidR="008F026C" w:rsidRPr="008F026C" w:rsidRDefault="00942825" w:rsidP="008F026C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="5025"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Geburtsdatum</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0222AF75" w14:textId="77777777" w:rsidR="008F026C" w:rsidRPr="008F026C" w:rsidRDefault="008F026C" w:rsidP="008F026C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="5025"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:bCs/>
+              <w:sz w:val="21"/>
+              <w:szCs w:val="21"/>
+              <w:lang w:val="fr-FR"/>
+            </w:rPr>
+            <w:id w:val="1014044578"/>
+            <w:placeholder>
+              <w:docPart w:val="302BAA5EBEC9459A8150CC083CBA188A"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w15:appearance w15:val="hidden"/>
+            <w:text/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2832" w:type="dxa"/>
+                <w:tcBorders>
+                  <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                </w:tcBorders>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+              </w:tcPr>
+              <w:p w14:paraId="07B1C6BE" w14:textId="77777777" w:rsidR="008F026C" w:rsidRPr="008F026C" w:rsidRDefault="008F026C" w:rsidP="008F026C">
+                <w:pPr>
+                  <w:tabs>
+                    <w:tab w:val="left" w:pos="5025"/>
+                  </w:tabs>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:bCs/>
+                    <w:sz w:val="21"/>
+                    <w:szCs w:val="21"/>
+                    <w:lang w:val="fr-FR"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="008F026C">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:bCs/>
+                    <w:sz w:val="21"/>
+                    <w:szCs w:val="21"/>
+                    <w:lang w:val="fr-FR"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4A221315" w14:textId="49EB31A6" w:rsidR="008F026C" w:rsidRPr="008F026C" w:rsidRDefault="008F026C" w:rsidP="008F026C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="5025"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F026C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Nati</w:t>
+            </w:r>
+            <w:r w:rsidR="00942825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>onalität</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F026C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:bCs/>
+              <w:sz w:val="21"/>
+              <w:szCs w:val="21"/>
+              <w:lang w:val="fr-FR"/>
+            </w:rPr>
+            <w:id w:val="-1410528620"/>
+            <w:placeholder>
+              <w:docPart w:val="53E8446E32FB4772B95F690FB02546B2"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w15:appearance w15:val="hidden"/>
+            <w:text/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="3387" w:type="dxa"/>
+                <w:tcBorders>
+                  <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                </w:tcBorders>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+              </w:tcPr>
+              <w:p w14:paraId="1842F5F9" w14:textId="77777777" w:rsidR="008F026C" w:rsidRPr="008F026C" w:rsidRDefault="008F026C" w:rsidP="008F026C">
+                <w:pPr>
+                  <w:tabs>
+                    <w:tab w:val="left" w:pos="5025"/>
+                  </w:tabs>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:bCs/>
+                    <w:sz w:val="21"/>
+                    <w:szCs w:val="21"/>
+                    <w:lang w:val="fr-FR"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="008F026C">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:bCs/>
+                    <w:sz w:val="21"/>
+                    <w:szCs w:val="21"/>
+                    <w:lang w:val="fr-FR"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="008F026C" w:rsidRPr="008F026C" w14:paraId="3AAF32A9" w14:textId="77777777" w:rsidTr="001437F5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F2FD746" w14:textId="6F4E06FF" w:rsidR="008F026C" w:rsidRPr="008F026C" w:rsidRDefault="00942825" w:rsidP="008F026C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="5025"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Geschlecht</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5962642E" w14:textId="77777777" w:rsidR="008F026C" w:rsidRPr="008F026C" w:rsidRDefault="008F026C" w:rsidP="008F026C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="5025"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EAA2B0E" w14:textId="7E03ACC2" w:rsidR="008F026C" w:rsidRPr="008F026C" w:rsidRDefault="00000000" w:rsidP="008F026C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="840"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:bCs/>
+                  <w:sz w:val="21"/>
+                  <w:szCs w:val="21"/>
+                  <w:lang w:val="fr-FR"/>
+                </w:rPr>
+                <w:id w:val="-1400352727"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="008F026C" w:rsidRPr="008F026C">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
+                    <w:bCs/>
+                    <w:sz w:val="21"/>
+                    <w:szCs w:val="21"/>
+                    <w:lang w:val="fr-FR"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00B80F64">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidR="008F026C" w:rsidRPr="008F026C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:bCs/>
+                  <w:sz w:val="21"/>
+                  <w:szCs w:val="21"/>
+                  <w:lang w:val="fr-FR"/>
+                </w:rPr>
+                <w:id w:val="848213705"/>
+                <w15:appearance w15:val="hidden"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="008F026C" w:rsidRPr="008F026C">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
+                    <w:bCs/>
+                    <w:sz w:val="21"/>
+                    <w:szCs w:val="21"/>
+                    <w:lang w:val="fr-FR"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00B80F64">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>F</w:t>
+            </w:r>
+            <w:r w:rsidR="008F026C" w:rsidRPr="008F026C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:bCs/>
+                  <w:sz w:val="21"/>
+                  <w:szCs w:val="21"/>
+                  <w:lang w:val="fr-FR"/>
+                </w:rPr>
+                <w:id w:val="1858386735"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="008F026C" w:rsidRPr="008F026C">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
+                    <w:bCs/>
+                    <w:sz w:val="21"/>
+                    <w:szCs w:val="21"/>
+                    <w:lang w:val="fr-FR"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="008F026C" w:rsidRPr="008F026C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidR="00B80F64">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>ndere</w:t>
+            </w:r>
+            <w:r w:rsidR="008F026C" w:rsidRPr="008F026C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5142729B" w14:textId="77777777" w:rsidR="008F026C" w:rsidRPr="008F026C" w:rsidRDefault="008F026C" w:rsidP="008F026C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="5025"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F026C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Adresse</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:bCs/>
+              <w:sz w:val="21"/>
+              <w:szCs w:val="21"/>
+              <w:lang w:val="fr-FR"/>
+            </w:rPr>
+            <w:id w:val="-826204718"/>
+            <w:placeholder>
+              <w:docPart w:val="139D7F9FCA4642B6B31DF519ECA37405"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w15:appearance w15:val="hidden"/>
+            <w:text/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="3387" w:type="dxa"/>
+                <w:tcBorders>
+                  <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                </w:tcBorders>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+              </w:tcPr>
+              <w:p w14:paraId="7D3378D3" w14:textId="77777777" w:rsidR="008F026C" w:rsidRPr="008F026C" w:rsidRDefault="008F026C" w:rsidP="008F026C">
+                <w:pPr>
+                  <w:tabs>
+                    <w:tab w:val="left" w:pos="5025"/>
+                  </w:tabs>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:bCs/>
+                    <w:sz w:val="21"/>
+                    <w:szCs w:val="21"/>
+                    <w:lang w:val="fr-FR"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="008F026C">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:bCs/>
+                    <w:sz w:val="21"/>
+                    <w:szCs w:val="21"/>
+                    <w:lang w:val="fr-FR"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="008F026C" w:rsidRPr="008F026C" w14:paraId="29BD2E4C" w14:textId="77777777" w:rsidTr="001437F5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6E37488C" w14:textId="4CC8AA70" w:rsidR="008F026C" w:rsidRPr="008F026C" w:rsidRDefault="008F026C" w:rsidP="008F026C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="5025"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F026C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>T</w:t>
+            </w:r>
+            <w:r w:rsidR="008124CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>elefon</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F026C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59E703D1" w14:textId="77777777" w:rsidR="008F026C" w:rsidRPr="008F026C" w:rsidRDefault="008F026C" w:rsidP="008F026C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="5025"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:bCs/>
+              <w:sz w:val="21"/>
+              <w:szCs w:val="21"/>
+              <w:lang w:val="fr-FR"/>
+            </w:rPr>
+            <w:id w:val="1281687346"/>
+            <w:placeholder>
+              <w:docPart w:val="02A47F461DD24D30B0046E5872DA81BC"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w15:appearance w15:val="hidden"/>
+            <w:text/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2832" w:type="dxa"/>
+                <w:tcBorders>
+                  <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                </w:tcBorders>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+              </w:tcPr>
+              <w:p w14:paraId="0E8A4491" w14:textId="77777777" w:rsidR="008F026C" w:rsidRPr="008F026C" w:rsidRDefault="008F026C" w:rsidP="008F026C">
+                <w:pPr>
+                  <w:tabs>
+                    <w:tab w:val="left" w:pos="5025"/>
+                  </w:tabs>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:bCs/>
+                    <w:sz w:val="21"/>
+                    <w:szCs w:val="21"/>
+                    <w:lang w:val="fr-FR"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="008F026C">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:bCs/>
+                    <w:sz w:val="21"/>
+                    <w:szCs w:val="21"/>
+                    <w:lang w:val="fr-FR"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="697527C5" w14:textId="35D50541" w:rsidR="008F026C" w:rsidRPr="008F026C" w:rsidRDefault="008F026C" w:rsidP="008F026C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="5025"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008F026C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>E-</w:t>
+            </w:r>
+            <w:r w:rsidR="00003109">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F026C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>ail</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="008F026C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:bCs/>
+              <w:sz w:val="21"/>
+              <w:szCs w:val="21"/>
+              <w:lang w:val="fr-FR"/>
+            </w:rPr>
+            <w:id w:val="1030143838"/>
+            <w:placeholder>
+              <w:docPart w:val="BF49D9F3345D4EB997939651347181B6"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w15:appearance w15:val="hidden"/>
+            <w:text/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="3387" w:type="dxa"/>
+                <w:tcBorders>
+                  <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                </w:tcBorders>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+              </w:tcPr>
+              <w:p w14:paraId="4E839A24" w14:textId="77777777" w:rsidR="008F026C" w:rsidRPr="008F026C" w:rsidRDefault="008F026C" w:rsidP="008F026C">
+                <w:pPr>
+                  <w:tabs>
+                    <w:tab w:val="left" w:pos="5025"/>
+                  </w:tabs>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:bCs/>
+                    <w:sz w:val="21"/>
+                    <w:szCs w:val="21"/>
+                    <w:lang w:val="fr-FR"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="008F026C">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:bCs/>
+                    <w:sz w:val="21"/>
+                    <w:szCs w:val="21"/>
+                    <w:lang w:val="fr-FR"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="008F026C" w:rsidRPr="00A95BA1" w14:paraId="055A59A4" w14:textId="77777777" w:rsidTr="001437F5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9624" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="59A5DD91" w14:textId="77777777" w:rsidR="008F026C" w:rsidRPr="008F026C" w:rsidRDefault="008F026C" w:rsidP="008F026C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="5025"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4B31FA36" w14:textId="3E4596BB" w:rsidR="008F026C" w:rsidRPr="008F026C" w:rsidRDefault="008124CB" w:rsidP="008F026C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="5025"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00443EF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t>Bezug</w:t>
+            </w:r>
+            <w:r w:rsidR="00443EF4" w:rsidRPr="00443EF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t>sperson für Notfälle</w:t>
+            </w:r>
+            <w:r w:rsidR="008F026C" w:rsidRPr="008F026C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidR="00443EF4" w:rsidRPr="00443EF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t>Name</w:t>
+            </w:r>
+            <w:r w:rsidR="008F026C" w:rsidRPr="008F026C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00443EF4" w:rsidRPr="00443EF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t>Vo</w:t>
+            </w:r>
+            <w:r w:rsidR="00443EF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t>rname</w:t>
+            </w:r>
+            <w:r w:rsidR="008F026C" w:rsidRPr="008F026C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00003109" w:rsidRPr="004B637F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Beziehung, </w:t>
+            </w:r>
+            <w:r w:rsidR="00003109">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+              </w:rPr>
+              <w:t>Handynummer</w:t>
+            </w:r>
+            <w:r w:rsidR="00003109" w:rsidRPr="004B637F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+              </w:rPr>
+              <w:t>, E</w:t>
+            </w:r>
+            <w:r w:rsidR="00003109">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+              </w:rPr>
+              <w:t>-M</w:t>
+            </w:r>
+            <w:r w:rsidR="00003109" w:rsidRPr="004B637F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+              </w:rPr>
+              <w:t>ail</w:t>
+            </w:r>
+            <w:r w:rsidR="008F026C" w:rsidRPr="008F026C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5758D118" w14:textId="77777777" w:rsidR="008F026C" w:rsidRPr="008F026C" w:rsidRDefault="008F026C" w:rsidP="008F026C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="5025"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F026C" w:rsidRPr="008F026C" w14:paraId="514C79CA" w14:textId="77777777" w:rsidTr="001437F5">
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:bCs/>
+              <w:sz w:val="21"/>
+              <w:szCs w:val="21"/>
+              <w:lang w:val="fr-FR"/>
+            </w:rPr>
+            <w:id w:val="-1213263889"/>
+            <w:placeholder>
+              <w:docPart w:val="B73011A1CEDC4B1CA52F4BE0CE38A602"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w15:appearance w15:val="hidden"/>
+            <w:text/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="9624" w:type="dxa"/>
+                <w:gridSpan w:val="4"/>
+                <w:tcBorders>
+                  <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                </w:tcBorders>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+              </w:tcPr>
+              <w:p w14:paraId="762DACD6" w14:textId="77777777" w:rsidR="008F026C" w:rsidRPr="008F026C" w:rsidRDefault="008F026C" w:rsidP="008F026C">
+                <w:pPr>
+                  <w:tabs>
+                    <w:tab w:val="left" w:pos="5025"/>
+                  </w:tabs>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:bCs/>
+                    <w:sz w:val="21"/>
+                    <w:szCs w:val="21"/>
+                    <w:lang w:val="fr-FR"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="008F026C">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:bCs/>
+                    <w:sz w:val="21"/>
+                    <w:szCs w:val="21"/>
+                    <w:lang w:val="fr-FR"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="7F361DB0" w14:textId="0F9CE5D6" w:rsidR="0031273C" w:rsidRPr="005937D7" w:rsidRDefault="005215DB" w:rsidP="005937D7">
+      <w:pPr>
+        <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t>aten Ihres Ausbildungsbetriebs bzw. Ihres derzeitigen Arbeitgebers</w:t>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
         </w:rPr>
-      </w:pPr>
-[...266 lines deleted...]
-        <w:spacing w:before="240"/>
+        <w:t>Kontaktd</w:t>
+      </w:r>
+      <w:r w:rsidR="004B637F" w:rsidRPr="004B637F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="004B637F">
+        <w:t xml:space="preserve">aten </w:t>
+      </w:r>
+      <w:r w:rsidR="001C417C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t>Daten der Berufsfachschule</w:t>
-[...301 lines deleted...]
-      <w:pPr>
+        <w:t>des</w:t>
+      </w:r>
+      <w:r w:rsidR="004B637F" w:rsidRPr="004B637F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
         </w:rPr>
-      </w:pPr>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="004B637F">
+        <w:t xml:space="preserve"> Ausbildungsbetriebs </w:t>
+      </w:r>
+      <w:r w:rsidR="001C417C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
         </w:rPr>
+        <w:t>(für Jugendliche mit einer betrieblichen Ausbildung)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Grilledutableau"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1980"/>
+        <w:gridCol w:w="2832"/>
+        <w:gridCol w:w="1425"/>
+        <w:gridCol w:w="3387"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="005937D7" w:rsidRPr="005937D7" w14:paraId="11634D27" w14:textId="77777777" w:rsidTr="001437F5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="691DB324" w14:textId="6FE6B496" w:rsidR="005937D7" w:rsidRPr="005937D7" w:rsidRDefault="0091126D" w:rsidP="005937D7">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="5025"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Name des Unternehmens</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="336E6577" w14:textId="77777777" w:rsidR="005937D7" w:rsidRPr="005937D7" w:rsidRDefault="005937D7" w:rsidP="005937D7">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="5025"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:bCs/>
+              <w:sz w:val="21"/>
+              <w:szCs w:val="21"/>
+              <w:lang w:val="fr-FR"/>
+            </w:rPr>
+            <w:id w:val="-931431003"/>
+            <w:placeholder>
+              <w:docPart w:val="20A30234E34D4BAB83C75A2D7902FBA0"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w15:appearance w15:val="hidden"/>
+            <w:text/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2832" w:type="dxa"/>
+                <w:tcBorders>
+                  <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                </w:tcBorders>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+              </w:tcPr>
+              <w:p w14:paraId="2D375A9A" w14:textId="77777777" w:rsidR="005937D7" w:rsidRPr="005937D7" w:rsidRDefault="005937D7" w:rsidP="005937D7">
+                <w:pPr>
+                  <w:tabs>
+                    <w:tab w:val="left" w:pos="5025"/>
+                  </w:tabs>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:bCs/>
+                    <w:sz w:val="21"/>
+                    <w:szCs w:val="21"/>
+                    <w:lang w:val="fr-FR"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="005937D7">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:bCs/>
+                    <w:sz w:val="21"/>
+                    <w:szCs w:val="21"/>
+                    <w:lang w:val="fr-FR"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3F9B8DA7" w14:textId="006FCE60" w:rsidR="005937D7" w:rsidRPr="005937D7" w:rsidRDefault="00D151EE" w:rsidP="005937D7">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="5025"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Telefon</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:bCs/>
+              <w:sz w:val="21"/>
+              <w:szCs w:val="21"/>
+              <w:lang w:val="fr-FR"/>
+            </w:rPr>
+            <w:id w:val="1821690357"/>
+            <w:placeholder>
+              <w:docPart w:val="0CEE5ADFBE1748D7AB9C34E29ED1609B"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w15:appearance w15:val="hidden"/>
+            <w:text/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="3387" w:type="dxa"/>
+                <w:tcBorders>
+                  <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                </w:tcBorders>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+              </w:tcPr>
+              <w:p w14:paraId="4D9612FD" w14:textId="77777777" w:rsidR="005937D7" w:rsidRPr="005937D7" w:rsidRDefault="005937D7" w:rsidP="005937D7">
+                <w:pPr>
+                  <w:tabs>
+                    <w:tab w:val="left" w:pos="5025"/>
+                  </w:tabs>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:bCs/>
+                    <w:sz w:val="21"/>
+                    <w:szCs w:val="21"/>
+                    <w:lang w:val="fr-FR"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="005937D7">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:bCs/>
+                    <w:sz w:val="21"/>
+                    <w:szCs w:val="21"/>
+                    <w:lang w:val="fr-FR"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="005937D7" w:rsidRPr="005937D7" w14:paraId="19CB9EC3" w14:textId="77777777" w:rsidTr="001437F5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="29939175" w14:textId="77777777" w:rsidR="005937D7" w:rsidRPr="005937D7" w:rsidRDefault="005937D7" w:rsidP="005937D7">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="5025"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005937D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Adresse</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D400980" w14:textId="77777777" w:rsidR="005937D7" w:rsidRPr="005937D7" w:rsidRDefault="005937D7" w:rsidP="005937D7">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="5025"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:bCs/>
+              <w:sz w:val="21"/>
+              <w:szCs w:val="21"/>
+              <w:lang w:val="fr-FR"/>
+            </w:rPr>
+            <w:id w:val="654649942"/>
+            <w:placeholder>
+              <w:docPart w:val="B5F7A1D6B2964A3FA4312EA99AFDCEB5"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w15:appearance w15:val="hidden"/>
+            <w:text/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2832" w:type="dxa"/>
+                <w:tcBorders>
+                  <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                </w:tcBorders>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+              </w:tcPr>
+              <w:p w14:paraId="3CB93EBB" w14:textId="77777777" w:rsidR="005937D7" w:rsidRPr="005937D7" w:rsidRDefault="005937D7" w:rsidP="005937D7">
+                <w:pPr>
+                  <w:tabs>
+                    <w:tab w:val="left" w:pos="5025"/>
+                  </w:tabs>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:bCs/>
+                    <w:sz w:val="21"/>
+                    <w:szCs w:val="21"/>
+                    <w:lang w:val="fr-FR"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="005937D7">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:bCs/>
+                    <w:sz w:val="21"/>
+                    <w:szCs w:val="21"/>
+                    <w:lang w:val="fr-FR"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="29A84D7F" w14:textId="634A4BDF" w:rsidR="005937D7" w:rsidRPr="005937D7" w:rsidRDefault="00D151EE" w:rsidP="005937D7">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="5025"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Website</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:bCs/>
+              <w:sz w:val="21"/>
+              <w:szCs w:val="21"/>
+              <w:lang w:val="fr-FR"/>
+            </w:rPr>
+            <w:id w:val="-583684776"/>
+            <w:placeholder>
+              <w:docPart w:val="806A8B8C56074CD5BD80B43AA939999D"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w15:appearance w15:val="hidden"/>
+            <w:text/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="3387" w:type="dxa"/>
+                <w:tcBorders>
+                  <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                </w:tcBorders>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+              </w:tcPr>
+              <w:p w14:paraId="38B1D881" w14:textId="77777777" w:rsidR="005937D7" w:rsidRPr="005937D7" w:rsidRDefault="005937D7" w:rsidP="005937D7">
+                <w:pPr>
+                  <w:tabs>
+                    <w:tab w:val="left" w:pos="5025"/>
+                  </w:tabs>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:bCs/>
+                    <w:sz w:val="21"/>
+                    <w:szCs w:val="21"/>
+                    <w:lang w:val="fr-FR"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="005937D7">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:bCs/>
+                    <w:sz w:val="21"/>
+                    <w:szCs w:val="21"/>
+                    <w:lang w:val="fr-FR"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="005937D7" w:rsidRPr="00A95BA1" w14:paraId="7190A689" w14:textId="77777777" w:rsidTr="001437F5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9624" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="339666C6" w14:textId="77777777" w:rsidR="005937D7" w:rsidRPr="000C67F1" w:rsidRDefault="005937D7" w:rsidP="005937D7">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="5025"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BF17BCB" w14:textId="482B3F40" w:rsidR="005937D7" w:rsidRPr="005937D7" w:rsidRDefault="000A2846" w:rsidP="005937D7">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="5025"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A2846">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t>Betrieblicher Ausbilder</w:t>
+            </w:r>
+            <w:r w:rsidR="005937D7" w:rsidRPr="005937D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A2846">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t>Name</w:t>
+            </w:r>
+            <w:r w:rsidR="005937D7" w:rsidRPr="005937D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A2846">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t>Vorname</w:t>
+            </w:r>
+            <w:r w:rsidR="005937D7" w:rsidRPr="005937D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+              </w:rPr>
+              <w:t>Handynummer</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B637F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+              </w:rPr>
+              <w:t>, E</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+              </w:rPr>
+              <w:t>-M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B637F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+              </w:rPr>
+              <w:t>ail</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F026C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A26E79F" w14:textId="77777777" w:rsidR="005937D7" w:rsidRPr="005937D7" w:rsidRDefault="005937D7" w:rsidP="005937D7">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="5025"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005937D7" w:rsidRPr="005937D7" w14:paraId="3D14FF74" w14:textId="77777777" w:rsidTr="001437F5">
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:bCs/>
+              <w:sz w:val="21"/>
+              <w:szCs w:val="21"/>
+              <w:lang w:val="fr-FR"/>
+            </w:rPr>
+            <w:id w:val="457927377"/>
+            <w:placeholder>
+              <w:docPart w:val="205357A28FE546E7A615B4850701A47D"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w15:appearance w15:val="hidden"/>
+            <w:text/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="9624" w:type="dxa"/>
+                <w:gridSpan w:val="4"/>
+                <w:tcBorders>
+                  <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                </w:tcBorders>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+              </w:tcPr>
+              <w:p w14:paraId="5551C590" w14:textId="77777777" w:rsidR="005937D7" w:rsidRPr="005937D7" w:rsidRDefault="005937D7" w:rsidP="005937D7">
+                <w:pPr>
+                  <w:tabs>
+                    <w:tab w:val="left" w:pos="5025"/>
+                  </w:tabs>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:bCs/>
+                    <w:sz w:val="21"/>
+                    <w:szCs w:val="21"/>
+                    <w:lang w:val="fr-FR"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="005937D7">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:bCs/>
+                    <w:sz w:val="21"/>
+                    <w:szCs w:val="21"/>
+                    <w:lang w:val="fr-FR"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="464135F3" w14:textId="77777777" w:rsidR="0031273C" w:rsidRDefault="0031273C" w:rsidP="004B637F">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E884B47" w14:textId="2AD5F8E2" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B637F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>Daten der Berufsfachschule</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Grilledutableau"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1962"/>
+        <w:gridCol w:w="2858"/>
+        <w:gridCol w:w="1417"/>
+        <w:gridCol w:w="3397"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00E35CB4" w:rsidRPr="00E35CB4" w14:paraId="4E454CF6" w14:textId="77777777" w:rsidTr="001437F5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1F87BBF8" w14:textId="50AF73FF" w:rsidR="00E35CB4" w:rsidRPr="00E35CB4" w:rsidRDefault="003E1887" w:rsidP="00E35CB4">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="5025"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Name der Berufs</w:t>
+            </w:r>
+            <w:r w:rsidR="002734BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>fach</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>schule</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3542CED1" w14:textId="77777777" w:rsidR="00E35CB4" w:rsidRPr="00E35CB4" w:rsidRDefault="00E35CB4" w:rsidP="00E35CB4">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="5025"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:bCs/>
+              <w:sz w:val="21"/>
+              <w:szCs w:val="21"/>
+              <w:lang w:val="fr-FR"/>
+            </w:rPr>
+            <w:id w:val="2147241637"/>
+            <w:placeholder>
+              <w:docPart w:val="6A5E303AED774570AACB724A66E05839"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w15:appearance w15:val="hidden"/>
+            <w:text/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2858" w:type="dxa"/>
+                <w:tcBorders>
+                  <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                </w:tcBorders>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+              </w:tcPr>
+              <w:p w14:paraId="5F050AD4" w14:textId="77777777" w:rsidR="00E35CB4" w:rsidRPr="00E35CB4" w:rsidRDefault="00E35CB4" w:rsidP="00E35CB4">
+                <w:pPr>
+                  <w:tabs>
+                    <w:tab w:val="left" w:pos="5025"/>
+                  </w:tabs>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:bCs/>
+                    <w:sz w:val="21"/>
+                    <w:szCs w:val="21"/>
+                    <w:lang w:val="fr-FR"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00E35CB4">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:bCs/>
+                    <w:sz w:val="21"/>
+                    <w:szCs w:val="21"/>
+                    <w:lang w:val="fr-FR"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5F7D5E3A" w14:textId="77777777" w:rsidR="00E35CB4" w:rsidRPr="00E35CB4" w:rsidRDefault="00E35CB4" w:rsidP="00E35CB4">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="5025"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E35CB4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Adresse</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:bCs/>
+              <w:sz w:val="21"/>
+              <w:szCs w:val="21"/>
+              <w:lang w:val="fr-FR"/>
+            </w:rPr>
+            <w:id w:val="1508793980"/>
+            <w:placeholder>
+              <w:docPart w:val="8C4FEACFF7D34C9F8EA8E71677C1DF35"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w15:appearance w15:val="hidden"/>
+            <w:text/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="3397" w:type="dxa"/>
+                <w:tcBorders>
+                  <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                </w:tcBorders>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+              </w:tcPr>
+              <w:p w14:paraId="6794B088" w14:textId="77777777" w:rsidR="00E35CB4" w:rsidRPr="00E35CB4" w:rsidRDefault="00E35CB4" w:rsidP="00E35CB4">
+                <w:pPr>
+                  <w:tabs>
+                    <w:tab w:val="left" w:pos="5025"/>
+                  </w:tabs>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:bCs/>
+                    <w:sz w:val="21"/>
+                    <w:szCs w:val="21"/>
+                    <w:lang w:val="fr-FR"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00E35CB4">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:bCs/>
+                    <w:sz w:val="21"/>
+                    <w:szCs w:val="21"/>
+                    <w:lang w:val="fr-FR"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="00E35CB4" w:rsidRPr="00E35CB4" w14:paraId="09EC36E8" w14:textId="77777777" w:rsidTr="001437F5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="53A6675C" w14:textId="3A330E30" w:rsidR="00E35CB4" w:rsidRPr="00E35CB4" w:rsidRDefault="00E35CB4" w:rsidP="00E35CB4">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="5025"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E35CB4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>T</w:t>
+            </w:r>
+            <w:r w:rsidR="003E1887">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>elefon</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31D82723" w14:textId="77777777" w:rsidR="00E35CB4" w:rsidRPr="00E35CB4" w:rsidRDefault="00E35CB4" w:rsidP="00E35CB4">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="5025"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:bCs/>
+              <w:sz w:val="21"/>
+              <w:szCs w:val="21"/>
+              <w:lang w:val="fr-FR"/>
+            </w:rPr>
+            <w:id w:val="614790636"/>
+            <w:placeholder>
+              <w:docPart w:val="BA6B4A21A7704FBDAF20977CF88A53AB"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w15:appearance w15:val="hidden"/>
+            <w:text/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2858" w:type="dxa"/>
+                <w:tcBorders>
+                  <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                </w:tcBorders>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+              </w:tcPr>
+              <w:p w14:paraId="4C624713" w14:textId="77777777" w:rsidR="00E35CB4" w:rsidRPr="00E35CB4" w:rsidRDefault="00E35CB4" w:rsidP="00E35CB4">
+                <w:pPr>
+                  <w:tabs>
+                    <w:tab w:val="left" w:pos="5025"/>
+                  </w:tabs>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:bCs/>
+                    <w:sz w:val="21"/>
+                    <w:szCs w:val="21"/>
+                    <w:lang w:val="fr-FR"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00E35CB4">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:bCs/>
+                    <w:sz w:val="21"/>
+                    <w:szCs w:val="21"/>
+                    <w:lang w:val="fr-FR"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="714D8A2D" w14:textId="5C26F3C2" w:rsidR="00E35CB4" w:rsidRPr="00E35CB4" w:rsidRDefault="003E1887" w:rsidP="00E35CB4">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="5025"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Website</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:bCs/>
+              <w:sz w:val="21"/>
+              <w:szCs w:val="21"/>
+              <w:lang w:val="fr-FR"/>
+            </w:rPr>
+            <w:id w:val="-790973346"/>
+            <w:placeholder>
+              <w:docPart w:val="4EB5637C1C1349BB941000EA746C16FE"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w15:appearance w15:val="hidden"/>
+            <w:text/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="3397" w:type="dxa"/>
+                <w:tcBorders>
+                  <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                </w:tcBorders>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+              </w:tcPr>
+              <w:p w14:paraId="46BADE3A" w14:textId="77777777" w:rsidR="00E35CB4" w:rsidRPr="00E35CB4" w:rsidRDefault="00E35CB4" w:rsidP="00E35CB4">
+                <w:pPr>
+                  <w:tabs>
+                    <w:tab w:val="left" w:pos="5025"/>
+                  </w:tabs>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:bCs/>
+                    <w:sz w:val="21"/>
+                    <w:szCs w:val="21"/>
+                    <w:lang w:val="fr-FR"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00E35CB4">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:bCs/>
+                    <w:sz w:val="21"/>
+                    <w:szCs w:val="21"/>
+                    <w:lang w:val="fr-FR"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="00E35CB4" w:rsidRPr="00A95BA1" w14:paraId="3DB94971" w14:textId="77777777" w:rsidTr="001437F5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9634" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="460321F8" w14:textId="77777777" w:rsidR="00E35CB4" w:rsidRPr="00E35CB4" w:rsidRDefault="00E35CB4" w:rsidP="00E35CB4">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="5025"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="30EC2B8C" w14:textId="77777777" w:rsidR="00E35CB4" w:rsidRDefault="00545429" w:rsidP="00E35CB4">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="5025"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E41261">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t>Klassen</w:t>
+            </w:r>
+            <w:r w:rsidR="00E41261" w:rsidRPr="00E41261">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t>lehrer und/oder Abteilungsl</w:t>
+            </w:r>
+            <w:r w:rsidR="00E41261">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t>eiter</w:t>
+            </w:r>
+            <w:r w:rsidR="00E35CB4" w:rsidRPr="00E35CB4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E41261" w:rsidRPr="005937D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00E41261" w:rsidRPr="000A2846">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t>Name</w:t>
+            </w:r>
+            <w:r w:rsidR="00E41261" w:rsidRPr="005937D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00E41261" w:rsidRPr="000A2846">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t>Vorname</w:t>
+            </w:r>
+            <w:r w:rsidR="00E41261" w:rsidRPr="005937D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00E41261">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+              </w:rPr>
+              <w:t>Handynummer</w:t>
+            </w:r>
+            <w:r w:rsidR="00E41261" w:rsidRPr="004B637F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+              </w:rPr>
+              <w:t>, E</w:t>
+            </w:r>
+            <w:r w:rsidR="00E41261">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+              </w:rPr>
+              <w:t>-M</w:t>
+            </w:r>
+            <w:r w:rsidR="00E41261" w:rsidRPr="004B637F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+              </w:rPr>
+              <w:t>ail</w:t>
+            </w:r>
+            <w:r w:rsidR="00E41261" w:rsidRPr="008F026C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51E4485F" w14:textId="54524040" w:rsidR="00E41261" w:rsidRPr="00E35CB4" w:rsidRDefault="00E41261" w:rsidP="00E35CB4">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="5025"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E35CB4" w:rsidRPr="00E35CB4" w14:paraId="18E1F792" w14:textId="77777777" w:rsidTr="001437F5">
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:bCs/>
+              <w:sz w:val="21"/>
+              <w:szCs w:val="21"/>
+              <w:lang w:val="fr-FR"/>
+            </w:rPr>
+            <w:id w:val="-683676316"/>
+            <w:placeholder>
+              <w:docPart w:val="0183385A16B54EACB36B3295C7F0B025"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w15:appearance w15:val="hidden"/>
+            <w:text/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="9634" w:type="dxa"/>
+                <w:gridSpan w:val="4"/>
+                <w:tcBorders>
+                  <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                </w:tcBorders>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+              </w:tcPr>
+              <w:p w14:paraId="08434CB2" w14:textId="77777777" w:rsidR="00E35CB4" w:rsidRPr="00E35CB4" w:rsidRDefault="00E35CB4" w:rsidP="00E35CB4">
+                <w:pPr>
+                  <w:tabs>
+                    <w:tab w:val="left" w:pos="5025"/>
+                  </w:tabs>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:bCs/>
+                    <w:sz w:val="21"/>
+                    <w:szCs w:val="21"/>
+                    <w:lang w:val="fr-FR"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00E35CB4">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:bCs/>
+                    <w:sz w:val="21"/>
+                    <w:szCs w:val="21"/>
+                    <w:lang w:val="fr-FR"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4824FF44" w14:textId="77777777" w:rsidR="00E35CB4" w:rsidRDefault="00E35CB4" w:rsidP="004B637F">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14B5DA63" w14:textId="77777777" w:rsidR="00E35CB4" w:rsidRDefault="00E35CB4" w:rsidP="004B637F">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19315428" w14:textId="77777777" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23594DA9" w14:textId="77777777" w:rsidR="00E41261" w:rsidRDefault="00E41261" w:rsidP="004B637F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="684FF0C2" w14:textId="6923F420" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B637F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Berufliche Grundbildung</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DD4242E" w14:textId="77777777" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
-[...47 lines deleted...]
-    <w:p w14:paraId="2E7CF385" w14:textId="186539A7" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
+    <w:p w14:paraId="270D5C48" w14:textId="5EB80959" w:rsidR="00C31ED0" w:rsidRPr="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2835"/>
           <w:tab w:val="left" w:pos="3544"/>
           <w:tab w:val="left" w:pos="4678"/>
           <w:tab w:val="left" w:pos="5387"/>
           <w:tab w:val="left" w:pos="6521"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B637F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>Lehrabschluss Jahr:   202</w:t>
       </w:r>
@@ -1500,234 +2935,402 @@
       </w:r>
       <w:r w:rsidRPr="004B637F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
             <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
           </w:rPr>
           <w:id w:val="-2112120965"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="004B637F">
+          <w:r w:rsidR="00550DC0">
             <w:rPr>
-              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:sz w:val="21"/>
               <w:szCs w:val="21"/>
               <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="004B637F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="004B637F">
-[...44 lines deleted...]
-          <w:r w:rsidRPr="004B637F">
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Grilledutableau"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5637"/>
+        <w:gridCol w:w="3997"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00C31ED0" w:rsidRPr="00C31ED0" w14:paraId="76F15FE9" w14:textId="77777777" w:rsidTr="001F5AF7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5637" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="469A08BA" w14:textId="03BFB0D3" w:rsidR="00C31ED0" w:rsidRPr="00C31ED0" w:rsidRDefault="00C31ED0" w:rsidP="00C31ED0">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="5025"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F5AF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t>Beruf</w:t>
+            </w:r>
+            <w:r w:rsidR="001F5AF7" w:rsidRPr="001F5AF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (offizielle Bezeichnung </w:t>
+            </w:r>
+            <w:r w:rsidR="00EF6AA4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+              </w:rPr>
+              <w:t>auf dem Berufsdiplom</w:t>
+            </w:r>
+            <w:r w:rsidR="001F5AF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E4DA7DB" w14:textId="77777777" w:rsidR="00C31ED0" w:rsidRPr="00C31ED0" w:rsidRDefault="00C31ED0" w:rsidP="00C31ED0">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="5025"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
             <w:rPr>
-              <w:rStyle w:val="Textedelespacerserv"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:bCs/>
               <w:sz w:val="21"/>
               <w:szCs w:val="21"/>
+              <w:lang w:val="fr-FR"/>
             </w:rPr>
-            <w:t>Klicken Sie hier, um Text einzugeben.</w:t>
-[...48 lines deleted...]
-          <w:r w:rsidRPr="004B637F">
+            <w:id w:val="1427997792"/>
+            <w:placeholder>
+              <w:docPart w:val="C6776EB5CB5B4F9AAD97E380D1769837"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w15:appearance w15:val="hidden"/>
+            <w:text/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="3997" w:type="dxa"/>
+                <w:tcBorders>
+                  <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                </w:tcBorders>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+              </w:tcPr>
+              <w:p w14:paraId="242D3FB2" w14:textId="77777777" w:rsidR="00C31ED0" w:rsidRPr="00C31ED0" w:rsidRDefault="00C31ED0" w:rsidP="00C31ED0">
+                <w:pPr>
+                  <w:tabs>
+                    <w:tab w:val="left" w:pos="5025"/>
+                  </w:tabs>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:bCs/>
+                    <w:sz w:val="21"/>
+                    <w:szCs w:val="21"/>
+                    <w:lang w:val="fr-FR"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00C31ED0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:bCs/>
+                    <w:sz w:val="21"/>
+                    <w:szCs w:val="21"/>
+                    <w:lang w:val="fr-FR"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="00C31ED0" w:rsidRPr="00C31ED0" w14:paraId="1E81B8E9" w14:textId="77777777" w:rsidTr="001F5AF7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5637" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="24F95C17" w14:textId="5E23D7BE" w:rsidR="00C31ED0" w:rsidRPr="00C31ED0" w:rsidRDefault="00277934" w:rsidP="00C31ED0">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="5025"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B637F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+              </w:rPr>
+              <w:t>Gewünschte Tätigkeiten /gewünschte Branche während des Praktikums</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (gemäss Beruf)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B637F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
             <w:rPr>
-              <w:rStyle w:val="Textedelespacerserv"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:bCs/>
               <w:sz w:val="21"/>
               <w:szCs w:val="21"/>
+              <w:lang w:val="fr-FR"/>
             </w:rPr>
-            <w:t>Klicken Sie hier, um Text einzugeben.</w:t>
-[...3 lines deleted...]
-    </w:p>
+            <w:id w:val="1636377128"/>
+            <w:placeholder>
+              <w:docPart w:val="B199EC240D974BDCA61EB705814FFF05"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w15:appearance w15:val="hidden"/>
+            <w:text/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="3997" w:type="dxa"/>
+                <w:tcBorders>
+                  <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                </w:tcBorders>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+              </w:tcPr>
+              <w:p w14:paraId="0D4EAE4F" w14:textId="77777777" w:rsidR="00C31ED0" w:rsidRPr="00C31ED0" w:rsidRDefault="00C31ED0" w:rsidP="00C31ED0">
+                <w:pPr>
+                  <w:tabs>
+                    <w:tab w:val="left" w:pos="840"/>
+                  </w:tabs>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:bCs/>
+                    <w:sz w:val="21"/>
+                    <w:szCs w:val="21"/>
+                    <w:lang w:val="fr-FR"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00C31ED0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:bCs/>
+                    <w:sz w:val="21"/>
+                    <w:szCs w:val="21"/>
+                    <w:lang w:val="fr-FR"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+    </w:tbl>
     <w:p w14:paraId="0A9703FF" w14:textId="77777777" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5E80F679" w14:textId="7FE55936" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B637F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>Aufenthaltsoptionen mit Swiss Mobility</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0185192C" w14:textId="3A64962E" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
+    <w:p w14:paraId="0185192C" w14:textId="5D17B9F2" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B637F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
-        <w:t>Der Aufenthalt im Swiss Mobility Partnerkanton ist folgendermassen aufgebaut:</w:t>
+        <w:t xml:space="preserve">Der Aufenthalt im Swiss Mobility Partnerkanton ist </w:t>
+      </w:r>
+      <w:r w:rsidR="00907FA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>wie folgt strukturiert</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B637F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4672DE55" w14:textId="77777777" w:rsidR="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B637F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="single"/>
         </w:rPr>
@@ -1824,374 +3427,367 @@
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Berufspraktikum in Vollzeit (im erlernten Beruf) von 3-5 Monaten Dauer.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="400E370A" w14:textId="77777777" w:rsidR="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B637F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Monatlicher Brutto-Richtlohn mind. Fr. 1'200 (gemäss kantonalen Gesamtarbeitsverträgen).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="543992C5" w14:textId="756F0B37" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
+    <w:p w14:paraId="2DBABB55" w14:textId="602B07A7" w:rsidR="004B637F" w:rsidRDefault="004B637F" w:rsidP="00135477">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B637F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Swiss Mobility leistet einen fixen Beitrag an die Unterkunftskosten während des Aufenthaltes im Zielkanton. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17695CA4" w14:textId="77777777" w:rsidR="00135477" w:rsidRPr="00135477" w:rsidRDefault="00135477" w:rsidP="00135477">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B637F">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="2DBABB55" w14:textId="77777777" w:rsidR="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
-[...11 lines deleted...]
-    <w:p w14:paraId="3FC06B0E" w14:textId="14196815" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
+    <w:p w14:paraId="3FC06B0E" w14:textId="22BA1E5D" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B637F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">Gewünschte Sprache: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
             <w:lang w:val="de-CH"/>
           </w:rPr>
           <w:id w:val="2001152258"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="004B637F">
+          <w:r w:rsidR="00A67FD5">
             <w:rPr>
-              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:sz w:val="21"/>
               <w:szCs w:val="21"/>
               <w:lang w:val="de-CH"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="004B637F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> Französisch  </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
             <w:lang w:val="de-CH"/>
           </w:rPr>
           <w:id w:val="2055421006"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="004B637F">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="21"/>
               <w:szCs w:val="21"/>
               <w:lang w:val="de-CH"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="004B637F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> Italienisch</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53D7C99B" w14:textId="77777777" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B637F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>Bitte geben Sie den bevorzugten Kanton an* (nummerieren Sie die ersten drei Favoriten):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="185E3121" w14:textId="7CC85C13" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
+    <w:p w14:paraId="185E3121" w14:textId="592BAD3A" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F5885">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">( </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
             <w:lang w:eastAsia="it-IT"/>
           </w:rPr>
           <w:id w:val="1996213796"/>
           <w:placeholder>
             <w:docPart w:val="D3129F4CB0BC402F817DEF4909EB2316"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="000F5885">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="21"/>
               <w:szCs w:val="21"/>
             </w:rPr>
             <w:t>Nr.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="000F5885">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> ) JU</w:t>
       </w:r>
       <w:r w:rsidRPr="000F5885">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve"> ( </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
             <w:lang w:eastAsia="it-IT"/>
           </w:rPr>
           <w:id w:val="708298158"/>
           <w:placeholder>
             <w:docPart w:val="6DF39A29A0714086A34982AE7175326D"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="000F5885">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="21"/>
               <w:szCs w:val="21"/>
             </w:rPr>
             <w:t>Nr.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="000F5885">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> ) </w:t>
       </w:r>
       <w:r w:rsidR="000F5885" w:rsidRPr="000F5885">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>VS</w:t>
       </w:r>
       <w:r w:rsidRPr="000F5885">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="007B41B4" w:rsidRPr="000F5885">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
-        <w:t xml:space="preserve">    </w:t>
+        <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="007B41B4" w:rsidRPr="000F5885">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="000F5885">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="000F5885">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
             <w:lang w:eastAsia="it-IT"/>
           </w:rPr>
           <w:id w:val="-1092238816"/>
           <w:placeholder>
             <w:docPart w:val="04CEE0926C384E43AA37B0720F991BC1"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="000F5885">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="21"/>
               <w:szCs w:val="21"/>
             </w:rPr>
             <w:t>Nr.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="000F5885">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> ) </w:t>
       </w:r>
       <w:r w:rsidR="000F5885">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
@@ -2207,383 +3803,387 @@
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="708F6F17" w14:textId="77777777" w:rsidR="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B637F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">* Es gilt Punkt 3 der allgemeinen Bedingungen. Die Gesuchstellerin oder der Gesuchsteller nimmt zur Kenntnis, dass der vorgeschlagene Zielkanton möglicherweise nicht zu den bevorzugten Kantonen gehört. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5444C2F8" w14:textId="01DE805F" w:rsidR="006F3065" w:rsidRPr="006F3065" w:rsidRDefault="006F3065" w:rsidP="004B637F">
+    <w:p w14:paraId="5444C2F8" w14:textId="01DE805F" w:rsidR="006F3065" w:rsidRPr="006F3065" w:rsidRDefault="00000000" w:rsidP="004B637F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
             <w:lang w:val="it-CH"/>
           </w:rPr>
           <w:id w:val="-1595091100"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidR="00014149">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:sz w:val="21"/>
               <w:szCs w:val="21"/>
               <w:lang w:val="it-CH"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r>
+      <w:r w:rsidR="006F3065">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="006F3065">
+      <w:r w:rsidR="006F3065" w:rsidRPr="006F3065">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>Ich bin bereit, selbstständig nach einem Praktikumsplatz in einem anderen Kanton zu suchen, falls ich nicht ausgewählt werde.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="721536AB" w14:textId="77777777" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
+    <w:p w14:paraId="721536AB" w14:textId="37B87797" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B637F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">Sprachkenntnisse mit Niveau (z.B. A1-C2):   </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
             <w:lang w:val="de-CH"/>
           </w:rPr>
           <w:id w:val="1773046822"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="004B637F">
+          <w:r w:rsidR="00A0707A">
             <w:rPr>
-              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:sz w:val="21"/>
               <w:szCs w:val="21"/>
               <w:lang w:val="de-CH"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="004B637F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> A1 </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
             <w:lang w:val="de-CH"/>
           </w:rPr>
           <w:id w:val="-317657762"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="004B637F">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="21"/>
               <w:szCs w:val="21"/>
               <w:lang w:val="de-CH"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="004B637F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> A2 </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
             <w:lang w:val="de-CH"/>
           </w:rPr>
           <w:id w:val="-1888941211"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="004B637F">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="21"/>
               <w:szCs w:val="21"/>
               <w:lang w:val="de-CH"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="004B637F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> B1 </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
             <w:lang w:val="de-CH"/>
           </w:rPr>
           <w:id w:val="2015107886"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="004B637F">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="21"/>
               <w:szCs w:val="21"/>
               <w:lang w:val="de-CH"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="004B637F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> B 2 </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
             <w:lang w:val="de-CH"/>
           </w:rPr>
           <w:id w:val="339508758"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="004B637F">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="21"/>
               <w:szCs w:val="21"/>
               <w:lang w:val="de-CH"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="004B637F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> C1 </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
             <w:lang w:val="de-CH"/>
           </w:rPr>
           <w:id w:val="2102905202"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="004B637F">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="21"/>
               <w:szCs w:val="21"/>
               <w:lang w:val="de-CH"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="004B637F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> C 2</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32DF3123" w14:textId="77777777" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="376CDEA9" w14:textId="77777777" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
+    <w:p w14:paraId="376CDEA9" w14:textId="74D0358B" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="00A0707A" w:rsidP="004B637F">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B637F">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
-        <w:t>Bevorzugter Zeitraum / Dauer:</w:t>
+        <w:t>Pratktikumszeitraum</w:t>
+      </w:r>
+      <w:r w:rsidR="004B637F" w:rsidRPr="004B637F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66A6D627" w14:textId="36E65D01" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
+    <w:p w14:paraId="66A6D627" w14:textId="610A7AF3" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B637F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>Bitte geben Sie den gewünschten Zeitraum und die gewünschte Dauer an</w:t>
       </w:r>
       <w:r w:rsidRPr="004B637F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
@@ -2610,1353 +4210,2466 @@
       </w:r>
       <w:r w:rsidR="00E05B94">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="004B637F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">): </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
+            <w:highlight w:val="lightGray"/>
             <w:lang w:eastAsia="it-IT"/>
           </w:rPr>
           <w:id w:val="-1985075892"/>
           <w:placeholder>
             <w:docPart w:val="6A3AA758E6E4424C86920FE5DFF10327"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="004B637F">
+          <w:r w:rsidR="000063F4" w:rsidRPr="00505B5B">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="21"/>
               <w:szCs w:val="21"/>
+              <w:highlight w:val="lightGray"/>
             </w:rPr>
-            <w:t>Klicken Sie hier, um Text einzugeben.</w:t>
+            <w:t xml:space="preserve">                                                                          </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="25856496" w14:textId="77777777" w:rsidR="006F3065" w:rsidRDefault="006F3065" w:rsidP="004B637F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="single"/>
           <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3F49C4E7" w14:textId="529126AC" w:rsidR="004B637F" w:rsidRPr="00072382" w:rsidRDefault="004B637F" w:rsidP="004B637F">
+    <w:p w14:paraId="582ECFD3" w14:textId="77777777" w:rsidR="00F75523" w:rsidRDefault="00F75523" w:rsidP="004B637F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54FAA0C8" w14:textId="77777777" w:rsidR="00F75523" w:rsidRDefault="00F75523" w:rsidP="004B637F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A0052EC" w14:textId="3AFA6959" w:rsidR="00F75523" w:rsidRDefault="00F75523" w:rsidP="004B637F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F49C4E7" w14:textId="2DF70ED2" w:rsidR="004B637F" w:rsidRPr="00072382" w:rsidRDefault="004B637F" w:rsidP="004B637F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00072382">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Referenzen</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A325D54" w14:textId="2E43F87C" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
+    <w:p w14:paraId="6A325D54" w14:textId="3BA6C631" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B637F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t>Referenzen können beim Berufsbildner/bei der Berufsbildnerin oder beim Schulleiter/ bei der Schulleiterin oder beim Ausbildungsbetrieb / Arbeitgeber eingeholt werden.</w:t>
+        <w:t>Referenzen können bei</w:t>
+      </w:r>
+      <w:r w:rsidR="006645F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> der Berufsfachschule</w:t>
+      </w:r>
+      <w:r w:rsidR="0031474F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Berufsbildner oder Direktion)</w:t>
+      </w:r>
+      <w:r w:rsidR="006645F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B637F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">oder </w:t>
+      </w:r>
+      <w:r w:rsidR="00140B7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>dem Lehrbetrieb</w:t>
+      </w:r>
+      <w:r w:rsidR="0031474F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004679BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>Berufsbildner oder Direktion)</w:t>
+      </w:r>
+      <w:r w:rsidR="00140B7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> angefordert</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B637F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> werden.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E0F3F84" w14:textId="0E8C0FBA" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
+    <w:p w14:paraId="2E0F3F84" w14:textId="62DBE657" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B637F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t>Mit den folgenden Angaben empfehle ich die Kandidatur für das Berufspraktikum Swiss Mobility und stehe für Referenzauskünfte gerne zur Verfügung.</w:t>
+        <w:t xml:space="preserve">Mit den folgenden Angaben empfehle ich die </w:t>
+      </w:r>
+      <w:r w:rsidR="004679BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>Bewerbung</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B637F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> für </w:t>
+      </w:r>
+      <w:r w:rsidR="004679BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>ein Swiss Mobility</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B637F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Berufspraktikum und stehe für </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD2C57">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>Auskünfte</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B637F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gerne zur Verfügung.</w:t>
       </w:r>
       <w:r w:rsidRPr="004B637F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A0471B0" w14:textId="77777777" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B637F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>Angaben der Referenzperson:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="378A3266" w14:textId="77777777" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
-      <w:pPr>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Grilledutableau"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1980"/>
+        <w:gridCol w:w="2832"/>
+        <w:gridCol w:w="1425"/>
+        <w:gridCol w:w="3387"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00CE34DC" w:rsidRPr="00CE34DC" w14:paraId="50E73B36" w14:textId="77777777" w:rsidTr="001437F5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4DA6F4FD" w14:textId="7E822BAB" w:rsidR="00CE34DC" w:rsidRPr="00CE34DC" w:rsidRDefault="00CE34DC" w:rsidP="00CE34DC">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="5025"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Name</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="191178C3" w14:textId="77777777" w:rsidR="00CE34DC" w:rsidRPr="00CE34DC" w:rsidRDefault="00CE34DC" w:rsidP="00CE34DC">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="5025"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:bCs/>
+              <w:sz w:val="21"/>
+              <w:szCs w:val="21"/>
+              <w:lang w:val="fr-FR"/>
+            </w:rPr>
+            <w:id w:val="1669294090"/>
+            <w:placeholder>
+              <w:docPart w:val="0EF3085107FD4AD5B6282123E23222BD"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w15:appearance w15:val="hidden"/>
+            <w:text/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2832" w:type="dxa"/>
+                <w:tcBorders>
+                  <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                </w:tcBorders>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+              </w:tcPr>
+              <w:p w14:paraId="4E528510" w14:textId="77777777" w:rsidR="00CE34DC" w:rsidRPr="00CE34DC" w:rsidRDefault="00CE34DC" w:rsidP="00CE34DC">
+                <w:pPr>
+                  <w:tabs>
+                    <w:tab w:val="left" w:pos="5025"/>
+                  </w:tabs>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:bCs/>
+                    <w:sz w:val="21"/>
+                    <w:szCs w:val="21"/>
+                    <w:lang w:val="fr-FR"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00CE34DC">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:bCs/>
+                    <w:sz w:val="21"/>
+                    <w:szCs w:val="21"/>
+                    <w:lang w:val="fr-FR"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4EC7A7CE" w14:textId="762EEBBF" w:rsidR="00CE34DC" w:rsidRPr="00CE34DC" w:rsidRDefault="00CE34DC" w:rsidP="00CE34DC">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="5025"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Vorname</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:bCs/>
+              <w:sz w:val="21"/>
+              <w:szCs w:val="21"/>
+              <w:lang w:val="fr-FR"/>
+            </w:rPr>
+            <w:id w:val="-1876613190"/>
+            <w:placeholder>
+              <w:docPart w:val="0C4E4611B2024EC699937E459C01491C"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w15:appearance w15:val="hidden"/>
+            <w:text/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="3387" w:type="dxa"/>
+                <w:tcBorders>
+                  <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                </w:tcBorders>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+              </w:tcPr>
+              <w:p w14:paraId="5C7D6060" w14:textId="77777777" w:rsidR="00CE34DC" w:rsidRPr="00CE34DC" w:rsidRDefault="00CE34DC" w:rsidP="00CE34DC">
+                <w:pPr>
+                  <w:tabs>
+                    <w:tab w:val="left" w:pos="5025"/>
+                  </w:tabs>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:bCs/>
+                    <w:sz w:val="21"/>
+                    <w:szCs w:val="21"/>
+                    <w:lang w:val="fr-FR"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00CE34DC">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:bCs/>
+                    <w:sz w:val="21"/>
+                    <w:szCs w:val="21"/>
+                    <w:lang w:val="fr-FR"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="00CE34DC" w:rsidRPr="00CE34DC" w14:paraId="46CFC4B9" w14:textId="77777777" w:rsidTr="001437F5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="51D75584" w14:textId="2C259769" w:rsidR="00CE34DC" w:rsidRPr="00CE34DC" w:rsidRDefault="00CE34DC" w:rsidP="00CE34DC">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="5025"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Funktion</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4CF88D0F" w14:textId="77777777" w:rsidR="00CE34DC" w:rsidRPr="00CE34DC" w:rsidRDefault="00CE34DC" w:rsidP="00CE34DC">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="5025"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:bCs/>
+              <w:sz w:val="21"/>
+              <w:szCs w:val="21"/>
+              <w:lang w:val="fr-FR"/>
+            </w:rPr>
+            <w:id w:val="1478721462"/>
+            <w:placeholder>
+              <w:docPart w:val="CFE530D8A783486B9AE24AB7C83E0FEF"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w15:appearance w15:val="hidden"/>
+            <w:text/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2832" w:type="dxa"/>
+                <w:tcBorders>
+                  <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                </w:tcBorders>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+              </w:tcPr>
+              <w:p w14:paraId="764845B3" w14:textId="77777777" w:rsidR="00CE34DC" w:rsidRPr="00CE34DC" w:rsidRDefault="00CE34DC" w:rsidP="00CE34DC">
+                <w:pPr>
+                  <w:tabs>
+                    <w:tab w:val="left" w:pos="5025"/>
+                  </w:tabs>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:bCs/>
+                    <w:sz w:val="21"/>
+                    <w:szCs w:val="21"/>
+                    <w:lang w:val="fr-FR"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00CE34DC">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:bCs/>
+                    <w:sz w:val="21"/>
+                    <w:szCs w:val="21"/>
+                    <w:lang w:val="fr-FR"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4DA6C848" w14:textId="30692F2F" w:rsidR="00CE34DC" w:rsidRPr="00CE34DC" w:rsidRDefault="00CE34DC" w:rsidP="00CE34DC">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="5025"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>E-Mail</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CE34DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:bCs/>
+              <w:sz w:val="21"/>
+              <w:szCs w:val="21"/>
+              <w:lang w:val="fr-FR"/>
+            </w:rPr>
+            <w:id w:val="-1094864389"/>
+            <w:placeholder>
+              <w:docPart w:val="E49BC6948BA148E28CE040D344B2194C"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w15:appearance w15:val="hidden"/>
+            <w:text/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="3387" w:type="dxa"/>
+                <w:tcBorders>
+                  <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                </w:tcBorders>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+              </w:tcPr>
+              <w:p w14:paraId="125E4D7F" w14:textId="77777777" w:rsidR="00CE34DC" w:rsidRPr="00CE34DC" w:rsidRDefault="00CE34DC" w:rsidP="00CE34DC">
+                <w:pPr>
+                  <w:tabs>
+                    <w:tab w:val="left" w:pos="5025"/>
+                  </w:tabs>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:bCs/>
+                    <w:sz w:val="21"/>
+                    <w:szCs w:val="21"/>
+                    <w:lang w:val="fr-FR"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00CE34DC">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:bCs/>
+                    <w:sz w:val="21"/>
+                    <w:szCs w:val="21"/>
+                    <w:lang w:val="fr-FR"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="00CE34DC" w:rsidRPr="00CE34DC" w14:paraId="28DF5C87" w14:textId="77777777" w:rsidTr="001437F5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2BBAC0E7" w14:textId="288207C1" w:rsidR="00CE34DC" w:rsidRPr="00CE34DC" w:rsidRDefault="00CE34DC" w:rsidP="00CE34DC">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="5025"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Telefon</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="368733A3" w14:textId="77777777" w:rsidR="00CE34DC" w:rsidRPr="00CE34DC" w:rsidRDefault="00CE34DC" w:rsidP="00CE34DC">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="5025"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:bCs/>
+              <w:sz w:val="21"/>
+              <w:szCs w:val="21"/>
+              <w:lang w:val="fr-FR"/>
+            </w:rPr>
+            <w:id w:val="-1462725297"/>
+            <w:placeholder>
+              <w:docPart w:val="FD941FE9ED3E492B9E616B0EED6BCB7D"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w15:appearance w15:val="hidden"/>
+            <w:text/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2832" w:type="dxa"/>
+                <w:tcBorders>
+                  <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                </w:tcBorders>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+              </w:tcPr>
+              <w:p w14:paraId="7BD4C642" w14:textId="77777777" w:rsidR="00CE34DC" w:rsidRPr="00CE34DC" w:rsidRDefault="00CE34DC" w:rsidP="00CE34DC">
+                <w:pPr>
+                  <w:tabs>
+                    <w:tab w:val="left" w:pos="5025"/>
+                  </w:tabs>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:bCs/>
+                    <w:sz w:val="21"/>
+                    <w:szCs w:val="21"/>
+                    <w:lang w:val="fr-FR"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00CE34DC">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:bCs/>
+                    <w:sz w:val="21"/>
+                    <w:szCs w:val="21"/>
+                    <w:lang w:val="fr-FR"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CC6CE36" w14:textId="77777777" w:rsidR="00CE34DC" w:rsidRPr="00CE34DC" w:rsidRDefault="00CE34DC" w:rsidP="00CE34DC">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="5025"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3387" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="61E1A763" w14:textId="77777777" w:rsidR="00CE34DC" w:rsidRPr="00CE34DC" w:rsidRDefault="00CE34DC" w:rsidP="00CE34DC">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="5025"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE34DC" w:rsidRPr="00CE34DC" w14:paraId="09083601" w14:textId="77777777" w:rsidTr="001437F5">
+        <w:trPr>
+          <w:trHeight w:val="364"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BED7F89" w14:textId="77777777" w:rsidR="00CE34DC" w:rsidRPr="00CE34DC" w:rsidRDefault="00CE34DC" w:rsidP="00CE34DC">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="5025"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="0142721B" w14:textId="77777777" w:rsidR="00CE34DC" w:rsidRPr="00CE34DC" w:rsidRDefault="00CE34DC" w:rsidP="00CE34DC">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="5025"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6D202649" w14:textId="77777777" w:rsidR="00CE34DC" w:rsidRPr="00CE34DC" w:rsidRDefault="00CE34DC" w:rsidP="00CE34DC">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="5025"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="0569AC5F" w14:textId="77777777" w:rsidR="00CE34DC" w:rsidRPr="00CE34DC" w:rsidRDefault="00CE34DC" w:rsidP="00CE34DC">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="5025"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3387" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="42065C1A" w14:textId="77777777" w:rsidR="00CE34DC" w:rsidRPr="00CE34DC" w:rsidRDefault="00CE34DC" w:rsidP="00CE34DC">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="5025"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE34DC" w:rsidRPr="00CE34DC" w14:paraId="1F730336" w14:textId="77777777" w:rsidTr="001437F5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1B0C6EB3" w14:textId="1BA20E43" w:rsidR="00CE34DC" w:rsidRPr="00CE34DC" w:rsidRDefault="00CE34DC" w:rsidP="00CE34DC">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="5025"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Ort und Datum</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:bCs/>
+              <w:sz w:val="21"/>
+              <w:szCs w:val="21"/>
+              <w:lang w:val="fr-FR"/>
+            </w:rPr>
+            <w:id w:val="252628703"/>
+            <w:placeholder>
+              <w:docPart w:val="675F70A6470E4C519419DCBD77B9C33E"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w15:appearance w15:val="hidden"/>
+            <w:text/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2832" w:type="dxa"/>
+                <w:tcBorders>
+                  <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                </w:tcBorders>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+              </w:tcPr>
+              <w:p w14:paraId="46FF948E" w14:textId="77777777" w:rsidR="00CE34DC" w:rsidRPr="00CE34DC" w:rsidRDefault="00CE34DC" w:rsidP="00CE34DC">
+                <w:pPr>
+                  <w:tabs>
+                    <w:tab w:val="left" w:pos="5025"/>
+                  </w:tabs>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:bCs/>
+                    <w:sz w:val="21"/>
+                    <w:szCs w:val="21"/>
+                    <w:lang w:val="fr-FR"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00CE34DC">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:bCs/>
+                    <w:sz w:val="21"/>
+                    <w:szCs w:val="21"/>
+                    <w:lang w:val="fr-FR"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="55F2E905" w14:textId="77777777" w:rsidR="00CE34DC" w:rsidRPr="00CE34DC" w:rsidRDefault="00CE34DC" w:rsidP="00CE34DC">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="5025"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3387" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="62E2520F" w14:textId="77777777" w:rsidR="00CE34DC" w:rsidRPr="00CE34DC" w:rsidRDefault="00CE34DC" w:rsidP="00CE34DC">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="5025"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE34DC" w:rsidRPr="00CE34DC" w14:paraId="1A1A0EBC" w14:textId="77777777" w:rsidTr="001437F5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A4EE877" w14:textId="77777777" w:rsidR="00CE34DC" w:rsidRPr="00CE34DC" w:rsidRDefault="00CE34DC" w:rsidP="00CE34DC">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="5025"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="6038D965" w14:textId="77777777" w:rsidR="00CE34DC" w:rsidRPr="00CE34DC" w:rsidRDefault="00CE34DC" w:rsidP="00CE34DC">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="5025"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7FF8F26C" w14:textId="77777777" w:rsidR="00CE34DC" w:rsidRPr="00CE34DC" w:rsidRDefault="00CE34DC" w:rsidP="00CE34DC">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="5025"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3387" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C79074F" w14:textId="77777777" w:rsidR="00CE34DC" w:rsidRPr="00CE34DC" w:rsidRDefault="00CE34DC" w:rsidP="00CE34DC">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="5025"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE34DC" w:rsidRPr="00CE34DC" w14:paraId="1C908B9B" w14:textId="77777777" w:rsidTr="001437F5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74B3FC23" w14:textId="72200B8C" w:rsidR="00CE34DC" w:rsidRPr="00CE34DC" w:rsidRDefault="00CE34DC" w:rsidP="00CE34DC">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="5025"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Unterschrift</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="37DCD39C" w14:textId="77777777" w:rsidR="00CE34DC" w:rsidRPr="00CE34DC" w:rsidRDefault="00CE34DC" w:rsidP="00CE34DC">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="5025"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2DAEDC1E" w14:textId="77777777" w:rsidR="00CE34DC" w:rsidRPr="00CE34DC" w:rsidRDefault="00CE34DC" w:rsidP="00CE34DC">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="5025"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3387" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="283F3993" w14:textId="77777777" w:rsidR="00CE34DC" w:rsidRPr="00CE34DC" w:rsidRDefault="00CE34DC" w:rsidP="00CE34DC">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="5025"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1A18333C" w14:textId="77777777" w:rsidR="0027226B" w:rsidRDefault="0027226B" w:rsidP="004B637F">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+        </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4BBC3524" w14:textId="77777777" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
+    <w:p w14:paraId="60AE6C4F" w14:textId="77777777" w:rsidR="00911CF6" w:rsidRDefault="00911CF6" w:rsidP="00EE09DC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D521CD1" w14:textId="66E0FF48" w:rsidR="00EE09DC" w:rsidRDefault="004B637F" w:rsidP="00EE09DC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B637F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>Angaben der Bewerberin / des Bewerbers:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36ED7329" w14:textId="77777777" w:rsidR="00911CF6" w:rsidRDefault="004B637F" w:rsidP="00911CF6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B637F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mit meiner Unterschrift melde ich mich für ein </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE09DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>Swiss Mobility</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE09DC" w:rsidRPr="004B637F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B637F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Berufspraktikum an. Ich habe von den allgemeinen Bedingungen Kenntnis genommen und bin mit diesen einverstanden. Insbesondere ist mir bewusst, dass ein Praktikumsplatz nicht garantiert werden kann. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3750DB1B" w14:textId="77777777" w:rsidR="00911CF6" w:rsidRDefault="004B637F" w:rsidP="00911CF6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B637F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ich bin damit einverstanden, dass die </w:t>
+      </w:r>
+      <w:r w:rsidR="002F6082">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>Swiss Mobility-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B637F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>Partne</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB41DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="009836E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sowie die kontaktieren Un</w:t>
+      </w:r>
+      <w:r w:rsidR="00055046">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>ternehmen</w:t>
+      </w:r>
+      <w:r w:rsidR="005B734D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00136858">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>meine Unterlagen einsehen können.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15B530DE" w14:textId="77777777" w:rsidR="00911CF6" w:rsidRDefault="00A67F61" w:rsidP="00911CF6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ich bin auch damit </w:t>
+      </w:r>
+      <w:r w:rsidR="002F592F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>einverstanden, dass sich die Swiss Mobility-Partner und die kontaktieren</w:t>
+      </w:r>
+      <w:r w:rsidR="003E66C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Unternehmen bei der oben genannten Referenzperson erkundigen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="221DA8CA" w14:textId="77777777" w:rsidR="00911CF6" w:rsidRDefault="00911CF6" w:rsidP="00911CF6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B0B82A2" w14:textId="3DB1886E" w:rsidR="004B637F" w:rsidRPr="00911CF6" w:rsidRDefault="004B637F" w:rsidP="00911CF6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B637F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>Ort, Datum:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B637F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00911CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00911CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00911CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00911CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004B637F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Unterschrift der Bewerberin / des Bewerbers:        </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="539F2E2F" w14:textId="4D107EB4" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="3402"/>
+          <w:tab w:val="left" w:pos="4395"/>
         </w:tabs>
-        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B637F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="004B637F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="004B637F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="004B637F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="004B637F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="004B637F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="004B637F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="004B637F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="004B637F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="004B637F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="004B637F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="004B637F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="004B637F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="004B637F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="004B637F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="004B637F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="004B637F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="004B637F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="004B637F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="004B637F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="004B637F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="004B637F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="004B637F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="004B637F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="004B637F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="004B637F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="004B637F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="004B637F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="004B637F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="004B637F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
         </w:rPr>
-      </w:pPr>
-[...16 lines deleted...]
-        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
-            <w:lang w:eastAsia="it-IT"/>
-[...709 lines deleted...]
-            <w:szCs w:val="21"/>
+            <w:highlight w:val="lightGray"/>
             <w:lang w:eastAsia="it-IT"/>
           </w:rPr>
           <w:id w:val="186492498"/>
           <w:placeholder>
             <w:docPart w:val="AC46372E639E4ACD88948AFD46D8994F"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="004B637F">
+          <w:r w:rsidR="00911CF6" w:rsidRPr="00911CF6">
             <w:rPr>
-              <w:rStyle w:val="Textedelespacerserv"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="21"/>
               <w:szCs w:val="21"/>
+              <w:highlight w:val="lightGray"/>
+              <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
             </w:rPr>
-            <w:t>Klicken Sie hier, um Text einzugeben.</w:t>
+            <w:t xml:space="preserve">                                                 </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="004B637F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
         </w:rPr>
         <w:tab/>
         <w:t>__________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CBB96CB" w14:textId="77777777" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="07F46240" w14:textId="77777777" w:rsidR="003772A0" w:rsidRDefault="003772A0" w:rsidP="00630833">
+    <w:p w14:paraId="614F8BA3" w14:textId="77777777" w:rsidR="00911CF6" w:rsidRDefault="00911CF6" w:rsidP="00630833">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:leader="underscore" w:pos="9639"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="081CE068" w14:textId="77777777" w:rsidR="003772A0" w:rsidRDefault="003772A0" w:rsidP="00630833">
+    <w:p w14:paraId="596FD3A4" w14:textId="77777777" w:rsidR="00911CF6" w:rsidRDefault="00911CF6" w:rsidP="00630833">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:leader="underscore" w:pos="9639"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="74A438A6" w14:textId="77777777" w:rsidR="003772A0" w:rsidRDefault="003772A0" w:rsidP="00630833">
+    <w:p w14:paraId="3B5FF411" w14:textId="77777777" w:rsidR="00911CF6" w:rsidRDefault="00911CF6" w:rsidP="00630833">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:leader="underscore" w:pos="9639"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="30E66AEC" w14:textId="77777777" w:rsidR="003772A0" w:rsidRDefault="003772A0" w:rsidP="00630833">
+    <w:p w14:paraId="3BEA9A1D" w14:textId="77777777" w:rsidR="00911CF6" w:rsidRDefault="00911CF6" w:rsidP="00630833">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:leader="underscore" w:pos="9639"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3B9FE6B4" w14:textId="77777777" w:rsidR="003772A0" w:rsidRDefault="003772A0" w:rsidP="00630833">
+    <w:p w14:paraId="23D07B5C" w14:textId="77777777" w:rsidR="00911CF6" w:rsidRDefault="00911CF6" w:rsidP="00630833">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:leader="underscore" w:pos="9639"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="763F56A8" w14:textId="12A0BDD9" w:rsidR="00630833" w:rsidRPr="004B637F" w:rsidRDefault="00630833" w:rsidP="00630833">
+    <w:p w14:paraId="76EC532E" w14:textId="32272C05" w:rsidR="00630833" w:rsidRPr="004B637F" w:rsidRDefault="00630833" w:rsidP="00630833">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:leader="underscore" w:pos="9639"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B637F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Für alle: Unterschrift eines Erziehungsberechtigten:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76EC532E" w14:textId="77777777" w:rsidR="00630833" w:rsidRPr="004B637F" w:rsidRDefault="00630833" w:rsidP="00630833">
-[...20 lines deleted...]
-        </w:tabs>
+    <w:p w14:paraId="120024AC" w14:textId="21F5E9CB" w:rsidR="00931D99" w:rsidRDefault="00931D99" w:rsidP="00931D99">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B637F">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t>Name / Vorname:</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="004B637F">
+        <w:t>Name, Vorname</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00931D99">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:tab/>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00931D99">
+        <w:rPr>
+          <w:rStyle w:val="Textedelespacerserv"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
+            <w:highlight w:val="lightGray"/>
             <w:lang w:eastAsia="it-IT"/>
           </w:rPr>
-          <w:id w:val="915825147"/>
+          <w:id w:val="936412714"/>
           <w:placeholder>
-            <w:docPart w:val="81077ACE5F2345B2A6D0A3D578702C0B"/>
+            <w:docPart w:val="2991BDABFA6C400AA01327C83C812FE0"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="004B637F">
+          <w:r w:rsidRPr="00931D99">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="21"/>
               <w:szCs w:val="21"/>
+              <w:highlight w:val="lightGray"/>
             </w:rPr>
-            <w:t>Klicken Sie hier, um Text einzugeben.</w:t>
+            <w:t xml:space="preserve">                                                                        </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidRPr="00931D99">
+        <w:rPr>
+          <w:rStyle w:val="Textedelespacerserv"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E6C56FE" w14:textId="3FF2B8C3" w:rsidR="00630833" w:rsidRPr="004B637F" w:rsidRDefault="00630833" w:rsidP="00931D99">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="004B637F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:br/>
         <w:t>Ort, Datum:</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B637F">
+      <w:r w:rsidR="00931D99">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00931D99">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00931D99">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
+            <w:highlight w:val="lightGray"/>
             <w:lang w:eastAsia="it-IT"/>
           </w:rPr>
           <w:id w:val="-1958785405"/>
           <w:placeholder>
             <w:docPart w:val="1BAE56F844D34CA1ACD365887CED3693"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="004B637F">
+          <w:r w:rsidR="00931D99" w:rsidRPr="00931D99">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="21"/>
               <w:szCs w:val="21"/>
+              <w:highlight w:val="lightGray"/>
             </w:rPr>
-            <w:t>Klicken Sie hier, um Text einzugeben.</w:t>
+            <w:t xml:space="preserve">                                                                        </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="7D522E07" w14:textId="77777777" w:rsidR="00630833" w:rsidRPr="004B637F" w:rsidRDefault="00630833" w:rsidP="00630833">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="underscore" w:pos="3402"/>
           <w:tab w:val="left" w:leader="underscore" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:before="360" w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B637F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>Unterschrift: ___________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BF5309D" w14:textId="69986CA0" w:rsidR="004B637F" w:rsidRPr="00630833" w:rsidRDefault="004B637F" w:rsidP="004B637F">
+    <w:p w14:paraId="100E4293" w14:textId="77777777" w:rsidR="00931D99" w:rsidRDefault="00931D99" w:rsidP="004B637F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6856D704" w14:textId="17576D71" w:rsidR="004B637F" w:rsidRPr="00FB5F98" w:rsidRDefault="004B637F" w:rsidP="004B637F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B637F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">Senden Sie dieses Formular, die unterzeichneten allgemeinen Bedingungen und die Bewerbungsunterlagen (siehe letzte Seite) so bald wie möglich, spätestens jedoch bis </w:t>
       </w:r>
+      <w:r w:rsidRPr="00FB5F98">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">zum </w:t>
+      </w:r>
+      <w:r w:rsidR="00180185" w:rsidRPr="00FB5F98">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00574AA8" w:rsidRPr="00FB5F98">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00180185" w:rsidRPr="00FB5F98">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>. Februar 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00E05B94" w:rsidRPr="00FB5F98">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
       <w:r w:rsidRPr="004B637F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
-        <w:t xml:space="preserve">zum </w:t>
-[...6 lines deleted...]
-          <w:szCs w:val="21"/>
+        <w:t xml:space="preserve"> an </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB5F98">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00FB5F98" w:rsidRPr="00A95BA1">
+        <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
-        <w:t>2</w:t>
-[...4 lines deleted...]
-          <w:b/>
+        <w:instrText>HYPERLINK "mailto:leila.bersier@edufr.ch"</w:instrText>
+      </w:r>
+      <w:r w:rsidR="00FB5F98">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00FB5F98" w:rsidRPr="00E57B4F">
+        <w:rPr>
+          <w:rStyle w:val="Lienhypertexte"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
-        <w:t>8</w:t>
-[...4 lines deleted...]
-          <w:b/>
+        <w:t>leila.bersier@edufr.ch</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB5F98">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="004B637F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
-        <w:t>. Februar 202</w:t>
-[...4 lines deleted...]
-          <w:b/>
+        <w:t xml:space="preserve"> oder an folgende Postanschrift:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77CC1334" w14:textId="77777777" w:rsidR="00FB5F98" w:rsidRDefault="00FB5F98" w:rsidP="00630833">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
-        <w:t>6</w:t>
-[...30 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="6856D704" w14:textId="77777777" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
-[...9 lines deleted...]
-    <w:p w14:paraId="546820EF" w14:textId="12839DE2" w:rsidR="00630833" w:rsidRPr="00630833" w:rsidRDefault="00630833" w:rsidP="00630833">
+    <w:p w14:paraId="546820EF" w14:textId="171766B6" w:rsidR="00630833" w:rsidRPr="00630833" w:rsidRDefault="00630833" w:rsidP="00630833">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>Amt für Berufsbildung</w:t>
       </w:r>
       <w:r w:rsidRPr="00630833">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
@@ -4655,60 +7368,50 @@
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="109B3FEC" w14:textId="77777777" w:rsidR="003772A0" w:rsidRDefault="003772A0" w:rsidP="003772A0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="48BA534B" w14:textId="77777777" w:rsidR="003772A0" w:rsidRDefault="003772A0" w:rsidP="003772A0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1F14296A" w14:textId="77777777" w:rsidR="003772A0" w:rsidRDefault="003772A0" w:rsidP="003772A0">
-      <w:pPr>
-[...8 lines deleted...]
-    <w:p w14:paraId="13D73B32" w14:textId="77777777" w:rsidR="003772A0" w:rsidRPr="003772A0" w:rsidRDefault="003772A0" w:rsidP="003772A0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="53322FBE" w14:textId="66AE2E99" w:rsidR="004B637F" w:rsidRPr="003772A0" w:rsidRDefault="004B637F" w:rsidP="003772A0">
       <w:pPr>
         <w:keepNext/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Dotum" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00630833">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Dotum" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
@@ -4957,86 +7660,96 @@
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">Checkliste auf der letzten Seite) so schnell wie möglich an </w:t>
       </w:r>
       <w:r w:rsidR="005E2E9F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
         </w:rPr>
         <w:t>das Amt für Berufsbildung in Freiburg</w:t>
       </w:r>
       <w:r w:rsidRPr="004B637F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
         </w:rPr>
-        <w:t xml:space="preserve">, spätestens jedoch bis </w:t>
-[...4 lines deleted...]
-          <w:bCs/>
+        <w:t xml:space="preserve">, spätestens jedoch </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B404C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
         </w:rPr>
+        <w:t xml:space="preserve">bis </w:t>
+      </w:r>
+      <w:r w:rsidR="00180185" w:rsidRPr="00B404C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
+        </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00574AA8">
-[...2 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="00574AA8" w:rsidRPr="00B404C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidR="00180185">
-[...2 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="00180185" w:rsidRPr="00B404C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
         </w:rPr>
         <w:t>. Februar 202</w:t>
       </w:r>
-      <w:r w:rsidR="00E05B94">
-[...2 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="00E05B94" w:rsidRPr="00B404C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="004B637F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FD5B448" w14:textId="77777777" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="567"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
@@ -5271,51 +7984,51 @@
           <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">teilt der Bewerberin oder dem Bewerber den Kanton, der für das Praktikum von Swiss Mobility ausgewählt wurde, mit. </w:t>
       </w:r>
       <w:r w:rsidR="00F23BE8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
         </w:rPr>
         <w:t>BBA</w:t>
       </w:r>
       <w:r w:rsidRPr="004B637F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> kann einen Zielkanton vorschlagen, den der Gesuchsteller nicht als seinen Wunschkanton angegeben hat. Nach der Bestätigung durch die Antragstellerin oder den Antragssteller beginnt der gewählte Zielkanton mit der Suche nach dem Gastbetrieb;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39DA5C88" w14:textId="01389B0B" w:rsidR="00A91357" w:rsidRPr="004B637F" w:rsidRDefault="00A91357" w:rsidP="0093733F">
+    <w:p w14:paraId="39DA5C88" w14:textId="6922D024" w:rsidR="00A91357" w:rsidRPr="004B637F" w:rsidRDefault="00A91357" w:rsidP="0093733F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="567"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
         </w:rPr>
@@ -5337,51 +8050,71 @@
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Kandidat oder die Kandidatin, der/die von einem Partnerkanton nicht ausgewählt wurde, kann sich selbstständig umsehen; wenn ein Praktikumsplatz gefunden wird, übernimmt das </w:t>
       </w:r>
       <w:r w:rsidR="0093733F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
         </w:rPr>
         <w:t>BBA</w:t>
       </w:r>
       <w:r w:rsidR="0093733F" w:rsidRPr="0093733F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
         </w:rPr>
-        <w:t xml:space="preserve"> die administrative Koordination.</w:t>
+        <w:t xml:space="preserve"> die administrative Koordination</w:t>
+      </w:r>
+      <w:r w:rsidR="001D45FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Punkt 6)</w:t>
+      </w:r>
+      <w:r w:rsidR="0093733F" w:rsidRPr="0093733F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="053383F6" w14:textId="77777777" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="567"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120"/>
         <w:ind w:left="564" w:hanging="564"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B637F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="21"/>
@@ -5451,108 +8184,109 @@
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120"/>
         <w:ind w:left="510" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="it-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B637F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="it-CH"/>
         </w:rPr>
         <w:t>Erst nach der Bestätigung durch den Praktikumsbetrieb und den Kandidaten organisiert Swiss Mobility den Sprachkurs und hilft bei der Wohnungssuche.  Der Kanton Tessin, der das Projekt Swiss Mobility leitet, erstellt den Beitragsvertrag. Servizio MeS finanziert dann den Sprachkurs und zahlt den Teilnehmenden einen festen Beitrag zu den Kosten für die Unterkunft und die Rückreise;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="732FF55D" w14:textId="77777777" w:rsidR="0093733F" w:rsidRPr="0093733F" w:rsidRDefault="0093733F" w:rsidP="0093733F">
+    <w:p w14:paraId="732FF55D" w14:textId="77777777" w:rsidR="0093733F" w:rsidRPr="00DE7692" w:rsidRDefault="0093733F" w:rsidP="0093733F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:eastAsia="it-CH"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="41150F06" w14:textId="77777777" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
+    <w:p w14:paraId="41150F06" w14:textId="7D2DE8F4" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="it-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5FEE247B" w14:textId="77777777" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="it-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B637F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="it-CH"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Folgende Kosten gehen zu Lasten der Teilnehmenden: zusätzlicher Sprachkurs, Unter-</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DFA7194" w14:textId="77777777" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="it-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B637F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -5589,101 +8323,108 @@
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
         </w:rPr>
         <w:t>Die Rahmenbedingungen des Praktikums werden vom Betrieb, dem Bewerber oder der Bewerberin sowie der Swiss Mobility Partner bzw.</w:t>
       </w:r>
       <w:r w:rsidR="00F23BE8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">BBA </w:t>
       </w:r>
       <w:r w:rsidRPr="004B637F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
         </w:rPr>
-        <w:t xml:space="preserve">in einer Praktikumsvereinbarung </w:t>
-[...10 lines deleted...]
-        <w:t>festgehalten. Der Teilnehmer erhält das unter Punkt 9 genannte Gehalt nur, wenn er Vollzeit im Unternehmen arbeitet;</w:t>
+        <w:t>in einer Praktikumsvereinbarung festgehalten. Der Teilnehmer erhält das unter Punkt 9 genannte Gehalt nur, wenn er Vollzeit im Unternehmen arbeitet;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16FA5B5D" w14:textId="77777777" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
+    <w:p w14:paraId="16FA5B5D" w14:textId="09C548F0" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B637F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
         </w:rPr>
         <w:t>Vollzeit Berufspraktikum: Der Betrieb bezahlt dem/der Praktikanten/in einen m</w:t>
       </w:r>
       <w:r w:rsidRPr="004B637F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
-        <w:t>onatlichen Brutto-Richtlohn mind. Fr. 1'200 (gemäss kantonalen Gesamtarbeitsverträgen)</w:t>
+        <w:t>onatlichen Brutto-Richtlohn mind. Fr. 1'</w:t>
+      </w:r>
+      <w:r w:rsidR="00173FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B637F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>00 (gemäss kantonalen Gesamtarbeitsverträgen)</w:t>
       </w:r>
       <w:r w:rsidRPr="004B637F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">. Der Betrieb ist verantwortlich für die Abrechnung der gesetzlichen Sozialbeiträge sowie für die Anmeldung des / der Praktikanten/in bei der eigenen Unfallversicherung (UVG). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D8FC332" w14:textId="1012D6C9" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -6283,517 +9024,1025 @@
         <w:t>Am Ende des Praktikums erhält der/</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="004B637F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
         </w:rPr>
         <w:t>die Praktikant</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="004B637F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="de-CH" w:eastAsia="it-CH"/>
         </w:rPr>
         <w:t>/in ein Arbeitszeugnis vom Betrieb.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CF7C693" w14:textId="77777777" w:rsidR="00AE612E" w:rsidRDefault="00AE612E">
+    <w:p w14:paraId="3CF7C693" w14:textId="1FE6C985" w:rsidR="00AE612E" w:rsidRDefault="000F5B4A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Dotum" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...362 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="00D71626">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="it-CH" w:eastAsia="it-CH"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7F6B07BA" wp14:editId="117F1FCD">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658752" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="57D86683" wp14:editId="73CDA571">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
-              <wp:posOffset>1441450</wp:posOffset>
+              <wp:align>center</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>2978150</wp:posOffset>
+              <wp:posOffset>788035</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2858770" cy="421005"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="6" name="Immagine 6" descr="Une image contenant texte, clipart&#10;&#10;Description générée automatiquement"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="6" name="Immagine 6" descr="Une image contenant texte, clipart&#10;&#10;Description générée automatiquement"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId14" cstate="print">
+                    <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2858770" cy="421005"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
+      <w:r w:rsidR="00AE612E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Dotum" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="040DFC81" w14:textId="06705E85" w:rsidR="000F5B4A" w:rsidRDefault="000F5B4A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Dotum" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="649DA145" w14:textId="6278523D" w:rsidR="004B637F" w:rsidRPr="00630833" w:rsidRDefault="00630833" w:rsidP="00630833">
+      <w:pPr>
+        <w:keepNext/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Dotum" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00630833">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Dotum" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>Checklist Beilagen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E40B10E" w14:textId="77777777" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="786"/>
+          <w:tab w:val="num" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="786"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B637F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Lebenslauf mit Bild, in der Landessprache, die Sie verbessern möchten oder auf Deutsch</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26A6BF71" w14:textId="76A90A15" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="004B637F" w:rsidP="00826E72">
+      <w:pPr>
+        <w:ind w:left="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B637F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(gemäss Europass Vorlage </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="00A95BA1">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:instrText>HYPERLINK "https://europa.eu/europass/de"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="004B637F">
+        <w:rPr>
+          <w:rStyle w:val="Lienhypertexte"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Home | Europass</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="004B637F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="660B09A5" w14:textId="77777777" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="425" w:hanging="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B637F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Selbstverfasster Bewerbungsbrief in der Landessprache, die Sie verbessern möchten </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="507DF69A" w14:textId="77777777" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
+      <w:pPr>
+        <w:ind w:left="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004B637F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>oder</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004B637F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> auf Deutsch </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B6A4EDC" w14:textId="3AAA37E7" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:before="360" w:after="360" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="425" w:hanging="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B637F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Ausgefülltes Motivationsformular</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08600A65" w14:textId="77777777" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:before="360" w:after="360" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="425" w:hanging="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B637F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Zeugniskopie der letzten 2 Semester und (sofern vorhanden) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004B637F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>EFZ Kopie</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="677B6835" w14:textId="77777777" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="425" w:hanging="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B637F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ergebnis des Sprachtests Italienisch oder Französisch (Niveau 1) von </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="045996D8" w14:textId="77777777" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
+      <w:pPr>
+        <w:ind w:left="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="004B637F">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>testpodium</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="004B637F">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> - language test</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="7BFC8AEC" w14:textId="77777777" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:before="360" w:after="360" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="425" w:hanging="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B637F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Kopie des Passes, der Identitätskarte oder des Personalausweises</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="226A7141" w14:textId="77777777" w:rsidR="004B637F" w:rsidRPr="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:before="360" w:after="360" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="425" w:hanging="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B637F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Gesundheitserklärung (ausgefüllt und unterschrieben)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68878548" w14:textId="77777777" w:rsidR="004B637F" w:rsidRDefault="004B637F" w:rsidP="004B637F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="360" w:after="360" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="425" w:hanging="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B637F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Beurkundung guter Führung (ausgefüllt und unterschrieben)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A6C9CEB" w14:textId="77777777" w:rsidR="00117477" w:rsidRDefault="00117477" w:rsidP="00117477">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="360" w:after="360" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4000F3BE" w14:textId="0207265E" w:rsidR="0028592E" w:rsidRPr="0028592E" w:rsidRDefault="0028592E" w:rsidP="0028592E">
+      <w:pPr>
+        <w:spacing w:before="360" w:after="360" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0028592E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Lebenslauf: Hinweise für die Erstellung eines Lebenslaufs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F9386FA" w14:textId="77777777" w:rsidR="0028592E" w:rsidRPr="0028592E" w:rsidRDefault="0028592E" w:rsidP="0028592E">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0028592E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Foto</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59AE258C" w14:textId="77777777" w:rsidR="0028592E" w:rsidRPr="0028592E" w:rsidRDefault="0028592E" w:rsidP="0028592E">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0028592E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Aktuell – von vorne oder leicht im Profil – das Objektiv auf das Gesicht richten (die Schultern können sichtbar sein) – lächelndes Gesicht – In die Kamera schauen – neutraler, einfarbiger Hintergrund.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08E3481A" w14:textId="77777777" w:rsidR="0028592E" w:rsidRDefault="0028592E" w:rsidP="0028592E">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0028592E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Wesentlich: Natürlich bleiben!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7349D80E" w14:textId="77777777" w:rsidR="00D9265B" w:rsidRPr="0028592E" w:rsidRDefault="00D9265B" w:rsidP="00D9265B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1251B190" w14:textId="77777777" w:rsidR="0028592E" w:rsidRPr="0028592E" w:rsidRDefault="0028592E" w:rsidP="0028592E">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0028592E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Beruf und gesuchte Tätigkeit</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0028592E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6315A9EB" w14:textId="77777777" w:rsidR="0028592E" w:rsidRPr="0028592E" w:rsidRDefault="0028592E" w:rsidP="0028592E">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0028592E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Name des Berufs</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51247696" w14:textId="77777777" w:rsidR="0028592E" w:rsidRDefault="0028592E" w:rsidP="0028592E">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0028592E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Gewünschter Tätigkeitsbereich, der mit dem Beruf in Verbindung steht.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BBFF807" w14:textId="77777777" w:rsidR="00D9265B" w:rsidRPr="0028592E" w:rsidRDefault="00D9265B" w:rsidP="00D9265B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7EE626A4" w14:textId="77777777" w:rsidR="0028592E" w:rsidRPr="0028592E" w:rsidRDefault="0028592E" w:rsidP="0028592E">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0028592E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Berufliche Erfahrung</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E654CB9" w14:textId="77777777" w:rsidR="0028592E" w:rsidRDefault="0028592E" w:rsidP="0028592E">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0028592E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Geben Sie jede Erfahrung von mindestens einer Woche unbezahlter Arbeit ein, mit Ausnahme von Praktika während der Sekundarschule.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F67D5DF" w14:textId="77777777" w:rsidR="00D9265B" w:rsidRPr="0028592E" w:rsidRDefault="00D9265B" w:rsidP="00D9265B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F3D4BD1" w14:textId="77777777" w:rsidR="0028592E" w:rsidRPr="0028592E" w:rsidRDefault="0028592E" w:rsidP="0028592E">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0028592E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Fähigkeiten (auflisten und detailliert beschreiben)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D927F5F" w14:textId="77777777" w:rsidR="0028592E" w:rsidRPr="0028592E" w:rsidRDefault="0028592E" w:rsidP="0028592E">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0028592E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Ausserschulische Aktivitäten (Daten, Rollen, Aufgaben). Zum Beispiel: Pfadfinderleiter, Assistenzleiter Leichtathletik, Schiedsrichter, Musikgruppe, usw.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="182D2F77" w14:textId="77777777" w:rsidR="0028592E" w:rsidRPr="0028592E" w:rsidRDefault="0028592E" w:rsidP="0028592E">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0028592E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Regelmässig ausgeübte Sportarten (Dauer, Sportverein, Auszeichnungen, Preise, usw.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18829471" w14:textId="77777777" w:rsidR="0028592E" w:rsidRPr="0028592E" w:rsidRDefault="0028592E" w:rsidP="0028592E">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0028592E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Regelmässig ausgeübtes Instrument (Dauer, Konzerte, Preise, usw.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64856CF8" w14:textId="77777777" w:rsidR="0028592E" w:rsidRPr="0028592E" w:rsidRDefault="0028592E" w:rsidP="0028592E">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0028592E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Andere Hobbys</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DB24F97" w14:textId="77777777" w:rsidR="0028592E" w:rsidRPr="0028592E" w:rsidRDefault="0028592E" w:rsidP="0028592E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6CA44A77" w14:textId="77777777" w:rsidR="0028592E" w:rsidRPr="0028592E" w:rsidRDefault="0028592E" w:rsidP="0028592E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0028592E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Der Europass-Vorlage für den Lebenslauf online folgen: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7547A3BE" w14:textId="75C9A5BF" w:rsidR="00330E7A" w:rsidRPr="004B637F" w:rsidRDefault="0028592E" w:rsidP="0028592E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidRPr="0028592E">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:bCs/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+            <w:lang w:val="de-CH"/>
+          </w:rPr>
+          <w:t>https://europa.eu/europass/fr/create-your-europass-cv</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0028592E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5ACD0122" w14:textId="3CF3ED81" w:rsidR="00574AA8" w:rsidRPr="004B637F" w:rsidRDefault="00574AA8" w:rsidP="00630833">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00574AA8" w:rsidRPr="004B637F" w:rsidSect="00751038">
-      <w:headerReference w:type="even" r:id="rId15"/>
-[...2 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId18"/>
+      <w:headerReference w:type="even" r:id="rId14"/>
+      <w:headerReference w:type="default" r:id="rId15"/>
+      <w:headerReference w:type="first" r:id="rId16"/>
+      <w:footerReference w:type="first" r:id="rId17"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1701" w:right="851" w:bottom="1134" w:left="1418" w:header="652" w:footer="510" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6A38A03D" w14:textId="77777777" w:rsidR="004B637F" w:rsidRDefault="004B637F">
+    <w:p w14:paraId="1CDF4A52" w14:textId="77777777" w:rsidR="000E36E5" w:rsidRDefault="000E36E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4E58C95F" w14:textId="77777777" w:rsidR="004B637F" w:rsidRDefault="004B637F">
+    <w:p w14:paraId="641F0033" w14:textId="77777777" w:rsidR="000E36E5" w:rsidRDefault="000E36E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -6805,64 +10054,64 @@
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Segoe UI Symbol">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI Symbol">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Dotum">
     <w:altName w:val="돋움"/>
     <w:panose1 w:val="020B0600000101010101"/>
     <w:charset w:val="81"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="B00002AF" w:usb1="69D77CFB" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="26EAAFE1" w14:textId="77777777" w:rsidR="00574AA8" w:rsidRDefault="00771F69" w:rsidP="00537A47">
     <w:pPr>
       <w:pStyle w:val="01KopfzeileFusszeile"/>
       <w:rPr>
@@ -6904,158 +10153,188 @@
     </w:r>
     <w:r>
       <w:rPr>
         <w:lang w:val="fr-CH"/>
       </w:rPr>
       <w:t xml:space="preserve"> et de la formation professionnelle</w:t>
     </w:r>
     <w:r w:rsidRPr="00EC5B93">
       <w:rPr>
         <w:lang w:val="fr-CH"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:lang w:val="fr-CH"/>
       </w:rPr>
       <w:t>DEEF</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="45D68FA9" w14:textId="77777777" w:rsidR="00523587" w:rsidRPr="00E86908" w:rsidRDefault="00523587" w:rsidP="00523587">
     <w:pPr>
       <w:pStyle w:val="01KopfzeileFusszeile"/>
     </w:pPr>
+    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="00EC5B93">
       <w:rPr>
         <w:lang w:val="fr-CH"/>
       </w:rPr>
       <w:t>Volkswirtschafts</w:t>
     </w:r>
+    <w:proofErr w:type="spellEnd"/>
     <w:r>
       <w:rPr>
         <w:lang w:val="fr-CH"/>
       </w:rPr>
-      <w:t>- und Berufsbildungs</w:t>
+      <w:t xml:space="preserve">- </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r>
+      <w:rPr>
+        <w:lang w:val="fr-CH"/>
+      </w:rPr>
+      <w:t>und</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r>
+      <w:rPr>
+        <w:lang w:val="fr-CH"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r>
+      <w:rPr>
+        <w:lang w:val="fr-CH"/>
+      </w:rPr>
+      <w:t>Berufsbildungs</w:t>
     </w:r>
     <w:r w:rsidRPr="00EC5B93">
       <w:rPr>
         <w:lang w:val="fr-CH"/>
       </w:rPr>
-      <w:t xml:space="preserve">direktion </w:t>
+      <w:t>direktion</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidRPr="00EC5B93">
+      <w:rPr>
+        <w:lang w:val="fr-CH"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00EC5B93">
       <w:rPr>
         <w:b/>
         <w:lang w:val="fr-CH"/>
       </w:rPr>
       <w:t>VW</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:lang w:val="fr-CH"/>
       </w:rPr>
       <w:t>B</w:t>
     </w:r>
     <w:r w:rsidRPr="00EC5B93">
       <w:rPr>
         <w:b/>
         <w:lang w:val="fr-CH"/>
       </w:rPr>
       <w:t>D</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="53522DF2" w14:textId="77777777" w:rsidR="00523587" w:rsidRPr="006A672E" w:rsidRDefault="00523587" w:rsidP="00537A47">
     <w:pPr>
       <w:pStyle w:val="01KopfzeileFusszeile"/>
       <w:rPr>
         <w:lang w:val="fr-CH"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="05B14A06" w14:textId="77777777" w:rsidR="004B637F" w:rsidRDefault="004B637F">
+    <w:p w14:paraId="3E031C6C" w14:textId="77777777" w:rsidR="000E36E5" w:rsidRDefault="000E36E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="07175CE5" w14:textId="77777777" w:rsidR="004B637F" w:rsidRDefault="004B637F">
+    <w:p w14:paraId="23067779" w14:textId="77777777" w:rsidR="000E36E5" w:rsidRDefault="000E36E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="035DFA32" w14:textId="77777777" w:rsidR="00771F69" w:rsidRDefault="00771F69">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="31150BBF" w14:textId="77777777" w:rsidR="00702F2B" w:rsidRDefault="00702F2B"/>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9298" w:type="dxa"/>
       <w:tblInd w:w="341" w:type="dxa"/>
       <w:tblBorders>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="9298"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00D429B4" w:rsidRPr="00102826" w14:paraId="08A875F5" w14:textId="77777777">
+    <w:tr w:rsidR="00D429B4" w:rsidRPr="00A95BA1" w14:paraId="08A875F5" w14:textId="77777777">
       <w:trPr>
         <w:trHeight w:val="567"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="9298" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="7BC94B82" w14:textId="77777777" w:rsidR="00574AA8" w:rsidRDefault="00771F69" w:rsidP="00537A47">
           <w:pPr>
             <w:pStyle w:val="09HeaderSeite2"/>
           </w:pPr>
           <w:r>
             <w:t>Amt für Berufsbildung</w:t>
           </w:r>
           <w:r w:rsidRPr="002D3345">
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:b w:val="0"/>
             </w:rPr>
             <w:t>BBA</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="7462AD8A" w14:textId="77777777" w:rsidR="00574AA8" w:rsidRPr="00B57B63" w:rsidRDefault="00771F69" w:rsidP="00537A47">
@@ -7240,51 +10519,51 @@
     <w:tblGrid>
       <w:gridCol w:w="5500"/>
       <w:gridCol w:w="4139"/>
     </w:tblGrid>
     <w:tr w:rsidR="00D429B4" w14:paraId="171BE07E" w14:textId="77777777">
       <w:trPr>
         <w:trHeight w:val="1701"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5500" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="7766DB74" w14:textId="77777777" w:rsidR="00574AA8" w:rsidRPr="00AA545D" w:rsidRDefault="00771F69" w:rsidP="002121B3">
           <w:pPr>
             <w:pStyle w:val="TM1"/>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00AA545D">
             <w:rPr>
               <w:noProof/>
               <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
             </w:rPr>
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="35F4904D" wp14:editId="0250B444">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="35F4904D" wp14:editId="0250B444">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>-2963</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>847</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="935990" cy="795866"/>
                 <wp:effectExtent l="25400" t="0" r="3810" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Image 1" descr="logo_fr_300.jpg"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="1350602811" name="logo_fr_300.jpg"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:stretch>
                           <a:fillRect/>
@@ -7365,51 +10644,65 @@
             <w:rPr>
               <w:lang w:val="de-DE"/>
             </w:rPr>
             <w:t>BBA</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="549C9229" w14:textId="77777777" w:rsidR="00574AA8" w:rsidRPr="00EC5B93" w:rsidRDefault="00574AA8" w:rsidP="00537A47">
           <w:pPr>
             <w:pStyle w:val="01KopfzeileFusszeile"/>
             <w:rPr>
               <w:lang w:val="de-DE"/>
             </w:rPr>
           </w:pPr>
         </w:p>
         <w:p w14:paraId="15A00C2F" w14:textId="77777777" w:rsidR="00574AA8" w:rsidRPr="00EC5B93" w:rsidRDefault="00771F69" w:rsidP="00537A47">
           <w:pPr>
             <w:pStyle w:val="01KopfzeileFusszeile"/>
             <w:rPr>
               <w:lang w:val="de-DE"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:lang w:val="de-DE"/>
             </w:rPr>
-            <w:t>Derrière-les-Remparts 1, 1700</w:t>
+            <w:t>Derrière-</w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r>
+            <w:rPr>
+              <w:lang w:val="de-DE"/>
+            </w:rPr>
+            <w:t>les</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r>
+            <w:rPr>
+              <w:lang w:val="de-DE"/>
+            </w:rPr>
+            <w:t>-Remparts 1, 1700</w:t>
           </w:r>
           <w:r w:rsidRPr="00EC5B93">
             <w:rPr>
               <w:lang w:val="de-DE"/>
             </w:rPr>
             <w:t xml:space="preserve"> Freiburg</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="38002005" w14:textId="77777777" w:rsidR="00574AA8" w:rsidRPr="00EC5B93" w:rsidRDefault="00574AA8" w:rsidP="00537A47">
           <w:pPr>
             <w:pStyle w:val="01KopfzeileFusszeile"/>
             <w:rPr>
               <w:lang w:val="de-DE"/>
             </w:rPr>
           </w:pPr>
         </w:p>
         <w:p w14:paraId="77D93B73" w14:textId="77777777" w:rsidR="00574AA8" w:rsidRPr="00EC5B93" w:rsidRDefault="00771F69" w:rsidP="00537A47">
           <w:pPr>
             <w:pStyle w:val="01KopfzeileFusszeile"/>
             <w:rPr>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
@@ -7456,51 +10749,51 @@
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:numPicBullet w:numPicBulletId="0">
     <w:pict>
       <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
         <v:stroke joinstyle="miter"/>
         <v:formulas>
           <v:f eqn="if lineDrawn pixelLineWidth 0"/>
           <v:f eqn="sum @0 1 0"/>
           <v:f eqn="sum 0 0 @1"/>
           <v:f eqn="prod @2 1 2"/>
           <v:f eqn="prod @3 21600 pixelWidth"/>
           <v:f eqn="prod @3 21600 pixelHeight"/>
           <v:f eqn="sum @0 0 1"/>
           <v:f eqn="prod @6 1 2"/>
           <v:f eqn="prod @7 21600 pixelWidth"/>
           <v:f eqn="sum @8 21600 0"/>
           <v:f eqn="prod @7 21600 pixelHeight"/>
           <v:f eqn="sum @10 21600 0"/>
         </v:formulas>
         <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
         <o:lock v:ext="edit" aspectratio="t"/>
       </v:shapetype>
-      <v:shape id="_x0000_i1080" type="#_x0000_t75" style="width:11.25pt;height:11.25pt" o:bullet="t">
+      <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:11.25pt;height:11.25pt" o:bullet="t">
         <v:imagedata r:id="rId1" o:title="ecusson"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF80"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="297CE232"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
@@ -7920,50 +11213,163 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="87C62134" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="349EDF74" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1A2374D9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C2665086"/>
+    <w:lvl w:ilvl="0" w:tplc="100C0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="9DBEE7EE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="100C0005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="100C0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="100C0003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="100C0005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="100C0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="100C0003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="100C0005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="22C93BF8"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A3B49B20"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="357"/>
         </w:tabs>
         <w:ind w:left="142" w:hanging="142"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:color w:val="2F60AC"/>
         <w:sz w:val="17"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
@@ -8041,51 +11447,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2841032F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A1B2C066"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="646"/>
         </w:tabs>
         <w:ind w:left="425" w:hanging="141"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:color w:val="2F60AC"/>
         <w:sz w:val="17"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
@@ -8187,51 +11593,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2B1749AB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E71C9F9C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1352" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -8300,51 +11706,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8384" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9736" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="44330E24"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="65586536"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="227"/>
         </w:tabs>
         <w:ind w:left="227" w:hanging="227"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:color w:val="2F60AC"/>
         <w:sz w:val="17"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
@@ -8422,51 +11828,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4D33708B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0DA285F8"/>
     <w:lvl w:ilvl="0" w:tplc="F7620B54">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -8563,68 +11969,69 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="52FA05A6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="CD84F604"/>
-[...3 lines deleted...]
-      <w:lvlText w:val="-"/>
+    <w:tmpl w:val="28D26738"/>
+    <w:lvl w:ilvl="0" w:tplc="2DC8D34C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="786"/>
         </w:tabs>
         <w:ind w:left="786" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
-        <w:sz w:val="28"/>
+        <w:rFonts w:hint="default"/>
+        <w:sz w:val="21"/>
+        <w:szCs w:val="21"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1506"/>
         </w:tabs>
         <w:ind w:left="1506" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2226"/>
@@ -8704,51 +12111,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5826"/>
         </w:tabs>
         <w:ind w:left="5826" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6546"/>
         </w:tabs>
         <w:ind w:left="6546" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="546A1B12"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="3996AFE0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:pStyle w:val="10cnumrotation3eniveau"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1106"/>
         </w:tabs>
         <w:ind w:left="1106" w:hanging="369"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:caps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:vanish w:val="0"/>
         <w:color w:val="auto"/>
         <w:spacing w:val="0"/>
@@ -8940,51 +12347,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="4326"/>
         </w:tabs>
         <w:ind w:left="4110" w:hanging="1224"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4686"/>
         </w:tabs>
         <w:ind w:left="4686" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="57260FD6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6D20CB4C"/>
     <w:lvl w:ilvl="0" w:tplc="B2145E8A">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:pStyle w:val="10bnumrotation2eniveau"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="737"/>
         </w:tabs>
         <w:ind w:left="737" w:hanging="368"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:caps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:vanish w:val="0"/>
         <w:color w:val="auto"/>
         <w:sz w:val="24"/>
@@ -9051,51 +12458,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="718A5218" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="F0E6467C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="57D372EB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9372DF3A"/>
     <w:lvl w:ilvl="0" w:tplc="687A6AD0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="08puces3"/>
       <w:lvlText w:val="&gt;"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="814" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:caps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:vanish w:val="0"/>
         <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none"/>
         <w:vertAlign w:val="baseline"/>
@@ -9184,51 +12591,51 @@
     <w:lvl w:ilvl="7" w:tplc="C206F058" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="1FE2731A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5A897F7A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="96A0DD84"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="851" w:hanging="851"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:caps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:vanish w:val="0"/>
         <w:color w:val="auto"/>
         <w:spacing w:val="0"/>
         <w:position w:val="0"/>
@@ -9420,51 +12827,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="3957"/>
         </w:tabs>
         <w:ind w:left="3741" w:hanging="1224"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4317"/>
         </w:tabs>
         <w:ind w:left="4317" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5FE34DC6"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="60AE4E32"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Titre1"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="851" w:hanging="851"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:caps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:vanish w:val="0"/>
         <w:color w:val="auto"/>
         <w:spacing w:val="0"/>
@@ -9661,51 +13068,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="3957"/>
         </w:tabs>
         <w:ind w:left="3741" w:hanging="1224"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4317"/>
         </w:tabs>
         <w:ind w:left="4317" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5FFB6583"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="59F6CDE2"/>
     <w:lvl w:ilvl="0" w:tplc="33325044">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:pStyle w:val="11Chapitre"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="CB365890" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -9751,51 +13158,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="1CC88A0A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="3A36936A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="697A4428"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1326DE60"/>
     <w:lvl w:ilvl="0" w:tplc="8BCEDD76">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="08puces"/>
       <w:lvlText w:val="&gt;"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:caps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:vanish w:val="0"/>
         <w:color w:val="auto"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none"/>
         <w:vertAlign w:val="baseline"/>
@@ -9884,51 +13291,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C2A2DB8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="357E6902" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6A3E0F1A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FC16712E"/>
     <w:lvl w:ilvl="0" w:tplc="F3DCCA98">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="10numrotation"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="DC14AFA4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="A8DCA342" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -9971,51 +13378,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="14BE06A8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="992E14F6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6BA973F6"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9662C768"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="»"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="454"/>
         </w:tabs>
         <w:ind w:left="454" w:hanging="227"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:caps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:vanish w:val="0"/>
         <w:color w:val="auto"/>
         <w:sz w:val="20"/>
         <w:u w:val="none"/>
@@ -10129,51 +13536,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="77856DF1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D3563D80"/>
     <w:lvl w:ilvl="0" w:tplc="D94A97A6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="08puces2"/>
       <w:lvlText w:val="&gt;"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="587" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:caps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:vanish w:val="0"/>
         <w:color w:val="auto"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none"/>
         <w:vertAlign w:val="baseline"/>
@@ -10286,51 +13693,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="714E49A4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7D016B7E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EBAE168E"/>
     <w:lvl w:ilvl="0" w:tplc="7DFEDEFC">
       <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="927" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08070019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1647" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0807001B" w:tentative="1">
@@ -10376,240 +13783,328 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5247" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5967" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0807001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6687" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="2022852531">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1765414630">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="792402045">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1795828091">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1619801569">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="792402045">
-[...7 lines deleted...]
-  </w:num>
   <w:num w:numId="6" w16cid:durableId="1228802038">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1393038850">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="943685447">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="400641164">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1052651063">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1384059858">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1173296825">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="899750849">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1714229160">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="1714229160">
-[...1 lines deleted...]
-  </w:num>
   <w:num w:numId="15" w16cid:durableId="543248240">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="315763744">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="406927483">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1690646194">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1594705563">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1591544061">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1308583088">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="87896000">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="162744525">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="861674011">
-    <w:abstractNumId w:val="24"/>
+    <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="657341793">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="578949256">
-    <w:abstractNumId w:val="24"/>
+    <w:abstractNumId w:val="25"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="5"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
+  <w:num w:numId="27" w16cid:durableId="119881484">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
   <w:numIdMacAtCleanup w:val="5"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="1021" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="mILY8ER7hjM3OLTxQ4V+74yQeuOcIpCIclzB4sVgVo+Qv9uxAdy2akUYTSCeCBEq7bm6HrSSQ/FWGYbStYK3Ew==" w:salt="aG7aaDD7OLtiMCWpqpCqYw=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="VPL+iS3iZ5Zihy8NPEH19ohpUwkA8B1RIM4fCdzTSM4VChYs2NeLLSTYnCI3LCJorPWvlac0rVorJmz7j7hrfg==" w:salt="Cg34hH85mfvX7PU5AWreTQ=="/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004B637F"/>
     <w:rsid w:val="000001FB"/>
+    <w:rsid w:val="00003109"/>
+    <w:rsid w:val="000063F4"/>
+    <w:rsid w:val="00010446"/>
     <w:rsid w:val="00014149"/>
     <w:rsid w:val="00043F91"/>
+    <w:rsid w:val="00055046"/>
     <w:rsid w:val="00072382"/>
+    <w:rsid w:val="000A2846"/>
+    <w:rsid w:val="000C67F1"/>
+    <w:rsid w:val="000E36E5"/>
     <w:rsid w:val="000F5885"/>
+    <w:rsid w:val="000F5B4A"/>
     <w:rsid w:val="00102826"/>
+    <w:rsid w:val="001056CB"/>
+    <w:rsid w:val="00117477"/>
+    <w:rsid w:val="00135477"/>
+    <w:rsid w:val="00136858"/>
+    <w:rsid w:val="00140B7B"/>
+    <w:rsid w:val="00173FD8"/>
     <w:rsid w:val="00180185"/>
+    <w:rsid w:val="001B6AC1"/>
+    <w:rsid w:val="001C417C"/>
+    <w:rsid w:val="001D45FC"/>
+    <w:rsid w:val="001F0B30"/>
+    <w:rsid w:val="001F5AF7"/>
+    <w:rsid w:val="002409CF"/>
     <w:rsid w:val="00250D80"/>
+    <w:rsid w:val="0027226B"/>
+    <w:rsid w:val="002734BD"/>
+    <w:rsid w:val="00277934"/>
+    <w:rsid w:val="0028592E"/>
+    <w:rsid w:val="002E5172"/>
+    <w:rsid w:val="002F592F"/>
+    <w:rsid w:val="002F6082"/>
+    <w:rsid w:val="0031273C"/>
+    <w:rsid w:val="0031474F"/>
+    <w:rsid w:val="00330E7A"/>
     <w:rsid w:val="003772A0"/>
+    <w:rsid w:val="003C48FF"/>
+    <w:rsid w:val="003E1887"/>
+    <w:rsid w:val="003E66C7"/>
+    <w:rsid w:val="004357FD"/>
+    <w:rsid w:val="004377EC"/>
+    <w:rsid w:val="00443EF4"/>
+    <w:rsid w:val="004679BA"/>
     <w:rsid w:val="004752F5"/>
     <w:rsid w:val="00476DA2"/>
     <w:rsid w:val="004B637F"/>
+    <w:rsid w:val="004C039A"/>
+    <w:rsid w:val="00505B5B"/>
+    <w:rsid w:val="005215DB"/>
     <w:rsid w:val="00523587"/>
+    <w:rsid w:val="00545429"/>
+    <w:rsid w:val="00550DC0"/>
     <w:rsid w:val="00574AA8"/>
+    <w:rsid w:val="005937D7"/>
     <w:rsid w:val="005B6D42"/>
+    <w:rsid w:val="005B734D"/>
+    <w:rsid w:val="005D4F72"/>
     <w:rsid w:val="005E2E9F"/>
     <w:rsid w:val="00630833"/>
+    <w:rsid w:val="006645F4"/>
     <w:rsid w:val="006F3065"/>
     <w:rsid w:val="00702F2B"/>
+    <w:rsid w:val="007474ED"/>
     <w:rsid w:val="00771F69"/>
+    <w:rsid w:val="007B3D46"/>
     <w:rsid w:val="007B41B4"/>
+    <w:rsid w:val="008124CB"/>
     <w:rsid w:val="00826E72"/>
+    <w:rsid w:val="008A7BDA"/>
     <w:rsid w:val="008E0488"/>
+    <w:rsid w:val="008F026C"/>
+    <w:rsid w:val="00907FA8"/>
+    <w:rsid w:val="0091126D"/>
+    <w:rsid w:val="00911CF6"/>
+    <w:rsid w:val="00931D99"/>
     <w:rsid w:val="0093733F"/>
+    <w:rsid w:val="00942825"/>
+    <w:rsid w:val="009836E7"/>
     <w:rsid w:val="009840B6"/>
+    <w:rsid w:val="00A0707A"/>
+    <w:rsid w:val="00A67F61"/>
+    <w:rsid w:val="00A67FD5"/>
     <w:rsid w:val="00A91357"/>
+    <w:rsid w:val="00A95BA1"/>
+    <w:rsid w:val="00AE1E79"/>
     <w:rsid w:val="00AE612E"/>
+    <w:rsid w:val="00B404C4"/>
+    <w:rsid w:val="00B6676F"/>
+    <w:rsid w:val="00B80F64"/>
+    <w:rsid w:val="00BB41DB"/>
+    <w:rsid w:val="00BB6888"/>
+    <w:rsid w:val="00C31ED0"/>
+    <w:rsid w:val="00CE34DC"/>
+    <w:rsid w:val="00D151EE"/>
     <w:rsid w:val="00D429B4"/>
+    <w:rsid w:val="00D55E0F"/>
+    <w:rsid w:val="00D9265B"/>
+    <w:rsid w:val="00DB2E4A"/>
+    <w:rsid w:val="00DB48C7"/>
+    <w:rsid w:val="00DD2C57"/>
+    <w:rsid w:val="00DD5AB9"/>
+    <w:rsid w:val="00DE7692"/>
     <w:rsid w:val="00E01323"/>
     <w:rsid w:val="00E05B94"/>
+    <w:rsid w:val="00E21DA3"/>
+    <w:rsid w:val="00E35CB4"/>
+    <w:rsid w:val="00E41261"/>
+    <w:rsid w:val="00EE09DC"/>
+    <w:rsid w:val="00EF6AA4"/>
     <w:rsid w:val="00F13D54"/>
     <w:rsid w:val="00F23BE8"/>
+    <w:rsid w:val="00F34AF9"/>
+    <w:rsid w:val="00F75523"/>
+    <w:rsid w:val="00FB5F98"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef m:val="0"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapRight/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="subSup"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1027"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="09C8C689"/>
   <w15:docId w15:val="{D36AC92E-6789-4E3C-8A19-53F6628B26BC}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="de-DE" w:eastAsia="de-DE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
@@ -11104,50 +14599,51 @@
   <w:style w:type="paragraph" w:styleId="Titre6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Titre6Car"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00E06965"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:szCs w:val="22"/>
       <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Policepardfaut">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableauNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Aucuneliste">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Lienhypertexte">
     <w:name w:val="Hyperlink"/>
@@ -11689,1217 +15185,1195 @@
     <w:rsid w:val="004B637F"/>
     <w:rPr>
       <w:color w:val="808080"/>
       <w:lang w:val="de-CH"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Mentionnonrsolue">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00630833"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006F3065"/>
   </w:style>
+  <w:style w:type="table" w:styleId="Grilledutableau">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:rsid w:val="008F026C"/>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1625620633">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.testpodium.com/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://europa.eu/europass/de" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:leila.bersier@bluewin.ch" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://europa.eu/europass/fr/create-your-europass-cv" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.testpodium.com/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/numbering.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\BersierL\OneDrive%20-%20EDUETATFR\SFP%20COMMUN\2%20Management\2-5%20Communication\2-5-5%20PRE_Transmission%20DOC\MO_ETAT%20FR\A_MO%20SFP\MO_Rapport%20portrait%20D.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="21E20E3FD1C0445ABC0E891FD0DB0A93"/>
-[...767 lines deleted...]
-      <w:docPartPr>
         <w:name w:val="D3129F4CB0BC402F817DEF4909EB2316"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{973240D9-9725-46E7-836F-C44153052853}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="003B34A9" w:rsidRDefault="001C04F7" w:rsidP="001C04F7">
+        <w:p w:rsidR="003B34A9" w:rsidRDefault="009B076E" w:rsidP="009B076E">
           <w:pPr>
-            <w:pStyle w:val="D3129F4CB0BC402F817DEF4909EB2316"/>
+            <w:pStyle w:val="D3129F4CB0BC402F817DEF4909EB23164"/>
           </w:pPr>
-          <w:r w:rsidRPr="006667A1">
+          <w:r w:rsidRPr="000F5885">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
-              <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-[...2 lines deleted...]
-              <w:lang w:val="en-US"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:sz w:val="21"/>
+              <w:szCs w:val="21"/>
             </w:rPr>
             <w:t>Nr.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="6DF39A29A0714086A34982AE7175326D"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{B72E32AA-8C57-42C9-9368-BA59B232CF72}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="003B34A9" w:rsidRDefault="001C04F7" w:rsidP="001C04F7">
+        <w:p w:rsidR="003B34A9" w:rsidRDefault="009B076E" w:rsidP="009B076E">
           <w:pPr>
-            <w:pStyle w:val="6DF39A29A0714086A34982AE7175326D"/>
+            <w:pStyle w:val="6DF39A29A0714086A34982AE7175326D4"/>
           </w:pPr>
-          <w:r w:rsidRPr="006667A1">
+          <w:r w:rsidRPr="000F5885">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
-              <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-[...2 lines deleted...]
-              <w:lang w:val="en-US"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:sz w:val="21"/>
+              <w:szCs w:val="21"/>
             </w:rPr>
             <w:t>Nr.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="04CEE0926C384E43AA37B0720F991BC1"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{C52A7AD6-5810-489A-9A93-1CF8843B1410}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="003B34A9" w:rsidRDefault="001C04F7" w:rsidP="001C04F7">
+        <w:p w:rsidR="003B34A9" w:rsidRDefault="009B076E" w:rsidP="009B076E">
           <w:pPr>
-            <w:pStyle w:val="04CEE0926C384E43AA37B0720F991BC1"/>
+            <w:pStyle w:val="04CEE0926C384E43AA37B0720F991BC14"/>
           </w:pPr>
-          <w:r w:rsidRPr="00862CD4">
+          <w:r w:rsidRPr="000F5885">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
-              <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-[...1 lines deleted...]
-              <w:szCs w:val="24"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:sz w:val="21"/>
+              <w:szCs w:val="21"/>
             </w:rPr>
             <w:t>Nr.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="6A3AA758E6E4424C86920FE5DFF10327"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{93EBC917-C1C6-4281-8A14-C190494A7C5E}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="003B34A9" w:rsidRDefault="001C04F7" w:rsidP="001C04F7">
+        <w:p w:rsidR="003B34A9" w:rsidRDefault="009B076E" w:rsidP="009B076E">
           <w:pPr>
-            <w:pStyle w:val="6A3AA758E6E4424C86920FE5DFF10327"/>
+            <w:pStyle w:val="6A3AA758E6E4424C86920FE5DFF103274"/>
           </w:pPr>
-          <w:r w:rsidRPr="00C44629">
+          <w:r>
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
-              <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-[...1 lines deleted...]
-              <w:szCs w:val="24"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:sz w:val="21"/>
+              <w:szCs w:val="21"/>
             </w:rPr>
-            <w:t>Klicken Sie hier, um Text einzugeben.</w:t>
-[...126 lines deleted...]
-            <w:t>Klicken Sie hier, um Text einzugeben.</w:t>
+            <w:t xml:space="preserve">                                                                          </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="AC46372E639E4ACD88948AFD46D8994F"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{721A6C96-A081-4702-8931-102F80F3CB34}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="003B34A9" w:rsidRDefault="001C04F7" w:rsidP="001C04F7">
+        <w:p w:rsidR="003B34A9" w:rsidRDefault="009B076E" w:rsidP="009B076E">
           <w:pPr>
-            <w:pStyle w:val="AC46372E639E4ACD88948AFD46D8994F"/>
+            <w:pStyle w:val="AC46372E639E4ACD88948AFD46D8994F4"/>
           </w:pPr>
-          <w:r w:rsidRPr="00C44629">
+          <w:r w:rsidRPr="00911CF6">
             <w:rPr>
-              <w:rStyle w:val="Textedelespacerserv"/>
-[...2 lines deleted...]
-              <w:szCs w:val="24"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:sz w:val="21"/>
+              <w:szCs w:val="21"/>
+              <w:highlight w:val="lightGray"/>
+              <w:lang w:val="de-CH" w:eastAsia="it-IT"/>
             </w:rPr>
-            <w:t>Klicken Sie hier, um Text einzugeben.</w:t>
-[...31 lines deleted...]
-            <w:t>Klicken Sie hier, um Text einzugeben.</w:t>
+            <w:t xml:space="preserve">                                                 </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="1BAE56F844D34CA1ACD365887CED3693"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{10F38D3C-876D-4B8F-933C-51995565F41C}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="003B34A9" w:rsidRDefault="001C04F7" w:rsidP="001C04F7">
+        <w:p w:rsidR="003B34A9" w:rsidRDefault="009B076E" w:rsidP="009B076E">
           <w:pPr>
-            <w:pStyle w:val="1BAE56F844D34CA1ACD365887CED3693"/>
+            <w:pStyle w:val="1BAE56F844D34CA1ACD365887CED36934"/>
           </w:pPr>
-          <w:r w:rsidRPr="00C44629">
+          <w:r w:rsidRPr="00931D99">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
-              <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-              <w:szCs w:val="24"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:sz w:val="21"/>
+              <w:szCs w:val="21"/>
+              <w:highlight w:val="lightGray"/>
             </w:rPr>
-            <w:t>Klicken Sie hier, um Text einzugeben.</w:t>
+            <w:t xml:space="preserve">                                                                        </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="5E33DA5727A841959189D121B6E77AFB"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{F94FD06F-B622-4981-A4F0-8A95529B422D}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="003A3078" w:rsidRDefault="009B076E" w:rsidP="009B076E">
+          <w:pPr>
+            <w:pStyle w:val="5E33DA5727A841959189D121B6E77AFB4"/>
+          </w:pPr>
+          <w:r w:rsidRPr="008F026C">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:bCs/>
+              <w:sz w:val="21"/>
+              <w:szCs w:val="21"/>
+              <w:lang w:val="fr-FR"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="772C004A0DAA4035A5C924DDD8DD5845"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{A3191C90-57F6-42CD-AD9C-990A1F3E1CAB}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="003A3078" w:rsidRDefault="009B076E" w:rsidP="009B076E">
+          <w:pPr>
+            <w:pStyle w:val="772C004A0DAA4035A5C924DDD8DD58454"/>
+          </w:pPr>
+          <w:r w:rsidRPr="008F026C">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:bCs/>
+              <w:sz w:val="21"/>
+              <w:szCs w:val="21"/>
+              <w:lang w:val="fr-FR"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="302BAA5EBEC9459A8150CC083CBA188A"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{E1D1B2D1-2B0C-4EE5-A893-31310E197AF8}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="003A3078" w:rsidRDefault="009B076E" w:rsidP="009B076E">
+          <w:pPr>
+            <w:pStyle w:val="302BAA5EBEC9459A8150CC083CBA188A4"/>
+          </w:pPr>
+          <w:r w:rsidRPr="008F026C">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:bCs/>
+              <w:sz w:val="21"/>
+              <w:szCs w:val="21"/>
+              <w:lang w:val="fr-FR"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="53E8446E32FB4772B95F690FB02546B2"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{DB0FB4C0-609F-469B-B90E-A915A3CA6C9E}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="003A3078" w:rsidRDefault="009B076E" w:rsidP="009B076E">
+          <w:pPr>
+            <w:pStyle w:val="53E8446E32FB4772B95F690FB02546B24"/>
+          </w:pPr>
+          <w:r w:rsidRPr="008F026C">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:bCs/>
+              <w:sz w:val="21"/>
+              <w:szCs w:val="21"/>
+              <w:lang w:val="fr-FR"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="139D7F9FCA4642B6B31DF519ECA37405"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{3C4CD9AE-7D4D-49D0-9879-7AD7A0749C05}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="003A3078" w:rsidRDefault="009B076E" w:rsidP="009B076E">
+          <w:pPr>
+            <w:pStyle w:val="139D7F9FCA4642B6B31DF519ECA374054"/>
+          </w:pPr>
+          <w:r w:rsidRPr="008F026C">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:bCs/>
+              <w:sz w:val="21"/>
+              <w:szCs w:val="21"/>
+              <w:lang w:val="fr-FR"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="02A47F461DD24D30B0046E5872DA81BC"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{FC0C8FDE-8B59-43DE-9BD0-5D65FA6A5493}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="003A3078" w:rsidRDefault="009B076E" w:rsidP="009B076E">
+          <w:pPr>
+            <w:pStyle w:val="02A47F461DD24D30B0046E5872DA81BC4"/>
+          </w:pPr>
+          <w:r w:rsidRPr="008F026C">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:bCs/>
+              <w:sz w:val="21"/>
+              <w:szCs w:val="21"/>
+              <w:lang w:val="fr-FR"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="BF49D9F3345D4EB997939651347181B6"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{AA836938-5288-484B-85FB-B9F01FBCACFA}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="003A3078" w:rsidRDefault="009B076E" w:rsidP="009B076E">
+          <w:pPr>
+            <w:pStyle w:val="BF49D9F3345D4EB997939651347181B64"/>
+          </w:pPr>
+          <w:r w:rsidRPr="008F026C">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:bCs/>
+              <w:sz w:val="21"/>
+              <w:szCs w:val="21"/>
+              <w:lang w:val="fr-FR"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="B73011A1CEDC4B1CA52F4BE0CE38A602"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{8EDC932D-182F-443B-9D02-A0050F1C5EAA}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="003A3078" w:rsidRDefault="009B076E" w:rsidP="009B076E">
+          <w:pPr>
+            <w:pStyle w:val="B73011A1CEDC4B1CA52F4BE0CE38A6024"/>
+          </w:pPr>
+          <w:r w:rsidRPr="008F026C">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:bCs/>
+              <w:sz w:val="21"/>
+              <w:szCs w:val="21"/>
+              <w:lang w:val="fr-FR"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="20A30234E34D4BAB83C75A2D7902FBA0"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{59DDA696-A86B-4FBD-8141-F476E2EEBC6B}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="003A3078" w:rsidRDefault="009B076E" w:rsidP="009B076E">
+          <w:pPr>
+            <w:pStyle w:val="20A30234E34D4BAB83C75A2D7902FBA04"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005937D7">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:bCs/>
+              <w:sz w:val="21"/>
+              <w:szCs w:val="21"/>
+              <w:lang w:val="fr-FR"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="0CEE5ADFBE1748D7AB9C34E29ED1609B"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{95717E1C-503B-43C3-9297-BBAF29E6952B}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="003A3078" w:rsidRDefault="009B076E" w:rsidP="009B076E">
+          <w:pPr>
+            <w:pStyle w:val="0CEE5ADFBE1748D7AB9C34E29ED1609B4"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005937D7">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:bCs/>
+              <w:sz w:val="21"/>
+              <w:szCs w:val="21"/>
+              <w:lang w:val="fr-FR"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="B5F7A1D6B2964A3FA4312EA99AFDCEB5"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{6D2B0BD4-4964-4AB9-9C3F-8BD343166F10}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="003A3078" w:rsidRDefault="009B076E" w:rsidP="009B076E">
+          <w:pPr>
+            <w:pStyle w:val="B5F7A1D6B2964A3FA4312EA99AFDCEB54"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005937D7">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:bCs/>
+              <w:sz w:val="21"/>
+              <w:szCs w:val="21"/>
+              <w:lang w:val="fr-FR"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="806A8B8C56074CD5BD80B43AA939999D"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{AFEFB4E7-8CCC-441E-8925-8682315AA53A}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="003A3078" w:rsidRDefault="009B076E" w:rsidP="009B076E">
+          <w:pPr>
+            <w:pStyle w:val="806A8B8C56074CD5BD80B43AA939999D4"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005937D7">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:bCs/>
+              <w:sz w:val="21"/>
+              <w:szCs w:val="21"/>
+              <w:lang w:val="fr-FR"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="205357A28FE546E7A615B4850701A47D"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{2B3C65BE-C27B-48FE-81A2-FB5E6A729437}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="003A3078" w:rsidRDefault="009B076E" w:rsidP="009B076E">
+          <w:pPr>
+            <w:pStyle w:val="205357A28FE546E7A615B4850701A47D4"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005937D7">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:bCs/>
+              <w:sz w:val="21"/>
+              <w:szCs w:val="21"/>
+              <w:lang w:val="fr-FR"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="6A5E303AED774570AACB724A66E05839"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{92A15CB0-31B7-4F6B-A554-4CB1BDD48E60}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="003A3078" w:rsidRDefault="009B076E" w:rsidP="009B076E">
+          <w:pPr>
+            <w:pStyle w:val="6A5E303AED774570AACB724A66E058394"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00E35CB4">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:bCs/>
+              <w:sz w:val="21"/>
+              <w:szCs w:val="21"/>
+              <w:lang w:val="fr-FR"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="8C4FEACFF7D34C9F8EA8E71677C1DF35"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{07EB8DBE-3678-4AD4-92B6-80E763C3E775}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="003A3078" w:rsidRDefault="009B076E" w:rsidP="009B076E">
+          <w:pPr>
+            <w:pStyle w:val="8C4FEACFF7D34C9F8EA8E71677C1DF354"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00E35CB4">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:bCs/>
+              <w:sz w:val="21"/>
+              <w:szCs w:val="21"/>
+              <w:lang w:val="fr-FR"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="BA6B4A21A7704FBDAF20977CF88A53AB"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{2FCF19F8-CC4C-42F7-968A-B7738866956B}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="003A3078" w:rsidRDefault="009B076E" w:rsidP="009B076E">
+          <w:pPr>
+            <w:pStyle w:val="BA6B4A21A7704FBDAF20977CF88A53AB4"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00E35CB4">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:bCs/>
+              <w:sz w:val="21"/>
+              <w:szCs w:val="21"/>
+              <w:lang w:val="fr-FR"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="4EB5637C1C1349BB941000EA746C16FE"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{32124DCA-360F-490D-BFAB-06F6F773F139}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="003A3078" w:rsidRDefault="009B076E" w:rsidP="009B076E">
+          <w:pPr>
+            <w:pStyle w:val="4EB5637C1C1349BB941000EA746C16FE4"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00E35CB4">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:bCs/>
+              <w:sz w:val="21"/>
+              <w:szCs w:val="21"/>
+              <w:lang w:val="fr-FR"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="0183385A16B54EACB36B3295C7F0B025"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{54AA33B5-CB4F-4CDE-A0A3-92198277554B}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="003A3078" w:rsidRDefault="009B076E" w:rsidP="009B076E">
+          <w:pPr>
+            <w:pStyle w:val="0183385A16B54EACB36B3295C7F0B0254"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00E35CB4">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:bCs/>
+              <w:sz w:val="21"/>
+              <w:szCs w:val="21"/>
+              <w:lang w:val="fr-FR"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="C6776EB5CB5B4F9AAD97E380D1769837"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{255514D8-849A-4B19-AA00-FA0C06ACFB31}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="003A3078" w:rsidRDefault="009B076E" w:rsidP="009B076E">
+          <w:pPr>
+            <w:pStyle w:val="C6776EB5CB5B4F9AAD97E380D17698374"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00C31ED0">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:bCs/>
+              <w:sz w:val="21"/>
+              <w:szCs w:val="21"/>
+              <w:lang w:val="fr-FR"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="B199EC240D974BDCA61EB705814FFF05"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{EC611434-529F-4768-8F99-1A049D76704C}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="003A3078" w:rsidRDefault="009B076E" w:rsidP="009B076E">
+          <w:pPr>
+            <w:pStyle w:val="B199EC240D974BDCA61EB705814FFF054"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00C31ED0">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:bCs/>
+              <w:sz w:val="21"/>
+              <w:szCs w:val="21"/>
+              <w:lang w:val="fr-FR"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="0EF3085107FD4AD5B6282123E23222BD"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{55C54E0F-E2E9-42F4-81E3-A2B7CF2C0D63}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="003A3078" w:rsidRDefault="009B076E" w:rsidP="009B076E">
+          <w:pPr>
+            <w:pStyle w:val="0EF3085107FD4AD5B6282123E23222BD3"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00CE34DC">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:bCs/>
+              <w:sz w:val="21"/>
+              <w:szCs w:val="21"/>
+              <w:lang w:val="fr-FR"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="0C4E4611B2024EC699937E459C01491C"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{1195E159-2567-44D0-AC3E-80872FEA4E07}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="003A3078" w:rsidRDefault="009B076E" w:rsidP="009B076E">
+          <w:pPr>
+            <w:pStyle w:val="0C4E4611B2024EC699937E459C01491C3"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00CE34DC">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:bCs/>
+              <w:sz w:val="21"/>
+              <w:szCs w:val="21"/>
+              <w:lang w:val="fr-FR"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="CFE530D8A783486B9AE24AB7C83E0FEF"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{BA46E8A5-56A9-499D-A233-A642A0521603}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="003A3078" w:rsidRDefault="009B076E" w:rsidP="009B076E">
+          <w:pPr>
+            <w:pStyle w:val="CFE530D8A783486B9AE24AB7C83E0FEF3"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00CE34DC">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:bCs/>
+              <w:sz w:val="21"/>
+              <w:szCs w:val="21"/>
+              <w:lang w:val="fr-FR"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="E49BC6948BA148E28CE040D344B2194C"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{08F3CF3C-9BCF-4CF1-A061-DBE562C11DC2}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="003A3078" w:rsidRDefault="009B076E" w:rsidP="009B076E">
+          <w:pPr>
+            <w:pStyle w:val="E49BC6948BA148E28CE040D344B2194C3"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00CE34DC">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:bCs/>
+              <w:sz w:val="21"/>
+              <w:szCs w:val="21"/>
+              <w:lang w:val="fr-FR"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="FD941FE9ED3E492B9E616B0EED6BCB7D"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{1B1AF341-BACF-44A7-A577-01746BDE5F27}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="003A3078" w:rsidRDefault="009B076E" w:rsidP="009B076E">
+          <w:pPr>
+            <w:pStyle w:val="FD941FE9ED3E492B9E616B0EED6BCB7D3"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00CE34DC">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:bCs/>
+              <w:sz w:val="21"/>
+              <w:szCs w:val="21"/>
+              <w:lang w:val="fr-FR"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="675F70A6470E4C519419DCBD77B9C33E"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{847D6A8E-6467-4577-AD7D-D7E0A664C7E0}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="003A3078" w:rsidRDefault="009B076E" w:rsidP="009B076E">
+          <w:pPr>
+            <w:pStyle w:val="675F70A6470E4C519419DCBD77B9C33E3"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00CE34DC">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:bCs/>
+              <w:sz w:val="21"/>
+              <w:szCs w:val="21"/>
+              <w:lang w:val="fr-FR"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="2991BDABFA6C400AA01327C83C812FE0"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{BB4EF5B2-050D-4F99-B49A-E8171C2F8AD3}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="003A3078" w:rsidRDefault="009B076E" w:rsidP="009B076E">
+          <w:pPr>
+            <w:pStyle w:val="2991BDABFA6C400AA01327C83C812FE01"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00931D99">
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:sz w:val="21"/>
+              <w:szCs w:val="21"/>
+            </w:rPr>
+            <w:t xml:space="preserve">                                                                        </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -12908,124 +16382,126 @@
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Segoe UI Symbol">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI Symbol">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Dotum">
     <w:altName w:val="돋움"/>
     <w:panose1 w:val="020B0600000101010101"/>
     <w:charset w:val="81"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="B00002AF" w:usb1="69D77CFB" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000003" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001C04F7"/>
     <w:rsid w:val="00043F91"/>
+    <w:rsid w:val="001B6AC1"/>
     <w:rsid w:val="001C04F7"/>
+    <w:rsid w:val="003A3078"/>
     <w:rsid w:val="003B34A9"/>
     <w:rsid w:val="00476DA2"/>
+    <w:rsid w:val="005D4F72"/>
+    <w:rsid w:val="007474ED"/>
     <w:rsid w:val="009840B6"/>
+    <w:rsid w:val="009B076E"/>
+    <w:rsid w:val="009C64C6"/>
+    <w:rsid w:val="00B6676F"/>
+    <w:rsid w:val="00DB2E4A"/>
+    <w:rsid w:val="00F975BE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
@@ -13435,363 +16911,484 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Aucuneliste">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Textedelespacerserv">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="001C04F7"/>
+    <w:rsid w:val="009B076E"/>
     <w:rPr>
       <w:color w:val="808080"/>
       <w:lang w:val="de-CH"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AF7D913892264C769326D2809F78F167">
-[...1 lines deleted...]
-    <w:rsid w:val="001C04F7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5E33DA5727A841959189D121B6E77AFB4">
+    <w:name w:val="5E33DA5727A841959189D121B6E77AFB4"/>
+    <w:rsid w:val="009B076E"/>
+    <w:pPr>
+      <w:spacing w:after="180" w:line="280" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F9F7FC0298F3457493789447F78A456F">
-[...1 lines deleted...]
-    <w:rsid w:val="001C04F7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="772C004A0DAA4035A5C924DDD8DD58454">
+    <w:name w:val="772C004A0DAA4035A5C924DDD8DD58454"/>
+    <w:rsid w:val="009B076E"/>
+    <w:pPr>
+      <w:spacing w:after="180" w:line="280" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AAC8D5D73E994D85A74C85EA7E37AB49">
-[...1 lines deleted...]
-    <w:rsid w:val="001C04F7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="302BAA5EBEC9459A8150CC083CBA188A4">
+    <w:name w:val="302BAA5EBEC9459A8150CC083CBA188A4"/>
+    <w:rsid w:val="009B076E"/>
+    <w:pPr>
+      <w:spacing w:after="180" w:line="280" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="81B4095C87CC4B209EBDE73CB22DA16A">
-[...1 lines deleted...]
-    <w:rsid w:val="001C04F7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="53E8446E32FB4772B95F690FB02546B24">
+    <w:name w:val="53E8446E32FB4772B95F690FB02546B24"/>
+    <w:rsid w:val="009B076E"/>
+    <w:pPr>
+      <w:spacing w:after="180" w:line="280" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3A86F2531F8D47AD84F831FB4747E157">
-[...1 lines deleted...]
-    <w:rsid w:val="001C04F7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="139D7F9FCA4642B6B31DF519ECA374054">
+    <w:name w:val="139D7F9FCA4642B6B31DF519ECA374054"/>
+    <w:rsid w:val="009B076E"/>
+    <w:pPr>
+      <w:spacing w:after="180" w:line="280" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="00A3A96C43D942309B8BCC5F18295B49">
-[...1 lines deleted...]
-    <w:rsid w:val="001C04F7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="02A47F461DD24D30B0046E5872DA81BC4">
+    <w:name w:val="02A47F461DD24D30B0046E5872DA81BC4"/>
+    <w:rsid w:val="009B076E"/>
+    <w:pPr>
+      <w:spacing w:after="180" w:line="280" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6B91BA8BC5AE4B90ADAE2BB29BC76D0C">
-[...1 lines deleted...]
-    <w:rsid w:val="001C04F7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BF49D9F3345D4EB997939651347181B64">
+    <w:name w:val="BF49D9F3345D4EB997939651347181B64"/>
+    <w:rsid w:val="009B076E"/>
+    <w:pPr>
+      <w:spacing w:after="180" w:line="280" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7CD7ADEBFA434114B5A5EB59D571261E">
-[...1 lines deleted...]
-    <w:rsid w:val="001C04F7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B73011A1CEDC4B1CA52F4BE0CE38A6024">
+    <w:name w:val="B73011A1CEDC4B1CA52F4BE0CE38A6024"/>
+    <w:rsid w:val="009B076E"/>
+    <w:pPr>
+      <w:spacing w:after="180" w:line="280" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DE57AE5BC9FE423681A1EB71DB37E6C6">
-[...1 lines deleted...]
-    <w:rsid w:val="001C04F7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="20A30234E34D4BAB83C75A2D7902FBA04">
+    <w:name w:val="20A30234E34D4BAB83C75A2D7902FBA04"/>
+    <w:rsid w:val="009B076E"/>
+    <w:pPr>
+      <w:spacing w:after="180" w:line="280" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9607CE2EC56D4AB1B02C3D04BB26A47B">
-[...1 lines deleted...]
-    <w:rsid w:val="001C04F7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0CEE5ADFBE1748D7AB9C34E29ED1609B4">
+    <w:name w:val="0CEE5ADFBE1748D7AB9C34E29ED1609B4"/>
+    <w:rsid w:val="009B076E"/>
+    <w:pPr>
+      <w:spacing w:after="180" w:line="280" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F4B50414DC8448A8BAFC473FA5E4287E">
-[...1 lines deleted...]
-    <w:rsid w:val="001C04F7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B5F7A1D6B2964A3FA4312EA99AFDCEB54">
+    <w:name w:val="B5F7A1D6B2964A3FA4312EA99AFDCEB54"/>
+    <w:rsid w:val="009B076E"/>
+    <w:pPr>
+      <w:spacing w:after="180" w:line="280" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="89BB9EF9EE234EECBF9F12B022FC9E04">
-[...1 lines deleted...]
-    <w:rsid w:val="001C04F7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="806A8B8C56074CD5BD80B43AA939999D4">
+    <w:name w:val="806A8B8C56074CD5BD80B43AA939999D4"/>
+    <w:rsid w:val="009B076E"/>
+    <w:pPr>
+      <w:spacing w:after="180" w:line="280" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0CC1D223E2CC40049C19BF5A8FE67097">
-[...1 lines deleted...]
-    <w:rsid w:val="001C04F7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="205357A28FE546E7A615B4850701A47D4">
+    <w:name w:val="205357A28FE546E7A615B4850701A47D4"/>
+    <w:rsid w:val="009B076E"/>
+    <w:pPr>
+      <w:spacing w:after="180" w:line="280" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="82EED18769254270B82C3B5AA0D3BC7E">
-[...1 lines deleted...]
-    <w:rsid w:val="001C04F7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6A5E303AED774570AACB724A66E058394">
+    <w:name w:val="6A5E303AED774570AACB724A66E058394"/>
+    <w:rsid w:val="009B076E"/>
+    <w:pPr>
+      <w:spacing w:after="180" w:line="280" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DC636E85EC67432FA6C139D1A5106E8D">
-[...1 lines deleted...]
-    <w:rsid w:val="001C04F7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8C4FEACFF7D34C9F8EA8E71677C1DF354">
+    <w:name w:val="8C4FEACFF7D34C9F8EA8E71677C1DF354"/>
+    <w:rsid w:val="009B076E"/>
+    <w:pPr>
+      <w:spacing w:after="180" w:line="280" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="242543A0295F46E3A728ABA35FD58538">
-[...1 lines deleted...]
-    <w:rsid w:val="001C04F7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BA6B4A21A7704FBDAF20977CF88A53AB4">
+    <w:name w:val="BA6B4A21A7704FBDAF20977CF88A53AB4"/>
+    <w:rsid w:val="009B076E"/>
+    <w:pPr>
+      <w:spacing w:after="180" w:line="280" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="21ACA710EA6D41598154D82B93FE9095">
-[...1 lines deleted...]
-    <w:rsid w:val="001C04F7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4EB5637C1C1349BB941000EA746C16FE4">
+    <w:name w:val="4EB5637C1C1349BB941000EA746C16FE4"/>
+    <w:rsid w:val="009B076E"/>
+    <w:pPr>
+      <w:spacing w:after="180" w:line="280" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="14C97EC4B4344C009AEB736518DD9C94">
-[...1 lines deleted...]
-    <w:rsid w:val="001C04F7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0183385A16B54EACB36B3295C7F0B0254">
+    <w:name w:val="0183385A16B54EACB36B3295C7F0B0254"/>
+    <w:rsid w:val="009B076E"/>
+    <w:pPr>
+      <w:spacing w:after="180" w:line="280" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0AD2F3F83A6C4DF7A352FADED1751A24">
-[...1 lines deleted...]
-    <w:rsid w:val="001C04F7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C6776EB5CB5B4F9AAD97E380D17698374">
+    <w:name w:val="C6776EB5CB5B4F9AAD97E380D17698374"/>
+    <w:rsid w:val="009B076E"/>
+    <w:pPr>
+      <w:spacing w:after="180" w:line="280" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BF9DEC5372D847A397F1117E2028AD5B">
-[...1 lines deleted...]
-    <w:rsid w:val="001C04F7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B199EC240D974BDCA61EB705814FFF054">
+    <w:name w:val="B199EC240D974BDCA61EB705814FFF054"/>
+    <w:rsid w:val="009B076E"/>
+    <w:pPr>
+      <w:spacing w:after="180" w:line="280" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CE18E0B7AB594ADDB079333E2EEA1EE8">
-[...1 lines deleted...]
-    <w:rsid w:val="001C04F7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D3129F4CB0BC402F817DEF4909EB23164">
+    <w:name w:val="D3129F4CB0BC402F817DEF4909EB23164"/>
+    <w:rsid w:val="009B076E"/>
+    <w:pPr>
+      <w:spacing w:after="180" w:line="280" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6691775406C24B6A87A4094E41321B08">
-[...1 lines deleted...]
-    <w:rsid w:val="001C04F7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6DF39A29A0714086A34982AE7175326D4">
+    <w:name w:val="6DF39A29A0714086A34982AE7175326D4"/>
+    <w:rsid w:val="009B076E"/>
+    <w:pPr>
+      <w:spacing w:after="180" w:line="280" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7EFDA2F3CEDC4A0084DCC058260B6847">
-[...1 lines deleted...]
-    <w:rsid w:val="001C04F7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="04CEE0926C384E43AA37B0720F991BC14">
+    <w:name w:val="04CEE0926C384E43AA37B0720F991BC14"/>
+    <w:rsid w:val="009B076E"/>
+    <w:pPr>
+      <w:spacing w:after="180" w:line="280" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="213B5A20269449D2BDE060B22D4E14C3">
-[...1 lines deleted...]
-    <w:rsid w:val="001C04F7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6A3AA758E6E4424C86920FE5DFF103274">
+    <w:name w:val="6A3AA758E6E4424C86920FE5DFF103274"/>
+    <w:rsid w:val="009B076E"/>
+    <w:pPr>
+      <w:spacing w:after="180" w:line="280" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ACDB1DB7AB924AD583CD90A44268B2C1">
-[...1 lines deleted...]
-    <w:rsid w:val="001C04F7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0EF3085107FD4AD5B6282123E23222BD3">
+    <w:name w:val="0EF3085107FD4AD5B6282123E23222BD3"/>
+    <w:rsid w:val="009B076E"/>
+    <w:pPr>
+      <w:spacing w:after="180" w:line="280" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="200D233AC25D48BE8F5AAB0637F410E1">
-[...1 lines deleted...]
-    <w:rsid w:val="001C04F7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0C4E4611B2024EC699937E459C01491C3">
+    <w:name w:val="0C4E4611B2024EC699937E459C01491C3"/>
+    <w:rsid w:val="009B076E"/>
+    <w:pPr>
+      <w:spacing w:after="180" w:line="280" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ADB471F19B014723AB323F6AEFC4C199">
-[...1 lines deleted...]
-    <w:rsid w:val="001C04F7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CFE530D8A783486B9AE24AB7C83E0FEF3">
+    <w:name w:val="CFE530D8A783486B9AE24AB7C83E0FEF3"/>
+    <w:rsid w:val="009B076E"/>
+    <w:pPr>
+      <w:spacing w:after="180" w:line="280" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="23CC7810F78E42409941FEC68400FEB6">
-[...1 lines deleted...]
-    <w:rsid w:val="001C04F7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E49BC6948BA148E28CE040D344B2194C3">
+    <w:name w:val="E49BC6948BA148E28CE040D344B2194C3"/>
+    <w:rsid w:val="009B076E"/>
+    <w:pPr>
+      <w:spacing w:after="180" w:line="280" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F5FAD1195C9B4CC29C94EEEC8E39B004">
-[...1 lines deleted...]
-    <w:rsid w:val="001C04F7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FD941FE9ED3E492B9E616B0EED6BCB7D3">
+    <w:name w:val="FD941FE9ED3E492B9E616B0EED6BCB7D3"/>
+    <w:rsid w:val="009B076E"/>
+    <w:pPr>
+      <w:spacing w:after="180" w:line="280" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4CB5BC63B870479E9B2FB76DCE574659">
-[...1 lines deleted...]
-    <w:rsid w:val="001C04F7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="675F70A6470E4C519419DCBD77B9C33E3">
+    <w:name w:val="675F70A6470E4C519419DCBD77B9C33E3"/>
+    <w:rsid w:val="009B076E"/>
+    <w:pPr>
+      <w:spacing w:after="180" w:line="280" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8D1DDDB364E3453184CEC843D216CE2B">
-[...1 lines deleted...]
-    <w:rsid w:val="001C04F7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AC46372E639E4ACD88948AFD46D8994F4">
+    <w:name w:val="AC46372E639E4ACD88948AFD46D8994F4"/>
+    <w:rsid w:val="009B076E"/>
+    <w:pPr>
+      <w:spacing w:after="180" w:line="280" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="88CF8654A2454C7E85C682CACE04235C">
-[...1 lines deleted...]
-    <w:rsid w:val="001C04F7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2991BDABFA6C400AA01327C83C812FE01">
+    <w:name w:val="2991BDABFA6C400AA01327C83C812FE01"/>
+    <w:rsid w:val="009B076E"/>
+    <w:pPr>
+      <w:spacing w:after="180" w:line="280" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B878E348E3784E07BE4F474E11ECAF3C">
-[...177 lines deleted...]
-    <w:rsid w:val="001C04F7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1BAE56F844D34CA1ACD365887CED36934">
+    <w:name w:val="1BAE56F844D34CA1ACD365887CED36934"/>
+    <w:rsid w:val="009B076E"/>
+    <w:pPr>
+      <w:spacing w:after="180" w:line="280" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
@@ -14098,52 +17695,72 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100612D57BF697B284FB8A2FB158DDBDA8D" ma:contentTypeVersion="14" ma:contentTypeDescription="Crée un document." ma:contentTypeScope="" ma:versionID="35bbbff797924397980c8513806f28ec">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ba0887cf-6ada-435c-a67c-e78e9cbd93df" xmlns:ns3="17150cc5-b344-4ae3-bb76-6d7727ed9007" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c9708e45f577a67770185a6744a31684" ns2:_="" ns3:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="ba0887cf-6ada-435c-a67c-e78e9cbd93df">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="17150cc5-b344-4ae3-bb76-6d7727ed9007" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100612D57BF697B284FB8A2FB158DDBDA8D" ma:contentTypeVersion="14" ma:contentTypeDescription="Crée un document." ma:contentTypeScope="" ma:versionID="6289cdfd502fd847806d2914a078b328">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ba0887cf-6ada-435c-a67c-e78e9cbd93df" xmlns:ns3="17150cc5-b344-4ae3-bb76-6d7727ed9007" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="61fa63feab66e2aa13428e39b4cc6a23" ns2:_="" ns3:_="">
     <xsd:import namespace="ba0887cf-6ada-435c-a67c-e78e9cbd93df"/>
     <xsd:import namespace="17150cc5-b344-4ae3-bb76-6d7727ed9007"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -14310,131 +17927,126 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...18 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0A384561-AEB4-4257-9698-9BE3E8159F5F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5AD15F69-3027-47D9-AF10-80AD7EEDEA94}"/>
-[...2 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D1B2EFAD-A8D3-44A4-BD4B-3CFF3866A152}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7588F4D6-E1C3-443A-975B-2C04EF7BCF9A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="ba0887cf-6ada-435c-a67c-e78e9cbd93df"/>
     <ds:schemaRef ds:uri="17150cc5-b344-4ae3-bb76-6d7727ed9007"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CC3B3D7E-92D0-4BF2-87BC-9B890F0A5119}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="ba0887cf-6ada-435c-a67c-e78e9cbd93df"/>
+    <ds:schemaRef ds:uri="17150cc5-b344-4ae3-bb76-6d7727ed9007"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>MO_Rapport portrait D</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>1806</Words>
-  <Characters>9938</Characters>
+  <Words>1842</Words>
+  <Characters>10131</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>82</Lines>
+  <Lines>84</Lines>
   <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Général_portrait</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>MACMAC Media SA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11721</CharactersWithSpaces>
+  <CharactersWithSpaces>11950</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Général_portrait</dc:title>
   <dc:creator>Bersier Leïla</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100612D57BF697B284FB8A2FB158DDBDA8D</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>