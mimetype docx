--- v0 (2025-12-23)
+++ v1 (2026-02-24)
@@ -1,266 +1,259 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="29F937A1" w14:textId="08767694" w:rsidR="004A162C" w:rsidRDefault="004A162C" w:rsidP="004A162C">
+    <w:p w14:paraId="37A2C03F" w14:textId="096A41AE" w:rsidR="00EE2128" w:rsidRPr="009A7771" w:rsidRDefault="00FE0976" w:rsidP="004A162C">
       <w:pPr>
         <w:pStyle w:val="05objet"/>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> – pour des enfants de la naissance à la fin de la 1H</w:t>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A7771">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Psychomotricité</w:t>
+      </w:r>
+      <w:r w:rsidR="004658C4" w:rsidRPr="009A7771">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r w:rsidR="0014440C" w:rsidRPr="009A7771">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>pour des enfants de la naissance à la fin de la 1H</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58D7DFD2" w14:textId="77777777" w:rsidR="004A162C" w:rsidRPr="003949EC" w:rsidRDefault="004A162C" w:rsidP="004A162C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2552"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="003949EC">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Control0"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="003949EC">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008C0B4B">
+      <w:r w:rsidRPr="003949EC">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="003949EC">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="003949EC">
         <w:t xml:space="preserve"> Nouvelle demande</w:t>
       </w:r>
       <w:r w:rsidRPr="003949EC">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="003949EC">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Control0"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="003949EC">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008C0B4B">
+      <w:r w:rsidRPr="003949EC">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="003949EC">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="003949EC">
         <w:t xml:space="preserve"> Réouverture</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CB26E4D" w14:textId="77777777" w:rsidR="004A162C" w:rsidRPr="003949EC" w:rsidRDefault="004A162C" w:rsidP="004A162C">
+    <w:p w14:paraId="6CB26E4D" w14:textId="49E82F1B" w:rsidR="004A162C" w:rsidRPr="003949EC" w:rsidRDefault="004A162C" w:rsidP="004A162C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2552"/>
           <w:tab w:val="left" w:pos="2694"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="003949EC">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Control0"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="003949EC">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008C0B4B">
+      <w:r w:rsidRPr="003949EC">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="003949EC">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="003949EC">
-        <w:t xml:space="preserve"> Prolongation</w:t>
-[...27 lines deleted...]
-      <w:r w:rsidRPr="003949EC">
         <w:t xml:space="preserve"> Complément à une demande </w:t>
       </w:r>
       <w:r>
         <w:t>MAR</w:t>
       </w:r>
       <w:r w:rsidRPr="003949EC">
         <w:t xml:space="preserve"> (délai au </w:t>
       </w:r>
       <w:r>
         <w:t>28 février</w:t>
       </w:r>
       <w:r w:rsidRPr="003949EC">
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A2C5809" w14:textId="77777777" w:rsidR="004A162C" w:rsidRPr="003949EC" w:rsidRDefault="004A162C" w:rsidP="0014440C">
+    <w:p w14:paraId="1A776E69" w14:textId="77777777" w:rsidR="00EE2128" w:rsidRDefault="00EE2128" w:rsidP="0014440C">
       <w:pPr>
         <w:pStyle w:val="05objet"/>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A2C5809" w14:textId="103348AA" w:rsidR="004A162C" w:rsidRPr="003949EC" w:rsidRDefault="004A162C" w:rsidP="0014440C">
+      <w:pPr>
+        <w:pStyle w:val="05objet"/>
+      </w:pPr>
       <w:r w:rsidRPr="003949EC">
-        <w:t>Données de base concernant l’enfant</w:t>
+        <w:t xml:space="preserve">Données </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE2128">
+        <w:t>administratives</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9752" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3544"/>
         <w:gridCol w:w="6208"/>
       </w:tblGrid>
       <w:tr w:rsidR="004A162C" w:rsidRPr="00146395" w14:paraId="2E6702B2" w14:textId="77777777" w:rsidTr="0014440C">
         <w:trPr>
           <w:trHeight w:val="494"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="523A36DF" w14:textId="77777777" w:rsidR="004A162C" w:rsidRPr="003949EC" w:rsidRDefault="004A162C" w:rsidP="005038C6">
+          <w:p w14:paraId="523A36DF" w14:textId="55A3D8E2" w:rsidR="004A162C" w:rsidRPr="003949EC" w:rsidRDefault="004A162C" w:rsidP="005038C6">
             <w:pPr>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r w:rsidRPr="003949EC">
-              <w:t>Nom, prénom</w:t>
+              <w:t>Nom</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6208" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1E57EE8B" w14:textId="77777777" w:rsidR="004A162C" w:rsidRPr="003949EC" w:rsidRDefault="004A162C" w:rsidP="00F95A43">
             <w:pPr>
               <w:pStyle w:val="06btexteprincipalsansespacebloc"/>
             </w:pPr>
             <w:r w:rsidRPr="003949EC">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte17"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="Texte17"/>
             <w:r w:rsidRPr="003949EC">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:noProof/>
@@ -273,86 +266,157 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EE2128" w:rsidRPr="00146395" w14:paraId="65CDEE05" w14:textId="77777777" w:rsidTr="0014440C">
+        <w:trPr>
+          <w:trHeight w:val="494"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="10CA152E" w14:textId="24D30A6E" w:rsidR="00EE2128" w:rsidRPr="003949EC" w:rsidRDefault="00EE2128" w:rsidP="005038C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Prénom</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6208" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="339B3F08" w14:textId="54917AE0" w:rsidR="00EE2128" w:rsidRPr="003949EC" w:rsidRDefault="00EE2128" w:rsidP="00F95A43">
+            <w:pPr>
+              <w:pStyle w:val="06btexteprincipalsansespacebloc"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE2128">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Texte17"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00EE2128">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00EE2128">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00EE2128">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE2128">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE2128">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE2128">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE2128">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE2128">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004A162C" w:rsidRPr="00146395" w14:paraId="049D763E" w14:textId="77777777" w:rsidTr="0014440C">
         <w:trPr>
           <w:trHeight w:val="430"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="40DF22FB" w14:textId="77777777" w:rsidR="004A162C" w:rsidRPr="003949EC" w:rsidRDefault="004A162C" w:rsidP="005038C6">
             <w:pPr>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r w:rsidRPr="003949EC">
               <w:t>Date de naissance</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6208" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4B4DD97D" w14:textId="77777777" w:rsidR="004A162C" w:rsidRPr="003949EC" w:rsidRDefault="004A162C" w:rsidP="00F95A43">
             <w:pPr>
               <w:pStyle w:val="06btexteprincipalsansespacebloc"/>
             </w:pPr>
             <w:r w:rsidRPr="003949EC">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte18"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="1" w:name="Texte18"/>
             <w:r w:rsidRPr="003949EC">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:noProof/>
@@ -365,1415 +429,1052 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="1"/>
-          </w:p>
-[...274 lines deleted...]
-            <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004A162C" w:rsidRPr="00146395" w14:paraId="7B912CD3" w14:textId="77777777" w:rsidTr="0014440C">
         <w:trPr>
           <w:trHeight w:val="426"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="06729047" w14:textId="77777777" w:rsidR="004A162C" w:rsidRPr="003949EC" w:rsidRDefault="004A162C" w:rsidP="005038C6">
+          <w:p w14:paraId="06729047" w14:textId="13B2DCBA" w:rsidR="004A162C" w:rsidRPr="003949EC" w:rsidRDefault="004A162C" w:rsidP="005038C6">
             <w:pPr>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r w:rsidRPr="003949EC">
-              <w:t>Adresse exacte</w:t>
+              <w:t>Adresse</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6208" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="741598BB" w14:textId="77777777" w:rsidR="004A162C" w:rsidRPr="003949EC" w:rsidRDefault="004A162C" w:rsidP="00F95A43">
             <w:pPr>
               <w:pStyle w:val="06btexteprincipalsansespacebloc"/>
             </w:pPr>
             <w:r w:rsidRPr="003949EC">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte22"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="5" w:name="Texte22"/>
+            <w:bookmarkStart w:id="2" w:name="Texte22"/>
             <w:r w:rsidRPr="003949EC">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="5"/>
+            <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004A162C" w:rsidRPr="00146395" w14:paraId="198E4B51" w14:textId="77777777" w:rsidTr="0014440C">
         <w:trPr>
           <w:trHeight w:val="390"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0B719444" w14:textId="77777777" w:rsidR="004A162C" w:rsidRPr="003949EC" w:rsidRDefault="004A162C" w:rsidP="005038C6">
+          <w:p w14:paraId="0B719444" w14:textId="59E708EB" w:rsidR="004A162C" w:rsidRPr="003949EC" w:rsidRDefault="00EE2128" w:rsidP="005038C6">
             <w:pPr>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
             </w:pPr>
-            <w:r w:rsidRPr="003949EC">
-              <w:t>Titulaire de l’autorité parentale</w:t>
+            <w:r>
+              <w:t>Représentant(s) légal(aux)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6208" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1F51A0B0" w14:textId="77777777" w:rsidR="004A162C" w:rsidRPr="003949EC" w:rsidRDefault="004A162C" w:rsidP="00F95A43">
             <w:pPr>
               <w:pStyle w:val="06btexteprincipalsansespacebloc"/>
             </w:pPr>
             <w:r w:rsidRPr="003949EC">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="Texte23"/>
+            <w:bookmarkStart w:id="3" w:name="Texte23"/>
             <w:r w:rsidRPr="003949EC">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="6"/>
+            <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004A162C" w:rsidRPr="00146395" w14:paraId="6294FD5A" w14:textId="77777777" w:rsidTr="0014440C">
         <w:trPr>
           <w:trHeight w:val="426"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="02EC31EE" w14:textId="77777777" w:rsidR="004A162C" w:rsidRPr="003949EC" w:rsidRDefault="004A162C" w:rsidP="005038C6">
             <w:pPr>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r w:rsidRPr="003949EC">
               <w:t xml:space="preserve">Ecole </w:t>
             </w:r>
             <w:r w:rsidRPr="00C819F4">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">ou </w:t>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:t>autre structure</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6208" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3A442039" w14:textId="77777777" w:rsidR="004A162C" w:rsidRPr="003949EC" w:rsidRDefault="004A162C" w:rsidP="00F95A43">
             <w:pPr>
               <w:pStyle w:val="06btexteprincipalsansespacebloc"/>
             </w:pPr>
             <w:r w:rsidRPr="003949EC">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="7" w:name="Texte24"/>
+            <w:bookmarkStart w:id="4" w:name="Texte24"/>
             <w:r w:rsidRPr="003949EC">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="7"/>
+            <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004A162C" w:rsidRPr="00146395" w14:paraId="7FDA9B4D" w14:textId="77777777" w:rsidTr="0014440C">
         <w:trPr>
           <w:trHeight w:val="415"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="08C863F4" w14:textId="77777777" w:rsidR="004A162C" w:rsidRPr="003949EC" w:rsidRDefault="004A162C" w:rsidP="005038C6">
+          <w:p w14:paraId="08C863F4" w14:textId="71EFF1F5" w:rsidR="004A162C" w:rsidRPr="003949EC" w:rsidRDefault="004A162C" w:rsidP="005038C6">
             <w:pPr>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r w:rsidRPr="003949EC">
               <w:t>Degré scolaire</w:t>
+            </w:r>
+            <w:r w:rsidR="00EE2128">
+              <w:t xml:space="preserve"> / type de classe</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6208" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0AAF3D98" w14:textId="77777777" w:rsidR="004A162C" w:rsidRPr="003949EC" w:rsidRDefault="004A162C" w:rsidP="00F95A43">
             <w:pPr>
               <w:pStyle w:val="06btexteprincipalsansespacebloc"/>
             </w:pPr>
             <w:r w:rsidRPr="003949EC">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="8" w:name="Texte25"/>
+            <w:bookmarkStart w:id="5" w:name="Texte25"/>
             <w:r w:rsidRPr="003949EC">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="8"/>
-[...91 lines deleted...]
-            <w:bookmarkEnd w:id="9"/>
+            <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004A162C" w:rsidRPr="00146395" w14:paraId="0109F316" w14:textId="77777777" w:rsidTr="0014440C">
         <w:trPr>
           <w:trHeight w:val="586"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6F1F36F8" w14:textId="77777777" w:rsidR="004A162C" w:rsidRPr="003949EC" w:rsidRDefault="004A162C" w:rsidP="005038C6">
             <w:pPr>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r w:rsidRPr="003949EC">
               <w:t>Le cas échéant diagnostic médical + médecin traitant</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6208" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1B8CBBB6" w14:textId="77777777" w:rsidR="004A162C" w:rsidRPr="003949EC" w:rsidRDefault="004A162C" w:rsidP="00F95A43">
             <w:pPr>
               <w:pStyle w:val="06btexteprincipalsansespacebloc"/>
             </w:pPr>
             <w:r w:rsidRPr="003949EC">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte27"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="10" w:name="Texte27"/>
+            <w:bookmarkStart w:id="6" w:name="Texte27"/>
             <w:r w:rsidRPr="003949EC">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="10"/>
+            <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004A162C" w:rsidRPr="00146395" w14:paraId="3C196E92" w14:textId="77777777" w:rsidTr="0014440C">
         <w:trPr>
           <w:trHeight w:val="394"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="75BF4EC8" w14:textId="77777777" w:rsidR="004A162C" w:rsidRPr="003949EC" w:rsidRDefault="004A162C" w:rsidP="005038C6">
             <w:pPr>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r>
               <w:t>Parcours thérapeutique et m</w:t>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:t>esures actuelles</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6208" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="473E4CE9" w14:textId="77777777" w:rsidR="004A162C" w:rsidRPr="003949EC" w:rsidRDefault="004A162C" w:rsidP="00F95A43">
             <w:pPr>
               <w:pStyle w:val="06btexteprincipalsansespacebloc"/>
             </w:pPr>
             <w:r w:rsidRPr="003949EC">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte28"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="11" w:name="Texte28"/>
+            <w:bookmarkStart w:id="7" w:name="Texte28"/>
             <w:r w:rsidRPr="003949EC">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003949EC">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="11"/>
+            <w:bookmarkEnd w:id="7"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="287FFBC7" w14:textId="42C166C8" w:rsidR="00D30CCA" w:rsidRDefault="00D30CCA" w:rsidP="00A21064">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="16"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="35D862C5" w14:textId="4951E087" w:rsidR="004A162C" w:rsidRDefault="004A162C" w:rsidP="00A21064">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="16"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="651F8763" w14:textId="358096B3" w:rsidR="004A162C" w:rsidRPr="004A162C" w:rsidRDefault="004A162C" w:rsidP="004A162C">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
       </w:pPr>
       <w:r w:rsidRPr="004A162C">
         <w:t>Contexte de la demande</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21222FD0" w14:textId="3918F70E" w:rsidR="004A162C" w:rsidRPr="004A162C" w:rsidRDefault="006A06D8" w:rsidP="006A06D8">
       <w:pPr>
         <w:pStyle w:val="06atexteprincipal"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte40"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="Texte40"/>
+      <w:bookmarkStart w:id="8" w:name="Texte40"/>
       <w:r>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="8"/>
     </w:p>
     <w:p w14:paraId="531767F6" w14:textId="5E09446B" w:rsidR="004A162C" w:rsidRPr="004A162C" w:rsidRDefault="004A162C" w:rsidP="004A162C">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
       </w:pPr>
       <w:r w:rsidRPr="004A162C">
         <w:t>Bilan psychomoteur</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2492A82C" w14:textId="28FE6E92" w:rsidR="004A162C" w:rsidRDefault="004A162C" w:rsidP="004A162C">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
       </w:pPr>
       <w:r w:rsidRPr="004A162C">
         <w:t>Dates des séances</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43E4A2A4" w14:textId="50CA5F27" w:rsidR="00521EAE" w:rsidRPr="00521EAE" w:rsidRDefault="00521EAE" w:rsidP="00521EAE">
       <w:pPr>
         <w:pStyle w:val="06atexteprincipal"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte39"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="13" w:name="Texte39"/>
+      <w:bookmarkStart w:id="9" w:name="Texte39"/>
       <w:r>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="9"/>
     </w:p>
     <w:p w14:paraId="3F482B8F" w14:textId="6FD83B20" w:rsidR="004A162C" w:rsidRPr="004A162C" w:rsidRDefault="004A162C" w:rsidP="004A162C">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
       </w:pPr>
       <w:r w:rsidRPr="004A162C">
         <w:t>Tests et méthode utilisés</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40ACBA93" w14:textId="77777777" w:rsidR="004A162C" w:rsidRDefault="004A162C" w:rsidP="004A162C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2835"/>
           <w:tab w:val="left" w:pos="6663"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="14" w:name="CaseACocher4"/>
+      <w:bookmarkStart w:id="10" w:name="CaseACocher4"/>
       <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008C0B4B">
+      <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="10"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006540D9">
         <w:t>M-ABC2</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="CaseACocher5"/>
+      <w:bookmarkStart w:id="11" w:name="CaseACocher5"/>
       <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008C0B4B">
+      <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006540D9">
         <w:t>DF-MOT</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher6"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="16" w:name="CaseACocher6"/>
+      <w:bookmarkStart w:id="12" w:name="CaseACocher6"/>
       <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008C0B4B">
+      <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="16"/>
+      <w:bookmarkEnd w:id="12"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006540D9">
         <w:t>Profil de Dunn</w:t>
       </w:r>
       <w:r w:rsidRPr="006540D9">
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D7E769D" w14:textId="77777777" w:rsidR="004A162C" w:rsidRPr="00400FAC" w:rsidRDefault="004A162C" w:rsidP="004A162C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2835"/>
           <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="6663"/>
         </w:tabs>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher7"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="17" w:name="CaseACocher7"/>
+      <w:bookmarkStart w:id="13" w:name="CaseACocher7"/>
       <w:r w:rsidRPr="00400FAC">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008C0B4B">
+      <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="17"/>
+      <w:bookmarkEnd w:id="13"/>
       <w:r w:rsidRPr="00400FAC">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Peabody</w:t>
       </w:r>
       <w:r w:rsidRPr="00400FAC">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00400FAC">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher8"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="CaseACocher8"/>
+      <w:bookmarkStart w:id="14" w:name="CaseACocher8"/>
       <w:r w:rsidRPr="00400FAC">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008C0B4B">
+      <w:r w:rsidRPr="00400FAC">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00400FAC">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="18"/>
+      <w:bookmarkEnd w:id="14"/>
       <w:r w:rsidRPr="00400FAC">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Items du bilan SM Bullinger</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> Items du </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00400FAC">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t>bilan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00400FAC">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> SM Bullinger</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00400FAC">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:id="19" w:name="_Hlk121214275"/>
+      <w:bookmarkStart w:id="15" w:name="_Hlk121214275"/>
       <w:r w:rsidRPr="00400FAC">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher9"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="20" w:name="CaseACocher9"/>
+      <w:bookmarkStart w:id="16" w:name="CaseACocher9"/>
       <w:r w:rsidRPr="00400FAC">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008C0B4B">
+      <w:r w:rsidRPr="00400FAC">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00400FAC">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="20"/>
+      <w:bookmarkEnd w:id="16"/>
       <w:r w:rsidRPr="00400FAC">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="15"/>
       <w:r w:rsidRPr="00400FAC">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>NEPSY I</w:t>
       </w:r>
       <w:r w:rsidRPr="00400FAC">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="37993D60" w14:textId="77777777" w:rsidR="004A162C" w:rsidRPr="006540D9" w:rsidRDefault="004A162C" w:rsidP="006A06D8">
       <w:pPr>
         <w:pStyle w:val="06btexteprincipalsansespacebloc"/>
       </w:pPr>
       <w:r w:rsidRPr="00400FAC">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher9"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00400FAC">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008C0B4B">
+      <w:r w:rsidRPr="00400FAC">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00400FAC">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00400FAC">
         <w:t xml:space="preserve"> autre : </w:t>
       </w:r>
       <w:r w:rsidRPr="00400FAC">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte38"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00400FAC">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00400FAC">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00400FAC">
@@ -1797,65 +1498,55 @@
       <w:r w:rsidRPr="00400FAC">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00400FAC">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00400FAC">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="55612C5D" w14:textId="0BEFE1CD" w:rsidR="004A162C" w:rsidRPr="004A162C" w:rsidRDefault="004A162C" w:rsidP="00A21064">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="603D268E" w14:textId="24FCFF46" w:rsidR="004A162C" w:rsidRPr="004A162C" w:rsidRDefault="004A162C" w:rsidP="00A21064">
-[...7 lines deleted...]
-    </w:p>
     <w:p w14:paraId="18D9EEF5" w14:textId="40FB5929" w:rsidR="004A162C" w:rsidRDefault="004A162C" w:rsidP="004A162C">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
       </w:pPr>
       <w:r w:rsidRPr="004A162C">
-        <w:lastRenderedPageBreak/>
         <w:t>Observations cliniques et résultats/cotation des tests utilisés</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23132763" w14:textId="77777777" w:rsidR="000536D1" w:rsidRPr="00C85544" w:rsidRDefault="000536D1" w:rsidP="000536D1">
       <w:pPr>
         <w:pStyle w:val="Titre3"/>
       </w:pPr>
       <w:r w:rsidRPr="00C85544">
         <w:t>Axe contexte anam</w:t>
       </w:r>
       <w:r>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidRPr="00C85544">
         <w:t>estique</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -1879,61 +1570,62 @@
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E48C5">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Observation clinique</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="12A0876F" w14:textId="77777777" w:rsidR="003A5C8B" w:rsidRDefault="003A5C8B" w:rsidP="00F95A43">
             <w:pPr>
               <w:pStyle w:val="06btexteprincipalsansespacebloc"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003A5C8B" w14:paraId="26D53ED2" w14:textId="77777777" w:rsidTr="003A5C8B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9067" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1BBC5A09" w14:textId="2106ED15" w:rsidR="003A5C8B" w:rsidRPr="002212E3" w:rsidRDefault="003A5C8B" w:rsidP="00A86EBD">
+          <w:p w14:paraId="23D6D560" w14:textId="112E2136" w:rsidR="003A5C8B" w:rsidRPr="009A7771" w:rsidRDefault="003A5C8B" w:rsidP="00A86EBD">
             <w:pPr>
               <w:pStyle w:val="06btexteprincipalsansespacebloc"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002212E3">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte39"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="002212E3">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="002212E3">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="002212E3">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
@@ -1953,82 +1645,79 @@
             <w:r w:rsidR="001E48C5">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="001E48C5">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="001E48C5">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="002212E3">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="23D6D560" w14:textId="77777777" w:rsidR="003A5C8B" w:rsidRPr="00C85544" w:rsidRDefault="003A5C8B" w:rsidP="00A86EBD">
-[...6 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5DD7CA91" w14:textId="77777777" w:rsidR="000536D1" w:rsidRDefault="000536D1" w:rsidP="000536D1">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste1"/>
         <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3A82F312" w14:textId="77777777" w:rsidR="000536D1" w:rsidRPr="00C85544" w:rsidRDefault="000536D1" w:rsidP="000536D1">
       <w:pPr>
         <w:pStyle w:val="Titre3"/>
       </w:pPr>
       <w:r w:rsidRPr="00C85544">
         <w:t xml:space="preserve">Axe </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>tonico-moteur</w:t>
+        <w:t>tonico</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>-moteur</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9067"/>
       </w:tblGrid>
       <w:tr w:rsidR="003A5C8B" w14:paraId="44FB1783" w14:textId="77777777" w:rsidTr="003A5C8B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9067" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="670673DE" w14:textId="77777777" w:rsidR="003A5C8B" w:rsidRPr="001E48C5" w:rsidRDefault="003A5C8B" w:rsidP="00F95A43">
@@ -3146,51 +2835,50 @@
       <w:r w:rsidRPr="00510ED8">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00510ED8">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="014E74EF" w14:textId="6BE91EAC" w:rsidR="00C11EA1" w:rsidRDefault="00C11EA1" w:rsidP="00F12CAB">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Principaux axes du projet thérapeutique </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6319F459" w14:textId="39E8A275" w:rsidR="00C11EA1" w:rsidRPr="001656E5" w:rsidRDefault="00C11EA1" w:rsidP="00F12CAB">
       <w:pPr>
         <w:pStyle w:val="06atexteprincipal"/>
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002212E3">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="002212E3">
@@ -3238,110 +2926,121 @@
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="002212E3">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="002212E3">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F24E7FE" w14:textId="77777777" w:rsidR="00D25CCA" w:rsidRDefault="00C11EA1" w:rsidP="00BE7C33">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001656E5">
-        <w:t>Mesure-s souhaitée-s</w:t>
-      </w:r>
+        <w:t>Mesure-s</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001656E5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001656E5">
+        <w:t>souhaitée-s</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="767DDE00" w14:textId="77777777" w:rsidR="00EB0414" w:rsidRPr="00EB0414" w:rsidRDefault="00C11EA1" w:rsidP="00D25CCA">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB0414">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Prise en charge individuelle</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63317C28" w14:textId="77777777" w:rsidR="00C11EA1" w:rsidRDefault="00C11EA1" w:rsidP="00C11EA1">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste1"/>
         <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Thérapie psychomotrice individuelle du </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB0414">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte41"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="Texte41"/>
+      <w:bookmarkStart w:id="17" w:name="Texte41"/>
       <w:r w:rsidRPr="00EB0414">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00EB0414">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00EB0414">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
@@ -3396,79 +3095,79 @@
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB0414">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB0414">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="21"/>
+      <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> au </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB0414">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte42"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="22" w:name="Texte42"/>
+      <w:bookmarkStart w:id="18" w:name="Texte42"/>
       <w:r w:rsidRPr="00EB0414">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00EB0414">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00EB0414">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
@@ -3523,51 +3222,51 @@
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB0414">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB0414">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="22"/>
+      <w:bookmarkEnd w:id="18"/>
     </w:p>
     <w:p w14:paraId="7C74EC89" w14:textId="77777777" w:rsidR="00C11EA1" w:rsidRDefault="00C11EA1" w:rsidP="00C11EA1">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1985"/>
           <w:tab w:val="left" w:pos="3119"/>
           <w:tab w:val="left" w:pos="4253"/>
           <w:tab w:val="left" w:pos="5387"/>
           <w:tab w:val="left" w:pos="6521"/>
           <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
@@ -3582,290 +3281,290 @@
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher10"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="23" w:name="CaseACocher10"/>
+      <w:bookmarkStart w:id="19" w:name="CaseACocher10"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008C0B4B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="008C0B4B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="23"/>
+      <w:bookmarkEnd w:id="19"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 15 min</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher11"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="CaseACocher11"/>
+      <w:bookmarkStart w:id="20" w:name="CaseACocher11"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008C0B4B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="008C0B4B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="24"/>
+      <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 30 min</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="25" w:name="CaseACocher12"/>
+      <w:bookmarkStart w:id="21" w:name="CaseACocher12"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008C0B4B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="008C0B4B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="25"/>
+      <w:bookmarkEnd w:id="21"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 45 min</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008C0B4B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="008C0B4B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 60 min </w:t>
@@ -3885,59 +3584,59 @@
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008C0B4B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="008C0B4B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 75 min </w:t>
@@ -3957,59 +3656,59 @@
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008C0B4B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="008C0B4B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 90 min</w:t>
@@ -4020,51 +3719,51 @@
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">Fréquence des séances : </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB0414">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte43"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="26" w:name="Texte43"/>
+      <w:bookmarkStart w:id="22" w:name="Texte43"/>
       <w:r w:rsidRPr="00EB0414">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00EB0414">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00EB0414">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00EB0414">
         <w:rPr>
@@ -4092,51 +3791,51 @@
       </w:r>
       <w:r w:rsidRPr="00EB0414">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB0414">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB0414">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="26"/>
+      <w:bookmarkEnd w:id="22"/>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">x par </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:alias w:val="fréquence"/>
           <w:tag w:val="fréquence"/>
           <w:id w:val="-1164622617"/>
           <w:placeholder>
             <w:docPart w:val="1ABA929B1FF04514897964950A05338D"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:comboBox>
             <w:listItem w:value="Choisissez un élément."/>
             <w:listItem w:displayText="semaine" w:value="semaine"/>
             <w:listItem w:displayText="quinzaine" w:value="quinzaine"/>
             <w:listItem w:displayText="mois" w:value="mois"/>
             <w:listItem w:displayText="trimestre" w:value="trimestre"/>
             <w:listItem w:displayText="semestre" w:value="semestre"/>
@@ -4476,59 +4175,59 @@
           <w:noProof/>
           <w:kern w:val="1"/>
           <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher10"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00E76A74">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:noProof/>
           <w:kern w:val="1"/>
           <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008C0B4B">
-[...7 lines deleted...]
-      <w:r w:rsidR="008C0B4B">
+      <w:r w:rsidRPr="00E76A74">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun"/>
+          <w:noProof/>
+          <w:kern w:val="1"/>
+          <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00E76A74">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:noProof/>
           <w:kern w:val="1"/>
           <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00E76A74">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:noProof/>
           <w:kern w:val="1"/>
           <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00E76A74">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:noProof/>
           <w:kern w:val="1"/>
           <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> 30 min</w:t>
@@ -4548,59 +4247,59 @@
           <w:noProof/>
           <w:kern w:val="1"/>
           <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher11"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00E76A74">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:noProof/>
           <w:kern w:val="1"/>
           <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008C0B4B">
-[...7 lines deleted...]
-      <w:r w:rsidR="008C0B4B">
+      <w:r w:rsidRPr="00E76A74">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun"/>
+          <w:noProof/>
+          <w:kern w:val="1"/>
+          <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00E76A74">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:noProof/>
           <w:kern w:val="1"/>
           <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00E76A74">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:noProof/>
           <w:kern w:val="1"/>
           <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00E76A74">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:noProof/>
           <w:kern w:val="1"/>
           <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> 45 min</w:t>
@@ -4620,59 +4319,59 @@
           <w:noProof/>
           <w:kern w:val="1"/>
           <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00E76A74">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:noProof/>
           <w:kern w:val="1"/>
           <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008C0B4B">
-[...7 lines deleted...]
-      <w:r w:rsidR="008C0B4B">
+      <w:r w:rsidRPr="00E76A74">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun"/>
+          <w:noProof/>
+          <w:kern w:val="1"/>
+          <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00E76A74">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:noProof/>
           <w:kern w:val="1"/>
           <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00E76A74">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:noProof/>
           <w:kern w:val="1"/>
           <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00E76A74">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:noProof/>
           <w:kern w:val="1"/>
           <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> 60 min</w:t>
@@ -4692,59 +4391,59 @@
           <w:noProof/>
           <w:kern w:val="1"/>
           <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00E76A74">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:noProof/>
           <w:kern w:val="1"/>
           <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008C0B4B">
-[...7 lines deleted...]
-      <w:r w:rsidR="008C0B4B">
+      <w:r w:rsidRPr="00E76A74">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun"/>
+          <w:noProof/>
+          <w:kern w:val="1"/>
+          <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00E76A74">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:noProof/>
           <w:kern w:val="1"/>
           <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00E76A74">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:noProof/>
           <w:kern w:val="1"/>
           <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00E76A74">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:noProof/>
           <w:kern w:val="1"/>
           <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> 75 min</w:t>
@@ -4764,59 +4463,59 @@
           <w:noProof/>
           <w:kern w:val="1"/>
           <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00E76A74">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:noProof/>
           <w:kern w:val="1"/>
           <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008C0B4B">
-[...7 lines deleted...]
-      <w:r w:rsidR="008C0B4B">
+      <w:r w:rsidRPr="00E76A74">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun"/>
+          <w:noProof/>
+          <w:kern w:val="1"/>
+          <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00E76A74">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:noProof/>
           <w:kern w:val="1"/>
           <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00E76A74">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:noProof/>
           <w:kern w:val="1"/>
           <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00E76A74">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:noProof/>
           <w:kern w:val="1"/>
           <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> 90 min</w:t>
@@ -5321,59 +5020,59 @@
           <w:noProof/>
           <w:kern w:val="1"/>
           <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher10"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00B15A46">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:noProof/>
           <w:kern w:val="1"/>
           <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008C0B4B">
-[...7 lines deleted...]
-      <w:r w:rsidR="008C0B4B">
+      <w:r w:rsidRPr="00B15A46">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun"/>
+          <w:noProof/>
+          <w:kern w:val="1"/>
+          <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00B15A46">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:noProof/>
           <w:kern w:val="1"/>
           <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00B15A46">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:noProof/>
           <w:kern w:val="1"/>
           <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00B15A46">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:noProof/>
           <w:kern w:val="1"/>
           <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> 15 min</w:t>
@@ -5393,59 +5092,59 @@
           <w:noProof/>
           <w:kern w:val="1"/>
           <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher11"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00B15A46">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:noProof/>
           <w:kern w:val="1"/>
           <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008C0B4B">
-[...7 lines deleted...]
-      <w:r w:rsidR="008C0B4B">
+      <w:r w:rsidRPr="00B15A46">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun"/>
+          <w:noProof/>
+          <w:kern w:val="1"/>
+          <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00B15A46">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:noProof/>
           <w:kern w:val="1"/>
           <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00B15A46">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:noProof/>
           <w:kern w:val="1"/>
           <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00B15A46">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:noProof/>
           <w:kern w:val="1"/>
           <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> 30 min</w:t>
@@ -5465,59 +5164,59 @@
           <w:noProof/>
           <w:kern w:val="1"/>
           <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00B15A46">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:noProof/>
           <w:kern w:val="1"/>
           <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008C0B4B">
-[...7 lines deleted...]
-      <w:r w:rsidR="008C0B4B">
+      <w:r w:rsidRPr="00B15A46">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun"/>
+          <w:noProof/>
+          <w:kern w:val="1"/>
+          <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00B15A46">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:noProof/>
           <w:kern w:val="1"/>
           <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00B15A46">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:noProof/>
           <w:kern w:val="1"/>
           <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00B15A46">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:noProof/>
           <w:kern w:val="1"/>
           <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> 45 min</w:t>
@@ -5537,59 +5236,59 @@
           <w:noProof/>
           <w:kern w:val="1"/>
           <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00B15A46">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:noProof/>
           <w:kern w:val="1"/>
           <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008C0B4B">
-[...7 lines deleted...]
-      <w:r w:rsidR="008C0B4B">
+      <w:r w:rsidRPr="00B15A46">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun"/>
+          <w:noProof/>
+          <w:kern w:val="1"/>
+          <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00B15A46">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:noProof/>
           <w:kern w:val="1"/>
           <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00B15A46">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:noProof/>
           <w:kern w:val="1"/>
           <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00B15A46">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:noProof/>
           <w:kern w:val="1"/>
           <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> 60 min </w:t>
@@ -5609,59 +5308,59 @@
           <w:noProof/>
           <w:kern w:val="1"/>
           <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00B15A46">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:noProof/>
           <w:kern w:val="1"/>
           <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008C0B4B">
-[...7 lines deleted...]
-      <w:r w:rsidR="008C0B4B">
+      <w:r w:rsidRPr="00B15A46">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun"/>
+          <w:noProof/>
+          <w:kern w:val="1"/>
+          <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00B15A46">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:noProof/>
           <w:kern w:val="1"/>
           <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00B15A46">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:noProof/>
           <w:kern w:val="1"/>
           <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00B15A46">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:noProof/>
           <w:kern w:val="1"/>
           <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> 75 min </w:t>
@@ -5681,59 +5380,59 @@
           <w:noProof/>
           <w:kern w:val="1"/>
           <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00B15A46">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:noProof/>
           <w:kern w:val="1"/>
           <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008C0B4B">
-[...7 lines deleted...]
-      <w:r w:rsidR="008C0B4B">
+      <w:r w:rsidRPr="00B15A46">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun"/>
+          <w:noProof/>
+          <w:kern w:val="1"/>
+          <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00B15A46">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:noProof/>
           <w:kern w:val="1"/>
           <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00B15A46">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:noProof/>
           <w:kern w:val="1"/>
           <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00B15A46">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:noProof/>
           <w:kern w:val="1"/>
           <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> 90 min</w:t>
@@ -6186,68 +5885,86 @@
                 <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B15A46">
               <w:rPr>
                 <w:rFonts w:eastAsia="SimSun"/>
                 <w:noProof/>
                 <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B15A46">
               <w:rPr>
                 <w:rFonts w:eastAsia="SimSun"/>
                 <w:noProof/>
                 <w:lang w:val="de-DE" w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="328D5FB1" w14:textId="749CE9F5" w:rsidR="000536D1" w:rsidRDefault="000536D1" w:rsidP="000536D1"/>
-    <w:p w14:paraId="3EF8AC3C" w14:textId="77777777" w:rsidR="00B15A46" w:rsidRPr="00B15A46" w:rsidRDefault="00B15A46" w:rsidP="00B15A46">
+    <w:p w14:paraId="3EF8AC3C" w14:textId="2628D742" w:rsidR="00B15A46" w:rsidRPr="00B15A46" w:rsidRDefault="00B15A46" w:rsidP="00B15A46">
       <w:pPr>
         <w:pStyle w:val="08annexecontactrenseignementsetc"/>
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B15A46">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">Annexes  </w:t>
+        <w:t>Annexe</w:t>
+      </w:r>
+      <w:r w:rsidR="009A7771">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B15A46">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64F44F96" w14:textId="77777777" w:rsidR="00B15A46" w:rsidRPr="00B15A46" w:rsidRDefault="00B15A46" w:rsidP="00B15A46">
       <w:pPr>
         <w:spacing w:after="0" w:line="220" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B15A46">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:t>—</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B9E2CE0" w14:textId="77777777" w:rsidR="00B15A46" w:rsidRPr="00B15A46" w:rsidRDefault="00B15A46" w:rsidP="00B15A46">
       <w:pPr>
         <w:pStyle w:val="08annexecontactrenseignementsetc"/>
@@ -6281,99 +5998,110 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="118A4AD6" w14:textId="77777777" w:rsidR="00B15A46" w:rsidRPr="00B15A46" w:rsidRDefault="00B15A46" w:rsidP="00B15A46">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0165BDDA" w14:textId="77777777" w:rsidR="00B15A46" w:rsidRPr="00B15A46" w:rsidRDefault="00B15A46" w:rsidP="00B15A46">
       <w:pPr>
         <w:pStyle w:val="08annexecontactrenseignementsetc"/>
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B15A46">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">Copie-s </w:t>
+        <w:t>Copie-s</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B15A46">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3730F9F6" w14:textId="77777777" w:rsidR="00B15A46" w:rsidRPr="00B15A46" w:rsidRDefault="00B15A46" w:rsidP="00B15A46">
       <w:pPr>
         <w:pStyle w:val="08annexecontactrenseignementsetc"/>
         <w:rPr>
           <w:sz w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B15A46">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:t>—</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CF21AD2" w14:textId="77777777" w:rsidR="00B15A46" w:rsidRPr="00B15A46" w:rsidRDefault="00B15A46" w:rsidP="00B15A46">
+    <w:p w14:paraId="42C841FB" w14:textId="07D6B754" w:rsidR="000536D1" w:rsidRPr="009A7771" w:rsidRDefault="00B15A46" w:rsidP="009A7771">
       <w:pPr>
         <w:pStyle w:val="08annexecontactrenseignementsetc"/>
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B15A46">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte16"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="27" w:name="Texte16"/>
+      <w:bookmarkStart w:id="23" w:name="Texte16"/>
       <w:r w:rsidRPr="00B15A46">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00B15A46">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00B15A46">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00B15A46">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:noProof/>
           <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
@@ -6397,93 +6125,88 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B15A46">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:noProof/>
           <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B15A46">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:noProof/>
           <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B15A46">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="27"/>
+      <w:bookmarkEnd w:id="23"/>
     </w:p>
-    <w:p w14:paraId="42C841FB" w14:textId="17981C44" w:rsidR="000536D1" w:rsidRDefault="000536D1" w:rsidP="000536D1"/>
-[...7 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId13"/>
+    <w:sectPr w:rsidR="000536D1" w:rsidRPr="009A7771" w:rsidSect="009367E6">
+      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:headerReference w:type="first" r:id="rId9"/>
+      <w:footerReference w:type="first" r:id="rId10"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1985" w:right="851" w:bottom="1418" w:left="1418" w:header="652" w:footer="510" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7FD23628" w14:textId="77777777" w:rsidR="005D5FBC" w:rsidRDefault="005D5FBC" w:rsidP="00D43596">
+    <w:p w14:paraId="0CCE6BBE" w14:textId="77777777" w:rsidR="003D47AD" w:rsidRDefault="003D47AD" w:rsidP="00D43596">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1A998AE0" w14:textId="77777777" w:rsidR="005D5FBC" w:rsidRDefault="005D5FBC" w:rsidP="00D43596">
+    <w:p w14:paraId="5EF2D08E" w14:textId="77777777" w:rsidR="003D47AD" w:rsidRDefault="003D47AD" w:rsidP="00D43596">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -6508,71 +6231,51 @@
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-[...19 lines deleted...]
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5C81D975" w14:textId="77777777" w:rsidR="003A5C8B" w:rsidRPr="00BF50CB" w:rsidRDefault="00EB6284" w:rsidP="00D43596">
     <w:pPr>
       <w:pStyle w:val="01entteetbasdepage"/>
       <w:rPr>
         <w:lang w:val="fr-CH"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00BF50CB">
       <w:rPr>
         <w:lang w:val="fr-CH"/>
       </w:rPr>
       <w:t>—</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="565C2A01" w14:textId="77777777" w:rsidR="004C3432" w:rsidRDefault="004C3432" w:rsidP="004C3432">
     <w:pPr>
       <w:spacing w:after="0" w:line="220" w:lineRule="exact"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:sz w:val="16"/>
         <w:lang w:val="fr-CH"/>
       </w:rPr>
     </w:pPr>
     <w:r>
@@ -6628,80 +6331,70 @@
       <w:t>S-</w:t>
     </w:r>
     <w:r w:rsidR="00971549">
       <w:rPr>
         <w:lang w:val="de-DE"/>
       </w:rPr>
       <w:t>401</w:t>
     </w:r>
     <w:r w:rsidR="008C0B4B">
       <w:rPr>
         <w:lang w:val="de-DE"/>
       </w:rPr>
       <w:t>A</w:t>
     </w:r>
     <w:r w:rsidR="00644A97" w:rsidRPr="00644A97">
       <w:rPr>
         <w:lang w:val="de-DE"/>
       </w:rPr>
       <w:t>-FR</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3B11CAD0" w14:textId="77777777" w:rsidR="005D5FBC" w:rsidRDefault="005D5FBC" w:rsidP="00D43596">
+    <w:p w14:paraId="721AB63C" w14:textId="77777777" w:rsidR="003D47AD" w:rsidRDefault="003D47AD" w:rsidP="00D43596">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3AEC17DC" w14:textId="77777777" w:rsidR="005D5FBC" w:rsidRDefault="005D5FBC" w:rsidP="00D43596">
+    <w:p w14:paraId="4B382A3C" w14:textId="77777777" w:rsidR="003D47AD" w:rsidRDefault="003D47AD" w:rsidP="00D43596">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-[...9 lines deleted...]
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9298" w:type="dxa"/>
       <w:tblInd w:w="341" w:type="dxa"/>
       <w:tblBorders>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="9298"/>
     </w:tblGrid>
     <w:tr w:rsidR="00D43596" w14:paraId="1B674AB6" w14:textId="77777777">
       <w:trPr>
         <w:trHeight w:val="567"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="9298" w:type="dxa"/>
@@ -6875,52 +6568,52 @@
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="9525">
                           <a:noFill/>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="64A9D599" w14:textId="77777777" w:rsidR="003A5C8B" w:rsidRDefault="003A5C8B" w:rsidP="00D43596"/>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9639" w:type="dxa"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="57" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5500"/>
       <w:gridCol w:w="4139"/>
     </w:tblGrid>
     <w:tr w:rsidR="00D43596" w:rsidRPr="004A0F2D" w14:paraId="359F8B59" w14:textId="77777777">
       <w:trPr>
         <w:trHeight w:val="1701"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5500" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="1EB817F8" w14:textId="77777777" w:rsidR="003A5C8B" w:rsidRPr="00AA545D" w:rsidRDefault="00EB6284" w:rsidP="00D43596">
           <w:pPr>
             <w:pStyle w:val="TM1"/>
             <w:rPr>
@@ -7012,92 +6705,135 @@
               <w:b/>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
             <w:t xml:space="preserve">et des mesures d’aides </w:t>
           </w:r>
           <w:r w:rsidRPr="00D30CCA">
             <w:rPr>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
             <w:t>SESAM</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="053AF836" w14:textId="77777777" w:rsidR="003A5C8B" w:rsidRPr="00D30CCA" w:rsidRDefault="00D30CCA" w:rsidP="00D43596">
           <w:pPr>
             <w:pStyle w:val="01entteetbasdepage"/>
             <w:rPr>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
           </w:pPr>
+          <w:proofErr w:type="spellStart"/>
           <w:r w:rsidRPr="00D30CCA">
             <w:rPr>
               <w:b/>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
-            <w:t xml:space="preserve">Amt für Sonderpädagogik </w:t>
+            <w:t>Amt</w:t>
           </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="00D30CCA">
+            <w:rPr>
+              <w:b/>
+              <w:lang w:val="fr-CH"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> für </w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="00D30CCA">
+            <w:rPr>
+              <w:b/>
+              <w:lang w:val="fr-CH"/>
+            </w:rPr>
+            <w:t>Sonderpädagogik</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="00D30CCA">
+            <w:rPr>
+              <w:b/>
+              <w:lang w:val="fr-CH"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
           <w:r w:rsidRPr="00D30CCA">
             <w:rPr>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
             <w:t>SoA</w:t>
           </w:r>
+          <w:proofErr w:type="spellEnd"/>
         </w:p>
         <w:p w14:paraId="4250EDBC" w14:textId="77777777" w:rsidR="003A5C8B" w:rsidRPr="00D30CCA" w:rsidRDefault="003A5C8B" w:rsidP="00D43596">
           <w:pPr>
             <w:pStyle w:val="01entteetbasdepage"/>
             <w:rPr>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
           </w:pPr>
         </w:p>
         <w:p w14:paraId="35BD0F07" w14:textId="77777777" w:rsidR="003A5C8B" w:rsidRPr="00D30CCA" w:rsidRDefault="00EB6284" w:rsidP="00D43596">
           <w:pPr>
             <w:pStyle w:val="01entteetbasdepage"/>
             <w:rPr>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00D30CCA">
             <w:rPr>
               <w:szCs w:val="12"/>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
             <w:t>R</w:t>
           </w:r>
           <w:r w:rsidR="00D30CCA" w:rsidRPr="00D30CCA">
             <w:rPr>
               <w:szCs w:val="12"/>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
-            <w:t>ue de l’Hopital 3</w:t>
+            <w:t>ue de l’</w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidR="00D30CCA" w:rsidRPr="00D30CCA">
+            <w:rPr>
+              <w:szCs w:val="12"/>
+              <w:lang w:val="fr-CH"/>
+            </w:rPr>
+            <w:t>Hopital</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidR="00D30CCA" w:rsidRPr="00D30CCA">
+            <w:rPr>
+              <w:szCs w:val="12"/>
+              <w:lang w:val="fr-CH"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> 3</w:t>
           </w:r>
           <w:r w:rsidRPr="00D30CCA">
             <w:rPr>
               <w:szCs w:val="12"/>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
             <w:t>, 1701 Fribourg</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="30F64F31" w14:textId="77777777" w:rsidR="003A5C8B" w:rsidRPr="00D30CCA" w:rsidRDefault="003A5C8B" w:rsidP="00D43596">
           <w:pPr>
             <w:pStyle w:val="01entteetbasdepage"/>
             <w:rPr>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
           </w:pPr>
         </w:p>
         <w:p w14:paraId="7448E7DC" w14:textId="77777777" w:rsidR="003A5C8B" w:rsidRPr="00920A79" w:rsidRDefault="00EB6284" w:rsidP="00D43596">
           <w:pPr>
             <w:pStyle w:val="01entteetbasdepage"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve">T +41 </w:t>
           </w:r>
           <w:r w:rsidRPr="00920A79">
@@ -7120,73 +6856,73 @@
           <w:r w:rsidR="00D4759D">
             <w:t>sesam</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="440CEF03" w14:textId="77777777" w:rsidR="003A5C8B" w:rsidRDefault="003A5C8B" w:rsidP="00D43596">
           <w:pPr>
             <w:pStyle w:val="01entteetbasdepage"/>
           </w:pPr>
         </w:p>
         <w:p w14:paraId="3F3A2B65" w14:textId="77777777" w:rsidR="003A5C8B" w:rsidRPr="00E5117F" w:rsidRDefault="003A5C8B" w:rsidP="00D43596">
           <w:pPr>
             <w:pStyle w:val="01entteetbasdepage"/>
             <w:rPr>
               <w:rStyle w:val="Lienhypertexte"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="44B19E03" w14:textId="77777777" w:rsidR="003A5C8B" w:rsidRDefault="003A5C8B" w:rsidP="00D43596"/>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:numPicBullet w:numPicBulletId="0">
     <w:pict>
       <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
         <v:stroke joinstyle="miter"/>
         <v:formulas>
           <v:f eqn="if lineDrawn pixelLineWidth 0"/>
           <v:f eqn="sum @0 1 0"/>
           <v:f eqn="sum 0 0 @1"/>
           <v:f eqn="prod @2 1 2"/>
           <v:f eqn="prod @3 21600 pixelWidth"/>
           <v:f eqn="prod @3 21600 pixelHeight"/>
           <v:f eqn="sum @0 0 1"/>
           <v:f eqn="prod @6 1 2"/>
           <v:f eqn="prod @7 21600 pixelWidth"/>
           <v:f eqn="sum @8 21600 0"/>
           <v:f eqn="prod @7 21600 pixelHeight"/>
           <v:f eqn="sum @10 21600 0"/>
         </v:formulas>
         <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
         <o:lock v:ext="edit" aspectratio="t"/>
       </v:shapetype>
-      <v:shape id="_x0000_i1028" type="#_x0000_t75" style="width:14.4pt;height:14.4pt" o:bullet="t">
+      <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:14.25pt;height:14.25pt" o:bullet="t">
         <v:imagedata r:id="rId1" o:title="ecusson"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="4DB44EC0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -11474,237 +11210,248 @@
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="158473145">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="1381320132">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="748356038">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="942877443">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="2094430257">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="788358777">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="5"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="130"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="90"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1021" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:documentProtection w:edit="forms" w:enforcement="1"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049">
-[...1 lines deleted...]
-    </o:shapedefaults>
+    <o:shapedefaults v:ext="edit" spidmax="5121"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D30CCA"/>
     <w:rsid w:val="000536D1"/>
     <w:rsid w:val="00064DE2"/>
     <w:rsid w:val="00097110"/>
     <w:rsid w:val="000D70B8"/>
+    <w:rsid w:val="000E2FBF"/>
     <w:rsid w:val="0014440C"/>
     <w:rsid w:val="00164C2E"/>
     <w:rsid w:val="001A2E46"/>
     <w:rsid w:val="001A6431"/>
     <w:rsid w:val="001E0374"/>
     <w:rsid w:val="001E48C5"/>
     <w:rsid w:val="001F6A86"/>
     <w:rsid w:val="00262FEF"/>
     <w:rsid w:val="0027355B"/>
     <w:rsid w:val="00276995"/>
     <w:rsid w:val="002B4DE3"/>
     <w:rsid w:val="00300DDB"/>
     <w:rsid w:val="00303C4E"/>
     <w:rsid w:val="00363CDF"/>
     <w:rsid w:val="003966C2"/>
     <w:rsid w:val="003A3945"/>
     <w:rsid w:val="003A5C8B"/>
     <w:rsid w:val="003B6BD3"/>
+    <w:rsid w:val="003D3D8B"/>
+    <w:rsid w:val="003D47AD"/>
     <w:rsid w:val="00405B98"/>
     <w:rsid w:val="00423AC0"/>
+    <w:rsid w:val="004658C4"/>
     <w:rsid w:val="004A162C"/>
     <w:rsid w:val="004C3432"/>
     <w:rsid w:val="004D5C7D"/>
     <w:rsid w:val="004E0A7E"/>
     <w:rsid w:val="004E4E8A"/>
     <w:rsid w:val="0050123F"/>
     <w:rsid w:val="00510ED8"/>
     <w:rsid w:val="00521EAE"/>
     <w:rsid w:val="00543C9E"/>
     <w:rsid w:val="00557547"/>
     <w:rsid w:val="005B53A9"/>
     <w:rsid w:val="005D5FBC"/>
     <w:rsid w:val="005F1D8A"/>
     <w:rsid w:val="005F59FE"/>
     <w:rsid w:val="00617BAE"/>
     <w:rsid w:val="00644A97"/>
+    <w:rsid w:val="00690C98"/>
     <w:rsid w:val="006912AB"/>
     <w:rsid w:val="0069662B"/>
     <w:rsid w:val="006A06D8"/>
     <w:rsid w:val="006B0A0B"/>
     <w:rsid w:val="006B1F69"/>
     <w:rsid w:val="00742764"/>
     <w:rsid w:val="007628E1"/>
     <w:rsid w:val="00766650"/>
     <w:rsid w:val="007807DB"/>
+    <w:rsid w:val="007E266E"/>
     <w:rsid w:val="007E7DF3"/>
     <w:rsid w:val="007F51A1"/>
     <w:rsid w:val="00885087"/>
     <w:rsid w:val="00895945"/>
     <w:rsid w:val="008967BE"/>
+    <w:rsid w:val="008B4B11"/>
     <w:rsid w:val="008C0B4B"/>
     <w:rsid w:val="008D51D9"/>
     <w:rsid w:val="008F5179"/>
     <w:rsid w:val="00904277"/>
     <w:rsid w:val="009244F0"/>
     <w:rsid w:val="009367E6"/>
     <w:rsid w:val="00937C68"/>
     <w:rsid w:val="00971549"/>
     <w:rsid w:val="00990AA5"/>
     <w:rsid w:val="00995BB6"/>
+    <w:rsid w:val="009A7771"/>
     <w:rsid w:val="009C4758"/>
     <w:rsid w:val="009F5CD3"/>
     <w:rsid w:val="00A21064"/>
     <w:rsid w:val="00A21431"/>
     <w:rsid w:val="00A26676"/>
     <w:rsid w:val="00A32F5F"/>
     <w:rsid w:val="00A45086"/>
     <w:rsid w:val="00A86EBD"/>
     <w:rsid w:val="00A871DB"/>
     <w:rsid w:val="00AA4827"/>
+    <w:rsid w:val="00AD53D3"/>
     <w:rsid w:val="00B1195A"/>
     <w:rsid w:val="00B15A46"/>
     <w:rsid w:val="00BC66AF"/>
     <w:rsid w:val="00BD0449"/>
     <w:rsid w:val="00BE0AE3"/>
     <w:rsid w:val="00BF35D4"/>
     <w:rsid w:val="00BF50CB"/>
     <w:rsid w:val="00C018D3"/>
     <w:rsid w:val="00C04BE0"/>
     <w:rsid w:val="00C11EA1"/>
     <w:rsid w:val="00C232CF"/>
     <w:rsid w:val="00C25DFE"/>
     <w:rsid w:val="00C529AF"/>
+    <w:rsid w:val="00C56F08"/>
     <w:rsid w:val="00C717D5"/>
     <w:rsid w:val="00C9257E"/>
+    <w:rsid w:val="00C94B57"/>
     <w:rsid w:val="00CA623F"/>
     <w:rsid w:val="00CC02EB"/>
     <w:rsid w:val="00CD3FF5"/>
     <w:rsid w:val="00D25CCA"/>
     <w:rsid w:val="00D30CCA"/>
     <w:rsid w:val="00D31417"/>
     <w:rsid w:val="00D35F50"/>
     <w:rsid w:val="00D42705"/>
     <w:rsid w:val="00D43CD7"/>
     <w:rsid w:val="00D4759D"/>
     <w:rsid w:val="00D711CE"/>
     <w:rsid w:val="00D768BD"/>
     <w:rsid w:val="00DC0400"/>
     <w:rsid w:val="00E05F3A"/>
     <w:rsid w:val="00E1133E"/>
     <w:rsid w:val="00E12C13"/>
     <w:rsid w:val="00E136F0"/>
     <w:rsid w:val="00E16B4F"/>
     <w:rsid w:val="00E34208"/>
+    <w:rsid w:val="00E37FB4"/>
     <w:rsid w:val="00E4594A"/>
     <w:rsid w:val="00E76A74"/>
     <w:rsid w:val="00EB0414"/>
     <w:rsid w:val="00EB6284"/>
     <w:rsid w:val="00EC122D"/>
+    <w:rsid w:val="00ED6ADE"/>
     <w:rsid w:val="00EE1FF3"/>
+    <w:rsid w:val="00EE2128"/>
     <w:rsid w:val="00F12CAB"/>
     <w:rsid w:val="00F44C8B"/>
     <w:rsid w:val="00F55F6A"/>
     <w:rsid w:val="00F95A43"/>
     <w:rsid w:val="00FB0067"/>
     <w:rsid w:val="00FC3E5E"/>
+    <w:rsid w:val="00FE0976"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef m:val="0"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapRight/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="subSup"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049">
-[...1 lines deleted...]
-    </o:shapedefaults>
+    <o:shapedefaults v:ext="edit" spidmax="5121"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="49E9FA80"/>
   <w15:docId w15:val="{48029385-1E7F-4AC8-9311-72BA6DE6981B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="de-DE" w:eastAsia="de-DE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -12829,91 +12576,91 @@
       <w:szCs w:val="20"/>
       <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Paragraphedeliste1">
     <w:name w:val="Paragraphe de liste1"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="004A162C"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:kern w:val="1"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="fr-CH" w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1625695063">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
-[...2 lines deleted...]
-<file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/numbering.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.gif"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="1ABA929B1FF04514897964950A05338D"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{A0C6DB40-A1B6-47A1-A4F0-0FD5D7897E18}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00746E53" w:rsidRDefault="00B76C12" w:rsidP="00B76C12">
           <w:pPr>
             <w:pStyle w:val="1ABA929B1FF04514897964950A05338D"/>
           </w:pPr>
           <w:r w:rsidRPr="00647EF7">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
@@ -12963,51 +12710,51 @@
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{85C5B05B-B2A5-4A81-A734-39ED2B292CD8}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00746E53" w:rsidRDefault="00B76C12" w:rsidP="00B76C12">
           <w:pPr>
             <w:pStyle w:val="F035910DD408458DAACB00EB8C925AF5"/>
           </w:pPr>
           <w:r w:rsidRPr="00647EF7">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Choisissez un élément.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -13044,93 +12791,98 @@
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B76C12"/>
+    <w:rsid w:val="003D3D8B"/>
+    <w:rsid w:val="0064799C"/>
     <w:rsid w:val="006B0A0B"/>
     <w:rsid w:val="00746E53"/>
+    <w:rsid w:val="007E266E"/>
+    <w:rsid w:val="008B4B11"/>
     <w:rsid w:val="00B76C12"/>
+    <w:rsid w:val="00C94B57"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-CH" w:eastAsia="fr-CH" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -13537,51 +13289,51 @@
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00B76C12"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1ABA929B1FF04514897964950A05338D">
     <w:name w:val="1ABA929B1FF04514897964950A05338D"/>
     <w:rsid w:val="00B76C12"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="B701919D883C4FF898C691A7D9AECD5C">
     <w:name w:val="B701919D883C4FF898C691A7D9AECD5C"/>
     <w:rsid w:val="00B76C12"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="F035910DD408458DAACB00EB8C925AF5">
     <w:name w:val="F035910DD408458DAACB00EB8C925AF5"/>
     <w:rsid w:val="00B76C12"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
@@ -13882,68 +13634,68 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BB4FE4B0-DEFD-4ECE-BEAA-4CDA8B6387CA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>529</Words>
-  <Characters>2910</Characters>
+  <Words>497</Words>
+  <Characters>2685</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>24</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>111</Lines>
+  <Paragraphs>99</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Correspondance</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>MACMAC Media SA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3433</CharactersWithSpaces>
+  <CharactersWithSpaces>3083</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Correspondance</dc:title>
   <dc:creator>Dénervaud Floriane</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>