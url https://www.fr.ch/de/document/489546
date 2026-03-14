--- v0 (2025-12-05)
+++ v1 (2026-03-14)
@@ -5,103 +5,105 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="67AFD620" w14:textId="783AFDBC" w:rsidR="00AB5546" w:rsidRPr="008F4D38" w:rsidRDefault="005F094D" w:rsidP="00AB5546">
       <w:pPr>
         <w:pStyle w:val="05titreprincipalouobjetgras"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="10065"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00AB5546" w:rsidRPr="00B93890">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AB5546" w:rsidRPr="00B93890">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00AB5546" w:rsidRPr="008F4D38">
         <w:t>Réf. :</w:t>
       </w:r>
       <w:r w:rsidR="00D62019">
         <w:t xml:space="preserve"> S-207-FR</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FB66509" w14:textId="77777777" w:rsidR="00AB5546" w:rsidRPr="008F4D38" w:rsidRDefault="00AB5546" w:rsidP="00AB5546">
       <w:pPr>
         <w:pStyle w:val="05titreprincipalouobjetgras"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="15DBE01F" w14:textId="10C0D5BC" w:rsidR="002633D6" w:rsidRPr="00500652" w:rsidRDefault="00500652" w:rsidP="00500652">
       <w:pPr>
         <w:pStyle w:val="05titreprincipalouobjetgras"/>
       </w:pPr>
       <w:r>
         <w:t>Demande</w:t>
       </w:r>
       <w:r w:rsidR="00AB5546">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">pour </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00AB5546">
         <w:t>un</w:t>
       </w:r>
       <w:r w:rsidR="00913C02">
         <w:t>-e</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00AB5546">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AB5546" w:rsidRPr="04EB8153">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>élève</w:t>
       </w:r>
       <w:r w:rsidR="00D62019">
         <w:t xml:space="preserve"> au</w:t>
       </w:r>
       <w:r w:rsidR="00E91815">
         <w:t xml:space="preserve"> bénéficie </w:t>
       </w:r>
       <w:r w:rsidR="00041274">
         <w:t>d’une mesure</w:t>
       </w:r>
       <w:r w:rsidR="009543BB">
         <w:t xml:space="preserve"> d’aide</w:t>
       </w:r>
       <w:r w:rsidR="00041274">
         <w:t xml:space="preserve"> renforcé</w:t>
       </w:r>
       <w:r w:rsidR="009543BB">
@@ -153,51 +155,51 @@
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r w:rsidRPr="00CF1FD0">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="009C58E2">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="009B66DE">
+      <w:r w:rsidRPr="00CF1FD0">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00CF1FD0">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EE655A" w:rsidRPr="00464DA6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Demande pour l’internat scolaire</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="279FE3C0" w14:textId="0BDA7CBA" w:rsidR="00EE655A" w:rsidRPr="00996934" w:rsidRDefault="00EE655A" w:rsidP="00996934">
       <w:pPr>
         <w:pStyle w:val="08puces2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
@@ -205,51 +207,51 @@
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF1FD0">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="009B2A53">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="009B66DE">
+      <w:r w:rsidRPr="00CF1FD0">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00CF1FD0">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00996934">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00996934">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">Demande pour </w:t>
       </w:r>
       <w:r w:rsidR="009B2A53" w:rsidRPr="00996934">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
@@ -515,53 +517,55 @@
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1473"/>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="1417"/>
         <w:gridCol w:w="1464"/>
         <w:gridCol w:w="67"/>
         <w:gridCol w:w="3430"/>
       </w:tblGrid>
       <w:tr w:rsidR="00FF5EE9" w:rsidRPr="008F4D38" w14:paraId="29608565" w14:textId="77777777" w:rsidTr="002B0D30">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1473" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E6B5E66" w14:textId="3FC96D22" w:rsidR="00FF5EE9" w:rsidRDefault="00FF5EE9" w:rsidP="00FC1E1A">
             <w:pPr>
               <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Nom-s</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="281164C5" w14:textId="240B1CC6" w:rsidR="00FF5EE9" w:rsidRPr="008F4D38" w:rsidRDefault="00FF5EE9" w:rsidP="00FC1E1A">
             <w:pPr>
               <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
             </w:pPr>
             <w:r w:rsidRPr="008F4D38">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008F4D38">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -575,53 +579,55 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="008F4D38">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="008F4D38">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="008F4D38">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="008F4D38">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1464" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E539AD4" w14:textId="04E24BBD" w:rsidR="00FF5EE9" w:rsidRDefault="00FF5EE9" w:rsidP="00FC1E1A">
             <w:pPr>
               <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Prénom-s</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3497" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="286798E0" w14:textId="733A044B" w:rsidR="00FF5EE9" w:rsidRPr="008F4D38" w:rsidRDefault="00FF5EE9" w:rsidP="00FC1E1A">
             <w:pPr>
               <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
             </w:pPr>
             <w:r w:rsidRPr="008F4D38">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008F4D38">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -1034,53 +1040,55 @@
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1404"/>
         <w:gridCol w:w="3827"/>
         <w:gridCol w:w="1418"/>
         <w:gridCol w:w="3543"/>
       </w:tblGrid>
       <w:tr w:rsidR="00761542" w:rsidRPr="008F4D38" w14:paraId="7DE92FD9" w14:textId="77777777" w:rsidTr="00A7103E">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1404" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="61130BF3" w14:textId="77777777" w:rsidR="00761542" w:rsidRPr="008F4D38" w:rsidRDefault="00761542" w:rsidP="00216A4C">
             <w:pPr>
               <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008F4D38">
               <w:t>Nom-s</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3827" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="32BE44D7" w14:textId="77777777" w:rsidR="00761542" w:rsidRPr="008F4D38" w:rsidRDefault="00761542" w:rsidP="00216A4C">
             <w:pPr>
               <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
             </w:pPr>
             <w:r w:rsidRPr="008F4D38">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008F4D38">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="008F4D38">
@@ -1093,53 +1101,55 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="008F4D38">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="008F4D38">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="008F4D38">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="008F4D38">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4863C498" w14:textId="77777777" w:rsidR="00761542" w:rsidRPr="008F4D38" w:rsidRDefault="00761542" w:rsidP="00216A4C">
             <w:pPr>
               <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008F4D38">
               <w:t>Prénom-s</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3543" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3679E8EA" w14:textId="77777777" w:rsidR="00761542" w:rsidRPr="008F4D38" w:rsidRDefault="00761542" w:rsidP="00216A4C">
             <w:pPr>
               <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
             </w:pPr>
             <w:r w:rsidRPr="008F4D38">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008F4D38">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="008F4D38">
@@ -1225,53 +1235,55 @@
             <w:r w:rsidRPr="008F4D38">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="008F4D38">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="008F4D38">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00761542" w:rsidRPr="008F4D38" w14:paraId="4517B233" w14:textId="77777777" w:rsidTr="00A7103E">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1404" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="323A2DC0" w14:textId="77777777" w:rsidR="00761542" w:rsidRPr="008F4D38" w:rsidRDefault="00761542" w:rsidP="00761542">
             <w:pPr>
               <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="008F4D38">
               <w:t>E-Mail</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3827" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7CF9F9EF" w14:textId="77777777" w:rsidR="00761542" w:rsidRPr="008F4D38" w:rsidRDefault="00761542" w:rsidP="004F1821">
             <w:pPr>
               <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
             </w:pPr>
             <w:r w:rsidRPr="008F4D38">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008F4D38">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="008F4D38">
@@ -1376,79 +1388,79 @@
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="008F4D38">
               <w:t xml:space="preserve">Autorité parentale </w:t>
             </w:r>
             <w:r w:rsidRPr="008F4D38">
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="008F4D38">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008F4D38">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="009B66DE">
+            <w:r w:rsidRPr="008F4D38">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008F4D38">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00761542" w:rsidRPr="008F4D38">
               <w:t xml:space="preserve"> Oui</w:t>
             </w:r>
             <w:r w:rsidR="00761542" w:rsidRPr="008F4D38">
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="008F4D38">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008F4D38">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="009B66DE">
+            <w:r w:rsidRPr="008F4D38">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008F4D38">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="008F4D38">
               <w:t xml:space="preserve"> Non</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1C1F81C6" w14:textId="746C6E4A" w:rsidR="00FD7B9E" w:rsidRPr="008F4D38" w:rsidRDefault="00216A4C" w:rsidP="00234C29">
       <w:pPr>
         <w:pStyle w:val="06atexteprincipal"/>
         <w:spacing w:before="120" w:after="60"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -1482,53 +1494,55 @@
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1404"/>
         <w:gridCol w:w="3827"/>
         <w:gridCol w:w="1418"/>
         <w:gridCol w:w="3543"/>
       </w:tblGrid>
       <w:tr w:rsidR="00761542" w:rsidRPr="008F4D38" w14:paraId="765E27C6" w14:textId="77777777" w:rsidTr="00A7103E">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1404" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7FC25368" w14:textId="77777777" w:rsidR="00761542" w:rsidRPr="008F4D38" w:rsidRDefault="00761542" w:rsidP="00761542">
             <w:pPr>
               <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008F4D38">
               <w:t>Nom-s</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3827" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D06ABC0" w14:textId="77777777" w:rsidR="00761542" w:rsidRPr="008F4D38" w:rsidRDefault="00761542" w:rsidP="004F1821">
             <w:pPr>
               <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
             </w:pPr>
             <w:r w:rsidRPr="008F4D38">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008F4D38">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="008F4D38">
@@ -1541,53 +1555,55 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="008F4D38">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="008F4D38">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="008F4D38">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="008F4D38">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="63F7BF09" w14:textId="77777777" w:rsidR="00761542" w:rsidRPr="008F4D38" w:rsidRDefault="00761542" w:rsidP="00761542">
             <w:pPr>
               <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008F4D38">
               <w:t>Prénom-s</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3543" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3268B7C1" w14:textId="77777777" w:rsidR="00761542" w:rsidRPr="008F4D38" w:rsidRDefault="00761542" w:rsidP="004F1821">
             <w:pPr>
               <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
             </w:pPr>
             <w:r w:rsidRPr="008F4D38">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008F4D38">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="008F4D38">
@@ -1673,53 +1689,55 @@
             <w:r w:rsidRPr="008F4D38">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="008F4D38">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="008F4D38">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00761542" w:rsidRPr="008F4D38" w14:paraId="067BB253" w14:textId="77777777" w:rsidTr="00A7103E">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1404" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="515BA9B3" w14:textId="77777777" w:rsidR="00761542" w:rsidRPr="008F4D38" w:rsidRDefault="00761542" w:rsidP="00761542">
             <w:pPr>
               <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="008F4D38">
               <w:t>E-Mail</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3827" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="448A16D0" w14:textId="77777777" w:rsidR="00761542" w:rsidRPr="008F4D38" w:rsidRDefault="00761542" w:rsidP="004F1821">
             <w:pPr>
               <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
             </w:pPr>
             <w:r w:rsidRPr="008F4D38">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008F4D38">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="008F4D38">
@@ -1824,79 +1842,79 @@
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="008F4D38">
               <w:t xml:space="preserve">Autorité parentale </w:t>
             </w:r>
             <w:r w:rsidRPr="008F4D38">
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="008F4D38">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008F4D38">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="009B66DE">
+            <w:r w:rsidRPr="008F4D38">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008F4D38">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="008F4D38">
               <w:t xml:space="preserve"> Oui</w:t>
             </w:r>
             <w:r w:rsidRPr="008F4D38">
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="008F4D38">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008F4D38">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="009B66DE">
+            <w:r w:rsidRPr="008F4D38">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008F4D38">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="008F4D38">
               <w:t xml:space="preserve"> Non</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="23AC6609" w14:textId="00B40429" w:rsidR="00FF5EE9" w:rsidRDefault="00FF5EE9" w:rsidP="00234C29">
       <w:pPr>
         <w:pStyle w:val="06atexteprincipal"/>
         <w:spacing w:before="60" w:after="0"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="299BECF2" w14:textId="22CC8479" w:rsidR="00AB5546" w:rsidRPr="008F4D38" w:rsidRDefault="00AB5546" w:rsidP="00216A4C">
       <w:pPr>
         <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
         <w:spacing w:after="60"/>
@@ -3720,199 +3738,199 @@
       <w:pPr>
         <w:pStyle w:val="07atexteprincipal"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="4678"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="008F4D38">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00A975BB" w:rsidRPr="008F4D38">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="009B66DE">
+      <w:r w:rsidRPr="008F4D38">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="008F4D38">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00C56C3A">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00BD59FE">
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00A975BB" w:rsidRPr="00CF1FD0">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00CF1FD0">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher8"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="3" w:name="CaseACocher8"/>
       <w:r w:rsidR="00A975BB" w:rsidRPr="00CF1FD0">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="009B66DE">
+      <w:r w:rsidRPr="00CF1FD0">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00CF1FD0">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidR="00C56C3A" w:rsidRPr="00CF1FD0">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00BD59FE">
         <w:t>3</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4AD1268D" w14:textId="6AD516FF" w:rsidR="00577690" w:rsidRDefault="00C50D53" w:rsidP="00DF2078">
       <w:pPr>
         <w:pStyle w:val="07atexteprincipal"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="4678"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="00CF1FD0">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00CF1FD0">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="009B66DE">
+      <w:r w:rsidRPr="00CF1FD0">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00CF1FD0">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00C56C3A" w:rsidRPr="00CF1FD0">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00BD59FE">
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="008E6882" w:rsidRPr="00CF1FD0">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="008E6882" w:rsidRPr="00CF1FD0">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="008E6882" w:rsidRPr="00CF1FD0">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="009B66DE">
+      <w:r w:rsidR="008E6882" w:rsidRPr="00CF1FD0">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="008E6882" w:rsidRPr="00CF1FD0">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00C56C3A" w:rsidRPr="00CF1FD0">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00BD59FE">
         <w:t>5</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11C7100E" w14:textId="32B8B646" w:rsidR="00D86269" w:rsidRDefault="00C56C3A" w:rsidP="00DF2078">
       <w:pPr>
         <w:pStyle w:val="07atexteprincipal"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="4678"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="00CF1FD0">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00D86269">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="009B66DE">
+      <w:r w:rsidRPr="00CF1FD0">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00CF1FD0">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00D86269">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00BD59FE" w:rsidRPr="008F4D38">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte11"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00BD59FE" w:rsidRPr="008F4D38">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00BD59FE" w:rsidRPr="008F4D38">
@@ -4022,51 +4040,59 @@
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CF1FD0">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CF1FD0">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CF1FD0">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CF1FD0">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00FF01A6">
-        <w:t xml:space="preserve"> week-end par </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00FF01A6">
+        <w:t>week</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00FF01A6">
+        <w:t xml:space="preserve">-end par </w:t>
       </w:r>
       <w:r w:rsidR="001F4C6B">
         <w:t xml:space="preserve">année </w:t>
       </w:r>
       <w:r w:rsidR="00D86269">
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="001F4C6B">
         <w:t>durant l’année scolaire</w:t>
       </w:r>
       <w:r w:rsidR="00D86269">
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="630A6700" w14:textId="413E3E21" w:rsidR="00FF01A6" w:rsidRDefault="003B13AE" w:rsidP="00FC2EA1">
       <w:pPr>
         <w:pStyle w:val="07atexteprincipal"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="4678"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="00CF1FD0">
         <w:fldChar w:fldCharType="begin">
@@ -4101,52 +4127,57 @@
       </w:r>
       <w:r w:rsidRPr="00CF1FD0">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CF1FD0">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CF1FD0">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CF1FD0">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="001F4C6B">
-        <w:t xml:space="preserve">jours durant les </w:t>
+        <w:t>jours</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="001F4C6B">
+        <w:t xml:space="preserve"> durant les </w:t>
       </w:r>
       <w:r>
         <w:t>vacances scolaires</w:t>
       </w:r>
       <w:r w:rsidR="001F4C6B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D86269">
         <w:t xml:space="preserve">(entre le 01.09 et le 31.08) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B9AADEA" w14:textId="0CBEA956" w:rsidR="001F4C6B" w:rsidRDefault="001F4C6B" w:rsidP="00DF2078">
       <w:pPr>
         <w:pStyle w:val="06atexteprincipal"/>
         <w:spacing w:before="60" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Remarques : </w:t>
       </w:r>
       <w:r w:rsidRPr="00CF1FD0">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte11"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
@@ -4395,190 +4426,181 @@
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD59FE">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Pour la prise en charge à l’internat</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> scolaire</w:t>
       </w:r>
       <w:r w:rsidRPr="00BD59FE">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> : </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64415236" w14:textId="5599244C" w:rsidR="00E26BCB" w:rsidRDefault="00E26BCB" w:rsidP="00234C29">
+    <w:p w14:paraId="64415236" w14:textId="49C0653A" w:rsidR="00E26BCB" w:rsidRDefault="00E26BCB" w:rsidP="00234C29">
       <w:pPr>
         <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r w:rsidRPr="007C2ECA">
         <w:t xml:space="preserve">Selon l’Arrêté du Conseil d’Etat du 19 décembre 2000 fixant la contribution aux frais des personnes prises en charge dans les institutions spécialisées, les représentants légaux </w:t>
       </w:r>
       <w:r w:rsidR="00894452">
         <w:t>contribuent</w:t>
       </w:r>
       <w:r w:rsidRPr="007C2ECA">
         <w:t xml:space="preserve"> aux frais</w:t>
       </w:r>
       <w:r w:rsidR="00894452">
         <w:t xml:space="preserve"> de placements de </w:t>
       </w:r>
       <w:r w:rsidR="00894452" w:rsidRPr="00D61515">
         <w:t>mineurs</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61515">
         <w:t xml:space="preserve"> dans les institutions spécialisées.</w:t>
       </w:r>
       <w:r w:rsidRPr="007C2ECA">
-        <w:t xml:space="preserve"> Cette contribution s'élève à Fr. 17.50 par nuit.</w:t>
+        <w:t xml:space="preserve"> Cette contribution s'élève à Fr. </w:t>
+      </w:r>
+      <w:r w:rsidR="006A66E9">
+        <w:t>22.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C2ECA">
+        <w:t>50 par nuit.</w:t>
       </w:r>
       <w:r w:rsidR="00786F09">
         <w:t xml:space="preserve"> Par ailleurs, des dispositions particulières sont applicables pour les majeurs et/ou </w:t>
       </w:r>
       <w:r w:rsidR="00894452">
         <w:t>bénéficiaires</w:t>
       </w:r>
       <w:r w:rsidR="00786F09">
         <w:t xml:space="preserve"> d’une prestation complémentaire.</w:t>
       </w:r>
       <w:r w:rsidR="00BD59FE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CFF304A" w14:textId="10F7E924" w:rsidR="00BD59FE" w:rsidRPr="00BD59FE" w:rsidRDefault="00BD59FE" w:rsidP="00D61515">
       <w:pPr>
         <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
         <w:spacing w:before="160"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD59FE">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Pour la prise en charge à </w:t>
       </w:r>
       <w:r w:rsidR="009B2A53">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">l’offre d’accueil temporaire </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD59FE">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>OASIS :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26A49279" w14:textId="31F14A42" w:rsidR="00BD59FE" w:rsidRDefault="00BD59FE" w:rsidP="00234C29">
+    <w:p w14:paraId="26A49279" w14:textId="56B6619C" w:rsidR="00BD59FE" w:rsidRDefault="00BD59FE" w:rsidP="00234C29">
       <w:pPr>
         <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Selon l’Arrêté du </w:t>
       </w:r>
       <w:r w:rsidRPr="00E1359A">
         <w:t>Conseil</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> d’Etat du 19 décembre 200</w:t>
       </w:r>
       <w:r w:rsidR="00D0099E">
         <w:t xml:space="preserve">0 </w:t>
       </w:r>
       <w:r w:rsidR="00D0099E" w:rsidRPr="00DF2078">
         <w:t>fixant la contribution aux frais des personnes prises en charge dans les institutions spécialisées</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, les représentants légaux </w:t>
       </w:r>
       <w:r w:rsidR="00894452">
         <w:t>contribuent</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> aux frais </w:t>
       </w:r>
       <w:r w:rsidR="00894452">
         <w:t>de placements de mineurs</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> dans les institutions spécialisées. Cette contribution s'élève à Fr. 18.00 par jour et Fr. 17.50 par nuit. Dès la 5</w:t>
-[...5 lines deleted...]
-        <w:t>e</w:t>
+        <w:t xml:space="preserve"> dans les institutions spécialisées. Cette contribution s'élève à Fr. 18.00 par jour </w:t>
+      </w:r>
+      <w:r w:rsidR="006A66E9">
+        <w:t xml:space="preserve">sans nuitée </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> nuit consécutive, la contribution est de Fr. </w:t>
+        <w:t>et Fr. </w:t>
+      </w:r>
+      <w:r w:rsidR="006A66E9">
+        <w:t>22</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">.50 </w:t>
+      </w:r>
+      <w:r w:rsidR="006A66E9">
+        <w:t>par jour en cas de nuitée</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00786F09">
-        <w:t>12</w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> Par ailleurs, des dispositions particulières sont applicables pour les majeurs et/ou </w:t>
+        <w:t xml:space="preserve">Par ailleurs, des dispositions particulières sont applicables pour les majeurs et/ou </w:t>
       </w:r>
       <w:r w:rsidR="00894452">
         <w:t>bénéficiaires</w:t>
       </w:r>
       <w:r w:rsidR="00786F09">
         <w:t xml:space="preserve"> d’une prestation complémentaire.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:p w14:paraId="103A136D" w14:textId="77777777" w:rsidR="00BD59FE" w:rsidRDefault="00BD59FE" w:rsidP="00234C29">
       <w:pPr>
         <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
         <w:spacing w:before="60"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="75E1826B" w14:textId="3ADE958F" w:rsidR="003B13AE" w:rsidRDefault="003B13AE" w:rsidP="00D0099E">
       <w:pPr>
         <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Les représentants légaux ont également été informés des points suivants : </w:t>
@@ -4979,73 +5001,73 @@
       <w:r w:rsidR="00DF73A7" w:rsidRPr="00DF73A7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> ainsi que d’éventuels autres rapports utiles à l’analyse. </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="003B13AE" w:rsidRPr="00DF73A7" w:rsidSect="005F0A9E">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:headerReference w:type="first" r:id="rId9"/>
       <w:footerReference w:type="first" r:id="rId10"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="851" w:right="709" w:bottom="992" w:left="992" w:header="652" w:footer="510" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="12E0756E" w14:textId="77777777" w:rsidR="000C2748" w:rsidRDefault="000C2748" w:rsidP="00AB5546">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="1F56D2F4" w14:textId="77777777" w:rsidR="000C2748" w:rsidRDefault="000C2748" w:rsidP="00AB5546">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="3165E27D" w14:textId="77777777" w:rsidR="000C2748" w:rsidRDefault="000C2748"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -5057,80 +5079,80 @@
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="63B611F8" w14:textId="77777777" w:rsidR="0012491F" w:rsidRPr="0045325D" w:rsidRDefault="0012491F" w:rsidP="00AB5546">
     <w:pPr>
       <w:pStyle w:val="01entteetbasdepage"/>
       <w:rPr>
         <w:lang w:val="fr-CH"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0045325D">
       <w:rPr>
         <w:lang w:val="fr-CH"/>
       </w:rPr>
       <w:t>—</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="0367DCB7" w14:textId="77777777" w:rsidR="00996934" w:rsidRPr="00BF50CB" w:rsidRDefault="00996934" w:rsidP="00996934">
     <w:pPr>
       <w:pStyle w:val="01entteetbasdepage"/>
       <w:rPr>
         <w:b/>
         <w:lang w:val="fr-CH"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00BF50CB">
       <w:rPr>
         <w:lang w:val="fr-CH"/>
@@ -5181,73 +5203,73 @@
       <w:rPr>
         <w:lang w:val="de-DE"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:lang w:val="de-DE"/>
       </w:rPr>
       <w:t>BKAD</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="51D732BD" w14:textId="6ED7D4CF" w:rsidR="0012491F" w:rsidRPr="004A3CEB" w:rsidRDefault="0012491F" w:rsidP="00996934">
     <w:pPr>
       <w:pStyle w:val="01entteetbasdepage"/>
       <w:rPr>
         <w:lang w:val="de-DE"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="203CF6DA" w14:textId="77777777" w:rsidR="000C2748" w:rsidRDefault="000C2748" w:rsidP="00AB5546">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="150D81C2" w14:textId="77777777" w:rsidR="000C2748" w:rsidRDefault="000C2748" w:rsidP="00AB5546">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="6DD4A0E5" w14:textId="77777777" w:rsidR="000C2748" w:rsidRDefault="000C2748"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9298" w:type="dxa"/>
       <w:tblInd w:w="341" w:type="dxa"/>
       <w:tblBorders>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="9298"/>
     </w:tblGrid>
     <w:tr w:rsidR="0012491F" w14:paraId="47E697A5" w14:textId="77777777" w:rsidTr="04EB8153">
       <w:trPr>
         <w:trHeight w:val="567"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="9298" w:type="dxa"/>
@@ -5419,51 +5441,51 @@
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="9525">
                           <a:noFill/>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="74547093" w14:textId="05C1C664" w:rsidR="0012491F" w:rsidRDefault="0012491F" w:rsidP="00AB5546"/>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9639" w:type="dxa"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="57" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5500"/>
       <w:gridCol w:w="4139"/>
     </w:tblGrid>
     <w:tr w:rsidR="0012491F" w:rsidRPr="00D62019" w14:paraId="4F071B88" w14:textId="77777777" w:rsidTr="04EB8153">
       <w:trPr>
         <w:trHeight w:val="1701"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5500" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="67BB1D6E" w14:textId="77777777" w:rsidR="0012491F" w:rsidRPr="00805607" w:rsidRDefault="0012491F" w:rsidP="00AB5546">
           <w:pPr>
             <w:pStyle w:val="TM1"/>
             <w:spacing w:after="180"/>
@@ -5549,91 +5571,127 @@
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00804CA6">
             <w:rPr>
               <w:b/>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
             <w:t>Service de l´enseignement</w:t>
           </w:r>
           <w:r w:rsidR="00D62019">
             <w:rPr>
               <w:b/>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
             <w:t xml:space="preserve"> spécialisé</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="1064EA1E" w14:textId="66DC6858" w:rsidR="0012491F" w:rsidRDefault="00D62019" w:rsidP="00AB5546">
           <w:pPr>
             <w:pStyle w:val="01entteetbasdepage"/>
             <w:rPr>
               <w:b/>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
           </w:pPr>
+          <w:proofErr w:type="gramStart"/>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
-            <w:t xml:space="preserve">et des mesures d’aides </w:t>
+            <w:t>et</w:t>
+          </w:r>
+          <w:proofErr w:type="gramEnd"/>
+          <w:r>
+            <w:rPr>
+              <w:b/>
+              <w:lang w:val="fr-CH"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> des mesures d’aides </w:t>
           </w:r>
           <w:r w:rsidR="0012491F" w:rsidRPr="0091232F">
             <w:rPr>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
             <w:t>SE</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
             <w:t>SAM</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="0A763C9F" w14:textId="6C475EF6" w:rsidR="0012491F" w:rsidRPr="00DF2078" w:rsidRDefault="0012491F" w:rsidP="00AB5546">
           <w:pPr>
             <w:pStyle w:val="01entteetbasdepage"/>
             <w:rPr>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
           </w:pPr>
+          <w:proofErr w:type="spellStart"/>
           <w:r w:rsidRPr="00DF2078">
             <w:rPr>
               <w:b/>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
-            <w:t xml:space="preserve">Amt für </w:t>
+            <w:t>Amt</w:t>
           </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="00DF2078">
+            <w:rPr>
+              <w:b/>
+              <w:lang w:val="fr-CH"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="00DF2078">
+            <w:rPr>
+              <w:b/>
+              <w:lang w:val="fr-CH"/>
+            </w:rPr>
+            <w:t>für</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="00DF2078">
+            <w:rPr>
+              <w:b/>
+              <w:lang w:val="fr-CH"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
           <w:r w:rsidR="00D62019" w:rsidRPr="00DF2078">
             <w:rPr>
               <w:b/>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
             <w:t>Sonderpädagogik</w:t>
           </w:r>
+          <w:proofErr w:type="spellEnd"/>
           <w:r w:rsidRPr="00DF2078">
             <w:rPr>
               <w:b/>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidR="00D62019" w:rsidRPr="00DF2078">
             <w:rPr>
               <w:bCs/>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
             <w:t>S</w:t>
           </w:r>
           <w:r w:rsidRPr="00DF2078">
             <w:rPr>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
             <w:t>OA</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="75004A51" w14:textId="77777777" w:rsidR="0012491F" w:rsidRPr="00DF2078" w:rsidRDefault="0012491F" w:rsidP="00AB5546">
           <w:pPr>
             <w:pStyle w:val="01entteetbasdepage"/>
             <w:rPr>
@@ -5740,51 +5798,51 @@
           <w:tcW w:w="4139" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="61B9FFB6" w14:textId="77777777" w:rsidR="00D62019" w:rsidRPr="00804CA6" w:rsidRDefault="00D62019" w:rsidP="00AB5546">
           <w:pPr>
             <w:pStyle w:val="01entteetbasdepage"/>
             <w:rPr>
               <w:b/>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="5EB81BA1" w14:textId="77777777" w:rsidR="0012491F" w:rsidRPr="00D62019" w:rsidRDefault="0012491F" w:rsidP="00AB5546">
     <w:pPr>
       <w:rPr>
         <w:lang w:val="de-CH"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF80"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="297CE232"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF81"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="CE009614"/>
     <w:lvl w:ilvl="0">
@@ -9494,62 +9552,63 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="1907569397">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="633602813">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="377824977">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="5"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="110"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1001" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="0"/>
+  <w:documentProtection w:edit="forms" w:enforcement="1"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="36865"/>
+    <o:shapedefaults v:ext="edit" spidmax="38913"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00805607"/>
     <w:rsid w:val="00007D81"/>
     <w:rsid w:val="000125AF"/>
     <w:rsid w:val="00040D10"/>
     <w:rsid w:val="00041274"/>
@@ -9558,50 +9617,51 @@
     <w:rsid w:val="000553A7"/>
     <w:rsid w:val="000676FD"/>
     <w:rsid w:val="000805D9"/>
     <w:rsid w:val="000A0CF1"/>
     <w:rsid w:val="000A26F8"/>
     <w:rsid w:val="000B149E"/>
     <w:rsid w:val="000C2748"/>
     <w:rsid w:val="000D3B46"/>
     <w:rsid w:val="000F4AD9"/>
     <w:rsid w:val="000F6AB6"/>
     <w:rsid w:val="0011405D"/>
     <w:rsid w:val="00115938"/>
     <w:rsid w:val="00121243"/>
     <w:rsid w:val="0012491F"/>
     <w:rsid w:val="00126B94"/>
     <w:rsid w:val="001335F6"/>
     <w:rsid w:val="00134E24"/>
     <w:rsid w:val="0014601F"/>
     <w:rsid w:val="00160E1F"/>
     <w:rsid w:val="00196352"/>
     <w:rsid w:val="001A1B21"/>
     <w:rsid w:val="001A7A6F"/>
     <w:rsid w:val="001D2D40"/>
     <w:rsid w:val="001D4E3B"/>
     <w:rsid w:val="001F32D8"/>
+    <w:rsid w:val="001F45F5"/>
     <w:rsid w:val="001F4C6B"/>
     <w:rsid w:val="00200601"/>
     <w:rsid w:val="00201101"/>
     <w:rsid w:val="00216A4C"/>
     <w:rsid w:val="00223461"/>
     <w:rsid w:val="00233C80"/>
     <w:rsid w:val="00234C29"/>
     <w:rsid w:val="00235EE4"/>
     <w:rsid w:val="00246A74"/>
     <w:rsid w:val="002633D6"/>
     <w:rsid w:val="00275C27"/>
     <w:rsid w:val="0027714F"/>
     <w:rsid w:val="002A6A2C"/>
     <w:rsid w:val="002A73FF"/>
     <w:rsid w:val="002B0D30"/>
     <w:rsid w:val="002C3145"/>
     <w:rsid w:val="002C63A0"/>
     <w:rsid w:val="002C68A9"/>
     <w:rsid w:val="002D00F4"/>
     <w:rsid w:val="002D797E"/>
     <w:rsid w:val="002E03A6"/>
     <w:rsid w:val="002E7037"/>
     <w:rsid w:val="002F67F2"/>
     <w:rsid w:val="0031517A"/>
     <w:rsid w:val="003203DA"/>
@@ -9683,50 +9743,51 @@
     <w:rsid w:val="005C3428"/>
     <w:rsid w:val="005C70D6"/>
     <w:rsid w:val="005C7488"/>
     <w:rsid w:val="005D3B5D"/>
     <w:rsid w:val="005E4483"/>
     <w:rsid w:val="005E6510"/>
     <w:rsid w:val="005F094D"/>
     <w:rsid w:val="005F0A9E"/>
     <w:rsid w:val="006125BB"/>
     <w:rsid w:val="006208F0"/>
     <w:rsid w:val="00627BAE"/>
     <w:rsid w:val="00633FEA"/>
     <w:rsid w:val="00634B91"/>
     <w:rsid w:val="00634C41"/>
     <w:rsid w:val="00640B71"/>
     <w:rsid w:val="00650036"/>
     <w:rsid w:val="00651CE4"/>
     <w:rsid w:val="00656D56"/>
     <w:rsid w:val="0066485C"/>
     <w:rsid w:val="00683913"/>
     <w:rsid w:val="0068511B"/>
     <w:rsid w:val="006862AE"/>
     <w:rsid w:val="0069475A"/>
     <w:rsid w:val="006A2F37"/>
     <w:rsid w:val="006A5FEB"/>
+    <w:rsid w:val="006A66E9"/>
     <w:rsid w:val="006A68E0"/>
     <w:rsid w:val="006C3775"/>
     <w:rsid w:val="00723175"/>
     <w:rsid w:val="007332A3"/>
     <w:rsid w:val="00743DB6"/>
     <w:rsid w:val="00753865"/>
     <w:rsid w:val="00753D22"/>
     <w:rsid w:val="00756905"/>
     <w:rsid w:val="00761542"/>
     <w:rsid w:val="00764149"/>
     <w:rsid w:val="0077026F"/>
     <w:rsid w:val="00786F09"/>
     <w:rsid w:val="00791170"/>
     <w:rsid w:val="00796B5A"/>
     <w:rsid w:val="007A0CD9"/>
     <w:rsid w:val="007A78EA"/>
     <w:rsid w:val="007B482F"/>
     <w:rsid w:val="007C2ECA"/>
     <w:rsid w:val="007D1C44"/>
     <w:rsid w:val="007D5D3F"/>
     <w:rsid w:val="007E5E99"/>
     <w:rsid w:val="00802159"/>
     <w:rsid w:val="00805607"/>
     <w:rsid w:val="00805F75"/>
     <w:rsid w:val="00817AB1"/>
@@ -9925,64 +9986,64 @@
     <w:rsid w:val="04EB8153"/>
     <w:rsid w:val="04F8900D"/>
     <w:rsid w:val="195D22CE"/>
     <w:rsid w:val="19886D10"/>
     <w:rsid w:val="3A29A796"/>
     <w:rsid w:val="5949F9EF"/>
     <w:rsid w:val="639BC8FA"/>
     <w:rsid w:val="68B8104B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef m:val="0"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapRight/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="subSup"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="36865"/>
+    <o:shapedefaults v:ext="edit" spidmax="38913"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="08D260F3"/>
   <w15:docId w15:val="{1F50FF76-F9E3-454E-A32B-31D9EA0C5F30}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
         <w:lang w:val="fr-FR" w:eastAsia="fr-FR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -11120,51 +11181,51 @@
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:semiHidden/>
     <w:rsid w:val="00786F09"/>
     <w:rPr>
       <w:rFonts w:ascii="Times" w:eastAsia="Times" w:hAnsi="Times"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Mentionnonrsolue">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005706C9"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="637146079">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1363628159">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -11916,70 +11977,70 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{41D291C3-3F56-48DE-802B-9BFFFA09A9A8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>771</Words>
-  <Characters>4241</Characters>
+  <Words>752</Words>
+  <Characters>4193</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>35</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>182</Lines>
+  <Paragraphs>149</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Général_portrait</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>MACMAC Media SA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5002</CharactersWithSpaces>
+  <CharactersWithSpaces>4796</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Général_portrait</dc:title>
   <dc:subject/>
   <dc:creator>Dénervaud Floriane</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>