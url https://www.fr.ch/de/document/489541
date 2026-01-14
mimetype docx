--- v0 (2025-12-19)
+++ v1 (2026-01-14)
@@ -5,51 +5,51 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="67AFD620" w14:textId="43B2F1BA" w:rsidR="00AB5546" w:rsidRPr="00397313" w:rsidRDefault="005F094D" w:rsidP="00AB5546">
       <w:pPr>
         <w:pStyle w:val="05titreprincipalouobjetgras"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="10065"/>
         </w:tabs>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00AB5546" w:rsidRPr="00397313">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AB5546" w:rsidRPr="00397313">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:tab/>
@@ -235,51 +235,51 @@
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF1FD0">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AE012B">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00163A51">
+      <w:r w:rsidRPr="00CF1FD0">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00CF1FD0">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00AE012B">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002051CA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>Gesuch</w:t>
       </w:r>
       <w:r w:rsidR="00AE012B" w:rsidRPr="00AE012B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
@@ -308,51 +308,51 @@
           <w:tab w:val="left" w:pos="4536"/>
         </w:tabs>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF1FD0">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AE012B">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00163A51">
+      <w:r w:rsidRPr="00CF1FD0">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00CF1FD0">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00AE012B">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002051CA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>Gesuch</w:t>
       </w:r>
       <w:r w:rsidR="00AE012B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
@@ -1634,82 +1634,82 @@
             <w:r>
               <w:t>Sorgerecht</w:t>
             </w:r>
             <w:r w:rsidR="00FD7B9E" w:rsidRPr="008F4D38">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00FD7B9E" w:rsidRPr="008F4D38">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00FD7B9E" w:rsidRPr="008F4D38">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00FD7B9E" w:rsidRPr="008F4D38">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00163A51">
+            <w:r w:rsidR="00FD7B9E" w:rsidRPr="008F4D38">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00FD7B9E" w:rsidRPr="008F4D38">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00761542" w:rsidRPr="008F4D38">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>Ja</w:t>
             </w:r>
             <w:r w:rsidR="00761542" w:rsidRPr="008F4D38">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00FD7B9E" w:rsidRPr="008F4D38">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00FD7B9E" w:rsidRPr="008F4D38">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00163A51">
+            <w:r w:rsidR="00FD7B9E" w:rsidRPr="008F4D38">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00FD7B9E" w:rsidRPr="008F4D38">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00FD7B9E" w:rsidRPr="008F4D38">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>Nein</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1C1F81C6" w14:textId="2822D8F6" w:rsidR="00FD7B9E" w:rsidRPr="008F4D38" w:rsidRDefault="00216A4C" w:rsidP="00234C29">
       <w:pPr>
         <w:pStyle w:val="06atexteprincipal"/>
         <w:spacing w:before="120" w:after="60"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2090,82 +2090,82 @@
             <w:r>
               <w:t>Sorgerecht</w:t>
             </w:r>
             <w:r w:rsidRPr="008F4D38">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="008F4D38">
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="008F4D38">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008F4D38">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00163A51">
+            <w:r w:rsidRPr="008F4D38">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008F4D38">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="008F4D38">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>Ja</w:t>
             </w:r>
             <w:r w:rsidRPr="008F4D38">
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="008F4D38">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008F4D38">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00163A51">
+            <w:r w:rsidRPr="008F4D38">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008F4D38">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="008F4D38">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>Nein</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="23AC6609" w14:textId="41454B89" w:rsidR="00FF5EE9" w:rsidRDefault="00FF5EE9" w:rsidP="00234C29">
       <w:pPr>
         <w:pStyle w:val="06atexteprincipal"/>
         <w:spacing w:before="60" w:after="0"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1A6F98AB" w14:textId="4640A00D" w:rsidR="00A174DC" w:rsidRDefault="00A174DC" w:rsidP="00234C29">
@@ -3812,51 +3812,51 @@
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10190" w:type="dxa"/>
         <w:tblInd w:w="84" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="2" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10190"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EC5C7B" w:rsidRPr="00163A51" w14:paraId="2B17F514" w14:textId="77777777" w:rsidTr="00500652">
+      <w:tr w:rsidR="00EC5C7B" w:rsidRPr="007E42C4" w14:paraId="2B17F514" w14:textId="77777777" w:rsidTr="00500652">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10190" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="32FC267C" w14:textId="724F1C8D" w:rsidR="00EC5C7B" w:rsidRPr="00886E77" w:rsidRDefault="00886E77" w:rsidP="006A5FEB">
             <w:pPr>
               <w:pStyle w:val="07atexteprincipal"/>
               <w:rPr>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00886E77">
               <w:rPr>
                 <w:b/>
                 <w:u w:val="single"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t xml:space="preserve">Sichtweise der </w:t>
             </w:r>
             <w:r w:rsidR="00263AAB">
               <w:rPr>
                 <w:b/>
@@ -4175,95 +4175,95 @@
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F4D38">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00A975BB" w:rsidRPr="00D55D0A">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00163A51">
+      <w:r w:rsidRPr="008F4D38">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="008F4D38">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00C56C3A" w:rsidRPr="00D55D0A">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00BD59FE" w:rsidRPr="00D55D0A">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00A975BB" w:rsidRPr="00D55D0A">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00CF1FD0">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher8"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="3" w:name="CaseACocher8"/>
       <w:r w:rsidR="00A975BB" w:rsidRPr="00D55D0A">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00163A51">
+      <w:r w:rsidRPr="00CF1FD0">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00CF1FD0">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidR="00C56C3A" w:rsidRPr="00D55D0A">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00BD59FE" w:rsidRPr="00D55D0A">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4AD1268D" w14:textId="6AD516FF" w:rsidR="00577690" w:rsidRPr="00D55D0A" w:rsidRDefault="00C50D53" w:rsidP="00787B46">
       <w:pPr>
         <w:pStyle w:val="07atexteprincipal"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
@@ -4271,142 +4271,142 @@
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF1FD0">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00D55D0A">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00163A51">
+      <w:r w:rsidRPr="00CF1FD0">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00CF1FD0">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00C56C3A" w:rsidRPr="00D55D0A">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00BD59FE" w:rsidRPr="00D55D0A">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="008E6882" w:rsidRPr="00D55D0A">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="008E6882" w:rsidRPr="00CF1FD0">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="008E6882" w:rsidRPr="00D55D0A">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00163A51">
+      <w:r w:rsidR="008E6882" w:rsidRPr="00CF1FD0">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="008E6882" w:rsidRPr="00CF1FD0">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00C56C3A" w:rsidRPr="00D55D0A">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00BD59FE" w:rsidRPr="00D55D0A">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11C7100E" w14:textId="32B8B646" w:rsidR="00D86269" w:rsidRDefault="00C56C3A" w:rsidP="00787B46">
       <w:pPr>
         <w:pStyle w:val="07atexteprincipal"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="4678"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="00CF1FD0">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00D86269">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00163A51">
+      <w:r w:rsidRPr="00CF1FD0">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00CF1FD0">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00D86269">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00BD59FE" w:rsidRPr="008F4D38">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte11"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00BD59FE" w:rsidRPr="008F4D38">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00BD59FE" w:rsidRPr="008F4D38">
@@ -5023,93 +5023,105 @@
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> im </w:t>
       </w:r>
       <w:r w:rsidR="00AE4C8A" w:rsidRPr="008A039B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>Schulinternat</w:t>
       </w:r>
       <w:r w:rsidR="00AE4C8A" w:rsidRPr="00097CAF">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00BD59FE" w:rsidRPr="00097CAF">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="359D1B25" w14:textId="2F3D65F8" w:rsidR="00097CAF" w:rsidRPr="00097CAF" w:rsidRDefault="00097CAF" w:rsidP="00BA02FF">
+    <w:p w14:paraId="359D1B25" w14:textId="19D615F3" w:rsidR="00097CAF" w:rsidRPr="00097CAF" w:rsidRDefault="00097CAF" w:rsidP="00BA02FF">
       <w:pPr>
         <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
         <w:spacing w:after="180"/>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A93691">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">Gemäss Beschluss des Staatsrats vom 19. Dezember 2000 über die Kostenbeteiligung der in Sonderheimen untergebrachten Personen </w:t>
       </w:r>
       <w:r w:rsidR="00871789">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>beteiligen</w:t>
       </w:r>
       <w:r w:rsidRPr="00A93691">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> sich die gesetzlichen Vertreter an den Kosten der </w:t>
       </w:r>
       <w:r w:rsidRPr="00250114">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>Unterbringung</w:t>
       </w:r>
       <w:r w:rsidRPr="00A93691">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> Minderjähriger in Sonderheimen</w:t>
       </w:r>
       <w:r w:rsidRPr="002172B9">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Diese Beteiligung beträgt 17.50 Franken pro </w:t>
+        <w:t xml:space="preserve">. Diese Beteiligung beträgt </w:t>
+      </w:r>
+      <w:r w:rsidR="007E42C4">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>22</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002172B9">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.50 Franken pro </w:t>
       </w:r>
       <w:r w:rsidR="008A039B">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>Nacht</w:t>
       </w:r>
       <w:r w:rsidRPr="002172B9">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00A93691" w:rsidRPr="002172B9">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">Für </w:t>
       </w:r>
       <w:r w:rsidR="002172B9" w:rsidRPr="002172B9">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>Volljährige und/oder mit Ergänzungsle</w:t>
       </w:r>
@@ -5148,51 +5160,51 @@
       <w:r w:rsidR="00A85D55">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">Wochenend- und Ferienangebot </w:t>
       </w:r>
       <w:r w:rsidR="00BD59FE" w:rsidRPr="002172B9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>OASIS</w:t>
       </w:r>
       <w:r w:rsidR="00AE4C8A" w:rsidRPr="002172B9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E52D8BD" w14:textId="6DCB7458" w:rsidR="002172B9" w:rsidRDefault="002172B9" w:rsidP="008A039B">
+    <w:p w14:paraId="3E52D8BD" w14:textId="0C2D32A0" w:rsidR="002172B9" w:rsidRDefault="002172B9" w:rsidP="008A039B">
       <w:pPr>
         <w:pStyle w:val="06atexteprincipal"/>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A93691">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">Gemäss Beschluss des Staatsrats vom 19. Dezember 2000 </w:t>
       </w:r>
       <w:r w:rsidRPr="00787B46">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>über die Kostenbeteiligung der in Sonderheimen untergebrachten Personen</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA02FF">
         <w:rPr>
           <w:color w:val="92D050"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -5214,99 +5226,99 @@
         </w:rPr>
         <w:t>Unterbringung</w:t>
       </w:r>
       <w:r w:rsidRPr="00A93691">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> Minderjähriger in Sonderheimen</w:t>
       </w:r>
       <w:r w:rsidR="004C51AD">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>. Diese Beteiligung beträgt 18.00</w:t>
       </w:r>
       <w:r w:rsidR="00A85D55">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> Franken</w:t>
       </w:r>
       <w:r w:rsidR="004C51AD">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
-        <w:t xml:space="preserve"> pro Tag und 17.50</w:t>
+        <w:t xml:space="preserve"> pro Tag </w:t>
+      </w:r>
+      <w:r w:rsidR="007E42C4">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ohne Übernachtung </w:t>
+      </w:r>
+      <w:r w:rsidR="004C51AD">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">und </w:t>
+      </w:r>
+      <w:r w:rsidR="007E42C4">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>22.</w:t>
+      </w:r>
+      <w:r w:rsidR="004C51AD">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>50</w:t>
       </w:r>
       <w:r w:rsidR="00A85D55">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> Franken</w:t>
       </w:r>
       <w:r w:rsidR="004C51AD">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
-        <w:t xml:space="preserve"> pro Nacht. </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> pro Tag und </w:t>
+        <w:t xml:space="preserve"> pro Nacht</w:t>
+      </w:r>
+      <w:r w:rsidR="007E42C4">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mit Übernachtung</w:t>
       </w:r>
       <w:r w:rsidR="004C51AD">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
-        <w:t xml:space="preserve">15.00 </w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">pro Nacht. </w:t>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="004C51AD" w:rsidRPr="002172B9">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>Für Volljährige und/oder mit Ergänzungsle</w:t>
       </w:r>
       <w:r w:rsidR="004C51AD">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>istungen gelten darüber hinaus besondere Bestimmungen.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:p w14:paraId="75E1826B" w14:textId="444C5FCB" w:rsidR="003B13AE" w:rsidRPr="004C51AD" w:rsidRDefault="004C51AD" w:rsidP="00BA02FF">
       <w:pPr>
         <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C51AD">
         <w:rPr>
           <w:lang w:val="de-CH"/>
@@ -5839,73 +5851,73 @@
       <w:r w:rsidR="007864AA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>anderen für die Beurteilung relevanten Berichten.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="003B13AE" w:rsidRPr="00250114" w:rsidSect="005F0A9E">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:headerReference w:type="first" r:id="rId9"/>
       <w:footerReference w:type="first" r:id="rId10"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="851" w:right="709" w:bottom="992" w:left="992" w:header="652" w:footer="510" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="12E0756E" w14:textId="77777777" w:rsidR="000C2748" w:rsidRDefault="000C2748" w:rsidP="00AB5546">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="1F56D2F4" w14:textId="77777777" w:rsidR="000C2748" w:rsidRDefault="000C2748" w:rsidP="00AB5546">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="3165E27D" w14:textId="77777777" w:rsidR="000C2748" w:rsidRDefault="000C2748"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -5946,51 +5958,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="63B611F8" w14:textId="77777777" w:rsidR="0012491F" w:rsidRPr="0045325D" w:rsidRDefault="0012491F" w:rsidP="00AB5546">
     <w:pPr>
       <w:pStyle w:val="01entteetbasdepage"/>
       <w:rPr>
         <w:lang w:val="fr-CH"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0045325D">
       <w:rPr>
         <w:lang w:val="fr-CH"/>
       </w:rPr>
       <w:t>—</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="46C0498F" w14:textId="77777777" w:rsidR="00FD41FF" w:rsidRDefault="00FD41FF" w:rsidP="00FD41FF">
     <w:pPr>
       <w:pStyle w:val="01entteetbasdepage"/>
       <w:rPr>
         <w:b/>
         <w:lang w:val="fr-CH"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:lang w:val="fr-CH"/>
@@ -6008,92 +6020,92 @@
   <w:p w14:paraId="51D732BD" w14:textId="4DC92FFD" w:rsidR="0012491F" w:rsidRPr="004A3CEB" w:rsidRDefault="00FD41FF" w:rsidP="00FD41FF">
     <w:pPr>
       <w:pStyle w:val="01entteetbasdepage"/>
       <w:rPr>
         <w:lang w:val="de-DE"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:lang w:val="de-DE"/>
       </w:rPr>
       <w:t xml:space="preserve">Direktion für Bildung und kulturelle Angelegenheiten </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:lang w:val="de-DE"/>
       </w:rPr>
       <w:t>BKAD</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="203CF6DA" w14:textId="77777777" w:rsidR="000C2748" w:rsidRDefault="000C2748" w:rsidP="00AB5546">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="150D81C2" w14:textId="77777777" w:rsidR="000C2748" w:rsidRDefault="000C2748" w:rsidP="00AB5546">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="6DD4A0E5" w14:textId="77777777" w:rsidR="000C2748" w:rsidRDefault="000C2748"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9298" w:type="dxa"/>
       <w:tblInd w:w="341" w:type="dxa"/>
       <w:tblBorders>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="9298"/>
     </w:tblGrid>
-    <w:tr w:rsidR="0012491F" w:rsidRPr="00163A51" w14:paraId="47E697A5" w14:textId="77777777" w:rsidTr="04EB8153">
+    <w:tr w:rsidR="0012491F" w:rsidRPr="007E42C4" w14:paraId="47E697A5" w14:textId="77777777" w:rsidTr="04EB8153">
       <w:trPr>
         <w:trHeight w:val="567"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="9298" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="2E2846E0" w14:textId="77777777" w:rsidR="001D34CF" w:rsidRPr="0091232F" w:rsidRDefault="001D34CF" w:rsidP="001D34CF">
           <w:pPr>
             <w:pStyle w:val="01entteetbasdepage"/>
             <w:rPr>
               <w:lang w:val="de-DE"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="0091232F">
             <w:rPr>
               <w:b/>
               <w:lang w:val="de-DE"/>
             </w:rPr>
             <w:t xml:space="preserve">Amt für </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:lang w:val="de-DE"/>
@@ -6281,51 +6293,51 @@
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="74547093" w14:textId="05C1C664" w:rsidR="0012491F" w:rsidRPr="001D34CF" w:rsidRDefault="0012491F" w:rsidP="00AB5546">
     <w:pPr>
       <w:rPr>
         <w:lang w:val="de-CH"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9639" w:type="dxa"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="57" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5500"/>
       <w:gridCol w:w="4139"/>
     </w:tblGrid>
     <w:tr w:rsidR="0012491F" w:rsidRPr="00FE2FE7" w14:paraId="4F071B88" w14:textId="77777777" w:rsidTr="04EB8153">
       <w:trPr>
         <w:trHeight w:val="1701"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5500" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="67BB1D6E" w14:textId="77777777" w:rsidR="0012491F" w:rsidRPr="00805607" w:rsidRDefault="0012491F" w:rsidP="00AB5546">
           <w:pPr>
             <w:pStyle w:val="TM1"/>
             <w:spacing w:after="180"/>
@@ -6623,51 +6635,51 @@
           <w:tcW w:w="4139" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="61B9FFB6" w14:textId="77777777" w:rsidR="00D62019" w:rsidRPr="001D34CF" w:rsidRDefault="00D62019" w:rsidP="00AB5546">
           <w:pPr>
             <w:pStyle w:val="01entteetbasdepage"/>
             <w:rPr>
               <w:b/>
               <w:lang w:val="de-CH"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="5EB81BA1" w14:textId="77777777" w:rsidR="0012491F" w:rsidRPr="00D62019" w:rsidRDefault="0012491F" w:rsidP="00AB5546">
     <w:pPr>
       <w:rPr>
         <w:lang w:val="de-CH"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF80"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="297CE232"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF81"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="CE009614"/>
     <w:lvl w:ilvl="0">
@@ -10377,63 +10389,63 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="703480403">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="678040476">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="1523206629">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="5"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="80"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1001" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:documentProtection w:edit="forms" w:enforcement="1"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="40961"/>
+    <o:shapedefaults v:ext="edit" spidmax="43009"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00805607"/>
     <w:rsid w:val="00007D81"/>
     <w:rsid w:val="000125AF"/>
     <w:rsid w:val="00040D10"/>
     <w:rsid w:val="00041274"/>
@@ -10559,90 +10571,92 @@
     <w:rsid w:val="00540B12"/>
     <w:rsid w:val="00542A69"/>
     <w:rsid w:val="00544868"/>
     <w:rsid w:val="00544C5B"/>
     <w:rsid w:val="00546E9A"/>
     <w:rsid w:val="00550AFF"/>
     <w:rsid w:val="005545ED"/>
     <w:rsid w:val="00555AB5"/>
     <w:rsid w:val="00562FDF"/>
     <w:rsid w:val="00570E82"/>
     <w:rsid w:val="00576B9D"/>
     <w:rsid w:val="00577690"/>
     <w:rsid w:val="00580DEB"/>
     <w:rsid w:val="00592408"/>
     <w:rsid w:val="005B2A20"/>
     <w:rsid w:val="005B335B"/>
     <w:rsid w:val="005C3428"/>
     <w:rsid w:val="005C70D6"/>
     <w:rsid w:val="005C7488"/>
     <w:rsid w:val="005D3B5D"/>
     <w:rsid w:val="005E4483"/>
     <w:rsid w:val="005E6510"/>
     <w:rsid w:val="005F094D"/>
     <w:rsid w:val="005F0A9E"/>
     <w:rsid w:val="005F6EB1"/>
+    <w:rsid w:val="00600D57"/>
     <w:rsid w:val="006125BB"/>
     <w:rsid w:val="006208F0"/>
     <w:rsid w:val="00627BAE"/>
     <w:rsid w:val="00633FEA"/>
     <w:rsid w:val="00634B91"/>
     <w:rsid w:val="00634C41"/>
     <w:rsid w:val="00640B71"/>
     <w:rsid w:val="00650036"/>
     <w:rsid w:val="00651CE4"/>
     <w:rsid w:val="00656D56"/>
     <w:rsid w:val="0066485C"/>
     <w:rsid w:val="00683913"/>
     <w:rsid w:val="006862AE"/>
     <w:rsid w:val="0069475A"/>
     <w:rsid w:val="006A2F37"/>
     <w:rsid w:val="006A5FEB"/>
     <w:rsid w:val="006A68E0"/>
     <w:rsid w:val="006B4D53"/>
     <w:rsid w:val="006C3775"/>
     <w:rsid w:val="006F6F6B"/>
     <w:rsid w:val="00723175"/>
     <w:rsid w:val="007332A3"/>
     <w:rsid w:val="00743DB6"/>
     <w:rsid w:val="00753865"/>
     <w:rsid w:val="00753D22"/>
     <w:rsid w:val="00756905"/>
     <w:rsid w:val="00761542"/>
     <w:rsid w:val="00764149"/>
     <w:rsid w:val="0077026F"/>
     <w:rsid w:val="007864AA"/>
     <w:rsid w:val="00786F09"/>
     <w:rsid w:val="00787B46"/>
     <w:rsid w:val="00791170"/>
     <w:rsid w:val="00796B5A"/>
     <w:rsid w:val="007A0CD9"/>
     <w:rsid w:val="007A78EA"/>
     <w:rsid w:val="007B482F"/>
     <w:rsid w:val="007C2ECA"/>
     <w:rsid w:val="007D1C44"/>
     <w:rsid w:val="007D5D3F"/>
+    <w:rsid w:val="007E42C4"/>
     <w:rsid w:val="007E5E99"/>
     <w:rsid w:val="00802159"/>
     <w:rsid w:val="00805607"/>
     <w:rsid w:val="00805F75"/>
     <w:rsid w:val="00817AB1"/>
     <w:rsid w:val="008202D3"/>
     <w:rsid w:val="00840DCD"/>
     <w:rsid w:val="008463AF"/>
     <w:rsid w:val="00847A9E"/>
     <w:rsid w:val="00851FAF"/>
     <w:rsid w:val="0085643B"/>
     <w:rsid w:val="008626B9"/>
     <w:rsid w:val="008653F2"/>
     <w:rsid w:val="008668B5"/>
     <w:rsid w:val="00871789"/>
     <w:rsid w:val="0087673D"/>
     <w:rsid w:val="00886E77"/>
     <w:rsid w:val="008A039B"/>
     <w:rsid w:val="008A10E0"/>
     <w:rsid w:val="008B4A6A"/>
     <w:rsid w:val="008C47EF"/>
     <w:rsid w:val="008D31AE"/>
     <w:rsid w:val="008E2426"/>
     <w:rsid w:val="008E3F67"/>
     <w:rsid w:val="008E6882"/>
@@ -10831,64 +10845,64 @@
     <w:rsid w:val="04EB8153"/>
     <w:rsid w:val="04F8900D"/>
     <w:rsid w:val="195D22CE"/>
     <w:rsid w:val="19886D10"/>
     <w:rsid w:val="3A29A796"/>
     <w:rsid w:val="5949F9EF"/>
     <w:rsid w:val="639BC8FA"/>
     <w:rsid w:val="68B8104B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef m:val="0"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapRight/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="subSup"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="40961"/>
+    <o:shapedefaults v:ext="edit" spidmax="43009"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="08D260F3"/>
   <w15:docId w15:val="{1F50FF76-F9E3-454E-A32B-31D9EA0C5F30}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
         <w:lang w:val="fr-FR" w:eastAsia="fr-FR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -12014,51 +12028,51 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ParagraphedelisteCar">
     <w:name w:val="Paragraphe de liste Car"/>
     <w:link w:val="Paragraphedeliste"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00E25D0C"/>
     <w:rPr>
       <w:rFonts w:ascii="Times" w:eastAsia="Times" w:hAnsi="Times"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rvision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:semiHidden/>
     <w:rsid w:val="00786F09"/>
     <w:rPr>
       <w:rFonts w:ascii="Times" w:eastAsia="Times" w:hAnsi="Times"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="637146079">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1363628159">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -12823,70 +12837,70 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{41D291C3-3F56-48DE-802B-9BFFFA09A9A8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>725</Words>
-  <Characters>3992</Characters>
+  <Words>605</Words>
+  <Characters>4041</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>33</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>175</Lines>
+  <Paragraphs>145</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Général_portrait</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>MACMAC Media SA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4708</CharactersWithSpaces>
+  <CharactersWithSpaces>4501</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Général_portrait</dc:title>
   <dc:subject/>
   <dc:creator>Dénervaud Floriane</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>