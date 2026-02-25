--- v0 (2025-12-05)
+++ v1 (2026-02-25)
@@ -15,51 +15,51 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="0416E5B8" w14:textId="09C798CB" w:rsidR="00BA55F0" w:rsidRDefault="00BF5612" w:rsidP="000C0401">
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251705344" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="42E504E9" wp14:editId="0A4D1CBE">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
               <wp:align>left</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-5177514</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="7606167" cy="10759045"/>
             <wp:effectExtent l="0" t="0" r="0" b="4445"/>
             <wp:wrapNone/>
             <wp:docPr id="8" name="Image 8"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -144,52 +144,53 @@
                         <w:txbxContent>
                           <w:p w14:paraId="780F0C46" w14:textId="77777777" w:rsidR="00A9500A" w:rsidRDefault="00A9500A" w:rsidP="00A9500A">
                             <w:pPr>
                               <w:pStyle w:val="Pagedegardetexte1"/>
                             </w:pPr>
                           </w:p>
                           <w:p w14:paraId="7456D00A" w14:textId="77777777" w:rsidR="00A9500A" w:rsidRDefault="00A9500A" w:rsidP="00A9500A">
                             <w:pPr>
                               <w:pStyle w:val="Pagedegardetexte1"/>
                             </w:pPr>
                           </w:p>
                           <w:sdt>
                             <w:sdtPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                 <w:color w:val="304287" w:themeColor="accent1"/>
                                 <w:szCs w:val="18"/>
                                 <w:lang w:val="de-CH"/>
                               </w:rPr>
                               <w:alias w:val="Commentaires "/>
                               <w:tag w:val=""/>
                               <w:id w:val="1579016687"/>
                               <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns0:description[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
                               <w:text w:multiLine="1"/>
                             </w:sdtPr>
+                            <w:sdtEndPr/>
                             <w:sdtContent>
-                              <w:p w14:paraId="4177FE27" w14:textId="62BBC52A" w:rsidR="00A9500A" w:rsidRPr="00BF5612" w:rsidRDefault="00A312E3" w:rsidP="00A9500A">
+                              <w:p w14:paraId="4177FE27" w14:textId="74E2B306" w:rsidR="00A9500A" w:rsidRPr="00BF5612" w:rsidRDefault="00A312E3" w:rsidP="00A9500A">
                                 <w:pPr>
                                   <w:pStyle w:val="Pagedegardetexte2"/>
                                   <w:rPr>
                                     <w:lang w:val="de-CH"/>
                                   </w:rPr>
                                 </w:pPr>
                                 <w:r>
                                   <w:rPr>
                                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                     <w:color w:val="304287" w:themeColor="accent1"/>
                                     <w:szCs w:val="18"/>
                                     <w:lang w:val="de-CH"/>
                                   </w:rPr>
                                   <w:t>Name Mitarbeiter/</w:t>
                                 </w:r>
                                 <w:r w:rsidR="00614B71">
                                   <w:rPr>
                                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                     <w:color w:val="304287" w:themeColor="accent1"/>
                                     <w:szCs w:val="18"/>
                                     <w:lang w:val="de-CH"/>
                                   </w:rPr>
                                   <w:t>in:</w:t>
                                 </w:r>
                                 <w:r w:rsidR="00614B71">
@@ -235,69 +236,51 @@
                                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                     <w:color w:val="304287" w:themeColor="accent1"/>
                                     <w:szCs w:val="18"/>
                                     <w:lang w:val="de-CH"/>
                                   </w:rPr>
                                   <w:br/>
                                   <w:t xml:space="preserve">     </w:t>
                                 </w:r>
                                 <w:r>
                                   <w:rPr>
                                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                     <w:color w:val="304287" w:themeColor="accent1"/>
                                     <w:szCs w:val="18"/>
                                     <w:lang w:val="de-CH"/>
                                   </w:rPr>
                                   <w:br/>
                                 </w:r>
                                 <w:r>
                                   <w:rPr>
                                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                     <w:color w:val="304287" w:themeColor="accent1"/>
                                     <w:szCs w:val="18"/>
                                     <w:lang w:val="de-CH"/>
                                   </w:rPr>
                                   <w:br/>
-                                  <w:t>Name Vorgese</w:t>
-[...17 lines deleted...]
-                                  <w:t>zte/</w:t>
+                                  <w:t>Name Vorgesezte/</w:t>
                                 </w:r>
                                 <w:r w:rsidR="00614B71">
                                   <w:rPr>
                                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                     <w:color w:val="304287" w:themeColor="accent1"/>
                                     <w:szCs w:val="18"/>
                                     <w:lang w:val="de-CH"/>
                                   </w:rPr>
                                   <w:t>r:</w:t>
                                 </w:r>
                                 <w:r w:rsidR="00614B71">
                                   <w:rPr>
                                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                     <w:color w:val="304287" w:themeColor="accent1"/>
                                     <w:szCs w:val="18"/>
                                     <w:lang w:val="de-CH"/>
                                   </w:rPr>
                                   <w:br/>
                                   <w:t xml:space="preserve">     </w:t>
                                 </w:r>
                                 <w:r w:rsidR="00614B71">
                                   <w:rPr>
                                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                     <w:color w:val="304287" w:themeColor="accent1"/>
                                     <w:szCs w:val="18"/>
@@ -338,51 +321,51 @@
                                     <w:color w:val="304287" w:themeColor="accent1"/>
                                     <w:szCs w:val="18"/>
                                     <w:lang w:val="de-CH"/>
                                   </w:rPr>
                                   <w:br/>
                                   <w:t>Organisationseinheit:</w:t>
                                 </w:r>
                                 <w:r w:rsidR="00614B71">
                                   <w:rPr>
                                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                     <w:color w:val="304287" w:themeColor="accent1"/>
                                     <w:szCs w:val="18"/>
                                     <w:lang w:val="de-CH"/>
                                   </w:rPr>
                                   <w:br/>
                                   <w:t xml:space="preserve">     </w:t>
                                 </w:r>
                                 <w:r w:rsidR="00614B71">
                                   <w:rPr>
                                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                     <w:color w:val="304287" w:themeColor="accent1"/>
                                     <w:szCs w:val="18"/>
                                     <w:lang w:val="de-CH"/>
                                   </w:rPr>
                                   <w:br/>
-                                  <w:t>Periode:</w:t>
+                                  <w:t>Periode :</w:t>
                                 </w:r>
                               </w:p>
                             </w:sdtContent>
                           </w:sdt>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="403200" tIns="403200" rIns="403200" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
@@ -396,52 +379,53 @@
                   <w:txbxContent>
                     <w:p w14:paraId="780F0C46" w14:textId="77777777" w:rsidR="00A9500A" w:rsidRDefault="00A9500A" w:rsidP="00A9500A">
                       <w:pPr>
                         <w:pStyle w:val="Pagedegardetexte1"/>
                       </w:pPr>
                     </w:p>
                     <w:p w14:paraId="7456D00A" w14:textId="77777777" w:rsidR="00A9500A" w:rsidRDefault="00A9500A" w:rsidP="00A9500A">
                       <w:pPr>
                         <w:pStyle w:val="Pagedegardetexte1"/>
                       </w:pPr>
                     </w:p>
                     <w:sdt>
                       <w:sdtPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                           <w:color w:val="304287" w:themeColor="accent1"/>
                           <w:szCs w:val="18"/>
                           <w:lang w:val="de-CH"/>
                         </w:rPr>
                         <w:alias w:val="Commentaires "/>
                         <w:tag w:val=""/>
                         <w:id w:val="1579016687"/>
                         <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns0:description[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
                         <w:text w:multiLine="1"/>
                       </w:sdtPr>
+                      <w:sdtEndPr/>
                       <w:sdtContent>
-                        <w:p w14:paraId="4177FE27" w14:textId="62BBC52A" w:rsidR="00A9500A" w:rsidRPr="00BF5612" w:rsidRDefault="00A312E3" w:rsidP="00A9500A">
+                        <w:p w14:paraId="4177FE27" w14:textId="74E2B306" w:rsidR="00A9500A" w:rsidRPr="00BF5612" w:rsidRDefault="00A312E3" w:rsidP="00A9500A">
                           <w:pPr>
                             <w:pStyle w:val="Pagedegardetexte2"/>
                             <w:rPr>
                               <w:lang w:val="de-CH"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                               <w:color w:val="304287" w:themeColor="accent1"/>
                               <w:szCs w:val="18"/>
                               <w:lang w:val="de-CH"/>
                             </w:rPr>
                             <w:t>Name Mitarbeiter/</w:t>
                           </w:r>
                           <w:r w:rsidR="00614B71">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                               <w:color w:val="304287" w:themeColor="accent1"/>
                               <w:szCs w:val="18"/>
                               <w:lang w:val="de-CH"/>
                             </w:rPr>
                             <w:t>in:</w:t>
                           </w:r>
                           <w:r w:rsidR="00614B71">
@@ -487,69 +471,71 @@
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                               <w:color w:val="304287" w:themeColor="accent1"/>
                               <w:szCs w:val="18"/>
                               <w:lang w:val="de-CH"/>
                             </w:rPr>
                             <w:br/>
                             <w:t xml:space="preserve">     </w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                               <w:color w:val="304287" w:themeColor="accent1"/>
                               <w:szCs w:val="18"/>
                               <w:lang w:val="de-CH"/>
                             </w:rPr>
                             <w:br/>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                               <w:color w:val="304287" w:themeColor="accent1"/>
                               <w:szCs w:val="18"/>
                               <w:lang w:val="de-CH"/>
                             </w:rPr>
                             <w:br/>
-                            <w:t>Name Vorgese</w:t>
+                            <w:t xml:space="preserve">Name </w:t>
                           </w:r>
-                          <w:r w:rsidR="00B11F5D">
-[...7 lines deleted...]
-                          </w:r>
+                          <w:proofErr w:type="spellStart"/>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                               <w:color w:val="304287" w:themeColor="accent1"/>
                               <w:szCs w:val="18"/>
                               <w:lang w:val="de-CH"/>
                             </w:rPr>
-                            <w:t>zte/</w:t>
+                            <w:t>Vorgesezte</w:t>
+                          </w:r>
+                          <w:proofErr w:type="spellEnd"/>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                              <w:color w:val="304287" w:themeColor="accent1"/>
+                              <w:szCs w:val="18"/>
+                              <w:lang w:val="de-CH"/>
+                            </w:rPr>
+                            <w:t>/</w:t>
                           </w:r>
                           <w:r w:rsidR="00614B71">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                               <w:color w:val="304287" w:themeColor="accent1"/>
                               <w:szCs w:val="18"/>
                               <w:lang w:val="de-CH"/>
                             </w:rPr>
                             <w:t>r:</w:t>
                           </w:r>
                           <w:r w:rsidR="00614B71">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                               <w:color w:val="304287" w:themeColor="accent1"/>
                               <w:szCs w:val="18"/>
                               <w:lang w:val="de-CH"/>
                             </w:rPr>
                             <w:br/>
                             <w:t xml:space="preserve">     </w:t>
                           </w:r>
                           <w:r w:rsidR="00614B71">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                               <w:color w:val="304287" w:themeColor="accent1"/>
                               <w:szCs w:val="18"/>
@@ -590,138 +576,138 @@
                               <w:color w:val="304287" w:themeColor="accent1"/>
                               <w:szCs w:val="18"/>
                               <w:lang w:val="de-CH"/>
                             </w:rPr>
                             <w:br/>
                             <w:t>Organisationseinheit:</w:t>
                           </w:r>
                           <w:r w:rsidR="00614B71">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                               <w:color w:val="304287" w:themeColor="accent1"/>
                               <w:szCs w:val="18"/>
                               <w:lang w:val="de-CH"/>
                             </w:rPr>
                             <w:br/>
                             <w:t xml:space="preserve">     </w:t>
                           </w:r>
                           <w:r w:rsidR="00614B71">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                               <w:color w:val="304287" w:themeColor="accent1"/>
                               <w:szCs w:val="18"/>
                               <w:lang w:val="de-CH"/>
                             </w:rPr>
                             <w:br/>
-                            <w:t>Periode:</w:t>
+                            <w:t>Periode :</w:t>
                           </w:r>
                         </w:p>
                       </w:sdtContent>
                     </w:sdt>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="margin" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B547485" w14:textId="77777777" w:rsidR="00BA55F0" w:rsidRPr="00BA55F0" w:rsidRDefault="00BA55F0">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA55F0">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="17E555A7" w14:textId="3A8B4DE7" w:rsidR="001D7D34" w:rsidRPr="00AE6661" w:rsidRDefault="001D7D34" w:rsidP="001D7D34">
       <w:pPr>
         <w:spacing w:line="20" w:lineRule="exact"/>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:sectPr w:rsidR="001D7D34" w:rsidRPr="00AE6661" w:rsidSect="00A22FA5">
           <w:headerReference w:type="even" r:id="rId12"/>
           <w:footerReference w:type="default" r:id="rId13"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="8148" w:right="1247" w:bottom="709" w:left="1247" w:header="510" w:footer="510" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tabellenraster"/>
+        <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="9432" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0480" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="23"/>
         <w:gridCol w:w="4088"/>
         <w:gridCol w:w="142"/>
         <w:gridCol w:w="4580"/>
         <w:gridCol w:w="577"/>
         <w:gridCol w:w="22"/>
       </w:tblGrid>
       <w:tr w:rsidR="00385743" w:rsidRPr="00F71106" w14:paraId="2149FA4D" w14:textId="77777777" w:rsidTr="00D81B04">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="599" w:type="dxa"/>
           <w:trHeight w:hRule="exact" w:val="696"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8833" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6960E015" w14:textId="77777777" w:rsidR="00385743" w:rsidRPr="001772D5" w:rsidRDefault="00385743" w:rsidP="00437D16">
             <w:pPr>
-              <w:pStyle w:val="berschrift3"/>
+              <w:pStyle w:val="Titre3"/>
               <w:spacing w:before="120"/>
             </w:pPr>
             <w:r w:rsidRPr="001772D5">
               <w:lastRenderedPageBreak/>
               <w:t>Ablauf und Gestaltung</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6F761D2B" w14:textId="77777777" w:rsidR="00385743" w:rsidRPr="00AE6661" w:rsidRDefault="00385743" w:rsidP="00793BF8">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00385743" w:rsidRPr="00437D16" w14:paraId="138B9B28" w14:textId="77777777" w:rsidTr="00D81B04">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="599" w:type="dxa"/>
           <w:trHeight w:hRule="exact" w:val="165"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8833" w:type="dxa"/>
@@ -738,51 +724,51 @@
               <w:rPr>
                 <w:b/>
                 <w:color w:val="304287" w:themeColor="accent1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00385743" w:rsidRPr="00437D16" w14:paraId="4A6D524A" w14:textId="77777777" w:rsidTr="00D81B04">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="599" w:type="dxa"/>
           <w:trHeight w:hRule="exact" w:val="1157"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8833" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="14AB9240" w14:textId="2C42F6B4" w:rsidR="00385743" w:rsidRDefault="00385743" w:rsidP="00385743">
+          <w:p w14:paraId="14AB9240" w14:textId="1F4B2019" w:rsidR="00385743" w:rsidRDefault="00385743" w:rsidP="00385743">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="304287" w:themeColor="accent1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB6C46">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="304287" w:themeColor="accent1"/>
               </w:rPr>
               <w:t>Für jede Periode wird jeweils ein neues « Ziele, Entwicklung und Beurteilung Formular» (</w:t>
             </w:r>
             <w:r w:rsidR="002070CF">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="304287" w:themeColor="accent1"/>
               </w:rPr>
               <w:t>ZEB</w:t>
             </w:r>
             <w:r w:rsidRPr="00CB6C46">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="304287" w:themeColor="accent1"/>
               </w:rPr>
               <w:t>-Formular) verwendet.</w:t>
@@ -803,92 +789,96 @@
             <w:r w:rsidRPr="00A97CB7">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="304287" w:themeColor="accent1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00CB6C46">
               <w:rPr>
                 <w:color w:val="304287" w:themeColor="accent1"/>
               </w:rPr>
               <w:t xml:space="preserve">Die Felder, die </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="304287" w:themeColor="accent1"/>
               </w:rPr>
               <w:t>bei</w:t>
             </w:r>
             <w:r w:rsidRPr="00CB6C46">
               <w:rPr>
                 <w:color w:val="304287" w:themeColor="accent1"/>
               </w:rPr>
               <w:t xml:space="preserve"> der Zielvereinbarung bearbeitet </w:t>
             </w:r>
-            <w:r w:rsidR="00B11F5D" w:rsidRPr="00CB6C46">
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CB6C46">
               <w:rPr>
                 <w:color w:val="304287" w:themeColor="accent1"/>
               </w:rPr>
-              <w:t>werden,</w:t>
-            </w:r>
+              <w:t>werden</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00CB6C46">
               <w:rPr>
                 <w:color w:val="304287" w:themeColor="accent1"/>
               </w:rPr>
               <w:t xml:space="preserve"> sind </w:t>
             </w:r>
             <w:r w:rsidRPr="00C114A4">
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="E2F0D9"/>
               </w:rPr>
               <w:t>hellgrün</w:t>
             </w:r>
             <w:r w:rsidRPr="00CB6C46">
               <w:rPr>
                 <w:color w:val="304287" w:themeColor="accent1"/>
               </w:rPr>
               <w:t xml:space="preserve"> hinterlegt und die Felder, die bei der</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="304287" w:themeColor="accent1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00CB6C46">
               <w:rPr>
                 <w:color w:val="304287" w:themeColor="accent1"/>
               </w:rPr>
               <w:t xml:space="preserve">Beurteilung bearbeitet </w:t>
             </w:r>
-            <w:r w:rsidR="00B11F5D" w:rsidRPr="00CB6C46">
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CB6C46">
               <w:rPr>
                 <w:color w:val="304287" w:themeColor="accent1"/>
               </w:rPr>
-              <w:t>werden,</w:t>
-            </w:r>
+              <w:t>werden</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00CB6C46">
               <w:rPr>
                 <w:color w:val="304287" w:themeColor="accent1"/>
               </w:rPr>
               <w:t xml:space="preserve"> sind </w:t>
             </w:r>
             <w:r w:rsidRPr="00C114A4">
               <w:rPr>
                 <w:color w:val="304287" w:themeColor="accent1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E3F1F8"/>
               </w:rPr>
               <w:t>hellblau</w:t>
             </w:r>
             <w:r w:rsidRPr="00CB6C46">
               <w:rPr>
                 <w:color w:val="304287" w:themeColor="accent1"/>
               </w:rPr>
               <w:t xml:space="preserve"> hinterlegt.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7AB69B36" w14:textId="77777777" w:rsidR="00385743" w:rsidRPr="00437D16" w:rsidRDefault="00385743" w:rsidP="00437D16"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00385743" w:rsidRPr="00437D16" w14:paraId="23574B57" w14:textId="77777777" w:rsidTr="00D81B04">
         <w:trPr>
@@ -1000,51 +990,51 @@
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="654F587D" w14:textId="71DA8D34" w:rsidR="00385743" w:rsidRPr="00754B30" w:rsidRDefault="005B265E" w:rsidP="00437D16">
             <w:pPr>
               <w:pStyle w:val="Standardklein"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00754B30">
               <w:rPr>
                 <w:color w:val="304287" w:themeColor="accent1"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Ausführliche Erläuterungen zum ODE-Instrument finden Sie </w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r w:rsidRPr="00754B30">
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rStyle w:val="Lienhypertexte"/>
                   <w:sz w:val="18"/>
                 </w:rPr>
                 <w:t>hier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="3D73BE11" w14:textId="2C3C5542" w:rsidR="00385743" w:rsidRPr="00754B30" w:rsidRDefault="00385743" w:rsidP="00437D16">
             <w:pPr>
               <w:pStyle w:val="Standardklein"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="219F96CD" w14:textId="77777777" w:rsidR="00385743" w:rsidRPr="00754B30" w:rsidRDefault="00385743" w:rsidP="00437D16">
             <w:pPr>
               <w:pStyle w:val="Standardklein"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4E4CB03D" w14:textId="72BEC50B" w:rsidR="00385743" w:rsidRPr="00754B30" w:rsidRDefault="00385743" w:rsidP="00437D16">
             <w:pPr>
               <w:pStyle w:val="Standardklein"/>
@@ -1251,92 +1241,85 @@
             <w:pPr>
               <w:pStyle w:val="Standardklein"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="304287" w:themeColor="accent1"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00754B30">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="304287" w:themeColor="accent1"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>ZEB</w:t>
             </w:r>
             <w:r w:rsidR="002A3342" w:rsidRPr="00754B30">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="304287" w:themeColor="accent1"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>-Beurteilung</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3170930B" w14:textId="607291DF" w:rsidR="002A3342" w:rsidRPr="00754B30" w:rsidRDefault="002A3342" w:rsidP="00437D16">
+          <w:p w14:paraId="3170930B" w14:textId="3CDA58CD" w:rsidR="002A3342" w:rsidRPr="00754B30" w:rsidRDefault="002A3342" w:rsidP="00437D16">
             <w:pPr>
               <w:pStyle w:val="Standardklein"/>
               <w:rPr>
                 <w:color w:val="304287" w:themeColor="accent1"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00754B30">
               <w:rPr>
                 <w:color w:val="304287" w:themeColor="accent1"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Am Ende der Periode werden im Sinne eines Rückblicks das Befinden (1), die Erfüllung </w:t>
             </w:r>
             <w:r w:rsidR="00A502F5" w:rsidRPr="00754B30">
               <w:rPr>
                 <w:color w:val="304287" w:themeColor="accent1"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">den Hauptaufgaben im </w:t>
             </w:r>
             <w:r w:rsidR="005B265E" w:rsidRPr="00754B30">
               <w:rPr>
                 <w:color w:val="304287" w:themeColor="accent1"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Stellenbeschrieb</w:t>
             </w:r>
             <w:r w:rsidRPr="00754B30">
               <w:rPr>
                 <w:color w:val="304287" w:themeColor="accent1"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (2), die Erfüllung der vereinbarten Kompetenzen (3) und Ziele (4) und die Schluss­beurteilung (5) sowie der Nutzen der vereinbarten Entwicklungsmassnahmen (6) besprochen. Die Beurteilung wird auf der letzten Seite (II) abgeschlossen</w:t>
-            </w:r>
-[...5 lines deleted...]
-              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00385743" w:rsidRPr="00754B30" w14:paraId="5E94BD45" w14:textId="77777777" w:rsidTr="00D81B04">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="599" w:type="dxa"/>
           <w:trHeight w:hRule="exact" w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8833" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="38272F57" w14:textId="77777777" w:rsidR="00385743" w:rsidRPr="00754B30" w:rsidRDefault="00385743" w:rsidP="00437D16">
             <w:pPr>
               <w:pStyle w:val="Standardklein"/>
               <w:rPr>
@@ -1344,108 +1327,113 @@
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00385743" w:rsidRPr="00754B30" w14:paraId="4BEBE0E1" w14:textId="77777777" w:rsidTr="00D81B04">
         <w:tblPrEx>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="599" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8833" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3A96F2C2" w14:textId="1DF9BEFE" w:rsidR="00385743" w:rsidRPr="005E1FF4" w:rsidRDefault="000A5CF4" w:rsidP="000A5CF4">
-[...1 lines deleted...]
-              <w:pStyle w:val="berschrift1"/>
+          <w:p w14:paraId="3A96F2C2" w14:textId="169EFFFB" w:rsidR="00385743" w:rsidRPr="005E1FF4" w:rsidRDefault="000A5CF4" w:rsidP="000A5CF4">
+            <w:pPr>
+              <w:pStyle w:val="Titre1"/>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="142"/>
             </w:pPr>
             <w:r w:rsidRPr="005E1FF4">
               <w:rPr>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t xml:space="preserve">Einführung des Vorgesetzten </w:t>
             </w:r>
             <w:r w:rsidR="00455C81" w:rsidRPr="005E1FF4">
               <w:rPr>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t xml:space="preserve">oder der delegierten Person </w:t>
             </w:r>
             <w:r w:rsidR="00C72253" w:rsidRPr="005E1FF4">
               <w:rPr>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00455C81" w:rsidRPr="005E1FF4">
               <w:rPr>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t>Vorsteher,-in/ Stellvertretende,-r Schuldirektor,-in</w:t>
+            </w:r>
+            <w:r w:rsidR="001926BD" w:rsidRPr="005E1FF4">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>,</w:t>
             </w:r>
             <w:r w:rsidR="00C72253" w:rsidRPr="005E1FF4">
               <w:rPr>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00385743" w:rsidRPr="00754B30" w14:paraId="4770F20E" w14:textId="77777777" w:rsidTr="00D81B04">
         <w:tblPrEx>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="599" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8833" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="331F00DD" w14:textId="11EC6BA1" w:rsidR="00385743" w:rsidRPr="00754B30" w:rsidRDefault="00BD23F8" w:rsidP="00A02F03">
             <w:pPr>
               <w:pStyle w:val="StandardDunkel"/>
               <w:keepNext/>
               <w:spacing w:before="120" w:after="120" w:line="260" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r w:rsidRPr="00754B30">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Stellen Sie den Kontext des Gesprächs und de</w:t>
             </w:r>
             <w:r w:rsidR="00A02F03" w:rsidRPr="00754B30">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>r</w:t>
             </w:r>
             <w:r w:rsidRPr="00754B30">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -1551,145 +1539,179 @@
           </w:tcPr>
           <w:p w14:paraId="342D769B" w14:textId="77777777" w:rsidR="00437D16" w:rsidRPr="00754B30" w:rsidRDefault="00437D16" w:rsidP="00437D16"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00437D16" w:rsidRPr="00754B30" w14:paraId="4D945CC0" w14:textId="77777777" w:rsidTr="00D81B04">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="20" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9410" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="0D994FBA" w14:textId="7F2E7F9A" w:rsidR="00437D16" w:rsidRPr="00754B30" w:rsidRDefault="00437D16" w:rsidP="00C114A4">
-[...1 lines deleted...]
-              <w:pStyle w:val="berschrift1"/>
+          <w:p w14:paraId="0D994FBA" w14:textId="38E3DCB2" w:rsidR="00437D16" w:rsidRPr="00754B30" w:rsidRDefault="00437D16" w:rsidP="00C114A4">
+            <w:pPr>
+              <w:pStyle w:val="Titre1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:before="120"/>
             </w:pPr>
             <w:r w:rsidRPr="005E1FF4">
               <w:rPr>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Rückblick </w:t>
             </w:r>
             <w:r w:rsidR="00344682" w:rsidRPr="005E1FF4">
               <w:rPr>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t xml:space="preserve">der Mitarbeiterin </w:t>
             </w:r>
             <w:r w:rsidR="00293D7F" w:rsidRPr="005E1FF4">
               <w:rPr>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t xml:space="preserve">/ </w:t>
             </w:r>
             <w:r w:rsidR="00BD23F8" w:rsidRPr="005E1FF4">
               <w:rPr>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t>de</w:t>
             </w:r>
             <w:r w:rsidR="00A02F03" w:rsidRPr="005E1FF4">
               <w:rPr>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidR="00BD23F8" w:rsidRPr="005E1FF4">
               <w:rPr>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00B11F5D" w:rsidRPr="005E1FF4">
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00BD23F8" w:rsidRPr="005E1FF4">
               <w:rPr>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
-              <w:t>Mitarbeiters auf</w:t>
+              <w:t>Mitarbeiter</w:t>
+            </w:r>
+            <w:r w:rsidR="00A02F03" w:rsidRPr="005E1FF4">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidR="00BD23F8" w:rsidRPr="005E1FF4">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E1FF4">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00293D7F" w:rsidRPr="005E1FF4">
               <w:rPr>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
+              <w:t>auf</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00293D7F" w:rsidRPr="005E1FF4">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00455C81" w:rsidRPr="005E1FF4">
               <w:rPr>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t>d</w:t>
             </w:r>
             <w:r w:rsidR="00EF6249" w:rsidRPr="005E1FF4">
               <w:rPr>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t>ie</w:t>
             </w:r>
             <w:r w:rsidR="00455C81" w:rsidRPr="005E1FF4">
               <w:rPr>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="005E1FF4">
               <w:rPr>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t>vergangene</w:t>
             </w:r>
             <w:r w:rsidRPr="005E1FF4">
               <w:rPr>
                 <w:strike/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidR="00C72253" w:rsidRPr="005E1FF4">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidR="00EF6249" w:rsidRPr="005E1FF4">
               <w:rPr>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t>Periode</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="00455C81" w:rsidRPr="005E1FF4">
               <w:rPr>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00437D16" w:rsidRPr="00754B30" w14:paraId="1EB33DD1" w14:textId="77777777" w:rsidTr="00D81B04">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="20" w:type="dxa"/>
         </w:trPr>
@@ -1794,153 +1816,161 @@
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="20" w:type="dxa"/>
           <w:trHeight w:val="3402"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9410" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E3F1F8"/>
           </w:tcPr>
           <w:p w14:paraId="149DED62" w14:textId="1C4E8BC3" w:rsidR="00437D16" w:rsidRPr="00754B30" w:rsidRDefault="00437D16" w:rsidP="00D81B04">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1BFB02E9" w14:textId="60539830" w:rsidR="00F71106" w:rsidRPr="00754B30" w:rsidRDefault="00F71106" w:rsidP="00F71106"/>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tabellenraster"/>
+        <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9412"/>
       </w:tblGrid>
       <w:tr w:rsidR="007929CD" w:rsidRPr="00754B30" w14:paraId="64089441" w14:textId="77777777" w:rsidTr="003027BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9412" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="17384054" w14:textId="33B28A79" w:rsidR="007929CD" w:rsidRPr="00754B30" w:rsidRDefault="00B01097" w:rsidP="00C114A4">
             <w:pPr>
-              <w:pStyle w:val="berschrift1"/>
+              <w:pStyle w:val="Titre1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:val="single" w:sz="4" w:space="7" w:color="47649F" w:themeColor="accent2"/>
                 <w:left w:val="single" w:sz="4" w:space="7" w:color="47649F" w:themeColor="accent2"/>
                 <w:bottom w:val="single" w:sz="4" w:space="7" w:color="47649F" w:themeColor="accent2"/>
                 <w:right w:val="single" w:sz="4" w:space="7" w:color="47649F" w:themeColor="accent2"/>
               </w:pBdr>
               <w:spacing w:before="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00754B30">
               <w:t>Hauptaufgaben</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00375BAF" w:rsidRPr="00754B30" w14:paraId="3C77F5F2" w14:textId="77777777" w:rsidTr="003027BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9412" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="743F539F" w14:textId="1082E76E" w:rsidR="00375BAF" w:rsidRPr="00754B30" w:rsidRDefault="009B34EB" w:rsidP="00293D7F">
+          </w:tcPr>
+          <w:p w14:paraId="743F539F" w14:textId="5D69FC93" w:rsidR="00375BAF" w:rsidRPr="00754B30" w:rsidRDefault="009B34EB" w:rsidP="00293D7F">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="304287" w:themeColor="accent1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00754B30">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="304287" w:themeColor="accent1"/>
               </w:rPr>
               <w:t xml:space="preserve">Überprüfen Sie zu Beginn der Periode die Hauptaufgaben </w:t>
             </w:r>
             <w:r w:rsidR="00293D7F" w:rsidRPr="00754B30">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="304287" w:themeColor="accent1"/>
               </w:rPr>
               <w:t>im</w:t>
             </w:r>
             <w:r w:rsidRPr="00754B30">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="304287" w:themeColor="accent1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="005B265E" w:rsidRPr="00754B30">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="304287" w:themeColor="accent1"/>
               </w:rPr>
               <w:t>Stellenbeschrieb</w:t>
             </w:r>
             <w:r w:rsidRPr="00754B30">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="304287" w:themeColor="accent1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00EF6249" w:rsidRPr="00754B30">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="304287" w:themeColor="accent1"/>
               </w:rPr>
               <w:t>gemäss Art.</w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00D81B04" w:rsidRPr="00754B30">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="304287" w:themeColor="accent1"/>
               </w:rPr>
               <w:t xml:space="preserve">19 </w:t>
             </w:r>
             <w:r w:rsidR="00EF6249" w:rsidRPr="00754B30">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="304287" w:themeColor="accent1"/>
               </w:rPr>
-              <w:t xml:space="preserve">LPR </w:t>
+              <w:t xml:space="preserve"> LPR</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00EF6249" w:rsidRPr="00754B30">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="304287" w:themeColor="accent1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00375BAF" w:rsidRPr="00754B30" w14:paraId="55646D1F" w14:textId="77777777" w:rsidTr="00D81B04">
         <w:trPr>
           <w:trHeight w:val="3487"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9412" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E2F0D9"/>
           </w:tcPr>
           <w:p w14:paraId="3387E2B1" w14:textId="498C119B" w:rsidR="00C72253" w:rsidRPr="00754B30" w:rsidRDefault="00C72253" w:rsidP="00C72253">
             <w:r w:rsidRPr="00754B30">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Unterricht</w:t>
             </w:r>
             <w:r w:rsidRPr="00754B30">
               <w:t>, insbesondere Vorbereitung und Planung des Unterrichts, eigentlicher Unterricht, Schülerbeurteilung, Korrekturarbeit und andere Unterrichtsformen, wie sie in der Gesetzgebung über die obligatorische Schule und über die Mittelschulen beschrieben werden;</w:t>
             </w:r>
           </w:p>
@@ -1976,164 +2006,144 @@
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Weiterbildung</w:t>
             </w:r>
             <w:r w:rsidRPr="00754B30">
               <w:t>, insbesondere Aktualisierung des Fachwissens, Entwicklung der persönlichen und sozialen Kompetenzen, Evaluation der eigenen Arbeit, Besuch von Weiterbildungskursen, Studium von Fachliteratur, Super- und Intervision.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="54E7A2FB" w14:textId="77777777" w:rsidR="00375BAF" w:rsidRPr="00754B30" w:rsidRDefault="00375BAF" w:rsidP="00A312E3">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="304287" w:themeColor="accent1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005041EF" w:rsidRPr="00754B30" w14:paraId="313FCDCB" w14:textId="77777777" w:rsidTr="003027BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9412" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="24CB95D5" w14:textId="784E4F09" w:rsidR="00D81B04" w:rsidRPr="00754B30" w:rsidRDefault="002A25C3" w:rsidP="00E549F9">
+          </w:tcPr>
+          <w:p w14:paraId="24CB95D5" w14:textId="1C1E1228" w:rsidR="00D81B04" w:rsidRPr="00754B30" w:rsidRDefault="002A25C3" w:rsidP="00E549F9">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="304287" w:themeColor="accent1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00754B30">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="304287" w:themeColor="accent1"/>
               </w:rPr>
               <w:t>Beurteilung d</w:t>
             </w:r>
             <w:r w:rsidR="00EF6249" w:rsidRPr="00754B30">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="304287" w:themeColor="accent1"/>
               </w:rPr>
               <w:t>er</w:t>
             </w:r>
             <w:r w:rsidRPr="00754B30">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="304287" w:themeColor="accent1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Hauptaufgaben</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00754B30">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="304287" w:themeColor="accent1"/>
+              </w:rPr>
+              <w:t>Hauptaufgaben</w:t>
             </w:r>
             <w:r w:rsidR="00D81B04" w:rsidRPr="00754B30">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="304287" w:themeColor="accent1"/>
               </w:rPr>
-              <w:t>:</w:t>
-            </w:r>
+              <w:t xml:space="preserve"> :</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="00AD0D0E" w:rsidRPr="00754B30">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00B11F5D">
+            <w:r w:rsidR="00EF6249" w:rsidRPr="00754B30">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="17475F" w:themeColor="accent4" w:themeShade="40"/>
               </w:rPr>
-              <w:t>B</w:t>
+              <w:t>bitte</w:t>
             </w:r>
             <w:r w:rsidR="00EF6249" w:rsidRPr="00754B30">
               <w:rPr>
                 <w:b/>
-                <w:color w:val="17475F" w:themeColor="accent4" w:themeShade="40"/>
-[...1 lines deleted...]
-              <w:t>itte</w:t>
+                <w:color w:val="304287" w:themeColor="accent1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> mindestens 2 Hauptaufgaben, wovon d</w:t>
+            </w:r>
+            <w:r w:rsidR="000353CC" w:rsidRPr="00754B30">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="304287" w:themeColor="accent1"/>
+              </w:rPr>
+              <w:t>ie Hauptaufgabe</w:t>
             </w:r>
             <w:r w:rsidR="00EF6249" w:rsidRPr="00754B30">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="304287" w:themeColor="accent1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> mindestens 2 Hauptaufgaben</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00B11F5D">
+              <w:t xml:space="preserve"> Unterricht gewählt werden muss</w:t>
+            </w:r>
+            <w:r w:rsidR="000353CC" w:rsidRPr="00754B30">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="304287" w:themeColor="accent1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> wählen</w:t>
+              <w:t>, und pro Hauptaufgabe eine Aufgabe wählen</w:t>
             </w:r>
             <w:r w:rsidR="00EF6249" w:rsidRPr="00754B30">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="304287" w:themeColor="accent1"/>
               </w:rPr>
-              <w:t>, wovon d</w:t>
-[...34 lines deleted...]
-              <w:t>.</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005041EF" w:rsidRPr="00754B30" w14:paraId="45C8F5C0" w14:textId="77777777" w:rsidTr="00C16795">
         <w:trPr>
           <w:trHeight w:val="60"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9412" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E3F1F8"/>
           </w:tcPr>
           <w:p w14:paraId="6562480D" w14:textId="1BFF6ADE" w:rsidR="00AD0D0E" w:rsidRPr="00754B30" w:rsidRDefault="00AD0D0E" w:rsidP="00F71106">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00754B30">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
@@ -2273,105 +2283,104 @@
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5E5A35A5" w14:textId="0D29C238" w:rsidR="00AD0D0E" w:rsidRPr="00754B30" w:rsidRDefault="00AD0D0E" w:rsidP="00AD0D0E"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007929CD" w:rsidRPr="00754B30" w14:paraId="55A56A9E" w14:textId="77777777" w:rsidTr="003027BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9412" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5E574957" w14:textId="77777777" w:rsidR="007929CD" w:rsidRPr="00754B30" w:rsidRDefault="007929CD" w:rsidP="00F71106"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1956F898" w14:textId="201E2925" w:rsidR="007929CD" w:rsidRPr="00754B30" w:rsidRDefault="007929CD" w:rsidP="00F71106">
       <w:pPr>
         <w:rPr>
           <w:strike/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tabellenraster"/>
+        <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4705"/>
         <w:gridCol w:w="24"/>
         <w:gridCol w:w="4683"/>
       </w:tblGrid>
       <w:tr w:rsidR="0092380A" w:rsidRPr="00754B30" w14:paraId="7C124668" w14:textId="77777777" w:rsidTr="003027BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9412" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="08E2B3A4" w14:textId="1858F5DF" w:rsidR="0092380A" w:rsidRPr="00754B30" w:rsidRDefault="006E46E3" w:rsidP="00C114A4">
             <w:pPr>
-              <w:pStyle w:val="berschrift1"/>
+              <w:pStyle w:val="Titre1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:val="single" w:sz="4" w:space="7" w:color="47649F" w:themeColor="accent2"/>
                 <w:left w:val="single" w:sz="4" w:space="7" w:color="47649F" w:themeColor="accent2"/>
                 <w:bottom w:val="single" w:sz="4" w:space="7" w:color="47649F" w:themeColor="accent2"/>
                 <w:right w:val="single" w:sz="4" w:space="7" w:color="47649F" w:themeColor="accent2"/>
               </w:pBdr>
               <w:spacing w:before="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00754B30">
               <w:t>Kompetenzen*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006E46E3" w:rsidRPr="00754B30" w14:paraId="0B4D3DB4" w14:textId="77777777" w:rsidTr="0041350B">
         <w:tblPrEx>
           <w:shd w:val="clear" w:color="auto" w:fill="E3F1F8" w:themeFill="accent4"/>
           <w:tblCellMar>
             <w:top w:w="57" w:type="dxa"/>
             <w:bottom w:w="57" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="204"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4705" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="71A36763" w14:textId="0DB2D6B3" w:rsidR="006E46E3" w:rsidRPr="00754B30" w:rsidRDefault="006E46E3" w:rsidP="004A1B99">
             <w:pPr>
               <w:pStyle w:val="StandardDunkel"/>
               <w:keepNext/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00754B30">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Wählen Sie zu Beginn der Periode die </w:t>
             </w:r>
             <w:r w:rsidR="00202BD2" w:rsidRPr="00754B30">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidRPr="00754B30">
               <w:rPr>
                 <w:b/>
               </w:rPr>
@@ -2432,109 +2441,116 @@
               <w:t xml:space="preserve"> während der Periode</w:t>
             </w:r>
             <w:r w:rsidR="00AD0D0E" w:rsidRPr="00754B30">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="000353CC" w:rsidRPr="00754B30">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>gesetzt werden sol</w:t>
             </w:r>
             <w:r w:rsidR="000A06C8" w:rsidRPr="00754B30">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>l:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="24" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="24C227C5" w14:textId="77777777" w:rsidR="006E46E3" w:rsidRPr="00754B30" w:rsidRDefault="006E46E3" w:rsidP="006E46E3">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="304287" w:themeColor="accent1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4683" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="304287" w:themeColor="accent1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="477C6C22" w14:textId="3EC46C5C" w:rsidR="006E46E3" w:rsidRPr="00754B30" w:rsidRDefault="00A27120" w:rsidP="00A27120">
+          </w:tcPr>
+          <w:p w14:paraId="477C6C22" w14:textId="2DC5E1A6" w:rsidR="006E46E3" w:rsidRPr="00754B30" w:rsidRDefault="00A27120" w:rsidP="00A27120">
             <w:pPr>
               <w:pStyle w:val="StandardDunkel"/>
               <w:keepNext/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00754B30">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Am Ende der Periode, schätzen Sie </w:t>
             </w:r>
             <w:r w:rsidR="00C1683B" w:rsidRPr="00754B30">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">ab, </w:t>
             </w:r>
             <w:r w:rsidR="000A06C8" w:rsidRPr="00754B30">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">welche </w:t>
             </w:r>
-            <w:r w:rsidR="00B11F5D" w:rsidRPr="00754B30">
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00754B30">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Rolle </w:t>
             </w:r>
-            <w:r w:rsidR="00B11F5D" w:rsidRPr="00B11F5D">
+            <w:r w:rsidRPr="00754B30">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="000A06C8" w:rsidRPr="00754B30">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>jede</w:t>
             </w:r>
-            <w:r w:rsidR="000A06C8" w:rsidRPr="00B11F5D">
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="000A06C8" w:rsidRPr="00754B30">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> dieser </w:t>
             </w:r>
             <w:r w:rsidRPr="00754B30">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Kompetenzen gespielt hat</w:t>
             </w:r>
             <w:r w:rsidR="000A06C8" w:rsidRPr="00754B30">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F73ED6" w:rsidRPr="00754B30" w14:paraId="0E819897" w14:textId="77777777" w:rsidTr="00041A79">
         <w:tblPrEx>
           <w:shd w:val="clear" w:color="auto" w:fill="E3F1F8" w:themeFill="accent4"/>
           <w:tblCellMar>
             <w:top w:w="57" w:type="dxa"/>
@@ -2547,257 +2563,262 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4705" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E2F0D9"/>
           </w:tcPr>
           <w:p w14:paraId="7B72CC5F" w14:textId="77777777" w:rsidR="006E46E3" w:rsidRPr="00754B30" w:rsidRDefault="006E46E3" w:rsidP="006E46E3">
             <w:pPr>
               <w:pStyle w:val="StandardDunkel"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00754B30">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>A. Selbstkompetenz</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3A9AE116" w14:textId="2521AFE0" w:rsidR="00F73ED6" w:rsidRPr="00754B30" w:rsidRDefault="00000000" w:rsidP="00041A79">
+          <w:p w14:paraId="3A9AE116" w14:textId="2521AFE0" w:rsidR="00F73ED6" w:rsidRPr="00754B30" w:rsidRDefault="00C6560F" w:rsidP="00041A79">
             <w:pPr>
               <w:pStyle w:val="AufzhlungStrichDunkel"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="170"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="A. Selbstkompetenz"/>
                 <w:tag w:val="A. Selbstkompetenz"/>
                 <w:id w:val="-791669272"/>
                 <w:placeholder>
                   <w:docPart w:val="DefaultPlaceholder_-1854013438"/>
                 </w:placeholder>
                 <w15:color w:val="0000FF"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Auswahl Kompetenzen" w:value="Auswahl Kompetenzen"/>
                   <w:listItem w:displayText="A1. Lernfähigkeit" w:value="A1. Lernfähigkeit"/>
                   <w:listItem w:displayText="A2. Kreativität" w:value="A2. Kreativität"/>
                   <w:listItem w:displayText="A3. Effizienz" w:value="A3. Effizienz"/>
                   <w:listItem w:displayText="A4. Empathie" w:value="A4. Empathie"/>
                   <w:listItem w:displayText="A5. Flexibilität" w:value="A5. Flexibilität"/>
                   <w:listItem w:displayText="A6. Stressbewältigung" w:value="A6. Stressbewältigung"/>
                   <w:listItem w:displayText="A7. Eigeninitiative" w:value="A7. Eigeninitiative"/>
                   <w:listItem w:displayText="A8. Verantwortung" w:value="A8. Verantwortung"/>
                 </w:dropDownList>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00BF5C00" w:rsidRPr="00754B30">
                   <w:t>Auswahl Kompetenzen</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0047781E" w:rsidRPr="00754B30">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1FB69E9A" w14:textId="77777777" w:rsidR="000E486E" w:rsidRPr="00754B30" w:rsidRDefault="00000000" w:rsidP="00041A79">
+          <w:p w14:paraId="1FB69E9A" w14:textId="77777777" w:rsidR="000E486E" w:rsidRPr="00754B30" w:rsidRDefault="00C6560F" w:rsidP="00041A79">
             <w:pPr>
               <w:pStyle w:val="AufzhlungStrichDunkel"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="170"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="A. Selbstkompetenz"/>
                 <w:tag w:val="A. Selbstkompetenz"/>
                 <w:id w:val="-815562716"/>
                 <w:placeholder>
                   <w:docPart w:val="7EA63E40F2DA43FA8E73089D4A83485F"/>
                 </w:placeholder>
                 <w15:color w:val="0000FF"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Auswahl Kompetenzen" w:value="Auswahl Kompetenzen"/>
                   <w:listItem w:displayText="A1. Lernfähigkeit" w:value="A1. Lernfähigkeit"/>
                   <w:listItem w:displayText="A2. Kreativität" w:value="A2. Kreativität"/>
                   <w:listItem w:displayText="A3. Effizienz" w:value="A3. Effizienz"/>
                   <w:listItem w:displayText="A4. Empathie" w:value="A4. Empathie"/>
                   <w:listItem w:displayText="A5. Flexibilität" w:value="A5. Flexibilität"/>
                   <w:listItem w:displayText="A6. Stressbewältigung" w:value="A6. Stressbewältigung"/>
                   <w:listItem w:displayText="A7. Eigeninitiative" w:value="A7. Eigeninitiative"/>
                   <w:listItem w:displayText="A8. Verantwortung" w:value="A8. Verantwortung"/>
                 </w:dropDownList>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="000E486E" w:rsidRPr="00754B30">
                   <w:t>Auswahl Kompetenzen</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="000E486E" w:rsidRPr="00754B30">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="35CFD725" w14:textId="77777777" w:rsidR="000E486E" w:rsidRPr="00754B30" w:rsidRDefault="00000000" w:rsidP="00041A79">
+          <w:p w14:paraId="35CFD725" w14:textId="77777777" w:rsidR="000E486E" w:rsidRPr="00754B30" w:rsidRDefault="00C6560F" w:rsidP="00041A79">
             <w:pPr>
               <w:pStyle w:val="AufzhlungStrichDunkel"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="170"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="A. Selbstkompetenz"/>
                 <w:tag w:val="A. Selbstkompetenz"/>
                 <w:id w:val="-1656449152"/>
                 <w:placeholder>
                   <w:docPart w:val="92A5F43235D04AAD8574F7BB0A2A5AE9"/>
                 </w:placeholder>
                 <w15:color w:val="0000FF"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Auswahl Kompetenzen" w:value="Auswahl Kompetenzen"/>
                   <w:listItem w:displayText="A1. Lernfähigkeit" w:value="A1. Lernfähigkeit"/>
                   <w:listItem w:displayText="A2. Kreativität" w:value="A2. Kreativität"/>
                   <w:listItem w:displayText="A3. Effizienz" w:value="A3. Effizienz"/>
                   <w:listItem w:displayText="A4. Empathie" w:value="A4. Empathie"/>
                   <w:listItem w:displayText="A5. Flexibilität" w:value="A5. Flexibilität"/>
                   <w:listItem w:displayText="A6. Stressbewältigung" w:value="A6. Stressbewältigung"/>
                   <w:listItem w:displayText="A7. Eigeninitiative" w:value="A7. Eigeninitiative"/>
                   <w:listItem w:displayText="A8. Verantwortung" w:value="A8. Verantwortung"/>
                 </w:dropDownList>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="000E486E" w:rsidRPr="00754B30">
                   <w:t>Auswahl Kompetenzen</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="000E486E" w:rsidRPr="00754B30">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6638C48F" w14:textId="77777777" w:rsidR="000E486E" w:rsidRPr="00754B30" w:rsidRDefault="00000000" w:rsidP="00041A79">
+          <w:p w14:paraId="6638C48F" w14:textId="77777777" w:rsidR="000E486E" w:rsidRPr="00754B30" w:rsidRDefault="00C6560F" w:rsidP="00041A79">
             <w:pPr>
               <w:pStyle w:val="AufzhlungStrichDunkel"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="170"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="A. Selbstkompetenz"/>
                 <w:tag w:val="A. Selbstkompetenz"/>
                 <w:id w:val="-496878541"/>
                 <w:placeholder>
                   <w:docPart w:val="5DC8F07C9CD643D382A78275AA4ABBA3"/>
                 </w:placeholder>
                 <w15:color w:val="0000FF"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Auswahl Kompetenzen" w:value="Auswahl Kompetenzen"/>
                   <w:listItem w:displayText="A1. Lernfähigkeit" w:value="A1. Lernfähigkeit"/>
                   <w:listItem w:displayText="A2. Kreativität" w:value="A2. Kreativität"/>
                   <w:listItem w:displayText="A3. Effizienz" w:value="A3. Effizienz"/>
                   <w:listItem w:displayText="A4. Empathie" w:value="A4. Empathie"/>
                   <w:listItem w:displayText="A5. Flexibilität" w:value="A5. Flexibilität"/>
                   <w:listItem w:displayText="A6. Stressbewältigung" w:value="A6. Stressbewältigung"/>
                   <w:listItem w:displayText="A7. Eigeninitiative" w:value="A7. Eigeninitiative"/>
                   <w:listItem w:displayText="A8. Verantwortung" w:value="A8. Verantwortung"/>
                 </w:dropDownList>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="000E486E" w:rsidRPr="00754B30">
                   <w:t>Auswahl Kompetenzen</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="000E486E" w:rsidRPr="00754B30">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3E8F2C48" w14:textId="77777777" w:rsidR="000E486E" w:rsidRPr="00754B30" w:rsidRDefault="00000000" w:rsidP="00041A79">
+          <w:p w14:paraId="3E8F2C48" w14:textId="77777777" w:rsidR="000E486E" w:rsidRPr="00754B30" w:rsidRDefault="00C6560F" w:rsidP="00041A79">
             <w:pPr>
               <w:pStyle w:val="AufzhlungStrichDunkel"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="170"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="A. Selbstkompetenz"/>
                 <w:tag w:val="A. Selbstkompetenz"/>
                 <w:id w:val="-370993436"/>
                 <w:placeholder>
                   <w:docPart w:val="440B32E552B8483DB623B9BE8C003C9D"/>
                 </w:placeholder>
                 <w15:color w:val="0000FF"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Auswahl Kompetenzen" w:value="Auswahl Kompetenzen"/>
                   <w:listItem w:displayText="A1. Lernfähigkeit" w:value="A1. Lernfähigkeit"/>
                   <w:listItem w:displayText="A2. Kreativität" w:value="A2. Kreativität"/>
                   <w:listItem w:displayText="A3. Effizienz" w:value="A3. Effizienz"/>
                   <w:listItem w:displayText="A4. Empathie" w:value="A4. Empathie"/>
                   <w:listItem w:displayText="A5. Flexibilität" w:value="A5. Flexibilität"/>
                   <w:listItem w:displayText="A6. Stressbewältigung" w:value="A6. Stressbewältigung"/>
                   <w:listItem w:displayText="A7. Eigeninitiative" w:value="A7. Eigeninitiative"/>
                   <w:listItem w:displayText="A8. Verantwortung" w:value="A8. Verantwortung"/>
                 </w:dropDownList>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="000E486E" w:rsidRPr="00754B30">
                   <w:t>Auswahl Kompetenzen</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="000E486E" w:rsidRPr="00754B30">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="413A4EEA" w14:textId="77777777" w:rsidR="00F73ED6" w:rsidRPr="00754B30" w:rsidRDefault="00F73ED6" w:rsidP="008913ED">
             <w:pPr>
               <w:pStyle w:val="AufzhlungStrichDunkel"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="68C0B834" w14:textId="331B8140" w:rsidR="000E486E" w:rsidRPr="00754B30" w:rsidRDefault="000E486E" w:rsidP="008913ED">
             <w:pPr>
               <w:pStyle w:val="AufzhlungStrichDunkel"/>
@@ -2855,242 +2876,247 @@
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="304287" w:themeColor="accent1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E2F0D9"/>
           </w:tcPr>
           <w:p w14:paraId="4C7072F7" w14:textId="77777777" w:rsidR="00F24125" w:rsidRPr="00754B30" w:rsidRDefault="00F24125" w:rsidP="00F24125">
             <w:pPr>
               <w:pStyle w:val="AufzhlungStrichDunkel"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00754B30">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>B. Sozialkompetenz</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6CFFCBE9" w14:textId="40ADAD74" w:rsidR="00C16795" w:rsidRPr="00754B30" w:rsidRDefault="00000000" w:rsidP="003200D1">
+          <w:p w14:paraId="6CFFCBE9" w14:textId="40ADAD74" w:rsidR="00C16795" w:rsidRPr="00754B30" w:rsidRDefault="00C6560F" w:rsidP="003200D1">
             <w:pPr>
               <w:pStyle w:val="AufzhlungStrichDunkel"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="142"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="B. Sozialkompetenz"/>
                 <w:tag w:val="B. Sozialkompetenz"/>
                 <w:id w:val="-2027709704"/>
                 <w:placeholder>
                   <w:docPart w:val="D747D3A3BC574755B9525618B006F495"/>
                 </w:placeholder>
                 <w15:color w:val="0000FF"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Auswahl Kompetenzen" w:value="Auswahl Kompetenzen"/>
                   <w:listItem w:displayText="B1. Kommunikation" w:value="B1. Kommunikation"/>
                   <w:listItem w:displayText="B2. Teamführung" w:value="B2. Teamführung"/>
                   <w:listItem w:displayText="B3. Konfliktmanagement" w:value="B3. Konfliktmanagement"/>
                   <w:listItem w:displayText="B4. Teilnahme am Schulleben" w:value="B4. Teilnahme am Schulleben"/>
-                  <w:listItem w:displayText="B5. Leaderschip" w:value="B5. Leaderschip"/>
+                  <w:listItem w:displayText="B5. Leadership" w:value="B5. Leadership"/>
                   <w:listItem w:displayText="B6. Verhandlungsgeschick" w:value="B6. Verhandlungsgeschick"/>
                   <w:listItem w:displayText="B7. Denken und Handeln im Netzwerk" w:value="B7. Denken und Handeln im Netzwerk"/>
                   <w:listItem w:displayText="B8. Zielgerichtetes Denken und Handeln" w:value="B8. Zielgerichtetes Denken und Handeln"/>
                 </w:dropDownList>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C16795" w:rsidRPr="00754B30">
                   <w:t>Auswahl Kompetenzen</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00C16795" w:rsidRPr="00754B30">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="58B42AB0" w14:textId="297F1CF5" w:rsidR="003200D1" w:rsidRPr="00754B30" w:rsidRDefault="00000000" w:rsidP="003200D1">
+          <w:p w14:paraId="58B42AB0" w14:textId="297F1CF5" w:rsidR="003200D1" w:rsidRPr="00754B30" w:rsidRDefault="00C6560F" w:rsidP="003200D1">
             <w:pPr>
               <w:pStyle w:val="AufzhlungStrichDunkel"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="142"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="B. Sozialkompetenz"/>
                 <w:tag w:val="B. Sozialkompetenz"/>
                 <w:id w:val="2088488388"/>
                 <w:placeholder>
                   <w:docPart w:val="E6D14E8E353B46B784F962512C579458"/>
                 </w:placeholder>
                 <w15:color w:val="0000FF"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Auswahl Kompetenzen" w:value="Auswahl Kompetenzen"/>
                   <w:listItem w:displayText="B1. Kommunikation" w:value="B1. Kommunikation"/>
                   <w:listItem w:displayText="B2. Teamführung" w:value="B2. Teamführung"/>
                   <w:listItem w:displayText="B3. Konfliktmanagement" w:value="B3. Konfliktmanagement"/>
                   <w:listItem w:displayText="B4. Teilnahme am Schulleben" w:value="B4. Teilnahme am Schulleben"/>
-                  <w:listItem w:displayText="B5. Leaderschip" w:value="B5. Leaderschip"/>
+                  <w:listItem w:displayText="B5. Leadership" w:value="B5. Leadership"/>
                   <w:listItem w:displayText="B6. Verhandlungsgeschick" w:value="B6. Verhandlungsgeschick"/>
                   <w:listItem w:displayText="B7. Denken und Handeln im Netzwerk" w:value="B7. Denken und Handeln im Netzwerk"/>
                   <w:listItem w:displayText="B8. Zielgerichtetes Denken und Handeln" w:value="B8. Zielgerichtetes Denken und Handeln"/>
                 </w:dropDownList>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003200D1" w:rsidRPr="00754B30">
                   <w:t>Auswahl Kompetenzen</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="41DF906F" w14:textId="27EB6916" w:rsidR="00F24125" w:rsidRPr="00754B30" w:rsidRDefault="00000000" w:rsidP="003200D1">
+          <w:p w14:paraId="41DF906F" w14:textId="27EB6916" w:rsidR="00F24125" w:rsidRPr="00754B30" w:rsidRDefault="00C6560F" w:rsidP="003200D1">
             <w:pPr>
               <w:pStyle w:val="StandardDunkel"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="120" w:after="120"/>
               <w:ind w:left="142"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="B. Sozialkompetenz"/>
                 <w:tag w:val="B. Sozialkompetenz"/>
                 <w:id w:val="242610114"/>
                 <w:placeholder>
                   <w:docPart w:val="E69F3FE3FE3F484EB4C115BBFCB057AC"/>
                 </w:placeholder>
                 <w15:color w:val="0000FF"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Auswahl Kompetenzen" w:value="Auswahl Kompetenzen"/>
                   <w:listItem w:displayText="B1. Kommunikation" w:value="B1. Kommunikation"/>
                   <w:listItem w:displayText="B2. Teamführung" w:value="B2. Teamführung"/>
                   <w:listItem w:displayText="B3. Konfliktmanagement" w:value="B3. Konfliktmanagement"/>
                   <w:listItem w:displayText="B4. Teilnahme am Schulleben" w:value="B4. Teilnahme am Schulleben"/>
-                  <w:listItem w:displayText="B5. Leaderschip" w:value="B5. Leaderschip"/>
+                  <w:listItem w:displayText="B5. Leadership" w:value="B5. Leadership"/>
                   <w:listItem w:displayText="B6. Verhandlungsgeschick" w:value="B6. Verhandlungsgeschick"/>
                   <w:listItem w:displayText="B7. Denken und Handeln im Netzwerk" w:value="B7. Denken und Handeln im Netzwerk"/>
                   <w:listItem w:displayText="B8. Zielgerichtetes Denken und Handeln" w:value="B8. Zielgerichtetes Denken und Handeln"/>
                 </w:dropDownList>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003200D1" w:rsidRPr="00754B30">
                   <w:t>Auswahl Kompetenzen</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="5E695DD4" w14:textId="77777777" w:rsidR="00F24125" w:rsidRPr="00754B30" w:rsidRDefault="00000000" w:rsidP="003200D1">
+          <w:p w14:paraId="5E695DD4" w14:textId="77777777" w:rsidR="00F24125" w:rsidRPr="00754B30" w:rsidRDefault="00C6560F" w:rsidP="003200D1">
             <w:pPr>
               <w:pStyle w:val="AufzhlungStrichDunkel"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="142"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="B. Sozialkompetenz"/>
                 <w:tag w:val="B. Sozialkompetenz"/>
                 <w:id w:val="-509987351"/>
                 <w:placeholder>
                   <w:docPart w:val="1E161BEBEAA94BAE901137A3AD5D01E6"/>
                 </w:placeholder>
                 <w15:color w:val="0000FF"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Auswahl Kompetenzen" w:value="Auswahl Kompetenzen"/>
                   <w:listItem w:displayText="B1. Kommunikation" w:value="B1. Kommunikation"/>
                   <w:listItem w:displayText="B2. Teamführung" w:value="B2. Teamführung"/>
                   <w:listItem w:displayText="B3. Konfliktmanagement" w:value="B3. Konfliktmanagement"/>
                   <w:listItem w:displayText="B4. Teilnahme am Schulleben" w:value="B4. Teilnahme am Schulleben"/>
-                  <w:listItem w:displayText="B5. Leaderschip" w:value="B5. Leaderschip"/>
+                  <w:listItem w:displayText="B5. Leadership" w:value="B5. Leadership"/>
                   <w:listItem w:displayText="B6. Verhandlungsgeschick" w:value="B6. Verhandlungsgeschick"/>
                   <w:listItem w:displayText="B7. Denken und Handeln im Netzwerk" w:value="B7. Denken und Handeln im Netzwerk"/>
                   <w:listItem w:displayText="B8. Zielgerichtetes Denken und Handeln" w:value="B8. Zielgerichtetes Denken und Handeln"/>
                 </w:dropDownList>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003200D1" w:rsidRPr="00754B30">
                   <w:t>Auswahl Kompetenzen</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="6E5A83AE" w14:textId="6003DD21" w:rsidR="003200D1" w:rsidRPr="00754B30" w:rsidRDefault="00000000" w:rsidP="003200D1">
+          <w:p w14:paraId="6E5A83AE" w14:textId="6003DD21" w:rsidR="003200D1" w:rsidRPr="00754B30" w:rsidRDefault="00C6560F" w:rsidP="003200D1">
             <w:pPr>
               <w:pStyle w:val="AufzhlungStrichDunkel"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="142"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="B. Sozialkompetenz"/>
                 <w:tag w:val="B. Sozialkompetenz"/>
                 <w:id w:val="559297833"/>
                 <w:placeholder>
                   <w:docPart w:val="36CD6FDFBD184534B5D7F15F77476BBE"/>
                 </w:placeholder>
                 <w15:color w:val="0000FF"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Auswahl Kompetenzen" w:value="Auswahl Kompetenzen"/>
                   <w:listItem w:displayText="B1. Kommunikation" w:value="B1. Kommunikation"/>
                   <w:listItem w:displayText="B2. Teamführung" w:value="B2. Teamführung"/>
                   <w:listItem w:displayText="B3. Konfliktmanagement" w:value="B3. Konfliktmanagement"/>
                   <w:listItem w:displayText="B4. Teilnahme am Schulleben" w:value="B4. Teilnahme am Schulleben"/>
-                  <w:listItem w:displayText="B5. Leaderschip" w:value="B5. Leaderschip"/>
+                  <w:listItem w:displayText="B5. Leadership" w:value="B5. Leadership"/>
                   <w:listItem w:displayText="B6. Verhandlungsgeschick" w:value="B6. Verhandlungsgeschick"/>
                   <w:listItem w:displayText="B7. Denken und Handeln im Netzwerk" w:value="B7. Denken und Handeln im Netzwerk"/>
                   <w:listItem w:displayText="B8. Zielgerichtetes Denken und Handeln" w:value="B8. Zielgerichtetes Denken und Handeln"/>
                 </w:dropDownList>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003200D1" w:rsidRPr="00754B30">
                   <w:t>Auswahl Kompetenzen</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="24" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="217A9D4E" w14:textId="77777777" w:rsidR="00F73ED6" w:rsidRPr="00754B30" w:rsidRDefault="00F73ED6" w:rsidP="008913ED"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4683" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="304287" w:themeColor="accent1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="304287" w:themeColor="accent1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E3F1F8" w:themeFill="accent4"/>
           </w:tcPr>
           <w:p w14:paraId="77F183E3" w14:textId="77777777" w:rsidR="00F73ED6" w:rsidRPr="00754B30" w:rsidRDefault="00F73ED6" w:rsidP="008913ED">
@@ -3121,238 +3147,243 @@
             <w:shd w:val="clear" w:color="auto" w:fill="E2F0D9"/>
           </w:tcPr>
           <w:p w14:paraId="1A91A8C1" w14:textId="7504D1E8" w:rsidR="00F73ED6" w:rsidRPr="00754B30" w:rsidRDefault="00F73ED6" w:rsidP="00041A79">
             <w:pPr>
               <w:pStyle w:val="StandardDunkel"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00754B30">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>C.</w:t>
             </w:r>
             <w:r w:rsidR="00041A79" w:rsidRPr="00754B30">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> Methodische und didaktische Kompetenz</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="000A785E" w14:textId="77777777" w:rsidR="00041A79" w:rsidRPr="00754B30" w:rsidRDefault="00000000" w:rsidP="00904ADC">
+          <w:p w14:paraId="000A785E" w14:textId="77777777" w:rsidR="00041A79" w:rsidRPr="00754B30" w:rsidRDefault="00C6560F" w:rsidP="00904ADC">
             <w:pPr>
               <w:pStyle w:val="StandardDunkel"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:after="120"/>
               <w:ind w:left="142"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="C. Methodische und didaktische Kompetenz"/>
                 <w:tag w:val="C. Methodische und didaktische KompetenzA. Selbstkompetenz"/>
                 <w:id w:val="1953280979"/>
                 <w:placeholder>
                   <w:docPart w:val="2E7A6624A7E34D21A1909558126F69E4"/>
                 </w:placeholder>
                 <w15:color w:val="0000FF"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Auswahl Kompetenzen" w:value="Auswahl Kompetenzen"/>
                   <w:listItem w:displayText="C1. Agilität" w:value="C1. Agilität"/>
                   <w:listItem w:displayText="C2. Umgang mit Information und Kommunikationskanälen" w:value="C2. Umgang mit Information und Kommunikationskanälen"/>
                   <w:listItem w:displayText="C3. Änderungsmanagement" w:value="C3. Änderungsmanagement"/>
                   <w:listItem w:displayText="C4. Fachkompetenz in den unterrichteten Fächern" w:value="C4. Fachkompetenz in den unterrichteten Fächern"/>
                   <w:listItem w:displayText="C5. Beherrschung der Technologien" w:value="C5. Beherrschung der Technologien"/>
                   <w:listItem w:displayText="C6. Planung und Organisation des Unterrichts" w:value="C6. Planung und Organisation des Unterrichts"/>
                   <w:listItem w:displayText="C7. Berücksichtigung der Verschiedenenartigkeit der Schülerinnen und Schüler" w:value="C7. Berücksichtigung der Verschiedenenartigkeit der Schülerinnen und Schüler"/>
                   <w:listItem w:displayText="C8. Schutz und Sicherheit" w:value="C8. Schutz und Sicherheit"/>
                 </w:dropDownList>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00041A79" w:rsidRPr="00754B30">
                   <w:t>Auswahl Kompetenzen</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="133EE73C" w14:textId="77777777" w:rsidR="003468D7" w:rsidRPr="00754B30" w:rsidRDefault="00000000" w:rsidP="003468D7">
+          <w:p w14:paraId="133EE73C" w14:textId="77777777" w:rsidR="003468D7" w:rsidRPr="00754B30" w:rsidRDefault="00C6560F" w:rsidP="003468D7">
             <w:pPr>
               <w:pStyle w:val="StandardDunkel"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:after="120"/>
               <w:ind w:left="142"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="C. Methodische und didaktische Kompetenz"/>
                 <w:tag w:val="C. Methodische und didaktische KompetenzA. Selbstkompetenz"/>
                 <w:id w:val="-1626614919"/>
                 <w:placeholder>
                   <w:docPart w:val="B00B3B11D51F4DE992CA79E0461015B0"/>
                 </w:placeholder>
                 <w15:color w:val="0000FF"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Auswahl Kompetenzen" w:value="Auswahl Kompetenzen"/>
                   <w:listItem w:displayText="C1. Agilität" w:value="C1. Agilität"/>
                   <w:listItem w:displayText="C2. Umgang mit Information und Kommunikationskanälen" w:value="C2. Umgang mit Information und Kommunikationskanälen"/>
                   <w:listItem w:displayText="C3. Änderungsmanagement" w:value="C3. Änderungsmanagement"/>
                   <w:listItem w:displayText="C4. Fachkompetenz in den unterrichteten Fächern" w:value="C4. Fachkompetenz in den unterrichteten Fächern"/>
                   <w:listItem w:displayText="C5. Beherrschung der Technologien" w:value="C5. Beherrschung der Technologien"/>
                   <w:listItem w:displayText="C6. Planung und Organisation des Unterrichts" w:value="C6. Planung und Organisation des Unterrichts"/>
                   <w:listItem w:displayText="C7. Berücksichtigung der Verschiedenenartigkeit der Schülerinnen und Schüler" w:value="C7. Berücksichtigung der Verschiedenenartigkeit der Schülerinnen und Schüler"/>
                   <w:listItem w:displayText="C8. Schutz und Sicherheit" w:value="C8. Schutz und Sicherheit"/>
                 </w:dropDownList>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003468D7" w:rsidRPr="00754B30">
                   <w:t>Auswahl Kompetenzen</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="76AC959A" w14:textId="77777777" w:rsidR="003468D7" w:rsidRPr="00754B30" w:rsidRDefault="00000000" w:rsidP="003468D7">
+          <w:p w14:paraId="76AC959A" w14:textId="77777777" w:rsidR="003468D7" w:rsidRPr="00754B30" w:rsidRDefault="00C6560F" w:rsidP="003468D7">
             <w:pPr>
               <w:pStyle w:val="StandardDunkel"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:after="120"/>
               <w:ind w:left="142"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="C. Methodische und didaktische Kompetenz"/>
                 <w:tag w:val="C. Methodische und didaktische KompetenzA. Selbstkompetenz"/>
                 <w:id w:val="-198014661"/>
                 <w:placeholder>
                   <w:docPart w:val="375A4754ECEA4E52B12A37DE773FD3CD"/>
                 </w:placeholder>
                 <w15:color w:val="0000FF"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Auswahl Kompetenzen" w:value="Auswahl Kompetenzen"/>
                   <w:listItem w:displayText="C1. Agilität" w:value="C1. Agilität"/>
                   <w:listItem w:displayText="C2. Umgang mit Information und Kommunikationskanälen" w:value="C2. Umgang mit Information und Kommunikationskanälen"/>
                   <w:listItem w:displayText="C3. Änderungsmanagement" w:value="C3. Änderungsmanagement"/>
                   <w:listItem w:displayText="C4. Fachkompetenz in den unterrichteten Fächern" w:value="C4. Fachkompetenz in den unterrichteten Fächern"/>
                   <w:listItem w:displayText="C5. Beherrschung der Technologien" w:value="C5. Beherrschung der Technologien"/>
                   <w:listItem w:displayText="C6. Planung und Organisation des Unterrichts" w:value="C6. Planung und Organisation des Unterrichts"/>
                   <w:listItem w:displayText="C7. Berücksichtigung der Verschiedenenartigkeit der Schülerinnen und Schüler" w:value="C7. Berücksichtigung der Verschiedenenartigkeit der Schülerinnen und Schüler"/>
                   <w:listItem w:displayText="C8. Schutz und Sicherheit" w:value="C8. Schutz und Sicherheit"/>
                 </w:dropDownList>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003468D7" w:rsidRPr="00754B30">
                   <w:t>Auswahl Kompetenzen</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="7D27F04E" w14:textId="77777777" w:rsidR="003468D7" w:rsidRPr="00754B30" w:rsidRDefault="00000000" w:rsidP="003468D7">
+          <w:p w14:paraId="7D27F04E" w14:textId="77777777" w:rsidR="003468D7" w:rsidRPr="00754B30" w:rsidRDefault="00C6560F" w:rsidP="003468D7">
             <w:pPr>
               <w:pStyle w:val="StandardDunkel"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:after="120"/>
               <w:ind w:left="142"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="C. Methodische und didaktische Kompetenz"/>
                 <w:tag w:val="C. Methodische und didaktische KompetenzA. Selbstkompetenz"/>
                 <w:id w:val="-929581992"/>
                 <w:placeholder>
                   <w:docPart w:val="FBC4101913614B0C833A0203F5D3450A"/>
                 </w:placeholder>
                 <w15:color w:val="0000FF"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Auswahl Kompetenzen" w:value="Auswahl Kompetenzen"/>
                   <w:listItem w:displayText="C1. Agilität" w:value="C1. Agilität"/>
                   <w:listItem w:displayText="C2. Umgang mit Information und Kommunikationskanälen" w:value="C2. Umgang mit Information und Kommunikationskanälen"/>
                   <w:listItem w:displayText="C3. Änderungsmanagement" w:value="C3. Änderungsmanagement"/>
                   <w:listItem w:displayText="C4. Fachkompetenz in den unterrichteten Fächern" w:value="C4. Fachkompetenz in den unterrichteten Fächern"/>
                   <w:listItem w:displayText="C5. Beherrschung der Technologien" w:value="C5. Beherrschung der Technologien"/>
                   <w:listItem w:displayText="C6. Planung und Organisation des Unterrichts" w:value="C6. Planung und Organisation des Unterrichts"/>
                   <w:listItem w:displayText="C7. Berücksichtigung der Verschiedenenartigkeit der Schülerinnen und Schüler" w:value="C7. Berücksichtigung der Verschiedenenartigkeit der Schülerinnen und Schüler"/>
                   <w:listItem w:displayText="C8. Schutz und Sicherheit" w:value="C8. Schutz und Sicherheit"/>
                 </w:dropDownList>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003468D7" w:rsidRPr="00754B30">
                   <w:t>Auswahl Kompetenzen</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="0D0E678B" w14:textId="77777777" w:rsidR="003468D7" w:rsidRPr="00754B30" w:rsidRDefault="00000000" w:rsidP="003468D7">
+          <w:p w14:paraId="0D0E678B" w14:textId="77777777" w:rsidR="003468D7" w:rsidRPr="00754B30" w:rsidRDefault="00C6560F" w:rsidP="003468D7">
             <w:pPr>
               <w:pStyle w:val="StandardDunkel"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:after="120"/>
               <w:ind w:left="142"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="C. Methodische und didaktische Kompetenz"/>
                 <w:tag w:val="C. Methodische und didaktische KompetenzA. Selbstkompetenz"/>
                 <w:id w:val="-1677034451"/>
                 <w:placeholder>
                   <w:docPart w:val="2E5857BA7CB243C189F3DE056CAF8457"/>
                 </w:placeholder>
                 <w15:color w:val="0000FF"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Auswahl Kompetenzen" w:value="Auswahl Kompetenzen"/>
                   <w:listItem w:displayText="C1. Agilität" w:value="C1. Agilität"/>
                   <w:listItem w:displayText="C2. Umgang mit Information und Kommunikationskanälen" w:value="C2. Umgang mit Information und Kommunikationskanälen"/>
                   <w:listItem w:displayText="C3. Änderungsmanagement" w:value="C3. Änderungsmanagement"/>
                   <w:listItem w:displayText="C4. Fachkompetenz in den unterrichteten Fächern" w:value="C4. Fachkompetenz in den unterrichteten Fächern"/>
                   <w:listItem w:displayText="C5. Beherrschung der Technologien" w:value="C5. Beherrschung der Technologien"/>
                   <w:listItem w:displayText="C6. Planung und Organisation des Unterrichts" w:value="C6. Planung und Organisation des Unterrichts"/>
                   <w:listItem w:displayText="C7. Berücksichtigung der Verschiedenenartigkeit der Schülerinnen und Schüler" w:value="C7. Berücksichtigung der Verschiedenenartigkeit der Schülerinnen und Schüler"/>
                   <w:listItem w:displayText="C8. Schutz und Sicherheit" w:value="C8. Schutz und Sicherheit"/>
                 </w:dropDownList>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003468D7" w:rsidRPr="00754B30">
                   <w:t>Auswahl Kompetenzen</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:p w14:paraId="29D7F747" w14:textId="756F23CB" w:rsidR="00041A79" w:rsidRPr="00754B30" w:rsidRDefault="00041A79" w:rsidP="00904ADC">
             <w:pPr>
               <w:pStyle w:val="StandardDunkel"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:after="120"/>
               <w:ind w:left="142"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3B290C90" w14:textId="38226536" w:rsidR="00041A79" w:rsidRPr="00754B30" w:rsidRDefault="00041A79" w:rsidP="00041A79">
             <w:pPr>
               <w:pStyle w:val="StandardDunkel"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:after="120"/>
@@ -3404,153 +3435,164 @@
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="304287" w:themeColor="accent1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E2F0D9"/>
           </w:tcPr>
           <w:p w14:paraId="1DFA8C15" w14:textId="1FFFD115" w:rsidR="00B64AC6" w:rsidRPr="00754B30" w:rsidRDefault="00B64AC6" w:rsidP="00B64AC6">
             <w:pPr>
               <w:pStyle w:val="AufzhlungStrichDunkel"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:ind w:left="170" w:hanging="170"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00754B30">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Zusätzlich benötigte Fähigkeiten für die Stelle</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2EE31A5E" w14:textId="77777777" w:rsidR="00904ADC" w:rsidRPr="00754B30" w:rsidRDefault="00000000" w:rsidP="00904ADC">
+          <w:p w14:paraId="2EE31A5E" w14:textId="77777777" w:rsidR="00904ADC" w:rsidRPr="00754B30" w:rsidRDefault="00C6560F" w:rsidP="00904ADC">
             <w:pPr>
               <w:pStyle w:val="StandardDunkel"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="120" w:after="120"/>
               <w:ind w:left="142"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="Zusätzliche Fähigkeiten für die Stelle"/>
                 <w:tag w:val="Zusätzliche Fähigkeiten für die StelleZusätlitzliche Fähigkeiten für die StelleA. Selbstkompetenz"/>
                 <w:id w:val="-1578813369"/>
                 <w:placeholder>
                   <w:docPart w:val="C59E2F4EAEC34AE48688EC47DB83260C"/>
                 </w:placeholder>
                 <w15:color w:val="0000FF"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Auswahl Kompetenzen" w:value="Auswahl Kompetenzen"/>
                   <w:listItem w:displayText="Weiterentwicklung der eigenen Fähigkeit" w:value="Weiterentwicklung der eigenen Fähigkeit"/>
                   <w:listItem w:displayText="Ganzheitliche Reflexion über seine Praxis" w:value="Ganzheitliche Reflexion über seine Praxis"/>
                 </w:dropDownList>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00904ADC" w:rsidRPr="00754B30">
                   <w:t>Auswahl Kompetenzen</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="195D5419" w14:textId="77777777" w:rsidR="00AC3738" w:rsidRPr="00754B30" w:rsidRDefault="00000000" w:rsidP="00AC3738">
+          <w:p w14:paraId="195D5419" w14:textId="77777777" w:rsidR="00AC3738" w:rsidRPr="00754B30" w:rsidRDefault="00C6560F" w:rsidP="00AC3738">
             <w:pPr>
               <w:pStyle w:val="StandardDunkel"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="120" w:after="120"/>
               <w:ind w:left="142"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="Zusätzliche Fähigkeiten für die Stelle"/>
                 <w:tag w:val="Zusätzliche Fähigkeiten für die StelleZusätlitzliche Fähigkeiten für die StelleA. Selbstkompetenz"/>
                 <w:id w:val="1246685528"/>
                 <w:placeholder>
                   <w:docPart w:val="30516C9B6B294183A6DB93D2D802D9D0"/>
                 </w:placeholder>
                 <w15:color w:val="0000FF"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Auswahl Kompetenzen" w:value="Auswahl Kompetenzen"/>
                   <w:listItem w:displayText="Weiterentwicklung der eigenen Fähigkeit" w:value="Weiterentwicklung der eigenen Fähigkeit"/>
                   <w:listItem w:displayText="Ganzheitliche Reflexion über seine Praxis" w:value="Ganzheitliche Reflexion über seine Praxis"/>
                 </w:dropDownList>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00AC3738" w:rsidRPr="00754B30">
                   <w:t>Auswahl Kompetenzen</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:p w14:paraId="3404CF3F" w14:textId="3F5E0360" w:rsidR="00146DC6" w:rsidRPr="00754B30" w:rsidRDefault="00146DC6" w:rsidP="00B64AC6">
             <w:pPr>
               <w:pStyle w:val="AufzhlungStrichDunkel"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:ind w:left="170" w:hanging="170"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="41BBD8EF" w14:textId="19460B6A" w:rsidR="00B64AC6" w:rsidRPr="00754B30" w:rsidRDefault="00B11F5D" w:rsidP="008B7704">
+          <w:p w14:paraId="41BBD8EF" w14:textId="373D4025" w:rsidR="00B64AC6" w:rsidRPr="00754B30" w:rsidRDefault="008B7704" w:rsidP="008B7704">
             <w:pPr>
               <w:pStyle w:val="AufzhlungStrichDunkel"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:ind w:left="170" w:hanging="170"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00754B30">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>Andere:</w:t>
-            </w:r>
+              <w:t>Andere</w:t>
+            </w:r>
+            <w:r w:rsidR="00250FBF" w:rsidRPr="00754B30">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> :</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="00250FBF" w:rsidRPr="00754B30">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4FC00189" w14:textId="77777777" w:rsidR="00F73ED6" w:rsidRPr="00754B30" w:rsidRDefault="00F73ED6" w:rsidP="00B64AC6">
             <w:pPr>
               <w:pStyle w:val="AufzhlungStrichDunkel"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:ind w:left="170"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="24" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
@@ -3576,120 +3618,117 @@
               <w:ind w:left="73"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7BF25916" w14:textId="77777777" w:rsidR="006D1DE6" w:rsidRPr="00754B30" w:rsidRDefault="006D1DE6" w:rsidP="00F71106"/>
     <w:p w14:paraId="3CB90527" w14:textId="2C9277ED" w:rsidR="00F73ED6" w:rsidRPr="001C0B13" w:rsidRDefault="00FB6C3C" w:rsidP="00F71106">
       <w:pPr>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00754B30">
         <w:rPr>
           <w:color w:val="304287"/>
         </w:rPr>
         <w:t xml:space="preserve">* </w:t>
       </w:r>
       <w:r w:rsidR="00F94E88" w:rsidRPr="00754B30">
         <w:t xml:space="preserve">Ausführliche Beschreibungen der Kompetenzen sind hier zu finden: </w:t>
       </w:r>
       <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidR="00F94E88" w:rsidRPr="00DC4525">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>Kompetenz</w:t>
         </w:r>
         <w:r w:rsidR="00321332" w:rsidRPr="00DC4525">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t xml:space="preserve">rahmen </w:t>
         </w:r>
         <w:r w:rsidR="001B793F" w:rsidRPr="00DC4525">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>BK</w:t>
         </w:r>
         <w:r w:rsidR="00321332" w:rsidRPr="00DC4525">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>A</w:t>
         </w:r>
         <w:r w:rsidR="001B793F" w:rsidRPr="00DC4525">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>D Lehrpersonal</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5E196D1A" w14:textId="77777777" w:rsidR="00363D83" w:rsidRDefault="00363D83" w:rsidP="00F71106"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="7AE1FE2E" w14:textId="77777777" w:rsidR="00B11F5D" w:rsidRPr="00754B30" w:rsidRDefault="00B11F5D" w:rsidP="00F71106"/>
+    <w:p w14:paraId="5E196D1A" w14:textId="77777777" w:rsidR="00363D83" w:rsidRPr="00754B30" w:rsidRDefault="00363D83" w:rsidP="00F71106"/>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tabellenraster"/>
+        <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3713"/>
         <w:gridCol w:w="114"/>
         <w:gridCol w:w="114"/>
         <w:gridCol w:w="2041"/>
         <w:gridCol w:w="114"/>
         <w:gridCol w:w="114"/>
         <w:gridCol w:w="907"/>
         <w:gridCol w:w="113"/>
         <w:gridCol w:w="113"/>
         <w:gridCol w:w="1927"/>
         <w:gridCol w:w="142"/>
       </w:tblGrid>
       <w:tr w:rsidR="003C544C" w:rsidRPr="00754B30" w14:paraId="675D30BF" w14:textId="77777777" w:rsidTr="003027BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9412" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
           </w:tcPr>
           <w:p w14:paraId="5BEB27A8" w14:textId="311FB5DB" w:rsidR="003C544C" w:rsidRPr="00754B30" w:rsidRDefault="00247361" w:rsidP="00AD50BF">
             <w:pPr>
-              <w:pStyle w:val="berschrift1"/>
+              <w:pStyle w:val="Titre1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:before="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00754B30">
-              <w:lastRenderedPageBreak/>
               <w:t>Au</w:t>
             </w:r>
             <w:r w:rsidR="00AD50BF" w:rsidRPr="00754B30">
               <w:t>fgaben / Projekte und Verhaltensz</w:t>
             </w:r>
             <w:r w:rsidRPr="00754B30">
               <w:t>iele</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003C544C" w:rsidRPr="00754B30" w14:paraId="50C8FED9" w14:textId="77777777" w:rsidTr="003027BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9412" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
           </w:tcPr>
           <w:p w14:paraId="7E9FBAAA" w14:textId="4A7841AF" w:rsidR="003C544C" w:rsidRPr="00754B30" w:rsidRDefault="00F94E88" w:rsidP="00363D83">
             <w:pPr>
               <w:pStyle w:val="StandardDunkel"/>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:color w:val="304287"/>
               </w:rPr>
             </w:pPr>
@@ -3768,187 +3807,181 @@
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F94E88" w:rsidRPr="00754B30" w14:paraId="7DD13421" w14:textId="77777777" w:rsidTr="003027BC">
         <w:tblPrEx>
           <w:shd w:val="clear" w:color="auto" w:fill="E3F1F8" w:themeFill="accent4"/>
           <w:tblCellMar>
             <w:top w:w="57" w:type="dxa"/>
             <w:bottom w:w="57" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="142" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3827" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="304287" w:themeColor="accent1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="318C2A92" w14:textId="2C77674F" w:rsidR="00F94E88" w:rsidRPr="00754B30" w:rsidRDefault="00F94E88" w:rsidP="00F94E88">
             <w:pPr>
               <w:pStyle w:val="StandardDunkel"/>
               <w:keepNext/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00754B30">
               <w:rPr>
                 <w:b/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Ziel (Beschreibung, Vorgehen und Priorität)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="114" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="304287" w:themeColor="accent1"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6949F229" w14:textId="77777777" w:rsidR="00F94E88" w:rsidRPr="00754B30" w:rsidRDefault="00F94E88" w:rsidP="00F94E88">
             <w:pPr>
               <w:pStyle w:val="StandardDunkel"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2155" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="304287" w:themeColor="accent1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="54DC07E7" w14:textId="2761CF4A" w:rsidR="00F94E88" w:rsidRPr="00754B30" w:rsidRDefault="00F94E88" w:rsidP="00F94E88">
             <w:pPr>
               <w:pStyle w:val="StandardDunkel"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00754B30">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Messkriterien</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="114" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="304287" w:themeColor="accent1"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1828102C" w14:textId="77777777" w:rsidR="00F94E88" w:rsidRPr="00754B30" w:rsidRDefault="00F94E88" w:rsidP="00F94E88">
             <w:pPr>
               <w:pStyle w:val="StandardDunkel"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1020" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="304287" w:themeColor="accent1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="54012700" w14:textId="18AB4A42" w:rsidR="00F94E88" w:rsidRPr="00754B30" w:rsidRDefault="00F94E88" w:rsidP="00F94E88">
             <w:pPr>
               <w:pStyle w:val="StandardDunkel"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00754B30">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Termin</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="113" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="304287" w:themeColor="accent1"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4B41FB9F" w14:textId="77777777" w:rsidR="00F94E88" w:rsidRPr="00754B30" w:rsidRDefault="00F94E88" w:rsidP="00F94E88">
             <w:pPr>
               <w:pStyle w:val="StandardDunkel"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1927" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="304287" w:themeColor="accent1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3D5EEDAF" w14:textId="0B01DF4D" w:rsidR="00F94E88" w:rsidRPr="00754B30" w:rsidRDefault="00F94E88" w:rsidP="00F94E88">
             <w:pPr>
               <w:pStyle w:val="StandardDunkel"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00754B30">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Beurteilung</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F94E88" w:rsidRPr="00754B30" w14:paraId="75C02BD4" w14:textId="77777777" w:rsidTr="003027BC">
         <w:tblPrEx>
           <w:shd w:val="clear" w:color="auto" w:fill="E3F1F8" w:themeFill="accent4"/>
           <w:tblCellMar>
             <w:top w:w="57" w:type="dxa"/>
             <w:bottom w:w="57" w:type="dxa"/>
           </w:tblCellMar>
@@ -4616,68 +4649,68 @@
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="304287" w:themeColor="accent1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E3F1F8" w:themeFill="accent4"/>
           </w:tcPr>
           <w:p w14:paraId="7FE8BEAF" w14:textId="77777777" w:rsidR="00F94E88" w:rsidRPr="00754B30" w:rsidRDefault="00F94E88" w:rsidP="00F94E88"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2069" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="304287" w:themeColor="accent1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="304287" w:themeColor="accent1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E3F1F8" w:themeFill="accent4"/>
           </w:tcPr>
           <w:p w14:paraId="1EE84746" w14:textId="77777777" w:rsidR="00F94E88" w:rsidRPr="00754B30" w:rsidRDefault="00F94E88" w:rsidP="00F94E88"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="47AD21C9" w14:textId="496F7F48" w:rsidR="002705DC" w:rsidRPr="00754B30" w:rsidRDefault="002705DC" w:rsidP="002705DC"/>
     <w:p w14:paraId="5572D0E3" w14:textId="30C4653D" w:rsidR="008C2CB9" w:rsidRPr="00754B30" w:rsidRDefault="008C2CB9" w:rsidP="002705DC"/>
     <w:p w14:paraId="796CA7A7" w14:textId="77777777" w:rsidR="008C2CB9" w:rsidRPr="00754B30" w:rsidRDefault="008C2CB9" w:rsidP="002705DC"/>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tabellenraster"/>
+        <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="304287"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9412"/>
       </w:tblGrid>
       <w:tr w:rsidR="002705DC" w:rsidRPr="00754B30" w14:paraId="11DA4B1D" w14:textId="77777777" w:rsidTr="002705DC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9412" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="57F5F58F" w14:textId="622B36C6" w:rsidR="002705DC" w:rsidRPr="00754B30" w:rsidRDefault="00F94E88" w:rsidP="00C114A4">
             <w:pPr>
-              <w:pStyle w:val="berschrift1"/>
+              <w:pStyle w:val="Titre1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:before="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00754B30">
               <w:t>Schlussbeurteilung</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002705DC" w:rsidRPr="00754B30" w14:paraId="1D31A817" w14:textId="77777777" w:rsidTr="002705DC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9412" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7E805B0B" w14:textId="3FC50784" w:rsidR="002705DC" w:rsidRPr="00754B30" w:rsidRDefault="00F94E88" w:rsidP="00E549F9">
             <w:pPr>
               <w:pStyle w:val="StandardDunkel"/>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:color w:val="304287"/>
               </w:rPr>
             </w:pPr>
@@ -4733,51 +4766,51 @@
           <w:color w:val="304287"/>
         </w:rPr>
         <w:t>Leitfaden</w:t>
       </w:r>
       <w:r w:rsidRPr="00754B30">
         <w:rPr>
           <w:color w:val="304287"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002070CF" w:rsidRPr="00754B30">
         <w:rPr>
           <w:color w:val="304287"/>
         </w:rPr>
         <w:t>ZEB</w:t>
       </w:r>
       <w:r w:rsidRPr="00754B30">
         <w:rPr>
           <w:color w:val="304287"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tabellenraster"/>
+        <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="E3F1F8" w:themeFill="accent4"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="776"/>
         <w:gridCol w:w="776"/>
         <w:gridCol w:w="776"/>
         <w:gridCol w:w="776"/>
         <w:gridCol w:w="776"/>
         <w:gridCol w:w="776"/>
         <w:gridCol w:w="776"/>
         <w:gridCol w:w="776"/>
         <w:gridCol w:w="776"/>
         <w:gridCol w:w="776"/>
         <w:gridCol w:w="776"/>
         <w:gridCol w:w="776"/>
       </w:tblGrid>
       <w:tr w:rsidR="0081734D" w:rsidRPr="00754B30" w14:paraId="0C2267A3" w14:textId="77777777" w:rsidTr="00BE61A7">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="1067"/>
@@ -5052,50 +5085,51 @@
               <w:keepLines/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               <w:sz w:val="32"/>
               <w:szCs w:val="32"/>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
             <w:id w:val="2045095989"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="776" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E3F1F8" w:themeFill="accent4"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="1488BE00" w14:textId="77777777" w:rsidR="00BE61A7" w:rsidRPr="00754B30" w:rsidRDefault="00BE61A7" w:rsidP="00DA4377">
                 <w:pPr>
                   <w:pStyle w:val="Checkboxen"/>
                   <w:keepLines/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                     <w:sz w:val="32"/>
                     <w:szCs w:val="32"/>
                     <w:lang w:val="fr-CH"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00754B30">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="majorHAnsi" w:hint="eastAsia"/>
                     <w:sz w:val="32"/>
                     <w:szCs w:val="32"/>
                     <w:lang w:val="fr-CH"/>
@@ -5145,50 +5179,51 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               <w:sz w:val="32"/>
               <w:szCs w:val="32"/>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
             <w:id w:val="-901900662"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="776" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E3F1F8" w:themeFill="accent4"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="0059523D" w14:textId="77777777" w:rsidR="00BE61A7" w:rsidRPr="00754B30" w:rsidRDefault="00BE61A7" w:rsidP="00DA4377">
                 <w:pPr>
                   <w:pStyle w:val="Checkboxen"/>
                   <w:keepLines/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                     <w:sz w:val="32"/>
                     <w:szCs w:val="32"/>
                     <w:lang w:val="fr-CH"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00754B30">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="majorHAnsi" w:hint="eastAsia"/>
                     <w:sz w:val="32"/>
                     <w:szCs w:val="32"/>
                     <w:lang w:val="fr-CH"/>
@@ -5238,50 +5273,51 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               <w:sz w:val="32"/>
               <w:szCs w:val="32"/>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
             <w:id w:val="-68430109"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="776" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E3F1F8" w:themeFill="accent4"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="72DD8B12" w14:textId="77777777" w:rsidR="00BE61A7" w:rsidRPr="00754B30" w:rsidRDefault="00BE61A7" w:rsidP="00DA4377">
                 <w:pPr>
                   <w:pStyle w:val="Checkboxen"/>
                   <w:keepLines/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                     <w:sz w:val="32"/>
                     <w:szCs w:val="32"/>
                     <w:lang w:val="fr-CH"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00754B30">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="majorHAnsi" w:hint="eastAsia"/>
                     <w:sz w:val="32"/>
                     <w:szCs w:val="32"/>
                     <w:lang w:val="fr-CH"/>
@@ -5331,50 +5367,51 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               <w:sz w:val="32"/>
               <w:szCs w:val="32"/>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
             <w:id w:val="209781357"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="776" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E4F1F8" w:themeFill="accent3" w:themeFillTint="33"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="59238166" w14:textId="77777777" w:rsidR="00BE61A7" w:rsidRPr="00754B30" w:rsidRDefault="00BE61A7" w:rsidP="00DA4377">
                 <w:pPr>
                   <w:pStyle w:val="Checkboxen"/>
                   <w:keepLines/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                     <w:sz w:val="32"/>
                     <w:szCs w:val="32"/>
                     <w:lang w:val="fr-CH"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00754B30">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="majorHAnsi" w:hint="eastAsia"/>
                     <w:sz w:val="32"/>
                     <w:szCs w:val="32"/>
                     <w:lang w:val="fr-CH"/>
@@ -5391,273 +5428,282 @@
             <w:shd w:val="clear" w:color="auto" w:fill="E4F1F8" w:themeFill="accent3" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4228146D" w14:textId="77777777" w:rsidR="00BE61A7" w:rsidRPr="00754B30" w:rsidRDefault="00BE61A7" w:rsidP="00DA4377">
             <w:pPr>
               <w:pStyle w:val="Checkboxen"/>
               <w:keepLines/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0081734D" w:rsidRPr="00754B30" w14:paraId="630122B5" w14:textId="77777777" w:rsidTr="00BE61A7">
         <w:trPr>
           <w:trHeight w:val="527"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2328" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="58D963AA" w14:textId="70599223" w:rsidR="0081734D" w:rsidRPr="00754B30" w:rsidRDefault="0081734D" w:rsidP="00C66B4B">
             <w:pPr>
               <w:pStyle w:val="Standardkleindunkel"/>
               <w:keepLines/>
               <w:ind w:left="113" w:right="113"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2328" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="26D1486D" w14:textId="0150D267" w:rsidR="0081734D" w:rsidRPr="00754B30" w:rsidRDefault="0081734D" w:rsidP="0073716B">
             <w:pPr>
               <w:pStyle w:val="Standardkleindunkel"/>
               <w:keepLines/>
               <w:ind w:left="113" w:right="113"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2328" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="45D44501" w14:textId="1FFC517B" w:rsidR="0081734D" w:rsidRPr="00754B30" w:rsidRDefault="0081734D" w:rsidP="005E11A6">
             <w:pPr>
               <w:pStyle w:val="Standardkleindunkel"/>
               <w:keepLines/>
               <w:ind w:left="113" w:right="113"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2328" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7B68152C" w14:textId="3EC81C9F" w:rsidR="0081734D" w:rsidRPr="00754B30" w:rsidRDefault="0081734D" w:rsidP="00C66B4B">
             <w:pPr>
               <w:pStyle w:val="Standardkleindunkel"/>
               <w:keepLines/>
               <w:ind w:left="113" w:right="113"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5A7A2BF2" w14:textId="4AE12119" w:rsidR="004765A7" w:rsidRPr="00754B30" w:rsidRDefault="004765A7" w:rsidP="004765A7">
+    <w:p w14:paraId="2C02289D" w14:textId="77777777" w:rsidR="004765A7" w:rsidRPr="00754B30" w:rsidRDefault="004765A7" w:rsidP="00BE61A7">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="304287" w:themeColor="accent1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A7A2BF2" w14:textId="4F0FCB96" w:rsidR="004765A7" w:rsidRPr="00754B30" w:rsidRDefault="004765A7" w:rsidP="004765A7">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:b/>
           <w:color w:val="304287" w:themeColor="accent1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00754B30">
         <w:rPr>
           <w:b/>
           <w:color w:val="304287" w:themeColor="accent1"/>
         </w:rPr>
         <w:t>Erläuterungen zur Schlussbeurteilung</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35FE6EE9" w14:textId="77777777" w:rsidR="004765A7" w:rsidRPr="00754B30" w:rsidRDefault="004765A7" w:rsidP="004765A7">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:b/>
           <w:color w:val="304287" w:themeColor="accent1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tabellenraster"/>
+        <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="E3F1F8" w:themeFill="accent4"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9185"/>
-        <w:gridCol w:w="227"/>
+        <w:gridCol w:w="171"/>
+        <w:gridCol w:w="56"/>
       </w:tblGrid>
       <w:tr w:rsidR="002705DC" w:rsidRPr="00754B30" w14:paraId="4097E83B" w14:textId="77777777" w:rsidTr="00AF2A6B">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="56" w:type="dxa"/>
           <w:trHeight w:val="1134"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9185" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E3F1F8" w:themeFill="accent4"/>
           </w:tcPr>
           <w:p w14:paraId="663F62CB" w14:textId="0F63708E" w:rsidR="002705DC" w:rsidRPr="00754B30" w:rsidRDefault="002705DC" w:rsidP="00E90B29">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5081"/>
               </w:tabs>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="171" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E3F1F8" w:themeFill="accent4"/>
           </w:tcPr>
           <w:p w14:paraId="08806463" w14:textId="77777777" w:rsidR="002705DC" w:rsidRPr="00754B30" w:rsidRDefault="002705DC" w:rsidP="006361D1">
             <w:pPr>
               <w:keepLines/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002705DC" w:rsidRPr="00754B30" w14:paraId="2E0A9BFF" w14:textId="77777777" w:rsidTr="006361D1">
         <w:tblPrEx>
           <w:tblBorders>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="304287"/>
           </w:tblBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9412" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="5D9B68A6" w14:textId="1C33CD9C" w:rsidR="002705DC" w:rsidRPr="00754B30" w:rsidRDefault="004765A7" w:rsidP="00C114A4">
             <w:pPr>
-              <w:pStyle w:val="berschrift1"/>
+              <w:pStyle w:val="Titre1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:before="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00754B30">
-              <w:lastRenderedPageBreak/>
               <w:t>Persönliche Weiterentwicklung</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002705DC" w:rsidRPr="00754B30" w14:paraId="2DA9C134" w14:textId="77777777" w:rsidTr="006361D1">
         <w:tblPrEx>
           <w:tblBorders>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="304287"/>
           </w:tblBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9412" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="680F4A7E" w14:textId="5B3A9827" w:rsidR="002705DC" w:rsidRPr="00754B30" w:rsidRDefault="004765A7" w:rsidP="0033262E">
             <w:pPr>
               <w:pStyle w:val="StandardDunkel"/>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:color w:val="304287"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00754B30">
               <w:rPr>
                 <w:color w:val="304287"/>
               </w:rPr>
               <w:t>Es werden zu Beginn der Periode die Entwicklungsperspektiven</w:t>
             </w:r>
             <w:r w:rsidR="00036956" w:rsidRPr="00754B30">
               <w:rPr>
                 <w:color w:val="304287"/>
               </w:rPr>
               <w:t xml:space="preserve"> und die möglichen Entwicklungs</w:t>
             </w:r>
             <w:r w:rsidRPr="00754B30">
               <w:rPr>
                 <w:color w:val="304287"/>
               </w:rPr>
               <w:t>massnahmen besprochen und am Ende der Periode wird der Nutzen der Massnahmen überprüft.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="34781B11" w14:textId="7D0377E2" w:rsidR="004765A7" w:rsidRPr="00754B30" w:rsidRDefault="004765A7" w:rsidP="004765A7">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="304287"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00754B30">
         <w:rPr>
           <w:b/>
           <w:color w:val="304287"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Persönliche und berufliche Entwicklungsperspektiven (Einschätzung Mitarbeiter/in und Vorgesetzte/r)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tabellenraster"/>
+        <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="E3F1F8" w:themeFill="accent4"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9356"/>
       </w:tblGrid>
       <w:tr w:rsidR="00AF2A6B" w:rsidRPr="00754B30" w14:paraId="2DBD0E18" w14:textId="77777777" w:rsidTr="00AF2A6B">
         <w:trPr>
           <w:trHeight w:val="1134"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9356" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E2F0D9"/>
           </w:tcPr>
           <w:p w14:paraId="6809B21E" w14:textId="77777777" w:rsidR="00AF2A6B" w:rsidRPr="00754B30" w:rsidRDefault="00AF2A6B" w:rsidP="006361D1">
             <w:pPr>
               <w:keepLines/>
             </w:pPr>
@@ -5689,51 +5735,51 @@
       </w:r>
       <w:r w:rsidR="00595507" w:rsidRPr="00754B30">
         <w:rPr>
           <w:b/>
           <w:color w:val="304287" w:themeColor="accent1"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidR="003366BD" w:rsidRPr="00754B30">
         <w:rPr>
           <w:b/>
           <w:color w:val="304287" w:themeColor="accent1"/>
         </w:rPr>
         <w:t>er Stelle</w:t>
       </w:r>
       <w:r w:rsidR="00036956" w:rsidRPr="00754B30">
         <w:rPr>
           <w:b/>
           <w:color w:val="304287"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tabellenraster"/>
+        <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="E3F1F8" w:themeFill="accent4"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9356"/>
       </w:tblGrid>
       <w:tr w:rsidR="00AF2A6B" w:rsidRPr="00754B30" w14:paraId="4CF86C5A" w14:textId="77777777" w:rsidTr="00AF2A6B">
         <w:trPr>
           <w:trHeight w:val="1134"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9356" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E2F0D9"/>
           </w:tcPr>
           <w:p w14:paraId="6FCE008F" w14:textId="77777777" w:rsidR="00AF2A6B" w:rsidRPr="00754B30" w:rsidRDefault="00AF2A6B" w:rsidP="006361D1">
             <w:pPr>
               <w:keepLines/>
             </w:pPr>
@@ -5744,51 +5790,51 @@
     <w:p w14:paraId="595F9865" w14:textId="04468321" w:rsidR="00036956" w:rsidRPr="00754B30" w:rsidRDefault="004765A7" w:rsidP="00AF2A6B">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="304287"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00754B30">
         <w:rPr>
           <w:b/>
           <w:color w:val="304287"/>
         </w:rPr>
         <w:t>Rückblick – was war der Nutzen der Entwicklungsmassnahme/n und fand ein Trans</w:t>
       </w:r>
       <w:r w:rsidR="00036956" w:rsidRPr="00754B30">
         <w:rPr>
           <w:b/>
           <w:color w:val="304287"/>
         </w:rPr>
         <w:t>fer ins berufliche Umfeld statt</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tabellenraster"/>
+        <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="E3F1F8"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9356"/>
       </w:tblGrid>
       <w:tr w:rsidR="00AF2A6B" w:rsidRPr="00754B30" w14:paraId="33BE86D3" w14:textId="77777777" w:rsidTr="00AF2A6B">
         <w:trPr>
           <w:trHeight w:val="1134"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9356" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E3F1F8"/>
           </w:tcPr>
           <w:p w14:paraId="4EB29302" w14:textId="77777777" w:rsidR="00AF2A6B" w:rsidRPr="00754B30" w:rsidRDefault="00AF2A6B" w:rsidP="006361D1">
             <w:pPr>
               <w:keepLines/>
             </w:pPr>
@@ -5804,320 +5850,316 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="13312231" w14:textId="4CA460C2" w:rsidR="0033262E" w:rsidRPr="00754B30" w:rsidRDefault="0033262E" w:rsidP="005B7E10">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="589"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5920E3C5" w14:textId="77777777" w:rsidR="0033262E" w:rsidRPr="00754B30" w:rsidRDefault="0033262E" w:rsidP="005B7E10">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="589"/>
         </w:tabs>
         <w:sectPr w:rsidR="0033262E" w:rsidRPr="00754B30" w:rsidSect="00F1018A">
           <w:headerReference w:type="default" r:id="rId17"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="426" w:right="1247" w:bottom="709" w:left="1247" w:header="510" w:footer="510" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tabellenraster"/>
+        <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="9427" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0480" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="113"/>
         <w:gridCol w:w="1588"/>
         <w:gridCol w:w="113"/>
         <w:gridCol w:w="113"/>
         <w:gridCol w:w="3459"/>
         <w:gridCol w:w="113"/>
         <w:gridCol w:w="113"/>
         <w:gridCol w:w="3686"/>
-        <w:gridCol w:w="129"/>
+        <w:gridCol w:w="113"/>
+        <w:gridCol w:w="16"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F65721" w:rsidRPr="00754B30" w14:paraId="227804B2" w14:textId="77777777" w:rsidTr="00F65721">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="696"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9427" w:type="dxa"/>
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="10"/>
           </w:tcPr>
           <w:p w14:paraId="2AD42C1F" w14:textId="37BD9899" w:rsidR="00F65721" w:rsidRPr="00754B30" w:rsidRDefault="00AB49A2" w:rsidP="00F65721">
             <w:pPr>
-              <w:pStyle w:val="berschrift3"/>
+              <w:pStyle w:val="Titre3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="0" w:firstLine="284"/>
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00754B30">
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Abschluss </w:t>
             </w:r>
             <w:r w:rsidR="002070CF" w:rsidRPr="00754B30">
               <w:t>ZEB</w:t>
             </w:r>
             <w:r w:rsidRPr="00754B30">
               <w:t>-Zielvereinbarung</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="28AD7BED" w14:textId="77777777" w:rsidR="00F65721" w:rsidRPr="00754B30" w:rsidRDefault="00F65721" w:rsidP="006361D1">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="304287" w:themeColor="accent1"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F65721" w:rsidRPr="00754B30" w14:paraId="6506177A" w14:textId="77777777" w:rsidTr="00F65721">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9427" w:type="dxa"/>
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="10"/>
           </w:tcPr>
           <w:p w14:paraId="1691736F" w14:textId="22024570" w:rsidR="00F65721" w:rsidRPr="00754B30" w:rsidRDefault="00AB49A2" w:rsidP="00F65721">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:color w:val="304287" w:themeColor="accent1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00754B30">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="304287" w:themeColor="accent1"/>
               </w:rPr>
               <w:t>Ziele und Entwicklungsmassnahmen für die anstehende Periode vereinbart am:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B05B0E" w:rsidRPr="00754B30" w14:paraId="15FE8C3D" w14:textId="77777777" w:rsidTr="00F65721">
         <w:tblPrEx>
           <w:tblBorders>
             <w:bottom w:val="single" w:sz="18" w:space="0" w:color="304287" w:themeColor="accent1"/>
           </w:tblBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="FEF4E8" w:themeFill="accent5"/>
           <w:tblCellMar>
             <w:top w:w="57" w:type="dxa"/>
             <w:bottom w:w="57" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="16" w:type="dxa"/>
           <w:trHeight w:hRule="exact" w:val="74"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="113" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="19BE7F37" w14:textId="77777777" w:rsidR="007F060B" w:rsidRPr="00754B30" w:rsidRDefault="007F060B" w:rsidP="00207D71"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3C232B4F" w14:textId="77777777" w:rsidR="007F060B" w:rsidRPr="00754B30" w:rsidRDefault="007F060B" w:rsidP="007F060B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="113" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2C4156BC" w14:textId="77777777" w:rsidR="007F060B" w:rsidRPr="00754B30" w:rsidRDefault="007F060B" w:rsidP="007F060B">
             <w:pPr>
               <w:pStyle w:val="StandardDunkel"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="113" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="61A92663" w14:textId="77777777" w:rsidR="007F060B" w:rsidRPr="00754B30" w:rsidRDefault="007F060B" w:rsidP="007F060B">
             <w:pPr>
               <w:pStyle w:val="StandardDunkel"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3459" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="313297BB" w14:textId="77777777" w:rsidR="007F060B" w:rsidRPr="00754B30" w:rsidRDefault="007F060B" w:rsidP="007F060B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="113" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7CF3ACC2" w14:textId="77777777" w:rsidR="007F060B" w:rsidRPr="00754B30" w:rsidRDefault="007F060B" w:rsidP="007F060B">
             <w:pPr>
               <w:pStyle w:val="StandardDunkel"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="113" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2B3787C9" w14:textId="77777777" w:rsidR="007F060B" w:rsidRPr="00754B30" w:rsidRDefault="007F060B" w:rsidP="007F060B">
             <w:pPr>
               <w:pStyle w:val="StandardDunkel"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0C6106DC" w14:textId="77777777" w:rsidR="007F060B" w:rsidRPr="00754B30" w:rsidRDefault="007F060B" w:rsidP="007F060B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="113" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0150DB6D" w14:textId="77777777" w:rsidR="007F060B" w:rsidRPr="00754B30" w:rsidRDefault="007F060B" w:rsidP="00207D71"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000C6422" w:rsidRPr="00754B30" w14:paraId="65D273E7" w14:textId="77777777" w:rsidTr="008C2CB9">
         <w:tblPrEx>
           <w:tblBorders>
             <w:bottom w:val="single" w:sz="18" w:space="0" w:color="304287" w:themeColor="accent1"/>
           </w:tblBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="FEF4E8" w:themeFill="accent5"/>
           <w:tblCellMar>
             <w:top w:w="57" w:type="dxa"/>
             <w:bottom w:w="57" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="16" w:type="dxa"/>
           <w:trHeight w:hRule="exact" w:val="672"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="113" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="304287" w:themeColor="accent1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E6FFD2"/>
           </w:tcPr>
           <w:p w14:paraId="6156B702" w14:textId="77777777" w:rsidR="000C6422" w:rsidRPr="00754B30" w:rsidRDefault="000C6422" w:rsidP="00207D71"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="304287" w:themeColor="accent1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E6FFD2"/>
           </w:tcPr>
           <w:p w14:paraId="4065292D" w14:textId="77777777" w:rsidR="00AB49A2" w:rsidRPr="00754B30" w:rsidRDefault="00AB49A2" w:rsidP="00AB49A2">
             <w:pPr>
               <w:rPr>
@@ -6283,350 +6325,360 @@
             <w:tcW w:w="113" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="304287" w:themeColor="accent1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E6FFD2"/>
           </w:tcPr>
           <w:p w14:paraId="5EB5217C" w14:textId="77777777" w:rsidR="000C6422" w:rsidRPr="00754B30" w:rsidRDefault="000C6422" w:rsidP="00207D71">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="55B5474C" w14:textId="77777777" w:rsidR="00487CFE" w:rsidRPr="00754B30" w:rsidRDefault="00487CFE" w:rsidP="00487CFE">
       <w:pPr>
         <w:rPr>
           <w:color w:val="304287"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6FE33C11" w14:textId="73FBD61C" w:rsidR="00AB49A2" w:rsidRPr="00754B30" w:rsidRDefault="00FF2DF7" w:rsidP="00AB49A2">
+    <w:p w14:paraId="6FE33C11" w14:textId="692B9C62" w:rsidR="00AB49A2" w:rsidRPr="00754B30" w:rsidRDefault="00AB49A2" w:rsidP="00AB49A2">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:color w:val="304287" w:themeColor="accent1"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00754B30">
         <w:rPr>
           <w:color w:val="304287" w:themeColor="accent1"/>
         </w:rPr>
-        <w:t>Neben der laufenden Begleitung</w:t>
+        <w:t>Neben der laufende</w:t>
       </w:r>
-      <w:r w:rsidR="00AB49A2" w:rsidRPr="00754B30">
+      <w:r w:rsidR="00457E95" w:rsidRPr="00754B30">
+        <w:rPr>
+          <w:color w:val="304287" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00754B30">
+        <w:rPr>
+          <w:color w:val="304287" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Begleitung,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00754B30">
         <w:rPr>
           <w:color w:val="304287" w:themeColor="accent1"/>
         </w:rPr>
         <w:t xml:space="preserve"> is</w:t>
       </w:r>
       <w:r w:rsidR="00457E95" w:rsidRPr="00754B30">
         <w:rPr>
           <w:color w:val="304287" w:themeColor="accent1"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
-      <w:r w:rsidR="00AB49A2" w:rsidRPr="00754B30">
+      <w:r w:rsidRPr="00754B30">
         <w:rPr>
           <w:color w:val="304287" w:themeColor="accent1"/>
         </w:rPr>
         <w:t xml:space="preserve"> es </w:t>
       </w:r>
       <w:r w:rsidR="00D81AE4" w:rsidRPr="00754B30">
         <w:rPr>
           <w:color w:val="304287" w:themeColor="accent1"/>
         </w:rPr>
         <w:t>möglich</w:t>
       </w:r>
-      <w:r w:rsidR="00AB49A2" w:rsidRPr="00754B30">
+      <w:r w:rsidRPr="00754B30">
         <w:rPr>
           <w:color w:val="304287" w:themeColor="accent1"/>
         </w:rPr>
         <w:t>, die vereinbarten Ziele im Sinne eine</w:t>
       </w:r>
       <w:r w:rsidR="00457E95" w:rsidRPr="00754B30">
         <w:rPr>
           <w:color w:val="304287" w:themeColor="accent1"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidR="00AB49A2" w:rsidRPr="00754B30">
+      <w:r w:rsidRPr="00754B30">
         <w:rPr>
           <w:color w:val="304287" w:themeColor="accent1"/>
         </w:rPr>
         <w:t xml:space="preserve"> Zwischenbilanz in der </w:t>
       </w:r>
       <w:r w:rsidR="00457E95" w:rsidRPr="00754B30">
         <w:rPr>
           <w:color w:val="304287" w:themeColor="accent1"/>
         </w:rPr>
         <w:t>Mitte</w:t>
       </w:r>
-      <w:r w:rsidR="00AB49A2" w:rsidRPr="00754B30">
+      <w:r w:rsidRPr="00754B30">
         <w:rPr>
           <w:color w:val="304287" w:themeColor="accent1"/>
         </w:rPr>
         <w:t xml:space="preserve"> der Periode gemeinsam zu überprüfen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A5C6BF8" w14:textId="5CA95743" w:rsidR="00AB49A2" w:rsidRPr="00754B30" w:rsidRDefault="00AB49A2" w:rsidP="00AB49A2">
       <w:pPr>
         <w:keepNext/>
         <w:rPr>
           <w:b/>
           <w:color w:val="304287" w:themeColor="accent1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00754B30">
         <w:rPr>
           <w:b/>
           <w:color w:val="304287" w:themeColor="accent1"/>
         </w:rPr>
         <w:t xml:space="preserve">Zwischenbilanz der Ziele und Entwicklungsmassnahmen </w:t>
       </w:r>
       <w:r w:rsidR="00457E95" w:rsidRPr="00754B30">
         <w:rPr>
           <w:b/>
           <w:color w:val="304287" w:themeColor="accent1"/>
         </w:rPr>
         <w:t>durchgeführt</w:t>
       </w:r>
       <w:r w:rsidRPr="00754B30">
         <w:rPr>
           <w:b/>
           <w:color w:val="304287" w:themeColor="accent1"/>
         </w:rPr>
         <w:t xml:space="preserve"> am:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25821BB7" w14:textId="77777777" w:rsidR="00AB49A2" w:rsidRPr="00754B30" w:rsidRDefault="00AB49A2" w:rsidP="00AB49A2">
       <w:pPr>
         <w:keepNext/>
         <w:rPr>
           <w:b/>
           <w:color w:val="304287" w:themeColor="accent1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tabellenraster"/>
+        <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="9427" w:type="dxa"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="18" w:space="0" w:color="304287" w:themeColor="accent1"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FEF4E8" w:themeFill="accent5"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="113"/>
         <w:gridCol w:w="1588"/>
         <w:gridCol w:w="113"/>
         <w:gridCol w:w="113"/>
         <w:gridCol w:w="3459"/>
         <w:gridCol w:w="113"/>
         <w:gridCol w:w="113"/>
         <w:gridCol w:w="3686"/>
-        <w:gridCol w:w="129"/>
+        <w:gridCol w:w="113"/>
+        <w:gridCol w:w="16"/>
       </w:tblGrid>
       <w:tr w:rsidR="003C2012" w:rsidRPr="00754B30" w14:paraId="480C0BF6" w14:textId="77777777" w:rsidTr="003C2012">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="16" w:type="dxa"/>
           <w:trHeight w:hRule="exact" w:val="57"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="113" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="718A2971" w14:textId="77777777" w:rsidR="003C2012" w:rsidRPr="00754B30" w:rsidRDefault="003C2012" w:rsidP="006361D1"/>
           <w:p w14:paraId="02E143DE" w14:textId="77777777" w:rsidR="00AB49A2" w:rsidRPr="00754B30" w:rsidRDefault="00AB49A2" w:rsidP="006361D1"/>
           <w:p w14:paraId="11A3D948" w14:textId="26C58738" w:rsidR="00AB49A2" w:rsidRPr="00754B30" w:rsidRDefault="00AB49A2" w:rsidP="006361D1"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="55D35E9F" w14:textId="77777777" w:rsidR="003C2012" w:rsidRPr="00754B30" w:rsidRDefault="003C2012" w:rsidP="006361D1"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="113" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="28E1CDD5" w14:textId="77777777" w:rsidR="003C2012" w:rsidRPr="00754B30" w:rsidRDefault="003C2012" w:rsidP="006361D1">
             <w:pPr>
               <w:pStyle w:val="StandardDunkel"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="113" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="79A23692" w14:textId="77777777" w:rsidR="003C2012" w:rsidRPr="00754B30" w:rsidRDefault="003C2012" w:rsidP="006361D1">
             <w:pPr>
               <w:pStyle w:val="StandardDunkel"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3459" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5F148935" w14:textId="77777777" w:rsidR="003C2012" w:rsidRPr="00754B30" w:rsidRDefault="003C2012" w:rsidP="006361D1"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="113" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="31E08DFF" w14:textId="77777777" w:rsidR="003C2012" w:rsidRPr="00754B30" w:rsidRDefault="003C2012" w:rsidP="006361D1">
             <w:pPr>
               <w:pStyle w:val="StandardDunkel"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="113" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0EB43E04" w14:textId="77777777" w:rsidR="003C2012" w:rsidRPr="00754B30" w:rsidRDefault="003C2012" w:rsidP="006361D1">
             <w:pPr>
               <w:pStyle w:val="StandardDunkel"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="33BBD2C8" w14:textId="77777777" w:rsidR="003C2012" w:rsidRPr="00754B30" w:rsidRDefault="003C2012" w:rsidP="006361D1"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="113" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="47920664" w14:textId="77777777" w:rsidR="003C2012" w:rsidRPr="00754B30" w:rsidRDefault="003C2012" w:rsidP="006361D1"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003C2012" w:rsidRPr="00754B30" w14:paraId="56896541" w14:textId="77777777" w:rsidTr="008C2CB9">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="16" w:type="dxa"/>
           <w:trHeight w:hRule="exact" w:val="618"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="113" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="304287" w:themeColor="accent1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E6FFD2"/>
           </w:tcPr>
           <w:p w14:paraId="1133A9D9" w14:textId="77777777" w:rsidR="003C2012" w:rsidRPr="00754B30" w:rsidRDefault="003C2012" w:rsidP="006361D1"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="304287" w:themeColor="accent1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E6FFD2"/>
           </w:tcPr>
           <w:p w14:paraId="4BD34A33" w14:textId="77777777" w:rsidR="00AB49A2" w:rsidRPr="00754B30" w:rsidRDefault="00AB49A2" w:rsidP="00AB49A2">
             <w:pPr>
               <w:rPr>
@@ -6798,55 +6850,55 @@
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003C2012" w:rsidRPr="00754B30" w14:paraId="099B4E8C" w14:textId="77777777" w:rsidTr="003C2012">
         <w:tblPrEx>
           <w:tblBorders>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="0480" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="696"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9427" w:type="dxa"/>
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="10"/>
           </w:tcPr>
           <w:p w14:paraId="3649E63F" w14:textId="7F93F3F4" w:rsidR="003C2012" w:rsidRPr="00754B30" w:rsidRDefault="00E14074" w:rsidP="003C2012">
             <w:pPr>
-              <w:pStyle w:val="berschrift3"/>
+              <w:pStyle w:val="Titre3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="0" w:firstLine="284"/>
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00754B30">
               <w:t xml:space="preserve">Abschluss </w:t>
             </w:r>
             <w:r w:rsidR="002070CF" w:rsidRPr="00754B30">
               <w:t>ZEB</w:t>
             </w:r>
             <w:r w:rsidRPr="00754B30">
               <w:t>-Beurteilung</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4C12D5A7" w14:textId="77777777" w:rsidR="003C2012" w:rsidRPr="00754B30" w:rsidRDefault="003C2012" w:rsidP="006361D1">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="304287" w:themeColor="accent1"/>
@@ -6921,397 +6973,421 @@
       <w:r w:rsidRPr="00754B30">
         <w:rPr>
           <w:color w:val="002060"/>
         </w:rPr>
         <w:t xml:space="preserve">Massnahmen </w:t>
       </w:r>
       <w:r w:rsidRPr="00754B30">
         <w:t>zu vereinbaren?</w:t>
       </w:r>
       <w:r w:rsidRPr="00754B30">
         <w:tab/>
         <w:t xml:space="preserve"> Ja</w:t>
       </w:r>
       <w:r w:rsidR="00771769" w:rsidRPr="00754B30">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="1765573094"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00754B30">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00771769" w:rsidRPr="00754B30">
         <w:rPr>
           <w:position w:val="2"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00771769" w:rsidRPr="00754B30">
         <w:rPr>
           <w:position w:val="2"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
       <w:r w:rsidRPr="00754B30">
         <w:rPr>
           <w:position w:val="2"/>
         </w:rPr>
         <w:t>ein</w:t>
       </w:r>
       <w:r w:rsidR="00771769" w:rsidRPr="00754B30">
         <w:rPr>
           <w:position w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1605802640"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00C17157" w:rsidRPr="00754B30">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="418E1702" w14:textId="566C0C5B" w:rsidR="00E90B29" w:rsidRPr="00754B30" w:rsidRDefault="00A87EEA" w:rsidP="00E90B29">
+    <w:p w14:paraId="418E1702" w14:textId="5A5001FA" w:rsidR="00E90B29" w:rsidRPr="00754B30" w:rsidRDefault="00E90B29" w:rsidP="00E90B29">
       <w:pPr>
         <w:pStyle w:val="AufzhlungStrichDunkel"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8222"/>
         </w:tabs>
         <w:ind w:left="426"/>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00754B30">
-        <w:t>Bemerkungen: _</w:t>
+        <w:t>Bemerkungen</w:t>
       </w:r>
-      <w:r w:rsidR="00E90B29" w:rsidRPr="00754B30">
-        <w:t>____________________________________________________________________________</w:t>
+      <w:r w:rsidR="002F34E3" w:rsidRPr="00754B30">
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00754B30">
+        <w:t>_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00754B30">
+        <w:t>_____________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1565B81E" w14:textId="727C12B3" w:rsidR="004170DE" w:rsidRPr="00754B30" w:rsidRDefault="004170DE" w:rsidP="004F4FA1">
       <w:pPr>
         <w:pStyle w:val="AufzhlungStrichDunkel"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8222"/>
         </w:tabs>
         <w:ind w:left="426"/>
       </w:pPr>
       <w:r w:rsidRPr="00754B30">
         <w:t xml:space="preserve">Möchten Sie </w:t>
       </w:r>
       <w:r w:rsidR="00E549F9" w:rsidRPr="00754B30">
         <w:t>oder üben</w:t>
       </w:r>
       <w:r w:rsidR="00E14074" w:rsidRPr="00754B30">
         <w:t xml:space="preserve"> Sie ausserdienstliche Tätigkeiten aus </w:t>
       </w:r>
       <w:r w:rsidR="00404606">
         <w:rPr>
-          <w:rStyle w:val="Funotenzeichen"/>
+          <w:rStyle w:val="Appelnotedebasdep"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E08211C" w14:textId="677A1864" w:rsidR="00771769" w:rsidRPr="00754B30" w:rsidRDefault="00E14074" w:rsidP="004170DE">
       <w:pPr>
         <w:pStyle w:val="AufzhlungStrichDunkel"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8222"/>
         </w:tabs>
         <w:ind w:left="426"/>
       </w:pPr>
       <w:r w:rsidRPr="00754B30">
         <w:t>(Nebenbeschäftigungen, öffentliches Amt, Mandate)?</w:t>
       </w:r>
       <w:r w:rsidR="00771769" w:rsidRPr="00754B30">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00754B30">
         <w:t xml:space="preserve"> Ja</w:t>
       </w:r>
       <w:r w:rsidR="00771769" w:rsidRPr="00754B30">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1533489388"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00C17157" w:rsidRPr="00754B30">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00771769" w:rsidRPr="00754B30">
         <w:rPr>
           <w:position w:val="2"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00771769" w:rsidRPr="00754B30">
         <w:rPr>
           <w:position w:val="2"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
       <w:r w:rsidRPr="00754B30">
         <w:rPr>
           <w:position w:val="2"/>
         </w:rPr>
         <w:t>ein</w:t>
       </w:r>
       <w:r w:rsidR="00F830CC" w:rsidRPr="00754B30">
         <w:rPr>
           <w:position w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1742318770"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B46FF4" w:rsidRPr="00754B30">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="5C07A6C9" w14:textId="0D212E8D" w:rsidR="007F060B" w:rsidRPr="00754B30" w:rsidRDefault="00A87EEA" w:rsidP="00A57136">
+    <w:p w14:paraId="5C07A6C9" w14:textId="4A68C3FD" w:rsidR="007F060B" w:rsidRPr="00754B30" w:rsidRDefault="00A57136" w:rsidP="00A57136">
       <w:pPr>
         <w:pStyle w:val="AufzhlungStrichDunkel"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8222"/>
         </w:tabs>
         <w:ind w:left="426"/>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00754B30">
-        <w:t>Bemerkungen: _</w:t>
+        <w:t>Bemerkungen</w:t>
       </w:r>
-      <w:r w:rsidR="00A57136" w:rsidRPr="00754B30">
-        <w:t>____________________________________________________________________________</w:t>
+      <w:r w:rsidR="002F34E3" w:rsidRPr="00754B30">
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00754B30">
+        <w:t>_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00754B30">
+        <w:t>_____________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77DE92EA" w14:textId="11820687" w:rsidR="00A57136" w:rsidRPr="00754B30" w:rsidRDefault="00536CDF" w:rsidP="00A57136">
       <w:pPr>
         <w:pStyle w:val="AufzhlungStrichDunkel"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8222"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:left="426"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00754B30">
         <w:t>Haben Sie mittelfristige persönliche Projekte, die Sie mitteilen möchten?</w:t>
       </w:r>
       <w:r w:rsidR="00194379" w:rsidRPr="00754B30">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00194379" w:rsidRPr="00754B30">
         <w:tab/>
         <w:t xml:space="preserve"> Ja </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
           </w:rPr>
           <w:id w:val="887456329"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00194379" w:rsidRPr="00754B30">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00194379" w:rsidRPr="00754B30">
         <w:rPr>
           <w:position w:val="2"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00194379" w:rsidRPr="00754B30">
         <w:rPr>
           <w:position w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve">Nein </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
           </w:rPr>
           <w:id w:val="-2031637990"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00194379" w:rsidRPr="00754B30">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="44411301" w14:textId="4E77B0CD" w:rsidR="00A57136" w:rsidRPr="00754B30" w:rsidRDefault="00A87EEA" w:rsidP="00A57136">
+    <w:p w14:paraId="44411301" w14:textId="1F734998" w:rsidR="00A57136" w:rsidRPr="00754B30" w:rsidRDefault="00A57136" w:rsidP="00A57136">
       <w:pPr>
         <w:pStyle w:val="AufzhlungStrichDunkel"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8222"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:left="426"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00754B30">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t>Bemerkungen: _</w:t>
+        <w:t>Bemerkungen:_</w:t>
       </w:r>
-      <w:r w:rsidR="00A57136" w:rsidRPr="00754B30">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00754B30">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t>____________________________________________________________________________</w:t>
+        <w:t>_____________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38866758" w14:textId="6A02D7B1" w:rsidR="00E14074" w:rsidRPr="00754B30" w:rsidRDefault="00E14074" w:rsidP="00E14074">
       <w:pPr>
         <w:pStyle w:val="StandardDunkel"/>
         <w:keepNext/>
         <w:spacing w:before="120" w:after="60"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00754B30">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Bemerkungen zum </w:t>
       </w:r>
       <w:r w:rsidR="002070CF" w:rsidRPr="00754B30">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>ZEB</w:t>
       </w:r>
       <w:r w:rsidRPr="00754B30">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>-Beurteilungsgespräch</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tabellenraster"/>
+        <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="9400" w:type="dxa"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="18" w:space="0" w:color="304287" w:themeColor="accent1"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="E3F1F8" w:themeFill="accent4"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="113"/>
         <w:gridCol w:w="4525"/>
         <w:gridCol w:w="113"/>
         <w:gridCol w:w="113"/>
         <w:gridCol w:w="4536"/>
       </w:tblGrid>
       <w:tr w:rsidR="00752997" w:rsidRPr="00754B30" w14:paraId="3CE8F21B" w14:textId="77777777" w:rsidTr="00404606">
         <w:trPr>
           <w:trHeight w:val="830"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -7419,79 +7495,95 @@
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5BFEE94D" w14:textId="77777777" w:rsidR="00E14074" w:rsidRPr="00754B30" w:rsidRDefault="00E14074" w:rsidP="00E14074">
       <w:pPr>
         <w:keepNext/>
         <w:rPr>
           <w:b/>
           <w:color w:val="304287" w:themeColor="accent1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="13BC829F" w14:textId="112613D5" w:rsidR="00E14074" w:rsidRPr="00754B30" w:rsidRDefault="00E14074" w:rsidP="00E14074">
       <w:pPr>
         <w:keepNext/>
         <w:rPr>
           <w:b/>
           <w:color w:val="304287" w:themeColor="accent1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00754B30">
         <w:rPr>
           <w:b/>
           <w:color w:val="304287" w:themeColor="accent1"/>
         </w:rPr>
-        <w:t>Feedback an die/den Vorgesetzte/n zur Zusammenarbeit</w:t>
+        <w:t>Feedback an die/</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00754B30">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="304287" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t>den Vorgesetzte</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00754B30">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="304287" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t>/n zur Zusammenarbeit</w:t>
       </w:r>
       <w:r w:rsidR="00536CDF" w:rsidRPr="00754B30">
         <w:rPr>
           <w:b/>
           <w:color w:val="304287" w:themeColor="accent1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006939A9" w:rsidRPr="00754B30">
         <w:rPr>
           <w:b/>
           <w:color w:val="304287" w:themeColor="accent1"/>
         </w:rPr>
         <w:t>(Betreuung, Begleitung, Selbstständigkeit, Anerkennung, Arbeitsklima, usw.)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CD389AC" w14:textId="77777777" w:rsidR="006939A9" w:rsidRPr="00754B30" w:rsidRDefault="006939A9" w:rsidP="00E14074">
       <w:pPr>
         <w:keepNext/>
         <w:rPr>
           <w:b/>
           <w:color w:val="304287" w:themeColor="accent1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tabellenraster"/>
+        <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="E3F1F8" w:themeFill="accent4"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="113"/>
         <w:gridCol w:w="9185"/>
         <w:gridCol w:w="113"/>
       </w:tblGrid>
       <w:tr w:rsidR="00B54E4A" w:rsidRPr="00754B30" w14:paraId="48351155" w14:textId="77777777" w:rsidTr="00404606">
         <w:trPr>
           <w:trHeight w:val="918"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="113" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E3F1F8" w:themeFill="accent4"/>
           </w:tcPr>
           <w:p w14:paraId="4DDB9219" w14:textId="77777777" w:rsidR="00B54E4A" w:rsidRPr="00754B30" w:rsidRDefault="00B54E4A" w:rsidP="00207D71"/>
         </w:tc>
@@ -7521,243 +7613,232 @@
       </w:pPr>
       <w:r w:rsidRPr="00754B30">
         <w:rPr>
           <w:b/>
           <w:color w:val="304287" w:themeColor="accent1"/>
         </w:rPr>
         <w:t xml:space="preserve">Wir bestätigen, dass die </w:t>
       </w:r>
       <w:r w:rsidR="002070CF" w:rsidRPr="00754B30">
         <w:rPr>
           <w:b/>
           <w:color w:val="304287" w:themeColor="accent1"/>
         </w:rPr>
         <w:t>ZEB</w:t>
       </w:r>
       <w:r w:rsidRPr="00754B30">
         <w:rPr>
           <w:b/>
           <w:color w:val="304287" w:themeColor="accent1"/>
         </w:rPr>
         <w:t>-Beurteilung stattgefunden hat:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tabellenraster"/>
+        <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="18" w:space="0" w:color="304287" w:themeColor="accent1"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="E3F1F8" w:themeFill="accent4"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="113"/>
         <w:gridCol w:w="1588"/>
         <w:gridCol w:w="113"/>
         <w:gridCol w:w="113"/>
         <w:gridCol w:w="3459"/>
         <w:gridCol w:w="113"/>
         <w:gridCol w:w="113"/>
         <w:gridCol w:w="3686"/>
         <w:gridCol w:w="113"/>
       </w:tblGrid>
       <w:tr w:rsidR="00B54E4A" w:rsidRPr="00754B30" w14:paraId="3DBA2E98" w14:textId="77777777" w:rsidTr="000C6422">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="57"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="113" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="59EC5BF4" w14:textId="77777777" w:rsidR="00B54E4A" w:rsidRPr="00754B30" w:rsidRDefault="00B54E4A" w:rsidP="00207D71"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1588" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5B909175" w14:textId="77777777" w:rsidR="00B54E4A" w:rsidRPr="00754B30" w:rsidRDefault="00B54E4A" w:rsidP="00207D71"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="113" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="54290BF8" w14:textId="77777777" w:rsidR="00B54E4A" w:rsidRPr="00754B30" w:rsidRDefault="00B54E4A" w:rsidP="00207D71">
             <w:pPr>
               <w:pStyle w:val="StandardDunkel"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="113" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="45BD1A76" w14:textId="77777777" w:rsidR="00B54E4A" w:rsidRPr="00754B30" w:rsidRDefault="00B54E4A" w:rsidP="00207D71">
             <w:pPr>
               <w:pStyle w:val="StandardDunkel"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3459" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="02ACF3E4" w14:textId="77777777" w:rsidR="00B54E4A" w:rsidRPr="00754B30" w:rsidRDefault="00B54E4A" w:rsidP="00207D71"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="113" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="40152F32" w14:textId="77777777" w:rsidR="00B54E4A" w:rsidRPr="00754B30" w:rsidRDefault="00B54E4A" w:rsidP="00207D71">
             <w:pPr>
               <w:pStyle w:val="StandardDunkel"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="113" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="07C061F1" w14:textId="77777777" w:rsidR="00B54E4A" w:rsidRPr="00754B30" w:rsidRDefault="00B54E4A" w:rsidP="00207D71">
             <w:pPr>
               <w:pStyle w:val="StandardDunkel"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7A7A1DAF" w14:textId="77777777" w:rsidR="00B54E4A" w:rsidRPr="00754B30" w:rsidRDefault="00B54E4A" w:rsidP="00207D71"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="113" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="39D1B930" w14:textId="77777777" w:rsidR="00B54E4A" w:rsidRPr="00754B30" w:rsidRDefault="00B54E4A" w:rsidP="00207D71"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000C6422" w:rsidRPr="00754B30" w14:paraId="19F54E5E" w14:textId="77777777" w:rsidTr="00B54E4A">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="794"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="113" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E3F1F8" w:themeFill="accent4"/>
           </w:tcPr>
           <w:p w14:paraId="2A9A53FD" w14:textId="77777777" w:rsidR="000C6422" w:rsidRPr="00754B30" w:rsidRDefault="000C6422" w:rsidP="00207D71"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1588" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E3F1F8" w:themeFill="accent4"/>
           </w:tcPr>
           <w:p w14:paraId="7D94D16C" w14:textId="52076BE2" w:rsidR="000C6422" w:rsidRPr="00754B30" w:rsidRDefault="000C6422" w:rsidP="00207D71">
             <w:pPr>
               <w:pStyle w:val="StandardDunkel"/>
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00754B30">
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t>Dat</w:t>
             </w:r>
             <w:r w:rsidR="00E14074" w:rsidRPr="00754B30">
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t>um</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w14:paraId="2D58CE95" w14:textId="77777777" w:rsidR="000C6422" w:rsidRPr="00754B30" w:rsidRDefault="000C6422" w:rsidP="00207D71">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="113" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="304287" w:themeColor="accent1"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E3F1F8" w:themeFill="accent4"/>
           </w:tcPr>
           <w:p w14:paraId="42F9ECD1" w14:textId="77777777" w:rsidR="000C6422" w:rsidRPr="00754B30" w:rsidRDefault="000C6422" w:rsidP="00207D71">
             <w:pPr>
               <w:pStyle w:val="StandardDunkel"/>
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
@@ -7887,51 +7968,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="113" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E3F1F8" w:themeFill="accent4"/>
           </w:tcPr>
           <w:p w14:paraId="677F4E8C" w14:textId="77777777" w:rsidR="000C6422" w:rsidRPr="00754B30" w:rsidRDefault="000C6422" w:rsidP="00207D71">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="72CC2923" w14:textId="77777777" w:rsidR="00013B78" w:rsidRPr="00754B30" w:rsidRDefault="00013B78" w:rsidP="003C2012">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tabellenraster"/>
+        <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="9410" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="304287" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="304287" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="304287" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="304287" w:themeColor="accent1"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="113"/>
         <w:gridCol w:w="9184"/>
         <w:gridCol w:w="113"/>
       </w:tblGrid>
       <w:tr w:rsidR="007C2AE8" w:rsidRPr="00754B30" w14:paraId="27713C50" w14:textId="77777777" w:rsidTr="003C2012">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="113" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="18563D74" w14:textId="77777777" w:rsidR="007C2AE8" w:rsidRPr="00754B30" w:rsidRDefault="007C2AE8" w:rsidP="007C2AE8">
             <w:pPr>
               <w:pStyle w:val="StandardDunkel"/>
               <w:keepNext/>
               <w:rPr>
@@ -7989,134 +8070,131 @@
               <w:t>die/der Vorgesetzte</w:t>
             </w:r>
             <w:r w:rsidRPr="00754B30">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> haben jederzeit Zugriff auf die Unterlagen.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="113" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="37A3F16A" w14:textId="77777777" w:rsidR="007C2AE8" w:rsidRPr="00754B30" w:rsidRDefault="007C2AE8" w:rsidP="007C2AE8">
             <w:pPr>
               <w:pStyle w:val="StandardDunkel"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6982BFD7" w14:textId="4B7B8CFF" w:rsidR="00A57136" w:rsidRPr="00754B30" w:rsidRDefault="00A57136" w:rsidP="003C2012"/>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tabellenraster"/>
+        <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="9410" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="304287" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="304287" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="304287" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="304287" w:themeColor="accent1"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="113"/>
         <w:gridCol w:w="9184"/>
         <w:gridCol w:w="113"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F171BB" w:rsidRPr="000452F3" w14:paraId="66AE8B86" w14:textId="77777777" w:rsidTr="003C2012">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="113" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="583B1F7C" w14:textId="77777777" w:rsidR="00F171BB" w:rsidRPr="00754B30" w:rsidRDefault="00F171BB" w:rsidP="00F171BB">
             <w:pPr>
               <w:pStyle w:val="StandardDunkel"/>
               <w:keepNext/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9184" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6F33CD02" w14:textId="25E71520" w:rsidR="00F171BB" w:rsidRPr="00DC0DB1" w:rsidRDefault="00F171BB" w:rsidP="00DC0DB1">
+          <w:p w14:paraId="6F33CD02" w14:textId="47ECA662" w:rsidR="00F171BB" w:rsidRPr="00DC0DB1" w:rsidRDefault="00F171BB" w:rsidP="00DC0DB1">
             <w:pPr>
               <w:pStyle w:val="StandardDunkel"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00754B30">
               <w:t xml:space="preserve">Mit </w:t>
             </w:r>
             <w:r w:rsidR="006B3816" w:rsidRPr="00754B30">
               <w:t>ihrer</w:t>
             </w:r>
             <w:r w:rsidRPr="00754B30">
               <w:t xml:space="preserve"> Untersc</w:t>
             </w:r>
             <w:r w:rsidR="006B3816" w:rsidRPr="00754B30">
               <w:t>hrift bestätigen die Mitarbeiterin/der Mitarbeiter</w:t>
             </w:r>
             <w:r w:rsidRPr="00754B30">
               <w:t xml:space="preserve"> und </w:t>
             </w:r>
             <w:r w:rsidR="006B3816" w:rsidRPr="00754B30">
               <w:t>die/der Vorgesetzte</w:t>
             </w:r>
             <w:r w:rsidR="00595507" w:rsidRPr="00754B30">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="003366BD" w:rsidRPr="00754B30">
               <w:t>oder die delegierte Person</w:t>
             </w:r>
             <w:r w:rsidRPr="00754B30">
               <w:t>, dass sie den obenstehen</w:t>
             </w:r>
             <w:r w:rsidR="00DC0DB1" w:rsidRPr="00754B30">
               <w:softHyphen/>
             </w:r>
             <w:r w:rsidRPr="00754B30">
               <w:t xml:space="preserve">den Inhalt </w:t>
             </w:r>
             <w:r w:rsidRPr="00754B30">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>zur Kenntnis genommen</w:t>
             </w:r>
             <w:r w:rsidRPr="00754B30">
               <w:t xml:space="preserve"> haben. </w:t>
             </w:r>
-            <w:r w:rsidR="00584E60">
-[...1 lines deleted...]
-            </w:r>
             <w:r w:rsidR="00DC0DB1" w:rsidRPr="00754B30">
-              <w:t xml:space="preserve">ie Mitarbeiterin/der Mitarbeiter </w:t>
+              <w:t xml:space="preserve">die Mitarbeiterin/der Mitarbeiter </w:t>
             </w:r>
             <w:r w:rsidRPr="00754B30">
               <w:t xml:space="preserve">hat die Möglichkeit eine </w:t>
             </w:r>
             <w:r w:rsidRPr="00754B30">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Neubeurtei</w:t>
             </w:r>
             <w:r w:rsidR="00DC0DB1" w:rsidRPr="00754B30">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:softHyphen/>
             </w:r>
             <w:r w:rsidRPr="00754B30">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>lung</w:t>
             </w:r>
             <w:r w:rsidRPr="00754B30">
               <w:t xml:space="preserve"> zu beantragen, wenn </w:t>
             </w:r>
@@ -8198,76 +8276,76 @@
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1B590E36" w14:textId="764E9F5D" w:rsidR="00FB67F6" w:rsidRPr="00DC0DB1" w:rsidRDefault="003F3E99" w:rsidP="003F3E99">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7613"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="00DC0DB1">
         <w:tab/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00FB67F6" w:rsidRPr="00DC0DB1" w:rsidSect="00FB1147">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="822" w:right="1247" w:bottom="709" w:left="1247" w:header="510" w:footer="510" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="162771CA" w14:textId="77777777" w:rsidR="00C43973" w:rsidRDefault="00C43973" w:rsidP="003C32F0">
+    <w:p w14:paraId="7489FC85" w14:textId="77777777" w:rsidR="002507FF" w:rsidRDefault="002507FF" w:rsidP="003C32F0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="30517451" w14:textId="77777777" w:rsidR="00C43973" w:rsidRDefault="00C43973" w:rsidP="003C32F0">
+    <w:p w14:paraId="3C35B8FE" w14:textId="77777777" w:rsidR="002507FF" w:rsidRDefault="002507FF" w:rsidP="003C32F0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -8278,153 +8356,154 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-936441664"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
+    <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w14:paraId="418741EF" w14:textId="55BEA761" w:rsidR="007929CD" w:rsidRDefault="007929CD">
         <w:pPr>
-          <w:pStyle w:val="Fuzeile"/>
+          <w:pStyle w:val="Pieddepage"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00A7644C" w:rsidRPr="00A7644C">
           <w:rPr>
             <w:noProof/>
             <w:lang w:val="fr-FR"/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="79C70763" w14:textId="77777777" w:rsidR="00E072A8" w:rsidRPr="007929CD" w:rsidRDefault="00E072A8" w:rsidP="007929CD">
     <w:pPr>
-      <w:pStyle w:val="Fuzeile"/>
+      <w:pStyle w:val="Pieddepage"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="38394AFD" w14:textId="77777777" w:rsidR="00C43973" w:rsidRDefault="00C43973" w:rsidP="003C32F0">
+    <w:p w14:paraId="6901E351" w14:textId="77777777" w:rsidR="002507FF" w:rsidRDefault="002507FF" w:rsidP="003C32F0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2841356E" w14:textId="77777777" w:rsidR="00C43973" w:rsidRDefault="00C43973" w:rsidP="003C32F0">
+    <w:p w14:paraId="5F352A91" w14:textId="77777777" w:rsidR="002507FF" w:rsidRDefault="002507FF" w:rsidP="003C32F0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="1CE654B1" w14:textId="74681A01" w:rsidR="00404606" w:rsidRPr="00404606" w:rsidRDefault="00404606">
       <w:pPr>
-        <w:pStyle w:val="Funotentext"/>
+        <w:pStyle w:val="Notedebasdepage"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="Funotenzeichen"/>
+          <w:rStyle w:val="Appelnotedebasdep"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00404606">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Wenn Sie Ihr Arbeitspensum ändern möchten, sollten Sie sich mit der Pensionskasse des Staatspersonals PKSPF in Verbindung setzen, um die Auswirkungen auf die Vorsorgeleistungen zu erfahren.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="50423067" w14:textId="77777777" w:rsidR="00E072A8" w:rsidRDefault="00E072A8">
     <w:pPr>
-      <w:pStyle w:val="Kopfzeile"/>
+      <w:pStyle w:val="En-tte"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="25449BEE" wp14:editId="541EC9A2">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>288290</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>5314315</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="169200" cy="0"/>
               <wp:effectExtent l="0" t="0" r="21590" b="19050"/>
               <wp:wrapNone/>
               <wp:docPr id="11" name="Gerade Verbindung 11"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
@@ -8484,61 +8563,61 @@
       <w:framePr w:wrap="around"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="593BD02C" w14:textId="77777777" w:rsidR="00E072A8" w:rsidRDefault="00E072A8" w:rsidP="007929CD">
     <w:pPr>
-      <w:pStyle w:val="Kopfzeile"/>
+      <w:pStyle w:val="En-tte"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07196EB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A08ED9B2"/>
     <w:lvl w:ilvl="0" w:tplc="100C0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="100C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -10031,61 +10110,62 @@
   <w:num w:numId="22" w16cid:durableId="1023163618">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="740642296">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="1120145356">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="1723943291">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="530610836">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="1555003355">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="2134134039">
     <w:abstractNumId w:val="10"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="110"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:formsDesign/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="1001" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="36865"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006F2BEB"/>
     <w:rsid w:val="0000021C"/>
     <w:rsid w:val="00003F76"/>
     <w:rsid w:val="000053C6"/>
     <w:rsid w:val="00013B78"/>
     <w:rsid w:val="000155D8"/>
     <w:rsid w:val="00015631"/>
@@ -10210,50 +10290,51 @@
     <w:rsid w:val="002573CD"/>
     <w:rsid w:val="00257D35"/>
     <w:rsid w:val="0026123F"/>
     <w:rsid w:val="00261897"/>
     <w:rsid w:val="00262950"/>
     <w:rsid w:val="00267E3B"/>
     <w:rsid w:val="002705DC"/>
     <w:rsid w:val="00270DBE"/>
     <w:rsid w:val="00280A83"/>
     <w:rsid w:val="002816FB"/>
     <w:rsid w:val="00283C57"/>
     <w:rsid w:val="002865A4"/>
     <w:rsid w:val="00291BA2"/>
     <w:rsid w:val="00293803"/>
     <w:rsid w:val="00293D7F"/>
     <w:rsid w:val="002A08B5"/>
     <w:rsid w:val="002A25C3"/>
     <w:rsid w:val="002A3342"/>
     <w:rsid w:val="002A6C70"/>
     <w:rsid w:val="002B11C7"/>
     <w:rsid w:val="002C051B"/>
     <w:rsid w:val="002C05DE"/>
     <w:rsid w:val="002C6814"/>
     <w:rsid w:val="002D14D2"/>
     <w:rsid w:val="002D4AA9"/>
+    <w:rsid w:val="002D7050"/>
     <w:rsid w:val="002E0DCA"/>
     <w:rsid w:val="002E6F65"/>
     <w:rsid w:val="002F296F"/>
     <w:rsid w:val="002F34E3"/>
     <w:rsid w:val="002F6697"/>
     <w:rsid w:val="003021EE"/>
     <w:rsid w:val="003027BC"/>
     <w:rsid w:val="003060EA"/>
     <w:rsid w:val="00306282"/>
     <w:rsid w:val="003076AE"/>
     <w:rsid w:val="00310871"/>
     <w:rsid w:val="00310A35"/>
     <w:rsid w:val="00314D27"/>
     <w:rsid w:val="003200D1"/>
     <w:rsid w:val="00321332"/>
     <w:rsid w:val="00321980"/>
     <w:rsid w:val="00321A30"/>
     <w:rsid w:val="00330C01"/>
     <w:rsid w:val="00331A1F"/>
     <w:rsid w:val="0033262E"/>
     <w:rsid w:val="00333B5E"/>
     <w:rsid w:val="0033425A"/>
     <w:rsid w:val="00336083"/>
     <w:rsid w:val="003366BD"/>
     <w:rsid w:val="00336CA0"/>
@@ -10279,139 +10360,136 @@
     <w:rsid w:val="00396151"/>
     <w:rsid w:val="00396687"/>
     <w:rsid w:val="003A0391"/>
     <w:rsid w:val="003A03B9"/>
     <w:rsid w:val="003A0C6F"/>
     <w:rsid w:val="003A27A0"/>
     <w:rsid w:val="003A54D4"/>
     <w:rsid w:val="003A5F1C"/>
     <w:rsid w:val="003A6CA8"/>
     <w:rsid w:val="003B13DC"/>
     <w:rsid w:val="003B1E9C"/>
     <w:rsid w:val="003B66F4"/>
     <w:rsid w:val="003C2012"/>
     <w:rsid w:val="003C32F0"/>
     <w:rsid w:val="003C544C"/>
     <w:rsid w:val="003C63D0"/>
     <w:rsid w:val="003D38DA"/>
     <w:rsid w:val="003D5827"/>
     <w:rsid w:val="003D7193"/>
     <w:rsid w:val="003E14BF"/>
     <w:rsid w:val="003E2B5E"/>
     <w:rsid w:val="003E576A"/>
     <w:rsid w:val="003F3E99"/>
     <w:rsid w:val="003F4142"/>
     <w:rsid w:val="003F465D"/>
-    <w:rsid w:val="003F4A02"/>
     <w:rsid w:val="00404606"/>
     <w:rsid w:val="004047AE"/>
     <w:rsid w:val="00404D75"/>
     <w:rsid w:val="00406CC7"/>
     <w:rsid w:val="004077D1"/>
     <w:rsid w:val="00410231"/>
     <w:rsid w:val="00411ED3"/>
     <w:rsid w:val="0041350B"/>
     <w:rsid w:val="0041524D"/>
     <w:rsid w:val="004163C2"/>
     <w:rsid w:val="004170DE"/>
     <w:rsid w:val="004202F9"/>
     <w:rsid w:val="0042269F"/>
     <w:rsid w:val="0043441F"/>
     <w:rsid w:val="0043461A"/>
     <w:rsid w:val="00437D16"/>
     <w:rsid w:val="004414EA"/>
     <w:rsid w:val="00445068"/>
     <w:rsid w:val="0044507E"/>
     <w:rsid w:val="00450FAD"/>
     <w:rsid w:val="00455C81"/>
     <w:rsid w:val="00457E95"/>
     <w:rsid w:val="00463A74"/>
     <w:rsid w:val="00464691"/>
     <w:rsid w:val="00467CE8"/>
     <w:rsid w:val="004712E7"/>
     <w:rsid w:val="004765A7"/>
     <w:rsid w:val="004768BE"/>
     <w:rsid w:val="0047781E"/>
     <w:rsid w:val="00480D2B"/>
     <w:rsid w:val="00483F04"/>
     <w:rsid w:val="00484E22"/>
     <w:rsid w:val="00487CFE"/>
     <w:rsid w:val="00491944"/>
     <w:rsid w:val="00494D52"/>
     <w:rsid w:val="00495414"/>
     <w:rsid w:val="004A1B99"/>
     <w:rsid w:val="004A43A8"/>
-    <w:rsid w:val="004A6264"/>
     <w:rsid w:val="004B1439"/>
     <w:rsid w:val="004B4DAD"/>
     <w:rsid w:val="004B5509"/>
     <w:rsid w:val="004B692B"/>
     <w:rsid w:val="004B7721"/>
     <w:rsid w:val="004C1B2B"/>
     <w:rsid w:val="004C690B"/>
     <w:rsid w:val="004D3560"/>
     <w:rsid w:val="004D7D20"/>
     <w:rsid w:val="004E06BB"/>
     <w:rsid w:val="004E1648"/>
     <w:rsid w:val="004F1447"/>
     <w:rsid w:val="004F2DBA"/>
     <w:rsid w:val="004F4FA1"/>
     <w:rsid w:val="004F78E1"/>
     <w:rsid w:val="0050170D"/>
     <w:rsid w:val="0050287A"/>
     <w:rsid w:val="005041EF"/>
     <w:rsid w:val="00505974"/>
     <w:rsid w:val="00510607"/>
     <w:rsid w:val="00511BD4"/>
     <w:rsid w:val="005220C5"/>
     <w:rsid w:val="00523A05"/>
     <w:rsid w:val="00525EF5"/>
     <w:rsid w:val="00526003"/>
     <w:rsid w:val="00527D04"/>
     <w:rsid w:val="0053280E"/>
     <w:rsid w:val="00535B2A"/>
     <w:rsid w:val="005360CA"/>
     <w:rsid w:val="0053613C"/>
     <w:rsid w:val="00536CDF"/>
     <w:rsid w:val="005471FB"/>
     <w:rsid w:val="005504F0"/>
     <w:rsid w:val="00552732"/>
     <w:rsid w:val="005539CA"/>
     <w:rsid w:val="00554D8C"/>
     <w:rsid w:val="00557218"/>
     <w:rsid w:val="005611AB"/>
     <w:rsid w:val="0056286D"/>
     <w:rsid w:val="00563B03"/>
     <w:rsid w:val="00566582"/>
     <w:rsid w:val="00571D27"/>
     <w:rsid w:val="005720D7"/>
     <w:rsid w:val="005720F7"/>
     <w:rsid w:val="00573D67"/>
     <w:rsid w:val="00574F7C"/>
     <w:rsid w:val="00582A70"/>
     <w:rsid w:val="00584459"/>
-    <w:rsid w:val="00584E60"/>
     <w:rsid w:val="00584F8E"/>
     <w:rsid w:val="0059034E"/>
     <w:rsid w:val="00593778"/>
     <w:rsid w:val="00593BA6"/>
     <w:rsid w:val="00595507"/>
     <w:rsid w:val="005A019E"/>
     <w:rsid w:val="005A295E"/>
     <w:rsid w:val="005A3741"/>
     <w:rsid w:val="005A3F21"/>
     <w:rsid w:val="005A6651"/>
     <w:rsid w:val="005B1448"/>
     <w:rsid w:val="005B18C3"/>
     <w:rsid w:val="005B265E"/>
     <w:rsid w:val="005B2CD2"/>
     <w:rsid w:val="005B2D02"/>
     <w:rsid w:val="005B426E"/>
     <w:rsid w:val="005B5F4A"/>
     <w:rsid w:val="005B7E10"/>
     <w:rsid w:val="005C2083"/>
     <w:rsid w:val="005C5316"/>
     <w:rsid w:val="005C7D5B"/>
     <w:rsid w:val="005D2CB1"/>
     <w:rsid w:val="005D4031"/>
     <w:rsid w:val="005D795D"/>
     <w:rsid w:val="005E0815"/>
@@ -10450,51 +10528,50 @@
     <w:rsid w:val="006A4034"/>
     <w:rsid w:val="006A4BFF"/>
     <w:rsid w:val="006B00D6"/>
     <w:rsid w:val="006B3816"/>
     <w:rsid w:val="006B7B18"/>
     <w:rsid w:val="006C26B8"/>
     <w:rsid w:val="006C625A"/>
     <w:rsid w:val="006C7068"/>
     <w:rsid w:val="006D1DE6"/>
     <w:rsid w:val="006D3748"/>
     <w:rsid w:val="006D714D"/>
     <w:rsid w:val="006E01A0"/>
     <w:rsid w:val="006E0205"/>
     <w:rsid w:val="006E161D"/>
     <w:rsid w:val="006E39EF"/>
     <w:rsid w:val="006E3B93"/>
     <w:rsid w:val="006E46E3"/>
     <w:rsid w:val="006E77B7"/>
     <w:rsid w:val="006F2BEB"/>
     <w:rsid w:val="006F513A"/>
     <w:rsid w:val="006F673E"/>
     <w:rsid w:val="006F751B"/>
     <w:rsid w:val="0070210B"/>
     <w:rsid w:val="00712F4F"/>
     <w:rsid w:val="00714E42"/>
-    <w:rsid w:val="00717322"/>
     <w:rsid w:val="0072038B"/>
     <w:rsid w:val="007211D9"/>
     <w:rsid w:val="00721998"/>
     <w:rsid w:val="00722B9D"/>
     <w:rsid w:val="00731EBD"/>
     <w:rsid w:val="00732C3D"/>
     <w:rsid w:val="00735124"/>
     <w:rsid w:val="0073716B"/>
     <w:rsid w:val="00742548"/>
     <w:rsid w:val="007472A1"/>
     <w:rsid w:val="00750A3C"/>
     <w:rsid w:val="0075249E"/>
     <w:rsid w:val="00752997"/>
     <w:rsid w:val="00754B30"/>
     <w:rsid w:val="00755FAB"/>
     <w:rsid w:val="00757254"/>
     <w:rsid w:val="00760F1D"/>
     <w:rsid w:val="00761683"/>
     <w:rsid w:val="00762065"/>
     <w:rsid w:val="00764651"/>
     <w:rsid w:val="00765D05"/>
     <w:rsid w:val="00766311"/>
     <w:rsid w:val="00771769"/>
     <w:rsid w:val="00771B73"/>
     <w:rsid w:val="00772433"/>
@@ -10645,153 +10722,149 @@
     <w:rsid w:val="00A23348"/>
     <w:rsid w:val="00A2460A"/>
     <w:rsid w:val="00A27120"/>
     <w:rsid w:val="00A312E3"/>
     <w:rsid w:val="00A31933"/>
     <w:rsid w:val="00A366A8"/>
     <w:rsid w:val="00A368BB"/>
     <w:rsid w:val="00A417B3"/>
     <w:rsid w:val="00A419BE"/>
     <w:rsid w:val="00A42740"/>
     <w:rsid w:val="00A43080"/>
     <w:rsid w:val="00A447BC"/>
     <w:rsid w:val="00A502F5"/>
     <w:rsid w:val="00A517D5"/>
     <w:rsid w:val="00A5349D"/>
     <w:rsid w:val="00A57136"/>
     <w:rsid w:val="00A638D7"/>
     <w:rsid w:val="00A70849"/>
     <w:rsid w:val="00A7644C"/>
     <w:rsid w:val="00A77B79"/>
     <w:rsid w:val="00A81DAA"/>
     <w:rsid w:val="00A837B6"/>
     <w:rsid w:val="00A8380C"/>
     <w:rsid w:val="00A86059"/>
     <w:rsid w:val="00A86879"/>
-    <w:rsid w:val="00A87EEA"/>
     <w:rsid w:val="00A9500A"/>
     <w:rsid w:val="00A97CB7"/>
     <w:rsid w:val="00AA10D7"/>
     <w:rsid w:val="00AA358B"/>
     <w:rsid w:val="00AA6EC9"/>
     <w:rsid w:val="00AA73F9"/>
     <w:rsid w:val="00AB0221"/>
     <w:rsid w:val="00AB070D"/>
     <w:rsid w:val="00AB49A2"/>
     <w:rsid w:val="00AB73FD"/>
     <w:rsid w:val="00AC17E9"/>
     <w:rsid w:val="00AC2047"/>
     <w:rsid w:val="00AC3738"/>
     <w:rsid w:val="00AC651F"/>
     <w:rsid w:val="00AC6A2C"/>
     <w:rsid w:val="00AD0D0E"/>
     <w:rsid w:val="00AD3C46"/>
     <w:rsid w:val="00AD50BF"/>
     <w:rsid w:val="00AD5880"/>
     <w:rsid w:val="00AD6F20"/>
     <w:rsid w:val="00AE6661"/>
     <w:rsid w:val="00AF2844"/>
     <w:rsid w:val="00AF2A6B"/>
     <w:rsid w:val="00AF2AE4"/>
-    <w:rsid w:val="00AF2F2A"/>
     <w:rsid w:val="00AF3807"/>
     <w:rsid w:val="00B00B2B"/>
     <w:rsid w:val="00B01097"/>
     <w:rsid w:val="00B0123A"/>
     <w:rsid w:val="00B02967"/>
     <w:rsid w:val="00B05B0E"/>
     <w:rsid w:val="00B1155E"/>
     <w:rsid w:val="00B119CE"/>
-    <w:rsid w:val="00B11F5D"/>
     <w:rsid w:val="00B133F9"/>
     <w:rsid w:val="00B15F5E"/>
     <w:rsid w:val="00B169C4"/>
     <w:rsid w:val="00B206FF"/>
     <w:rsid w:val="00B22303"/>
     <w:rsid w:val="00B23155"/>
     <w:rsid w:val="00B2345B"/>
     <w:rsid w:val="00B2499F"/>
     <w:rsid w:val="00B30240"/>
     <w:rsid w:val="00B30F4F"/>
     <w:rsid w:val="00B34F3D"/>
     <w:rsid w:val="00B373A1"/>
     <w:rsid w:val="00B37422"/>
     <w:rsid w:val="00B438E5"/>
     <w:rsid w:val="00B46FF4"/>
     <w:rsid w:val="00B54E4A"/>
     <w:rsid w:val="00B5626E"/>
     <w:rsid w:val="00B61864"/>
     <w:rsid w:val="00B64AC6"/>
-    <w:rsid w:val="00B66A88"/>
     <w:rsid w:val="00B7269F"/>
     <w:rsid w:val="00B77F66"/>
     <w:rsid w:val="00B80A4E"/>
     <w:rsid w:val="00B82827"/>
     <w:rsid w:val="00B85D5D"/>
     <w:rsid w:val="00B87B57"/>
     <w:rsid w:val="00B90053"/>
     <w:rsid w:val="00B9521E"/>
     <w:rsid w:val="00B95945"/>
     <w:rsid w:val="00BA3CEE"/>
     <w:rsid w:val="00BA55F0"/>
     <w:rsid w:val="00BA5904"/>
     <w:rsid w:val="00BA74BA"/>
     <w:rsid w:val="00BB5079"/>
     <w:rsid w:val="00BC1201"/>
     <w:rsid w:val="00BC7554"/>
     <w:rsid w:val="00BD23F8"/>
     <w:rsid w:val="00BD2BBD"/>
     <w:rsid w:val="00BD4C62"/>
     <w:rsid w:val="00BE2D5B"/>
     <w:rsid w:val="00BE4050"/>
     <w:rsid w:val="00BE61A7"/>
     <w:rsid w:val="00BF0D77"/>
     <w:rsid w:val="00BF0FB1"/>
     <w:rsid w:val="00BF12C1"/>
     <w:rsid w:val="00BF3A91"/>
     <w:rsid w:val="00BF5612"/>
     <w:rsid w:val="00BF5C00"/>
     <w:rsid w:val="00BF7166"/>
     <w:rsid w:val="00C001E4"/>
     <w:rsid w:val="00C04E7B"/>
     <w:rsid w:val="00C06FED"/>
     <w:rsid w:val="00C10CFC"/>
     <w:rsid w:val="00C114A4"/>
     <w:rsid w:val="00C14FD2"/>
     <w:rsid w:val="00C15481"/>
     <w:rsid w:val="00C16795"/>
     <w:rsid w:val="00C1683B"/>
     <w:rsid w:val="00C17157"/>
     <w:rsid w:val="00C200F8"/>
     <w:rsid w:val="00C25174"/>
     <w:rsid w:val="00C25593"/>
     <w:rsid w:val="00C36FB7"/>
-    <w:rsid w:val="00C43973"/>
     <w:rsid w:val="00C45362"/>
     <w:rsid w:val="00C478DC"/>
     <w:rsid w:val="00C522A1"/>
     <w:rsid w:val="00C54282"/>
+    <w:rsid w:val="00C6560F"/>
     <w:rsid w:val="00C65763"/>
     <w:rsid w:val="00C66B4B"/>
     <w:rsid w:val="00C67C58"/>
     <w:rsid w:val="00C7133E"/>
     <w:rsid w:val="00C72253"/>
     <w:rsid w:val="00C801E7"/>
     <w:rsid w:val="00C86155"/>
     <w:rsid w:val="00C87F53"/>
     <w:rsid w:val="00C91215"/>
     <w:rsid w:val="00C92248"/>
     <w:rsid w:val="00C94BDE"/>
     <w:rsid w:val="00CA0F13"/>
     <w:rsid w:val="00CA22FD"/>
     <w:rsid w:val="00CA23EE"/>
     <w:rsid w:val="00CA2590"/>
     <w:rsid w:val="00CA3F57"/>
     <w:rsid w:val="00CA7B6E"/>
     <w:rsid w:val="00CB3904"/>
     <w:rsid w:val="00CB4153"/>
     <w:rsid w:val="00CB5947"/>
     <w:rsid w:val="00CB7FE8"/>
     <w:rsid w:val="00CC440F"/>
     <w:rsid w:val="00CC51E1"/>
     <w:rsid w:val="00CD00A4"/>
     <w:rsid w:val="00CD76CF"/>
@@ -10906,103 +10979,101 @@
     <w:rsid w:val="00F171BB"/>
     <w:rsid w:val="00F20BD3"/>
     <w:rsid w:val="00F24125"/>
     <w:rsid w:val="00F30251"/>
     <w:rsid w:val="00F30899"/>
     <w:rsid w:val="00F31927"/>
     <w:rsid w:val="00F32184"/>
     <w:rsid w:val="00F37039"/>
     <w:rsid w:val="00F37206"/>
     <w:rsid w:val="00F43223"/>
     <w:rsid w:val="00F4427D"/>
     <w:rsid w:val="00F46D51"/>
     <w:rsid w:val="00F470B3"/>
     <w:rsid w:val="00F474E5"/>
     <w:rsid w:val="00F60708"/>
     <w:rsid w:val="00F65721"/>
     <w:rsid w:val="00F664EB"/>
     <w:rsid w:val="00F671E5"/>
     <w:rsid w:val="00F672C1"/>
     <w:rsid w:val="00F70FD2"/>
     <w:rsid w:val="00F71106"/>
     <w:rsid w:val="00F73359"/>
     <w:rsid w:val="00F73ED6"/>
     <w:rsid w:val="00F7610F"/>
     <w:rsid w:val="00F830CC"/>
-    <w:rsid w:val="00F85868"/>
     <w:rsid w:val="00F938C6"/>
     <w:rsid w:val="00F9478C"/>
     <w:rsid w:val="00F94E88"/>
     <w:rsid w:val="00FA01B2"/>
     <w:rsid w:val="00FA5BAF"/>
     <w:rsid w:val="00FA7770"/>
     <w:rsid w:val="00FB1147"/>
     <w:rsid w:val="00FB3E47"/>
     <w:rsid w:val="00FB67F6"/>
     <w:rsid w:val="00FB6C3C"/>
     <w:rsid w:val="00FB74B0"/>
     <w:rsid w:val="00FC32F1"/>
     <w:rsid w:val="00FC4397"/>
     <w:rsid w:val="00FC5E77"/>
     <w:rsid w:val="00FD6B6F"/>
     <w:rsid w:val="00FE18E1"/>
     <w:rsid w:val="00FF2010"/>
-    <w:rsid w:val="00FF2DF7"/>
     <w:rsid w:val="00FF4E2B"/>
     <w:rsid w:val="00FF79B2"/>
     <w:rsid w:val="00FF7AC5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="36865"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="613531A0"/>
   <w15:docId w15:val="{7DEBFB07-AD3D-46EE-B31F-A134F4356D46}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="de-CH" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="220" w:lineRule="atLeast"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -11352,385 +11423,385 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Standard">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="001D5B77"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="berschrift1">
+  <w:style w:type="paragraph" w:styleId="Titre1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="Standard"/>
-[...1 lines deleted...]
-    <w:link w:val="berschrift1Zchn"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Titre1Car"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="009B6491"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="7" w:color="304287" w:themeColor="accent1"/>
         <w:left w:val="single" w:sz="4" w:space="7" w:color="304287" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="4" w:space="7" w:color="304287" w:themeColor="accent1"/>
         <w:right w:val="single" w:sz="4" w:space="7" w:color="304287" w:themeColor="accent1"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="auto" w:fill="304287" w:themeFill="accent1"/>
       <w:spacing w:before="880" w:after="120" w:line="324" w:lineRule="atLeast"/>
       <w:ind w:left="170" w:right="170"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="FFFFFF"/>
       <w:sz w:val="27"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="berschrift2">
+  <w:style w:type="paragraph" w:styleId="Titre2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="Standard"/>
-[...1 lines deleted...]
-    <w:link w:val="berschrift2Zchn"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Titre2Car"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009B1B4B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="7" w:color="47649F" w:themeColor="accent2"/>
         <w:left w:val="single" w:sz="4" w:space="7" w:color="47649F" w:themeColor="accent2"/>
         <w:bottom w:val="single" w:sz="4" w:space="7" w:color="47649F" w:themeColor="accent2"/>
         <w:right w:val="single" w:sz="4" w:space="7" w:color="47649F" w:themeColor="accent2"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="auto" w:fill="47649F" w:themeFill="accent2"/>
       <w:spacing w:before="200" w:after="120"/>
       <w:ind w:left="170" w:right="170"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="FFFFFF"/>
       <w:sz w:val="27"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="berschrift3">
+  <w:style w:type="paragraph" w:styleId="Titre3">
     <w:name w:val="heading 3"/>
-    <w:basedOn w:val="Standard"/>
-[...1 lines deleted...]
-    <w:link w:val="berschrift3Zchn"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Titre3Car"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="009B6491"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="7" w:color="999999" w:themeColor="text2"/>
         <w:left w:val="single" w:sz="4" w:space="7" w:color="999999" w:themeColor="text2"/>
         <w:bottom w:val="single" w:sz="4" w:space="7" w:color="999999" w:themeColor="text2"/>
         <w:right w:val="single" w:sz="4" w:space="7" w:color="999999" w:themeColor="text2"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="auto" w:fill="999999" w:themeFill="text2"/>
       <w:spacing w:before="880" w:after="120" w:line="324" w:lineRule="exact"/>
       <w:ind w:left="170" w:right="170"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="FFFFFF"/>
       <w:sz w:val="27"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Absatz-Standardschriftart">
+  <w:style w:type="character" w:default="1" w:styleId="Policepardfaut">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="NormaleTabelle">
+  <w:style w:type="table" w:default="1" w:styleId="TableauNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="KeineListe">
+  <w:style w:type="numbering" w:default="1" w:styleId="Aucuneliste">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Kopfzeile">
+  <w:style w:type="paragraph" w:styleId="En-tte">
     <w:name w:val="header"/>
-    <w:basedOn w:val="Standard"/>
-    <w:link w:val="KopfzeileZchn"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="En-tteCar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003C32F0"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="KopfzeileZchn">
-[...2 lines deleted...]
-    <w:link w:val="Kopfzeile"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="En-tteCar">
+    <w:name w:val="En-tête Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="En-tte"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="003C32F0"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Fuzeile">
+  <w:style w:type="paragraph" w:styleId="Pieddepage">
     <w:name w:val="footer"/>
-    <w:basedOn w:val="Standard"/>
-    <w:link w:val="FuzeileZchn"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="PieddepageCar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003C32F0"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FuzeileZchn">
-[...2 lines deleted...]
-    <w:link w:val="Fuzeile"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PieddepageCar">
+    <w:name w:val="Pied de page Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Pieddepage"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="003C32F0"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="berschrift2Zchn">
-[...2 lines deleted...]
-    <w:link w:val="berschrift2"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titre2Car">
+    <w:name w:val="Titre 2 Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Titre2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="009B1B4B"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="FFFFFF"/>
       <w:sz w:val="27"/>
       <w:szCs w:val="26"/>
       <w:shd w:val="clear" w:color="auto" w:fill="47649F" w:themeFill="accent2"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sprechblasentext">
+  <w:style w:type="paragraph" w:styleId="Textedebulles">
     <w:name w:val="Balloon Text"/>
-    <w:basedOn w:val="Standard"/>
-    <w:link w:val="SprechblasentextZchn"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="TextedebullesCar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="004B7721"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SprechblasentextZchn">
-[...2 lines deleted...]
-    <w:link w:val="Sprechblasentext"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextedebullesCar">
+    <w:name w:val="Texte de bulles Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Textedebulles"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="004B7721"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Tabellenraster">
+  <w:style w:type="table" w:styleId="Grilledutableau">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableauNormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="004B7721"/>
     <w:tblPr>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DokTitel">
     <w:name w:val="Dok Titel"/>
-    <w:basedOn w:val="Standard"/>
+    <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00406CC7"/>
     <w:pPr>
       <w:spacing w:line="340" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="27"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Standardkleindunkel">
     <w:name w:val="Standard klein dunkel"/>
-    <w:basedOn w:val="Standard"/>
+    <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="001D7D34"/>
     <w:pPr>
       <w:spacing w:line="168" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="304287" w:themeColor="accent1"/>
       <w:sz w:val="14"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TitelseiteText">
     <w:name w:val="Titelseite Text"/>
-    <w:basedOn w:val="Standard"/>
+    <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="001D7D34"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Standardklein">
     <w:name w:val="Standard klein"/>
-    <w:basedOn w:val="Standard"/>
+    <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00E322E0"/>
     <w:pPr>
       <w:spacing w:line="200" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="14"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="StandardDunkel">
     <w:name w:val="Standard Dunkel"/>
-    <w:basedOn w:val="Standard"/>
+    <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00201B83"/>
     <w:rPr>
       <w:color w:val="304287" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="berschrift1Zchn">
-[...2 lines deleted...]
-    <w:link w:val="berschrift1"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titre1Car">
+    <w:name w:val="Titre 1 Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Titre1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="009B6491"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="FFFFFF"/>
       <w:sz w:val="27"/>
       <w:szCs w:val="28"/>
       <w:shd w:val="clear" w:color="auto" w:fill="304287" w:themeFill="accent1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Checkboxen">
     <w:name w:val="Checkboxen"/>
     <w:basedOn w:val="StandardDunkel"/>
     <w:qFormat/>
     <w:rsid w:val="00E322E0"/>
     <w:pPr>
       <w:spacing w:line="360" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Abstandklein">
     <w:name w:val="Abstand klein"/>
     <w:basedOn w:val="Standardklein"/>
     <w:qFormat/>
     <w:rsid w:val="00227BC9"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:line="60" w:lineRule="exact"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Abstandmittel">
     <w:name w:val="Abstand mittel"/>
     <w:basedOn w:val="Abstandklein"/>
     <w:qFormat/>
     <w:rsid w:val="00E322E0"/>
     <w:pPr>
       <w:spacing w:line="120" w:lineRule="exact"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="KopfSeitenzahllinks">
     <w:name w:val="Kopf Seitenzahl links"/>
-    <w:basedOn w:val="Kopfzeile"/>
+    <w:basedOn w:val="En-tte"/>
     <w:qFormat/>
     <w:rsid w:val="00F46D51"/>
     <w:pPr>
       <w:framePr w:w="267" w:hSpace="284" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="455" w:y="8432" w:anchorLock="1"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4536"/>
         <w:tab w:val="clear" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:line="168" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="14"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="KopeSeitenzahlrechts">
     <w:name w:val="Kope Seitenzahl rechts"/>
     <w:basedOn w:val="KopfSeitenzahllinks"/>
     <w:qFormat/>
     <w:rsid w:val="00DE30B5"/>
     <w:pPr>
       <w:framePr w:wrap="around" w:x="11188"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AufzhlungStrichDunkel">
@@ -11741,342 +11812,342 @@
     <w:pPr>
       <w:numPr>
         <w:numId w:val="1"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="AufzhlungStrichDunkelListe">
     <w:name w:val="Aufzählung Strich Dunkel Liste"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00CB4153"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="1"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Abstandgross">
     <w:name w:val="Abstand gross"/>
     <w:basedOn w:val="Abstandklein"/>
     <w:qFormat/>
     <w:rsid w:val="009A7A54"/>
     <w:pPr>
       <w:spacing w:line="300" w:lineRule="exact"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="berschrift3Zchn">
-[...2 lines deleted...]
-    <w:link w:val="berschrift3"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titre3Car">
+    <w:name w:val="Titre 3 Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Titre3"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="009B6491"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="FFFFFF"/>
       <w:sz w:val="27"/>
       <w:shd w:val="clear" w:color="auto" w:fill="999999" w:themeFill="text2"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlink">
+  <w:style w:type="character" w:styleId="Lienhypertexte">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C801E7"/>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="BesuchterLink">
+  <w:style w:type="character" w:styleId="Lienhypertextesuivivisit">
     <w:name w:val="FollowedHyperlink"/>
-    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00DC33AC"/>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="textcontent">
     <w:name w:val="text_content"/>
-    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:basedOn w:val="Policepardfaut"/>
     <w:rsid w:val="00E73CED"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="footnotetext">
     <w:name w:val="footnote_text"/>
-    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:basedOn w:val="Policepardfaut"/>
     <w:rsid w:val="00AA73F9"/>
   </w:style>
-  <w:style w:type="character" w:styleId="Kommentarzeichen">
+  <w:style w:type="character" w:styleId="Marquedecommentaire">
     <w:name w:val="annotation reference"/>
-    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00AC17E9"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Kommentartext">
+  <w:style w:type="paragraph" w:styleId="Commentaire">
     <w:name w:val="annotation text"/>
-    <w:basedOn w:val="Standard"/>
-    <w:link w:val="KommentartextZchn"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentaireCar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00AC17E9"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="KommentartextZchn">
-[...2 lines deleted...]
-    <w:link w:val="Kommentartext"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentaireCar">
+    <w:name w:val="Commentaire Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Commentaire"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AC17E9"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Kommentarthema">
+  <w:style w:type="paragraph" w:styleId="Objetducommentaire">
     <w:name w:val="annotation subject"/>
-    <w:basedOn w:val="Kommentartext"/>
-[...1 lines deleted...]
-    <w:link w:val="KommentarthemaZchn"/>
+    <w:basedOn w:val="Commentaire"/>
+    <w:next w:val="Commentaire"/>
+    <w:link w:val="ObjetducommentaireCar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00AC17E9"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="KommentarthemaZchn">
-[...2 lines deleted...]
-    <w:link w:val="Kommentarthema"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ObjetducommentaireCar">
+    <w:name w:val="Objet du commentaire Car"/>
+    <w:basedOn w:val="CommentaireCar"/>
+    <w:link w:val="Objetducommentaire"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AC17E9"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Platzhaltertext">
+  <w:style w:type="character" w:styleId="Textedelespacerserv">
     <w:name w:val="Placeholder Text"/>
-    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="006C26B8"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="PagedegardeTitre1">
     <w:name w:val="Page de garde Titre 1"/>
-    <w:basedOn w:val="Standard"/>
+    <w:basedOn w:val="Normal"/>
     <w:next w:val="Pagedegardetexte1"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000C0401"/>
     <w:pPr>
       <w:spacing w:before="100" w:after="140" w:line="360" w:lineRule="atLeast"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:b/>
       <w:color w:val="7BBEDD" w:themeColor="accent3"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="fr-CH"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pagedegardetexte1">
     <w:name w:val="Page de garde texte 1"/>
-    <w:basedOn w:val="Standard"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000C0401"/>
     <w:pPr>
       <w:spacing w:before="100" w:after="140" w:line="360" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:color w:val="7BBEDD" w:themeColor="accent3"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="fr-CH"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pagedegardetexte2">
     <w:name w:val="Page de garde texte 2"/>
-    <w:basedOn w:val="Standard"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000C0401"/>
     <w:pPr>
       <w:spacing w:before="100" w:after="100"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:color w:val="7BBEDD" w:themeColor="accent3"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="fr-CH"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pagedegardetexte3">
     <w:name w:val="Page de garde texte 3"/>
-    <w:basedOn w:val="Standard"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000C0401"/>
     <w:pPr>
       <w:spacing w:before="100" w:after="100"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="fr-CH"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pagedegardetexte4">
     <w:name w:val="Page de garde texte 4"/>
-    <w:basedOn w:val="Standard"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000C0401"/>
     <w:pPr>
       <w:spacing w:before="100" w:after="100"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:b/>
       <w:szCs w:val="24"/>
       <w:lang w:val="fr-CH"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Listenabsatz">
+  <w:style w:type="paragraph" w:styleId="Paragraphedeliste">
     <w:name w:val="List Paragraph"/>
-    <w:basedOn w:val="Standard"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="008B7D98"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Style1">
     <w:name w:val="Style1"/>
-    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="0020607C"/>
     <w:rPr>
       <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="berarbeitung">
+  <w:style w:type="paragraph" w:styleId="Rvision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00D05F62"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="NichtaufgelsteErwhnung">
+  <w:style w:type="character" w:styleId="Mentionnonrsolue">
     <w:name w:val="Unresolved Mention"/>
-    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005B265E"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Funotentext">
+  <w:style w:type="paragraph" w:styleId="Notedebasdepage">
     <w:name w:val="footnote text"/>
-    <w:basedOn w:val="Standard"/>
-    <w:link w:val="FunotentextZchn"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="NotedebasdepageCar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00404606"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FunotentextZchn">
-[...2 lines deleted...]
-    <w:link w:val="Funotentext"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NotedebasdepageCar">
+    <w:name w:val="Note de bas de page Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Notedebasdepage"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00404606"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Funotenzeichen">
+  <w:style w:type="character" w:styleId="Appelnotedebasdep">
     <w:name w:val="footnote reference"/>
-    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00404606"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="506822368">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1332684320">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -12093,728 +12164,724 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fr.ch/sites/default/files/2022-10/KompetenzenrahmenBKAD.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fr.ch/de/arbeit-und-unternehmen/arbeiten-beim-staat/instrument-fuer-das-fuehren-mit-zielvereinbarung-die-entwicklung-und-die-personalbeurteilung-ode" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\JoudieJ\AppData\Local\Temp\OneNote\16.0\NT\7\Formulaire%20ED.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013438"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{DB132FBC-B2E5-4572-AE10-1C00A30DCBA7}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00E538CC" w:rsidRDefault="000143C9">
           <w:r w:rsidRPr="009F525E">
             <w:rPr>
-              <w:rStyle w:val="Platzhaltertext"/>
+              <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Choisissez un élément.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="7EA63E40F2DA43FA8E73089D4A83485F"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{A4643FF0-20F0-4351-BBFC-FE28D6E02CB1}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="007C3D4D" w:rsidRDefault="00E538CC" w:rsidP="00E538CC">
           <w:pPr>
             <w:pStyle w:val="7EA63E40F2DA43FA8E73089D4A83485F"/>
           </w:pPr>
           <w:r w:rsidRPr="009F525E">
             <w:rPr>
-              <w:rStyle w:val="Platzhaltertext"/>
+              <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Choisissez un élément.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="92A5F43235D04AAD8574F7BB0A2A5AE9"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{4F78E8C1-1C7D-4DA0-9D20-76EA518A448C}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="007C3D4D" w:rsidRDefault="00E538CC" w:rsidP="00E538CC">
           <w:pPr>
             <w:pStyle w:val="92A5F43235D04AAD8574F7BB0A2A5AE9"/>
           </w:pPr>
           <w:r w:rsidRPr="009F525E">
             <w:rPr>
-              <w:rStyle w:val="Platzhaltertext"/>
+              <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Choisissez un élément.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="5DC8F07C9CD643D382A78275AA4ABBA3"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{60DD213F-3E81-404A-BDC9-88EFEEBDFE5E}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="007C3D4D" w:rsidRDefault="00E538CC" w:rsidP="00E538CC">
           <w:pPr>
             <w:pStyle w:val="5DC8F07C9CD643D382A78275AA4ABBA3"/>
           </w:pPr>
           <w:r w:rsidRPr="009F525E">
             <w:rPr>
-              <w:rStyle w:val="Platzhaltertext"/>
+              <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Choisissez un élément.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="440B32E552B8483DB623B9BE8C003C9D"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{D5396CF3-65F6-4C65-95DB-E95F719AA4D3}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="007C3D4D" w:rsidRDefault="00E538CC" w:rsidP="00E538CC">
           <w:pPr>
             <w:pStyle w:val="440B32E552B8483DB623B9BE8C003C9D"/>
           </w:pPr>
           <w:r w:rsidRPr="009F525E">
             <w:rPr>
-              <w:rStyle w:val="Platzhaltertext"/>
+              <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Choisissez un élément.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="D747D3A3BC574755B9525618B006F495"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{502FA217-1169-42B6-ABA9-B2C98330E19A}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="007C3D4D" w:rsidRDefault="00E538CC" w:rsidP="00E538CC">
           <w:pPr>
             <w:pStyle w:val="D747D3A3BC574755B9525618B006F495"/>
           </w:pPr>
           <w:r w:rsidRPr="009F525E">
             <w:rPr>
-              <w:rStyle w:val="Platzhaltertext"/>
+              <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Choisissez un élément.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="2E7A6624A7E34D21A1909558126F69E4"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E1E9D9FC-2B46-45C1-A97B-F4FC929A98A8}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="007C3D4D" w:rsidRDefault="00E538CC" w:rsidP="00E538CC">
           <w:pPr>
             <w:pStyle w:val="2E7A6624A7E34D21A1909558126F69E4"/>
           </w:pPr>
           <w:r w:rsidRPr="009F525E">
             <w:rPr>
-              <w:rStyle w:val="Platzhaltertext"/>
+              <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Choisissez un élément.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="C59E2F4EAEC34AE48688EC47DB83260C"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{FEFF1E74-A74A-4587-9266-CBDA0A253E79}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="007C3D4D" w:rsidRDefault="00E538CC" w:rsidP="00E538CC">
           <w:pPr>
             <w:pStyle w:val="C59E2F4EAEC34AE48688EC47DB83260C"/>
           </w:pPr>
           <w:r w:rsidRPr="009F525E">
             <w:rPr>
-              <w:rStyle w:val="Platzhaltertext"/>
+              <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Choisissez un élément.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="E6D14E8E353B46B784F962512C579458"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{D1223AE2-8A5E-466D-837A-8B045BF39B83}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="008C2862" w:rsidRDefault="00D765EC" w:rsidP="00D765EC">
           <w:pPr>
             <w:pStyle w:val="E6D14E8E353B46B784F962512C579458"/>
           </w:pPr>
           <w:r w:rsidRPr="009F525E">
             <w:rPr>
-              <w:rStyle w:val="Platzhaltertext"/>
+              <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Choisissez un élément.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="E69F3FE3FE3F484EB4C115BBFCB057AC"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{C79D2BB6-F468-4A6F-90C6-331ED3C12FF1}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="008C2862" w:rsidRDefault="00D765EC" w:rsidP="00D765EC">
           <w:pPr>
             <w:pStyle w:val="E69F3FE3FE3F484EB4C115BBFCB057AC"/>
           </w:pPr>
           <w:r w:rsidRPr="009F525E">
             <w:rPr>
-              <w:rStyle w:val="Platzhaltertext"/>
+              <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Choisissez un élément.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="1E161BEBEAA94BAE901137A3AD5D01E6"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{62171F78-F446-4C80-A517-5BF8FE6E7D39}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="008C2862" w:rsidRDefault="00D765EC" w:rsidP="00D765EC">
           <w:pPr>
             <w:pStyle w:val="1E161BEBEAA94BAE901137A3AD5D01E6"/>
           </w:pPr>
           <w:r w:rsidRPr="009F525E">
             <w:rPr>
-              <w:rStyle w:val="Platzhaltertext"/>
+              <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Choisissez un élément.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="36CD6FDFBD184534B5D7F15F77476BBE"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{61B4A591-99D5-4173-8C70-3A0CA5A63FB2}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="008C2862" w:rsidRDefault="00D765EC" w:rsidP="00D765EC">
           <w:pPr>
             <w:pStyle w:val="36CD6FDFBD184534B5D7F15F77476BBE"/>
           </w:pPr>
           <w:r w:rsidRPr="009F525E">
             <w:rPr>
-              <w:rStyle w:val="Platzhaltertext"/>
+              <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Choisissez un élément.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="B00B3B11D51F4DE992CA79E0461015B0"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{06A02799-C3C6-4FD8-8ACF-2E1C037C941B}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="008C2862" w:rsidRDefault="00D765EC" w:rsidP="00D765EC">
           <w:pPr>
             <w:pStyle w:val="B00B3B11D51F4DE992CA79E0461015B0"/>
           </w:pPr>
           <w:r w:rsidRPr="009F525E">
             <w:rPr>
-              <w:rStyle w:val="Platzhaltertext"/>
+              <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Choisissez un élément.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="375A4754ECEA4E52B12A37DE773FD3CD"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{A9B371AE-14C4-4A82-991A-E20351F710CB}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="008C2862" w:rsidRDefault="00D765EC" w:rsidP="00D765EC">
           <w:pPr>
             <w:pStyle w:val="375A4754ECEA4E52B12A37DE773FD3CD"/>
           </w:pPr>
           <w:r w:rsidRPr="009F525E">
             <w:rPr>
-              <w:rStyle w:val="Platzhaltertext"/>
+              <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Choisissez un élément.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="FBC4101913614B0C833A0203F5D3450A"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{5B6444B7-3F5D-4795-805C-101F069056F4}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="008C2862" w:rsidRDefault="00D765EC" w:rsidP="00D765EC">
           <w:pPr>
             <w:pStyle w:val="FBC4101913614B0C833A0203F5D3450A"/>
           </w:pPr>
           <w:r w:rsidRPr="009F525E">
             <w:rPr>
-              <w:rStyle w:val="Platzhaltertext"/>
+              <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Choisissez un élément.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="2E5857BA7CB243C189F3DE056CAF8457"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{BFDFE4F1-C0CA-4C10-9783-2783AF3205F3}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="008C2862" w:rsidRDefault="00D765EC" w:rsidP="00D765EC">
           <w:pPr>
             <w:pStyle w:val="2E5857BA7CB243C189F3DE056CAF8457"/>
           </w:pPr>
           <w:r w:rsidRPr="009F525E">
             <w:rPr>
-              <w:rStyle w:val="Platzhaltertext"/>
+              <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Choisissez un élément.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="30516C9B6B294183A6DB93D2D802D9D0"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{0C45DEE6-8D5F-4BDB-B5DD-D6BABE74409F}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="008C2862" w:rsidRDefault="00D765EC" w:rsidP="00D765EC">
           <w:pPr>
             <w:pStyle w:val="30516C9B6B294183A6DB93D2D802D9D0"/>
           </w:pPr>
           <w:r w:rsidRPr="009F525E">
             <w:rPr>
-              <w:rStyle w:val="Platzhaltertext"/>
+              <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Choisissez un élément.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008816A0"/>
     <w:rsid w:val="000143C9"/>
     <w:rsid w:val="00061CA3"/>
     <w:rsid w:val="000D0FD9"/>
     <w:rsid w:val="00104FC9"/>
-    <w:rsid w:val="00105720"/>
     <w:rsid w:val="001A1501"/>
     <w:rsid w:val="001D0A26"/>
     <w:rsid w:val="001D12C8"/>
     <w:rsid w:val="00251942"/>
     <w:rsid w:val="00282F16"/>
     <w:rsid w:val="002D18FA"/>
+    <w:rsid w:val="002D7050"/>
     <w:rsid w:val="00324F44"/>
     <w:rsid w:val="003442A5"/>
     <w:rsid w:val="00366A6B"/>
     <w:rsid w:val="00446444"/>
     <w:rsid w:val="00486B0C"/>
     <w:rsid w:val="00487C92"/>
     <w:rsid w:val="00490212"/>
     <w:rsid w:val="004959F2"/>
     <w:rsid w:val="004E489A"/>
-    <w:rsid w:val="00530EEE"/>
     <w:rsid w:val="0056152A"/>
     <w:rsid w:val="005718F3"/>
     <w:rsid w:val="005D6B19"/>
     <w:rsid w:val="006337DF"/>
     <w:rsid w:val="006463CC"/>
     <w:rsid w:val="0065214E"/>
     <w:rsid w:val="006811D8"/>
     <w:rsid w:val="006F7DD3"/>
     <w:rsid w:val="00717810"/>
     <w:rsid w:val="00756A21"/>
     <w:rsid w:val="007C3D4D"/>
     <w:rsid w:val="00807830"/>
     <w:rsid w:val="00820B56"/>
     <w:rsid w:val="008816A0"/>
     <w:rsid w:val="008C1E37"/>
     <w:rsid w:val="008C2862"/>
     <w:rsid w:val="008C5278"/>
     <w:rsid w:val="008E6101"/>
     <w:rsid w:val="009600C2"/>
     <w:rsid w:val="009627AE"/>
     <w:rsid w:val="00962D47"/>
     <w:rsid w:val="00A107F1"/>
     <w:rsid w:val="00A7260A"/>
     <w:rsid w:val="00A8636D"/>
     <w:rsid w:val="00AA599F"/>
     <w:rsid w:val="00AC70C7"/>
     <w:rsid w:val="00B31218"/>
     <w:rsid w:val="00B35F8F"/>
     <w:rsid w:val="00B64030"/>
     <w:rsid w:val="00B67A53"/>
     <w:rsid w:val="00BD404F"/>
     <w:rsid w:val="00BE3EBF"/>
     <w:rsid w:val="00BE5735"/>
     <w:rsid w:val="00C41462"/>
     <w:rsid w:val="00C85CE8"/>
     <w:rsid w:val="00C97FC8"/>
     <w:rsid w:val="00D0786A"/>
     <w:rsid w:val="00D60DE9"/>
     <w:rsid w:val="00D63417"/>
     <w:rsid w:val="00D765EC"/>
     <w:rsid w:val="00D8542F"/>
     <w:rsid w:val="00D85B42"/>
     <w:rsid w:val="00E060C7"/>
     <w:rsid w:val="00E538CC"/>
     <w:rsid w:val="00E91949"/>
     <w:rsid w:val="00EC4BBA"/>
     <w:rsid w:val="00EE512C"/>
-    <w:rsid w:val="00F473C5"/>
     <w:rsid w:val="00F52845"/>
     <w:rsid w:val="00F70782"/>
     <w:rsid w:val="00FE58AE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-CH" w:eastAsia="fr-CH" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -13164,84 +13231,84 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Standard">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Absatz-Standardschriftart">
+  <w:style w:type="character" w:default="1" w:styleId="Policepardfaut">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="NormaleTabelle">
+  <w:style w:type="table" w:default="1" w:styleId="TableauNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="KeineListe">
+  <w:style w:type="numbering" w:default="1" w:styleId="Aucuneliste">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="Platzhaltertext">
+  <w:style w:type="character" w:styleId="Textedelespacerserv">
     <w:name w:val="Placeholder Text"/>
-    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00D765EC"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="7EA63E40F2DA43FA8E73089D4A83485F">
     <w:name w:val="7EA63E40F2DA43FA8E73089D4A83485F"/>
     <w:rsid w:val="00E538CC"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="92A5F43235D04AAD8574F7BB0A2A5AE9">
     <w:name w:val="92A5F43235D04AAD8574F7BB0A2A5AE9"/>
     <w:rsid w:val="00E538CC"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="5DC8F07C9CD643D382A78275AA4ABBA3">
     <w:name w:val="5DC8F07C9CD643D382A78275AA4ABBA3"/>
     <w:rsid w:val="00E538CC"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="440B32E552B8483DB623B9BE8C003C9D">
     <w:name w:val="440B32E552B8483DB623B9BE8C003C9D"/>
     <w:rsid w:val="00E538CC"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="D747D3A3BC574755B9525618B006F495">
     <w:name w:val="D747D3A3BC574755B9525618B006F495"/>
     <w:rsid w:val="00E538CC"/>
@@ -13272,51 +13339,51 @@
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="B00B3B11D51F4DE992CA79E0461015B0">
     <w:name w:val="B00B3B11D51F4DE992CA79E0461015B0"/>
     <w:rsid w:val="00D765EC"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="375A4754ECEA4E52B12A37DE773FD3CD">
     <w:name w:val="375A4754ECEA4E52B12A37DE773FD3CD"/>
     <w:rsid w:val="00D765EC"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FBC4101913614B0C833A0203F5D3450A">
     <w:name w:val="FBC4101913614B0C833A0203F5D3450A"/>
     <w:rsid w:val="00D765EC"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="2E5857BA7CB243C189F3DE056CAF8457">
     <w:name w:val="2E5857BA7CB243C189F3DE056CAF8457"/>
     <w:rsid w:val="00D765EC"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="30516C9B6B294183A6DB93D2D802D9D0">
     <w:name w:val="30516C9B6B294183A6DB93D2D802D9D0"/>
     <w:rsid w:val="00D765EC"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa-Design">
   <a:themeElements>
     <a:clrScheme name="MAG MA">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="999999"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="B0D8EB"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="304287"/>
       </a:accent1>
       <a:accent2>
@@ -13520,54 +13587,69 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101004FF75F25E8A32049BD5DF376BC901D3B" ma:contentTypeVersion="2" ma:contentTypeDescription="Crée un document." ma:contentTypeScope="" ma:versionID="f49d879d6de220483fa71205264cf670">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ddfadb78-f5be-4fc2-9765-c14f13bc611c" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0b5de54130afefd2cdb3a323633fcd03" ns2:_="">
     <xsd:import namespace="ddfadb78-f5be-4fc2-9765-c14f13bc611c"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="ddfadb78-f5be-4fc2-9765-c14f13bc611c" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
@@ -13655,151 +13737,136 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1CB21995-0CFC-4B3D-8431-74F63E066A48}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DC062D0A-463E-4FA6-84B7-BF587570B1A2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1647D885-55A0-4203-A3A6-A9DAD0451296}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{97F7B2A9-E747-4155-8E56-ADD41692A692}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="ddfadb78-f5be-4fc2-9765-c14f13bc611c"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...15 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Formulaire ED</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>6875</Characters>
+  <Pages>9</Pages>
+  <Words>952</Words>
+  <Characters>7173</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>57</Lines>
-  <Paragraphs>16</Paragraphs>
+  <Lines>421</Lines>
+  <Paragraphs>126</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Titel</vt:lpstr>
+        <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Titre</vt:lpstr>
+        <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Formulaire ED</vt:lpstr>
       <vt:lpstr>Formulaire ED</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Kanton Bern</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8108</CharactersWithSpaces>
+  <CharactersWithSpaces>7999</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Formulaire ED</dc:title>
   <dc:subject>Evaluation et développement</dc:subject>
   <dc:creator>Joudié Julia</dc:creator>
   <dc:description>Name Mitarbeiter/in:
 Funktion Mitarbeiter/in:
-Name Vorgesetzte/r:
+Name Vorgesezte/r:
 Organisationseinheit:
-Periode:</dc:description>
+Periode :</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101004FF75F25E8A32049BD5DF376BC901D3B</vt:lpwstr>
   </property>
 </Properties>
 </file>