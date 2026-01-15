--- v0 (2025-12-05)
+++ v1 (2026-01-15)
@@ -1,87 +1,87 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28429"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29328"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Histoire et Livre CE\en ligne sur le site du CE\2024\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Histoire et Livre CE\en ligne sur le site du CE\2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{82B3C08E-2AD6-43F1-A9B6-7D2A9825FCE7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C6A02E2F-CCAC-4782-ABFD-FBC88E858F97}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="38620" windowHeight="21100" activeTab="3" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="1848-1857" sheetId="2" r:id="rId1"/>
     <sheet name="1857-1880" sheetId="3" r:id="rId2"/>
     <sheet name="1880-1921" sheetId="4" r:id="rId3"/>
-    <sheet name="1921-2025" sheetId="1" r:id="rId4"/>
+    <sheet name="1921-2026" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="3">'1921-2025'!$A$1:$M$114</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="3">'1921-2026'!$A$1:$M$115</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="402" uniqueCount="377">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="403" uniqueCount="378">
   <si>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>Victor Buchs</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>Romain Chatton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
@@ -4446,50 +4446,53 @@
     </r>
   </si>
   <si>
     <t>Maurice Ropraz</t>
   </si>
   <si>
     <t>davon Anne-Claude Demierre 42, Marie Garnier 41</t>
   </si>
   <si>
     <t>davon Anne-Claude Demierre 40</t>
   </si>
   <si>
     <t>davon Duc'rd (8), Glasson (5), diverse (3)</t>
   </si>
   <si>
     <t>Jean-Pierre Siggen</t>
   </si>
   <si>
     <t>Jean-François Steiert</t>
   </si>
   <si>
     <t>Olivier Curty</t>
   </si>
   <si>
     <t>Didier Castella</t>
+  </si>
+  <si>
+    <t>Philippe Demierre</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="13" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
@@ -5263,88 +5266,88 @@
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="28" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
+    <xf numFmtId="14" fontId="8" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="right" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
@@ -5684,169 +5687,169 @@
     <row r="2" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A2" s="47"/>
       <c r="B2" s="48"/>
       <c r="C2" s="45"/>
       <c r="D2" s="45"/>
       <c r="E2" s="49"/>
     </row>
     <row r="3" spans="1:5" s="75" customFormat="1" ht="29" x14ac:dyDescent="0.35">
       <c r="A3" s="71" t="s">
         <v>64</v>
       </c>
       <c r="B3" s="72">
         <v>51</v>
       </c>
       <c r="C3" s="73" t="s">
         <v>334</v>
       </c>
       <c r="D3" s="74" t="s">
         <v>67</v>
       </c>
       <c r="E3" s="61" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="4" spans="1:5" x14ac:dyDescent="0.35">
-      <c r="A4" s="126" t="s">
+      <c r="A4" s="124" t="s">
         <v>69</v>
       </c>
-      <c r="B4" s="123">
+      <c r="B4" s="125">
         <v>56</v>
       </c>
-      <c r="C4" s="124" t="s">
+      <c r="C4" s="126" t="s">
         <v>70</v>
       </c>
-      <c r="D4" s="124" t="s">
+      <c r="D4" s="126" t="s">
         <v>71</v>
       </c>
-      <c r="E4" s="125" t="s">
+      <c r="E4" s="127" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="5" spans="1:5" x14ac:dyDescent="0.35">
-      <c r="A5" s="126"/>
-[...3 lines deleted...]
-      <c r="E5" s="125"/>
+      <c r="A5" s="124"/>
+      <c r="B5" s="125"/>
+      <c r="C5" s="126"/>
+      <c r="D5" s="126"/>
+      <c r="E5" s="127"/>
     </row>
     <row r="6" spans="1:5" ht="29" x14ac:dyDescent="0.35">
       <c r="A6" s="58" t="s">
         <v>73</v>
       </c>
       <c r="B6" s="59">
         <v>56</v>
       </c>
       <c r="C6" s="60" t="s">
         <v>74</v>
       </c>
       <c r="D6" s="60" t="s">
         <v>75</v>
       </c>
       <c r="E6" s="61" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A7" s="62" t="s">
         <v>77</v>
       </c>
       <c r="B7" s="59">
         <v>56</v>
       </c>
       <c r="C7" s="50" t="s">
         <v>335</v>
       </c>
       <c r="D7" s="60" t="s">
         <v>78</v>
       </c>
       <c r="E7" s="61" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="8" spans="1:5" x14ac:dyDescent="0.35">
-      <c r="A8" s="126" t="s">
+      <c r="A8" s="124" t="s">
         <v>132</v>
       </c>
-      <c r="B8" s="123">
+      <c r="B8" s="125">
         <v>50</v>
       </c>
-      <c r="C8" s="124" t="s">
+      <c r="C8" s="126" t="s">
         <v>80</v>
       </c>
-      <c r="D8" s="124" t="s">
+      <c r="D8" s="126" t="s">
         <v>81</v>
       </c>
-      <c r="E8" s="125"/>
+      <c r="E8" s="127"/>
     </row>
     <row r="9" spans="1:5" x14ac:dyDescent="0.35">
-      <c r="A9" s="126"/>
-[...3 lines deleted...]
-      <c r="E9" s="125"/>
+      <c r="A9" s="124"/>
+      <c r="B9" s="125"/>
+      <c r="C9" s="126"/>
+      <c r="D9" s="126"/>
+      <c r="E9" s="127"/>
     </row>
     <row r="10" spans="1:5" ht="29" x14ac:dyDescent="0.35">
       <c r="A10" s="58" t="s">
         <v>82</v>
       </c>
       <c r="B10" s="59">
         <v>51</v>
       </c>
       <c r="C10" s="60" t="s">
         <v>261</v>
       </c>
       <c r="D10" s="60" t="s">
         <v>83</v>
       </c>
       <c r="E10" s="61" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.35">
-      <c r="A11" s="127" t="s">
+      <c r="A11" s="128" t="s">
         <v>133</v>
       </c>
-      <c r="B11" s="123">
+      <c r="B11" s="125">
         <v>45</v>
       </c>
-      <c r="C11" s="128" t="s">
+      <c r="C11" s="129" t="s">
         <v>336</v>
       </c>
-      <c r="D11" s="124" t="s">
+      <c r="D11" s="126" t="s">
         <v>85</v>
       </c>
-      <c r="E11" s="125" t="s">
+      <c r="E11" s="127" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.35">
-      <c r="A12" s="127"/>
-[...3 lines deleted...]
-      <c r="E12" s="125"/>
+      <c r="A12" s="128"/>
+      <c r="B12" s="125"/>
+      <c r="C12" s="130"/>
+      <c r="D12" s="126"/>
+      <c r="E12" s="127"/>
     </row>
     <row r="13" spans="1:5" ht="29" x14ac:dyDescent="0.35">
       <c r="A13" s="58" t="s">
         <v>87</v>
       </c>
       <c r="B13" s="59">
         <v>60</v>
       </c>
       <c r="C13" s="60" t="s">
         <v>262</v>
       </c>
       <c r="D13" s="60" t="s">
         <v>88</v>
       </c>
       <c r="E13" s="61"/>
     </row>
     <row r="14" spans="1:5" ht="29" x14ac:dyDescent="0.35">
       <c r="A14" s="58" t="s">
         <v>89</v>
       </c>
       <c r="B14" s="59">
         <v>60</v>
       </c>
       <c r="C14" s="60" t="s">
         <v>263</v>
@@ -6107,135 +6110,135 @@
         <v>127</v>
       </c>
       <c r="E30" s="61" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="31" spans="1:5" ht="44" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A31" s="64" t="s">
         <v>129</v>
       </c>
       <c r="B31" s="65">
         <v>66</v>
       </c>
       <c r="C31" s="66" t="s">
         <v>130</v>
       </c>
       <c r="D31" s="67" t="s">
         <v>131</v>
       </c>
       <c r="E31" s="78" t="s">
         <v>345</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="15">
+    <mergeCell ref="B8:B9"/>
+    <mergeCell ref="C8:C9"/>
+    <mergeCell ref="D8:D9"/>
+    <mergeCell ref="E8:E9"/>
+    <mergeCell ref="A8:A9"/>
+    <mergeCell ref="A11:A12"/>
+    <mergeCell ref="B11:B12"/>
+    <mergeCell ref="C11:C12"/>
+    <mergeCell ref="D11:D12"/>
+    <mergeCell ref="E11:E12"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:B5"/>
     <mergeCell ref="C4:C5"/>
     <mergeCell ref="D4:D5"/>
     <mergeCell ref="E4:E5"/>
-    <mergeCell ref="A11:A12"/>
-[...8 lines deleted...]
-    <mergeCell ref="A8:A9"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Feuil3"/>
   <dimension ref="A1:E31"/>
   <sheetViews>
     <sheetView zoomScale="72" zoomScaleNormal="72" workbookViewId="0">
       <selection activeCell="C20" sqref="C20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.453125" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="59.7265625" customWidth="1"/>
     <col min="2" max="2" width="40.453125" style="20" customWidth="1"/>
     <col min="3" max="3" width="54.54296875" style="29" customWidth="1"/>
     <col min="4" max="4" width="58.54296875" style="29" customWidth="1"/>
     <col min="5" max="5" width="43.1796875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A1" s="53" t="s">
         <v>270</v>
       </c>
       <c r="B1" s="23" t="s">
         <v>271</v>
       </c>
       <c r="C1" s="79" t="s">
         <v>272</v>
       </c>
       <c r="D1" s="79" t="s">
         <v>333</v>
       </c>
       <c r="E1" s="25" t="s">
         <v>273</v>
       </c>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A2" s="54"/>
       <c r="B2" s="48"/>
       <c r="C2" s="80"/>
       <c r="D2" s="80"/>
       <c r="E2" s="49"/>
     </row>
     <row r="3" spans="1:5" x14ac:dyDescent="0.35">
-      <c r="A3" s="130" t="s">
+      <c r="A3" s="131" t="s">
         <v>135</v>
       </c>
-      <c r="B3" s="123">
+      <c r="B3" s="125">
         <v>66</v>
       </c>
-      <c r="C3" s="131" t="s">
+      <c r="C3" s="132" t="s">
         <v>346</v>
       </c>
-      <c r="D3" s="133" t="s">
+      <c r="D3" s="134" t="s">
         <v>330</v>
       </c>
-      <c r="E3" s="125"/>
+      <c r="E3" s="127"/>
     </row>
     <row r="4" spans="1:5" x14ac:dyDescent="0.35">
-      <c r="A4" s="130"/>
-[...3 lines deleted...]
-      <c r="E4" s="125"/>
+      <c r="A4" s="131"/>
+      <c r="B4" s="125"/>
+      <c r="C4" s="133"/>
+      <c r="D4" s="135"/>
+      <c r="E4" s="127"/>
     </row>
     <row r="5" spans="1:5" ht="29.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A5" s="68" t="s">
         <v>138</v>
       </c>
       <c r="B5" s="59">
         <v>59</v>
       </c>
       <c r="C5" s="85" t="s">
         <v>136</v>
       </c>
       <c r="D5" s="82" t="s">
         <v>137</v>
       </c>
       <c r="E5" s="61"/>
     </row>
     <row r="6" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A6" s="68" t="s">
         <v>150</v>
       </c>
       <c r="B6" s="59">
         <v>48</v>
       </c>
       <c r="C6" s="82" t="s">
         <v>139</v>
@@ -6901,54 +6904,54 @@
       <c r="A17" s="35" t="s">
         <v>282</v>
       </c>
       <c r="B17" s="31" t="s">
         <v>243</v>
       </c>
       <c r="C17" s="44" t="s">
         <v>244</v>
       </c>
       <c r="D17" s="32" t="s">
         <v>245</v>
       </c>
       <c r="E17" s="40"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr codeName="Feuil1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:O114"/>
+  <dimension ref="A1:O115"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A85" workbookViewId="0">
-      <selection activeCell="A102" sqref="A102:A103"/>
+    <sheetView tabSelected="1" topLeftCell="A72" workbookViewId="0">
+      <selection activeCell="D122" sqref="D122"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="12" customWidth="1"/>
     <col min="2" max="2" width="5.81640625" customWidth="1"/>
     <col min="3" max="3" width="20.54296875" customWidth="1"/>
     <col min="4" max="4" width="11.453125" customWidth="1"/>
     <col min="5" max="5" width="13.453125" customWidth="1"/>
     <col min="6" max="6" width="4.7265625" customWidth="1"/>
     <col min="7" max="7" width="8.453125" customWidth="1"/>
     <col min="8" max="8" width="6.1796875" customWidth="1"/>
     <col min="9" max="9" width="9.453125" customWidth="1"/>
     <col min="10" max="10" width="11.1796875" customWidth="1"/>
     <col min="11" max="11" width="11.26953125" customWidth="1"/>
     <col min="12" max="12" width="20.7265625" style="117" customWidth="1"/>
     <col min="13" max="13" width="5.1796875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" x14ac:dyDescent="0.35">
       <c r="A1" s="45" t="s">
         <v>43</v>
       </c>
       <c r="B1" s="45" t="s">
         <v>44</v>
@@ -10677,90 +10680,90 @@
       </c>
       <c r="B101" s="11">
         <v>2015</v>
       </c>
       <c r="C101" s="2" t="s">
         <v>362</v>
       </c>
       <c r="D101" s="2"/>
       <c r="E101" s="2">
         <v>92</v>
       </c>
       <c r="F101" s="2"/>
       <c r="G101" s="2"/>
       <c r="H101" s="2"/>
       <c r="I101" s="2"/>
       <c r="J101" s="1">
         <v>86</v>
       </c>
       <c r="K101" s="2"/>
       <c r="L101" s="106"/>
       <c r="M101" s="2">
         <v>110</v>
       </c>
     </row>
     <row r="102" spans="1:14" ht="43.5" x14ac:dyDescent="0.35">
-      <c r="A102" s="135" t="s">
+      <c r="A102" s="123" t="s">
         <v>367</v>
       </c>
       <c r="B102" s="98">
         <v>2016</v>
       </c>
       <c r="C102" s="99" t="s">
         <v>363</v>
       </c>
       <c r="D102" s="122" t="s">
         <v>364</v>
       </c>
       <c r="E102" s="99">
         <v>98</v>
       </c>
       <c r="F102" s="99">
         <v>13</v>
       </c>
       <c r="G102" s="99">
         <v>0</v>
       </c>
       <c r="H102" s="99">
         <v>85</v>
       </c>
       <c r="I102" s="99">
         <v>43</v>
       </c>
       <c r="J102" s="100"/>
       <c r="K102" s="99">
         <v>0</v>
       </c>
       <c r="L102" s="102" t="s">
         <v>370</v>
       </c>
       <c r="M102" s="99">
         <v>110</v>
       </c>
     </row>
     <row r="103" spans="1:14" ht="43.5" x14ac:dyDescent="0.35">
-      <c r="A103" s="135" t="s">
+      <c r="A103" s="123" t="s">
         <v>368</v>
       </c>
       <c r="B103" s="98">
         <v>2016</v>
       </c>
       <c r="C103" s="99" t="s">
         <v>365</v>
       </c>
       <c r="D103" s="122" t="s">
         <v>366</v>
       </c>
       <c r="E103" s="99">
         <v>101</v>
       </c>
       <c r="F103" s="99">
         <v>8</v>
       </c>
       <c r="G103" s="99">
         <v>0</v>
       </c>
       <c r="H103" s="99">
         <v>93</v>
       </c>
       <c r="I103" s="99">
         <v>47</v>
@@ -11027,147 +11030,175 @@
       </c>
       <c r="B112" s="11">
         <v>2025</v>
       </c>
       <c r="C112" s="2" t="s">
         <v>374</v>
       </c>
       <c r="D112" s="2"/>
       <c r="E112" s="2">
         <v>99</v>
       </c>
       <c r="F112" s="2"/>
       <c r="G112" s="2"/>
       <c r="H112" s="2"/>
       <c r="I112" s="2"/>
       <c r="J112" s="1">
         <v>96</v>
       </c>
       <c r="K112" s="2"/>
       <c r="L112" s="109"/>
       <c r="M112" s="2">
         <v>110</v>
       </c>
       <c r="N112" s="121"/>
     </row>
-    <row r="113" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A113" s="45" t="s">
+    <row r="113" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A113" s="8">
+        <v>45973</v>
+      </c>
+      <c r="B113" s="11">
+        <v>2026</v>
+      </c>
+      <c r="C113" s="2" t="s">
+        <v>377</v>
+      </c>
+      <c r="D113" s="2"/>
+      <c r="E113" s="2">
+        <v>93</v>
+      </c>
+      <c r="F113" s="2"/>
+      <c r="G113" s="2"/>
+      <c r="H113" s="2"/>
+      <c r="I113" s="2"/>
+      <c r="J113" s="1">
+        <v>56</v>
+      </c>
+      <c r="K113" s="2"/>
+      <c r="L113" s="109"/>
+      <c r="M113" s="2">
+        <v>110</v>
+      </c>
+      <c r="N113" s="121"/>
+    </row>
+    <row r="114" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A114" s="45" t="s">
         <v>43</v>
       </c>
-      <c r="B113" s="45" t="s">
+      <c r="B114" s="45" t="s">
         <v>44</v>
       </c>
-      <c r="C113" s="45" t="s">
+      <c r="C114" s="45" t="s">
         <v>46</v>
       </c>
-      <c r="D113" s="45" t="s">
+      <c r="D114" s="45" t="s">
         <v>47</v>
       </c>
-      <c r="E113" s="45" t="s">
+      <c r="E114" s="45" t="s">
         <v>283</v>
       </c>
-      <c r="F113" s="45" t="s">
+      <c r="F114" s="45" t="s">
         <v>50</v>
       </c>
-      <c r="G113" s="45" t="s">
+      <c r="G114" s="45" t="s">
         <v>51</v>
       </c>
-      <c r="H113" s="45" t="s">
+      <c r="H114" s="45" t="s">
         <v>60</v>
       </c>
-      <c r="I113" s="45" t="s">
+      <c r="I114" s="45" t="s">
         <v>52</v>
       </c>
-      <c r="J113" s="45" t="s">
+      <c r="J114" s="45" t="s">
         <v>54</v>
       </c>
-      <c r="K113" s="45" t="s">
+      <c r="K114" s="45" t="s">
         <v>56</v>
       </c>
-      <c r="L113" s="103" t="s">
+      <c r="L114" s="103" t="s">
         <v>58</v>
       </c>
-      <c r="M113" s="45" t="s">
+      <c r="M114" s="45" t="s">
         <v>59</v>
       </c>
     </row>
-    <row r="114" spans="1:13" ht="15" thickBot="1" x14ac:dyDescent="0.4">
-[...1 lines deleted...]
-      <c r="B114" s="21" t="s">
+    <row r="115" spans="1:14" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A115" s="21"/>
+      <c r="B115" s="21" t="s">
         <v>45</v>
       </c>
-      <c r="C114" s="21"/>
-      <c r="D114" s="21" t="s">
+      <c r="C115" s="21"/>
+      <c r="D115" s="21" t="s">
         <v>48</v>
       </c>
-      <c r="E114" s="21" t="s">
+      <c r="E115" s="21" t="s">
         <v>48</v>
       </c>
-      <c r="F114" s="21"/>
-[...2 lines deleted...]
-      <c r="I114" s="21" t="s">
+      <c r="F115" s="21"/>
+      <c r="G115" s="21"/>
+      <c r="H115" s="21"/>
+      <c r="I115" s="21" t="s">
         <v>53</v>
       </c>
-      <c r="J114" s="21" t="s">
+      <c r="J115" s="21" t="s">
         <v>55</v>
       </c>
-      <c r="K114" s="21" t="s">
+      <c r="K115" s="21" t="s">
         <v>57</v>
       </c>
-      <c r="L114" s="104"/>
-      <c r="M114" s="21"/>
+      <c r="L115" s="104"/>
+      <c r="M115" s="21"/>
     </row>
   </sheetData>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="93" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Plages nommées</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="5" baseType="lpstr">
       <vt:lpstr>1848-1857</vt:lpstr>
       <vt:lpstr>1857-1880</vt:lpstr>
       <vt:lpstr>1880-1921</vt:lpstr>
-      <vt:lpstr>1921-2025</vt:lpstr>
-      <vt:lpstr>'1921-2025'!Zone_d_impression</vt:lpstr>
+      <vt:lpstr>1921-2026</vt:lpstr>
+      <vt:lpstr>'1921-2026'!Zone_d_impression</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>John CLERC</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>